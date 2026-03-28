--- v0 (2025-10-22)
+++ v1 (2026-03-28)
@@ -130,165 +130,165 @@
           <w:tab w:val="left" w:pos="4308"/>
           <w:tab w:val="left" w:pos="6468"/>
           <w:tab w:val="left" w:pos="10668"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC4CFD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Adult Vaccine Availability Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D6939AD" w14:textId="128E3FE3" w:rsidR="00E712E0" w:rsidRPr="00EC4CFD" w:rsidRDefault="211831C8" w:rsidP="3300457D">
+    <w:p w14:paraId="2D6939AD" w14:textId="273548C7" w:rsidR="00E712E0" w:rsidRPr="00EC4CFD" w:rsidRDefault="211831C8" w:rsidP="3300457D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1716"/>
           <w:tab w:val="left" w:pos="4308"/>
           <w:tab w:val="left" w:pos="6468"/>
           <w:tab w:val="left" w:pos="10668"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3300457D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">– Effective </w:t>
       </w:r>
-      <w:r w:rsidR="007E70ED">
+      <w:r w:rsidR="006B55CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>October</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F02B4D" w:rsidRPr="3300457D">
+        <w:t>January</w:t>
+      </w:r>
+      <w:r w:rsidR="006B55CC" w:rsidRPr="3300457D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="3300457D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="3815A96C" w:rsidRPr="3300457D">
+      <w:r w:rsidR="006B55CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="3300457D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="007657DC" w:rsidRPr="00F05170" w:rsidRDefault="007657DC" w:rsidP="007657DC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="348E5843" w14:textId="77777777" w:rsidR="004409B8" w:rsidRPr="00F05170" w:rsidRDefault="004409B8" w:rsidP="001F16A7">
       <w:pPr>
         <w:ind w:left="720" w:right="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05170">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eligibility: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FCC5DB8" w14:textId="1537D271" w:rsidR="00EF4197" w:rsidRPr="00EC4CFD" w:rsidRDefault="6EB3B053" w:rsidP="3300457D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3300457D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Vaccine Program </w:t>
       </w:r>
       <w:r w:rsidR="4FEBE268" w:rsidRPr="3300457D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>provides a very limited supply of vaccines for uninsured and underinsured</w:t>
       </w:r>
@@ -311,51 +311,51 @@
       </w:r>
       <w:r w:rsidR="30F680F7" w:rsidRPr="3300457D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="4FEBE268" w:rsidRPr="3300457D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Employees of public sector sites are not eligible for state-supplied vaccine.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="576D541F" w14:textId="0F956E1E" w:rsidR="00CE3737" w:rsidRPr="004803B0" w:rsidRDefault="64F6A1B0" w:rsidP="00C96B9B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3300457D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Vaccine Program </w:t>
       </w:r>
       <w:r w:rsidR="216E2575" w:rsidRPr="3300457D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -392,51 +392,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004803B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004803B0" w:rsidRPr="00F05170">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Availability of vaccines may change during an outbreak. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73FC0D27" w14:textId="77777777" w:rsidR="004409B8" w:rsidRPr="00F05170" w:rsidRDefault="00DD1A55" w:rsidP="00936CAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05170">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="001F16A7" w:rsidRPr="00F05170">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -484,51 +484,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10908" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1854"/>
         <w:gridCol w:w="9054"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D75C1" w:rsidRPr="00F05170" w14:paraId="089FDB24" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="002D75C1" w:rsidRPr="00F05170" w14:paraId="089FDB24" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10908" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="139AC336" w14:textId="7DD75753" w:rsidR="002D75C1" w:rsidRPr="00F05170" w:rsidRDefault="002D75C1" w:rsidP="002D75C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="252" w:hanging="240"/>
               <w:jc w:val="center"/>
@@ -539,51 +539,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Public Sector</w:t>
             </w:r>
             <w:r w:rsidR="000D0AB3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D75C1" w:rsidRPr="00F05170" w14:paraId="53A38EBC" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="002D75C1" w:rsidRPr="00F05170" w14:paraId="53A38EBC" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E80CAD8" w14:textId="77777777" w:rsidR="002D75C1" w:rsidRPr="00F05170" w:rsidRDefault="002D75C1" w:rsidP="002D75C1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -614,100 +614,100 @@
               <w:tabs>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="252" w:hanging="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00164D8F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adults Eligible for State-Supplied Vaccine Administered in the Public Sector</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D75C1" w:rsidRPr="00F05170" w14:paraId="78232006" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="002D75C1" w:rsidRPr="00F05170" w14:paraId="78232006" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CD0028E" w14:textId="600E7269" w:rsidR="002D75C1" w:rsidRPr="00AD1D53" w:rsidRDefault="00AD1D53" w:rsidP="002D75C1">
             <w:pPr>
               <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC4CFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>COVID-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="32FEE850" w14:textId="7635B05E" w:rsidR="002D75C1" w:rsidRPr="00164D8F" w:rsidRDefault="4338ECB8" w:rsidP="3300457D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="372"/>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="259" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
@@ -723,82 +723,92 @@
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> or underinsured</w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>adults in recommended groups</w:t>
+              <w:t xml:space="preserve">adults in recommended </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="3300457D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>groups</w:t>
             </w:r>
             <w:r w:rsidR="7C8246E6" w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> seen at public sites.</w:t>
             </w:r>
             <w:r w:rsidR="30F680F7" w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD1D53" w:rsidRPr="00F05170" w14:paraId="7DD073C6" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="00AD1D53" w:rsidRPr="00F05170" w14:paraId="7DD073C6" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35A527B3" w14:textId="2F7CAF1E" w:rsidR="00AD1D53" w:rsidRPr="00F05170" w:rsidRDefault="00AD1D53" w:rsidP="00AD1D53">
             <w:pPr>
               <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05170">
               <w:rPr>
@@ -811,118 +821,128 @@
             </w:r>
             <w:r w:rsidRPr="00F05170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1BF0BEB2" w14:textId="24AA9088" w:rsidR="00AD1D53" w:rsidRPr="00164D8F" w:rsidRDefault="1EA335A0" w:rsidP="3300457D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="372"/>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="259" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Only for uninsured or underinsured </w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>adults in recommended groups</w:t>
+              <w:t xml:space="preserve">adults in recommended </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="3300457D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>groups</w:t>
             </w:r>
             <w:r w:rsidR="00FA0C59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> seen at public sites.</w:t>
             </w:r>
             <w:r w:rsidR="30F680F7" w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD1D53" w:rsidRPr="00F05170" w14:paraId="740290D7" w14:textId="77777777" w:rsidTr="00C96B9B">
+      <w:tr w:rsidR="00AD1D53" w:rsidRPr="00F05170" w14:paraId="740290D7" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="962"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19053190" w14:textId="685FCF63" w:rsidR="00AD1D53" w:rsidRPr="00F05170" w:rsidRDefault="1EA335A0" w:rsidP="3300457D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
@@ -949,51 +969,51 @@
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0CF312C0" w14:textId="081DA47B" w:rsidR="00AD1D53" w:rsidRPr="00164D8F" w:rsidRDefault="1EA335A0" w:rsidP="3300457D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="384"/>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="259" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1063,155 +1083,165 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: Employers covered by federal OSHA regulations are responsible for supplying hepatitis B vaccine to their employees. State-supplied vaccine is </w:t>
             </w:r>
             <w:r w:rsidRPr="00C96B9B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidRPr="00C96B9B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> available for this group.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3300457D" w14:paraId="20E41493" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="3300457D" w14:paraId="20E41493" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0009AFDE" w14:textId="3ABCA832" w:rsidR="1AAE3DD2" w:rsidRDefault="1AAE3DD2" w:rsidP="3300457D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Influenza</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3C75B34D" w14:textId="31BC9516" w:rsidR="3300457D" w:rsidRDefault="3300457D" w:rsidP="3300457D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="259" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Only for uninsured or underinsured </w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>adults in recommended groups</w:t>
+              <w:t xml:space="preserve">adults in recommended </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="3300457D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>groups</w:t>
             </w:r>
             <w:r w:rsidR="00FA0C59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> seen at public sites.</w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004803B0" w14:paraId="3759D681" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="004803B0" w14:paraId="3759D681" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FE4F603" w14:textId="32D30CE5" w:rsidR="004803B0" w:rsidRPr="3300457D" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
@@ -1226,92 +1256,92 @@
             </w:r>
             <w:r w:rsidR="00FA0C59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1DBEAF5A" w14:textId="04D5ADE0" w:rsidR="004803B0" w:rsidRPr="3300457D" w:rsidRDefault="004803B0" w:rsidP="00C96B9B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="259" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Only for uninsured or underinsured </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>19–20-year-old patients seen at public sites, that require MenACWY to meet Massachusetts high school requirements.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004803B0" w14:paraId="4868333B" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="004803B0" w14:paraId="4868333B" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="400CAD14" w14:textId="239F580F" w:rsidR="004803B0" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
@@ -1327,218 +1357,238 @@
             </w:r>
             <w:r w:rsidR="00FA0C59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="272F93D3" w14:textId="44475155" w:rsidR="004803B0" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="259" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Only for uninsured or underinsured </w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>adults in recommended groups</w:t>
+              <w:t xml:space="preserve">adults in recommended </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="3300457D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>groups</w:t>
             </w:r>
             <w:r w:rsidR="00FA0C59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> seen at public sites.</w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="76751AF6" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="76751AF6" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12EC2158" w14:textId="298F547E" w:rsidR="004803B0" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mpox</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="77B5942D" w14:textId="704749BD" w:rsidR="004803B0" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="259" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Only for uninsured or underinsured </w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>adults in recommended groups</w:t>
+              <w:t xml:space="preserve">adults in recommended </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="3300457D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>groups</w:t>
             </w:r>
             <w:r w:rsidR="00FA0C59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> seen at public sites.</w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="2F2AE2ED" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="2F2AE2ED" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BA00698" w14:textId="0BFCFCF4" w:rsidR="004803B0" w:rsidRPr="00164D8F" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1557,257 +1607,277 @@
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00F05170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>V23)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="29E4DFFB" w14:textId="5A1A97F7" w:rsidR="004803B0" w:rsidRPr="006C062C" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="259" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Only for uninsured or underinsured </w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>adults in recommended groups</w:t>
+              <w:t xml:space="preserve">adults in recommended </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="3300457D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>groups</w:t>
             </w:r>
             <w:r w:rsidR="00FA0C59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> seen at</w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>public sites.</w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="269DBB0F" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="269DBB0F" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="200EF00C" w14:textId="77777777" w:rsidR="004803B0" w:rsidRPr="00F05170" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Polio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="57B2EB66" w14:textId="6BEB1066" w:rsidR="004803B0" w:rsidRPr="00F05170" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="259" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Only for uninsured or underinsured </w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>adults in recommended groups</w:t>
+              <w:t xml:space="preserve">adults in recommended </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="3300457D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>groups</w:t>
             </w:r>
             <w:r w:rsidR="00FA0C59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> seen at</w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>public sites.</w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="5EE232BE" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="5EE232BE" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47A631EF" w14:textId="6F220F4A" w:rsidR="004803B0" w:rsidRPr="00F05170" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
@@ -1823,114 +1893,124 @@
             </w:r>
             <w:r w:rsidR="00FA0C59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="21075BD2" w14:textId="5BEF1D9B" w:rsidR="004803B0" w:rsidRPr="00F05170" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="259" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Only for uninsured or underinsured </w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>adults in recommended groups</w:t>
+              <w:t xml:space="preserve">adults in recommended </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="3300457D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>groups</w:t>
             </w:r>
             <w:r w:rsidR="00FA0C59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> seen at public sites.</w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="54DC73BC" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="54DC73BC" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61A00B8A" w14:textId="16604384" w:rsidR="004803B0" w:rsidRPr="00F05170" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
@@ -1947,51 +2027,51 @@
             <w:r w:rsidR="00FA0C59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>4, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="606DC507" w14:textId="2B74F62D" w:rsidR="004803B0" w:rsidRPr="00164D8F" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="25"/>
+                <w:numId w:val="26"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Only for uninsured or underinsured </w:t>
             </w:r>
@@ -2018,101 +2098,101 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> seen at public sites</w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004803B0" w14:paraId="31D1563E" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="004803B0" w14:paraId="31D1563E" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="547490EA" w14:textId="647F0971" w:rsidR="004803B0" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Td</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67981C0B" w14:textId="5C7A5E01" w:rsidR="004803B0" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="25"/>
+                <w:numId w:val="26"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="252" w:hanging="252"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Only for uninsured or underinsured </w:t>
             </w:r>
@@ -2139,394 +2219,442 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> seen at public sites</w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="2265DFE8" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="2265DFE8" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10908" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06B84A93" w14:textId="77777777" w:rsidR="004803B0" w:rsidRPr="00F05170" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="252"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="252" w:hanging="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>The following vaccines are not provided by MDPH for adults:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="6146398B" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="6146398B" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10908" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BE02707" w14:textId="66ED0681" w:rsidR="004803B0" w:rsidRPr="00F05170" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3300457D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>HPV</w:t>
             </w:r>
             <w:r w:rsidR="00FA0C59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="113AFF4F" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="113AFF4F" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10908" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B923EBF" w14:textId="77777777" w:rsidR="004803B0" w:rsidRPr="00F05170" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Meningococcal B (MenB)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="7125AF56" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="7125AF56" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10908" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="112C2CE2" w14:textId="0EB2A782" w:rsidR="004803B0" w:rsidRPr="00F05170" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pneumococcal conjugate (PCV20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="0D92510D" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="0D92510D" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10908" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69055B74" w14:textId="707DA167" w:rsidR="004803B0" w:rsidRPr="00F05170" w:rsidRDefault="004803B0" w:rsidP="004803B0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F05170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>RSV</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="4ACE372B" w14:textId="77777777" w:rsidTr="3300457D">
+      <w:tr w:rsidR="004803B0" w:rsidRPr="00F05170" w14:paraId="4ACE372B" w14:textId="77777777" w:rsidTr="1CEA7398">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10908" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61545B1B" w14:textId="062B406F" w:rsidR="004803B0" w:rsidRPr="00F05170" w:rsidRDefault="004803B0" w:rsidP="004803B0">
+          <w:p w14:paraId="61545B1B" w14:textId="52BF663E" w:rsidR="004803B0" w:rsidRPr="00F05170" w:rsidRDefault="004803B0" w:rsidP="1CEA7398">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3300457D">
+            <w:r w:rsidRPr="1CEA7398">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Zoster (Shingles) Vaccine</w:t>
             </w:r>
-            <w:r w:rsidR="00FA0C59">
+            <w:r w:rsidR="00FA0C59" w:rsidRPr="1CEA7398">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="000D4583" w:rsidRPr="00F05170" w:rsidRDefault="000D4583" w:rsidP="00A02B91">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="000D4583" w:rsidRPr="00F05170" w:rsidSect="001B5154">
           <w:headerReference w:type="default" r:id="rId10"/>
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="720" w:bottom="1008" w:left="720" w:header="0" w:footer="432" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="00E80A5D" w:rsidRPr="00F05170" w:rsidRDefault="00E80A5D" w:rsidP="0084753C">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E80A5D" w:rsidRPr="00F05170" w:rsidSect="00CE3737">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="720" w:bottom="1008" w:left="720" w:header="0" w:footer="432" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A39BBE3" w14:textId="44FD6EA5" w:rsidR="007D3304" w:rsidRDefault="000D0AB3" w:rsidP="1A2F3FAD">
+    <w:p w14:paraId="5A39BBE3" w14:textId="1C1F5349" w:rsidR="007D3304" w:rsidRDefault="085031E8" w:rsidP="1CEA7398">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="1A2F3FAD">
+      <w:r w:rsidRPr="14734100">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="1A2F3FAD">
+      <w:r w:rsidRPr="14734100">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Underinsured</w:t>
       </w:r>
-      <w:r w:rsidRPr="1A2F3FAD">
+      <w:r w:rsidRPr="14734100">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>:  A person who has health insurance, but the insurance does not cover any vaccines; a person whose insurance covers only selected vaccines; a person whose insurance does not provide first-dollar coverage for vaccines.​</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00570F39" w:rsidRPr="1A2F3FAD">
+        <w:t xml:space="preserve">:  A person who has health insurance, but the insurance does not cover </w:t>
+      </w:r>
+      <w:r w:rsidR="1FCBF19C" w:rsidRPr="14734100">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> First-dollar coverage includes copays, coinsurance and deductibles. Copays, coinsurance or deductibles will not apply for the administration of any ACIP-recommended vaccines.</w:t>
+        <w:t xml:space="preserve">the cost of </w:t>
+      </w:r>
+      <w:r w:rsidR="006B55CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="14734100">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ny vaccines; a person whose insurance covers only selected vaccines; a person whose insurance does not provide first-dollar coverage for vaccines.​</w:t>
+      </w:r>
+      <w:r w:rsidR="64940B82" w:rsidRPr="14734100">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> First-dollar coverage includes copays, coinsurance and deductibles. Copays, coinsurance or deductibles will not apply for the administration of any ACIP</w:t>
+      </w:r>
+      <w:r w:rsidR="00745530">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="006E4779">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MDPH recommended</w:t>
+      </w:r>
+      <w:r w:rsidR="64940B82" w:rsidRPr="14734100">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaccines.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E9BB24" w14:textId="77777777" w:rsidR="000D0AB3" w:rsidRPr="00F05170" w:rsidRDefault="000D0AB3" w:rsidP="00CE3737">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41C8F396" w14:textId="6A229459" w:rsidR="00CE4875" w:rsidRPr="00164D8F" w:rsidRDefault="30F680F7" w:rsidP="3300457D">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="180" w:hanging="187"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00CE4875" w:rsidRPr="00164D8F" w:rsidSect="00E80A5D">
           <w:headerReference w:type="default" r:id="rId13"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="720" w:bottom="1008" w:left="720" w:header="0" w:footer="432" w:gutter="0"/>
@@ -2575,398 +2703,398 @@
         <w:t xml:space="preserve"> Sector Sites</w:t>
       </w:r>
       <w:r w:rsidR="0EA6C664" w:rsidRPr="3300457D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> include:</w:t>
       </w:r>
       <w:r w:rsidR="3A1672EF" w:rsidRPr="3300457D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AF08DA5" w14:textId="77777777" w:rsidR="001F16A7" w:rsidRPr="00164D8F" w:rsidRDefault="00002CCE" w:rsidP="00601426">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="540" w:hanging="180"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05170">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00B562E2" w:rsidRPr="00164D8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ocal health departments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28254DD7" w14:textId="77777777" w:rsidR="002B71CF" w:rsidRPr="00164D8F" w:rsidRDefault="001F16A7" w:rsidP="002B71CF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="540" w:right="-180" w:hanging="180"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00164D8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00B562E2" w:rsidRPr="00164D8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ommun</w:t>
       </w:r>
       <w:r w:rsidR="002C7044" w:rsidRPr="00164D8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ity health centers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="604E5524" w14:textId="77777777" w:rsidR="002B71CF" w:rsidRPr="00164D8F" w:rsidRDefault="001F16A7" w:rsidP="002B71CF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="540" w:right="-180" w:hanging="180"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00164D8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00C10C27" w:rsidRPr="00164D8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ree community-based clinics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="099AF77F" w14:textId="77777777" w:rsidR="001F16A7" w:rsidRPr="00164D8F" w:rsidRDefault="002B67D4" w:rsidP="00601426">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="540" w:hanging="180"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00164D8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TB</w:t>
       </w:r>
       <w:r w:rsidR="00FA42EF" w:rsidRPr="00164D8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> clinics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5878750C" w14:textId="77777777" w:rsidR="002C7044" w:rsidRPr="00164D8F" w:rsidRDefault="002C7044" w:rsidP="00742CB4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00164D8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Public hospitals</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DF3FF53" w14:textId="77777777" w:rsidR="00990BF3" w:rsidRPr="00164D8F" w:rsidRDefault="00601426" w:rsidP="002B71CF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00164D8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Public Colleges</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A9CB5B4" w14:textId="77777777" w:rsidR="001B5154" w:rsidRPr="00164D8F" w:rsidRDefault="001F16A7" w:rsidP="001B5154">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00164D8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00B562E2" w:rsidRPr="00164D8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">orrectional facilities </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C7D8252" w14:textId="77777777" w:rsidR="002C7044" w:rsidRPr="00164D8F" w:rsidRDefault="005462AC" w:rsidP="001B5154">
+    <w:p w14:paraId="6C7D8252" w14:textId="77777777" w:rsidR="002C7044" w:rsidRPr="00164D8F" w:rsidRDefault="25C94E3A" w:rsidP="006B55CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="180"/>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="540" w:hanging="180"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="14734100">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Integrated </w:t>
       </w:r>
-      <w:r w:rsidR="001B5154" w:rsidRPr="00164D8F">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="27BA7F8D" w:rsidRPr="14734100">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Counseling </w:t>
       </w:r>
-      <w:r w:rsidR="00EB4CAA" w:rsidRPr="00164D8F">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00FB2B1F" w:rsidRPr="14734100">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Testing</w:t>
       </w:r>
-      <w:r w:rsidR="002C7044" w:rsidRPr="00164D8F">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="47FAC199" w:rsidRPr="14734100">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00164D8F">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="14734100">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and Referral S</w:t>
       </w:r>
-      <w:r w:rsidR="002C7044" w:rsidRPr="00164D8F">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="47FAC199" w:rsidRPr="14734100">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ites </w:t>
       </w:r>
-      <w:r w:rsidR="00C10C27" w:rsidRPr="00164D8F">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="68566D2E" w:rsidRPr="14734100">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="115A28BA" w14:textId="77777777" w:rsidR="002C7044" w:rsidRPr="00164D8F" w:rsidRDefault="001F16A7" w:rsidP="00742CB4">
+    <w:p w14:paraId="115A28BA" w14:textId="77777777" w:rsidR="002C7044" w:rsidRPr="00164D8F" w:rsidRDefault="7838FFEE" w:rsidP="006B55CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="14734100">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="007657DC" w:rsidRPr="00164D8F">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="67733A2F" w:rsidRPr="14734100">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ealth care </w:t>
       </w:r>
-      <w:r w:rsidR="002C7044" w:rsidRPr="00164D8F">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="47FAC199" w:rsidRPr="14734100">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for the homeles</w:t>
       </w:r>
-      <w:r w:rsidR="00007DE3" w:rsidRPr="00164D8F">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="2E2062A3" w:rsidRPr="14734100">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="00007DE3" w:rsidRPr="00164D8F" w:rsidRDefault="00007DE3" w:rsidP="00007DE3">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00007DE3" w:rsidRPr="00164D8F" w:rsidSect="002C7044">
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1152" w:right="1080" w:bottom="1440" w:left="720" w:header="0" w:footer="432" w:gutter="0"/>
           <w:cols w:num="3" w:space="360"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D0B940D" w14:textId="3197BF6A" w:rsidR="00E80A5D" w:rsidRDefault="00E80A5D" w:rsidP="3300457D">
@@ -3249,58 +3377,58 @@
       </w:r>
       <w:r w:rsidR="00F02B4D" w:rsidRPr="3300457D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for eligible uninsured adults.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F02B4D" w:rsidRPr="00164D8F" w:rsidSect="00CE4875">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1152" w:right="1080" w:bottom="1440" w:left="720" w:header="0" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0CDC2B33" w14:textId="77777777" w:rsidR="004F3D27" w:rsidRDefault="004F3D27">
+    <w:p w14:paraId="528617E3" w14:textId="77777777" w:rsidR="00B377DD" w:rsidRDefault="00B377DD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E23C9CC" w14:textId="77777777" w:rsidR="004F3D27" w:rsidRDefault="004F3D27">
+    <w:p w14:paraId="650B2359" w14:textId="77777777" w:rsidR="00B377DD" w:rsidRDefault="00B377DD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -3328,110 +3456,118 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="43E33E81" w14:textId="11DC0482" w:rsidR="00C373FD" w:rsidRPr="001238F6" w:rsidRDefault="3300457D" w:rsidP="004409B8">
+  <w:p w14:paraId="43E33E81" w14:textId="334DFA1F" w:rsidR="00C373FD" w:rsidRPr="001238F6" w:rsidRDefault="3300457D" w:rsidP="004409B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="10440"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="3300457D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vaccine Program </w:t>
     </w:r>
-    <w:r w:rsidR="007E70ED">
+    <w:r w:rsidR="00745530">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>October</w:t>
+      <w:t>January</w:t>
     </w:r>
-    <w:r w:rsidR="00F02B4D" w:rsidRPr="3300457D">
+    <w:r w:rsidR="00745530" w:rsidRPr="3300457D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="3300457D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2025</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00745530">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4EC5EEEB" w14:textId="77777777" w:rsidR="004F3D27" w:rsidRDefault="004F3D27">
+    <w:p w14:paraId="3CEA6121" w14:textId="77777777" w:rsidR="00B377DD" w:rsidRDefault="00B377DD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29EFB723" w14:textId="77777777" w:rsidR="004F3D27" w:rsidRDefault="004F3D27">
+    <w:p w14:paraId="4EC21D35" w14:textId="77777777" w:rsidR="00B377DD" w:rsidRDefault="00B377DD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
     </w:tblGrid>
     <w:tr w:rsidR="3300457D" w14:paraId="7E8C527B" w14:textId="77777777" w:rsidTr="3300457D">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
@@ -4129,50 +4265,163 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0849F233"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C1F45C04"/>
+    <w:lvl w:ilvl="0" w:tplc="A0E64182">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6CAA26FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6088D4CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="19D6A078">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9310406E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="31723170">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="095445AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D6180DA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="05D646EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08FB3C9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C6AB8EE"/>
     <w:lvl w:ilvl="0" w:tplc="B9E40F54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="732"/>
         </w:tabs>
         <w:ind w:left="732" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="924294CE">
       <w:start w:val="170"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -4272,51 +4521,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5772"/>
         </w:tabs>
         <w:ind w:left="5772" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6492"/>
         </w:tabs>
         <w:ind w:left="6492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AFD34A2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10A4DCF4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="372"/>
         </w:tabs>
         <w:ind w:left="372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -4416,51 +4665,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3972"/>
         </w:tabs>
         <w:ind w:left="3972" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4692"/>
         </w:tabs>
         <w:ind w:left="4692" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F780EE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37FE6528"/>
     <w:lvl w:ilvl="0" w:tplc="B9E40F54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4531,51 +4780,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1608626D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95AC515A"/>
     <w:lvl w:ilvl="0" w:tplc="C2F4B402">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="384"/>
         </w:tabs>
         <w:ind w:left="384" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -4673,51 +4922,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5772"/>
         </w:tabs>
         <w:ind w:left="5772" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6492"/>
         </w:tabs>
         <w:ind w:left="6492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="190A46F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="89E6B7FA"/>
     <w:lvl w:ilvl="0" w:tplc="FD5EC90C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="370"/>
         </w:tabs>
         <w:ind w:left="370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C2F4B402">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4816,51 +5065,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5410"/>
         </w:tabs>
         <w:ind w:left="5410" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6130"/>
         </w:tabs>
         <w:ind w:left="6130" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A2579AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC3C4A1E"/>
     <w:lvl w:ilvl="0" w:tplc="C2F4B402">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="372"/>
         </w:tabs>
         <w:ind w:left="372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="54469548">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -4960,51 +5209,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3972"/>
         </w:tabs>
         <w:ind w:left="3972" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4692"/>
         </w:tabs>
         <w:ind w:left="4692" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AA7726A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E514DD7C"/>
     <w:lvl w:ilvl="0" w:tplc="B9E40F54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -5102,51 +5351,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="366E25A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5962889E"/>
     <w:lvl w:ilvl="0" w:tplc="785494CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="ED78B13E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5215,51 +5464,51 @@
     <w:lvl w:ilvl="7" w:tplc="051C7A1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7108ACF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="385F4C3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="005AB6C8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5328,51 +5577,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E4F0A8F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2774F7E2"/>
     <w:lvl w:ilvl="0" w:tplc="5810C5FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:vertAlign w:val="superscript"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5469,51 +5718,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43182EAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="309C500E"/>
     <w:lvl w:ilvl="0" w:tplc="7E180538">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5610,51 +5859,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46654E52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5002E146"/>
     <w:lvl w:ilvl="0" w:tplc="C2F4B402">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="372"/>
         </w:tabs>
         <w:ind w:left="372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4C7E01A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -5754,51 +6003,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3972"/>
         </w:tabs>
         <w:ind w:left="3972" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4692"/>
         </w:tabs>
         <w:ind w:left="4692" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B7C294D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="277E8910"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5897,51 +6146,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D7E2EA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10A4DCF4"/>
     <w:lvl w:ilvl="0" w:tplc="C2F4B402">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="372"/>
         </w:tabs>
         <w:ind w:left="372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4C7E01A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -6041,51 +6290,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3972"/>
         </w:tabs>
         <w:ind w:left="3972" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4692"/>
         </w:tabs>
         <w:ind w:left="4692" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50B10A69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37B0D708"/>
     <w:lvl w:ilvl="0" w:tplc="FEC0ADFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="41560C6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -6154,51 +6403,51 @@
     <w:lvl w:ilvl="7" w:tplc="77B84988">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4768B064">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C6255B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC9C0C0C"/>
     <w:lvl w:ilvl="0" w:tplc="B9E40F54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0CBE25A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -6298,51 +6547,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D3A4186"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5C6AB8EE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="732"/>
         </w:tabs>
         <w:ind w:left="732" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="170"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -6442,51 +6691,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5772"/>
         </w:tabs>
         <w:ind w:left="5772" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6492"/>
         </w:tabs>
         <w:ind w:left="6492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="606A15B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D504871E"/>
     <w:lvl w:ilvl="0" w:tplc="B9E40F54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="370"/>
         </w:tabs>
         <w:ind w:left="370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="924294CE">
       <w:start w:val="170"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -6586,51 +6835,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5772"/>
         </w:tabs>
         <w:ind w:left="5772" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6492"/>
         </w:tabs>
         <w:ind w:left="6492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="642F3096"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5D3E7E66"/>
     <w:lvl w:ilvl="0" w:tplc="93941DDA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6727,51 +6976,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66273515"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64464C06"/>
     <w:lvl w:ilvl="0" w:tplc="7E180538">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6868,51 +7117,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C3A32AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="277E8910"/>
     <w:lvl w:ilvl="0" w:tplc="FD5EC90C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C2F4B402">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7011,51 +7260,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E9053A6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5C6AB8EE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="732"/>
         </w:tabs>
         <w:ind w:left="732" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="170"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -7155,51 +7404,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5772"/>
         </w:tabs>
         <w:ind w:left="5772" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6492"/>
         </w:tabs>
         <w:ind w:left="6492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="756200D9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10A4DCF4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="372"/>
         </w:tabs>
         <w:ind w:left="372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -7299,51 +7548,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3972"/>
         </w:tabs>
         <w:ind w:left="3972" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4692"/>
         </w:tabs>
         <w:ind w:left="4692" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="783F6B64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2550EBC6"/>
     <w:lvl w:ilvl="0" w:tplc="FD5EC90C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="852"/>
         </w:tabs>
         <w:ind w:left="852" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B9E40F54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7442,139 +7691,143 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5892"/>
         </w:tabs>
         <w:ind w:left="5892" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6612"/>
         </w:tabs>
         <w:ind w:left="6612" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="26104350">
+  <w:num w:numId="1" w16cid:durableId="24252502">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="26104350">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="362093478">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1646734925">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1581527010">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="351804958">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1993482768">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1517497214">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="625937172">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1507793831">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1689022724">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="362093478">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="12" w16cid:durableId="1627619100">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1646734925">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="13" w16cid:durableId="1894658949">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1581527010">
+  <w:num w:numId="14" w16cid:durableId="412357173">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1811746506">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1069421366">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="795872767">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="204752794">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1851792620">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1643119679">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1167983236">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="2090224687">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="605576182">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1340893330">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="476999903">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1089961146">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="351804958">
-[...47 lines deleted...]
-  <w:num w:numId="21" w16cid:durableId="2090224687">
+  <w:num w:numId="27" w16cid:durableId="1677416612">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="605576182">
-[...15 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="28" w16cid:durableId="1922641081">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2NLcwsjC3MDMzNTcyNDRV0lEKTi0uzszPAykwrAUAtYHoYywAAAA="/>
@@ -7713,152 +7966,158 @@
     <w:rsid w:val="00571AC4"/>
     <w:rsid w:val="00583A2B"/>
     <w:rsid w:val="005852CC"/>
     <w:rsid w:val="00592C37"/>
     <w:rsid w:val="005C5E77"/>
     <w:rsid w:val="005E40E0"/>
     <w:rsid w:val="005F2CD2"/>
     <w:rsid w:val="005F3682"/>
     <w:rsid w:val="00600664"/>
     <w:rsid w:val="00601426"/>
     <w:rsid w:val="00613224"/>
     <w:rsid w:val="0061464D"/>
     <w:rsid w:val="00624120"/>
     <w:rsid w:val="00632A94"/>
     <w:rsid w:val="006338B0"/>
     <w:rsid w:val="0065757F"/>
     <w:rsid w:val="00660680"/>
     <w:rsid w:val="006659A4"/>
     <w:rsid w:val="0067251A"/>
     <w:rsid w:val="00683B7F"/>
     <w:rsid w:val="006868F9"/>
     <w:rsid w:val="00690A7C"/>
     <w:rsid w:val="006929CC"/>
     <w:rsid w:val="00696BC2"/>
     <w:rsid w:val="00696F90"/>
+    <w:rsid w:val="006A0073"/>
     <w:rsid w:val="006A400C"/>
     <w:rsid w:val="006B1DDF"/>
     <w:rsid w:val="006B2CE6"/>
+    <w:rsid w:val="006B55CC"/>
     <w:rsid w:val="006C062C"/>
     <w:rsid w:val="006D5A44"/>
     <w:rsid w:val="006E3C71"/>
+    <w:rsid w:val="006E4779"/>
     <w:rsid w:val="006E4815"/>
     <w:rsid w:val="007152F0"/>
     <w:rsid w:val="007208D1"/>
     <w:rsid w:val="007228F5"/>
     <w:rsid w:val="00731389"/>
     <w:rsid w:val="007319F8"/>
     <w:rsid w:val="00742CB4"/>
     <w:rsid w:val="00742E55"/>
+    <w:rsid w:val="00745530"/>
     <w:rsid w:val="0075134F"/>
     <w:rsid w:val="00756240"/>
     <w:rsid w:val="007563A0"/>
     <w:rsid w:val="007657DC"/>
     <w:rsid w:val="007677DE"/>
     <w:rsid w:val="0078650B"/>
     <w:rsid w:val="0079627C"/>
     <w:rsid w:val="007A059E"/>
     <w:rsid w:val="007A4E8F"/>
     <w:rsid w:val="007B5D3D"/>
     <w:rsid w:val="007D3304"/>
     <w:rsid w:val="007D38A3"/>
     <w:rsid w:val="007D393B"/>
     <w:rsid w:val="007E5A47"/>
     <w:rsid w:val="007E70ED"/>
     <w:rsid w:val="007F1AD6"/>
     <w:rsid w:val="00816783"/>
     <w:rsid w:val="00820AB8"/>
     <w:rsid w:val="008246B1"/>
     <w:rsid w:val="0082723C"/>
     <w:rsid w:val="00833C12"/>
     <w:rsid w:val="008410CE"/>
     <w:rsid w:val="0084221D"/>
     <w:rsid w:val="0084753C"/>
     <w:rsid w:val="00857EBA"/>
     <w:rsid w:val="008616FE"/>
     <w:rsid w:val="0086675B"/>
     <w:rsid w:val="00876032"/>
     <w:rsid w:val="00895E46"/>
     <w:rsid w:val="008A25E9"/>
     <w:rsid w:val="008B214B"/>
     <w:rsid w:val="008B22D6"/>
     <w:rsid w:val="008E3CC2"/>
     <w:rsid w:val="008E5847"/>
     <w:rsid w:val="008F2747"/>
     <w:rsid w:val="008F5374"/>
     <w:rsid w:val="009167F1"/>
     <w:rsid w:val="009244A9"/>
     <w:rsid w:val="00927F9D"/>
     <w:rsid w:val="00932578"/>
     <w:rsid w:val="00932D73"/>
     <w:rsid w:val="00936CAF"/>
     <w:rsid w:val="00946112"/>
     <w:rsid w:val="00954332"/>
     <w:rsid w:val="00954A84"/>
     <w:rsid w:val="0096079D"/>
     <w:rsid w:val="00961075"/>
     <w:rsid w:val="0097357E"/>
     <w:rsid w:val="00974AC7"/>
+    <w:rsid w:val="00981EC4"/>
     <w:rsid w:val="00985506"/>
     <w:rsid w:val="009874BA"/>
     <w:rsid w:val="009908E6"/>
     <w:rsid w:val="00990BCC"/>
     <w:rsid w:val="00990BF3"/>
     <w:rsid w:val="009A0668"/>
     <w:rsid w:val="009A1B9D"/>
     <w:rsid w:val="009B48B5"/>
     <w:rsid w:val="009C3C3B"/>
     <w:rsid w:val="009E7352"/>
     <w:rsid w:val="009F6B8E"/>
     <w:rsid w:val="00A02B91"/>
     <w:rsid w:val="00A06E6F"/>
     <w:rsid w:val="00A13CBF"/>
     <w:rsid w:val="00A14C1D"/>
     <w:rsid w:val="00A203F3"/>
     <w:rsid w:val="00A33740"/>
     <w:rsid w:val="00A44618"/>
     <w:rsid w:val="00A503CF"/>
     <w:rsid w:val="00A519C4"/>
     <w:rsid w:val="00A64F51"/>
     <w:rsid w:val="00A670EF"/>
     <w:rsid w:val="00A84346"/>
     <w:rsid w:val="00AB0CDE"/>
     <w:rsid w:val="00AB4A5A"/>
     <w:rsid w:val="00AC4CD3"/>
     <w:rsid w:val="00AD091B"/>
     <w:rsid w:val="00AD0F5A"/>
     <w:rsid w:val="00AD1D53"/>
     <w:rsid w:val="00AE2EA2"/>
     <w:rsid w:val="00AE4102"/>
     <w:rsid w:val="00AF3225"/>
     <w:rsid w:val="00AF57EA"/>
     <w:rsid w:val="00AF6860"/>
     <w:rsid w:val="00B065DF"/>
     <w:rsid w:val="00B07C8F"/>
     <w:rsid w:val="00B15873"/>
     <w:rsid w:val="00B16984"/>
     <w:rsid w:val="00B3650C"/>
+    <w:rsid w:val="00B377DD"/>
     <w:rsid w:val="00B42A22"/>
     <w:rsid w:val="00B503FF"/>
     <w:rsid w:val="00B53721"/>
     <w:rsid w:val="00B562E2"/>
     <w:rsid w:val="00B61DBD"/>
     <w:rsid w:val="00B638D9"/>
     <w:rsid w:val="00B9494C"/>
     <w:rsid w:val="00B962E0"/>
     <w:rsid w:val="00B96D75"/>
     <w:rsid w:val="00BA0459"/>
     <w:rsid w:val="00BA4E50"/>
     <w:rsid w:val="00BA5169"/>
     <w:rsid w:val="00BC3E5D"/>
     <w:rsid w:val="00BC702B"/>
     <w:rsid w:val="00BC7391"/>
     <w:rsid w:val="00BD57D6"/>
     <w:rsid w:val="00BD5D0A"/>
     <w:rsid w:val="00BE1323"/>
     <w:rsid w:val="00BE5308"/>
     <w:rsid w:val="00C04419"/>
     <w:rsid w:val="00C10C27"/>
     <w:rsid w:val="00C251A5"/>
     <w:rsid w:val="00C27CBD"/>
     <w:rsid w:val="00C3071E"/>
     <w:rsid w:val="00C311FF"/>
@@ -7884,176 +8143,198 @@
     <w:rsid w:val="00CF70D5"/>
     <w:rsid w:val="00D15BE3"/>
     <w:rsid w:val="00D17786"/>
     <w:rsid w:val="00D21B30"/>
     <w:rsid w:val="00D2257B"/>
     <w:rsid w:val="00D22DA4"/>
     <w:rsid w:val="00D23A36"/>
     <w:rsid w:val="00D3041B"/>
     <w:rsid w:val="00D31E79"/>
     <w:rsid w:val="00D33D6D"/>
     <w:rsid w:val="00D34F01"/>
     <w:rsid w:val="00D35493"/>
     <w:rsid w:val="00D374EB"/>
     <w:rsid w:val="00D508B3"/>
     <w:rsid w:val="00D56FC2"/>
     <w:rsid w:val="00D615FB"/>
     <w:rsid w:val="00D62711"/>
     <w:rsid w:val="00D62A8A"/>
     <w:rsid w:val="00D70CAF"/>
     <w:rsid w:val="00D74F60"/>
     <w:rsid w:val="00D8639D"/>
     <w:rsid w:val="00D97B01"/>
     <w:rsid w:val="00DA2564"/>
     <w:rsid w:val="00DA5083"/>
     <w:rsid w:val="00DB4638"/>
+    <w:rsid w:val="00DB615F"/>
     <w:rsid w:val="00DC16DD"/>
     <w:rsid w:val="00DD1A55"/>
     <w:rsid w:val="00DD4CB2"/>
     <w:rsid w:val="00DE1744"/>
     <w:rsid w:val="00E05684"/>
     <w:rsid w:val="00E115F0"/>
     <w:rsid w:val="00E14EAD"/>
     <w:rsid w:val="00E21D45"/>
     <w:rsid w:val="00E2454E"/>
     <w:rsid w:val="00E55D6F"/>
     <w:rsid w:val="00E707A8"/>
     <w:rsid w:val="00E712E0"/>
     <w:rsid w:val="00E724BB"/>
     <w:rsid w:val="00E80A5D"/>
     <w:rsid w:val="00E81AAF"/>
     <w:rsid w:val="00E85D01"/>
     <w:rsid w:val="00E927E6"/>
     <w:rsid w:val="00E9501E"/>
     <w:rsid w:val="00E96788"/>
     <w:rsid w:val="00EB0C85"/>
     <w:rsid w:val="00EB292B"/>
     <w:rsid w:val="00EB4CAA"/>
     <w:rsid w:val="00EB5111"/>
     <w:rsid w:val="00EC3B22"/>
     <w:rsid w:val="00EC4CFD"/>
     <w:rsid w:val="00ED35E9"/>
     <w:rsid w:val="00ED4152"/>
     <w:rsid w:val="00ED62C7"/>
     <w:rsid w:val="00EF4197"/>
     <w:rsid w:val="00F02B4D"/>
     <w:rsid w:val="00F05170"/>
     <w:rsid w:val="00F12A11"/>
     <w:rsid w:val="00F1384F"/>
     <w:rsid w:val="00F247D0"/>
     <w:rsid w:val="00F276DC"/>
     <w:rsid w:val="00F576F9"/>
     <w:rsid w:val="00F61DC9"/>
     <w:rsid w:val="00F77E64"/>
     <w:rsid w:val="00F80D09"/>
     <w:rsid w:val="00F83941"/>
     <w:rsid w:val="00F97C7C"/>
     <w:rsid w:val="00FA069B"/>
     <w:rsid w:val="00FA0C59"/>
     <w:rsid w:val="00FA42EF"/>
     <w:rsid w:val="00FA4E77"/>
     <w:rsid w:val="00FB0372"/>
+    <w:rsid w:val="00FB2B1F"/>
     <w:rsid w:val="00FB4A23"/>
     <w:rsid w:val="00FB4C3F"/>
     <w:rsid w:val="00FF135A"/>
     <w:rsid w:val="00FF436E"/>
     <w:rsid w:val="022DE8C0"/>
     <w:rsid w:val="05FD04B4"/>
     <w:rsid w:val="068EE166"/>
     <w:rsid w:val="0744CE5E"/>
+    <w:rsid w:val="085031E8"/>
     <w:rsid w:val="095E2D44"/>
+    <w:rsid w:val="0B8ABA9D"/>
     <w:rsid w:val="0CCC6190"/>
     <w:rsid w:val="0E36AA38"/>
     <w:rsid w:val="0EA6C664"/>
     <w:rsid w:val="10B54D2C"/>
     <w:rsid w:val="1132E9CE"/>
     <w:rsid w:val="11375278"/>
     <w:rsid w:val="11942E5A"/>
     <w:rsid w:val="12DFC235"/>
     <w:rsid w:val="13A8F222"/>
+    <w:rsid w:val="14734100"/>
+    <w:rsid w:val="151C56F2"/>
     <w:rsid w:val="18C5A06E"/>
     <w:rsid w:val="197568E2"/>
     <w:rsid w:val="1A2F3FAD"/>
     <w:rsid w:val="1AAE3DD2"/>
     <w:rsid w:val="1CA02053"/>
+    <w:rsid w:val="1CEA7398"/>
     <w:rsid w:val="1DFBAC10"/>
     <w:rsid w:val="1EA335A0"/>
     <w:rsid w:val="1EE14033"/>
+    <w:rsid w:val="1F3E7260"/>
     <w:rsid w:val="1F5F9A99"/>
+    <w:rsid w:val="1FCBF19C"/>
     <w:rsid w:val="20BFF069"/>
     <w:rsid w:val="20DE7BDA"/>
     <w:rsid w:val="211831C8"/>
     <w:rsid w:val="216E2575"/>
     <w:rsid w:val="23EA0BB3"/>
     <w:rsid w:val="23FA7D3C"/>
+    <w:rsid w:val="24858793"/>
     <w:rsid w:val="257E2E44"/>
+    <w:rsid w:val="25C94E3A"/>
+    <w:rsid w:val="27BA7F8D"/>
     <w:rsid w:val="28E5F5C5"/>
     <w:rsid w:val="2A666BA3"/>
     <w:rsid w:val="2DA3F712"/>
+    <w:rsid w:val="2E2062A3"/>
     <w:rsid w:val="2E2C0239"/>
     <w:rsid w:val="30F680F7"/>
     <w:rsid w:val="30F879F3"/>
     <w:rsid w:val="31C5B423"/>
     <w:rsid w:val="3300457D"/>
     <w:rsid w:val="34F7C6C7"/>
     <w:rsid w:val="36CB6889"/>
     <w:rsid w:val="3815A96C"/>
     <w:rsid w:val="3A1672EF"/>
     <w:rsid w:val="3DAC167C"/>
     <w:rsid w:val="3FDBF4D5"/>
     <w:rsid w:val="40890F67"/>
     <w:rsid w:val="416CBF63"/>
     <w:rsid w:val="4331AF84"/>
     <w:rsid w:val="4338ECB8"/>
     <w:rsid w:val="4623E92D"/>
     <w:rsid w:val="46A397FF"/>
     <w:rsid w:val="4711EE5B"/>
+    <w:rsid w:val="47FAC199"/>
     <w:rsid w:val="4F5EC4FB"/>
     <w:rsid w:val="4FEBE268"/>
     <w:rsid w:val="50627B7E"/>
     <w:rsid w:val="53AA8E2F"/>
+    <w:rsid w:val="54469B68"/>
     <w:rsid w:val="548E207E"/>
     <w:rsid w:val="59337A90"/>
     <w:rsid w:val="5D5EB3E7"/>
     <w:rsid w:val="5DB9F892"/>
     <w:rsid w:val="5DEAD332"/>
     <w:rsid w:val="628A3F96"/>
     <w:rsid w:val="633EFAF3"/>
+    <w:rsid w:val="64940B82"/>
     <w:rsid w:val="64F6A1B0"/>
     <w:rsid w:val="668CD73B"/>
+    <w:rsid w:val="67733A2F"/>
+    <w:rsid w:val="68566D2E"/>
     <w:rsid w:val="68C61605"/>
+    <w:rsid w:val="68CF4886"/>
     <w:rsid w:val="69706957"/>
+    <w:rsid w:val="69807CE1"/>
     <w:rsid w:val="69F00A24"/>
     <w:rsid w:val="6A41E09B"/>
     <w:rsid w:val="6A885B3D"/>
+    <w:rsid w:val="6D79831B"/>
     <w:rsid w:val="6EB3B053"/>
     <w:rsid w:val="6F30C9C9"/>
     <w:rsid w:val="6F61D46C"/>
     <w:rsid w:val="70C0F7B7"/>
     <w:rsid w:val="71D4B1B4"/>
     <w:rsid w:val="71ECE0F3"/>
     <w:rsid w:val="77CE4A96"/>
+    <w:rsid w:val="7838FFEE"/>
     <w:rsid w:val="7A7AE071"/>
     <w:rsid w:val="7C29B7C8"/>
     <w:rsid w:val="7C8246E6"/>
     <w:rsid w:val="7D2500C8"/>
     <w:rsid w:val="7E10EAD5"/>
     <w:rsid w:val="7EB69AC4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
@@ -9058,52 +9339,52 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5a6988bc82efc16dbc4fef89c0970097">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f757d18a715390f3da1f93b167fc760a" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fb9e7e813f837fd5b9acab9729d3e480">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31b071675c4d6feaa5ec6297d3b7489e" ns2:_="" ns3:_="">
     <xsd:import namespace="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <xsd:import namespace="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -9306,108 +9587,93 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a782362c-0017-44d2-8700-f603c3e5ed9a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="78ea2335-8007-4ae4-b674-628de3bfd69a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3C68859-A6C6-4845-B722-96633ECFF559}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A65F184-2820-436A-AE5D-85ED68473136}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A68BA5A-75BD-46A0-9B3C-4B588C0801C3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9FCC173-7D81-41D4-81CE-1029F561EC11}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>593</Words>
-  <Characters>3385</Characters>
+  <Words>596</Words>
+  <Characters>3403</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>28</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3971</CharactersWithSpaces>
+  <CharactersWithSpaces>3992</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Massachusetts Department of Public Health (MDPH)</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003936B605C953E34C8476A9FD9E49AC16</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>