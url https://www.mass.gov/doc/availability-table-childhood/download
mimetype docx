--- v0 (2025-11-02)
+++ v1 (2026-03-28)
@@ -11,97 +11,92 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="302CE430" w14:textId="23013999" w:rsidR="00375670" w:rsidRPr="008F3244" w:rsidRDefault="00547C0E" w:rsidP="00052784">
+    <w:p w14:paraId="302CE430" w14:textId="79A95DCC" w:rsidR="00375670" w:rsidRPr="008F3244" w:rsidRDefault="00547C0E" w:rsidP="092DB409">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4308"/>
           <w:tab w:val="left" w:pos="6468"/>
           <w:tab w:val="left" w:pos="10668"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="092DB409">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">                     </w:t>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
-      <w:r w:rsidR="00375670" w:rsidRPr="008F3244">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00375670" w:rsidRPr="092DB409">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Massachusetts Department of Public Health (</w:t>
       </w:r>
-      <w:r w:rsidR="00455E18" w:rsidRPr="008F3244">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00455E18" w:rsidRPr="092DB409">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="00375670" w:rsidRPr="008F3244">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00375670" w:rsidRPr="092DB409">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DPH)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="453AD084" w14:textId="2597A210" w:rsidR="00375670" w:rsidRPr="008F3244" w:rsidRDefault="00375670" w:rsidP="00052784">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1716"/>
           <w:tab w:val="left" w:pos="4308"/>
           <w:tab w:val="left" w:pos="6468"/>
           <w:tab w:val="left" w:pos="10668"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F3244">
         <w:rPr>
@@ -148,137 +143,137 @@
           <w:tab w:val="left" w:pos="4308"/>
           <w:tab w:val="left" w:pos="6468"/>
           <w:tab w:val="left" w:pos="10668"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098350E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Childhood Vaccine Availability Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="008E580C" w14:textId="61545109" w:rsidR="005B5CF2" w:rsidRPr="0098350E" w:rsidRDefault="00625C05" w:rsidP="7D37420F">
+    <w:p w14:paraId="008E580C" w14:textId="5250ED80" w:rsidR="005B5CF2" w:rsidRPr="0098350E" w:rsidRDefault="00625C05" w:rsidP="7D37420F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1716"/>
           <w:tab w:val="left" w:pos="4308"/>
           <w:tab w:val="left" w:pos="6468"/>
           <w:tab w:val="left" w:pos="10668"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7D37420F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00C75CA0" w:rsidRPr="7D37420F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Effective</w:t>
       </w:r>
       <w:r w:rsidR="00A90014" w:rsidRPr="7D37420F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00977A69">
+      <w:r w:rsidR="00FD1709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>October</w:t>
+        <w:t>January</w:t>
       </w:r>
-      <w:r w:rsidR="00384E94" w:rsidRPr="7D37420F">
+      <w:r w:rsidR="00FD1709" w:rsidRPr="7D37420F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A5266" w:rsidRPr="7D37420F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="7CE055AA" w:rsidRPr="7D37420F">
+      <w:r w:rsidR="00FD1709">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00C75CA0" w:rsidRPr="7D37420F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B5CF2" w:rsidRPr="7D37420F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FD46CF8" w14:textId="77777777" w:rsidR="00386822" w:rsidRPr="008F3244" w:rsidRDefault="00386822" w:rsidP="00052784">
       <w:pPr>
         <w:tabs>
@@ -883,51 +878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11003" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2055"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="7778"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00375670" w:rsidRPr="008F3244" w14:paraId="5E288F4A" w14:textId="77777777" w:rsidTr="4D59FB64">
+      <w:tr w:rsidR="00375670" w:rsidRPr="008F3244" w14:paraId="5E288F4A" w14:textId="77777777" w:rsidTr="615A46C9">
         <w:trPr>
           <w:trHeight w:val="339"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08A90681" w14:textId="77777777" w:rsidR="00375670" w:rsidRPr="008F3244" w:rsidRDefault="00375670" w:rsidP="000E0228">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -1006,51 +1001,51 @@
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00375670" w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Supplied Vaccine Available For</w:t>
             </w:r>
             <w:r w:rsidR="00E67D25" w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00375670" w:rsidRPr="008F3244" w14:paraId="7CCF901E" w14:textId="77777777" w:rsidTr="00395446">
+      <w:tr w:rsidR="00375670" w:rsidRPr="008F3244" w14:paraId="7CCF901E" w14:textId="77777777" w:rsidTr="615A46C9">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2705938B" w14:textId="49CBFA96" w:rsidR="00375670" w:rsidRPr="00F8024C" w:rsidRDefault="00341F3C" w:rsidP="000E0228">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F8024C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -1127,51 +1122,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> months</w:t>
             </w:r>
             <w:r w:rsidR="00386822" w:rsidRPr="000E0228">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidR="00341F3C" w:rsidRPr="000E0228">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="000E0228">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="46602F7E" w14:textId="77777777" w:rsidTr="4D59FB64">
+      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="46602F7E" w14:textId="77777777" w:rsidTr="615A46C9">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24CEEA08" w14:textId="1BC49025" w:rsidR="00341F3C" w:rsidRPr="008F3244" w:rsidRDefault="00341F3C" w:rsidP="000E0228">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -1212,51 +1207,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="437A501D" w14:textId="0535F62E" w:rsidR="00341F3C" w:rsidRPr="000E0228" w:rsidRDefault="00341F3C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E0228">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">All children aged 2 months – 6 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="6220F845" w14:textId="77777777" w:rsidTr="4D59FB64">
+      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="6220F845" w14:textId="77777777" w:rsidTr="615A46C9">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41D8CD4D" w14:textId="177298AB" w:rsidR="00341F3C" w:rsidRPr="008F3244" w:rsidRDefault="00341F3C" w:rsidP="000E0228">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1335,51 +1330,51 @@
               </w:rPr>
               <w:t>Not</w:t>
             </w:r>
             <w:r w:rsidRPr="000E0228">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> approved for dose 4 or 5 of the DTaP series </w:t>
             </w:r>
             <w:r w:rsidRPr="000E0228">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
             <w:r w:rsidRPr="000E0228">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> dose 4 of the IPV series</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="4F529EC2" w14:textId="77777777" w:rsidTr="4D59FB64">
+      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="4F529EC2" w14:textId="77777777" w:rsidTr="615A46C9">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="513AA0FC" w14:textId="719166A2" w:rsidR="00341F3C" w:rsidRPr="008F3244" w:rsidRDefault="00961442" w:rsidP="000E0228">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1419,51 +1414,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E87158C" w14:textId="77777777" w:rsidR="00341F3C" w:rsidRPr="000E0228" w:rsidRDefault="00341F3C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E0228">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">All children aged 2 months – 4 years for the first 4 doses of DTaP, IPV and Hib at 2, 4, 6 and 15 – 18 months </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="75528E46" w14:textId="77777777" w:rsidTr="4D59FB64">
+      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="75528E46" w14:textId="77777777" w:rsidTr="615A46C9">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CC2A95F" w14:textId="1ECF9D26" w:rsidR="00341F3C" w:rsidRPr="008F3244" w:rsidRDefault="00961442" w:rsidP="000E0228">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1586,51 +1581,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Not approved for the first 3 doses of DTaP and IPV </w:t>
             </w:r>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>dose 4 of the DTaP series</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="69509BC7" w14:textId="77777777" w:rsidTr="4D59FB64">
+      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="69509BC7" w14:textId="77777777" w:rsidTr="615A46C9">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DCB5CEE" w14:textId="69B14B93" w:rsidR="00341F3C" w:rsidRPr="008F3244" w:rsidRDefault="00341F3C" w:rsidP="000E0228">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -1709,51 +1704,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Not approved for the hepatitis B birth dose. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54981453" w14:textId="7AFD29AD" w:rsidR="00341F3C" w:rsidRPr="000E0228" w:rsidRDefault="00341F3C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E0228">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Not approved for dose 4 or 5 of DTaP or dose 4 of IPV or dose 4 of Hib.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="31AF9AD3" w14:textId="77777777" w:rsidTr="4D59FB64">
+      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="31AF9AD3" w14:textId="77777777" w:rsidTr="615A46C9">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B28FC1A" w14:textId="77777777" w:rsidR="00341F3C" w:rsidRPr="008F3244" w:rsidRDefault="00341F3C" w:rsidP="000E0228">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -1786,150 +1781,150 @@
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A168F58" w14:textId="77777777" w:rsidR="00341F3C" w:rsidRPr="008F3244" w:rsidRDefault="00341F3C" w:rsidP="000E0228">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E8617EE" w14:textId="77777777" w:rsidR="00341F3C" w:rsidRPr="008F3244" w:rsidRDefault="00341F3C">
+          <w:p w14:paraId="7E8617EE" w14:textId="7982DBB8" w:rsidR="00341F3C" w:rsidRPr="008F3244" w:rsidRDefault="00341F3C" w:rsidP="615A46C9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="615A46C9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Routine vaccination of the 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="008F3244">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="615A46C9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
-            <w:r w:rsidRPr="008F3244">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="615A46C9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="615A46C9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
-            <w:r w:rsidRPr="008F3244">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="615A46C9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dose for children aged 12 – 23 months </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BC20DC9" w14:textId="74205AC9" w:rsidR="00341F3C" w:rsidRPr="008F3244" w:rsidRDefault="00341F3C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Catch-up vaccination of children aged 2 – 18 years</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7950F40D" w14:textId="056615FD" w:rsidR="00341F3C" w:rsidRPr="008F3244" w:rsidRDefault="00341F3C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Infants 6-11 months, one dose before international travel; revaccinate with 2-dose series at 12-23 months.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="3E7FF094" w14:textId="77777777" w:rsidTr="4D59FB64">
+      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="3E7FF094" w14:textId="77777777" w:rsidTr="615A46C9">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38D34D1F" w14:textId="77777777" w:rsidR="00341F3C" w:rsidRPr="008F3244" w:rsidRDefault="00341F3C" w:rsidP="000E0228">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -1970,51 +1965,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17A20AAB" w14:textId="77777777" w:rsidR="00341F3C" w:rsidRPr="000E0228" w:rsidRDefault="00341F3C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E0228">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>All children through 18 years of age</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="06692CEC" w14:textId="77777777" w:rsidTr="4D59FB64">
+      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="06692CEC" w14:textId="77777777" w:rsidTr="615A46C9">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D3D28EB" w14:textId="77777777" w:rsidR="00341F3C" w:rsidRPr="008F3244" w:rsidRDefault="00341F3C" w:rsidP="000E0228">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -2092,51 +2087,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E0228">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Children aged &gt; 5 years in a</w:t>
             </w:r>
             <w:r w:rsidR="0092734F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000E0228">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>recommended group*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A52C1D" w:rsidRPr="008F3244" w14:paraId="4BDBC784" w14:textId="77777777" w:rsidTr="4D59FB64">
+      <w:tr w:rsidR="00A52C1D" w:rsidRPr="008F3244" w14:paraId="4BDBC784" w14:textId="77777777" w:rsidTr="615A46C9">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1725A7C6" w14:textId="741B9D20" w:rsidR="00A52C1D" w:rsidRPr="008F3244" w:rsidRDefault="00A52C1D" w:rsidP="000E0228">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -2180,51 +2175,51 @@
           </w:tcPr>
           <w:p w14:paraId="555C2A9E" w14:textId="3F6E940A" w:rsidR="00A52C1D" w:rsidRPr="000E0228" w:rsidRDefault="00A52C1D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E0228">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>All children 9 – 18 years of age</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="72E4E6A6" w14:textId="77777777" w:rsidTr="4D59FB64">
+      <w:tr w:rsidR="00341F3C" w:rsidRPr="008F3244" w14:paraId="72E4E6A6" w14:textId="77777777" w:rsidTr="615A46C9">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="331D6B92" w14:textId="77777777" w:rsidR="00341F3C" w:rsidRPr="008F3244" w:rsidRDefault="00341F3C" w:rsidP="000E0228">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -2460,51 +2455,51 @@
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11250" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2177"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="7813"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00375670" w:rsidRPr="008F3244" w14:paraId="10D4D56E" w14:textId="77777777" w:rsidTr="7D37420F">
+      <w:tr w:rsidR="00375670" w:rsidRPr="008F3244" w14:paraId="10D4D56E" w14:textId="77777777" w:rsidTr="092DB409">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2177" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69AAC3ED" w14:textId="77777777" w:rsidR="00375670" w:rsidRPr="008F3244" w:rsidRDefault="00375670" w:rsidP="00D42C42">
             <w:pPr>
               <w:spacing w:before="120" w:after="60" w:line="200" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk173335644"/>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
@@ -2558,51 +2553,51 @@
             <w:pPr>
               <w:spacing w:before="120" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DPH Supplied Vaccine Available For:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="000242A0" w:rsidRPr="008F3244" w14:paraId="36968FCC" w14:textId="77777777" w:rsidTr="7D37420F">
+      <w:tr w:rsidR="000242A0" w:rsidRPr="008F3244" w14:paraId="36968FCC" w14:textId="77777777" w:rsidTr="092DB409">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2177" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13F29335" w14:textId="77777777" w:rsidR="000242A0" w:rsidRPr="00F8024C" w:rsidRDefault="000242A0" w:rsidP="00647692">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F8024C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -2732,261 +2727,251 @@
             <w:r w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> grade entry, 11 – 12 years of age, and second dose at </w:t>
             </w:r>
             <w:r w:rsidR="00547C0E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">16 – 18 years of age </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3384C7DC" w14:textId="19DB33FD" w:rsidR="004016DC" w:rsidRPr="008F3244" w:rsidRDefault="000242A0">
-[...26 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="39C404BD" w14:textId="606A0A4F" w:rsidR="004016DC" w:rsidRPr="008F3244" w:rsidRDefault="000242A0" w:rsidP="008A5455">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">High risk </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="4FD3F81F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>High risk* children 2 months - 18 years, all doses, including boosters. Schedule depends on age and formulation.</w:t>
+            </w:r>
+            <w:r w:rsidR="002868F8" w:rsidRPr="4FD3F81F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A75BCD" w:rsidRPr="4FD3F81F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>includes:</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:t xml:space="preserve">High risk </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00A75BCD" w:rsidRPr="4FD3F81F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> functional or anatomic asplenia (sickle cell), complement deficiencies, travelers, occupational risk, outbreaks.</w:t>
-[...15 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:t>includes:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00A75BCD" w:rsidRPr="4FD3F81F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:t xml:space="preserve"> functional or anatomic asplenia (sickle cell), complement deficiencies, travelers, occupational risk, outbreaks.</w:t>
+            </w:r>
+            <w:r w:rsidR="008A5455">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Note:</w:t>
-[...12 lines deleted...]
-          <w:p w14:paraId="4E55CA8F" w14:textId="50DB8D5A" w:rsidR="00407AE3" w:rsidRPr="000E0228" w:rsidRDefault="000A1C3F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00407AE3" w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Note</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00407AE3" w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E55CA8F" w14:textId="50DB8D5A" w:rsidR="00407AE3" w:rsidRPr="000E0228" w:rsidRDefault="000A1C3F" w:rsidP="008A5455">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E0228">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Menveo (one-vial formulation) approved beginning at 10 years </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19956858" w14:textId="5F4C9A37" w:rsidR="00407AE3" w:rsidRPr="000E0228" w:rsidRDefault="000A1C3F">
-[...21 lines deleted...]
-          <w:p w14:paraId="0E42DFF6" w14:textId="1E204DB4" w:rsidR="000A1C3F" w:rsidRPr="000E0228" w:rsidRDefault="000A1C3F" w:rsidP="00E0189A">
+          <w:p w14:paraId="19956858" w14:textId="6B0F818D" w:rsidR="00407AE3" w:rsidRPr="000E0228" w:rsidRDefault="000A1C3F" w:rsidP="008A5455">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FD3F81F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MenQuadfi approved beginning at 2 years</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E42DFF6" w14:textId="332E8EB1" w:rsidR="000A1C3F" w:rsidRPr="000E0228" w:rsidRDefault="000A1C3F" w:rsidP="008A5455">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4FD3F81F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">Menveo (two-vial) approved beginning at 2 months – </w:t>
             </w:r>
-            <w:r w:rsidRPr="000E0228">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="4FD3F81F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">this formulation should be prioritized for 2 </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000E0228">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="4FD3F81F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>month</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000E0228">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="4FD3F81F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000E0228">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="4FD3F81F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 year olds</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000E0228">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="4FD3F81F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> as it is the only formulation approved for this age group</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A90014" w:rsidRPr="008F3244" w14:paraId="183B6751" w14:textId="77777777" w:rsidTr="7D37420F">
+      <w:tr w:rsidR="00A90014" w:rsidRPr="008F3244" w14:paraId="183B6751" w14:textId="77777777" w:rsidTr="092DB409">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2177" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="500C8E0A" w14:textId="77777777" w:rsidR="00A90014" w:rsidRPr="008F3244" w:rsidRDefault="00A90014" w:rsidP="00B2740B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
@@ -3114,71 +3099,72 @@
               </w:rPr>
               <w:t>Ultomiris</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00BB732F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">], and </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BB732F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
               <w:t>sutimlimab</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00BB732F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> [Sanofi])</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DF26C8E" w14:textId="072EEB7C" w:rsidR="00595362" w:rsidRPr="00BE12B0" w:rsidRDefault="00595362" w:rsidP="00BB732F">
+          <w:p w14:paraId="3DF26C8E" w14:textId="072EEB7C" w:rsidR="00595362" w:rsidRPr="00BE12B0" w:rsidRDefault="00595362" w:rsidP="008A5455">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB732F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
               <w:t>All adolescents 10-18 years of age who are exposed during an outbreak caused by serogroup B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A90014" w:rsidRPr="008F3244" w14:paraId="52717C65" w14:textId="77777777" w:rsidTr="7D37420F">
+      <w:tr w:rsidR="00A90014" w:rsidRPr="008F3244" w14:paraId="52717C65" w14:textId="77777777" w:rsidTr="092DB409">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2177" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39F75F33" w14:textId="77777777" w:rsidR="00A90014" w:rsidRPr="008F3244" w:rsidRDefault="00A90014" w:rsidP="00D42C42">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3292,51 +3278,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> based on shared clinical decision-making</w:t>
             </w:r>
             <w:r w:rsidR="00C90006" w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="006F2A2C" w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00064C58" w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052784" w:rsidRPr="008F3244" w14:paraId="6815448F" w14:textId="77777777" w:rsidTr="7D37420F">
+      <w:tr w:rsidR="00052784" w:rsidRPr="008F3244" w14:paraId="6815448F" w14:textId="77777777" w:rsidTr="092DB409">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2177" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66BDFE90" w14:textId="77777777" w:rsidR="00052784" w:rsidRPr="008F3244" w:rsidRDefault="00052784" w:rsidP="00D42C42">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -3434,53 +3420,53 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Infants 6 – 11 months, 1 dose before any international travel; revaccinate with 2-dose series at </w:t>
             </w:r>
             <w:r w:rsidR="64A0B201" w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>age 12-15 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080707A" w:rsidRPr="008F3244" w14:paraId="602F59C0" w14:textId="77777777" w:rsidTr="7D37420F">
+      <w:tr w:rsidR="0080707A" w:rsidRPr="008F3244" w14:paraId="602F59C0" w14:textId="77777777" w:rsidTr="008A5455">
         <w:trPr>
-          <w:trHeight w:val="332"/>
+          <w:trHeight w:val="1275"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2177" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12F408AE" w14:textId="77777777" w:rsidR="0080707A" w:rsidRPr="008F3244" w:rsidRDefault="00B119A9" w:rsidP="00D42C42">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3684,51 +3670,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="003B7C7B" w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D83669" w:rsidRPr="00D83669">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMRV may be used if parents or caregivers express a preference.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8024C" w:rsidRPr="008F3244" w14:paraId="75240024" w14:textId="77777777" w:rsidTr="7D37420F">
+      <w:tr w:rsidR="00F8024C" w:rsidRPr="008F3244" w14:paraId="75240024" w14:textId="77777777" w:rsidTr="092DB409">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2177" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C3E7EFF" w14:textId="267ED19A" w:rsidR="00F8024C" w:rsidRPr="008F3244" w:rsidRDefault="00F8024C" w:rsidP="00D42C42">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -3749,274 +3735,299 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D071E58" w14:textId="5846E1B4" w:rsidR="00F8024C" w:rsidRPr="002868F8" w:rsidRDefault="00F8024C">
+          <w:p w14:paraId="5D071E58" w14:textId="5846E1B4" w:rsidR="00F8024C" w:rsidRPr="002868F8" w:rsidRDefault="00F8024C" w:rsidP="092DB409">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
               <w:t>High risk* children aged 18 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080707A" w:rsidRPr="008F3244" w14:paraId="1D61994A" w14:textId="77777777" w:rsidTr="7D37420F">
+      <w:tr w:rsidR="0080707A" w:rsidRPr="008F3244" w14:paraId="1D61994A" w14:textId="77777777" w:rsidTr="008A5455">
         <w:trPr>
-          <w:trHeight w:val="332"/>
+          <w:trHeight w:val="810"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2177" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1392F3B1" w14:textId="014FC761" w:rsidR="0080707A" w:rsidRPr="00F8024C" w:rsidRDefault="00341F3C" w:rsidP="00D42C42">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F8024C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>PCV20</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="079B9815" w14:textId="77777777" w:rsidR="0080707A" w:rsidRPr="00F8024C" w:rsidRDefault="0080707A" w:rsidP="00D42C42">
+          <w:p w14:paraId="079B9815" w14:textId="77777777" w:rsidR="0080707A" w:rsidRPr="008A5455" w:rsidRDefault="0080707A" w:rsidP="00D42C42">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F8024C">
-[...6 lines deleted...]
-              <w:t>(Pneumococcal Conjugate)</w:t>
+            <w:r w:rsidRPr="008A5455">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A5455">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pneumococcal Conjugate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A5455">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77261BBE" w14:textId="77777777" w:rsidR="0080707A" w:rsidRPr="00F8024C" w:rsidRDefault="0080707A" w:rsidP="13520E03">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F8024C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Al</w:t>
             </w:r>
             <w:r w:rsidR="003B7C7B" w:rsidRPr="00F8024C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7813" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C03381F" w14:textId="77777777" w:rsidR="0080707A" w:rsidRPr="002868F8" w:rsidRDefault="0080707A">
+          <w:p w14:paraId="0C03381F" w14:textId="77777777" w:rsidR="0080707A" w:rsidRPr="002868F8" w:rsidRDefault="0080707A" w:rsidP="092DB409">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
               <w:t>All children aged 2</w:t>
             </w:r>
-            <w:r w:rsidR="00386822" w:rsidRPr="002868F8">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00386822" w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="002868F8">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">59 months </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18DE25EC" w14:textId="34EBA294" w:rsidR="0080707A" w:rsidRPr="00DA0DB2" w:rsidRDefault="0080707A" w:rsidP="002868F8">
+          <w:p w14:paraId="18DE25EC" w14:textId="34EBA294" w:rsidR="0080707A" w:rsidRPr="00DA0DB2" w:rsidRDefault="0080707A" w:rsidP="092DB409">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">High risk* children through age </w:t>
             </w:r>
-            <w:r w:rsidR="00344864" w:rsidRPr="002868F8">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00344864" w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
               <w:t>18 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080707A" w:rsidRPr="008F3244" w14:paraId="7DFDA82D" w14:textId="77777777" w:rsidTr="7D37420F">
+      <w:tr w:rsidR="0080707A" w:rsidRPr="008F3244" w14:paraId="7DFDA82D" w14:textId="77777777" w:rsidTr="092DB409">
         <w:trPr>
           <w:trHeight w:val="708"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2177" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44427B75" w14:textId="77777777" w:rsidR="0080707A" w:rsidRPr="008F3244" w:rsidRDefault="0080707A" w:rsidP="00052784">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>PPSV23</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45870D99" w14:textId="77777777" w:rsidR="0080707A" w:rsidRPr="008F3244" w:rsidRDefault="0080707A" w:rsidP="00052784">
-[...15 lines deleted...]
-              <w:t>(Pneumococcal Polysaccharide)</w:t>
+          <w:p w14:paraId="45870D99" w14:textId="77777777" w:rsidR="0080707A" w:rsidRPr="008A5455" w:rsidRDefault="0080707A" w:rsidP="00052784">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A5455">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A5455">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pneumococcal Polysaccharide</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A5455">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6921751B" w14:textId="77777777" w:rsidR="0080707A" w:rsidRPr="008F3244" w:rsidRDefault="0080707A" w:rsidP="00D42C42">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -4079,51 +4090,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>receive/received</w:t>
             </w:r>
             <w:r w:rsidR="00530E90" w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> PCV13 or</w:t>
             </w:r>
             <w:r w:rsidR="00AA3868" w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> PCV15</w:t>
             </w:r>
             <w:r w:rsidR="003B0BEE" w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> only</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080707A" w:rsidRPr="008F3244" w14:paraId="4595655C" w14:textId="77777777" w:rsidTr="7D37420F">
+      <w:tr w:rsidR="0080707A" w:rsidRPr="008F3244" w14:paraId="4595655C" w14:textId="77777777" w:rsidTr="092DB409">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2177" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0729CF18" w14:textId="77777777" w:rsidR="0080707A" w:rsidRPr="008F3244" w:rsidRDefault="0080707A" w:rsidP="00D42C42">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -4178,51 +4189,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>All children aged 2 months</w:t>
             </w:r>
             <w:r w:rsidR="00386822" w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">18 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080707A" w:rsidRPr="008F3244" w14:paraId="1832BB5D" w14:textId="77777777" w:rsidTr="7D37420F">
+      <w:tr w:rsidR="0080707A" w:rsidRPr="008F3244" w14:paraId="1832BB5D" w14:textId="77777777" w:rsidTr="092DB409">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2177" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F5E5B15" w14:textId="77777777" w:rsidR="0080707A" w:rsidRPr="008F3244" w:rsidRDefault="0080707A" w:rsidP="00D42C42">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3244">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -4290,51 +4301,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>nfants aged 6 weeks</w:t>
             </w:r>
             <w:r w:rsidR="00386822" w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidR="441BFDBB" w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>8 months 0 days</w:t>
             </w:r>
             <w:r w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102E95" w:rsidRPr="008F3244" w14:paraId="2DB8349B" w14:textId="77777777" w:rsidTr="7D37420F">
+      <w:tr w:rsidR="00102E95" w:rsidRPr="008F3244" w14:paraId="2DB8349B" w14:textId="77777777" w:rsidTr="008A5455">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2177" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D8586C1" w14:textId="55D45DE7" w:rsidR="00102E95" w:rsidRPr="008F3244" w:rsidRDefault="00102E95" w:rsidP="00D42C42">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -4355,167 +4366,176 @@
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7813" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64940E51" w14:textId="702ACE96" w:rsidR="00102E95" w:rsidRPr="002868F8" w:rsidRDefault="0098350E">
+          <w:p w14:paraId="64940E51" w14:textId="702ACE96" w:rsidR="00102E95" w:rsidRPr="002868F8" w:rsidRDefault="0098350E" w:rsidP="092DB409">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00597C58" w:rsidRPr="002868F8">
-[...6 lines deleted...]
-          <w:p w14:paraId="2752ECEF" w14:textId="01EEEEFE" w:rsidR="00597C58" w:rsidRDefault="00597C58">
+            <w:r w:rsidR="00597C58" w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">regnant </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00597C58" w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t>persons</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00597C58" w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> through 18 years old</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2752ECEF" w14:textId="01EEEEFE" w:rsidR="00597C58" w:rsidRDefault="00597C58" w:rsidP="092DB409">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Pregnant at 32 weeks 0 days through 36 weeks and 6 days gestation from </w:t>
             </w:r>
-            <w:r w:rsidR="00A73569">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00A73569" w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>September through January</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68AB5AFF" w14:textId="77777777" w:rsidR="00597C58" w:rsidRDefault="00597C58" w:rsidP="77698E3C">
+          <w:p w14:paraId="68AB5AFF" w14:textId="77777777" w:rsidR="00597C58" w:rsidRDefault="00597C58" w:rsidP="092DB409">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="7D37420F">
+            <w:r w:rsidRPr="092DB409">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Either maternal RSV vaccination or infant immunization with nirsevimab is recommended to prevent RSV infection in infants</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79182108" w14:textId="7C8B5A77" w:rsidR="00597C58" w:rsidRPr="008F3244" w:rsidRDefault="00597C58">
+          <w:p w14:paraId="79182108" w14:textId="7C8B5A77" w:rsidR="00597C58" w:rsidRPr="008F3244" w:rsidRDefault="00597C58" w:rsidP="092DB409">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="092DB409">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Current recommendations are for a single maternal dose only. There are no recs for maternal RSV vaccination in subsequent pregnancies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7B0FF893" w14:textId="77777777" w:rsidR="002868F8" w:rsidRDefault="002868F8">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="7B0FF893" w14:textId="6CFC5AEB" w:rsidR="002868F8" w:rsidRDefault="002868F8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11250" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2177"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="7813"/>
       </w:tblGrid>
       <w:tr w:rsidR="000E0228" w:rsidRPr="008F3244" w14:paraId="465EEB96" w14:textId="77777777" w:rsidTr="633FC4D2">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -4830,75 +4850,93 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ll</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7813" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65CCEC20" w14:textId="77777777" w:rsidR="00912009" w:rsidRPr="002868F8" w:rsidRDefault="00912009" w:rsidP="00912009">
+          <w:p w14:paraId="65CCEC20" w14:textId="2838DA5D" w:rsidR="00912009" w:rsidRPr="002868F8" w:rsidRDefault="00912009" w:rsidP="00912009">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">All infants aged &lt;8 months born during or entering their first RSV season                  </w:t>
             </w:r>
             <w:r w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">         (50 mg  for infants weighing &lt;5 kg/&lt;11 </w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002868F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002868F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50 mg for infants weighing &lt;5 kg/&lt;11 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>lb</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and 100 mg for infants weighing ≥5 kg/≥11 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4909,59 +4947,75 @@
             <w:r w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="294760A7" w14:textId="018B6B95" w:rsidR="00912009" w:rsidRPr="002868F8" w:rsidRDefault="00912009" w:rsidP="00912009">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infants and children aged 8–19 months who are at increased risk* for severe RSV disease and entering their second RSV season                                                                         </w:t>
+              <w:t xml:space="preserve">Infants and children aged 8–19 months who are at increased risk* for severe RSV disease and entering their second RSV season                                                                      </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002868F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="002868F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(200 mg, administered as two 100 mg injections given at the same time at different injection sites)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002868F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>200 mg, administered as two 100 mg injections given at the same time at different injection sites)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00912009" w:rsidRPr="008F3244" w14:paraId="47124BD9" w14:textId="77777777" w:rsidTr="633FC4D2">
         <w:trPr>
           <w:trHeight w:val="332"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2177" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D4A9D0C" w14:textId="77777777" w:rsidR="00912009" w:rsidRPr="008F3244" w:rsidRDefault="00912009" w:rsidP="00912009">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -5464,65 +5518,65 @@
     <w:p w14:paraId="6172AD59" w14:textId="06D34E16" w:rsidR="005A5266" w:rsidRPr="008F3244" w:rsidRDefault="005A5266" w:rsidP="003B7C7B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A5266" w:rsidRPr="008F3244" w:rsidSect="00E019D8">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="432" w:bottom="576" w:left="432" w:header="360" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07F43ECC" w14:textId="77777777" w:rsidR="005944AD" w:rsidRDefault="005944AD">
+    <w:p w14:paraId="615829E8" w14:textId="77777777" w:rsidR="00D0167B" w:rsidRDefault="00D0167B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BBA879A" w14:textId="77777777" w:rsidR="005944AD" w:rsidRDefault="005944AD">
+    <w:p w14:paraId="2A62D603" w14:textId="77777777" w:rsidR="00D0167B" w:rsidRDefault="00D0167B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1D578D4B" w14:textId="77777777" w:rsidR="005944AD" w:rsidRDefault="005944AD"/>
+    <w:p w14:paraId="4CCEF8B8" w14:textId="77777777" w:rsidR="00D0167B" w:rsidRDefault="00D0167B"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -5597,102 +5651,123 @@
     <w:r w:rsidR="00395446">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="13182374" w14:textId="77777777" w:rsidR="00A310C5" w:rsidRDefault="00A310C5" w:rsidP="001F7C93">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5CF14D6B" w14:textId="2845DE51" w:rsidR="00A310C5" w:rsidRPr="00D450C7" w:rsidRDefault="00201757" w:rsidP="7D37420F">
+  <w:p w14:paraId="5CF14D6B" w14:textId="20CC807D" w:rsidR="00A310C5" w:rsidRPr="00D450C7" w:rsidRDefault="00201757" w:rsidP="7D37420F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5580"/>
         <w:tab w:val="left" w:pos="9000"/>
         <w:tab w:val="left" w:pos="10260"/>
       </w:tabs>
       <w:outlineLvl w:val="0"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Vaccine Program October 2025</w:t>
+      <w:t xml:space="preserve">Vaccine Program </w:t>
+    </w:r>
+    <w:r w:rsidR="00FD1709">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">January </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00FD1709">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="7D37420F" w:rsidRPr="7D37420F">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                   </w:t>
     </w:r>
     <w:r w:rsidR="00D450C7">
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BCD3F23" w14:textId="77777777" w:rsidR="005944AD" w:rsidRDefault="005944AD">
+    <w:p w14:paraId="2D711626" w14:textId="77777777" w:rsidR="00D0167B" w:rsidRDefault="00D0167B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FC5878A" w14:textId="77777777" w:rsidR="005944AD" w:rsidRDefault="005944AD">
+    <w:p w14:paraId="42731FD1" w14:textId="77777777" w:rsidR="00D0167B" w:rsidRDefault="00D0167B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1F1558AD" w14:textId="77777777" w:rsidR="005944AD" w:rsidRDefault="005944AD"/>
+    <w:p w14:paraId="550079D0" w14:textId="77777777" w:rsidR="00D0167B" w:rsidRDefault="00D0167B"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3790"/>
       <w:gridCol w:w="3790"/>
       <w:gridCol w:w="3790"/>
     </w:tblGrid>
     <w:tr w:rsidR="7D37420F" w14:paraId="354126EF" w14:textId="77777777" w:rsidTr="007840B8">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3790" w:type="dxa"/>
         </w:tcPr>
@@ -8049,51 +8124,51 @@
   </w:num>
   <w:num w:numId="14" w16cid:durableId="547685502">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1049718611">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1102535167">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1284187637">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="749424593">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="284241258">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="18"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNzExM7cwNrI0NjK0tDRT0lEKTi0uzszPAykwrwUAp/mw3ywAAAA="/>
@@ -8393,50 +8468,51 @@
     <w:rsid w:val="0080707A"/>
     <w:rsid w:val="00814726"/>
     <w:rsid w:val="00814BF2"/>
     <w:rsid w:val="00816DA5"/>
     <w:rsid w:val="0082032A"/>
     <w:rsid w:val="00821C6B"/>
     <w:rsid w:val="00834E35"/>
     <w:rsid w:val="00836DC6"/>
     <w:rsid w:val="008432C8"/>
     <w:rsid w:val="00844DBB"/>
     <w:rsid w:val="00846769"/>
     <w:rsid w:val="00852A1B"/>
     <w:rsid w:val="00855D32"/>
     <w:rsid w:val="0085780F"/>
     <w:rsid w:val="0086429E"/>
     <w:rsid w:val="008647B8"/>
     <w:rsid w:val="00864BD5"/>
     <w:rsid w:val="00871FC1"/>
     <w:rsid w:val="00877A34"/>
     <w:rsid w:val="00880CED"/>
     <w:rsid w:val="00883A89"/>
     <w:rsid w:val="00883D59"/>
     <w:rsid w:val="00890301"/>
     <w:rsid w:val="00890FFC"/>
     <w:rsid w:val="0089675F"/>
+    <w:rsid w:val="008A5455"/>
     <w:rsid w:val="008B01CD"/>
     <w:rsid w:val="008B0806"/>
     <w:rsid w:val="008B13F0"/>
     <w:rsid w:val="008B1AE1"/>
     <w:rsid w:val="008B1BF0"/>
     <w:rsid w:val="008B42A2"/>
     <w:rsid w:val="008C16C7"/>
     <w:rsid w:val="008C381E"/>
     <w:rsid w:val="008C6873"/>
     <w:rsid w:val="008D3563"/>
     <w:rsid w:val="008E0E8E"/>
     <w:rsid w:val="008E3BAA"/>
     <w:rsid w:val="008E5048"/>
     <w:rsid w:val="008F3244"/>
     <w:rsid w:val="008F5D59"/>
     <w:rsid w:val="008F7AC8"/>
     <w:rsid w:val="00912009"/>
     <w:rsid w:val="0092003C"/>
     <w:rsid w:val="009254B9"/>
     <w:rsid w:val="00925D75"/>
     <w:rsid w:val="0092734F"/>
     <w:rsid w:val="00933556"/>
     <w:rsid w:val="00934B3E"/>
     <w:rsid w:val="00935523"/>
     <w:rsid w:val="00950580"/>
@@ -8535,101 +8611,105 @@
     <w:rsid w:val="00BF065C"/>
     <w:rsid w:val="00BF31F1"/>
     <w:rsid w:val="00BF49B6"/>
     <w:rsid w:val="00BF5FAA"/>
     <w:rsid w:val="00BF6CBD"/>
     <w:rsid w:val="00C04C5E"/>
     <w:rsid w:val="00C07857"/>
     <w:rsid w:val="00C13A96"/>
     <w:rsid w:val="00C16604"/>
     <w:rsid w:val="00C171B5"/>
     <w:rsid w:val="00C179C8"/>
     <w:rsid w:val="00C255CF"/>
     <w:rsid w:val="00C265AC"/>
     <w:rsid w:val="00C3050C"/>
     <w:rsid w:val="00C33E57"/>
     <w:rsid w:val="00C35642"/>
     <w:rsid w:val="00C51289"/>
     <w:rsid w:val="00C5383F"/>
     <w:rsid w:val="00C53FD2"/>
     <w:rsid w:val="00C54848"/>
     <w:rsid w:val="00C55C5E"/>
     <w:rsid w:val="00C65740"/>
     <w:rsid w:val="00C70585"/>
     <w:rsid w:val="00C706E3"/>
     <w:rsid w:val="00C732F2"/>
+    <w:rsid w:val="00C73C5F"/>
     <w:rsid w:val="00C75CA0"/>
     <w:rsid w:val="00C76EFA"/>
     <w:rsid w:val="00C77CD4"/>
     <w:rsid w:val="00C804D0"/>
     <w:rsid w:val="00C825E8"/>
     <w:rsid w:val="00C835A4"/>
     <w:rsid w:val="00C83C61"/>
     <w:rsid w:val="00C84A50"/>
     <w:rsid w:val="00C86929"/>
     <w:rsid w:val="00C87CCE"/>
     <w:rsid w:val="00C90006"/>
     <w:rsid w:val="00C93116"/>
     <w:rsid w:val="00C93BAD"/>
     <w:rsid w:val="00C93E6B"/>
     <w:rsid w:val="00CA138F"/>
     <w:rsid w:val="00CA14C3"/>
     <w:rsid w:val="00CA7D10"/>
     <w:rsid w:val="00CB026D"/>
     <w:rsid w:val="00CB2FC2"/>
     <w:rsid w:val="00CC4E27"/>
     <w:rsid w:val="00CD472E"/>
     <w:rsid w:val="00CD6136"/>
     <w:rsid w:val="00CE188C"/>
     <w:rsid w:val="00D003DC"/>
+    <w:rsid w:val="00D0167B"/>
     <w:rsid w:val="00D103FA"/>
     <w:rsid w:val="00D10D33"/>
     <w:rsid w:val="00D11134"/>
     <w:rsid w:val="00D132D0"/>
     <w:rsid w:val="00D14A3F"/>
     <w:rsid w:val="00D27F34"/>
     <w:rsid w:val="00D3410A"/>
     <w:rsid w:val="00D34593"/>
     <w:rsid w:val="00D374EB"/>
     <w:rsid w:val="00D42C42"/>
     <w:rsid w:val="00D44AF2"/>
     <w:rsid w:val="00D450C7"/>
     <w:rsid w:val="00D4694D"/>
     <w:rsid w:val="00D508B3"/>
     <w:rsid w:val="00D50B79"/>
     <w:rsid w:val="00D50C54"/>
     <w:rsid w:val="00D524A0"/>
     <w:rsid w:val="00D5355D"/>
     <w:rsid w:val="00D723AF"/>
     <w:rsid w:val="00D83669"/>
     <w:rsid w:val="00D84441"/>
     <w:rsid w:val="00D8461C"/>
     <w:rsid w:val="00D97A81"/>
     <w:rsid w:val="00DA0D75"/>
     <w:rsid w:val="00DA0DB2"/>
     <w:rsid w:val="00DA2844"/>
     <w:rsid w:val="00DA4614"/>
+    <w:rsid w:val="00DA55D1"/>
+    <w:rsid w:val="00DB615F"/>
     <w:rsid w:val="00DB7E53"/>
     <w:rsid w:val="00DD1D71"/>
     <w:rsid w:val="00DF3F1C"/>
     <w:rsid w:val="00E0189A"/>
     <w:rsid w:val="00E019D8"/>
     <w:rsid w:val="00E10094"/>
     <w:rsid w:val="00E13608"/>
     <w:rsid w:val="00E17BFF"/>
     <w:rsid w:val="00E31B47"/>
     <w:rsid w:val="00E31D7F"/>
     <w:rsid w:val="00E5019D"/>
     <w:rsid w:val="00E567F2"/>
     <w:rsid w:val="00E57D5E"/>
     <w:rsid w:val="00E57F53"/>
     <w:rsid w:val="00E64F78"/>
     <w:rsid w:val="00E6742F"/>
     <w:rsid w:val="00E67D25"/>
     <w:rsid w:val="00E72D10"/>
     <w:rsid w:val="00E9075F"/>
     <w:rsid w:val="00E95863"/>
     <w:rsid w:val="00EB046C"/>
     <w:rsid w:val="00EB54C1"/>
     <w:rsid w:val="00EB54F7"/>
     <w:rsid w:val="00EC4F2F"/>
     <w:rsid w:val="00EC5AF5"/>
@@ -8643,123 +8723,133 @@
     <w:rsid w:val="00F06E11"/>
     <w:rsid w:val="00F13E12"/>
     <w:rsid w:val="00F1632F"/>
     <w:rsid w:val="00F50D05"/>
     <w:rsid w:val="00F54E2D"/>
     <w:rsid w:val="00F5573C"/>
     <w:rsid w:val="00F638A5"/>
     <w:rsid w:val="00F71E68"/>
     <w:rsid w:val="00F75C12"/>
     <w:rsid w:val="00F8024C"/>
     <w:rsid w:val="00F834AF"/>
     <w:rsid w:val="00F83AAD"/>
     <w:rsid w:val="00F84DA1"/>
     <w:rsid w:val="00F91480"/>
     <w:rsid w:val="00F936B6"/>
     <w:rsid w:val="00FA3AF1"/>
     <w:rsid w:val="00FA3D13"/>
     <w:rsid w:val="00FA5BF4"/>
     <w:rsid w:val="00FA6740"/>
     <w:rsid w:val="00FA6EB9"/>
     <w:rsid w:val="00FB336E"/>
     <w:rsid w:val="00FB63FA"/>
     <w:rsid w:val="00FC1C72"/>
     <w:rsid w:val="00FC3BE0"/>
     <w:rsid w:val="00FC55C5"/>
+    <w:rsid w:val="00FD1709"/>
     <w:rsid w:val="00FE27CE"/>
     <w:rsid w:val="00FF6A60"/>
     <w:rsid w:val="00FF7235"/>
+    <w:rsid w:val="05A8E332"/>
     <w:rsid w:val="05F7F389"/>
     <w:rsid w:val="08B64ADF"/>
+    <w:rsid w:val="092DB409"/>
     <w:rsid w:val="098C3141"/>
     <w:rsid w:val="0BCD9FF0"/>
     <w:rsid w:val="0D6F5E4B"/>
     <w:rsid w:val="0DC3E860"/>
+    <w:rsid w:val="0F26D206"/>
     <w:rsid w:val="11A26C83"/>
     <w:rsid w:val="13520E03"/>
     <w:rsid w:val="150DC464"/>
+    <w:rsid w:val="1597CAB3"/>
     <w:rsid w:val="15A820FC"/>
     <w:rsid w:val="15F7C043"/>
     <w:rsid w:val="16068EEA"/>
     <w:rsid w:val="176AE1D6"/>
     <w:rsid w:val="18A3CB06"/>
     <w:rsid w:val="1B938C7D"/>
     <w:rsid w:val="1D14C36D"/>
     <w:rsid w:val="1DA1B1D1"/>
     <w:rsid w:val="209DF0C7"/>
     <w:rsid w:val="212222E9"/>
+    <w:rsid w:val="212FEE00"/>
     <w:rsid w:val="223E9F59"/>
     <w:rsid w:val="2564CB35"/>
     <w:rsid w:val="263BE62C"/>
     <w:rsid w:val="265DD0F8"/>
     <w:rsid w:val="27630432"/>
     <w:rsid w:val="277F7F7E"/>
     <w:rsid w:val="29ABEF8F"/>
     <w:rsid w:val="2A5DACB7"/>
     <w:rsid w:val="2C62B94B"/>
     <w:rsid w:val="2C755D5D"/>
     <w:rsid w:val="2C7E28A9"/>
     <w:rsid w:val="2F425127"/>
     <w:rsid w:val="30FD08BD"/>
     <w:rsid w:val="34DD769E"/>
     <w:rsid w:val="35028388"/>
     <w:rsid w:val="3571AE2D"/>
     <w:rsid w:val="35F5283D"/>
     <w:rsid w:val="3758FDDA"/>
     <w:rsid w:val="3AE549C5"/>
     <w:rsid w:val="3D0363D5"/>
     <w:rsid w:val="3D337E57"/>
     <w:rsid w:val="3EE2F0C2"/>
     <w:rsid w:val="403C9F62"/>
     <w:rsid w:val="408E5F10"/>
     <w:rsid w:val="40E7D762"/>
     <w:rsid w:val="40F5719E"/>
     <w:rsid w:val="411B1A0D"/>
     <w:rsid w:val="419D9521"/>
     <w:rsid w:val="420C04A4"/>
     <w:rsid w:val="441457DD"/>
     <w:rsid w:val="441BFDBB"/>
     <w:rsid w:val="46CD7BE4"/>
     <w:rsid w:val="49B07E77"/>
     <w:rsid w:val="4A7AEE41"/>
     <w:rsid w:val="4B9016D7"/>
     <w:rsid w:val="4D59FB64"/>
     <w:rsid w:val="4E032721"/>
     <w:rsid w:val="4E0F6A78"/>
     <w:rsid w:val="4ED32A1D"/>
     <w:rsid w:val="4F569CAA"/>
+    <w:rsid w:val="4FD3F81F"/>
     <w:rsid w:val="5193B354"/>
     <w:rsid w:val="57AC37C8"/>
     <w:rsid w:val="5A25D654"/>
     <w:rsid w:val="5E2D7BC8"/>
     <w:rsid w:val="5FDE8344"/>
     <w:rsid w:val="6012CC47"/>
     <w:rsid w:val="610A573D"/>
+    <w:rsid w:val="615A46C9"/>
     <w:rsid w:val="633FC4D2"/>
     <w:rsid w:val="64A0B201"/>
+    <w:rsid w:val="64B1CAE9"/>
     <w:rsid w:val="64DA75B9"/>
     <w:rsid w:val="64DD856B"/>
+    <w:rsid w:val="65E2B3EB"/>
     <w:rsid w:val="6651D701"/>
     <w:rsid w:val="66BD5DC8"/>
     <w:rsid w:val="69980E2E"/>
     <w:rsid w:val="6F3AEE5A"/>
     <w:rsid w:val="6FA041CD"/>
     <w:rsid w:val="772A2853"/>
     <w:rsid w:val="77698E3C"/>
     <w:rsid w:val="7A60ECCF"/>
     <w:rsid w:val="7A61AE6C"/>
     <w:rsid w:val="7A8AE387"/>
     <w:rsid w:val="7BCDC770"/>
     <w:rsid w:val="7CE055AA"/>
     <w:rsid w:val="7D37420F"/>
     <w:rsid w:val="7E0C2A5F"/>
     <w:rsid w:val="7EA95B29"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -9696,67 +9786,76 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a782362c-0017-44d2-8700-f603c3e5ed9a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="78ea2335-8007-4ae4-b674-628de3bfd69a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f757d18a715390f3da1f93b167fc760a" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fb9e7e813f837fd5b9acab9729d3e480">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31b071675c4d6feaa5ec6297d3b7489e" ns2:_="" ns3:_="">
     <xsd:import namespace="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <xsd:import namespace="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -9939,141 +10038,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35605450-6CF0-4040-8142-C71469A03C3D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1836CD51-E402-4C4E-92D1-F77C0BD21E97}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD3AAC7C-420E-4B76-892A-E2E4CDD057BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5B559EA-8984-490C-B570-8DFA166956CE}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AC9E0D0-2821-489A-A209-3F6B4847F7C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1000</Words>
-  <Characters>5702</Characters>
+  <Words>999</Words>
+  <Characters>5696</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>47</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6689</CharactersWithSpaces>
+  <CharactersWithSpaces>6682</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Massachusetts Department of Public Health (MDPH)</dc:title>
   <dc:subject/>
   <dc:creator>Courtney, Laurie A. (DPH)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003936B605C953E34C8476A9FD9E49AC16</vt:lpwstr>
   </property>