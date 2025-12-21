--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -7,91 +7,91 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/GIC-OperationsDepartment/Audit/audit/AGil/FY26 Rates/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="28" documentId="8_{EF8F9FF0-8307-455B-AB8B-D98B49D5665A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8989C58D-2549-46C7-971A-BD683C198A3D}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2E5CEDEA-6BE0-FD4E-8614-749EA97E9DCA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="804" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="19640" tabRatio="804" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="chart1" sheetId="1" r:id="rId1"/>
-[...3 lines deleted...]
-    <sheet name="chart 5" sheetId="5" r:id="rId5"/>
+    <sheet name="chart 1 - basic life rates" sheetId="1" r:id="rId1"/>
+    <sheet name="chart 2 - wellpoint altus, HMO" sheetId="2" r:id="rId2"/>
+    <sheet name="chart 3 - basic life rates" sheetId="3" r:id="rId3"/>
+    <sheet name="chart 4 - basic life rates" sheetId="4" r:id="rId4"/>
+    <sheet name="chart 5 - wellpoint, HMO rates" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">'chart 4'!$A$1:$K$19</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="1">chart2!$A$1:$E$30</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'chart 1 - basic life rates'!$A$1:$G$33</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'chart 2 - wellpoint altus, HMO'!$A$1:$E$30</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'chart 4 - basic life rates'!$A$1:$K$19</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'chart 5 - wellpoint, HMO rates'!$A$1:$I$24</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="80">
   <si>
     <t>Chart 1</t>
   </si>
   <si>
     <t>Monthly Insurance Rates</t>
   </si>
   <si>
     <t>Rates For Monthly Pension Deduction Purposes</t>
   </si>
   <si>
     <t>For Pension Deductions</t>
   </si>
   <si>
     <t xml:space="preserve">Full Cost </t>
   </si>
   <si>
     <t>Type of Coverage</t>
   </si>
   <si>
     <t>Retiree's  Premium</t>
   </si>
   <si>
     <t>Premium</t>
   </si>
   <si>
@@ -160,53 +160,50 @@
   <si>
     <t>Full Cost</t>
   </si>
   <si>
     <t>Medicare Plan-</t>
   </si>
   <si>
     <t>Part B</t>
   </si>
   <si>
     <t>Part A&amp;B</t>
   </si>
   <si>
     <t>Chart 5</t>
   </si>
   <si>
     <t>Insured For The Medicare Plan-Part A&amp;B</t>
   </si>
   <si>
     <t>Note: The Medicare Part B premium was not added to the rate calculation.</t>
   </si>
   <si>
     <t>Coverage</t>
   </si>
   <si>
-    <t>Who May Be Insured In The Non-Medicare Plans</t>
-[...1 lines deleted...]
-  <si>
     <t>Harvard Pilgrim Medicare Enhance</t>
   </si>
   <si>
     <t>Tufts Health Plan Medicare Preferred</t>
   </si>
   <si>
     <t>Health New England MedPlus</t>
   </si>
   <si>
     <t>Life and Non-Medicare Plan</t>
   </si>
   <si>
     <t>Non-Medicare Plan</t>
   </si>
   <si>
     <t>RMTs who retired</t>
   </si>
   <si>
     <t>On or Before July 1, 1990</t>
   </si>
   <si>
     <t>For Retired Municipal Teachers (RMTs) Insured In The Non-Medicare Plans</t>
   </si>
   <si>
     <t>After July 1, 1990</t>
@@ -269,64 +266,85 @@
     <t xml:space="preserve">Basic Life $10,000-Wellpoint State Indemnity Plan/Medicare Extension </t>
   </si>
   <si>
     <t>For Retired Municipal Teachers (RMTs) Insured For HMO/Indemnity Medicare Plan-Part A&amp;B</t>
   </si>
   <si>
     <t>Wellpoint State Indemnity Plan/Medicare Extension (OME), And Health Maintenance Organization (HMO) Medicare Plan</t>
   </si>
   <si>
     <t xml:space="preserve">Wellpoint State Indemnity Plan/Medicare Extension </t>
   </si>
   <si>
     <t>Basic Life $10,000, Altus Dental Coverage, Wellpoint State Indemnity Plan, and Health Maintenance Organization (HMO)</t>
   </si>
   <si>
     <t>Effective For The Premium Due July 1, 2025</t>
   </si>
   <si>
     <t>Altus Retiree Dental Coverage</t>
   </si>
   <si>
     <t xml:space="preserve">The Altus Dental Coverage, when elected by an enrollee, is paid entirely by the enrollee. </t>
   </si>
   <si>
     <t>Wellpoint State Indemnity Plan, Altus Dental Coverage, and Health Maintenance Organization (HMO)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                           On or Before July 1, 1990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                          RMTs who retired</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                Who May Be Insured In The Non-Medicare Plans</t>
+  </si>
+  <si>
+    <t xml:space="preserve">       Effective For The Premium Due July 1, 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                            RMTs who retired</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                             On or Before July 1, 1990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     (premium includes Basic Life $10,000 Insurance)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="mmmm\ d\,\ yyyy"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -337,50 +355,56 @@
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="22"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1" tint="0.34998626667073579"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="65"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1020,51 +1044,51 @@
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="206">
+  <cellXfs count="212">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
@@ -1246,53 +1270,50 @@
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="7" fontId="9" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="4" fillId="3" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="4" fillId="3" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1361,199 +1382,220 @@
     <xf numFmtId="0" fontId="3" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="5" fillId="4" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="5" fillId="4" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="1" fillId="4" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="39" fontId="1" fillId="4" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="1" fillId="4" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="1" fillId="4" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="7" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="4" fillId="3" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="4" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="7" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="7" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="7" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="7" fontId="4" fillId="3" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="7" fontId="4" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="7" fontId="4" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="4" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...55 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...10 lines deleted...]
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="10" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -1912,1938 +1954,1938 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A1:G32"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" showRuler="0" view="pageLayout" zoomScaleNormal="150" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" zoomScaleNormal="150" workbookViewId="0">
+      <selection activeCell="B12" sqref="B11:B12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="16" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="48" style="1" customWidth="1"/>
-    <col min="2" max="5" width="13.54296875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="1"/>
+    <col min="2" max="5" width="13.5" style="1" customWidth="1"/>
+    <col min="6" max="11" width="12.5" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="29" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="30"/>
       <c r="G1" s="30"/>
     </row>
-    <row r="2" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="30" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="29"/>
       <c r="C2" s="29"/>
       <c r="D2" s="29"/>
       <c r="E2" s="29"/>
       <c r="F2" s="30"/>
       <c r="G2" s="30"/>
     </row>
-    <row r="3" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="30" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B3" s="29"/>
       <c r="C3" s="29"/>
       <c r="D3" s="29"/>
       <c r="E3" s="29"/>
       <c r="F3" s="30"/>
       <c r="G3" s="30"/>
     </row>
-    <row r="4" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="30" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B4" s="29"/>
       <c r="C4" s="29"/>
       <c r="D4" s="29"/>
       <c r="E4" s="29"/>
       <c r="F4" s="30"/>
       <c r="G4" s="30"/>
     </row>
-    <row r="5" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="30" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="29"/>
       <c r="C5" s="29"/>
       <c r="D5" s="29"/>
       <c r="E5" s="29"/>
       <c r="F5" s="30"/>
       <c r="G5" s="30"/>
     </row>
-    <row r="6" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="29" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B6" s="29"/>
       <c r="C6" s="29"/>
       <c r="D6" s="29"/>
       <c r="E6" s="29"/>
       <c r="F6" s="30"/>
       <c r="G6" s="30"/>
     </row>
-    <row r="7" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="8" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2"/>
+    <row r="8" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="32"/>
       <c r="B8" s="33" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="34"/>
       <c r="D8" s="35"/>
       <c r="E8" s="35"/>
       <c r="F8" s="36" t="s">
         <v>4</v>
       </c>
       <c r="G8" s="37"/>
     </row>
-    <row r="9" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A9" s="38" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="39" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="40"/>
       <c r="D9" s="39"/>
       <c r="E9" s="39"/>
       <c r="F9" s="41" t="s">
         <v>7</v>
       </c>
       <c r="G9" s="40"/>
     </row>
-    <row r="10" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="42"/>
-      <c r="B10" s="166" t="s">
-[...6 lines deleted...]
-      <c r="E10" s="168"/>
+      <c r="B10" s="159" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" s="160"/>
+      <c r="D10" s="176" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" s="177"/>
       <c r="F10" s="90"/>
       <c r="G10" s="91"/>
     </row>
-    <row r="11" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A11" s="42"/>
-      <c r="B11" s="162" t="s">
-[...6 lines deleted...]
-      <c r="E11" s="169"/>
+      <c r="B11" s="155" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" s="156"/>
+      <c r="D11" s="174" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" s="178"/>
       <c r="F11" s="92"/>
       <c r="G11" s="93"/>
     </row>
-    <row r="12" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A12" s="26" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="B12" s="164">
+        <v>54</v>
+      </c>
+      <c r="B12" s="157">
         <v>3.8</v>
       </c>
-      <c r="C12" s="165"/>
-      <c r="D12" s="164">
+      <c r="C12" s="158"/>
+      <c r="D12" s="175">
         <v>3.8</v>
       </c>
-      <c r="E12" s="170"/>
-      <c r="F12" s="103">
+      <c r="E12" s="179"/>
+      <c r="F12" s="211">
         <v>0</v>
       </c>
-      <c r="G12" s="104"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G12" s="103"/>
+    </row>
+    <row r="13" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="43"/>
-      <c r="B13" s="109" t="s">
+      <c r="B13" s="108" t="s">
         <v>8</v>
       </c>
-      <c r="C13" s="110" t="s">
+      <c r="C13" s="109" t="s">
         <v>9</v>
       </c>
-      <c r="D13" s="111" t="s">
+      <c r="D13" s="110" t="s">
         <v>8</v>
       </c>
-      <c r="E13" s="112" t="s">
+      <c r="E13" s="111" t="s">
         <v>9</v>
       </c>
-      <c r="F13" s="113" t="s">
+      <c r="F13" s="112" t="s">
         <v>8</v>
       </c>
-      <c r="G13" s="110" t="s">
+      <c r="G13" s="109" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="14" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A14" s="38" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B14" s="44">
         <v>29.66</v>
       </c>
       <c r="C14" s="45">
         <v>71.48</v>
       </c>
       <c r="D14" s="46">
         <v>29.66</v>
       </c>
       <c r="E14" s="47">
         <v>71.48</v>
       </c>
       <c r="F14" s="48">
         <v>29.66</v>
       </c>
       <c r="G14" s="45">
         <v>71.48</v>
       </c>
     </row>
-    <row r="15" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B15" s="106" t="s">
+    <row r="15" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="104" t="s">
+        <v>50</v>
+      </c>
+      <c r="B15" s="105" t="s">
         <v>8</v>
       </c>
-      <c r="C15" s="107" t="s">
+      <c r="C15" s="106" t="s">
         <v>9</v>
       </c>
-      <c r="D15" s="106" t="s">
+      <c r="D15" s="105" t="s">
         <v>8</v>
       </c>
-      <c r="E15" s="107" t="s">
+      <c r="E15" s="106" t="s">
         <v>9</v>
       </c>
-      <c r="F15" s="108" t="s">
+      <c r="F15" s="107" t="s">
         <v>8</v>
       </c>
-      <c r="G15" s="107" t="s">
+      <c r="G15" s="106" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="16" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="105" t="s">
+    <row r="16" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A16" s="104" t="s">
+        <v>56</v>
+      </c>
+      <c r="B16" s="105" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="106" t="s">
+        <v>36</v>
+      </c>
+      <c r="D16" s="105" t="s">
+        <v>36</v>
+      </c>
+      <c r="E16" s="106" t="s">
+        <v>36</v>
+      </c>
+      <c r="F16" s="107" t="s">
+        <v>36</v>
+      </c>
+      <c r="G16" s="106" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A17" s="89" t="s">
         <v>57</v>
-      </c>
-[...21 lines deleted...]
-        <v>58</v>
       </c>
       <c r="B17" s="101">
         <v>147.30000000000001</v>
       </c>
       <c r="C17" s="102">
         <v>323.88</v>
       </c>
       <c r="D17" s="101">
         <v>219.05</v>
       </c>
       <c r="E17" s="102">
         <v>483.92</v>
       </c>
       <c r="F17" s="101">
         <v>1435.03</v>
       </c>
       <c r="G17" s="102">
         <v>3200.78</v>
       </c>
     </row>
-    <row r="18" spans="1:7" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="115" t="s">
+    <row r="18" spans="1:7" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A18" s="114" t="s">
+        <v>58</v>
+      </c>
+      <c r="B18" s="115">
+        <v>178.82000000000002</v>
+      </c>
+      <c r="C18" s="116">
+        <v>392.81</v>
+      </c>
+      <c r="D18" s="115">
+        <v>266.33</v>
+      </c>
+      <c r="E18" s="116">
+        <v>587.31999999999994</v>
+      </c>
+      <c r="F18" s="115">
+        <v>1750.22</v>
+      </c>
+      <c r="G18" s="116">
+        <v>3890.1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A19" s="89" t="s">
         <v>59</v>
-      </c>
-[...21 lines deleted...]
-        <v>60</v>
       </c>
       <c r="B19" s="49">
         <v>112.73</v>
       </c>
       <c r="C19" s="50">
         <v>263.75</v>
       </c>
       <c r="D19" s="49">
         <v>167.20000000000002</v>
       </c>
       <c r="E19" s="50">
         <v>393.73</v>
       </c>
       <c r="F19" s="49">
         <v>1089.31</v>
       </c>
       <c r="G19" s="50">
         <v>2599.5300000000002</v>
       </c>
     </row>
-    <row r="20" spans="1:7" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="115" t="s">
+    <row r="20" spans="1:7" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A20" s="114" t="s">
+        <v>60</v>
+      </c>
+      <c r="B20" s="115">
+        <v>122.3</v>
+      </c>
+      <c r="C20" s="116">
+        <v>297.17</v>
+      </c>
+      <c r="D20" s="115">
+        <v>181.55</v>
+      </c>
+      <c r="E20" s="116">
+        <v>443.86</v>
+      </c>
+      <c r="F20" s="115">
+        <v>1185.01</v>
+      </c>
+      <c r="G20" s="116">
+        <v>2933.73</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A21" s="89" t="s">
         <v>61</v>
-      </c>
-[...21 lines deleted...]
-        <v>62</v>
       </c>
       <c r="B21" s="49">
         <v>112.67</v>
       </c>
       <c r="C21" s="50">
         <v>291.54000000000002</v>
       </c>
       <c r="D21" s="49">
         <v>167.11</v>
       </c>
       <c r="E21" s="50">
         <v>435.41</v>
       </c>
       <c r="F21" s="49">
         <v>1088.74</v>
       </c>
       <c r="G21" s="50">
         <v>2877.39</v>
       </c>
     </row>
-    <row r="22" spans="1:7" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="115" t="s">
+    <row r="22" spans="1:7" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A22" s="114" t="s">
+        <v>62</v>
+      </c>
+      <c r="B22" s="115">
+        <v>92.14</v>
+      </c>
+      <c r="C22" s="116">
+        <v>228.49</v>
+      </c>
+      <c r="D22" s="115">
+        <v>136.31</v>
+      </c>
+      <c r="E22" s="116">
+        <v>340.83</v>
+      </c>
+      <c r="F22" s="115">
+        <v>883.42</v>
+      </c>
+      <c r="G22" s="116">
+        <v>2246.89</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A23" s="89" t="s">
         <v>63</v>
-      </c>
-[...21 lines deleted...]
-        <v>64</v>
       </c>
       <c r="B23" s="49">
         <v>87.33</v>
       </c>
       <c r="C23" s="50">
         <v>211.41000000000003</v>
       </c>
       <c r="D23" s="49">
         <v>129.09</v>
       </c>
       <c r="E23" s="50">
         <v>315.22000000000003</v>
       </c>
       <c r="F23" s="49">
         <v>835.29</v>
       </c>
       <c r="G23" s="50">
         <v>2076.1</v>
       </c>
     </row>
-    <row r="24" spans="1:7" s="31" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="118" t="s">
+    <row r="24" spans="1:7" s="31" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="117" t="s">
         <v>10</v>
       </c>
-      <c r="B24" s="119">
+      <c r="B24" s="118">
         <v>89.52</v>
       </c>
-      <c r="C24" s="120">
+      <c r="C24" s="119">
         <v>209.4</v>
       </c>
-      <c r="D24" s="119">
+      <c r="D24" s="118">
         <v>132.38000000000002</v>
       </c>
-      <c r="E24" s="120">
+      <c r="E24" s="119">
         <v>312.2</v>
       </c>
-      <c r="F24" s="119">
+      <c r="F24" s="118">
         <v>857.22</v>
       </c>
-      <c r="G24" s="120">
+      <c r="G24" s="119">
         <v>2056.02</v>
       </c>
     </row>
-    <row r="25" spans="1:7" ht="7.5" customHeight="1" x14ac:dyDescent="0.35"/>
-[...12 lines deleted...]
-    <row r="28" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:7" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:7" s="31" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A27" s="113" t="s">
+        <v>46</v>
+      </c>
+      <c r="B27" s="180" t="s">
+        <v>49</v>
+      </c>
+      <c r="C27" s="181"/>
+      <c r="D27" s="181"/>
+      <c r="E27" s="182"/>
+    </row>
+    <row r="28" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A28" s="55" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="B28" s="156">
+        <v>43</v>
+      </c>
+      <c r="B28" s="168">
         <v>0.1</v>
       </c>
-      <c r="C28" s="157"/>
-[...3 lines deleted...]
-    <row r="29" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C28" s="169"/>
+      <c r="D28" s="169"/>
+      <c r="E28" s="170"/>
+    </row>
+    <row r="29" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A29" s="26" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B29" s="159">
+        <v>45</v>
+      </c>
+      <c r="B29" s="171">
         <v>0.15</v>
       </c>
-      <c r="C29" s="160"/>
-[...5 lines deleted...]
-    <row r="32" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="C29" s="172"/>
+      <c r="D29" s="172"/>
+      <c r="E29" s="173"/>
+    </row>
+    <row r="30" spans="1:7" s="31" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="31" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="32" spans="1:7" s="31" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15"/>
   </sheetData>
-  <mergeCells count="9">
+  <mergeCells count="6">
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="B29:E29"/>
-    <mergeCell ref="B11:C11"/>
-[...1 lines deleted...]
-    <mergeCell ref="B10:C10"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="D11:E11"/>
     <mergeCell ref="D12:E12"/>
     <mergeCell ref="B27:E27"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.45" top="0.4" bottom="0.4" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A1:E29"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" zoomScaleNormal="150" workbookViewId="0">
       <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="16" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="53.453125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="53.5" style="1" customWidth="1"/>
+    <col min="2" max="5" width="18.5" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="29" t="s">
         <v>11</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
     </row>
-    <row r="2" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="30" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="29"/>
       <c r="C2" s="29"/>
       <c r="D2" s="30"/>
       <c r="E2" s="30"/>
     </row>
-    <row r="3" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="30" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B3" s="29"/>
       <c r="C3" s="29"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
     </row>
-    <row r="4" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="30" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B4" s="29"/>
       <c r="C4" s="29"/>
       <c r="D4" s="30"/>
       <c r="E4" s="30"/>
     </row>
-    <row r="5" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="29" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B5" s="29"/>
       <c r="C5" s="29"/>
       <c r="D5" s="30"/>
       <c r="E5" s="30"/>
     </row>
-    <row r="6" spans="1:5" ht="23" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:5" ht="23" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="31"/>
       <c r="B6" s="31"/>
       <c r="C6" s="31"/>
       <c r="D6" s="31"/>
       <c r="E6" s="31"/>
     </row>
-    <row r="7" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="32"/>
       <c r="B7" s="35" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="34"/>
       <c r="D7" s="57" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="37"/>
     </row>
-    <row r="8" spans="1:5" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="8" spans="1:5" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A8" s="38" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="39" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="40"/>
       <c r="D8" s="39" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="40"/>
     </row>
-    <row r="9" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="43"/>
-      <c r="B9" s="109" t="s">
+      <c r="B9" s="108" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="110" t="s">
+      <c r="C9" s="109" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="113" t="s">
+      <c r="D9" s="112" t="s">
         <v>8</v>
       </c>
-      <c r="E9" s="110" t="s">
+      <c r="E9" s="109" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="10" spans="1:5" ht="16" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:5" ht="16" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="38" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B10" s="44">
         <v>29.66</v>
       </c>
       <c r="C10" s="45">
         <v>71.48</v>
       </c>
       <c r="D10" s="48">
         <v>29.66</v>
       </c>
       <c r="E10" s="45">
         <v>71.48</v>
       </c>
     </row>
-    <row r="11" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B11" s="122" t="s">
+    <row r="11" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="120" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" s="121" t="s">
         <v>8</v>
       </c>
-      <c r="C11" s="123" t="s">
+      <c r="C11" s="122" t="s">
         <v>9</v>
       </c>
-      <c r="D11" s="124" t="s">
+      <c r="D11" s="123" t="s">
         <v>8</v>
       </c>
-      <c r="E11" s="125" t="s">
+      <c r="E11" s="124" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="12" spans="1:5" ht="23" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:5" ht="23" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="89" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B12" s="101">
         <v>143.5</v>
       </c>
       <c r="C12" s="102">
         <v>320.08</v>
       </c>
       <c r="D12" s="101">
         <v>1435.03</v>
       </c>
       <c r="E12" s="102">
         <v>3200.78</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="23" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="115" t="s">
+    <row r="13" spans="1:5" ht="23" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="114" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" s="115">
+        <v>175.02</v>
+      </c>
+      <c r="C13" s="116">
+        <v>389.01</v>
+      </c>
+      <c r="D13" s="115">
+        <v>1750.22</v>
+      </c>
+      <c r="E13" s="116">
+        <v>3890.1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="23" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="89" t="s">
         <v>59</v>
-      </c>
-[...15 lines deleted...]
-        <v>60</v>
       </c>
       <c r="B14" s="49">
         <v>108.93</v>
       </c>
       <c r="C14" s="50">
         <v>259.95</v>
       </c>
       <c r="D14" s="49">
         <v>1089.31</v>
       </c>
       <c r="E14" s="50">
         <v>2599.5300000000002</v>
       </c>
     </row>
-    <row r="15" spans="1:5" ht="23" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="115" t="s">
+    <row r="15" spans="1:5" ht="23" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="114" t="s">
+        <v>60</v>
+      </c>
+      <c r="B15" s="115">
+        <v>118.5</v>
+      </c>
+      <c r="C15" s="116">
+        <v>293.37</v>
+      </c>
+      <c r="D15" s="115">
+        <v>1185.01</v>
+      </c>
+      <c r="E15" s="116">
+        <v>2933.73</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="23" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="89" t="s">
         <v>61</v>
-      </c>
-[...15 lines deleted...]
-        <v>62</v>
       </c>
       <c r="B16" s="49">
         <v>108.87</v>
       </c>
       <c r="C16" s="50">
         <v>287.74</v>
       </c>
       <c r="D16" s="49">
         <v>1088.74</v>
       </c>
       <c r="E16" s="50">
         <v>2877.39</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="23" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A17" s="115" t="s">
+    <row r="17" spans="1:5" ht="23" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="114" t="s">
+        <v>62</v>
+      </c>
+      <c r="B17" s="115">
+        <v>88.34</v>
+      </c>
+      <c r="C17" s="116">
+        <v>224.69</v>
+      </c>
+      <c r="D17" s="115">
+        <v>883.42</v>
+      </c>
+      <c r="E17" s="116">
+        <v>2246.89</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="23" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="89" t="s">
         <v>63</v>
-      </c>
-[...15 lines deleted...]
-        <v>64</v>
       </c>
       <c r="B18" s="49">
         <v>83.53</v>
       </c>
       <c r="C18" s="50">
         <v>207.61</v>
       </c>
       <c r="D18" s="49">
         <v>835.29</v>
       </c>
       <c r="E18" s="50">
         <v>2076.1</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="23" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A19" s="118" t="s">
+    <row r="19" spans="1:5" ht="23" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="117" t="s">
         <v>10</v>
       </c>
-      <c r="B19" s="119">
+      <c r="B19" s="118">
         <v>85.72</v>
       </c>
-      <c r="C19" s="120">
+      <c r="C19" s="119">
         <v>205.6</v>
       </c>
-      <c r="D19" s="119">
+      <c r="D19" s="118">
         <v>857.22</v>
       </c>
-      <c r="E19" s="120">
+      <c r="E19" s="119">
         <v>2056.02</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="9.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:5" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="56"/>
       <c r="B20" s="58"/>
       <c r="C20" s="59"/>
       <c r="D20" s="58"/>
       <c r="E20" s="11"/>
     </row>
-    <row r="21" spans="1:5" ht="27.5" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="22" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:5" ht="27.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="31" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5" ht="8.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="8.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="31"/>
     </row>
-    <row r="24" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="31" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="25" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="31" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="26" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="31" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="27" spans="1:5" ht="9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:5" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="31"/>
     </row>
-    <row r="28" spans="1:5" ht="9.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:5" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="31"/>
     </row>
-    <row r="29" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:5" ht="13" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="31"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A1:E32"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" zoomScaleNormal="150" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6:E6"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="30.453125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="30.5" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19.5" style="1" customWidth="1"/>
+    <col min="3" max="5" width="21.1640625" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="180" t="s">
+    <row r="1" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1" s="189" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="180"/>
-[...5 lines deleted...]
-      <c r="A2" s="200" t="s">
+      <c r="B1" s="189"/>
+      <c r="C1" s="189"/>
+      <c r="D1" s="189"/>
+      <c r="E1" s="189"/>
+    </row>
+    <row r="2" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A2" s="190" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="200"/>
-[...19 lines deleted...]
-      <c r="D4" s="205"/>
+      <c r="B2" s="190"/>
+      <c r="C2" s="190"/>
+      <c r="D2" s="190"/>
+      <c r="E2" s="190"/>
+    </row>
+    <row r="3" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A3" s="190" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" s="190"/>
+      <c r="C3" s="190"/>
+      <c r="D3" s="190"/>
+      <c r="E3" s="190"/>
+    </row>
+    <row r="4" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A4" s="191" t="s">
+        <v>47</v>
+      </c>
+      <c r="B4" s="191"/>
+      <c r="C4" s="191"/>
+      <c r="D4" s="191"/>
       <c r="E4" s="29"/>
     </row>
-    <row r="5" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-    <row r="7" spans="1:5" s="4" customFormat="1" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A5" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B5" s="11"/>
+      <c r="C5" s="11"/>
+      <c r="D5" s="11"/>
+      <c r="E5" s="11"/>
+    </row>
+    <row r="6" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A6" s="161" t="s">
+        <v>76</v>
+      </c>
+      <c r="B6" s="161"/>
+      <c r="C6" s="161"/>
+      <c r="D6" s="161"/>
+      <c r="E6" s="161"/>
+    </row>
+    <row r="7" spans="1:5" s="4" customFormat="1" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A7" s="51"/>
       <c r="B7" s="51"/>
       <c r="C7" s="51"/>
       <c r="D7" s="51"/>
       <c r="E7" s="51"/>
     </row>
-    <row r="8" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A8" s="60"/>
       <c r="B8" s="61"/>
-      <c r="C8" s="179"/>
-      <c r="D8" s="179"/>
+      <c r="C8" s="188"/>
+      <c r="D8" s="188"/>
       <c r="E8" s="100"/>
     </row>
-    <row r="9" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="52"/>
       <c r="B9" s="62"/>
-      <c r="C9" s="126" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="C9" s="125" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" s="125" t="s">
+        <v>42</v>
       </c>
       <c r="E9" s="53"/>
     </row>
-    <row r="10" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A10" s="52"/>
       <c r="B10" s="62"/>
-      <c r="C10" s="127" t="s">
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="C10" s="126" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" s="126" t="s">
+        <v>45</v>
       </c>
       <c r="E10" s="99"/>
     </row>
-    <row r="11" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="52"/>
       <c r="B11" s="62"/>
       <c r="C11" s="94"/>
       <c r="D11" s="95"/>
       <c r="E11" s="87"/>
     </row>
-    <row r="12" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="53" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="54" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="94" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="96" t="s">
         <v>18</v>
       </c>
       <c r="E12" s="97" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="13" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="53" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="54" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="94" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="96" t="s">
         <v>7</v>
       </c>
       <c r="E13" s="94" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="14" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="17"/>
       <c r="B14" s="13"/>
       <c r="C14" s="88"/>
       <c r="D14" s="98"/>
       <c r="E14" s="88"/>
     </row>
-    <row r="15" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="128" t="s">
+    <row r="15" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="127" t="s">
         <v>23</v>
       </c>
-      <c r="B15" s="129" t="s">
+      <c r="B15" s="128" t="s">
         <v>24</v>
       </c>
-      <c r="C15" s="130">
+      <c r="C15" s="129">
         <v>51.309999999999995</v>
       </c>
-      <c r="D15" s="130">
+      <c r="D15" s="129">
         <v>75.069999999999993</v>
       </c>
-      <c r="E15" s="131">
+      <c r="E15" s="130">
         <v>475.14</v>
       </c>
     </row>
-    <row r="16" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A16" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="63">
         <v>98.82</v>
       </c>
       <c r="D16" s="63">
         <v>146.34</v>
       </c>
       <c r="E16" s="64">
         <v>950.28</v>
       </c>
     </row>
-    <row r="17" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="128" t="s">
+    <row r="17" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A17" s="127" t="s">
         <v>23</v>
       </c>
-      <c r="B17" s="132" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="133">
+      <c r="B17" s="131" t="s">
+        <v>41</v>
+      </c>
+      <c r="C17" s="132">
         <v>226.33</v>
       </c>
-      <c r="D17" s="133">
+      <c r="D17" s="132">
         <v>337.59999999999997</v>
       </c>
-      <c r="E17" s="133">
+      <c r="E17" s="132">
         <v>2225.36</v>
       </c>
     </row>
-    <row r="18" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A18" s="16" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="64">
         <v>226.33</v>
       </c>
       <c r="D18" s="64">
         <v>337.59999999999997</v>
       </c>
       <c r="E18" s="64">
         <v>2225.36</v>
       </c>
     </row>
-    <row r="19" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="128" t="s">
+    <row r="19" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A19" s="127" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="129" t="s">
+      <c r="B19" s="128" t="s">
         <v>24</v>
       </c>
-      <c r="C19" s="134">
+      <c r="C19" s="133">
         <v>103.10999999999999</v>
       </c>
-      <c r="D19" s="134">
+      <c r="D19" s="133">
         <v>152.76999999999998</v>
       </c>
-      <c r="E19" s="133">
+      <c r="E19" s="132">
         <v>993.14</v>
       </c>
     </row>
-    <row r="20" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A20" s="16" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="65">
         <v>150.62</v>
       </c>
       <c r="D20" s="65">
         <v>224.04000000000002</v>
       </c>
       <c r="E20" s="64">
         <v>1468.28</v>
       </c>
     </row>
-    <row r="21" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="128" t="s">
+    <row r="21" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A21" s="127" t="s">
         <v>26</v>
       </c>
-      <c r="B21" s="132" t="s">
+      <c r="B21" s="131" t="s">
         <v>27</v>
       </c>
-      <c r="C21" s="134">
+      <c r="C21" s="133">
         <v>202.42</v>
       </c>
-      <c r="D21" s="134">
+      <c r="D21" s="133">
         <v>301.74</v>
       </c>
-      <c r="E21" s="133">
+      <c r="E21" s="132">
         <v>1986.28</v>
       </c>
     </row>
-    <row r="22" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A22" s="16" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="66">
         <v>278.13</v>
       </c>
       <c r="D22" s="66">
         <v>415.29999999999995</v>
       </c>
       <c r="E22" s="64">
         <v>2743.36</v>
       </c>
     </row>
-    <row r="23" spans="1:5" s="4" customFormat="1" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A23" s="135" t="s">
+    <row r="23" spans="1:5" s="4" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="134" t="s">
         <v>26</v>
       </c>
-      <c r="B23" s="136" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="137">
+      <c r="B23" s="135" t="s">
+        <v>41</v>
+      </c>
+      <c r="C23" s="136">
         <v>278.13</v>
       </c>
-      <c r="D23" s="137">
+      <c r="D23" s="136">
         <v>415.29999999999995</v>
       </c>
-      <c r="E23" s="138">
+      <c r="E23" s="137">
         <v>2743.36</v>
       </c>
     </row>
-    <row r="24" spans="1:5" s="4" customFormat="1" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
-[...9 lines deleted...]
-    <row r="26" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:5" s="4" customFormat="1" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A25" s="138" t="s">
+        <v>46</v>
+      </c>
+      <c r="B25" s="183" t="s">
+        <v>49</v>
+      </c>
+      <c r="C25" s="182"/>
+    </row>
+    <row r="26" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A26" s="67" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="B26" s="175">
+        <v>43</v>
+      </c>
+      <c r="B26" s="184">
         <v>0.1</v>
       </c>
-      <c r="C26" s="176"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="C26" s="185"/>
+    </row>
+    <row r="27" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A27" s="20" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B27" s="177">
+        <v>45</v>
+      </c>
+      <c r="B27" s="186">
         <v>0.15</v>
       </c>
-      <c r="C27" s="178"/>
-[...2 lines deleted...]
-    <row r="29" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C27" s="187"/>
+    </row>
+    <row r="28" spans="1:5" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="29" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A29" s="4" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="30" spans="1:5" s="4" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="30" spans="1:5" s="4" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="31" spans="1:5" s="4" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="32" spans="1:5" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15"/>
   </sheetData>
-  <mergeCells count="10">
+  <mergeCells count="8">
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="B26:C26"/>
     <mergeCell ref="B27:C27"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:D4"/>
-    <mergeCell ref="A6:E6"/>
-    <mergeCell ref="A5:E5"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.4" right="0.3" top="0.35" bottom="0.35" header="0.5" footer="0.35"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A1:K19"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" zoomScaleNormal="150" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" topLeftCell="A3" zoomScaleNormal="150" workbookViewId="0">
+      <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4.81640625" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="4.83203125" style="1" customWidth="1"/>
+    <col min="2" max="4" width="9.1640625" style="1"/>
+    <col min="5" max="5" width="8.5" style="1" customWidth="1"/>
+    <col min="6" max="11" width="14.5" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
     </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
     </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
-    <row r="5" spans="1:11" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:11" ht="17" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="24"/>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="7"/>
       <c r="K5" s="7"/>
     </row>
-    <row r="6" spans="1:11" ht="25.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="5"/>
       <c r="E6" s="8"/>
       <c r="F6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G6" s="10"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="19" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K6" s="18"/>
     </row>
-    <row r="7" spans="1:11" ht="25.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5"/>
       <c r="E7" s="8"/>
-      <c r="F7" s="181" t="s">
-[...6 lines deleted...]
-      <c r="I7" s="185"/>
+      <c r="F7" s="162" t="s">
+        <v>77</v>
+      </c>
+      <c r="G7" s="163"/>
+      <c r="H7" s="204" t="s">
+        <v>42</v>
+      </c>
+      <c r="I7" s="206"/>
       <c r="J7" s="9" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="10"/>
     </row>
-    <row r="8" spans="1:11" ht="25.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="8" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="10"/>
-      <c r="F8" s="183" t="s">
-[...6 lines deleted...]
-      <c r="I8" s="186"/>
+      <c r="F8" s="164" t="s">
+        <v>78</v>
+      </c>
+      <c r="G8" s="165"/>
+      <c r="H8" s="205" t="s">
+        <v>45</v>
+      </c>
+      <c r="I8" s="207"/>
       <c r="J8" s="22" t="s">
         <v>7</v>
       </c>
       <c r="K8" s="23"/>
     </row>
-    <row r="9" spans="1:11" ht="25.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="9" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="10"/>
-      <c r="F9" s="140" t="s">
+      <c r="F9" s="139" t="s">
         <v>30</v>
       </c>
-      <c r="G9" s="141" t="s">
+      <c r="G9" s="140" t="s">
         <v>30</v>
       </c>
-      <c r="H9" s="140" t="s">
+      <c r="H9" s="139" t="s">
         <v>30</v>
       </c>
-      <c r="I9" s="142" t="s">
+      <c r="I9" s="141" t="s">
         <v>30</v>
       </c>
-      <c r="J9" s="143" t="s">
+      <c r="J9" s="142" t="s">
         <v>30</v>
       </c>
-      <c r="K9" s="141" t="s">
+      <c r="K9" s="140" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="10" spans="1:11" ht="25.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...7 lines deleted...]
-      <c r="F10" s="140" t="s">
+    <row r="10" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="166"/>
+      <c r="B10" s="11"/>
+      <c r="C10" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" s="11"/>
+      <c r="E10" s="167"/>
+      <c r="F10" s="139" t="s">
         <v>31</v>
       </c>
-      <c r="G10" s="141" t="s">
+      <c r="G10" s="140" t="s">
         <v>32</v>
       </c>
-      <c r="H10" s="140" t="s">
+      <c r="H10" s="139" t="s">
         <v>31</v>
       </c>
-      <c r="I10" s="142" t="s">
+      <c r="I10" s="141" t="s">
         <v>32</v>
       </c>
-      <c r="J10" s="143" t="s">
+      <c r="J10" s="142" t="s">
         <v>31</v>
       </c>
-      <c r="K10" s="141" t="s">
+      <c r="K10" s="140" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:11" ht="35.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="27" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B11" s="68"/>
       <c r="C11" s="68"/>
       <c r="D11" s="68"/>
       <c r="E11" s="68"/>
       <c r="F11" s="69">
         <v>42.82</v>
       </c>
       <c r="G11" s="70">
         <v>94.62</v>
       </c>
       <c r="H11" s="69">
         <v>62.33</v>
       </c>
       <c r="I11" s="70">
         <v>140.03</v>
       </c>
       <c r="J11" s="69">
         <v>390.21</v>
       </c>
       <c r="K11" s="70">
         <v>908.21</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="F12" s="146">
+    <row r="12" spans="1:11" ht="35.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="143" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12" s="144"/>
+      <c r="C12" s="144"/>
+      <c r="D12" s="144"/>
+      <c r="E12" s="144"/>
+      <c r="F12" s="145">
         <v>50.51</v>
       </c>
-      <c r="G12" s="147">
+      <c r="G12" s="146">
         <v>102.31</v>
       </c>
-      <c r="H12" s="146">
+      <c r="H12" s="145">
         <v>73.86</v>
       </c>
-      <c r="I12" s="147">
+      <c r="I12" s="146">
         <v>151.56</v>
       </c>
-      <c r="J12" s="146">
+      <c r="J12" s="145">
         <v>467.05</v>
       </c>
-      <c r="K12" s="147">
+      <c r="K12" s="146">
         <v>985.05</v>
       </c>
     </row>
-    <row r="13" spans="1:11" ht="35.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="13" spans="1:11" ht="35.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="6" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="7"/>
       <c r="F13" s="71">
         <v>50.75</v>
       </c>
       <c r="G13" s="72">
         <v>102.55</v>
       </c>
       <c r="H13" s="71">
         <v>74.23</v>
       </c>
       <c r="I13" s="72">
         <v>151.93</v>
       </c>
       <c r="J13" s="71">
         <v>469.54</v>
       </c>
       <c r="K13" s="72">
         <v>987.54</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="25.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="F14" s="21"/>
       <c r="G14" s="21"/>
       <c r="H14" s="21"/>
       <c r="I14" s="21"/>
       <c r="J14" s="21"/>
       <c r="K14" s="21"/>
     </row>
-    <row r="15" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...12 lines deleted...]
-      <c r="I15" s="189"/>
+    <row r="15" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="195" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" s="196"/>
+      <c r="C15" s="196"/>
+      <c r="D15" s="196"/>
+      <c r="E15" s="196"/>
+      <c r="F15" s="208" t="s">
+        <v>49</v>
+      </c>
+      <c r="G15" s="209"/>
+      <c r="H15" s="209"/>
+      <c r="I15" s="210"/>
       <c r="J15" s="21"/>
       <c r="K15" s="21"/>
     </row>
-    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="F16" s="202">
+    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="197" t="s">
+        <v>43</v>
+      </c>
+      <c r="B16" s="198"/>
+      <c r="C16" s="198"/>
+      <c r="D16" s="198"/>
+      <c r="E16" s="198"/>
+      <c r="F16" s="201">
         <v>0.1</v>
       </c>
-      <c r="G16" s="203"/>
-[...11 lines deleted...]
-      <c r="F17" s="190">
+      <c r="G16" s="202"/>
+      <c r="H16" s="202"/>
+      <c r="I16" s="203"/>
+    </row>
+    <row r="17" spans="1:9" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="199" t="s">
+        <v>45</v>
+      </c>
+      <c r="B17" s="200"/>
+      <c r="C17" s="200"/>
+      <c r="D17" s="200"/>
+      <c r="E17" s="200"/>
+      <c r="F17" s="192">
         <v>0.15</v>
       </c>
-      <c r="G17" s="191"/>
-[...3 lines deleted...]
-    <row r="18" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="G17" s="193"/>
+      <c r="H17" s="193"/>
+      <c r="I17" s="194"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B18"/>
     </row>
-    <row r="19" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
     </row>
   </sheetData>
-  <mergeCells count="11">
+  <mergeCells count="8">
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="F15:I15"/>
     <mergeCell ref="F17:I17"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A16:E16"/>
     <mergeCell ref="A17:E17"/>
-    <mergeCell ref="A10:E10"/>
     <mergeCell ref="F16:I16"/>
-    <mergeCell ref="F7:G7"/>
-[...3 lines deleted...]
-    <mergeCell ref="F15:I15"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.45" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A1:I23"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="17.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4.81640625" style="1" customWidth="1"/>
-    <col min="2" max="3" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="4.83203125" style="1" customWidth="1"/>
+    <col min="2" max="3" width="9.1640625" style="1"/>
     <col min="4" max="4" width="13" style="1" customWidth="1"/>
     <col min="5" max="5" width="33" style="1" customWidth="1"/>
-    <col min="6" max="7" width="14.54296875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="16384" width="9.1796875" style="1"/>
+    <col min="6" max="9" width="14.5" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="29" t="s">
         <v>33</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
     </row>
-    <row r="2" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="30" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
-    <row r="3" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="30" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
     </row>
-    <row r="4" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="30" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
     </row>
-    <row r="5" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="29" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
     </row>
-    <row r="6" spans="1:9" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:9" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="7"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
     </row>
-    <row r="7" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="75"/>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="62"/>
       <c r="F7" s="76" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="77"/>
       <c r="H7" s="78" t="s">
         <v>29</v>
       </c>
       <c r="I7" s="79"/>
     </row>
-    <row r="8" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="80"/>
       <c r="B8" s="78"/>
       <c r="C8" s="78"/>
       <c r="D8" s="78"/>
       <c r="E8" s="62"/>
       <c r="F8" s="81" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="82"/>
       <c r="H8" s="83" t="s">
         <v>7</v>
       </c>
       <c r="I8" s="84"/>
     </row>
-    <row r="9" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="80" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B9" s="78"/>
       <c r="C9" s="78"/>
       <c r="D9" s="78"/>
       <c r="E9" s="79"/>
-      <c r="F9" s="140" t="s">
+      <c r="F9" s="139" t="s">
         <v>30</v>
       </c>
-      <c r="G9" s="141" t="s">
+      <c r="G9" s="140" t="s">
         <v>30</v>
       </c>
-      <c r="H9" s="140" t="s">
+      <c r="H9" s="139" t="s">
         <v>30</v>
       </c>
-      <c r="I9" s="141" t="s">
+      <c r="I9" s="140" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="10" spans="1:9" ht="19" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:9" ht="19" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="85"/>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="13"/>
-      <c r="F10" s="140" t="s">
+      <c r="F10" s="139" t="s">
         <v>31</v>
       </c>
-      <c r="G10" s="141" t="s">
+      <c r="G10" s="140" t="s">
         <v>32</v>
       </c>
-      <c r="H10" s="140" t="s">
+      <c r="H10" s="139" t="s">
         <v>31</v>
       </c>
-      <c r="I10" s="141" t="s">
+      <c r="I10" s="140" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="11" spans="1:9" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:9" ht="26.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="27" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B11" s="68"/>
       <c r="C11" s="68"/>
       <c r="D11" s="68"/>
       <c r="E11" s="68"/>
       <c r="F11" s="73">
         <v>39.020000000000003</v>
       </c>
       <c r="G11" s="74">
         <v>90.82</v>
       </c>
       <c r="H11" s="73">
         <v>390.21</v>
       </c>
       <c r="I11" s="74">
         <v>908.21</v>
       </c>
     </row>
-    <row r="12" spans="1:9" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="F12" s="150">
+    <row r="12" spans="1:9" ht="26.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="147" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" s="148"/>
+      <c r="C12" s="148"/>
+      <c r="D12" s="148"/>
+      <c r="E12" s="148"/>
+      <c r="F12" s="149">
         <v>47.51</v>
       </c>
-      <c r="G12" s="151">
+      <c r="G12" s="150">
         <v>99.31</v>
       </c>
-      <c r="H12" s="150">
+      <c r="H12" s="149">
         <v>475.14</v>
       </c>
-      <c r="I12" s="151">
+      <c r="I12" s="150">
         <v>993.14</v>
       </c>
     </row>
-    <row r="13" spans="1:9" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:9" ht="26.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B13" s="15"/>
       <c r="C13" s="15"/>
       <c r="D13" s="15"/>
       <c r="E13" s="15"/>
       <c r="F13" s="25">
         <v>46.71</v>
       </c>
       <c r="G13" s="28">
         <v>98.509999999999991</v>
       </c>
       <c r="H13" s="25">
         <v>467.05</v>
       </c>
       <c r="I13" s="28">
         <v>985.05</v>
       </c>
     </row>
-    <row r="14" spans="1:9" ht="26.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...7 lines deleted...]
-      <c r="F14" s="154">
+    <row r="14" spans="1:9" ht="26.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="151" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" s="152"/>
+      <c r="C14" s="152"/>
+      <c r="D14" s="152"/>
+      <c r="E14" s="152"/>
+      <c r="F14" s="153">
         <v>46.95</v>
       </c>
-      <c r="G14" s="155">
+      <c r="G14" s="154">
         <v>98.75</v>
       </c>
-      <c r="H14" s="154">
+      <c r="H14" s="153">
         <v>469.54</v>
       </c>
-      <c r="I14" s="155">
+      <c r="I14" s="154">
         <v>987.54</v>
       </c>
     </row>
-    <row r="15" spans="1:9" ht="37" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:9" ht="37" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="16" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="17" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="31" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17"/>
     </row>
-    <row r="18" spans="1:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="31"/>
       <c r="B18" s="31"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
     </row>
-    <row r="19" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="31" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="31"/>
     </row>
-    <row r="20" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="31" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="31"/>
     </row>
-    <row r="21" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="31" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="31"/>
     </row>
-    <row r="22" spans="1:9" ht="10" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:9" ht="10" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="31"/>
       <c r="B22" s="31"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
     </row>
-    <row r="23" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="31"/>
       <c r="B23" s="31"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.55000000000000004" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <MediaLengthInSeconds xmlns="14d9695c-504e-42d3-bbe5-3afafe4352e5" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="14d9695c-504e-42d3-bbe5-3afafe4352e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="17eb2ca1-151e-4498-8659-dcf34d506d6e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C20F6928D52C82458E417991CBCE85CE" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="def9dde6eefe657c08e59dd8ef34952f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="14d9695c-504e-42d3-bbe5-3afafe4352e5" xmlns:ns3="17eb2ca1-151e-4498-8659-dcf34d506d6e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f4b1c2c92ed01f116dd2280cc4c1da2e" ns2:_="" ns3:_="">
     <xsd:import namespace="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
     <xsd:import namespace="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -4034,120 +4076,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17AA9DD2-F379-4CFE-8DBD-FDBBDCA1706F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
     <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
+    <ds:schemaRef ds:uri="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
+    <ds:schemaRef ds:uri="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31C13CDC-0C84-464C-9934-2A088DB1275D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FFA3574-A48B-48DA-AE11-376C629E5084}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FFA3574-A48B-48DA-AE11-376C629E5084}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31C13CDC-0C84-464C-9934-2A088DB1275D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
+    <ds:schemaRef ds:uri="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
-      <vt:lpstr>chart1</vt:lpstr>
-[...7 lines deleted...]
-      <vt:lpstr>chart2!Print_Area</vt:lpstr>
+      <vt:lpstr>chart 1 - basic life rates</vt:lpstr>
+      <vt:lpstr>chart 2 - wellpoint altus, HMO</vt:lpstr>
+      <vt:lpstr>chart 3 - basic life rates</vt:lpstr>
+      <vt:lpstr>chart 4 - basic life rates</vt:lpstr>
+      <vt:lpstr>chart 5 - wellpoint, HMO rates</vt:lpstr>
+      <vt:lpstr>'chart 1 - basic life rates'!Print_Area</vt:lpstr>
+      <vt:lpstr>'chart 2 - wellpoint altus, HMO'!Print_Area</vt:lpstr>
+      <vt:lpstr>'chart 4 - basic life rates'!Print_Area</vt:lpstr>
+      <vt:lpstr>'chart 5 - wellpoint, HMO rates'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>GIC</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C20F6928D52C82458E417991CBCE85CE</vt:lpwstr>
   </property>