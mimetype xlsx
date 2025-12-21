--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -1,98 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/GIC-OperationsDepartment/Audit/audit/AGil/FY26 Rates/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="27" documentId="8_{4830B9DA-C6A1-4DB2-A0FA-0B03C39248EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7A1512E2-12D9-47D1-8FB3-A523187658B1}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{30D69533-A0DE-F94F-92DB-5E0D7A4089A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="804" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="19640" tabRatio="804" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="chart1" sheetId="1" r:id="rId1"/>
-[...3 lines deleted...]
-    <sheet name="chart 5" sheetId="5" r:id="rId5"/>
+    <sheet name="chart 1 basic life, wellpoint, " sheetId="1" r:id="rId1"/>
+    <sheet name="chart 2 wellpoint, altus, HMO" sheetId="2" r:id="rId2"/>
+    <sheet name="chart 3 basic life for RMTs" sheetId="3" r:id="rId3"/>
+    <sheet name="chart 4 basic life for RMTs" sheetId="4" r:id="rId4"/>
+    <sheet name="chart 5 wellpoint, HMO rates " sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">'chart 4'!$A$1:$K$19</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="1">chart2!$A$1:$E$30</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'chart 1 basic life, wellpoint, '!$A$1:$G$34</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'chart 2 wellpoint, altus, HMO'!$A$1:$E$30</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'chart 4 basic life for RMTs'!$A$1:$K$19</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'chart 5 wellpoint, HMO rates '!$A$1:$I$25</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="79">
   <si>
     <t>Chart 1</t>
   </si>
   <si>
     <t>Monthly Insurance Rates</t>
   </si>
   <si>
     <t>Rates For Monthly Pension Deduction Purposes</t>
   </si>
   <si>
     <t>For Pension Deductions</t>
   </si>
   <si>
     <t xml:space="preserve">Full Cost </t>
   </si>
   <si>
     <t>Type of Coverage</t>
   </si>
   <si>
     <t>Retiree's  Premium</t>
   </si>
   <si>
     <t>Premium</t>
   </si>
   <si>
@@ -270,64 +269,79 @@
     <t>Retiree's Premium</t>
   </si>
   <si>
     <t>For Retired Municipal Teachers (RMTs) Insured For HMO/Indemnity Medicare Plan-Part A&amp;B</t>
   </si>
   <si>
     <t>Wellpoint State Indemnity Plan/Medicare Extension (OME), And Health Maintenance Organization (HMO) Medicare Plan</t>
   </si>
   <si>
     <t xml:space="preserve">Wellpoint State Indemnity Plan/Medicare Extension </t>
   </si>
   <si>
     <t>Basic Life $2,000, Altus Dental Coverage, Wellpoint State Indemnity Plan, and Health Maintenance Organization (HMO)</t>
   </si>
   <si>
     <t>Effective For The Premium Due July 1, 2025</t>
   </si>
   <si>
     <t>Altus Retiree Dental Coverage</t>
   </si>
   <si>
     <t xml:space="preserve">The Altus Dental Coverage, when elected by an enrollee, is paid entirely by the enrollee. </t>
   </si>
   <si>
     <t>Wellpoint State Indemnity Plan, Altus Dental Coverage, and Health Maintenance Organization (HMO)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                          On or Before July 1, 1990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                            RMTs who retired</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                            On or Before July 1, 1990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                             RMTs who retired</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   (premium includes Basic Life $2,000 Insurance)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="mmmm\ d\,\ yyyy"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -348,50 +362,56 @@
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="22"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1" tint="0.34998626667073579"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="65"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1035,51 +1055,51 @@
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="197">
+  <cellXfs count="203">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1242,53 +1262,50 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="5" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="5" fillId="0" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="5" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="7" fontId="5" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="7" fontId="5" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="1" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="1" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="1" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="7" fontId="11" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="9" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1365,187 +1382,208 @@
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="5" fillId="4" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="5" fillId="4" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="5" fillId="4" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="39" fontId="5" fillId="4" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="5" fillId="4" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="39" fontId="5" fillId="4" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="7" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="4" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="4" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="7" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="7" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="7" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="7" fontId="4" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="7" fontId="4" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="7" fontId="4" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="4" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="7" fontId="12" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -1589,55 +1627,51 @@
       <rgbColor rgb="00996666"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="003333CC"/>
       <rgbColor rgb="00336666"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00663300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00424242"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1909,1878 +1943,1871 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:G33"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="16" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="48" style="1" customWidth="1"/>
-    <col min="2" max="5" width="13.54296875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.1796875" style="1"/>
+    <col min="2" max="5" width="13.5" style="1" customWidth="1"/>
+    <col min="6" max="7" width="12.5" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="51" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="51"/>
       <c r="C1" s="51"/>
       <c r="D1" s="51"/>
       <c r="E1" s="51"/>
       <c r="F1" s="52"/>
       <c r="G1" s="52"/>
     </row>
-    <row r="2" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="52" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="51"/>
       <c r="C2" s="51"/>
       <c r="D2" s="51"/>
       <c r="E2" s="51"/>
       <c r="F2" s="52"/>
       <c r="G2" s="52"/>
     </row>
-    <row r="3" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="52" t="s">
         <v>69</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="52"/>
       <c r="G3" s="52"/>
     </row>
-    <row r="4" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="52" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="51"/>
       <c r="C4" s="51"/>
       <c r="D4" s="51"/>
       <c r="E4" s="51"/>
       <c r="F4" s="52"/>
       <c r="G4" s="52"/>
     </row>
-    <row r="5" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="52" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="51"/>
       <c r="C5" s="51"/>
       <c r="D5" s="51"/>
       <c r="E5" s="51"/>
       <c r="F5" s="52"/>
       <c r="G5" s="52"/>
     </row>
-    <row r="6" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="51" t="s">
         <v>70</v>
       </c>
       <c r="B6" s="51"/>
       <c r="C6" s="51"/>
       <c r="D6" s="51"/>
       <c r="E6" s="51"/>
       <c r="F6" s="52"/>
       <c r="G6" s="52"/>
     </row>
-    <row r="7" spans="1:7" s="53" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="8" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" s="53" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2"/>
+    <row r="8" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="54"/>
       <c r="B8" s="55" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="56"/>
       <c r="D8" s="57"/>
       <c r="E8" s="57"/>
       <c r="F8" s="58" t="s">
         <v>4</v>
       </c>
       <c r="G8" s="59"/>
     </row>
-    <row r="9" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A9" s="60" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="61" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="62"/>
       <c r="D9" s="61"/>
       <c r="E9" s="61"/>
       <c r="F9" s="63" t="s">
         <v>7</v>
       </c>
       <c r="G9" s="62"/>
     </row>
-    <row r="10" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="64"/>
-      <c r="B10" s="161" t="s">
+      <c r="B10" s="154" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" s="155"/>
+      <c r="D10" s="171" t="s">
         <v>42</v>
       </c>
-      <c r="C10" s="162"/>
-[...7 lines deleted...]
-    <row r="11" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E10" s="172"/>
+      <c r="F10" s="103"/>
+      <c r="G10" s="104"/>
+    </row>
+    <row r="11" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A11" s="64"/>
-      <c r="B11" s="157" t="s">
-[...3 lines deleted...]
-      <c r="D11" s="157" t="s">
+      <c r="B11" s="150" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" s="151"/>
+      <c r="D11" s="169" t="s">
         <v>45</v>
       </c>
-      <c r="E11" s="164"/>
-[...3 lines deleted...]
-    <row r="12" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E11" s="173"/>
+      <c r="F11" s="105"/>
+      <c r="G11" s="106"/>
+    </row>
+    <row r="12" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A12" s="50" t="s">
         <v>55</v>
       </c>
-      <c r="B12" s="159">
+      <c r="B12" s="152">
         <v>0.76</v>
       </c>
-      <c r="C12" s="160"/>
-      <c r="D12" s="159">
+      <c r="C12" s="153"/>
+      <c r="D12" s="170">
         <v>0.76</v>
       </c>
-      <c r="E12" s="165"/>
-      <c r="F12" s="96">
+      <c r="E12" s="174"/>
+      <c r="F12" s="202">
         <v>0</v>
       </c>
-      <c r="G12" s="97"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G12" s="96"/>
+    </row>
+    <row r="13" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="65"/>
-      <c r="B13" s="108" t="s">
+      <c r="B13" s="107" t="s">
         <v>8</v>
       </c>
-      <c r="C13" s="99" t="s">
+      <c r="C13" s="98" t="s">
         <v>9</v>
       </c>
-      <c r="D13" s="109" t="s">
+      <c r="D13" s="108" t="s">
         <v>8</v>
       </c>
-      <c r="E13" s="110" t="s">
+      <c r="E13" s="109" t="s">
         <v>9</v>
       </c>
-      <c r="F13" s="111" t="s">
+      <c r="F13" s="110" t="s">
         <v>8</v>
       </c>
-      <c r="G13" s="99" t="s">
+      <c r="G13" s="98" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="14" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A14" s="60" t="s">
         <v>71</v>
       </c>
       <c r="B14" s="66">
         <v>29.66</v>
       </c>
       <c r="C14" s="67">
         <v>71.48</v>
       </c>
       <c r="D14" s="68">
         <v>29.66</v>
       </c>
       <c r="E14" s="69">
         <v>71.48</v>
       </c>
       <c r="F14" s="70">
         <v>29.66</v>
       </c>
       <c r="G14" s="67">
         <v>71.48</v>
       </c>
     </row>
-    <row r="15" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="100" t="s">
+    <row r="15" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="99" t="s">
         <v>50</v>
       </c>
-      <c r="B15" s="101" t="s">
+      <c r="B15" s="100" t="s">
         <v>8</v>
       </c>
-      <c r="C15" s="102" t="s">
+      <c r="C15" s="101" t="s">
         <v>9</v>
       </c>
-      <c r="D15" s="101" t="s">
+      <c r="D15" s="100" t="s">
         <v>8</v>
       </c>
-      <c r="E15" s="102" t="s">
+      <c r="E15" s="101" t="s">
         <v>9</v>
       </c>
-      <c r="F15" s="103" t="s">
+      <c r="F15" s="102" t="s">
         <v>8</v>
       </c>
-      <c r="G15" s="102" t="s">
+      <c r="G15" s="101" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="16" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="100" t="s">
+    <row r="16" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A16" s="99" t="s">
         <v>56</v>
       </c>
-      <c r="B16" s="101" t="s">
+      <c r="B16" s="100" t="s">
         <v>35</v>
       </c>
-      <c r="C16" s="102" t="s">
+      <c r="C16" s="101" t="s">
         <v>35</v>
       </c>
-      <c r="D16" s="101" t="s">
+      <c r="D16" s="100" t="s">
         <v>35</v>
       </c>
-      <c r="E16" s="102" t="s">
+      <c r="E16" s="101" t="s">
         <v>35</v>
       </c>
-      <c r="F16" s="103" t="s">
+      <c r="F16" s="102" t="s">
         <v>35</v>
       </c>
-      <c r="G16" s="102" t="s">
+      <c r="G16" s="101" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="17" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A17" s="86" t="s">
         <v>57</v>
       </c>
       <c r="B17" s="94">
         <v>144.26</v>
       </c>
       <c r="C17" s="95">
         <v>320.83999999999997</v>
       </c>
       <c r="D17" s="94">
         <v>216.01</v>
       </c>
       <c r="E17" s="95">
         <v>480.88</v>
       </c>
       <c r="F17" s="94">
         <v>1435.03</v>
       </c>
       <c r="G17" s="95">
         <v>3200.78</v>
       </c>
     </row>
-    <row r="18" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="112" t="s">
+    <row r="18" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A18" s="111" t="s">
         <v>58</v>
       </c>
-      <c r="B18" s="113">
+      <c r="B18" s="112">
         <v>175.78</v>
       </c>
-      <c r="C18" s="114">
+      <c r="C18" s="113">
         <v>389.77</v>
       </c>
-      <c r="D18" s="113">
+      <c r="D18" s="112">
         <v>263.28999999999996</v>
       </c>
-      <c r="E18" s="114">
+      <c r="E18" s="113">
         <v>584.28</v>
       </c>
-      <c r="F18" s="113">
+      <c r="F18" s="112">
         <v>1750.22</v>
       </c>
-      <c r="G18" s="114">
+      <c r="G18" s="113">
         <v>3890.1</v>
       </c>
     </row>
-    <row r="19" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A19" s="86" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="71">
         <v>109.69000000000001</v>
       </c>
       <c r="C19" s="72">
         <v>260.70999999999998</v>
       </c>
       <c r="D19" s="71">
         <v>164.16</v>
       </c>
       <c r="E19" s="72">
         <v>390.69</v>
       </c>
       <c r="F19" s="71">
         <v>1089.31</v>
       </c>
       <c r="G19" s="72">
         <v>2599.5300000000002</v>
       </c>
     </row>
-    <row r="20" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="112" t="s">
+    <row r="20" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A20" s="111" t="s">
         <v>60</v>
       </c>
-      <c r="B20" s="113">
+      <c r="B20" s="112">
         <v>119.26</v>
       </c>
-      <c r="C20" s="114">
+      <c r="C20" s="113">
         <v>294.13</v>
       </c>
-      <c r="D20" s="113">
+      <c r="D20" s="112">
         <v>178.51</v>
       </c>
-      <c r="E20" s="114">
+      <c r="E20" s="113">
         <v>440.82</v>
       </c>
-      <c r="F20" s="113">
+      <c r="F20" s="112">
         <v>1185.01</v>
       </c>
-      <c r="G20" s="114">
+      <c r="G20" s="113">
         <v>2933.73</v>
       </c>
     </row>
-    <row r="21" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A21" s="87" t="s">
         <v>61</v>
       </c>
       <c r="B21" s="71">
         <v>109.63000000000001</v>
       </c>
       <c r="C21" s="72">
         <v>288.5</v>
       </c>
       <c r="D21" s="71">
         <v>164.07</v>
       </c>
       <c r="E21" s="72">
         <v>432.37</v>
       </c>
       <c r="F21" s="71">
         <v>1088.74</v>
       </c>
       <c r="G21" s="72">
         <v>2877.39</v>
       </c>
     </row>
-    <row r="22" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="112" t="s">
+    <row r="22" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A22" s="111" t="s">
         <v>62</v>
       </c>
-      <c r="B22" s="113">
+      <c r="B22" s="112">
         <v>89.100000000000009</v>
       </c>
-      <c r="C22" s="114">
+      <c r="C22" s="113">
         <v>225.45</v>
       </c>
-      <c r="D22" s="113">
+      <c r="D22" s="112">
         <v>133.26999999999998</v>
       </c>
-      <c r="E22" s="114">
+      <c r="E22" s="113">
         <v>337.78999999999996</v>
       </c>
-      <c r="F22" s="113">
+      <c r="F22" s="112">
         <v>883.42</v>
       </c>
-      <c r="G22" s="114">
+      <c r="G22" s="113">
         <v>2246.89</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A23" s="86" t="s">
         <v>63</v>
       </c>
       <c r="B23" s="71">
         <v>84.29</v>
       </c>
       <c r="C23" s="72">
         <v>208.37</v>
       </c>
       <c r="D23" s="71">
         <v>126.05000000000001</v>
       </c>
       <c r="E23" s="72">
         <v>312.18</v>
       </c>
       <c r="F23" s="71">
         <v>835.29</v>
       </c>
       <c r="G23" s="72">
         <v>2076.1</v>
       </c>
     </row>
-    <row r="24" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="115" t="s">
+    <row r="24" spans="1:7" s="53" customFormat="1" ht="20.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="114" t="s">
         <v>10</v>
       </c>
-      <c r="B24" s="116">
+      <c r="B24" s="115">
         <v>86.48</v>
       </c>
-      <c r="C24" s="117">
+      <c r="C24" s="116">
         <v>206.35999999999999</v>
       </c>
-      <c r="D24" s="116">
+      <c r="D24" s="115">
         <v>129.34</v>
       </c>
-      <c r="E24" s="117">
+      <c r="E24" s="116">
         <v>309.15999999999997</v>
       </c>
-      <c r="F24" s="116">
+      <c r="F24" s="115">
         <v>857.22</v>
       </c>
-      <c r="G24" s="117">
+      <c r="G24" s="116">
         <v>2056.02</v>
       </c>
     </row>
-    <row r="25" spans="1:7" s="53" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.25"/>
-[...2 lines deleted...]
-      <c r="A27" s="98" t="s">
+    <row r="25" spans="1:7" s="53" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="26" spans="1:7" s="53" customFormat="1" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A27" s="97" t="s">
         <v>46</v>
       </c>
-      <c r="B27" s="166" t="s">
+      <c r="B27" s="175" t="s">
         <v>49</v>
       </c>
-      <c r="C27" s="167"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C27" s="176"/>
+      <c r="D27" s="176"/>
+      <c r="E27" s="177"/>
+    </row>
+    <row r="28" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A28" s="73" t="s">
         <v>43</v>
       </c>
-      <c r="B28" s="151">
+      <c r="B28" s="163">
         <v>0.1</v>
       </c>
-      <c r="C28" s="152"/>
-[...3 lines deleted...]
-    <row r="29" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C28" s="164"/>
+      <c r="D28" s="164"/>
+      <c r="E28" s="165"/>
+    </row>
+    <row r="29" spans="1:7" s="53" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A29" s="50" t="s">
         <v>45</v>
       </c>
-      <c r="B29" s="154">
+      <c r="B29" s="166">
         <v>0.15</v>
       </c>
-      <c r="C29" s="155"/>
-[...6 lines deleted...]
-    <row r="33" s="74" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="C29" s="167"/>
+      <c r="D29" s="167"/>
+      <c r="E29" s="168"/>
+    </row>
+    <row r="30" spans="1:7" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:7" s="74" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="32" spans="1:7" s="74" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="33" s="74" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15"/>
   </sheetData>
-  <mergeCells count="9">
+  <mergeCells count="6">
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="B29:E29"/>
-    <mergeCell ref="B11:C11"/>
-[...1 lines deleted...]
-    <mergeCell ref="B10:C10"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="D11:E11"/>
     <mergeCell ref="D12:E12"/>
     <mergeCell ref="B27:E27"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.45" top="0.4" bottom="0.4" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:E29"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="16" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="53.453125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="53.5" style="1" customWidth="1"/>
+    <col min="2" max="5" width="18.5" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="53" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" s="53" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="51" t="s">
         <v>11</v>
       </c>
       <c r="B1" s="51"/>
       <c r="C1" s="51"/>
       <c r="D1" s="52"/>
       <c r="E1" s="52"/>
     </row>
-    <row r="2" spans="1:5" s="53" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" s="53" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="52" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="51"/>
       <c r="C2" s="51"/>
       <c r="D2" s="52"/>
       <c r="E2" s="52"/>
     </row>
-    <row r="3" spans="1:5" s="53" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" s="53" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="52" t="s">
         <v>73</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="52"/>
       <c r="E3" s="52"/>
     </row>
-    <row r="4" spans="1:5" s="53" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:5" s="53" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="52" t="s">
         <v>51</v>
       </c>
       <c r="B4" s="51"/>
       <c r="C4" s="51"/>
       <c r="D4" s="52"/>
       <c r="E4" s="52"/>
     </row>
-    <row r="5" spans="1:5" s="53" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" s="53" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="51" t="s">
         <v>70</v>
       </c>
       <c r="B5" s="51"/>
       <c r="C5" s="51"/>
       <c r="D5" s="52"/>
       <c r="E5" s="52"/>
     </row>
-    <row r="6" spans="1:5" s="53" customFormat="1" ht="14.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="7" spans="1:5" s="53" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:5" s="53" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2"/>
+    <row r="7" spans="1:5" s="53" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="54"/>
       <c r="B7" s="57" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="56"/>
       <c r="D7" s="75" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="59"/>
     </row>
-    <row r="8" spans="1:5" s="53" customFormat="1" ht="14.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:5" s="53" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A8" s="60" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="121" t="s">
+      <c r="B8" s="120" t="s">
         <v>13</v>
       </c>
-      <c r="C8" s="122"/>
-      <c r="D8" s="121" t="s">
+      <c r="C8" s="121"/>
+      <c r="D8" s="120" t="s">
         <v>7</v>
       </c>
-      <c r="E8" s="122"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:5" s="53" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E8" s="121"/>
+    </row>
+    <row r="9" spans="1:5" s="53" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="65"/>
-      <c r="B9" s="108" t="s">
+      <c r="B9" s="107" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="99" t="s">
+      <c r="C9" s="98" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="111" t="s">
+      <c r="D9" s="110" t="s">
         <v>8</v>
       </c>
-      <c r="E9" s="99" t="s">
+      <c r="E9" s="98" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="10" spans="1:5" s="53" customFormat="1" ht="14.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:5" s="53" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A10" s="60" t="s">
         <v>71</v>
       </c>
       <c r="B10" s="76">
         <v>29.66</v>
       </c>
       <c r="C10" s="77">
         <v>71.48</v>
       </c>
       <c r="D10" s="78">
         <v>29.66</v>
       </c>
       <c r="E10" s="77">
         <v>71.48</v>
       </c>
     </row>
-    <row r="11" spans="1:5" s="53" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="123" t="s">
+    <row r="11" spans="1:5" s="53" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A11" s="122" t="s">
         <v>50</v>
       </c>
-      <c r="B11" s="118" t="s">
+      <c r="B11" s="117" t="s">
         <v>8</v>
       </c>
-      <c r="C11" s="119" t="s">
+      <c r="C11" s="118" t="s">
         <v>9</v>
       </c>
-      <c r="D11" s="118" t="s">
+      <c r="D11" s="117" t="s">
         <v>8</v>
       </c>
-      <c r="E11" s="120" t="s">
+      <c r="E11" s="119" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="12" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A12" s="86" t="s">
         <v>57</v>
       </c>
       <c r="B12" s="94">
         <v>143.5</v>
       </c>
       <c r="C12" s="95">
         <v>320.08</v>
       </c>
       <c r="D12" s="94">
         <v>1435.03</v>
       </c>
       <c r="E12" s="95">
         <v>3200.78</v>
       </c>
     </row>
-    <row r="13" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="112" t="s">
+    <row r="13" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A13" s="111" t="s">
         <v>58</v>
       </c>
-      <c r="B13" s="113">
+      <c r="B13" s="112">
         <v>175.02</v>
       </c>
-      <c r="C13" s="114">
+      <c r="C13" s="113">
         <v>389.01</v>
       </c>
-      <c r="D13" s="113">
+      <c r="D13" s="112">
         <v>1750.22</v>
       </c>
-      <c r="E13" s="114">
+      <c r="E13" s="113">
         <v>3890.1</v>
       </c>
     </row>
-    <row r="14" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A14" s="86" t="s">
         <v>59</v>
       </c>
       <c r="B14" s="71">
         <v>108.93</v>
       </c>
       <c r="C14" s="72">
         <v>259.95</v>
       </c>
       <c r="D14" s="71">
         <v>1089.31</v>
       </c>
       <c r="E14" s="72">
         <v>2599.5300000000002</v>
       </c>
     </row>
-    <row r="15" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="112" t="s">
+    <row r="15" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="111" t="s">
         <v>60</v>
       </c>
-      <c r="B15" s="113">
+      <c r="B15" s="112">
         <v>118.5</v>
       </c>
-      <c r="C15" s="114">
+      <c r="C15" s="113">
         <v>293.37</v>
       </c>
-      <c r="D15" s="113">
+      <c r="D15" s="112">
         <v>1185.01</v>
       </c>
-      <c r="E15" s="114">
+      <c r="E15" s="113">
         <v>2933.73</v>
       </c>
     </row>
-    <row r="16" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A16" s="87" t="s">
         <v>61</v>
       </c>
       <c r="B16" s="71">
         <v>108.87</v>
       </c>
       <c r="C16" s="72">
         <v>287.74</v>
       </c>
       <c r="D16" s="71">
         <v>1088.74</v>
       </c>
       <c r="E16" s="72">
         <v>2877.39</v>
       </c>
     </row>
-    <row r="17" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="112" t="s">
+    <row r="17" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A17" s="111" t="s">
         <v>62</v>
       </c>
-      <c r="B17" s="113">
+      <c r="B17" s="112">
         <v>88.34</v>
       </c>
-      <c r="C17" s="114">
+      <c r="C17" s="113">
         <v>224.69</v>
       </c>
-      <c r="D17" s="113">
+      <c r="D17" s="112">
         <v>883.42</v>
       </c>
-      <c r="E17" s="114">
+      <c r="E17" s="113">
         <v>2246.89</v>
       </c>
     </row>
-    <row r="18" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A18" s="86" t="s">
         <v>63</v>
       </c>
       <c r="B18" s="71">
         <v>83.53</v>
       </c>
       <c r="C18" s="72">
         <v>207.61</v>
       </c>
       <c r="D18" s="71">
         <v>835.29</v>
       </c>
       <c r="E18" s="72">
         <v>2076.1</v>
       </c>
     </row>
-    <row r="19" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="115" t="s">
+    <row r="19" spans="1:5" s="53" customFormat="1" ht="20" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="114" t="s">
         <v>10</v>
       </c>
-      <c r="B19" s="116">
+      <c r="B19" s="115">
         <v>85.72</v>
       </c>
-      <c r="C19" s="117">
+      <c r="C19" s="116">
         <v>205.6</v>
       </c>
-      <c r="D19" s="116">
+      <c r="D19" s="115">
         <v>857.22</v>
       </c>
-      <c r="E19" s="117">
+      <c r="E19" s="116">
         <v>2056.02</v>
       </c>
     </row>
-    <row r="20" spans="1:5" s="53" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:5" s="74" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:5" s="53" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="21" spans="1:5" ht="8.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="1:5" s="74" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A22" s="74" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="23" spans="1:5" s="74" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="24" spans="1:5" s="74" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:5" s="74" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="24" spans="1:5" s="74" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A24" s="74" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="25" spans="1:5" s="74" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:5" s="74" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A25" s="74" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="26" spans="1:5" s="74" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:5" s="74" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A26" s="74" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="27" spans="1:5" s="74" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:5" s="74" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="27" spans="1:5" s="74" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="28" spans="1:5" s="74" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="29" spans="1:5" s="74" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15"/>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:E32"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:E3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="30.453125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="30.5" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19.5" style="1" customWidth="1"/>
+    <col min="3" max="5" width="22.6640625" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="178" t="s">
+    <row r="1" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="187" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="178"/>
-[...5 lines deleted...]
-      <c r="A2" s="183" t="s">
+      <c r="B1" s="187"/>
+      <c r="C1" s="187"/>
+      <c r="D1" s="187"/>
+      <c r="E1" s="187"/>
+    </row>
+    <row r="2" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="188" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="183"/>
-[...5 lines deleted...]
-      <c r="A3" s="183" t="s">
+      <c r="B2" s="188"/>
+      <c r="C2" s="188"/>
+      <c r="D2" s="188"/>
+      <c r="E2" s="188"/>
+    </row>
+    <row r="3" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="188" t="s">
         <v>64</v>
       </c>
-      <c r="B3" s="183"/>
-[...5 lines deleted...]
-      <c r="A4" s="183" t="s">
+      <c r="B3" s="188"/>
+      <c r="C3" s="188"/>
+      <c r="D3" s="188"/>
+      <c r="E3" s="188"/>
+    </row>
+    <row r="4" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="188" t="s">
         <v>47</v>
       </c>
-      <c r="B4" s="183"/>
-[...5 lines deleted...]
-      <c r="A5" s="183" t="s">
+      <c r="B4" s="188"/>
+      <c r="C4" s="188"/>
+      <c r="D4" s="188"/>
+      <c r="E4" s="188"/>
+    </row>
+    <row r="5" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="188" t="s">
         <v>36</v>
       </c>
-      <c r="B5" s="183"/>
-[...5 lines deleted...]
-      <c r="A6" s="178" t="s">
+      <c r="B5" s="188"/>
+      <c r="C5" s="188"/>
+      <c r="D5" s="188"/>
+      <c r="E5" s="188"/>
+    </row>
+    <row r="6" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="187" t="s">
         <v>70</v>
       </c>
-      <c r="B6" s="178"/>
-[...4 lines deleted...]
-    <row r="7" spans="1:5" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B6" s="187"/>
+      <c r="C6" s="187"/>
+      <c r="D6" s="187"/>
+      <c r="E6" s="187"/>
+    </row>
+    <row r="7" spans="1:5" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="5"/>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
     </row>
-    <row r="8" spans="1:5" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="8" spans="1:5" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A8" s="11"/>
       <c r="B8" s="7"/>
-      <c r="C8" s="180"/>
-      <c r="D8" s="181"/>
+      <c r="C8" s="190"/>
+      <c r="D8" s="191"/>
       <c r="E8" s="89"/>
     </row>
-    <row r="9" spans="1:5" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="9" spans="1:5" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
-      <c r="C9" s="179" t="s">
+      <c r="C9" s="189" t="s">
         <v>3</v>
       </c>
-      <c r="D9" s="180"/>
+      <c r="D9" s="190"/>
       <c r="E9" s="14"/>
     </row>
-    <row r="10" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="12"/>
       <c r="B10" s="13"/>
-      <c r="C10" s="123" t="s">
+      <c r="C10" s="122" t="s">
         <v>42</v>
       </c>
-      <c r="D10" s="123" t="s">
+      <c r="D10" s="122" t="s">
         <v>42</v>
       </c>
       <c r="E10" s="14"/>
     </row>
-    <row r="11" spans="1:5" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="11" spans="1:5" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A11" s="12"/>
       <c r="B11" s="13"/>
-      <c r="C11" s="124" t="s">
+      <c r="C11" s="123" t="s">
         <v>43</v>
       </c>
-      <c r="D11" s="124" t="s">
+      <c r="D11" s="123" t="s">
         <v>45</v>
       </c>
       <c r="E11" s="90"/>
     </row>
-    <row r="12" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="23"/>
       <c r="E12" s="14" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>65</v>
       </c>
       <c r="D13" s="23" t="s">
         <v>65</v>
       </c>
       <c r="E13" s="14" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:5" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="15"/>
       <c r="B14" s="16"/>
       <c r="C14" s="4"/>
       <c r="D14" s="24"/>
       <c r="E14" s="15"/>
     </row>
-    <row r="15" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:5" ht="16" x14ac:dyDescent="0.2">
       <c r="A15" s="27" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="28" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="46">
         <v>48.269999999999996</v>
       </c>
       <c r="D15" s="46">
         <v>72.03</v>
       </c>
       <c r="E15" s="91">
         <v>475.14</v>
       </c>
     </row>
-    <row r="16" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A16" s="125" t="s">
+    <row r="16" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="124" t="s">
         <v>22</v>
       </c>
-      <c r="B16" s="126" t="s">
+      <c r="B16" s="125" t="s">
         <v>24</v>
       </c>
-      <c r="C16" s="127">
+      <c r="C16" s="126">
         <v>95.78</v>
       </c>
-      <c r="D16" s="127">
+      <c r="D16" s="126">
         <v>143.29999999999998</v>
       </c>
-      <c r="E16" s="128">
+      <c r="E16" s="127">
         <v>950.28</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="27" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="19" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="45">
         <v>223.29000000000002</v>
       </c>
       <c r="D17" s="45">
         <v>334.55999999999995</v>
       </c>
       <c r="E17" s="92">
         <v>2225.36</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A18" s="125" t="s">
+    <row r="18" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="124" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="126" t="s">
+      <c r="B18" s="125" t="s">
         <v>24</v>
       </c>
-      <c r="C18" s="129">
+      <c r="C18" s="128">
         <v>223.29000000000002</v>
       </c>
-      <c r="D18" s="129">
+      <c r="D18" s="128">
         <v>334.55999999999995</v>
       </c>
-      <c r="E18" s="128">
+      <c r="E18" s="127">
         <v>2225.36</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="27" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="28" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="47">
         <v>100.07</v>
       </c>
       <c r="D19" s="47">
         <v>149.73000000000002</v>
       </c>
       <c r="E19" s="92">
         <v>993.14</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A20" s="125" t="s">
+    <row r="20" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="124" t="s">
         <v>25</v>
       </c>
-      <c r="B20" s="126" t="s">
+      <c r="B20" s="125" t="s">
         <v>24</v>
       </c>
-      <c r="C20" s="130">
+      <c r="C20" s="129">
         <v>147.57999999999998</v>
       </c>
-      <c r="D20" s="130">
+      <c r="D20" s="129">
         <v>221</v>
       </c>
-      <c r="E20" s="128">
+      <c r="E20" s="127">
         <v>1468.28</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="27" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="19" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="47">
         <v>199.38</v>
       </c>
       <c r="D21" s="47">
         <v>298.7</v>
       </c>
       <c r="E21" s="92">
         <v>1986.28</v>
       </c>
     </row>
-    <row r="22" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A22" s="125" t="s">
+    <row r="22" spans="1:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="124" t="s">
         <v>40</v>
       </c>
-      <c r="B22" s="126" t="s">
+      <c r="B22" s="125" t="s">
         <v>26</v>
       </c>
-      <c r="C22" s="131">
+      <c r="C22" s="130">
         <v>275.08999999999997</v>
       </c>
-      <c r="D22" s="131">
+      <c r="D22" s="130">
         <v>412.25999999999993</v>
       </c>
-      <c r="E22" s="128">
+      <c r="E22" s="127">
         <v>2743.36</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="23" spans="1:5" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="29" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="20" t="s">
         <v>41</v>
       </c>
       <c r="C23" s="48">
         <v>275.08999999999997</v>
       </c>
       <c r="D23" s="48">
         <v>412.25999999999993</v>
       </c>
       <c r="E23" s="93">
         <v>2743.36</v>
       </c>
     </row>
-    <row r="24" spans="1:5" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
-[...1 lines deleted...]
-      <c r="A25" s="132" t="s">
+    <row r="24" spans="1:5" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="25" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="131" t="s">
         <v>46</v>
       </c>
-      <c r="B25" s="169" t="s">
+      <c r="B25" s="178" t="s">
         <v>49</v>
       </c>
-      <c r="C25" s="170"/>
-[...2 lines deleted...]
-    <row r="26" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C25" s="179"/>
+      <c r="D25" s="180"/>
+    </row>
+    <row r="26" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="32" t="s">
         <v>43</v>
       </c>
-      <c r="B26" s="172">
+      <c r="B26" s="181">
         <v>0.1</v>
       </c>
-      <c r="C26" s="173"/>
-[...2 lines deleted...]
-    <row r="27" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="C26" s="182"/>
+      <c r="D26" s="183"/>
+    </row>
+    <row r="27" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30" t="s">
         <v>45</v>
       </c>
-      <c r="B27" s="175">
+      <c r="B27" s="184">
         <v>0.15</v>
       </c>
-      <c r="C27" s="176"/>
-[...2 lines deleted...]
-    <row r="28" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C27" s="185"/>
+      <c r="D27" s="186"/>
+    </row>
+    <row r="28" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="49"/>
       <c r="B28" s="88"/>
       <c r="C28" s="49"/>
     </row>
-    <row r="29" spans="1:5" ht="5.25" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="30" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:5" ht="5.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="1" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="31" spans="1:5" ht="4.5" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="32" spans="1:5" ht="5.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="31" spans="1:5" ht="4.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:5" ht="5.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="B25:D25"/>
     <mergeCell ref="B26:D26"/>
     <mergeCell ref="B27:D27"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="C8:D8"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.4" right="0.3" top="0.35" bottom="0.35" header="0.5" footer="0.35"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:K19"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4.81640625" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="4.83203125" style="1" customWidth="1"/>
+    <col min="2" max="4" width="9.1640625" style="1"/>
+    <col min="5" max="5" width="8.5" style="1" customWidth="1"/>
+    <col min="6" max="11" width="14.5" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:11" ht="17" x14ac:dyDescent="0.2">
       <c r="A1" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
     </row>
-    <row r="2" spans="1:11" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:11" ht="17" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B2" s="21"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
     </row>
-    <row r="3" spans="1:11" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:11" ht="17" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B3" s="21"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
     </row>
-    <row r="4" spans="1:11" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:11" ht="17" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B4" s="21"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="5"/>
     </row>
-    <row r="5" spans="1:11" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:11" ht="17" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="44"/>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
       <c r="F5" s="10"/>
       <c r="G5" s="10"/>
       <c r="H5" s="10"/>
       <c r="I5" s="10"/>
       <c r="J5" s="10"/>
       <c r="K5" s="10"/>
     </row>
-    <row r="6" spans="1:11" ht="25.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="8"/>
       <c r="E6" s="13"/>
       <c r="F6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G6" s="18"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="34" t="s">
         <v>48</v>
       </c>
       <c r="K6" s="33"/>
     </row>
-    <row r="7" spans="1:11" ht="25.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="8"/>
       <c r="E7" s="13"/>
-      <c r="F7" s="185" t="s">
+      <c r="F7" s="159" t="s">
+        <v>77</v>
+      </c>
+      <c r="G7" s="160"/>
+      <c r="H7" s="198" t="s">
         <v>42</v>
       </c>
-      <c r="G7" s="186"/>
-[...3 lines deleted...]
-      <c r="I7" s="189"/>
+      <c r="I7" s="200"/>
       <c r="J7" s="17" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="18"/>
     </row>
-    <row r="8" spans="1:11" ht="25.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="8" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A8" s="17"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="18"/>
-      <c r="F8" s="187" t="s">
-[...3 lines deleted...]
-      <c r="H8" s="187" t="s">
+      <c r="F8" s="161" t="s">
+        <v>76</v>
+      </c>
+      <c r="G8" s="162"/>
+      <c r="H8" s="199" t="s">
         <v>45</v>
       </c>
-      <c r="I8" s="190"/>
+      <c r="I8" s="201"/>
       <c r="J8" s="36" t="s">
         <v>7</v>
       </c>
       <c r="K8" s="37"/>
     </row>
-    <row r="9" spans="1:11" ht="25.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="17" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="18"/>
-      <c r="F9" s="133" t="s">
+      <c r="F9" s="132" t="s">
         <v>29</v>
       </c>
-      <c r="G9" s="134" t="s">
+      <c r="G9" s="133" t="s">
         <v>29</v>
       </c>
-      <c r="H9" s="133" t="s">
+      <c r="H9" s="132" t="s">
         <v>29</v>
       </c>
-      <c r="I9" s="135" t="s">
+      <c r="I9" s="134" t="s">
         <v>29</v>
       </c>
-      <c r="J9" s="136" t="s">
+      <c r="J9" s="135" t="s">
         <v>29</v>
       </c>
-      <c r="K9" s="134" t="s">
+      <c r="K9" s="133" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="10" spans="1:11" ht="25.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...7 lines deleted...]
-      <c r="F10" s="133" t="s">
+    <row r="10" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="156"/>
+      <c r="B10" s="157"/>
+      <c r="C10" s="157" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" s="157"/>
+      <c r="E10" s="158"/>
+      <c r="F10" s="132" t="s">
         <v>30</v>
       </c>
-      <c r="G10" s="134" t="s">
+      <c r="G10" s="133" t="s">
         <v>31</v>
       </c>
-      <c r="H10" s="133" t="s">
+      <c r="H10" s="132" t="s">
         <v>30</v>
       </c>
-      <c r="I10" s="135" t="s">
+      <c r="I10" s="134" t="s">
         <v>31</v>
       </c>
-      <c r="J10" s="136" t="s">
+      <c r="J10" s="135" t="s">
         <v>30</v>
       </c>
-      <c r="K10" s="134" t="s">
+      <c r="K10" s="133" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="27.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:11" ht="27.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="79" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="80"/>
       <c r="C11" s="80"/>
       <c r="D11" s="80"/>
       <c r="E11" s="80"/>
       <c r="F11" s="84">
         <v>39.78</v>
       </c>
       <c r="G11" s="85">
         <v>91.58</v>
       </c>
       <c r="H11" s="84">
         <v>59.29</v>
       </c>
       <c r="I11" s="85">
         <v>136.99</v>
       </c>
       <c r="J11" s="84">
         <v>390.21</v>
       </c>
       <c r="K11" s="85">
         <v>908.21</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="27.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="137" t="s">
+    <row r="12" spans="1:11" ht="27.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="136" t="s">
         <v>37</v>
       </c>
-      <c r="B12" s="138"/>
-[...3 lines deleted...]
-      <c r="F12" s="139">
+      <c r="B12" s="137"/>
+      <c r="C12" s="137"/>
+      <c r="D12" s="137"/>
+      <c r="E12" s="137"/>
+      <c r="F12" s="138">
         <v>47.47</v>
       </c>
-      <c r="G12" s="140">
+      <c r="G12" s="139">
         <v>99.27</v>
       </c>
-      <c r="H12" s="139">
+      <c r="H12" s="138">
         <v>70.820000000000007</v>
       </c>
-      <c r="I12" s="140">
+      <c r="I12" s="139">
         <v>148.52000000000001</v>
       </c>
-      <c r="J12" s="139">
+      <c r="J12" s="138">
         <v>467.05</v>
       </c>
-      <c r="K12" s="140">
+      <c r="K12" s="139">
         <v>985.05</v>
       </c>
     </row>
-    <row r="13" spans="1:11" ht="27.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="13" spans="1:11" ht="27.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="10"/>
       <c r="C13" s="10"/>
       <c r="D13" s="10"/>
       <c r="E13" s="10"/>
       <c r="F13" s="82">
         <v>47.71</v>
       </c>
       <c r="G13" s="83">
         <v>99.509999999999991</v>
       </c>
       <c r="H13" s="82">
         <v>71.190000000000012</v>
       </c>
       <c r="I13" s="83">
         <v>148.89000000000001</v>
       </c>
       <c r="J13" s="82">
         <v>469.54</v>
       </c>
       <c r="K13" s="83">
         <v>987.54</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="25.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="F14" s="35"/>
       <c r="G14" s="35"/>
       <c r="H14" s="35"/>
       <c r="I14" s="35"/>
       <c r="J14" s="35"/>
       <c r="K14" s="35"/>
     </row>
-    <row r="15" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="191" t="s">
+    <row r="15" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="192" t="s">
         <v>46</v>
       </c>
-      <c r="B15" s="192"/>
-[...3 lines deleted...]
-      <c r="F15" s="169" t="s">
+      <c r="B15" s="193"/>
+      <c r="C15" s="193"/>
+      <c r="D15" s="193"/>
+      <c r="E15" s="193"/>
+      <c r="F15" s="178" t="s">
         <v>49</v>
       </c>
-      <c r="G15" s="170"/>
-[...1 lines deleted...]
-      <c r="I15" s="171"/>
+      <c r="G15" s="179"/>
+      <c r="H15" s="179"/>
+      <c r="I15" s="180"/>
       <c r="J15" s="35"/>
       <c r="K15" s="35"/>
     </row>
-    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A16" s="193" t="s">
+    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="194" t="s">
         <v>43</v>
       </c>
-      <c r="B16" s="194"/>
-[...3 lines deleted...]
-      <c r="F16" s="172">
+      <c r="B16" s="195"/>
+      <c r="C16" s="195"/>
+      <c r="D16" s="195"/>
+      <c r="E16" s="195"/>
+      <c r="F16" s="181">
         <v>0.1</v>
       </c>
-      <c r="G16" s="173"/>
-[...4 lines deleted...]
-      <c r="A17" s="195" t="s">
+      <c r="G16" s="182"/>
+      <c r="H16" s="182"/>
+      <c r="I16" s="183"/>
+    </row>
+    <row r="17" spans="1:9" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="196" t="s">
         <v>45</v>
       </c>
-      <c r="B17" s="196"/>
-[...3 lines deleted...]
-      <c r="F17" s="175">
+      <c r="B17" s="197"/>
+      <c r="C17" s="197"/>
+      <c r="D17" s="197"/>
+      <c r="E17" s="197"/>
+      <c r="F17" s="184">
         <v>0.15</v>
       </c>
-      <c r="G17" s="176"/>
-[...3 lines deleted...]
-    <row r="18" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="G17" s="185"/>
+      <c r="H17" s="185"/>
+      <c r="I17" s="186"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B18"/>
     </row>
-    <row r="19" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
     </row>
   </sheetData>
-  <mergeCells count="11">
+  <mergeCells count="8">
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="H8:I8"/>
     <mergeCell ref="F16:I16"/>
     <mergeCell ref="F17:I17"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A16:E16"/>
     <mergeCell ref="A17:E17"/>
     <mergeCell ref="F15:I15"/>
-    <mergeCell ref="A10:E10"/>
-[...3 lines deleted...]
-    <mergeCell ref="H8:I8"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.45" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:I23"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="17.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4.81640625" style="1" customWidth="1"/>
-    <col min="2" max="3" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="4.83203125" style="1" customWidth="1"/>
+    <col min="2" max="3" width="9.1640625" style="1"/>
     <col min="4" max="4" width="13" style="1" customWidth="1"/>
     <col min="5" max="5" width="33" style="1" customWidth="1"/>
-    <col min="6" max="7" width="14.54296875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="16384" width="9.1796875" style="1"/>
+    <col min="6" max="9" width="14.5" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="51" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
     </row>
-    <row r="2" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="52" t="s">
         <v>67</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
     </row>
-    <row r="3" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="52" t="s">
         <v>52</v>
       </c>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
     </row>
-    <row r="4" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="52" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
     </row>
-    <row r="5" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="51" t="s">
         <v>70</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
     </row>
-    <row r="6" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:9" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="10"/>
       <c r="F6" s="10"/>
       <c r="G6" s="10"/>
       <c r="H6" s="10"/>
       <c r="I6" s="10"/>
     </row>
-    <row r="7" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="8"/>
       <c r="E7" s="13"/>
       <c r="F7" s="41" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="42"/>
       <c r="H7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I7" s="18"/>
     </row>
-    <row r="8" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="17"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="13"/>
       <c r="F8" s="38" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="39"/>
       <c r="H8" s="40" t="s">
         <v>7</v>
       </c>
       <c r="I8" s="22"/>
     </row>
-    <row r="9" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="43" t="s">
         <v>53</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="18"/>
-      <c r="F9" s="141" t="s">
+      <c r="F9" s="140" t="s">
         <v>29</v>
       </c>
-      <c r="G9" s="142" t="s">
+      <c r="G9" s="141" t="s">
         <v>29</v>
       </c>
-      <c r="H9" s="141" t="s">
+      <c r="H9" s="140" t="s">
         <v>29</v>
       </c>
-      <c r="I9" s="142" t="s">
+      <c r="I9" s="141" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="10" spans="1:9" ht="19" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:9" ht="19" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="9"/>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="16"/>
-      <c r="F10" s="141" t="s">
+      <c r="F10" s="140" t="s">
         <v>30</v>
       </c>
-      <c r="G10" s="142" t="s">
+      <c r="G10" s="141" t="s">
         <v>31</v>
       </c>
-      <c r="H10" s="141" t="s">
+      <c r="H10" s="140" t="s">
         <v>30</v>
       </c>
-      <c r="I10" s="142" t="s">
+      <c r="I10" s="141" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="11" spans="1:9" ht="27.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:9" ht="27.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="79" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="80"/>
       <c r="C11" s="80"/>
       <c r="D11" s="80"/>
       <c r="E11" s="80"/>
       <c r="F11" s="84">
         <v>39.020000000000003</v>
       </c>
       <c r="G11" s="85">
         <v>90.82</v>
       </c>
       <c r="H11" s="84">
         <v>390.21</v>
       </c>
       <c r="I11" s="85">
         <v>908.21</v>
       </c>
     </row>
-    <row r="12" spans="1:9" ht="27.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="143" t="s">
+    <row r="12" spans="1:9" ht="27.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="142" t="s">
         <v>68</v>
       </c>
-      <c r="B12" s="144"/>
-[...3 lines deleted...]
-      <c r="F12" s="145">
+      <c r="B12" s="143"/>
+      <c r="C12" s="143"/>
+      <c r="D12" s="143"/>
+      <c r="E12" s="143"/>
+      <c r="F12" s="144">
         <v>47.51</v>
       </c>
-      <c r="G12" s="146">
+      <c r="G12" s="145">
         <v>99.31</v>
       </c>
-      <c r="H12" s="145">
+      <c r="H12" s="144">
         <v>475.14</v>
       </c>
-      <c r="I12" s="146">
+      <c r="I12" s="145">
         <v>993.14</v>
       </c>
     </row>
-    <row r="13" spans="1:9" ht="27.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:9" ht="27.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="25" t="s">
         <v>37</v>
       </c>
       <c r="B13" s="26"/>
       <c r="C13" s="26"/>
       <c r="D13" s="26"/>
       <c r="E13" s="26"/>
       <c r="F13" s="31">
         <v>46.71</v>
       </c>
       <c r="G13" s="81">
         <v>98.509999999999991</v>
       </c>
       <c r="H13" s="31">
         <v>467.05</v>
       </c>
       <c r="I13" s="81">
         <v>985.05</v>
       </c>
     </row>
-    <row r="14" spans="1:9" ht="27.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A14" s="147" t="s">
+    <row r="14" spans="1:9" ht="27.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="146" t="s">
         <v>39</v>
       </c>
-      <c r="B14" s="148"/>
-[...3 lines deleted...]
-      <c r="F14" s="149">
+      <c r="B14" s="147"/>
+      <c r="C14" s="147"/>
+      <c r="D14" s="147"/>
+      <c r="E14" s="147"/>
+      <c r="F14" s="148">
         <v>46.95</v>
       </c>
-      <c r="G14" s="150">
+      <c r="G14" s="149">
         <v>98.75</v>
       </c>
-      <c r="H14" s="149">
+      <c r="H14" s="148">
         <v>469.54</v>
       </c>
-      <c r="I14" s="150">
+      <c r="I14" s="149">
         <v>987.54</v>
       </c>
     </row>
-    <row r="15" spans="1:9" ht="11.15" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="16" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="17" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17"/>
     </row>
-    <row r="18" spans="1:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
     </row>
-    <row r="19" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="20" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="1" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="21" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="1" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="22" spans="1:9" ht="8.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:9" ht="8.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22"/>
       <c r="C22" s="6"/>
       <c r="D22" s="6"/>
       <c r="E22" s="6"/>
     </row>
-    <row r="23" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="23" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.55000000000000004" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C20F6928D52C82458E417991CBCE85CE" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="def9dde6eefe657c08e59dd8ef34952f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="14d9695c-504e-42d3-bbe5-3afafe4352e5" xmlns:ns3="17eb2ca1-151e-4498-8659-dcf34d506d6e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f4b1c2c92ed01f116dd2280cc4c1da2e" ns2:_="" ns3:_="">
@@ -3995,131 +4022,148 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <MediaLengthInSeconds xmlns="14d9695c-504e-42d3-bbe5-3afafe4352e5" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="14d9695c-504e-42d3-bbe5-3afafe4352e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="17eb2ca1-151e-4498-8659-dcf34d506d6e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{480C2A8E-7FF1-4F75-8666-AB7B800D9088}"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09C6B1E3-7CD4-425E-9E8C-8FE714107974}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{480C2A8E-7FF1-4F75-8666-AB7B800D9088}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
+    <ds:schemaRef ds:uri="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2266051-0B4E-4141-85BE-2AB25E778088}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
     <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
+    <ds:schemaRef ds:uri="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
+    <ds:schemaRef ds:uri="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09C6B1E3-7CD4-425E-9E8C-8FE714107974}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
-      <vt:lpstr>chart1</vt:lpstr>
-[...7 lines deleted...]
-      <vt:lpstr>chart2!Print_Area</vt:lpstr>
+      <vt:lpstr>chart 1 basic life, wellpoint, </vt:lpstr>
+      <vt:lpstr>chart 2 wellpoint, altus, HMO</vt:lpstr>
+      <vt:lpstr>chart 3 basic life for RMTs</vt:lpstr>
+      <vt:lpstr>chart 4 basic life for RMTs</vt:lpstr>
+      <vt:lpstr>chart 5 wellpoint, HMO rates </vt:lpstr>
+      <vt:lpstr>'chart 1 basic life, wellpoint, '!Print_Area</vt:lpstr>
+      <vt:lpstr>'chart 2 wellpoint, altus, HMO'!Print_Area</vt:lpstr>
+      <vt:lpstr>'chart 4 basic life for RMTs'!Print_Area</vt:lpstr>
+      <vt:lpstr>'chart 5 wellpoint, HMO rates '!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>GIC</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C20F6928D52C82458E417991CBCE85CE</vt:lpwstr>
   </property>