--- v0 (2025-10-05)
+++ v1 (2026-02-08)
@@ -721,104 +721,126 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00446D1B">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MEETING AGENDA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="162F2AA8" w14:textId="77777777" w:rsidR="00FF57A3" w:rsidRPr="00706C39" w:rsidRDefault="00FF57A3" w:rsidP="00FF57A3">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79CFDA1A" w14:textId="35976366" w:rsidR="00740696" w:rsidRDefault="00FF57A3" w:rsidP="00270956">
+    <w:p w14:paraId="79CFDA1A" w14:textId="2D495993" w:rsidR="00740696" w:rsidRDefault="00FF57A3" w:rsidP="00270956">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00706C39">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Date:</w:t>
-      </w:r>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00706C39">
         <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706C39">
+        <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00A51988">
-[...3 lines deleted...]
-        <w:t>October 10</w:t>
+      <w:r w:rsidR="00F26406">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>November</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F26406">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, 202</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00DD5668">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -954,122 +976,122 @@
         </w:rPr>
         <w:t>ommences</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="41F1851E" w14:textId="77777777" w:rsidR="00FF57A3" w:rsidRDefault="00FF57A3" w:rsidP="00FF57A3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="0" w:name="_Hlk131429865"/>
     <w:bookmarkStart w:id="1" w:name="_Hlk151450456"/>
-    <w:p w14:paraId="596C71E8" w14:textId="65C28259" w:rsidR="001A0460" w:rsidRDefault="001B079C" w:rsidP="001A0460">
+    <w:p w14:paraId="596C71E8" w14:textId="253BDE5E" w:rsidR="001A0460" w:rsidRDefault="00764745" w:rsidP="001A0460">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:instrText>HYPERLINK "https://eohhs.webex.com/eohhs/j.php?MTID=m1d1a94cbd598763bc154f6b376732388"</w:instrText>
+        <w:instrText>HYPERLINK "https://eohhs.webex.com/eohhs/j.php?MTID=m6d44a1564c20546ce813c2ac7417e70f"</w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001A0460" w:rsidRPr="001B079C">
+      <w:r w:rsidR="001A0460" w:rsidRPr="00764745">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cisco Webex Videoconference</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="305AB8AF" w14:textId="77777777" w:rsidR="001A0460" w:rsidRDefault="001A0460" w:rsidP="001A0460">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="236BDE87" w14:textId="09ED3247" w:rsidR="001A0460" w:rsidRPr="0014735B" w:rsidRDefault="001A0460" w:rsidP="001A0460">
+    <w:p w14:paraId="236BDE87" w14:textId="07FF99A4" w:rsidR="001A0460" w:rsidRPr="0014735B" w:rsidRDefault="001A0460" w:rsidP="001A0460">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Webinar</w:t>
       </w:r>
       <w:r w:rsidRPr="0014735B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1083,285 +1105,285 @@
       </w:r>
       <w:r w:rsidRPr="0014735B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>umber:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001B079C" w:rsidRPr="001B079C">
-[...5 lines deleted...]
-        <w:t>2536 793 8803</w:t>
+      <w:r w:rsidR="00764745" w:rsidRPr="00764745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2535 878 7222</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C44A96C" w14:textId="71DA3892" w:rsidR="001A0460" w:rsidRDefault="001A0460" w:rsidP="001A0460">
+    <w:p w14:paraId="7C44A96C" w14:textId="6C9EF6BB" w:rsidR="001A0460" w:rsidRDefault="001A0460" w:rsidP="001A0460">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014735B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Password:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001B079C">
+      <w:r w:rsidR="00764745">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001B079C" w:rsidRPr="001B079C">
-[...5 lines deleted...]
-        <w:t>56bFWtM9FdF (56239869 from a phone)</w:t>
+      <w:r w:rsidR="00764745" w:rsidRPr="00764745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kWk3mbX7VR5 (59536297 from a phone)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71247FE7" w14:textId="77777777" w:rsidR="001A0460" w:rsidRDefault="001A0460" w:rsidP="001A0460">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="204BC1DF" w14:textId="37E0DDBC" w:rsidR="001A0460" w:rsidRDefault="001A0460" w:rsidP="001B079C">
+    <w:p w14:paraId="204BC1DF" w14:textId="76542EEF" w:rsidR="001A0460" w:rsidRDefault="001A0460" w:rsidP="00764745">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001B079C">
+      <w:r w:rsidR="00764745">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="001B079C" w:rsidRPr="001B079C">
+      <w:r w:rsidR="00764745" w:rsidRPr="00764745">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617</w:t>
       </w:r>
-      <w:r w:rsidR="001B079C">
+      <w:r w:rsidR="00764745">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="001B079C" w:rsidRPr="001B079C">
+      <w:r w:rsidR="00764745" w:rsidRPr="00764745">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">315-0704 </w:t>
       </w:r>
-      <w:r w:rsidR="001B079C">
+      <w:r w:rsidR="00764745">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or (</w:t>
       </w:r>
-      <w:r w:rsidR="001B079C" w:rsidRPr="001B079C">
+      <w:r w:rsidR="00764745" w:rsidRPr="00764745">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>650</w:t>
       </w:r>
-      <w:r w:rsidR="001B079C">
+      <w:r w:rsidR="00764745">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="001B079C" w:rsidRPr="001B079C">
+      <w:r w:rsidR="00764745" w:rsidRPr="00764745">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">479-3208 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="155952B8" w14:textId="1B7D555D" w:rsidR="001A0460" w:rsidRPr="0014735B" w:rsidRDefault="001A0460" w:rsidP="001A0460">
+    <w:p w14:paraId="155952B8" w14:textId="75140A34" w:rsidR="001A0460" w:rsidRPr="0014735B" w:rsidRDefault="001A0460" w:rsidP="001A0460">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014735B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Access </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="0014735B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ode: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001B079C" w:rsidRPr="001B079C">
-[...5 lines deleted...]
-        <w:t>2536 793 8803</w:t>
+      <w:r w:rsidR="00764745" w:rsidRPr="00764745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2535 878 7222</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0338E8C7" w14:textId="5A346D0C" w:rsidR="0014735B" w:rsidRPr="00127871" w:rsidRDefault="007A6F0E" w:rsidP="001A0460">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="2B297CA8" w14:textId="49188770" w:rsidR="00FF57A3" w:rsidRPr="00A3093F" w:rsidRDefault="00FF57A3" w:rsidP="00FF57A3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
@@ -1438,230 +1460,191 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">all for </w:t>
       </w:r>
       <w:r w:rsidR="005E2B49">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="001046B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ttendance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658025C5" w14:textId="7084B4FD" w:rsidR="00F83F5C" w:rsidRPr="001046B1" w:rsidRDefault="00F83F5C" w:rsidP="00FF57A3">
+    <w:p w14:paraId="658025C5" w14:textId="79C696BE" w:rsidR="00F83F5C" w:rsidRPr="001046B1" w:rsidRDefault="00F83F5C" w:rsidP="00FF57A3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>New Board member Samantha Lamartine</w:t>
+        <w:t xml:space="preserve">New Board member </w:t>
+      </w:r>
+      <w:r w:rsidR="0019002C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lovern Moseley </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="157C4DB7" w14:textId="3E7A79AD" w:rsidR="00721C18" w:rsidRPr="00EA30F5" w:rsidRDefault="00721C18" w:rsidP="00FF57A3">
+    <w:p w14:paraId="157C4DB7" w14:textId="750DC337" w:rsidR="00721C18" w:rsidRPr="00EA30F5" w:rsidRDefault="00721C18" w:rsidP="00FF57A3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Public meeting minutes of </w:t>
       </w:r>
-      <w:r w:rsidR="008C126D">
-[...5 lines deleted...]
-        <w:t>September 12</w:t>
+      <w:r w:rsidR="001E760B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>October 10</w:t>
       </w:r>
       <w:r w:rsidR="000C2B8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
       <w:r w:rsidR="00B44A37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – VOTE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FA3655F" w14:textId="3142EA1E" w:rsidR="00EA30F5" w:rsidRPr="004E28F6" w:rsidRDefault="00EA30F5" w:rsidP="00FF57A3">
+    <w:p w14:paraId="5FA3655F" w14:textId="00763EF7" w:rsidR="00EA30F5" w:rsidRPr="004E28F6" w:rsidRDefault="00EA30F5" w:rsidP="00FF57A3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive session minutes of </w:t>
       </w:r>
-      <w:r w:rsidR="008C126D">
-[...5 lines deleted...]
-        <w:t>September 12</w:t>
+      <w:r w:rsidR="001E760B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>October 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
       <w:r w:rsidR="00B44A37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – VOTE </w:t>
-      </w:r>
-[...46 lines deleted...]
-        <w:t>Meeting schedule for 2026 – VOTE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A13BA00" w14:textId="77777777" w:rsidR="0037632C" w:rsidRDefault="0037632C" w:rsidP="00563237">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DBFDB57" w14:textId="765D0848" w:rsidR="00D10BE7" w:rsidRDefault="00D10BE7" w:rsidP="00563237">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1688,192 +1671,144 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">John Cacciola – VOTE </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34E37BC9" w14:textId="77777777" w:rsidR="00E4168B" w:rsidRDefault="00E4168B" w:rsidP="00101DBA">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A6FB052" w14:textId="40104815" w:rsidR="00280BAF" w:rsidRDefault="00280BAF" w:rsidP="00280BAF">
+    <w:p w14:paraId="4A6FB052" w14:textId="79F0CDC4" w:rsidR="00280BAF" w:rsidRDefault="00280BAF" w:rsidP="00280BAF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008645B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Application review – experience </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D08EB3" w14:textId="059280EF" w:rsidR="00643262" w:rsidRPr="00461BE6" w:rsidRDefault="00461BE6" w:rsidP="00461BE6">
+    <w:p w14:paraId="61D08EB3" w14:textId="19B8CE49" w:rsidR="00643262" w:rsidRPr="00461BE6" w:rsidRDefault="0069016D" w:rsidP="00461BE6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00461BE6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Ellen Ijebor – VOTE </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zlatina Kostova</w:t>
+      </w:r>
+      <w:r w:rsidR="00461BE6" w:rsidRPr="00461BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – VOTE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CDACC47" w14:textId="77777777" w:rsidR="004846B1" w:rsidRDefault="004846B1" w:rsidP="004846B1">
+    <w:p w14:paraId="510041D9" w14:textId="77777777" w:rsidR="00EF43AA" w:rsidRDefault="00EF43AA" w:rsidP="00C76FAB">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3359901D" w14:textId="1308BB25" w:rsidR="00A82A4D" w:rsidRDefault="00A82A4D" w:rsidP="00C76FAB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Comments from Massachusetts Psychological Association</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F7B189" w14:textId="77777777" w:rsidR="003619F5" w:rsidRPr="00274CAE" w:rsidRDefault="003619F5" w:rsidP="00C76FAB">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Discussion </w:t>
-[...65 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63B0833D" w14:textId="424A42C8" w:rsidR="009F722C" w:rsidRDefault="00FF57A3" w:rsidP="00FF57A3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00040235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Open </w:t>
       </w:r>
       <w:r w:rsidR="005E2B49">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -1996,554 +1931,581 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">dvance of </w:t>
       </w:r>
       <w:r w:rsidR="005E2B49">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00040235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eeting</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="404364A5" w14:textId="77777777" w:rsidR="008F0598" w:rsidRDefault="008F0598" w:rsidP="008F0598">
+    <w:p w14:paraId="47629F28" w14:textId="77777777" w:rsidR="001E760B" w:rsidRDefault="001E760B" w:rsidP="001E760B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4484F198" w14:textId="77777777" w:rsidR="001E760B" w:rsidRDefault="001E760B" w:rsidP="001E760B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="028DE31E" w14:textId="77777777" w:rsidR="001E760B" w:rsidRDefault="001E760B" w:rsidP="001E760B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ACD902F" w14:textId="77777777" w:rsidR="001E760B" w:rsidRDefault="001E760B" w:rsidP="001E760B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72D29D9F" w14:textId="77777777" w:rsidR="007C20AC" w:rsidRDefault="007C20AC" w:rsidP="007C20AC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Executive session </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CLOSED </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G.L. c. 30A, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21(a)(7) to comply with G.L. c. 4, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>¶</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26(c) and G.L. c. 214, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1B – adhering to the public records law and to preserve the confidentiality of medical record information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; specifically, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F2760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Board will discuss and evaluate </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F2760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">request for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>an extension to complete application experience not within 60 months</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F2760F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A540522" w14:textId="77777777" w:rsidR="008F0598" w:rsidRPr="00614E16" w:rsidRDefault="008F0598" w:rsidP="001E760B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00015437">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01D22C77" w14:textId="77647384" w:rsidR="00FF57A3" w:rsidRDefault="00FF57A3" w:rsidP="00FF57A3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>CLOSED under G.L. c. 30A, § 18</w:t>
-[...15 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A3093F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">Investigative </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A3093F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Investigative </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E2B49">
+        <w:t xml:space="preserve">onference </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A3093F">
+        <w:t xml:space="preserve">CLOSED </w:t>
+      </w:r>
+      <w:r w:rsidR="00453047">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">onference </w:t>
+        <w:t>under</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">CLOSED </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00453047">
+        <w:t xml:space="preserve"> G.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336DB5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>under</w:t>
+        <w:t xml:space="preserve">L. c. 112, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> G.</w:t>
+        <w:t>§</w:t>
       </w:r>
       <w:r w:rsidRPr="00336DB5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">L. c. 112, </w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 65C</w:t>
-      </w:r>
-[...173 lines deleted...]
-        <w:t xml:space="preserve"> medical records and information of patients.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77BD84A6" w14:textId="77777777" w:rsidR="00CA2A3D" w:rsidRPr="00976B6B" w:rsidRDefault="00CA2A3D" w:rsidP="008F0598">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="557A8B37" w14:textId="7B394A80" w:rsidR="00033154" w:rsidRDefault="00FF57A3" w:rsidP="00453047">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Adjournment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34196AED" w14:textId="77777777" w:rsidR="004E2F69" w:rsidRDefault="004E2F69" w:rsidP="00453047">
+    <w:p w14:paraId="7B7F4773" w14:textId="77777777" w:rsidR="00370D30" w:rsidRDefault="00370D30" w:rsidP="00453047">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E8BEA01" w14:textId="66FB9F7B" w:rsidR="00EA18C6" w:rsidRPr="00B327D1" w:rsidRDefault="00EA18C6" w:rsidP="00B327D1">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066176D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you need reasonable accommodations to participate in the meeting, contact the DPH ADA Coordinator </w:t>
       </w:r>
       <w:r w:rsidR="00A43412">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Stacy Hart</w:t>
       </w:r>
       <w:r w:rsidRPr="0066176D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:r w:rsidR="00A43412">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>stacy.hart</w:t>
       </w:r>
       <w:r w:rsidRPr="0066176D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>@mass.gov in advance of the meeting.  While the Board will do its best to accommodate you, certain accommodations may require distinctive requests or the hiring of outside contractors and may not be available if requested immediately before the meeting.</w:t>
+        <w:t xml:space="preserve">@mass.gov in advance of the meeting.  While the Board will do its best to accommodate you, certain </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0066176D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>accommodations</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0066176D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may require distinctive requests or the hiring of outside contractors and may not be available if requested immediately before the meeting.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EA18C6" w:rsidRPr="00B327D1">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B81C926" w14:textId="77777777" w:rsidR="00F86706" w:rsidRDefault="00F86706" w:rsidP="00B113EF">
+    <w:p w14:paraId="721EBAAA" w14:textId="77777777" w:rsidR="00B472D9" w:rsidRDefault="00B472D9" w:rsidP="00B113EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5784456D" w14:textId="77777777" w:rsidR="00F86706" w:rsidRDefault="00F86706" w:rsidP="00B113EF">
+    <w:p w14:paraId="3C2F3E27" w14:textId="77777777" w:rsidR="00B472D9" w:rsidRDefault="00B472D9" w:rsidP="00B113EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Rounded MT Bold">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020F0704030504030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="LinePrinter">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B0F9BE9" w14:textId="77777777" w:rsidR="00F86706" w:rsidRDefault="00F86706" w:rsidP="00B113EF">
+    <w:p w14:paraId="4A6F07A4" w14:textId="77777777" w:rsidR="00B472D9" w:rsidRDefault="00B472D9" w:rsidP="00B113EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="779B4342" w14:textId="77777777" w:rsidR="00F86706" w:rsidRDefault="00F86706" w:rsidP="00B113EF">
+    <w:p w14:paraId="28F2EA45" w14:textId="77777777" w:rsidR="00B472D9" w:rsidRDefault="00B472D9" w:rsidP="00B113EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="019A1C8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27A68F96"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -3756,64 +3718,64 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="230124D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C504C84E"/>
+    <w:tmpl w:val="56CAF750"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -4999,51 +4961,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E4F244E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F6827E6C"/>
+    <w:tmpl w:val="53BCA438"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
@@ -7888,459 +7850,473 @@
   </w:num>
   <w:num w:numId="41" w16cid:durableId="924385967">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="267084622">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="814637761">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1316226558">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="753666261">
     <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="97257656">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D77A6"/>
     <w:rsid w:val="00000859"/>
     <w:rsid w:val="0000218B"/>
     <w:rsid w:val="00002437"/>
     <w:rsid w:val="00007E40"/>
     <w:rsid w:val="0001241E"/>
     <w:rsid w:val="00016964"/>
     <w:rsid w:val="00020FB3"/>
     <w:rsid w:val="00022EB1"/>
     <w:rsid w:val="00024707"/>
     <w:rsid w:val="00027C76"/>
     <w:rsid w:val="00027D65"/>
+    <w:rsid w:val="000307FE"/>
     <w:rsid w:val="0003160A"/>
     <w:rsid w:val="0003227B"/>
     <w:rsid w:val="00033154"/>
     <w:rsid w:val="000341B7"/>
     <w:rsid w:val="00042048"/>
     <w:rsid w:val="000537DA"/>
     <w:rsid w:val="00054825"/>
     <w:rsid w:val="00062706"/>
     <w:rsid w:val="00072119"/>
     <w:rsid w:val="00072CA1"/>
     <w:rsid w:val="00073030"/>
     <w:rsid w:val="000807CD"/>
     <w:rsid w:val="0008320F"/>
     <w:rsid w:val="0008645B"/>
     <w:rsid w:val="000877A9"/>
     <w:rsid w:val="0009668F"/>
     <w:rsid w:val="000A1DE1"/>
     <w:rsid w:val="000A7E0B"/>
     <w:rsid w:val="000B1A0B"/>
     <w:rsid w:val="000B4B1E"/>
     <w:rsid w:val="000B7D96"/>
     <w:rsid w:val="000C067A"/>
     <w:rsid w:val="000C28B0"/>
     <w:rsid w:val="000C2B8C"/>
     <w:rsid w:val="000C5206"/>
     <w:rsid w:val="000D5F11"/>
     <w:rsid w:val="000D6299"/>
     <w:rsid w:val="000E06F5"/>
     <w:rsid w:val="000E0ECF"/>
     <w:rsid w:val="000E13D9"/>
     <w:rsid w:val="000F315B"/>
     <w:rsid w:val="000F52B5"/>
     <w:rsid w:val="00101DBA"/>
     <w:rsid w:val="00106EFB"/>
     <w:rsid w:val="001125C0"/>
     <w:rsid w:val="00113029"/>
     <w:rsid w:val="00127871"/>
     <w:rsid w:val="00131A6E"/>
     <w:rsid w:val="0014246F"/>
     <w:rsid w:val="0014735B"/>
     <w:rsid w:val="0015268B"/>
     <w:rsid w:val="00153ECC"/>
-    <w:rsid w:val="00170F9A"/>
     <w:rsid w:val="0017170D"/>
     <w:rsid w:val="001723B0"/>
     <w:rsid w:val="00177C77"/>
     <w:rsid w:val="001821F9"/>
     <w:rsid w:val="0018572C"/>
+    <w:rsid w:val="0019002C"/>
     <w:rsid w:val="0019057A"/>
     <w:rsid w:val="001947CF"/>
     <w:rsid w:val="00196C53"/>
     <w:rsid w:val="001A0460"/>
     <w:rsid w:val="001A2EE7"/>
-    <w:rsid w:val="001B079C"/>
     <w:rsid w:val="001B13CD"/>
     <w:rsid w:val="001B2492"/>
     <w:rsid w:val="001B6693"/>
     <w:rsid w:val="001B66FC"/>
     <w:rsid w:val="001C1426"/>
     <w:rsid w:val="001C5381"/>
     <w:rsid w:val="001C6C99"/>
     <w:rsid w:val="001D44F1"/>
     <w:rsid w:val="001D4659"/>
     <w:rsid w:val="001D6308"/>
     <w:rsid w:val="001D7DD3"/>
     <w:rsid w:val="001E460D"/>
+    <w:rsid w:val="001E760B"/>
     <w:rsid w:val="001F1139"/>
     <w:rsid w:val="001F3EF8"/>
     <w:rsid w:val="00211EDF"/>
     <w:rsid w:val="0021510E"/>
     <w:rsid w:val="0021698C"/>
     <w:rsid w:val="00220F06"/>
     <w:rsid w:val="00227F98"/>
     <w:rsid w:val="0023306B"/>
     <w:rsid w:val="002422ED"/>
     <w:rsid w:val="00260D54"/>
     <w:rsid w:val="00263F2B"/>
     <w:rsid w:val="00264FAB"/>
     <w:rsid w:val="00270956"/>
     <w:rsid w:val="00272011"/>
     <w:rsid w:val="00274317"/>
     <w:rsid w:val="00274CAE"/>
     <w:rsid w:val="00276957"/>
     <w:rsid w:val="00276DCC"/>
     <w:rsid w:val="00280BAF"/>
     <w:rsid w:val="00285A41"/>
-    <w:rsid w:val="00294C2A"/>
     <w:rsid w:val="00294D2B"/>
     <w:rsid w:val="002A132F"/>
     <w:rsid w:val="002A3D51"/>
     <w:rsid w:val="002A6F66"/>
     <w:rsid w:val="002B6FE1"/>
     <w:rsid w:val="002B7CD7"/>
     <w:rsid w:val="002C5951"/>
     <w:rsid w:val="002C6E3F"/>
     <w:rsid w:val="002D1C21"/>
     <w:rsid w:val="002D5981"/>
+    <w:rsid w:val="002D6641"/>
     <w:rsid w:val="002E33A6"/>
     <w:rsid w:val="002E531B"/>
     <w:rsid w:val="002E61EF"/>
     <w:rsid w:val="002E68FC"/>
     <w:rsid w:val="002E696A"/>
     <w:rsid w:val="002E7C4D"/>
     <w:rsid w:val="002F2184"/>
+    <w:rsid w:val="002F5287"/>
     <w:rsid w:val="002F7A24"/>
     <w:rsid w:val="00300E87"/>
     <w:rsid w:val="00301022"/>
+    <w:rsid w:val="003011DE"/>
     <w:rsid w:val="003015AD"/>
     <w:rsid w:val="003111AE"/>
     <w:rsid w:val="003126C4"/>
     <w:rsid w:val="00321D47"/>
     <w:rsid w:val="00323EF5"/>
     <w:rsid w:val="00323FEF"/>
     <w:rsid w:val="00324EDB"/>
     <w:rsid w:val="003300DC"/>
     <w:rsid w:val="00332C27"/>
     <w:rsid w:val="0034330C"/>
     <w:rsid w:val="003458CB"/>
     <w:rsid w:val="00346285"/>
     <w:rsid w:val="00347A73"/>
     <w:rsid w:val="003566A6"/>
     <w:rsid w:val="003610DB"/>
     <w:rsid w:val="003619F5"/>
     <w:rsid w:val="00361D40"/>
     <w:rsid w:val="00366097"/>
     <w:rsid w:val="003670BA"/>
     <w:rsid w:val="00370055"/>
+    <w:rsid w:val="00370D30"/>
     <w:rsid w:val="003728F0"/>
     <w:rsid w:val="00375EAD"/>
     <w:rsid w:val="0037632C"/>
     <w:rsid w:val="00384A12"/>
     <w:rsid w:val="00385812"/>
     <w:rsid w:val="00391CD2"/>
     <w:rsid w:val="00392D0B"/>
     <w:rsid w:val="003973D8"/>
     <w:rsid w:val="00397719"/>
     <w:rsid w:val="003A6814"/>
     <w:rsid w:val="003A7AFC"/>
     <w:rsid w:val="003B4BFD"/>
     <w:rsid w:val="003B7A05"/>
     <w:rsid w:val="003C60EF"/>
     <w:rsid w:val="003D0C43"/>
     <w:rsid w:val="003D257A"/>
     <w:rsid w:val="003D25E9"/>
     <w:rsid w:val="003D79A6"/>
     <w:rsid w:val="003E573E"/>
     <w:rsid w:val="003E6FB3"/>
     <w:rsid w:val="003E7422"/>
+    <w:rsid w:val="003F63D0"/>
     <w:rsid w:val="003F64B7"/>
     <w:rsid w:val="003F7722"/>
     <w:rsid w:val="003F78D3"/>
     <w:rsid w:val="0040749C"/>
     <w:rsid w:val="00412A4E"/>
     <w:rsid w:val="00413681"/>
     <w:rsid w:val="00421EEE"/>
     <w:rsid w:val="00423CF2"/>
     <w:rsid w:val="00424E74"/>
     <w:rsid w:val="004500BE"/>
     <w:rsid w:val="00453047"/>
     <w:rsid w:val="0045339A"/>
     <w:rsid w:val="00457208"/>
     <w:rsid w:val="00461BE6"/>
     <w:rsid w:val="00471688"/>
     <w:rsid w:val="00473BA0"/>
     <w:rsid w:val="004813AC"/>
     <w:rsid w:val="004846B1"/>
     <w:rsid w:val="004901B4"/>
     <w:rsid w:val="004A1582"/>
     <w:rsid w:val="004A45CA"/>
     <w:rsid w:val="004B1463"/>
     <w:rsid w:val="004B3112"/>
     <w:rsid w:val="004B37A0"/>
     <w:rsid w:val="004B396C"/>
     <w:rsid w:val="004B5B75"/>
     <w:rsid w:val="004B5CFB"/>
     <w:rsid w:val="004B7D89"/>
     <w:rsid w:val="004C2AEC"/>
     <w:rsid w:val="004C474E"/>
     <w:rsid w:val="004C5A2E"/>
     <w:rsid w:val="004D3478"/>
     <w:rsid w:val="004D6B39"/>
     <w:rsid w:val="004E0633"/>
     <w:rsid w:val="004E0C3F"/>
     <w:rsid w:val="004E28F6"/>
     <w:rsid w:val="004E2F69"/>
     <w:rsid w:val="004E3D36"/>
     <w:rsid w:val="004E506D"/>
     <w:rsid w:val="004E76B3"/>
     <w:rsid w:val="004F09EC"/>
     <w:rsid w:val="004F19BC"/>
     <w:rsid w:val="005015FD"/>
     <w:rsid w:val="00505378"/>
+    <w:rsid w:val="005126B3"/>
     <w:rsid w:val="00512956"/>
     <w:rsid w:val="005152B1"/>
     <w:rsid w:val="005166C6"/>
     <w:rsid w:val="00530145"/>
     <w:rsid w:val="005327D0"/>
     <w:rsid w:val="005333D0"/>
     <w:rsid w:val="00540EFC"/>
+    <w:rsid w:val="0054396B"/>
     <w:rsid w:val="005448AA"/>
     <w:rsid w:val="005506E0"/>
     <w:rsid w:val="00563237"/>
     <w:rsid w:val="0057159A"/>
     <w:rsid w:val="005725A4"/>
     <w:rsid w:val="005743ED"/>
     <w:rsid w:val="005803E9"/>
     <w:rsid w:val="00580B20"/>
-    <w:rsid w:val="00583933"/>
     <w:rsid w:val="00584D43"/>
     <w:rsid w:val="005853FA"/>
     <w:rsid w:val="00587D08"/>
     <w:rsid w:val="00596B5C"/>
     <w:rsid w:val="005A5C26"/>
     <w:rsid w:val="005A5E0D"/>
+    <w:rsid w:val="005A7F61"/>
     <w:rsid w:val="005B4DCD"/>
     <w:rsid w:val="005C12D3"/>
     <w:rsid w:val="005C4FDA"/>
     <w:rsid w:val="005D0E67"/>
     <w:rsid w:val="005D2D41"/>
     <w:rsid w:val="005D77B6"/>
     <w:rsid w:val="005E2B49"/>
     <w:rsid w:val="005E58BF"/>
     <w:rsid w:val="00601085"/>
     <w:rsid w:val="00601ABC"/>
     <w:rsid w:val="00603A83"/>
     <w:rsid w:val="00622237"/>
     <w:rsid w:val="006272ED"/>
     <w:rsid w:val="00637E85"/>
     <w:rsid w:val="00643262"/>
+    <w:rsid w:val="00647523"/>
     <w:rsid w:val="006552C5"/>
     <w:rsid w:val="00661237"/>
     <w:rsid w:val="00664CBB"/>
     <w:rsid w:val="00667E86"/>
     <w:rsid w:val="006727D4"/>
     <w:rsid w:val="006810E7"/>
     <w:rsid w:val="006853D2"/>
+    <w:rsid w:val="0069016D"/>
     <w:rsid w:val="00693936"/>
     <w:rsid w:val="006A07DF"/>
     <w:rsid w:val="006A5DF4"/>
     <w:rsid w:val="006B0F75"/>
     <w:rsid w:val="006B7E79"/>
     <w:rsid w:val="006C3282"/>
     <w:rsid w:val="006C7BE0"/>
     <w:rsid w:val="006D03FD"/>
     <w:rsid w:val="006D06D9"/>
     <w:rsid w:val="006D2319"/>
     <w:rsid w:val="006D77A6"/>
     <w:rsid w:val="006E02EE"/>
     <w:rsid w:val="006E21F0"/>
     <w:rsid w:val="006E3AE9"/>
     <w:rsid w:val="006E6BFE"/>
     <w:rsid w:val="00702109"/>
+    <w:rsid w:val="00703695"/>
     <w:rsid w:val="00704567"/>
     <w:rsid w:val="00706886"/>
     <w:rsid w:val="007111C1"/>
     <w:rsid w:val="00716D99"/>
     <w:rsid w:val="00721BC1"/>
     <w:rsid w:val="00721C18"/>
     <w:rsid w:val="00721E98"/>
     <w:rsid w:val="007226DD"/>
     <w:rsid w:val="007245C8"/>
-    <w:rsid w:val="007255CF"/>
     <w:rsid w:val="0072610D"/>
     <w:rsid w:val="0072694A"/>
     <w:rsid w:val="00726A9C"/>
     <w:rsid w:val="00737D75"/>
     <w:rsid w:val="00740696"/>
     <w:rsid w:val="00740F02"/>
     <w:rsid w:val="007411D7"/>
     <w:rsid w:val="00741E19"/>
     <w:rsid w:val="00743D87"/>
     <w:rsid w:val="00757006"/>
+    <w:rsid w:val="00764745"/>
     <w:rsid w:val="00764811"/>
     <w:rsid w:val="007731DF"/>
     <w:rsid w:val="00773D44"/>
     <w:rsid w:val="0077431A"/>
     <w:rsid w:val="0078240E"/>
     <w:rsid w:val="007843BD"/>
     <w:rsid w:val="007862FF"/>
     <w:rsid w:val="00790879"/>
     <w:rsid w:val="00790E49"/>
     <w:rsid w:val="00794288"/>
     <w:rsid w:val="00797CA8"/>
     <w:rsid w:val="007A56A8"/>
     <w:rsid w:val="007A6F0E"/>
     <w:rsid w:val="007B3F4B"/>
     <w:rsid w:val="007B7347"/>
+    <w:rsid w:val="007C20AC"/>
     <w:rsid w:val="007C4097"/>
     <w:rsid w:val="007C5598"/>
     <w:rsid w:val="007D07F6"/>
     <w:rsid w:val="007D10F3"/>
     <w:rsid w:val="007D65E0"/>
     <w:rsid w:val="007D6AB8"/>
     <w:rsid w:val="007D74E9"/>
     <w:rsid w:val="007E772C"/>
     <w:rsid w:val="007F2B01"/>
     <w:rsid w:val="007F2F5C"/>
     <w:rsid w:val="007F3CDB"/>
     <w:rsid w:val="007F49A2"/>
     <w:rsid w:val="007F53F5"/>
     <w:rsid w:val="007F5A89"/>
     <w:rsid w:val="0080203D"/>
     <w:rsid w:val="0081767F"/>
     <w:rsid w:val="00821EDD"/>
     <w:rsid w:val="008224E7"/>
     <w:rsid w:val="0082267E"/>
     <w:rsid w:val="0082373D"/>
     <w:rsid w:val="00832BFA"/>
     <w:rsid w:val="008330FD"/>
+    <w:rsid w:val="00836299"/>
     <w:rsid w:val="008373D7"/>
+    <w:rsid w:val="00843BAE"/>
     <w:rsid w:val="00850A48"/>
     <w:rsid w:val="008560FF"/>
     <w:rsid w:val="00856E2F"/>
     <w:rsid w:val="008576D5"/>
     <w:rsid w:val="0086040E"/>
     <w:rsid w:val="00863A0F"/>
+    <w:rsid w:val="008654E0"/>
     <w:rsid w:val="0087375C"/>
     <w:rsid w:val="00876158"/>
     <w:rsid w:val="008862C8"/>
     <w:rsid w:val="008877AD"/>
     <w:rsid w:val="00887CCE"/>
     <w:rsid w:val="00894812"/>
     <w:rsid w:val="008A2E33"/>
     <w:rsid w:val="008B1E9E"/>
     <w:rsid w:val="008B3EEE"/>
     <w:rsid w:val="008B640C"/>
     <w:rsid w:val="008B67BC"/>
     <w:rsid w:val="008C126D"/>
     <w:rsid w:val="008C54FC"/>
     <w:rsid w:val="008D6E44"/>
     <w:rsid w:val="008E259F"/>
     <w:rsid w:val="008F0598"/>
     <w:rsid w:val="008F46B9"/>
     <w:rsid w:val="008F522E"/>
     <w:rsid w:val="008F6035"/>
     <w:rsid w:val="00910BF6"/>
     <w:rsid w:val="00910D45"/>
     <w:rsid w:val="009154E7"/>
-    <w:rsid w:val="0092007A"/>
-    <w:rsid w:val="009404F3"/>
     <w:rsid w:val="00940731"/>
     <w:rsid w:val="00940B4C"/>
     <w:rsid w:val="00946D0F"/>
     <w:rsid w:val="00950736"/>
     <w:rsid w:val="0095140E"/>
-    <w:rsid w:val="00951FF9"/>
     <w:rsid w:val="00953FC4"/>
     <w:rsid w:val="009546B0"/>
     <w:rsid w:val="00957AF1"/>
     <w:rsid w:val="00960F61"/>
     <w:rsid w:val="00962ADF"/>
     <w:rsid w:val="00966015"/>
     <w:rsid w:val="0097007A"/>
     <w:rsid w:val="0097060E"/>
     <w:rsid w:val="009730E5"/>
     <w:rsid w:val="009744D6"/>
     <w:rsid w:val="00976B6B"/>
+    <w:rsid w:val="00976CCA"/>
     <w:rsid w:val="0097780A"/>
     <w:rsid w:val="00980045"/>
     <w:rsid w:val="009908FF"/>
     <w:rsid w:val="0099476F"/>
     <w:rsid w:val="00995505"/>
     <w:rsid w:val="0099569D"/>
     <w:rsid w:val="00995C13"/>
     <w:rsid w:val="009961DE"/>
     <w:rsid w:val="009A4428"/>
     <w:rsid w:val="009B13D3"/>
     <w:rsid w:val="009B2FFC"/>
     <w:rsid w:val="009B3528"/>
     <w:rsid w:val="009B4339"/>
     <w:rsid w:val="009B656B"/>
     <w:rsid w:val="009B7BA5"/>
     <w:rsid w:val="009C4428"/>
     <w:rsid w:val="009C4E38"/>
     <w:rsid w:val="009C632A"/>
+    <w:rsid w:val="009D2F06"/>
     <w:rsid w:val="009D48CD"/>
     <w:rsid w:val="009E4F5E"/>
     <w:rsid w:val="009F49F8"/>
     <w:rsid w:val="009F722C"/>
     <w:rsid w:val="00A013F7"/>
     <w:rsid w:val="00A02671"/>
     <w:rsid w:val="00A05ADE"/>
     <w:rsid w:val="00A11900"/>
     <w:rsid w:val="00A14782"/>
     <w:rsid w:val="00A14B02"/>
     <w:rsid w:val="00A157A4"/>
     <w:rsid w:val="00A21F4D"/>
     <w:rsid w:val="00A40AA6"/>
     <w:rsid w:val="00A42D99"/>
     <w:rsid w:val="00A42FC4"/>
     <w:rsid w:val="00A43412"/>
     <w:rsid w:val="00A45AE8"/>
     <w:rsid w:val="00A47676"/>
     <w:rsid w:val="00A51988"/>
     <w:rsid w:val="00A603BA"/>
     <w:rsid w:val="00A621C1"/>
     <w:rsid w:val="00A62C54"/>
     <w:rsid w:val="00A65101"/>
     <w:rsid w:val="00A82A4D"/>
     <w:rsid w:val="00A82CEC"/>
@@ -8354,231 +8330,245 @@
     <w:rsid w:val="00AC22E9"/>
     <w:rsid w:val="00AC2B33"/>
     <w:rsid w:val="00AC3274"/>
     <w:rsid w:val="00AC4BF6"/>
     <w:rsid w:val="00AD32F8"/>
     <w:rsid w:val="00AD68D8"/>
     <w:rsid w:val="00AE268A"/>
     <w:rsid w:val="00AE33D9"/>
     <w:rsid w:val="00AE36B0"/>
     <w:rsid w:val="00AF2F87"/>
     <w:rsid w:val="00B067E4"/>
     <w:rsid w:val="00B113EF"/>
     <w:rsid w:val="00B119FD"/>
     <w:rsid w:val="00B1522A"/>
     <w:rsid w:val="00B21878"/>
     <w:rsid w:val="00B22A62"/>
     <w:rsid w:val="00B242DF"/>
     <w:rsid w:val="00B30F06"/>
     <w:rsid w:val="00B3235F"/>
     <w:rsid w:val="00B327D1"/>
     <w:rsid w:val="00B37128"/>
     <w:rsid w:val="00B403BF"/>
     <w:rsid w:val="00B41F43"/>
     <w:rsid w:val="00B44A37"/>
     <w:rsid w:val="00B456D1"/>
+    <w:rsid w:val="00B472D9"/>
     <w:rsid w:val="00B5072D"/>
+    <w:rsid w:val="00B518DA"/>
     <w:rsid w:val="00B5381D"/>
     <w:rsid w:val="00B5553F"/>
+    <w:rsid w:val="00B57325"/>
     <w:rsid w:val="00B57A30"/>
     <w:rsid w:val="00B608D9"/>
     <w:rsid w:val="00B613B0"/>
     <w:rsid w:val="00B61F38"/>
     <w:rsid w:val="00B6431F"/>
     <w:rsid w:val="00B6629D"/>
     <w:rsid w:val="00B737E4"/>
     <w:rsid w:val="00B83449"/>
     <w:rsid w:val="00B83AE6"/>
     <w:rsid w:val="00B84AF0"/>
     <w:rsid w:val="00B943B7"/>
     <w:rsid w:val="00BA05A1"/>
     <w:rsid w:val="00BA4055"/>
     <w:rsid w:val="00BA5DD8"/>
     <w:rsid w:val="00BA7FB6"/>
     <w:rsid w:val="00BB69B8"/>
     <w:rsid w:val="00BC72DC"/>
     <w:rsid w:val="00BD45F0"/>
     <w:rsid w:val="00BE1C3B"/>
     <w:rsid w:val="00BE1E96"/>
     <w:rsid w:val="00BE307D"/>
+    <w:rsid w:val="00BE736C"/>
+    <w:rsid w:val="00BE7C1F"/>
     <w:rsid w:val="00BF226E"/>
     <w:rsid w:val="00C000DC"/>
     <w:rsid w:val="00C000E9"/>
     <w:rsid w:val="00C04BCD"/>
     <w:rsid w:val="00C07B46"/>
     <w:rsid w:val="00C141F8"/>
     <w:rsid w:val="00C14E12"/>
     <w:rsid w:val="00C15E8E"/>
     <w:rsid w:val="00C16B78"/>
     <w:rsid w:val="00C20BFE"/>
     <w:rsid w:val="00C2701B"/>
     <w:rsid w:val="00C2731D"/>
     <w:rsid w:val="00C30542"/>
     <w:rsid w:val="00C34F43"/>
     <w:rsid w:val="00C350E1"/>
     <w:rsid w:val="00C35C00"/>
     <w:rsid w:val="00C36D3B"/>
     <w:rsid w:val="00C41E7A"/>
-    <w:rsid w:val="00C43643"/>
     <w:rsid w:val="00C46D29"/>
     <w:rsid w:val="00C51456"/>
     <w:rsid w:val="00C56E9D"/>
     <w:rsid w:val="00C6004A"/>
     <w:rsid w:val="00C619B1"/>
     <w:rsid w:val="00C70424"/>
     <w:rsid w:val="00C722E9"/>
     <w:rsid w:val="00C749ED"/>
     <w:rsid w:val="00C75AB6"/>
     <w:rsid w:val="00C75E50"/>
     <w:rsid w:val="00C76FAB"/>
     <w:rsid w:val="00C77346"/>
     <w:rsid w:val="00C95315"/>
     <w:rsid w:val="00CA2A3D"/>
     <w:rsid w:val="00CA2CF9"/>
     <w:rsid w:val="00CA664A"/>
     <w:rsid w:val="00CA6AB0"/>
     <w:rsid w:val="00CA757D"/>
     <w:rsid w:val="00CA768B"/>
     <w:rsid w:val="00CB3814"/>
     <w:rsid w:val="00CB3CB0"/>
     <w:rsid w:val="00CC1778"/>
     <w:rsid w:val="00CE096B"/>
     <w:rsid w:val="00CE13A3"/>
     <w:rsid w:val="00CE575B"/>
     <w:rsid w:val="00CE663E"/>
     <w:rsid w:val="00CF078D"/>
     <w:rsid w:val="00CF2C95"/>
     <w:rsid w:val="00CF2CD4"/>
     <w:rsid w:val="00CF3DE8"/>
     <w:rsid w:val="00D00AFA"/>
     <w:rsid w:val="00D0485F"/>
     <w:rsid w:val="00D0493F"/>
     <w:rsid w:val="00D0714D"/>
     <w:rsid w:val="00D10BE7"/>
     <w:rsid w:val="00D1184B"/>
     <w:rsid w:val="00D11C71"/>
     <w:rsid w:val="00D1275B"/>
     <w:rsid w:val="00D17452"/>
     <w:rsid w:val="00D2077D"/>
     <w:rsid w:val="00D530C7"/>
     <w:rsid w:val="00D54DCE"/>
     <w:rsid w:val="00D55C3C"/>
     <w:rsid w:val="00D5650E"/>
     <w:rsid w:val="00D56F91"/>
     <w:rsid w:val="00D578A3"/>
     <w:rsid w:val="00D60F26"/>
     <w:rsid w:val="00D63882"/>
+    <w:rsid w:val="00D66A0B"/>
     <w:rsid w:val="00D74530"/>
     <w:rsid w:val="00D8105B"/>
     <w:rsid w:val="00D8671C"/>
     <w:rsid w:val="00D91390"/>
     <w:rsid w:val="00D92E5D"/>
     <w:rsid w:val="00D954A5"/>
     <w:rsid w:val="00D9790B"/>
     <w:rsid w:val="00D97D21"/>
     <w:rsid w:val="00DA335F"/>
     <w:rsid w:val="00DA57C3"/>
     <w:rsid w:val="00DB16E6"/>
     <w:rsid w:val="00DB5C40"/>
     <w:rsid w:val="00DC3855"/>
+    <w:rsid w:val="00DC6129"/>
     <w:rsid w:val="00DC7248"/>
     <w:rsid w:val="00DD5668"/>
     <w:rsid w:val="00DE2699"/>
     <w:rsid w:val="00DE3B57"/>
     <w:rsid w:val="00DE60D5"/>
     <w:rsid w:val="00DF0BF4"/>
     <w:rsid w:val="00DF21A5"/>
     <w:rsid w:val="00E007F4"/>
+    <w:rsid w:val="00E030DA"/>
     <w:rsid w:val="00E073E8"/>
+    <w:rsid w:val="00E0766B"/>
     <w:rsid w:val="00E12153"/>
     <w:rsid w:val="00E1529B"/>
     <w:rsid w:val="00E20B40"/>
     <w:rsid w:val="00E23398"/>
     <w:rsid w:val="00E242A8"/>
+    <w:rsid w:val="00E243CC"/>
     <w:rsid w:val="00E274B8"/>
     <w:rsid w:val="00E3274A"/>
     <w:rsid w:val="00E36F17"/>
     <w:rsid w:val="00E4168B"/>
     <w:rsid w:val="00E42117"/>
     <w:rsid w:val="00E43CF7"/>
     <w:rsid w:val="00E44545"/>
     <w:rsid w:val="00E4503D"/>
     <w:rsid w:val="00E4762B"/>
     <w:rsid w:val="00E50096"/>
     <w:rsid w:val="00E508F2"/>
     <w:rsid w:val="00E52E7C"/>
     <w:rsid w:val="00E61D2E"/>
     <w:rsid w:val="00E6298D"/>
     <w:rsid w:val="00E632EF"/>
     <w:rsid w:val="00E64A91"/>
     <w:rsid w:val="00E66EBE"/>
     <w:rsid w:val="00E7045B"/>
     <w:rsid w:val="00E711A9"/>
     <w:rsid w:val="00E72707"/>
+    <w:rsid w:val="00E80702"/>
     <w:rsid w:val="00E821AA"/>
     <w:rsid w:val="00E8469D"/>
     <w:rsid w:val="00E957E2"/>
     <w:rsid w:val="00EA18C6"/>
+    <w:rsid w:val="00EA24AB"/>
     <w:rsid w:val="00EA30F5"/>
     <w:rsid w:val="00EA6345"/>
     <w:rsid w:val="00EA68E1"/>
     <w:rsid w:val="00EB1ABF"/>
     <w:rsid w:val="00EB5C9D"/>
     <w:rsid w:val="00EC09B7"/>
+    <w:rsid w:val="00EC0EEB"/>
     <w:rsid w:val="00EC0F0F"/>
     <w:rsid w:val="00EC11E8"/>
+    <w:rsid w:val="00EC1A92"/>
     <w:rsid w:val="00EC2523"/>
     <w:rsid w:val="00EC403E"/>
     <w:rsid w:val="00ED552B"/>
     <w:rsid w:val="00ED612D"/>
     <w:rsid w:val="00EE515D"/>
     <w:rsid w:val="00EF43AA"/>
     <w:rsid w:val="00F0586E"/>
     <w:rsid w:val="00F05FB3"/>
     <w:rsid w:val="00F0634C"/>
     <w:rsid w:val="00F139C4"/>
     <w:rsid w:val="00F14189"/>
     <w:rsid w:val="00F14829"/>
     <w:rsid w:val="00F14F91"/>
     <w:rsid w:val="00F207BA"/>
     <w:rsid w:val="00F20D58"/>
     <w:rsid w:val="00F26159"/>
+    <w:rsid w:val="00F26406"/>
     <w:rsid w:val="00F26DE7"/>
     <w:rsid w:val="00F2760F"/>
     <w:rsid w:val="00F43932"/>
     <w:rsid w:val="00F518BC"/>
     <w:rsid w:val="00F5245D"/>
     <w:rsid w:val="00F544BD"/>
     <w:rsid w:val="00F62AC3"/>
     <w:rsid w:val="00F62C05"/>
     <w:rsid w:val="00F66368"/>
     <w:rsid w:val="00F73AFD"/>
     <w:rsid w:val="00F82BD3"/>
     <w:rsid w:val="00F83F5C"/>
-    <w:rsid w:val="00F86706"/>
     <w:rsid w:val="00F90828"/>
     <w:rsid w:val="00F91AEC"/>
+    <w:rsid w:val="00F91BAF"/>
     <w:rsid w:val="00F95CE4"/>
     <w:rsid w:val="00FA45B3"/>
     <w:rsid w:val="00FA575E"/>
     <w:rsid w:val="00FA7BC3"/>
     <w:rsid w:val="00FA7DFC"/>
     <w:rsid w:val="00FB25EB"/>
     <w:rsid w:val="00FB3C0C"/>
     <w:rsid w:val="00FC2616"/>
     <w:rsid w:val="00FC63D9"/>
     <w:rsid w:val="00FC6B42"/>
     <w:rsid w:val="00FD66F1"/>
     <w:rsid w:val="00FD774E"/>
     <w:rsid w:val="00FD7C95"/>
     <w:rsid w:val="00FE0FCB"/>
     <w:rsid w:val="00FE3A33"/>
     <w:rsid w:val="00FE5756"/>
     <w:rsid w:val="00FF57A3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -9533,58 +9523,56 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B0F2FAA928F6D64BB16ED70B5ACF963F" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="877bd3fb08ef6011f3b79d8bdcb87a43">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ae916ade-957f-4a2f-93c3-592a84a0e75c" xmlns:ns3="e10e4db1-d899-403d-9807-651178ead3da" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6239b1d85b41d22f2dbfb1cea51af504" ns2:_="" ns3:_="">
     <xsd:import namespace="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
     <xsd:import namespace="e10e4db1-d899-403d-9807-651178ead3da"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -9767,134 +9755,136 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e10e4db1-d899-403d-9807-651178ead3da"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ae916ade-957f-4a2f-93c3-592a84a0e75c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92DF697D-129A-4519-ADA2-18B1B363A784}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1FC13ED-9ACC-4689-9EBE-D1CEF212FA91}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E00FE09-04B5-4F2D-BE35-4F00C3FBD9A1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61B595B0-96E8-4711-AA41-147197B02448}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
     <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E00FE09-04B5-4F2D-BE35-4F00C3FBD9A1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1FC13ED-9ACC-4689-9EBE-D1CEF212FA91}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
+    <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>DPH Letterhead</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>281</Words>
-  <Characters>1781</Characters>
+  <Words>274</Words>
+  <Characters>1566</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2058</CharactersWithSpaces>
+  <CharactersWithSpaces>1837</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title> </dc:title>
   <dc:subject/>
   <dc:creator>Kyle Marshall</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>