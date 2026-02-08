--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -715,75 +715,75 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00446D1B">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MEETING AGENDA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="349F211B" w14:textId="77777777" w:rsidR="00183D33" w:rsidRPr="00706C39" w:rsidRDefault="00183D33" w:rsidP="00183D33">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57C5CA85" w14:textId="0B3C2A28" w:rsidR="00183D33" w:rsidRPr="00706C39" w:rsidRDefault="00183D33" w:rsidP="008C438C">
+    <w:p w14:paraId="57C5CA85" w14:textId="6B882B9D" w:rsidR="00183D33" w:rsidRPr="00706C39" w:rsidRDefault="00183D33" w:rsidP="008C438C">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00706C39">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="00706C39">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B41B3D">
-[...3 lines deleted...]
-        <w:t>October 28</w:t>
+      <w:r w:rsidR="00A04717">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>November 18</w:t>
       </w:r>
       <w:r w:rsidR="003D4C6A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B87C1C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="006B007E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -915,122 +915,122 @@
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>egins</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F1778E" w14:textId="77777777" w:rsidR="00183D33" w:rsidRDefault="00183D33" w:rsidP="00183D33">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="0" w:name="_Hlk131429865"/>
     <w:bookmarkStart w:id="1" w:name="_Hlk151450456"/>
-    <w:p w14:paraId="397D77AE" w14:textId="3882D63B" w:rsidR="00AD48E5" w:rsidRDefault="00987968" w:rsidP="00AD48E5">
+    <w:p w14:paraId="397D77AE" w14:textId="30C6A739" w:rsidR="00AD48E5" w:rsidRDefault="00CE1632" w:rsidP="00AD48E5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:instrText>HYPERLINK "https://eohhs.webex.com/eohhs/j.php?MTID=md5b78108b59ac57907cdbbba5453a660"</w:instrText>
+        <w:instrText>HYPERLINK "https://eohhs.webex.com/eohhs/j.php?MTID=m3dee85c13d7641b681225ebc7d623d5c"</w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD48E5" w:rsidRPr="00987968">
+      <w:r w:rsidR="00AD48E5" w:rsidRPr="00CE1632">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cisco Webex Videoconference</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D65250E" w14:textId="77777777" w:rsidR="00AD48E5" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="4C4B5191" w14:textId="35C05390" w:rsidR="00AD48E5" w:rsidRPr="0014735B" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
+    <w:p w14:paraId="4C4B5191" w14:textId="35B7D715" w:rsidR="00AD48E5" w:rsidRPr="0014735B" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Webinar</w:t>
       </w:r>
       <w:r w:rsidRPr="0014735B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1044,285 +1044,285 @@
       </w:r>
       <w:r w:rsidRPr="0014735B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>umber:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00987968" w:rsidRPr="00987968">
-[...5 lines deleted...]
-        <w:t>2539 522 2613</w:t>
+      <w:r w:rsidR="00CE1632" w:rsidRPr="00CE1632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2533 700 5948</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00850C75" w14:textId="1BD8AC01" w:rsidR="00AD48E5" w:rsidRPr="0014735B" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
+    <w:p w14:paraId="00850C75" w14:textId="49D0E733" w:rsidR="00AD48E5" w:rsidRPr="0014735B" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0014735B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Password:</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Panelist </w:t>
-[...7 lines deleted...]
-        <w:t>Password:</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00987968" w:rsidRPr="00987968">
-[...5 lines deleted...]
-        <w:t>3f3bUFcJZX2 (33328325 from a phone)</w:t>
+      <w:r w:rsidR="00CE1632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CE1632" w:rsidRPr="00CE1632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mb3APmdkS62 (62327635 from a phone)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3BA3BF" w14:textId="77777777" w:rsidR="00AD48E5" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A05958E" w14:textId="6A87313E" w:rsidR="00AD48E5" w:rsidRDefault="00AD48E5" w:rsidP="00987968">
+    <w:p w14:paraId="0A05958E" w14:textId="0B4D1342" w:rsidR="00AD48E5" w:rsidRDefault="00AD48E5" w:rsidP="00325EC7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00987968">
+      <w:r w:rsidR="00325EC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00987968" w:rsidRPr="00987968">
+      <w:r w:rsidR="00325EC7" w:rsidRPr="00325EC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617</w:t>
       </w:r>
-      <w:r w:rsidR="00987968">
+      <w:r w:rsidR="00325EC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00987968" w:rsidRPr="00987968">
+      <w:r w:rsidR="00325EC7" w:rsidRPr="00325EC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">315-0704 </w:t>
       </w:r>
-      <w:r w:rsidR="00987968">
+      <w:r w:rsidR="00325EC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or (</w:t>
       </w:r>
-      <w:r w:rsidR="00987968" w:rsidRPr="00987968">
+      <w:r w:rsidR="00325EC7" w:rsidRPr="00325EC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>650</w:t>
       </w:r>
-      <w:r w:rsidR="00987968">
+      <w:r w:rsidR="00325EC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00987968" w:rsidRPr="00987968">
+      <w:r w:rsidR="00325EC7" w:rsidRPr="00325EC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">479-3208 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13472C49" w14:textId="0A00B705" w:rsidR="00AD48E5" w:rsidRPr="0014735B" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
+    <w:p w14:paraId="13472C49" w14:textId="40A27A87" w:rsidR="00AD48E5" w:rsidRPr="0014735B" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014735B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Access </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="0014735B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ode: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00987968" w:rsidRPr="00987968">
-[...5 lines deleted...]
-        <w:t>2539 522 2613</w:t>
+      <w:r w:rsidR="00325EC7" w:rsidRPr="00325EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2533 700 5948</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="66D902A8" w14:textId="633887D7" w:rsidR="00183D33" w:rsidRDefault="00183D33" w:rsidP="00183D33">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E47E476" w14:textId="7C0FE613" w:rsidR="00183D33" w:rsidRPr="00ED4D09" w:rsidRDefault="00183D33" w:rsidP="00183D33">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED4D09">
@@ -1401,94 +1401,116 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ote for </w:t>
       </w:r>
       <w:r w:rsidR="0074630D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ttendance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53704746" w14:textId="47FDA0D7" w:rsidR="00AD2D0E" w:rsidRDefault="00AD2D0E" w:rsidP="00AD2D0E">
+    <w:p w14:paraId="53704746" w14:textId="4724FBFF" w:rsidR="00AD2D0E" w:rsidRDefault="00AD2D0E" w:rsidP="00AD2D0E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005009AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Public meeting minutes of </w:t>
       </w:r>
-      <w:r w:rsidR="00B41B3D">
-[...5 lines deleted...]
-        <w:t>September 23</w:t>
+      <w:r w:rsidR="005C7B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>October 28</w:t>
       </w:r>
       <w:r w:rsidR="004378A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="005009AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – VOTE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A00343" w14:textId="1F8DA90B" w:rsidR="005C7B51" w:rsidRDefault="005C7B51" w:rsidP="00AD2D0E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Executive session minutes of October 28, 2025 – VOTE </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79E0B547" w14:textId="77777777" w:rsidR="00186C06" w:rsidRDefault="00186C06" w:rsidP="00964F8D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BCBDF0A" w14:textId="1A8F1C31" w:rsidR="00B41B3D" w:rsidRDefault="00491F11" w:rsidP="00964F8D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1520,72 +1542,81 @@
     </w:p>
     <w:p w14:paraId="73C4D29A" w14:textId="1B7EDCED" w:rsidR="00491F11" w:rsidRDefault="00645984" w:rsidP="00645984">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645984">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Eimy Urbaez, applicant for LCSW – VOTE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA75898" w14:textId="48E9C178" w:rsidR="00B41B3D" w:rsidRDefault="00B41B3D" w:rsidP="00B41B3D">
+    <w:p w14:paraId="2BA75898" w14:textId="4995ACCF" w:rsidR="00B41B3D" w:rsidRDefault="00B41B3D" w:rsidP="00B41B3D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Interview with former supervisor Melisa Canuto</w:t>
+        <w:t xml:space="preserve">Interview with </w:t>
+      </w:r>
+      <w:r w:rsidR="00997F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ani Rodriguez</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="078F87CD" w14:textId="34097819" w:rsidR="00645984" w:rsidRDefault="00070BAF" w:rsidP="00AB527B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Robert Bloom, applicant for LICSW – VOTE </w:t>
       </w:r>
@@ -1601,306 +1632,189 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Interview with former supervisor </w:t>
       </w:r>
       <w:r w:rsidRPr="00B41B3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kristin Phelan</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="5371F7B1" w14:textId="77777777" w:rsidR="00352087" w:rsidRPr="00352087" w:rsidRDefault="00352087" w:rsidP="00352087">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00352087">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alyssa Cochran-Coggiano, applicant for LCSW – VOTE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD900EC" w14:textId="6EF664EB" w:rsidR="00352087" w:rsidRDefault="00352087" w:rsidP="00352087">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Interview with Alyssa Cochran-Coggiano</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="4A1E8490" w14:textId="77777777" w:rsidR="00B41B3D" w:rsidRPr="00AB527B" w:rsidRDefault="00B41B3D" w:rsidP="00B41B3D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63A3C68E" w14:textId="6A55BFDE" w:rsidR="00491F11" w:rsidRDefault="00491F11" w:rsidP="00491F11">
+    <w:p w14:paraId="63A3C68E" w14:textId="5E9C23A5" w:rsidR="00491F11" w:rsidRDefault="00491F11" w:rsidP="00491F11">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Application review</w:t>
+        <w:t xml:space="preserve">Application review – </w:t>
       </w:r>
       <w:r w:rsidR="00107851">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>reference</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500B6BE4" w14:textId="0D2F27B1" w:rsidR="00107851" w:rsidRPr="00107851" w:rsidRDefault="00107851" w:rsidP="00107851">
+    <w:p w14:paraId="1A52EAD2" w14:textId="0257FD94" w:rsidR="00C57ABE" w:rsidRDefault="00107851" w:rsidP="00964F8D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="53"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00107851">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Alyssa Cochran-Coggiano, applicant for LCSW – VOTE </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Julie Lambert, applicant for LICSW – VOTE </w:t>
       </w:r>
-    </w:p>
-[...118 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="006B813E" w14:textId="77777777" w:rsidR="00783EE5" w:rsidRDefault="00783EE5" w:rsidP="00964F8D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7345F8B2" w14:textId="750FF65F" w:rsidR="002C2D79" w:rsidRDefault="002C2D79" w:rsidP="00964F8D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Correspondence</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09E94DED" w14:textId="77777777" w:rsidR="002C2D79" w:rsidRDefault="002C2D79" w:rsidP="002C2D79">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6.3.25 letter from NASW-MA re: ethics continuing education requirement </w:t>
@@ -1915,195 +1829,146 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58341190" w14:textId="0092935E" w:rsidR="00166649" w:rsidRDefault="00166649" w:rsidP="00964F8D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Monitoring</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70FD40E3" w14:textId="10E0738C" w:rsidR="002C23D0" w:rsidRDefault="002C23D0" w:rsidP="002C23D0">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="7C4A1A29" w14:textId="2B62A9F9" w:rsidR="00C32612" w:rsidRPr="00D939F6" w:rsidRDefault="00D939F6" w:rsidP="00D939F6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="49"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D939F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Meredith Bolden, </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alfonso Henderson, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="001078CD">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="00D939F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">onditional </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidRPr="001078CD">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="00D939F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">icensure </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="001078CD">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="00D939F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...60 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">greement, 2nd quarterly monitoring report – VOTE </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="39C2692B" w14:textId="7BEBDB6E" w:rsidR="00D37CD9" w:rsidRDefault="00183D33" w:rsidP="00183D33">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00040235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Open </w:t>
       </w:r>
       <w:r w:rsidR="0074630D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00040235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ession for </w:t>
       </w:r>
       <w:r w:rsidR="0074630D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -2249,51 +2114,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Comments from professional associations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27915E9B" w14:textId="77777777" w:rsidR="00783EE5" w:rsidRDefault="00783EE5" w:rsidP="00293D7E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="154220E8" w14:textId="156921E5" w:rsidR="009A1814" w:rsidRDefault="009A1814" w:rsidP="009A1814">
+    <w:p w14:paraId="154220E8" w14:textId="05041122" w:rsidR="009A1814" w:rsidRDefault="009A1814" w:rsidP="009A1814">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Executive session CLOSED under G.L. c. 30A, § 21(a)(1)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C44656">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2338,121 +2203,157 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidRPr="007E6728">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as required for licensure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and applications that involve medical records and information of patients.</w:t>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00F04B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">application that </w:t>
+      </w:r>
+      <w:r w:rsidR="00F04B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>involves</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> medical records and information of patients.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DA31AA6" w14:textId="77777777" w:rsidR="009A1814" w:rsidRDefault="009A1814" w:rsidP="00293D7E">
+    <w:p w14:paraId="07284316" w14:textId="77777777" w:rsidR="00C514B8" w:rsidRDefault="00C514B8" w:rsidP="00C514B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CBA7150" w14:textId="10A93A10" w:rsidR="005A0A29" w:rsidRPr="00293D7E" w:rsidRDefault="00183D33" w:rsidP="00293D7E">
+    <w:p w14:paraId="2EA268D4" w14:textId="77777777" w:rsidR="00C514B8" w:rsidRPr="00293D7E" w:rsidRDefault="00C514B8" w:rsidP="00C514B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3093F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Investigative </w:t>
       </w:r>
-      <w:r w:rsidR="0074630D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3093F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">onference </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CLOSED</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3093F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> under G.L. c. 112, § 65C</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A60AC6" w14:textId="77777777" w:rsidR="0053306D" w:rsidRDefault="0053306D" w:rsidP="004D190B">
+    <w:p w14:paraId="65A60AC6" w14:textId="77777777" w:rsidR="0053306D" w:rsidRDefault="0053306D" w:rsidP="009F20E1">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38F17A6E" w14:textId="7A4677FB" w:rsidR="005A705D" w:rsidRDefault="00183D33" w:rsidP="002E102D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -3483,51 +3384,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EFD767D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A470FE26"/>
+    <w:tmpl w:val="CCA46C16"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
@@ -8592,164 +8493,172 @@
     <w:rsid w:val="000B7D96"/>
     <w:rsid w:val="000C129E"/>
     <w:rsid w:val="000C1D84"/>
     <w:rsid w:val="000D67C8"/>
     <w:rsid w:val="000F0028"/>
     <w:rsid w:val="000F026E"/>
     <w:rsid w:val="000F2387"/>
     <w:rsid w:val="000F315B"/>
     <w:rsid w:val="000F3525"/>
     <w:rsid w:val="000F3A6D"/>
     <w:rsid w:val="000F3DE4"/>
     <w:rsid w:val="000F595D"/>
     <w:rsid w:val="000F5E32"/>
     <w:rsid w:val="001034CA"/>
     <w:rsid w:val="00107851"/>
     <w:rsid w:val="001078CD"/>
     <w:rsid w:val="001103AD"/>
     <w:rsid w:val="001125C0"/>
     <w:rsid w:val="00113227"/>
     <w:rsid w:val="001207C1"/>
     <w:rsid w:val="00122F1A"/>
     <w:rsid w:val="0012333A"/>
     <w:rsid w:val="00123D3B"/>
     <w:rsid w:val="00125C7D"/>
     <w:rsid w:val="00127525"/>
+    <w:rsid w:val="001379FE"/>
     <w:rsid w:val="00140308"/>
     <w:rsid w:val="00140362"/>
     <w:rsid w:val="001418C7"/>
     <w:rsid w:val="001433C3"/>
     <w:rsid w:val="001517EE"/>
     <w:rsid w:val="0015268B"/>
     <w:rsid w:val="00153CE4"/>
     <w:rsid w:val="001569B6"/>
     <w:rsid w:val="00156F24"/>
     <w:rsid w:val="00157E3B"/>
     <w:rsid w:val="00162F44"/>
     <w:rsid w:val="00166649"/>
     <w:rsid w:val="001702EE"/>
     <w:rsid w:val="001719BA"/>
     <w:rsid w:val="00172A06"/>
     <w:rsid w:val="0017598C"/>
     <w:rsid w:val="00176071"/>
     <w:rsid w:val="00176377"/>
     <w:rsid w:val="00177545"/>
     <w:rsid w:val="00177C77"/>
     <w:rsid w:val="00183D33"/>
     <w:rsid w:val="00186C06"/>
     <w:rsid w:val="00186DCC"/>
     <w:rsid w:val="00190AD9"/>
     <w:rsid w:val="001924EC"/>
     <w:rsid w:val="001A30C9"/>
     <w:rsid w:val="001A3E11"/>
     <w:rsid w:val="001B1965"/>
     <w:rsid w:val="001B6693"/>
     <w:rsid w:val="001B6807"/>
     <w:rsid w:val="001B6A14"/>
     <w:rsid w:val="001C0C63"/>
     <w:rsid w:val="001D65A1"/>
     <w:rsid w:val="001D768A"/>
     <w:rsid w:val="001E6196"/>
     <w:rsid w:val="001E61EB"/>
     <w:rsid w:val="001E6BF8"/>
     <w:rsid w:val="001F5FBE"/>
     <w:rsid w:val="00202714"/>
     <w:rsid w:val="002036C4"/>
     <w:rsid w:val="002069AF"/>
     <w:rsid w:val="00210A1B"/>
     <w:rsid w:val="00214BA3"/>
     <w:rsid w:val="0021698C"/>
     <w:rsid w:val="00216BC0"/>
     <w:rsid w:val="00216F30"/>
     <w:rsid w:val="00221E04"/>
     <w:rsid w:val="00224919"/>
     <w:rsid w:val="00224FEF"/>
+    <w:rsid w:val="002252D8"/>
     <w:rsid w:val="00226BCC"/>
     <w:rsid w:val="00232406"/>
     <w:rsid w:val="00233A44"/>
     <w:rsid w:val="0024282F"/>
     <w:rsid w:val="002544AD"/>
     <w:rsid w:val="00256068"/>
+    <w:rsid w:val="002566C4"/>
     <w:rsid w:val="00257920"/>
     <w:rsid w:val="00260D54"/>
     <w:rsid w:val="00260D9A"/>
     <w:rsid w:val="00260E02"/>
     <w:rsid w:val="002637BB"/>
     <w:rsid w:val="00264219"/>
     <w:rsid w:val="00264B71"/>
     <w:rsid w:val="002672A3"/>
     <w:rsid w:val="0027212F"/>
     <w:rsid w:val="00276957"/>
     <w:rsid w:val="00276DCC"/>
     <w:rsid w:val="00282392"/>
     <w:rsid w:val="00287A52"/>
     <w:rsid w:val="0029295F"/>
     <w:rsid w:val="00293D7E"/>
     <w:rsid w:val="00297711"/>
     <w:rsid w:val="002A132F"/>
     <w:rsid w:val="002A7B54"/>
     <w:rsid w:val="002B1217"/>
     <w:rsid w:val="002B1646"/>
     <w:rsid w:val="002B17CB"/>
     <w:rsid w:val="002B31ED"/>
     <w:rsid w:val="002C23D0"/>
     <w:rsid w:val="002C25DF"/>
     <w:rsid w:val="002C2D79"/>
     <w:rsid w:val="002C4626"/>
     <w:rsid w:val="002C62AE"/>
     <w:rsid w:val="002C73F8"/>
     <w:rsid w:val="002D132C"/>
     <w:rsid w:val="002D1C21"/>
     <w:rsid w:val="002E102D"/>
     <w:rsid w:val="002E1701"/>
+    <w:rsid w:val="002E39EF"/>
     <w:rsid w:val="002E4161"/>
     <w:rsid w:val="002F252C"/>
     <w:rsid w:val="002F4956"/>
     <w:rsid w:val="002F6EFD"/>
     <w:rsid w:val="00300D98"/>
     <w:rsid w:val="00301022"/>
     <w:rsid w:val="00302D30"/>
     <w:rsid w:val="00304606"/>
     <w:rsid w:val="0030703A"/>
+    <w:rsid w:val="00310085"/>
     <w:rsid w:val="003132A4"/>
     <w:rsid w:val="00314393"/>
     <w:rsid w:val="00322525"/>
     <w:rsid w:val="00323462"/>
     <w:rsid w:val="00323D23"/>
     <w:rsid w:val="003241C0"/>
+    <w:rsid w:val="00325EC7"/>
     <w:rsid w:val="00326FE9"/>
     <w:rsid w:val="00331551"/>
     <w:rsid w:val="00334671"/>
     <w:rsid w:val="00336498"/>
     <w:rsid w:val="003475AE"/>
     <w:rsid w:val="0035122C"/>
+    <w:rsid w:val="00352087"/>
     <w:rsid w:val="0035258E"/>
     <w:rsid w:val="0035283E"/>
     <w:rsid w:val="003575DE"/>
     <w:rsid w:val="003727BB"/>
     <w:rsid w:val="00372956"/>
     <w:rsid w:val="00375EAD"/>
+    <w:rsid w:val="003829B7"/>
     <w:rsid w:val="00383212"/>
     <w:rsid w:val="00385812"/>
     <w:rsid w:val="00385EBC"/>
     <w:rsid w:val="003918E4"/>
     <w:rsid w:val="00392D0B"/>
     <w:rsid w:val="00393953"/>
     <w:rsid w:val="003947A4"/>
     <w:rsid w:val="00395792"/>
     <w:rsid w:val="003A0AF0"/>
     <w:rsid w:val="003A46F8"/>
     <w:rsid w:val="003A7AFC"/>
     <w:rsid w:val="003B3B13"/>
     <w:rsid w:val="003B5019"/>
     <w:rsid w:val="003B63CB"/>
     <w:rsid w:val="003B65A5"/>
     <w:rsid w:val="003C186C"/>
     <w:rsid w:val="003C522B"/>
     <w:rsid w:val="003C5623"/>
     <w:rsid w:val="003C60EF"/>
     <w:rsid w:val="003D310D"/>
     <w:rsid w:val="003D36DA"/>
     <w:rsid w:val="003D38CC"/>
     <w:rsid w:val="003D4C6A"/>
     <w:rsid w:val="003D70E3"/>
     <w:rsid w:val="003D76CC"/>
@@ -8793,168 +8702,170 @@
     <w:rsid w:val="004745D7"/>
     <w:rsid w:val="00475B08"/>
     <w:rsid w:val="004813AC"/>
     <w:rsid w:val="004814D7"/>
     <w:rsid w:val="00482E26"/>
     <w:rsid w:val="004840DD"/>
     <w:rsid w:val="0048547A"/>
     <w:rsid w:val="0048613B"/>
     <w:rsid w:val="00491F11"/>
     <w:rsid w:val="004939FF"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A060B"/>
     <w:rsid w:val="004A0647"/>
     <w:rsid w:val="004A2D18"/>
     <w:rsid w:val="004A5F54"/>
     <w:rsid w:val="004B1D52"/>
     <w:rsid w:val="004B2CD8"/>
     <w:rsid w:val="004B37A0"/>
     <w:rsid w:val="004B5CFB"/>
     <w:rsid w:val="004B68D2"/>
     <w:rsid w:val="004B7EF4"/>
     <w:rsid w:val="004C0623"/>
     <w:rsid w:val="004C10E4"/>
     <w:rsid w:val="004C6685"/>
     <w:rsid w:val="004C7575"/>
-    <w:rsid w:val="004D190B"/>
     <w:rsid w:val="004D1A2B"/>
     <w:rsid w:val="004D2CFA"/>
     <w:rsid w:val="004D6B39"/>
     <w:rsid w:val="004D7DDC"/>
     <w:rsid w:val="004E020A"/>
     <w:rsid w:val="004E0C3F"/>
     <w:rsid w:val="004E7420"/>
     <w:rsid w:val="004E7FE4"/>
     <w:rsid w:val="004F6483"/>
     <w:rsid w:val="005002E5"/>
     <w:rsid w:val="00500313"/>
     <w:rsid w:val="005012F3"/>
     <w:rsid w:val="0050505B"/>
     <w:rsid w:val="00510A02"/>
     <w:rsid w:val="005122A6"/>
     <w:rsid w:val="00512956"/>
+    <w:rsid w:val="00522B7B"/>
     <w:rsid w:val="00524451"/>
     <w:rsid w:val="00525649"/>
     <w:rsid w:val="0052646D"/>
     <w:rsid w:val="00530145"/>
     <w:rsid w:val="0053029A"/>
     <w:rsid w:val="0053306D"/>
     <w:rsid w:val="00534375"/>
     <w:rsid w:val="00536002"/>
     <w:rsid w:val="005448AA"/>
     <w:rsid w:val="00545120"/>
     <w:rsid w:val="00547C5C"/>
     <w:rsid w:val="00551915"/>
     <w:rsid w:val="0055338F"/>
     <w:rsid w:val="005539CE"/>
     <w:rsid w:val="0056248F"/>
     <w:rsid w:val="00566B75"/>
     <w:rsid w:val="00567DD8"/>
     <w:rsid w:val="0057265D"/>
     <w:rsid w:val="00586E34"/>
     <w:rsid w:val="005945D1"/>
     <w:rsid w:val="00595629"/>
     <w:rsid w:val="005A0A29"/>
     <w:rsid w:val="005A2ACE"/>
     <w:rsid w:val="005A3473"/>
     <w:rsid w:val="005A705D"/>
     <w:rsid w:val="005A79A8"/>
     <w:rsid w:val="005B0343"/>
     <w:rsid w:val="005C2393"/>
     <w:rsid w:val="005C2D6C"/>
     <w:rsid w:val="005C693F"/>
     <w:rsid w:val="005C7038"/>
+    <w:rsid w:val="005C7B51"/>
     <w:rsid w:val="005D2A76"/>
     <w:rsid w:val="005D360C"/>
     <w:rsid w:val="005D7DEC"/>
     <w:rsid w:val="005E684F"/>
     <w:rsid w:val="005F0E6C"/>
     <w:rsid w:val="005F52B4"/>
     <w:rsid w:val="00601A29"/>
     <w:rsid w:val="00605BFC"/>
     <w:rsid w:val="0061138C"/>
-    <w:rsid w:val="006307A4"/>
     <w:rsid w:val="00633300"/>
     <w:rsid w:val="00633A5A"/>
     <w:rsid w:val="006347AA"/>
     <w:rsid w:val="00637153"/>
     <w:rsid w:val="00642682"/>
     <w:rsid w:val="00645984"/>
     <w:rsid w:val="0064657C"/>
     <w:rsid w:val="006477CE"/>
     <w:rsid w:val="00647D07"/>
     <w:rsid w:val="0065161C"/>
     <w:rsid w:val="00653313"/>
     <w:rsid w:val="00654164"/>
     <w:rsid w:val="0065429D"/>
     <w:rsid w:val="00656382"/>
     <w:rsid w:val="00660A21"/>
     <w:rsid w:val="00661C27"/>
     <w:rsid w:val="006709D7"/>
+    <w:rsid w:val="00671298"/>
     <w:rsid w:val="0068122E"/>
     <w:rsid w:val="00685A06"/>
     <w:rsid w:val="00690FF7"/>
     <w:rsid w:val="0069394E"/>
     <w:rsid w:val="006A0107"/>
     <w:rsid w:val="006A3C93"/>
     <w:rsid w:val="006A3DBF"/>
+    <w:rsid w:val="006A7D11"/>
     <w:rsid w:val="006B007E"/>
     <w:rsid w:val="006B2352"/>
     <w:rsid w:val="006B32F0"/>
     <w:rsid w:val="006B5AC7"/>
     <w:rsid w:val="006B7F33"/>
     <w:rsid w:val="006B7FBE"/>
     <w:rsid w:val="006C031E"/>
     <w:rsid w:val="006C0777"/>
     <w:rsid w:val="006C59A8"/>
     <w:rsid w:val="006D06D9"/>
     <w:rsid w:val="006D77A6"/>
     <w:rsid w:val="006F40FD"/>
     <w:rsid w:val="006F6854"/>
     <w:rsid w:val="007014F1"/>
     <w:rsid w:val="00702109"/>
     <w:rsid w:val="00702272"/>
     <w:rsid w:val="0070394C"/>
+    <w:rsid w:val="007109FB"/>
     <w:rsid w:val="0071144E"/>
     <w:rsid w:val="0071191E"/>
     <w:rsid w:val="00711C51"/>
     <w:rsid w:val="00715CA8"/>
     <w:rsid w:val="00716682"/>
     <w:rsid w:val="007230EB"/>
     <w:rsid w:val="0072610D"/>
     <w:rsid w:val="00732022"/>
     <w:rsid w:val="0074285E"/>
     <w:rsid w:val="00743079"/>
     <w:rsid w:val="00744187"/>
     <w:rsid w:val="0074630D"/>
     <w:rsid w:val="00751104"/>
     <w:rsid w:val="00752FE4"/>
     <w:rsid w:val="007565F6"/>
     <w:rsid w:val="00757006"/>
     <w:rsid w:val="007617A9"/>
     <w:rsid w:val="00762C27"/>
-    <w:rsid w:val="0076377E"/>
     <w:rsid w:val="00764229"/>
     <w:rsid w:val="00765C39"/>
     <w:rsid w:val="007665C5"/>
     <w:rsid w:val="00767967"/>
     <w:rsid w:val="007736EA"/>
     <w:rsid w:val="0077437F"/>
     <w:rsid w:val="007747BE"/>
     <w:rsid w:val="00780AF2"/>
     <w:rsid w:val="00782479"/>
     <w:rsid w:val="007832AC"/>
     <w:rsid w:val="00783EE5"/>
     <w:rsid w:val="00785E79"/>
     <w:rsid w:val="00786FA0"/>
     <w:rsid w:val="007970EF"/>
     <w:rsid w:val="00797BA6"/>
     <w:rsid w:val="00797F66"/>
     <w:rsid w:val="007A0A89"/>
     <w:rsid w:val="007A0E9E"/>
     <w:rsid w:val="007A27E3"/>
     <w:rsid w:val="007A2F99"/>
     <w:rsid w:val="007A6E9E"/>
     <w:rsid w:val="007A7911"/>
     <w:rsid w:val="007A7A89"/>
     <w:rsid w:val="007B3831"/>
     <w:rsid w:val="007B3F4B"/>
@@ -8993,140 +8904,143 @@
     <w:rsid w:val="00854876"/>
     <w:rsid w:val="00860997"/>
     <w:rsid w:val="00862C80"/>
     <w:rsid w:val="00871FF4"/>
     <w:rsid w:val="00873DA0"/>
     <w:rsid w:val="0087494D"/>
     <w:rsid w:val="00877CEF"/>
     <w:rsid w:val="0088265C"/>
     <w:rsid w:val="008919A0"/>
     <w:rsid w:val="00895201"/>
     <w:rsid w:val="008A1A58"/>
     <w:rsid w:val="008A2ED2"/>
     <w:rsid w:val="008A7B3A"/>
     <w:rsid w:val="008B0A43"/>
     <w:rsid w:val="008B5564"/>
     <w:rsid w:val="008C01E7"/>
     <w:rsid w:val="008C0B97"/>
     <w:rsid w:val="008C1151"/>
     <w:rsid w:val="008C22A9"/>
     <w:rsid w:val="008C438C"/>
     <w:rsid w:val="008D040A"/>
     <w:rsid w:val="008D042A"/>
     <w:rsid w:val="008D77D7"/>
     <w:rsid w:val="008E0054"/>
     <w:rsid w:val="008E34EA"/>
+    <w:rsid w:val="008E42AA"/>
     <w:rsid w:val="008E5A10"/>
     <w:rsid w:val="008F6B88"/>
     <w:rsid w:val="00902020"/>
     <w:rsid w:val="009068E1"/>
     <w:rsid w:val="00911675"/>
     <w:rsid w:val="00913D53"/>
     <w:rsid w:val="00914535"/>
     <w:rsid w:val="00917E89"/>
     <w:rsid w:val="00922159"/>
     <w:rsid w:val="00922AA7"/>
     <w:rsid w:val="00930FE1"/>
     <w:rsid w:val="00932BB1"/>
     <w:rsid w:val="00932D06"/>
     <w:rsid w:val="00943ADF"/>
     <w:rsid w:val="00943D55"/>
     <w:rsid w:val="00946B12"/>
     <w:rsid w:val="0095021C"/>
     <w:rsid w:val="00950B61"/>
     <w:rsid w:val="00953C7F"/>
     <w:rsid w:val="00957F7D"/>
     <w:rsid w:val="00960339"/>
     <w:rsid w:val="0096174B"/>
     <w:rsid w:val="00964F8D"/>
     <w:rsid w:val="009660ED"/>
     <w:rsid w:val="009665EA"/>
     <w:rsid w:val="00966EBA"/>
     <w:rsid w:val="00967A51"/>
     <w:rsid w:val="009730E5"/>
     <w:rsid w:val="009777CF"/>
     <w:rsid w:val="0098026A"/>
     <w:rsid w:val="00981024"/>
     <w:rsid w:val="00981B66"/>
     <w:rsid w:val="0098429F"/>
     <w:rsid w:val="00984780"/>
     <w:rsid w:val="009866AE"/>
     <w:rsid w:val="00987602"/>
     <w:rsid w:val="0098783E"/>
-    <w:rsid w:val="00987968"/>
     <w:rsid w:val="009908FF"/>
     <w:rsid w:val="009923C4"/>
     <w:rsid w:val="00995505"/>
+    <w:rsid w:val="00997F21"/>
     <w:rsid w:val="009A02CD"/>
     <w:rsid w:val="009A1814"/>
     <w:rsid w:val="009A3CF4"/>
     <w:rsid w:val="009A453A"/>
     <w:rsid w:val="009A552C"/>
     <w:rsid w:val="009A637D"/>
     <w:rsid w:val="009A6B23"/>
     <w:rsid w:val="009B3C47"/>
     <w:rsid w:val="009C07F2"/>
     <w:rsid w:val="009C1C70"/>
     <w:rsid w:val="009C2F42"/>
     <w:rsid w:val="009C3C3A"/>
     <w:rsid w:val="009C42B1"/>
     <w:rsid w:val="009C4428"/>
     <w:rsid w:val="009C54F9"/>
     <w:rsid w:val="009C78FC"/>
     <w:rsid w:val="009D1777"/>
     <w:rsid w:val="009D33E7"/>
     <w:rsid w:val="009D48CD"/>
     <w:rsid w:val="009F05C7"/>
+    <w:rsid w:val="009F20E1"/>
+    <w:rsid w:val="00A04717"/>
     <w:rsid w:val="00A04FF7"/>
     <w:rsid w:val="00A05190"/>
     <w:rsid w:val="00A06A7A"/>
     <w:rsid w:val="00A07F2B"/>
     <w:rsid w:val="00A21FE0"/>
     <w:rsid w:val="00A26999"/>
     <w:rsid w:val="00A336D7"/>
     <w:rsid w:val="00A34456"/>
     <w:rsid w:val="00A41A0C"/>
     <w:rsid w:val="00A44282"/>
     <w:rsid w:val="00A44CCA"/>
     <w:rsid w:val="00A547B7"/>
     <w:rsid w:val="00A623B5"/>
     <w:rsid w:val="00A65101"/>
     <w:rsid w:val="00A67E7A"/>
     <w:rsid w:val="00A740B8"/>
-    <w:rsid w:val="00A77604"/>
     <w:rsid w:val="00A83B55"/>
     <w:rsid w:val="00A86894"/>
     <w:rsid w:val="00A87AE8"/>
     <w:rsid w:val="00A9738F"/>
     <w:rsid w:val="00AA1097"/>
     <w:rsid w:val="00AA324E"/>
     <w:rsid w:val="00AA4949"/>
     <w:rsid w:val="00AA6F11"/>
     <w:rsid w:val="00AA71FB"/>
     <w:rsid w:val="00AA73B6"/>
     <w:rsid w:val="00AB250A"/>
     <w:rsid w:val="00AB3BDA"/>
+    <w:rsid w:val="00AB4590"/>
     <w:rsid w:val="00AB527B"/>
     <w:rsid w:val="00AB5F75"/>
     <w:rsid w:val="00AB62D7"/>
     <w:rsid w:val="00AC674A"/>
     <w:rsid w:val="00AD2D0E"/>
     <w:rsid w:val="00AD3876"/>
     <w:rsid w:val="00AD48E5"/>
     <w:rsid w:val="00AE276B"/>
     <w:rsid w:val="00AF04F2"/>
     <w:rsid w:val="00AF33BD"/>
     <w:rsid w:val="00AF40D9"/>
     <w:rsid w:val="00AF67AE"/>
     <w:rsid w:val="00B01294"/>
     <w:rsid w:val="00B01325"/>
     <w:rsid w:val="00B01356"/>
     <w:rsid w:val="00B01E09"/>
     <w:rsid w:val="00B039FF"/>
     <w:rsid w:val="00B046B0"/>
     <w:rsid w:val="00B11C4B"/>
     <w:rsid w:val="00B1646C"/>
     <w:rsid w:val="00B20468"/>
     <w:rsid w:val="00B232EF"/>
     <w:rsid w:val="00B345FD"/>
     <w:rsid w:val="00B375D5"/>
     <w:rsid w:val="00B403BF"/>
@@ -9162,203 +9076,209 @@
     <w:rsid w:val="00BC2E77"/>
     <w:rsid w:val="00BC32B5"/>
     <w:rsid w:val="00BC39DA"/>
     <w:rsid w:val="00BD0B35"/>
     <w:rsid w:val="00BD6998"/>
     <w:rsid w:val="00BE0DFB"/>
     <w:rsid w:val="00BF3E92"/>
     <w:rsid w:val="00BF62D7"/>
     <w:rsid w:val="00C031C1"/>
     <w:rsid w:val="00C0760E"/>
     <w:rsid w:val="00C078C6"/>
     <w:rsid w:val="00C10CF3"/>
     <w:rsid w:val="00C128E3"/>
     <w:rsid w:val="00C1649B"/>
     <w:rsid w:val="00C17F83"/>
     <w:rsid w:val="00C202E9"/>
     <w:rsid w:val="00C20BFE"/>
     <w:rsid w:val="00C30D6F"/>
     <w:rsid w:val="00C31EC6"/>
     <w:rsid w:val="00C32612"/>
     <w:rsid w:val="00C35F89"/>
     <w:rsid w:val="00C43E27"/>
     <w:rsid w:val="00C44656"/>
     <w:rsid w:val="00C45182"/>
     <w:rsid w:val="00C46D29"/>
+    <w:rsid w:val="00C514B8"/>
     <w:rsid w:val="00C5181B"/>
     <w:rsid w:val="00C52308"/>
     <w:rsid w:val="00C5427F"/>
     <w:rsid w:val="00C57ABE"/>
     <w:rsid w:val="00C609B3"/>
     <w:rsid w:val="00C62647"/>
     <w:rsid w:val="00C63EEE"/>
     <w:rsid w:val="00C64643"/>
     <w:rsid w:val="00C712DD"/>
     <w:rsid w:val="00C71D10"/>
     <w:rsid w:val="00C76C0F"/>
     <w:rsid w:val="00C83F49"/>
     <w:rsid w:val="00C854DB"/>
     <w:rsid w:val="00C93BC3"/>
     <w:rsid w:val="00C94BB6"/>
     <w:rsid w:val="00C958D6"/>
     <w:rsid w:val="00C95D62"/>
     <w:rsid w:val="00CA3680"/>
     <w:rsid w:val="00CB040E"/>
     <w:rsid w:val="00CB6429"/>
     <w:rsid w:val="00CB71A6"/>
     <w:rsid w:val="00CC1778"/>
     <w:rsid w:val="00CC1DCA"/>
     <w:rsid w:val="00CC6FD6"/>
     <w:rsid w:val="00CC7FB7"/>
+    <w:rsid w:val="00CE1632"/>
     <w:rsid w:val="00CE3B47"/>
     <w:rsid w:val="00CE575B"/>
     <w:rsid w:val="00CE7D1F"/>
     <w:rsid w:val="00CF3A31"/>
     <w:rsid w:val="00CF3DE8"/>
     <w:rsid w:val="00D0493F"/>
     <w:rsid w:val="00D053A7"/>
     <w:rsid w:val="00D073DC"/>
     <w:rsid w:val="00D07B8B"/>
     <w:rsid w:val="00D1363A"/>
     <w:rsid w:val="00D161C8"/>
     <w:rsid w:val="00D22687"/>
     <w:rsid w:val="00D23421"/>
     <w:rsid w:val="00D245D3"/>
     <w:rsid w:val="00D246AD"/>
     <w:rsid w:val="00D32EE7"/>
     <w:rsid w:val="00D37CD9"/>
     <w:rsid w:val="00D512D6"/>
     <w:rsid w:val="00D54C61"/>
     <w:rsid w:val="00D54F48"/>
     <w:rsid w:val="00D56F91"/>
     <w:rsid w:val="00D61362"/>
     <w:rsid w:val="00D61B96"/>
     <w:rsid w:val="00D65EE0"/>
     <w:rsid w:val="00D6691F"/>
     <w:rsid w:val="00D70E60"/>
     <w:rsid w:val="00D744C0"/>
     <w:rsid w:val="00D835CF"/>
     <w:rsid w:val="00D85C09"/>
     <w:rsid w:val="00D8671C"/>
     <w:rsid w:val="00D91390"/>
     <w:rsid w:val="00D913A1"/>
     <w:rsid w:val="00D91D25"/>
+    <w:rsid w:val="00D939F6"/>
     <w:rsid w:val="00D95473"/>
     <w:rsid w:val="00DA1DD3"/>
     <w:rsid w:val="00DA57C3"/>
     <w:rsid w:val="00DA799A"/>
     <w:rsid w:val="00DB2A99"/>
     <w:rsid w:val="00DC1E77"/>
     <w:rsid w:val="00DC3855"/>
     <w:rsid w:val="00DC69F0"/>
     <w:rsid w:val="00DE11E0"/>
     <w:rsid w:val="00DE232B"/>
     <w:rsid w:val="00DE2D12"/>
     <w:rsid w:val="00DE2D42"/>
     <w:rsid w:val="00DE6F59"/>
     <w:rsid w:val="00DF293F"/>
     <w:rsid w:val="00DF38AD"/>
     <w:rsid w:val="00DF4815"/>
     <w:rsid w:val="00DF4C64"/>
     <w:rsid w:val="00E00285"/>
     <w:rsid w:val="00E00E33"/>
     <w:rsid w:val="00E01AB1"/>
     <w:rsid w:val="00E05AFE"/>
     <w:rsid w:val="00E06B84"/>
     <w:rsid w:val="00E11271"/>
     <w:rsid w:val="00E168D2"/>
     <w:rsid w:val="00E242A8"/>
     <w:rsid w:val="00E274B8"/>
     <w:rsid w:val="00E27AE5"/>
     <w:rsid w:val="00E31739"/>
     <w:rsid w:val="00E33291"/>
     <w:rsid w:val="00E35846"/>
     <w:rsid w:val="00E43526"/>
     <w:rsid w:val="00E45B39"/>
     <w:rsid w:val="00E51D0A"/>
     <w:rsid w:val="00E53C56"/>
     <w:rsid w:val="00E54197"/>
     <w:rsid w:val="00E65180"/>
     <w:rsid w:val="00E6730A"/>
     <w:rsid w:val="00E67DA9"/>
     <w:rsid w:val="00E721A2"/>
     <w:rsid w:val="00E72707"/>
     <w:rsid w:val="00E7502F"/>
     <w:rsid w:val="00E867BA"/>
+    <w:rsid w:val="00E93677"/>
     <w:rsid w:val="00E95B39"/>
     <w:rsid w:val="00EA104A"/>
     <w:rsid w:val="00EA135C"/>
     <w:rsid w:val="00EA452C"/>
     <w:rsid w:val="00EA6202"/>
     <w:rsid w:val="00EB18BC"/>
     <w:rsid w:val="00EB282B"/>
+    <w:rsid w:val="00EB6981"/>
     <w:rsid w:val="00EB6DD3"/>
     <w:rsid w:val="00EB7744"/>
-    <w:rsid w:val="00ED2FC5"/>
     <w:rsid w:val="00ED3AFA"/>
     <w:rsid w:val="00ED7D48"/>
     <w:rsid w:val="00EE50FE"/>
     <w:rsid w:val="00EE5571"/>
     <w:rsid w:val="00EE650F"/>
     <w:rsid w:val="00EF1C05"/>
     <w:rsid w:val="00EF2F42"/>
     <w:rsid w:val="00F026DC"/>
+    <w:rsid w:val="00F04B49"/>
     <w:rsid w:val="00F0586E"/>
     <w:rsid w:val="00F06023"/>
     <w:rsid w:val="00F1096C"/>
     <w:rsid w:val="00F10E5A"/>
     <w:rsid w:val="00F11F62"/>
     <w:rsid w:val="00F13213"/>
+    <w:rsid w:val="00F141B0"/>
     <w:rsid w:val="00F14712"/>
     <w:rsid w:val="00F14C9B"/>
     <w:rsid w:val="00F208D7"/>
     <w:rsid w:val="00F20E63"/>
     <w:rsid w:val="00F22076"/>
     <w:rsid w:val="00F22460"/>
     <w:rsid w:val="00F257F9"/>
     <w:rsid w:val="00F26913"/>
     <w:rsid w:val="00F34724"/>
     <w:rsid w:val="00F416EA"/>
     <w:rsid w:val="00F43932"/>
     <w:rsid w:val="00F452DB"/>
     <w:rsid w:val="00F45A17"/>
     <w:rsid w:val="00F531D7"/>
     <w:rsid w:val="00F53BB2"/>
     <w:rsid w:val="00F548D1"/>
     <w:rsid w:val="00F55A52"/>
     <w:rsid w:val="00F575CF"/>
     <w:rsid w:val="00F715C6"/>
+    <w:rsid w:val="00F8310F"/>
     <w:rsid w:val="00F8329D"/>
     <w:rsid w:val="00F8533E"/>
     <w:rsid w:val="00F87ED0"/>
     <w:rsid w:val="00F94063"/>
     <w:rsid w:val="00FA0BE6"/>
     <w:rsid w:val="00FA50E6"/>
     <w:rsid w:val="00FA51B2"/>
     <w:rsid w:val="00FA575E"/>
     <w:rsid w:val="00FC34CE"/>
-    <w:rsid w:val="00FC66F8"/>
     <w:rsid w:val="00FC6B42"/>
     <w:rsid w:val="00FE139B"/>
     <w:rsid w:val="00FE1CB4"/>
     <w:rsid w:val="00FE67E3"/>
     <w:rsid w:val="00FE7AB2"/>
     <w:rsid w:val="00FF0162"/>
     <w:rsid w:val="00FF0858"/>
     <w:rsid w:val="00FF5422"/>
     <w:rsid w:val="00FF560D"/>
     <w:rsid w:val="00FF7F5A"/>
     <w:rsid w:val="08701B62"/>
     <w:rsid w:val="1DAC448A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -10145,65 +10065,74 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="e10e4db1-d899-403d-9807-651178ead3da"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ae916ade-957f-4a2f-93c3-592a84a0e75c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B0F2FAA928F6D64BB16ED70B5ACF963F" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="877bd3fb08ef6011f3b79d8bdcb87a43">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ae916ade-957f-4a2f-93c3-592a84a0e75c" xmlns:ns3="e10e4db1-d899-403d-9807-651178ead3da" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6239b1d85b41d22f2dbfb1cea51af504" ns2:_="" ns3:_="">
     <xsd:import namespace="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
     <xsd:import namespace="e10e4db1-d899-403d-9807-651178ead3da"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -10382,135 +10311,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A55233EB-B8F1-4FB9-8D84-F29B45182246}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1FC13ED-9ACC-4689-9EBE-D1CEF212FA91}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
     <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A55233EB-B8F1-4FB9-8D84-F29B45182246}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E00FE09-04B5-4F2D-BE35-4F00C3FBD9A1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61B595B0-96E8-4711-AA41-147197B02448}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
     <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>DPH Letterhead</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>356</Words>
-  <Characters>2032</Characters>
+  <Words>329</Words>
+  <Characters>1876</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2384</CharactersWithSpaces>
+  <CharactersWithSpaces>2201</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kyle Marshall</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>