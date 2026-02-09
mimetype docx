--- v0 (2025-12-10)
+++ v1 (2026-02-09)
@@ -715,100 +715,82 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00446D1B">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MEETING AGENDA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="349F211B" w14:textId="77777777" w:rsidR="00183D33" w:rsidRPr="00706C39" w:rsidRDefault="00183D33" w:rsidP="00183D33">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57C5CA85" w14:textId="14C932C3" w:rsidR="00183D33" w:rsidRPr="00706C39" w:rsidRDefault="00183D33" w:rsidP="008C438C">
+    <w:p w14:paraId="57C5CA85" w14:textId="48FD6FB5" w:rsidR="00183D33" w:rsidRPr="00706C39" w:rsidRDefault="00183D33" w:rsidP="008C438C">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00706C39">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="00706C39">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00585227">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="005E6CA5">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">January 27, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00B87C1C">
-[...9 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="005E6CA5">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2026</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -923,421 +905,438 @@
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>egins</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F1778E" w14:textId="77777777" w:rsidR="00183D33" w:rsidRDefault="00183D33" w:rsidP="00183D33">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="0" w:name="_Hlk131429865"/>
     <w:bookmarkStart w:id="1" w:name="_Hlk151450456"/>
-    <w:p w14:paraId="397D77AE" w14:textId="2A766F22" w:rsidR="00AD48E5" w:rsidRDefault="00F2069C" w:rsidP="00AD48E5">
+    <w:p w14:paraId="397D77AE" w14:textId="0090E344" w:rsidR="00AD48E5" w:rsidRDefault="00BC3882" w:rsidP="00AD48E5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:instrText>HYPERLINK "https://eohhs.webex.com/eohhs/j.php?MTID=m986319aba9ddef9b0b97a6b7b2aa9b5d"</w:instrText>
+        <w:instrText>HYPERLINK "https://eohhs.webex.com/eohhs/j.php?MTID=ma0b91ebff0bcaefe6ee32447a77f5a2d"</w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD48E5" w:rsidRPr="00F2069C">
+      <w:r w:rsidR="00AD48E5" w:rsidRPr="00BC3882">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cisco Webex Videoconference</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D65250E" w14:textId="77777777" w:rsidR="00AD48E5" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="4C4B5191" w14:textId="318714E2" w:rsidR="00AD48E5" w:rsidRPr="0014735B" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
+    <w:p w14:paraId="4C4B5191" w14:textId="07B378F1" w:rsidR="00AD48E5" w:rsidRPr="0014735B" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Webinar</w:t>
       </w:r>
       <w:r w:rsidRPr="0014735B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="0014735B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>umber:</w:t>
+        <w:t>umber</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0014735B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F2069C" w:rsidRPr="00F2069C">
-[...5 lines deleted...]
-        <w:t>2535 297 7881</w:t>
+      <w:r w:rsidR="00BC3882" w:rsidRPr="00BC3882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2538</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC3882" w:rsidRPr="00BC3882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 509 4255</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B3BA3BF" w14:textId="4079395D" w:rsidR="00AD48E5" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
+    <w:p w14:paraId="00850C75" w14:textId="3C6EE438" w:rsidR="00AD48E5" w:rsidRPr="0014735B" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014735B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Password:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F2069C">
+      <w:r w:rsidR="00BC3882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F2069C" w:rsidRPr="00F2069C">
-[...5 lines deleted...]
-        <w:t>rmVQn4mxc34 (76876469 from a phone)</w:t>
+      <w:r w:rsidR="00BC3882" w:rsidRPr="00BC3882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DNq83iPNPf7 (36783476 from a phone)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13FB4629" w14:textId="77777777" w:rsidR="00F2069C" w:rsidRDefault="00F2069C" w:rsidP="00AD48E5">
+    <w:p w14:paraId="0B3BA3BF" w14:textId="77777777" w:rsidR="00AD48E5" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53B88BE0" w14:textId="77777777" w:rsidR="00F2069C" w:rsidRDefault="00AD48E5" w:rsidP="00F2069C">
+    <w:p w14:paraId="0A05958E" w14:textId="10EA701C" w:rsidR="00AD48E5" w:rsidRDefault="00AD48E5" w:rsidP="00BC3882">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F2069C">
+      <w:r w:rsidR="00BC3882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00F2069C" w:rsidRPr="00F2069C">
+      <w:r w:rsidR="00BC3882" w:rsidRPr="00BC3882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617</w:t>
       </w:r>
-      <w:r w:rsidR="00F2069C">
+      <w:r w:rsidR="00BC3882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00F2069C" w:rsidRPr="00F2069C">
+      <w:r w:rsidR="00BC3882" w:rsidRPr="00BC3882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">315-0704 </w:t>
       </w:r>
-      <w:r w:rsidR="00F2069C">
+      <w:r w:rsidR="00BC3882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or (</w:t>
       </w:r>
-      <w:r w:rsidR="00F2069C" w:rsidRPr="00F2069C">
+      <w:r w:rsidR="00BC3882" w:rsidRPr="00BC3882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>650</w:t>
       </w:r>
-      <w:r w:rsidR="00F2069C">
+      <w:r w:rsidR="00BC3882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00F2069C" w:rsidRPr="00F2069C">
+      <w:r w:rsidR="00BC3882" w:rsidRPr="00BC3882">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">479-3208 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D902A8" w14:textId="734FEB9E" w:rsidR="00183D33" w:rsidRDefault="00AD48E5" w:rsidP="00725C35">
+    <w:p w14:paraId="13472C49" w14:textId="1DEF4D0F" w:rsidR="00AD48E5" w:rsidRPr="0014735B" w:rsidRDefault="00AD48E5" w:rsidP="00AD48E5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014735B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Access </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="0014735B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ode: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...6 lines deleted...]
-        <w:t>2535 297 7881</w:t>
+      <w:r w:rsidR="00BC3882" w:rsidRPr="00BC3882">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2538 509 4255</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="716252CF" w14:textId="77777777" w:rsidR="00725C35" w:rsidRDefault="00725C35" w:rsidP="00725C35">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="66D902A8" w14:textId="633887D7" w:rsidR="00183D33" w:rsidRDefault="00183D33" w:rsidP="00183D33">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
-        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E47E476" w14:textId="7C0FE613" w:rsidR="00183D33" w:rsidRPr="00ED4D09" w:rsidRDefault="00183D33" w:rsidP="00183D33">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED4D09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1410,172 +1409,181 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ote for </w:t>
       </w:r>
       <w:r w:rsidR="0074630D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ttendance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53704746" w14:textId="01930072" w:rsidR="00AD2D0E" w:rsidRDefault="00AD2D0E" w:rsidP="00AD2D0E">
+    <w:p w14:paraId="53704746" w14:textId="05B8A654" w:rsidR="00AD2D0E" w:rsidRDefault="00AD2D0E" w:rsidP="00AD2D0E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005009AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Public meeting minutes of </w:t>
       </w:r>
-      <w:r w:rsidR="00585227">
-[...5 lines deleted...]
-        <w:t>November 18</w:t>
+      <w:r w:rsidR="00703FE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>December 16</w:t>
       </w:r>
       <w:r w:rsidR="004378A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="005009AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – VOTE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A00343" w14:textId="23ECBB8D" w:rsidR="005C7B51" w:rsidRDefault="005C7B51" w:rsidP="00AD2D0E">
+    <w:p w14:paraId="01A00343" w14:textId="70D1837C" w:rsidR="005C7B51" w:rsidRDefault="005C7B51" w:rsidP="00AD2D0E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive session minutes of </w:t>
       </w:r>
-      <w:r w:rsidR="00585227">
-[...5 lines deleted...]
-        <w:t>November 18</w:t>
+      <w:r w:rsidR="00703FE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>December 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2025 – VOTE </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79E0B547" w14:textId="77777777" w:rsidR="00186C06" w:rsidRDefault="00186C06" w:rsidP="00964F8D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BCBDF0A" w14:textId="1A8F1C31" w:rsidR="00B41B3D" w:rsidRDefault="00491F11" w:rsidP="00964F8D">
+    <w:p w14:paraId="7BCBDF0A" w14:textId="02A06AD5" w:rsidR="00B41B3D" w:rsidRDefault="00491F11" w:rsidP="00964F8D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Application review</w:t>
       </w:r>
       <w:r w:rsidR="00B41B3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> interviews</w:t>
+        <w:t xml:space="preserve"> interview</w:t>
+      </w:r>
+      <w:r w:rsidR="0003769C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – reference </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="078F87CD" w14:textId="34097819" w:rsidR="00645984" w:rsidRDefault="00070BAF" w:rsidP="00AB527B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1600,384 +1608,676 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Interview with </w:t>
       </w:r>
       <w:r w:rsidR="00ED61A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Robert Bloom</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5371F7B1" w14:textId="0E488BB0" w:rsidR="00352087" w:rsidRPr="00352087" w:rsidRDefault="007A0C74" w:rsidP="00352087">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="24DCDC22" w14:textId="77777777" w:rsidR="00844E9A" w:rsidRDefault="00844E9A" w:rsidP="00844E9A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111042">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">– VOTE </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Michaela Sher, applicant for LICSW – VOTE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD900EC" w14:textId="6163CBEA" w:rsidR="00352087" w:rsidRDefault="00352087" w:rsidP="00352087">
+    <w:p w14:paraId="3B90EF8C" w14:textId="28C4DF94" w:rsidR="00844E9A" w:rsidRDefault="00844E9A" w:rsidP="00844E9A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Interview with </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007A0C74">
+        <w:t>Interview with colleague Rory White</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096EE011" w14:textId="77777777" w:rsidR="002046A9" w:rsidRDefault="002046A9" w:rsidP="002046A9">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Julie Lambert</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A1E8490" w14:textId="77777777" w:rsidR="00B41B3D" w:rsidRDefault="00B41B3D" w:rsidP="00951C6D">
+    <w:p w14:paraId="1EF3BBCB" w14:textId="74F49A06" w:rsidR="00BA5A67" w:rsidRPr="002046A9" w:rsidRDefault="002046A9" w:rsidP="00964F8D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002046A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Discussion</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="79DC3E55" w14:textId="3A267FBC" w:rsidR="00951C6D" w:rsidRPr="00951C6D" w:rsidRDefault="00951C6D" w:rsidP="00951C6D">
-[...19 lines deleted...]
-    <w:p w14:paraId="63F3FFBB" w14:textId="7645662E" w:rsidR="00951C6D" w:rsidRDefault="00951C6D" w:rsidP="00951C6D">
+    <w:p w14:paraId="4F4A3681" w14:textId="1A47A945" w:rsidR="002046A9" w:rsidRPr="002046A9" w:rsidRDefault="002046A9" w:rsidP="002046A9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="54"/>
+          <w:numId w:val="55"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002046A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Unified Recovery and Monitoring Program quarterly report</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0297100C" w14:textId="77777777" w:rsidR="002046A9" w:rsidRDefault="002046A9" w:rsidP="002046A9">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58341190" w14:textId="0092935E" w:rsidR="00166649" w:rsidRDefault="00166649" w:rsidP="00964F8D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nadine Nelson, applicant for LCSW – VOTE </w:t>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Monitoring</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D9500AF" w14:textId="77777777" w:rsidR="00951C6D" w:rsidRPr="00AB527B" w:rsidRDefault="00951C6D" w:rsidP="00951C6D">
-[...57 lines deleted...]
-    <w:p w14:paraId="7F3F836F" w14:textId="47120A1E" w:rsidR="00111042" w:rsidRDefault="00111042" w:rsidP="00111042">
+    <w:p w14:paraId="25C34D6E" w14:textId="71828F8A" w:rsidR="000B7968" w:rsidRDefault="000B7968" w:rsidP="000B7968">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="54"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00111042">
+      <w:r w:rsidRPr="00D939F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Michaela Sher, applicant for LICSW – VOTE </w:t>
+        <w:t xml:space="preserve">Alfonso Henderson, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D939F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onditional </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D939F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">icensure </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D939F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">greement, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D939F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quarterly monitoring report – VOTE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="684D1C4B" w14:textId="6B71321E" w:rsidR="00BA5A67" w:rsidRPr="00111042" w:rsidRDefault="00BA5A67" w:rsidP="00111042">
+    <w:p w14:paraId="405B07BD" w14:textId="391951EA" w:rsidR="000B7968" w:rsidRPr="000B7968" w:rsidRDefault="000B7968" w:rsidP="000B7968">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B7968">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Margie Smith, 2022-000290-IT-ENF, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2nd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B7968">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quarterly monitoring report – VOTE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B280771" w14:textId="4C0BD2AF" w:rsidR="000B7968" w:rsidRDefault="007F29FC" w:rsidP="000B7968">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="54"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007F29FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Meredith Bolden, Conditional Licensure Agreement, </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Christina Chavez, applicant for LICSW – VOTE </w:t>
+        <w:t>4th q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F29FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uarterly </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F29FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onitoring </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F29FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eport</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – VOTE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DBF79CE" w14:textId="77777777" w:rsidR="00C57ABE" w:rsidRDefault="00C57ABE" w:rsidP="00964F8D">
-[...64 lines deleted...]
-    <w:p w14:paraId="44D0AC3E" w14:textId="6332B9A9" w:rsidR="00C34A0E" w:rsidRDefault="00C34A0E" w:rsidP="009F7DE6">
+    <w:p w14:paraId="773762C9" w14:textId="2D224DC6" w:rsidR="00BC7951" w:rsidRDefault="00BC7951" w:rsidP="000B7968">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="54"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C34A0E">
+      <w:r w:rsidRPr="00BC7951">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Martin Young, 2022-000989-IT-ENF, approval of proposed supervisor – VOTE </w:t>
+        <w:t xml:space="preserve">Tara Keefe, 2022-000297-IT-ENF and 2022-000338-IT-ENF, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">revised </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1st </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uarterly </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onitoring </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eport</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00047AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and 2nd quarterly monitoring report </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– VOTE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED57AF2" w14:textId="65631D17" w:rsidR="009F7DE6" w:rsidRDefault="009F7DE6" w:rsidP="009F7DE6">
+    <w:p w14:paraId="60467B61" w14:textId="463C5E16" w:rsidR="002046A9" w:rsidRDefault="002046A9" w:rsidP="000B7968">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="54"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002046A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Melissa Hales Keefe, Conditional Licensure Agreement, </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Courtney Chapman, conditional licensure agreement, 6th quarterly monitoring report – VOTE </w:t>
+        <w:t xml:space="preserve">revised </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002046A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3rd </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002046A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uarterly </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002046A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onitoring </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002046A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eport</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 4th quarterly monitoring report – VOTE  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D24901A" w14:textId="423AB3EB" w:rsidR="002046A9" w:rsidRPr="00D939F6" w:rsidRDefault="002046A9" w:rsidP="000B7968">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cara Segal, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002046A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2019-001028-IT-ENF</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 1st quarterly monitoring report – VOTE </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49204731" w14:textId="77777777" w:rsidR="009F7DE6" w:rsidRPr="009F7DE6" w:rsidRDefault="009F7DE6" w:rsidP="009F7DE6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CC57684" w14:textId="06A701C3" w:rsidR="00BB6776" w:rsidRDefault="00183D33" w:rsidP="00183D33">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00040235">
@@ -2112,221 +2412,203 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">dvance of </w:t>
       </w:r>
       <w:r w:rsidR="0074630D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00040235">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eeting</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69D6287D" w14:textId="77777777" w:rsidR="008E2752" w:rsidRDefault="008E2752" w:rsidP="00183D33">
+    <w:p w14:paraId="42E0E1B5" w14:textId="77777777" w:rsidR="001057F7" w:rsidRDefault="001057F7" w:rsidP="00293D7E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="472536E7" w14:textId="09B679B0" w:rsidR="002C25DF" w:rsidRDefault="00D37CD9" w:rsidP="00293D7E">
+    <w:p w14:paraId="472536E7" w14:textId="0E468820" w:rsidR="002C25DF" w:rsidRDefault="00D37CD9" w:rsidP="00293D7E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Comments from professional associations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27915E9B" w14:textId="77777777" w:rsidR="00783EE5" w:rsidRDefault="00783EE5" w:rsidP="00293D7E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="154220E8" w14:textId="05041122" w:rsidR="009A1814" w:rsidRDefault="009A1814" w:rsidP="009A1814">
+    <w:p w14:paraId="154220E8" w14:textId="294F470E" w:rsidR="009A1814" w:rsidRDefault="009A1814" w:rsidP="009A1814">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Executive session CLOSED under G.L. c. 30A, § 21(a)(1)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C44656">
+        <w:t xml:space="preserve">Executive session CLOSED under </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010570D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>G.L. c. 30A, § 21(a)(7) to comply with G.L. c. 4, § 7, ¶ 26(c) and G.L. c. 214, § 1B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">and under </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0010570D">
+        <w:t xml:space="preserve">; specifically, the Board will discuss and evaluate </w:t>
+      </w:r>
+      <w:r w:rsidR="00F04B49">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>G.L. c. 30A, § 21(a)(7) to comply with G.L. c. 4, § 7, ¶ 26(c) and G.L. c. 214, § 1B</w:t>
+        <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">; specifically, the Board will discuss and evaluate </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007E6728">
+        <w:t xml:space="preserve">application </w:t>
+      </w:r>
+      <w:r w:rsidR="005736B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>the good moral character of applicant</w:t>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00236B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="005736B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">continuing education extension request </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007E6728">
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidR="00F04B49">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>as required for licensure</w:t>
+        <w:t>involve</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> medical records and information of patients.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07284316" w14:textId="77777777" w:rsidR="00C514B8" w:rsidRDefault="00C514B8" w:rsidP="00C514B8">
+    <w:p w14:paraId="1DA31AA6" w14:textId="77777777" w:rsidR="009A1814" w:rsidRDefault="009A1814" w:rsidP="00293D7E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EA268D4" w14:textId="77777777" w:rsidR="00C514B8" w:rsidRPr="00293D7E" w:rsidRDefault="00C514B8" w:rsidP="00C514B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3093F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -2349,51 +2631,51 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">onference </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CLOSED</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3093F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> under G.L. c. 112, § 65C</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A60AC6" w14:textId="77777777" w:rsidR="0053306D" w:rsidRDefault="0053306D" w:rsidP="008E2752">
+    <w:p w14:paraId="65A60AC6" w14:textId="77777777" w:rsidR="0053306D" w:rsidRDefault="0053306D" w:rsidP="00BC675A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38F17A6E" w14:textId="7A4677FB" w:rsidR="005A705D" w:rsidRDefault="00183D33" w:rsidP="002E102D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -7029,50 +7311,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D0B4359"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FD7E8EA2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DF96887"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B9C7344"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -7141,51 +7536,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E3309D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="701689FE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7254,51 +7649,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="601C5016"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57FA88F0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7367,51 +7762,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="619F5962"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="605C37AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7480,51 +7875,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="626B7376"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A5097A4"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -7593,51 +7988,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62937110"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A68259C8"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -7706,51 +8101,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="650F4919"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F4E7B8C"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7819,51 +8214,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FE73A07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC24EA3E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7932,51 +8327,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="756E5739"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F93881B4"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8045,51 +8440,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="792855A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62467050"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8158,51 +8553,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79307168"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E63E560C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8271,51 +8666,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CBE5E12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34341ED4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8388,381 +8783,396 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="474954571">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2023316670">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="723021086">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1846434228">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="707727024">
-    <w:abstractNumId w:val="51"/>
+    <w:abstractNumId w:val="52"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="594899651">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1647783126">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1423408114">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1532260929">
-    <w:abstractNumId w:val="50"/>
+    <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="210848033">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="563026971">
     <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2123915644">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1449397272">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1957714898">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1548251025">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="816604046">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2049260032">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1080449973">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="497187878">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="698893805">
-    <w:abstractNumId w:val="44"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="278146145">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="869218662">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1326782837">
-    <w:abstractNumId w:val="45"/>
+    <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="2117748174">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1695113465">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="77991088">
-    <w:abstractNumId w:val="46"/>
+    <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="809056542">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1417898079">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="548683491">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="433594773">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="108790136">
-    <w:abstractNumId w:val="49"/>
+    <w:abstractNumId w:val="50"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="448427420">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="332032361">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1646928254">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="872234352">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="818937">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1735738844">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1219244537">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1906600771">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="325978671">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1095440834">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1523784628">
-    <w:abstractNumId w:val="48"/>
+    <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="641927860">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="558905813">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1006323898">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="267084622">
-    <w:abstractNumId w:val="47"/>
+    <w:abstractNumId w:val="48"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="244078141">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1896503127">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1763724050">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1495343510">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="1472987416">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="97257656">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="53" w16cid:durableId="413553363">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="54" w16cid:durableId="1457406830">
     <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="55" w16cid:durableId="608895064">
+    <w:abstractNumId w:val="40"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D77A6"/>
+    <w:rsid w:val="0000096F"/>
     <w:rsid w:val="0000218B"/>
     <w:rsid w:val="000067D3"/>
     <w:rsid w:val="00011755"/>
     <w:rsid w:val="000131F7"/>
     <w:rsid w:val="00014CA0"/>
     <w:rsid w:val="00016866"/>
     <w:rsid w:val="00020E29"/>
     <w:rsid w:val="0002450F"/>
     <w:rsid w:val="0002654F"/>
     <w:rsid w:val="00027905"/>
     <w:rsid w:val="0003128F"/>
     <w:rsid w:val="00033154"/>
     <w:rsid w:val="00033FB9"/>
     <w:rsid w:val="000340F6"/>
     <w:rsid w:val="000354D2"/>
+    <w:rsid w:val="0003769C"/>
     <w:rsid w:val="00040C36"/>
     <w:rsid w:val="00042048"/>
     <w:rsid w:val="0004528B"/>
+    <w:rsid w:val="00047AB7"/>
     <w:rsid w:val="00047C44"/>
     <w:rsid w:val="00047DB3"/>
     <w:rsid w:val="00050193"/>
     <w:rsid w:val="00051EC3"/>
     <w:rsid w:val="000537DA"/>
     <w:rsid w:val="0005443F"/>
     <w:rsid w:val="00056586"/>
     <w:rsid w:val="0005794A"/>
     <w:rsid w:val="000638EE"/>
     <w:rsid w:val="00070BAF"/>
     <w:rsid w:val="000748F2"/>
     <w:rsid w:val="00077089"/>
     <w:rsid w:val="00085DDC"/>
     <w:rsid w:val="00085FD5"/>
     <w:rsid w:val="000934F8"/>
     <w:rsid w:val="0009564E"/>
     <w:rsid w:val="00096007"/>
     <w:rsid w:val="000972E0"/>
     <w:rsid w:val="000A1DE1"/>
     <w:rsid w:val="000A3FF1"/>
     <w:rsid w:val="000A4932"/>
     <w:rsid w:val="000A5955"/>
     <w:rsid w:val="000A75EC"/>
     <w:rsid w:val="000B4001"/>
     <w:rsid w:val="000B5670"/>
     <w:rsid w:val="000B640E"/>
+    <w:rsid w:val="000B7968"/>
     <w:rsid w:val="000B7D96"/>
     <w:rsid w:val="000C129E"/>
     <w:rsid w:val="000C1D84"/>
+    <w:rsid w:val="000C3E8C"/>
+    <w:rsid w:val="000D55FC"/>
     <w:rsid w:val="000D67C8"/>
+    <w:rsid w:val="000E2529"/>
     <w:rsid w:val="000F0028"/>
     <w:rsid w:val="000F026E"/>
     <w:rsid w:val="000F2387"/>
     <w:rsid w:val="000F315B"/>
     <w:rsid w:val="000F3525"/>
     <w:rsid w:val="000F3A6D"/>
     <w:rsid w:val="000F3DE4"/>
     <w:rsid w:val="000F595D"/>
     <w:rsid w:val="000F5E32"/>
     <w:rsid w:val="001034CA"/>
+    <w:rsid w:val="001057F7"/>
     <w:rsid w:val="00107851"/>
     <w:rsid w:val="001078CD"/>
     <w:rsid w:val="001103AD"/>
     <w:rsid w:val="00111042"/>
     <w:rsid w:val="001125C0"/>
     <w:rsid w:val="00113227"/>
     <w:rsid w:val="001207C1"/>
     <w:rsid w:val="00122F1A"/>
     <w:rsid w:val="0012333A"/>
     <w:rsid w:val="00123D3B"/>
     <w:rsid w:val="00125C7D"/>
     <w:rsid w:val="00127525"/>
     <w:rsid w:val="001379FE"/>
     <w:rsid w:val="00140308"/>
     <w:rsid w:val="00140362"/>
     <w:rsid w:val="001418C7"/>
     <w:rsid w:val="001433C3"/>
     <w:rsid w:val="001517EE"/>
     <w:rsid w:val="0015268B"/>
     <w:rsid w:val="00153CE4"/>
+    <w:rsid w:val="001548A1"/>
     <w:rsid w:val="001569B6"/>
     <w:rsid w:val="00156F24"/>
     <w:rsid w:val="00157E3B"/>
     <w:rsid w:val="00162F44"/>
     <w:rsid w:val="00166649"/>
     <w:rsid w:val="001702EE"/>
     <w:rsid w:val="001719BA"/>
     <w:rsid w:val="00172A06"/>
     <w:rsid w:val="0017598C"/>
     <w:rsid w:val="00176071"/>
     <w:rsid w:val="00176377"/>
     <w:rsid w:val="00177545"/>
     <w:rsid w:val="00177C77"/>
     <w:rsid w:val="00183D33"/>
     <w:rsid w:val="00186C06"/>
     <w:rsid w:val="00186DCC"/>
     <w:rsid w:val="00190AD9"/>
     <w:rsid w:val="001924EC"/>
     <w:rsid w:val="001A30C9"/>
     <w:rsid w:val="001A3E11"/>
     <w:rsid w:val="001B1965"/>
     <w:rsid w:val="001B6693"/>
     <w:rsid w:val="001B6807"/>
     <w:rsid w:val="001B6A14"/>
     <w:rsid w:val="001C0C63"/>
+    <w:rsid w:val="001C4A6B"/>
     <w:rsid w:val="001D65A1"/>
     <w:rsid w:val="001D768A"/>
     <w:rsid w:val="001E6196"/>
     <w:rsid w:val="001E61EB"/>
     <w:rsid w:val="001E6BF8"/>
     <w:rsid w:val="001F5FBE"/>
     <w:rsid w:val="00202714"/>
     <w:rsid w:val="002036C4"/>
+    <w:rsid w:val="002046A9"/>
     <w:rsid w:val="002069AF"/>
     <w:rsid w:val="00210A1B"/>
     <w:rsid w:val="00214BA3"/>
     <w:rsid w:val="0021698C"/>
     <w:rsid w:val="00216BC0"/>
     <w:rsid w:val="00216F30"/>
     <w:rsid w:val="00221E04"/>
     <w:rsid w:val="00224919"/>
     <w:rsid w:val="00224FEF"/>
     <w:rsid w:val="002252D8"/>
     <w:rsid w:val="00226BCC"/>
     <w:rsid w:val="00232406"/>
     <w:rsid w:val="00233A44"/>
+    <w:rsid w:val="00236B12"/>
     <w:rsid w:val="0024282F"/>
     <w:rsid w:val="002544AD"/>
     <w:rsid w:val="00256068"/>
     <w:rsid w:val="00257920"/>
     <w:rsid w:val="00260D54"/>
     <w:rsid w:val="00260D9A"/>
     <w:rsid w:val="00260E02"/>
     <w:rsid w:val="002637BB"/>
     <w:rsid w:val="00264219"/>
     <w:rsid w:val="00264B71"/>
     <w:rsid w:val="002672A3"/>
     <w:rsid w:val="002700B5"/>
     <w:rsid w:val="0027212F"/>
     <w:rsid w:val="00276957"/>
     <w:rsid w:val="00276DCC"/>
     <w:rsid w:val="00282392"/>
     <w:rsid w:val="00287A52"/>
     <w:rsid w:val="0029295F"/>
     <w:rsid w:val="00293D7E"/>
     <w:rsid w:val="00297711"/>
     <w:rsid w:val="002A132F"/>
     <w:rsid w:val="002A7B54"/>
     <w:rsid w:val="002B1217"/>
     <w:rsid w:val="002B1646"/>
     <w:rsid w:val="002B17CB"/>
@@ -8907,233 +9317,240 @@
     <w:rsid w:val="004E7FE4"/>
     <w:rsid w:val="004F6483"/>
     <w:rsid w:val="005002E5"/>
     <w:rsid w:val="00500313"/>
     <w:rsid w:val="005012F3"/>
     <w:rsid w:val="00502242"/>
     <w:rsid w:val="0050505B"/>
     <w:rsid w:val="00510A02"/>
     <w:rsid w:val="005122A6"/>
     <w:rsid w:val="00512956"/>
     <w:rsid w:val="00522EC2"/>
     <w:rsid w:val="00524451"/>
     <w:rsid w:val="00525649"/>
     <w:rsid w:val="0052646D"/>
     <w:rsid w:val="00530145"/>
     <w:rsid w:val="0053029A"/>
     <w:rsid w:val="0053306D"/>
     <w:rsid w:val="00534375"/>
     <w:rsid w:val="00536002"/>
     <w:rsid w:val="005448AA"/>
     <w:rsid w:val="00545120"/>
     <w:rsid w:val="00547C5C"/>
     <w:rsid w:val="00551915"/>
     <w:rsid w:val="0055338F"/>
     <w:rsid w:val="005539CE"/>
-    <w:rsid w:val="005612D1"/>
     <w:rsid w:val="0056248F"/>
     <w:rsid w:val="00566B75"/>
     <w:rsid w:val="00567DD8"/>
     <w:rsid w:val="0057265D"/>
+    <w:rsid w:val="005736B6"/>
+    <w:rsid w:val="00583250"/>
     <w:rsid w:val="00585227"/>
     <w:rsid w:val="00586E34"/>
     <w:rsid w:val="005945D1"/>
     <w:rsid w:val="00595629"/>
     <w:rsid w:val="005A0A29"/>
     <w:rsid w:val="005A2ACE"/>
     <w:rsid w:val="005A3473"/>
     <w:rsid w:val="005A705D"/>
     <w:rsid w:val="005A79A8"/>
     <w:rsid w:val="005B0343"/>
     <w:rsid w:val="005C2393"/>
     <w:rsid w:val="005C2D6C"/>
     <w:rsid w:val="005C693F"/>
     <w:rsid w:val="005C7038"/>
     <w:rsid w:val="005C7B51"/>
     <w:rsid w:val="005D2A76"/>
     <w:rsid w:val="005D360C"/>
     <w:rsid w:val="005D7DEC"/>
     <w:rsid w:val="005E684F"/>
+    <w:rsid w:val="005E6CA5"/>
     <w:rsid w:val="005F0E6C"/>
     <w:rsid w:val="005F52B4"/>
+    <w:rsid w:val="005F581C"/>
     <w:rsid w:val="00601A29"/>
     <w:rsid w:val="00605BFC"/>
     <w:rsid w:val="0061138C"/>
     <w:rsid w:val="00633300"/>
     <w:rsid w:val="00633A5A"/>
     <w:rsid w:val="006347AA"/>
     <w:rsid w:val="00637153"/>
     <w:rsid w:val="00642682"/>
     <w:rsid w:val="00645984"/>
     <w:rsid w:val="0064657C"/>
     <w:rsid w:val="006477CE"/>
     <w:rsid w:val="00647D07"/>
     <w:rsid w:val="0065161C"/>
     <w:rsid w:val="00653313"/>
     <w:rsid w:val="00654164"/>
     <w:rsid w:val="0065429D"/>
     <w:rsid w:val="00656382"/>
     <w:rsid w:val="00660A21"/>
     <w:rsid w:val="00661C27"/>
     <w:rsid w:val="006709D7"/>
     <w:rsid w:val="0068122E"/>
     <w:rsid w:val="00685A06"/>
     <w:rsid w:val="00690FF7"/>
     <w:rsid w:val="0069394E"/>
     <w:rsid w:val="006A0107"/>
     <w:rsid w:val="006A3C93"/>
     <w:rsid w:val="006A3DBF"/>
     <w:rsid w:val="006A7D11"/>
     <w:rsid w:val="006B007E"/>
     <w:rsid w:val="006B2352"/>
     <w:rsid w:val="006B32F0"/>
     <w:rsid w:val="006B5AC7"/>
     <w:rsid w:val="006B7F33"/>
     <w:rsid w:val="006B7FBE"/>
     <w:rsid w:val="006C031E"/>
     <w:rsid w:val="006C0777"/>
     <w:rsid w:val="006C5647"/>
     <w:rsid w:val="006C59A8"/>
     <w:rsid w:val="006D06D9"/>
     <w:rsid w:val="006D77A6"/>
     <w:rsid w:val="006F40FD"/>
     <w:rsid w:val="006F6854"/>
+    <w:rsid w:val="0070071A"/>
     <w:rsid w:val="007014F1"/>
     <w:rsid w:val="00702109"/>
     <w:rsid w:val="00702272"/>
     <w:rsid w:val="0070394C"/>
+    <w:rsid w:val="00703FE1"/>
     <w:rsid w:val="007109FB"/>
     <w:rsid w:val="0071144E"/>
     <w:rsid w:val="0071191E"/>
     <w:rsid w:val="00711C51"/>
     <w:rsid w:val="00715CA8"/>
     <w:rsid w:val="00716682"/>
     <w:rsid w:val="007230EB"/>
-    <w:rsid w:val="00725C35"/>
     <w:rsid w:val="0072610D"/>
     <w:rsid w:val="00732022"/>
     <w:rsid w:val="0074285E"/>
     <w:rsid w:val="00743079"/>
+    <w:rsid w:val="00743FD0"/>
     <w:rsid w:val="00744187"/>
     <w:rsid w:val="0074630D"/>
     <w:rsid w:val="00751104"/>
     <w:rsid w:val="00752FE4"/>
     <w:rsid w:val="007565F6"/>
     <w:rsid w:val="00757006"/>
     <w:rsid w:val="007617A9"/>
     <w:rsid w:val="00762C27"/>
     <w:rsid w:val="00764229"/>
     <w:rsid w:val="00765C39"/>
     <w:rsid w:val="007665C5"/>
     <w:rsid w:val="00767967"/>
     <w:rsid w:val="007736EA"/>
     <w:rsid w:val="0077437F"/>
     <w:rsid w:val="007747BE"/>
     <w:rsid w:val="00780AF2"/>
     <w:rsid w:val="00782479"/>
     <w:rsid w:val="007832AC"/>
     <w:rsid w:val="00783EE5"/>
     <w:rsid w:val="00785E79"/>
     <w:rsid w:val="00786FA0"/>
     <w:rsid w:val="007970EF"/>
     <w:rsid w:val="00797BA6"/>
     <w:rsid w:val="00797F66"/>
     <w:rsid w:val="007A0A89"/>
     <w:rsid w:val="007A0C74"/>
     <w:rsid w:val="007A0E9E"/>
     <w:rsid w:val="007A27E3"/>
     <w:rsid w:val="007A2F99"/>
     <w:rsid w:val="007A6E9E"/>
     <w:rsid w:val="007A7911"/>
     <w:rsid w:val="007A7A89"/>
     <w:rsid w:val="007B3831"/>
     <w:rsid w:val="007B3F4B"/>
     <w:rsid w:val="007B67D0"/>
     <w:rsid w:val="007B7154"/>
     <w:rsid w:val="007B7347"/>
     <w:rsid w:val="007B7C0E"/>
     <w:rsid w:val="007C2AB2"/>
-    <w:rsid w:val="007C3016"/>
     <w:rsid w:val="007C6FA5"/>
     <w:rsid w:val="007D10F3"/>
     <w:rsid w:val="007D249D"/>
     <w:rsid w:val="007D3127"/>
     <w:rsid w:val="007E400D"/>
     <w:rsid w:val="007E4131"/>
     <w:rsid w:val="007E6EEB"/>
     <w:rsid w:val="007F1115"/>
+    <w:rsid w:val="007F29FC"/>
     <w:rsid w:val="007F3CDB"/>
     <w:rsid w:val="007F549A"/>
     <w:rsid w:val="007F7531"/>
     <w:rsid w:val="008007D1"/>
     <w:rsid w:val="008028B6"/>
     <w:rsid w:val="0080361C"/>
     <w:rsid w:val="00806430"/>
     <w:rsid w:val="00806BC3"/>
     <w:rsid w:val="00806BE8"/>
     <w:rsid w:val="00807C6F"/>
     <w:rsid w:val="008113BB"/>
     <w:rsid w:val="008162CC"/>
     <w:rsid w:val="008223C2"/>
     <w:rsid w:val="00825071"/>
     <w:rsid w:val="008303F3"/>
     <w:rsid w:val="00835D77"/>
     <w:rsid w:val="008371F7"/>
     <w:rsid w:val="008418C7"/>
+    <w:rsid w:val="00844E9A"/>
     <w:rsid w:val="008454CE"/>
     <w:rsid w:val="008530E7"/>
     <w:rsid w:val="00854876"/>
     <w:rsid w:val="00860997"/>
     <w:rsid w:val="00862C80"/>
     <w:rsid w:val="00871FF4"/>
     <w:rsid w:val="00873DA0"/>
     <w:rsid w:val="0087494D"/>
     <w:rsid w:val="00877CEF"/>
     <w:rsid w:val="0088265C"/>
     <w:rsid w:val="008919A0"/>
     <w:rsid w:val="00895201"/>
     <w:rsid w:val="008A1A58"/>
     <w:rsid w:val="008A2ED2"/>
     <w:rsid w:val="008A7B3A"/>
     <w:rsid w:val="008B0A43"/>
     <w:rsid w:val="008B5564"/>
     <w:rsid w:val="008B589D"/>
     <w:rsid w:val="008C01E7"/>
     <w:rsid w:val="008C0B97"/>
     <w:rsid w:val="008C1151"/>
     <w:rsid w:val="008C22A9"/>
+    <w:rsid w:val="008C3C97"/>
     <w:rsid w:val="008C438C"/>
     <w:rsid w:val="008D0368"/>
     <w:rsid w:val="008D040A"/>
     <w:rsid w:val="008D042A"/>
     <w:rsid w:val="008D77D7"/>
     <w:rsid w:val="008E0054"/>
-    <w:rsid w:val="008E2752"/>
     <w:rsid w:val="008E34EA"/>
     <w:rsid w:val="008E42AA"/>
     <w:rsid w:val="008E5A10"/>
     <w:rsid w:val="008F6B88"/>
+    <w:rsid w:val="00901E20"/>
     <w:rsid w:val="00902020"/>
     <w:rsid w:val="009068E1"/>
     <w:rsid w:val="00911675"/>
     <w:rsid w:val="00913D53"/>
     <w:rsid w:val="00914535"/>
     <w:rsid w:val="00917E89"/>
     <w:rsid w:val="00922159"/>
     <w:rsid w:val="00922AA7"/>
     <w:rsid w:val="00930FE1"/>
     <w:rsid w:val="00932BB1"/>
     <w:rsid w:val="00932D06"/>
     <w:rsid w:val="00943ADF"/>
     <w:rsid w:val="00943D55"/>
     <w:rsid w:val="00946B12"/>
     <w:rsid w:val="0095021C"/>
     <w:rsid w:val="00950B61"/>
     <w:rsid w:val="00951C6D"/>
     <w:rsid w:val="00953C7F"/>
     <w:rsid w:val="00957F7D"/>
     <w:rsid w:val="00960339"/>
     <w:rsid w:val="0096174B"/>
     <w:rsid w:val="00964F8D"/>
     <w:rsid w:val="009660ED"/>
     <w:rsid w:val="009665EA"/>
     <w:rsid w:val="00966EBA"/>
@@ -9203,122 +9620,129 @@
     <w:rsid w:val="00AB250A"/>
     <w:rsid w:val="00AB3BDA"/>
     <w:rsid w:val="00AB4590"/>
     <w:rsid w:val="00AB527B"/>
     <w:rsid w:val="00AB5F75"/>
     <w:rsid w:val="00AB62D7"/>
     <w:rsid w:val="00AC674A"/>
     <w:rsid w:val="00AD2D0E"/>
     <w:rsid w:val="00AD3876"/>
     <w:rsid w:val="00AD48E5"/>
     <w:rsid w:val="00AE276B"/>
     <w:rsid w:val="00AF04F2"/>
     <w:rsid w:val="00AF33BD"/>
     <w:rsid w:val="00AF40D9"/>
     <w:rsid w:val="00AF67AE"/>
     <w:rsid w:val="00B01294"/>
     <w:rsid w:val="00B01325"/>
     <w:rsid w:val="00B01356"/>
     <w:rsid w:val="00B01E09"/>
     <w:rsid w:val="00B039FF"/>
     <w:rsid w:val="00B046B0"/>
     <w:rsid w:val="00B11C4B"/>
     <w:rsid w:val="00B1646C"/>
     <w:rsid w:val="00B20468"/>
     <w:rsid w:val="00B232EF"/>
+    <w:rsid w:val="00B31C89"/>
     <w:rsid w:val="00B345FD"/>
     <w:rsid w:val="00B375D5"/>
     <w:rsid w:val="00B403BF"/>
     <w:rsid w:val="00B40B8B"/>
     <w:rsid w:val="00B41B3D"/>
     <w:rsid w:val="00B42117"/>
     <w:rsid w:val="00B430E6"/>
+    <w:rsid w:val="00B4368C"/>
     <w:rsid w:val="00B440A4"/>
     <w:rsid w:val="00B454D5"/>
     <w:rsid w:val="00B50D61"/>
     <w:rsid w:val="00B51656"/>
     <w:rsid w:val="00B56155"/>
     <w:rsid w:val="00B57C2C"/>
     <w:rsid w:val="00B608D9"/>
     <w:rsid w:val="00B62B84"/>
     <w:rsid w:val="00B62C7E"/>
     <w:rsid w:val="00B77C21"/>
     <w:rsid w:val="00B807B3"/>
     <w:rsid w:val="00B81151"/>
     <w:rsid w:val="00B8272C"/>
     <w:rsid w:val="00B859F2"/>
     <w:rsid w:val="00B85A27"/>
     <w:rsid w:val="00B87C1C"/>
     <w:rsid w:val="00B87F51"/>
     <w:rsid w:val="00B94113"/>
     <w:rsid w:val="00B95EE6"/>
     <w:rsid w:val="00BA2732"/>
     <w:rsid w:val="00BA4055"/>
     <w:rsid w:val="00BA5A67"/>
     <w:rsid w:val="00BA7B3F"/>
     <w:rsid w:val="00BA7FB6"/>
     <w:rsid w:val="00BB02FD"/>
     <w:rsid w:val="00BB090D"/>
     <w:rsid w:val="00BB6776"/>
     <w:rsid w:val="00BC2E77"/>
     <w:rsid w:val="00BC32B5"/>
+    <w:rsid w:val="00BC3882"/>
     <w:rsid w:val="00BC39DA"/>
+    <w:rsid w:val="00BC675A"/>
+    <w:rsid w:val="00BC7951"/>
     <w:rsid w:val="00BD0B35"/>
     <w:rsid w:val="00BD6998"/>
     <w:rsid w:val="00BE0DFB"/>
     <w:rsid w:val="00BF3E92"/>
     <w:rsid w:val="00BF62D7"/>
+    <w:rsid w:val="00C01E47"/>
     <w:rsid w:val="00C031C1"/>
     <w:rsid w:val="00C0760E"/>
     <w:rsid w:val="00C078C6"/>
     <w:rsid w:val="00C10CF3"/>
     <w:rsid w:val="00C128E3"/>
     <w:rsid w:val="00C1649B"/>
     <w:rsid w:val="00C17E59"/>
     <w:rsid w:val="00C17F83"/>
     <w:rsid w:val="00C202E9"/>
     <w:rsid w:val="00C20BFE"/>
     <w:rsid w:val="00C30D6F"/>
     <w:rsid w:val="00C31EC6"/>
     <w:rsid w:val="00C32612"/>
     <w:rsid w:val="00C34A0E"/>
     <w:rsid w:val="00C35F89"/>
     <w:rsid w:val="00C43E27"/>
     <w:rsid w:val="00C44656"/>
     <w:rsid w:val="00C45182"/>
     <w:rsid w:val="00C46D29"/>
     <w:rsid w:val="00C514B8"/>
     <w:rsid w:val="00C5181B"/>
     <w:rsid w:val="00C52308"/>
     <w:rsid w:val="00C5427F"/>
     <w:rsid w:val="00C57ABE"/>
     <w:rsid w:val="00C609B3"/>
     <w:rsid w:val="00C62647"/>
     <w:rsid w:val="00C63EEE"/>
     <w:rsid w:val="00C64643"/>
     <w:rsid w:val="00C712DD"/>
     <w:rsid w:val="00C71D10"/>
+    <w:rsid w:val="00C73365"/>
     <w:rsid w:val="00C76C0F"/>
     <w:rsid w:val="00C83F49"/>
     <w:rsid w:val="00C854DB"/>
     <w:rsid w:val="00C93BC3"/>
     <w:rsid w:val="00C94BB6"/>
     <w:rsid w:val="00C958D6"/>
     <w:rsid w:val="00C95D62"/>
     <w:rsid w:val="00CA3680"/>
     <w:rsid w:val="00CB040E"/>
     <w:rsid w:val="00CB6429"/>
     <w:rsid w:val="00CB71A6"/>
     <w:rsid w:val="00CC1778"/>
     <w:rsid w:val="00CC1DCA"/>
     <w:rsid w:val="00CC6FD6"/>
     <w:rsid w:val="00CC7FB7"/>
     <w:rsid w:val="00CE3B47"/>
     <w:rsid w:val="00CE575B"/>
     <w:rsid w:val="00CE7D1F"/>
     <w:rsid w:val="00CF3A31"/>
     <w:rsid w:val="00CF3DE8"/>
     <w:rsid w:val="00D0493F"/>
     <w:rsid w:val="00D053A7"/>
     <w:rsid w:val="00D073DC"/>
     <w:rsid w:val="00D07B8B"/>
     <w:rsid w:val="00D1363A"/>
@@ -9346,136 +9770,138 @@
     <w:rsid w:val="00D913A1"/>
     <w:rsid w:val="00D91D25"/>
     <w:rsid w:val="00D939F6"/>
     <w:rsid w:val="00D95473"/>
     <w:rsid w:val="00DA1DD3"/>
     <w:rsid w:val="00DA57C3"/>
     <w:rsid w:val="00DA799A"/>
     <w:rsid w:val="00DB2A99"/>
     <w:rsid w:val="00DC1E77"/>
     <w:rsid w:val="00DC3855"/>
     <w:rsid w:val="00DC69F0"/>
     <w:rsid w:val="00DE11E0"/>
     <w:rsid w:val="00DE232B"/>
     <w:rsid w:val="00DE2D12"/>
     <w:rsid w:val="00DE2D42"/>
     <w:rsid w:val="00DE6F59"/>
     <w:rsid w:val="00DF293F"/>
     <w:rsid w:val="00DF38AD"/>
     <w:rsid w:val="00DF4815"/>
     <w:rsid w:val="00DF4C64"/>
     <w:rsid w:val="00E00285"/>
     <w:rsid w:val="00E00E33"/>
     <w:rsid w:val="00E01AB1"/>
     <w:rsid w:val="00E05AFE"/>
     <w:rsid w:val="00E06B84"/>
+    <w:rsid w:val="00E10B63"/>
     <w:rsid w:val="00E11271"/>
     <w:rsid w:val="00E168D2"/>
+    <w:rsid w:val="00E208E2"/>
     <w:rsid w:val="00E242A8"/>
     <w:rsid w:val="00E274B8"/>
     <w:rsid w:val="00E27AE5"/>
     <w:rsid w:val="00E31739"/>
     <w:rsid w:val="00E33291"/>
     <w:rsid w:val="00E35846"/>
     <w:rsid w:val="00E43526"/>
     <w:rsid w:val="00E45B39"/>
     <w:rsid w:val="00E51D0A"/>
     <w:rsid w:val="00E53C56"/>
     <w:rsid w:val="00E54197"/>
     <w:rsid w:val="00E65180"/>
     <w:rsid w:val="00E6730A"/>
     <w:rsid w:val="00E67DA9"/>
     <w:rsid w:val="00E721A2"/>
     <w:rsid w:val="00E72707"/>
     <w:rsid w:val="00E7502F"/>
     <w:rsid w:val="00E85487"/>
     <w:rsid w:val="00E867BA"/>
     <w:rsid w:val="00E93677"/>
     <w:rsid w:val="00E95B39"/>
     <w:rsid w:val="00EA104A"/>
     <w:rsid w:val="00EA135C"/>
     <w:rsid w:val="00EA452C"/>
     <w:rsid w:val="00EA6202"/>
     <w:rsid w:val="00EB18BC"/>
     <w:rsid w:val="00EB282B"/>
     <w:rsid w:val="00EB6DD3"/>
     <w:rsid w:val="00EB7744"/>
     <w:rsid w:val="00ED3AFA"/>
     <w:rsid w:val="00ED61A5"/>
     <w:rsid w:val="00ED7D48"/>
     <w:rsid w:val="00EE50FE"/>
     <w:rsid w:val="00EE5571"/>
     <w:rsid w:val="00EE650F"/>
     <w:rsid w:val="00EE6AD1"/>
     <w:rsid w:val="00EF1C05"/>
     <w:rsid w:val="00EF2F42"/>
     <w:rsid w:val="00F026DC"/>
     <w:rsid w:val="00F04B49"/>
     <w:rsid w:val="00F0586E"/>
     <w:rsid w:val="00F06023"/>
     <w:rsid w:val="00F1096C"/>
     <w:rsid w:val="00F10E5A"/>
     <w:rsid w:val="00F11F62"/>
     <w:rsid w:val="00F13213"/>
     <w:rsid w:val="00F141B0"/>
     <w:rsid w:val="00F14712"/>
     <w:rsid w:val="00F14C9B"/>
-    <w:rsid w:val="00F2069C"/>
     <w:rsid w:val="00F208D7"/>
     <w:rsid w:val="00F20E63"/>
     <w:rsid w:val="00F22076"/>
     <w:rsid w:val="00F22460"/>
     <w:rsid w:val="00F257F9"/>
     <w:rsid w:val="00F26913"/>
     <w:rsid w:val="00F343B7"/>
     <w:rsid w:val="00F34724"/>
     <w:rsid w:val="00F416EA"/>
     <w:rsid w:val="00F43932"/>
     <w:rsid w:val="00F452DB"/>
     <w:rsid w:val="00F45A17"/>
     <w:rsid w:val="00F531D7"/>
     <w:rsid w:val="00F53BB2"/>
     <w:rsid w:val="00F548D1"/>
     <w:rsid w:val="00F55A52"/>
     <w:rsid w:val="00F575CF"/>
     <w:rsid w:val="00F715C6"/>
     <w:rsid w:val="00F8310F"/>
     <w:rsid w:val="00F8329D"/>
     <w:rsid w:val="00F8533E"/>
     <w:rsid w:val="00F87ED0"/>
     <w:rsid w:val="00F94063"/>
     <w:rsid w:val="00FA0BE6"/>
     <w:rsid w:val="00FA50E6"/>
     <w:rsid w:val="00FA51B2"/>
     <w:rsid w:val="00FA575E"/>
     <w:rsid w:val="00FA7758"/>
     <w:rsid w:val="00FC34CE"/>
     <w:rsid w:val="00FC6B42"/>
     <w:rsid w:val="00FE139B"/>
     <w:rsid w:val="00FE1CB4"/>
     <w:rsid w:val="00FE67E3"/>
     <w:rsid w:val="00FE7AB2"/>
+    <w:rsid w:val="00FE7E50"/>
     <w:rsid w:val="00FF0162"/>
     <w:rsid w:val="00FF0858"/>
     <w:rsid w:val="00FF5422"/>
     <w:rsid w:val="00FF560D"/>
     <w:rsid w:val="00FF7F5A"/>
     <w:rsid w:val="08701B62"/>
     <w:rsid w:val="1DAC448A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -10257,74 +10683,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...22 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B0F2FAA928F6D64BB16ED70B5ACF963F" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="877bd3fb08ef6011f3b79d8bdcb87a43">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ae916ade-957f-4a2f-93c3-592a84a0e75c" xmlns:ns3="e10e4db1-d899-403d-9807-651178ead3da" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6239b1d85b41d22f2dbfb1cea51af504" ns2:_="" ns3:_="">
     <xsd:import namespace="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
     <xsd:import namespace="e10e4db1-d899-403d-9807-651178ead3da"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -10503,126 +10905,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e10e4db1-d899-403d-9807-651178ead3da"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ae916ade-957f-4a2f-93c3-592a84a0e75c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61B595B0-96E8-4711-AA41-147197B02448}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
     <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E00FE09-04B5-4F2D-BE35-4F00C3FBD9A1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A55233EB-B8F1-4FB9-8D84-F29B45182246}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1FC13ED-9ACC-4689-9EBE-D1CEF212FA91}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
+    <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>DPH Letterhead</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>334</Words>
-  <Characters>1909</Characters>
+  <Words>368</Words>
+  <Characters>2099</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2239</CharactersWithSpaces>
+  <CharactersWithSpaces>2463</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kyle Marshall</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>