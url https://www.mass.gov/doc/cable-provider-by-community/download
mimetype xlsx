--- v0 (2025-10-17)
+++ v1 (2025-12-12)
@@ -1,1171 +1,1175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24326"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="6" documentId="8_{5413B0C5-B3C6-41C4-900B-828262C13710}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{37F637B3-0329-4E78-A832-5150BB4C575B}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FE53CBB4-91F9-41E3-A36D-5D7183EC98EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="22780" windowHeight="14660" xr2:uid="{292C9383-3295-45F0-AE25-067F5765D3D0}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{2D5A6E3B-112A-4A07-82AB-47C20E0F4992}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$B$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$B$352</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="704" uniqueCount="363">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="706" uniqueCount="364">
   <si>
     <t>ABINGTON</t>
   </si>
   <si>
+    <t>ACTON</t>
+  </si>
+  <si>
+    <t>ACUSHNET</t>
+  </si>
+  <si>
+    <t>AGAWAM</t>
+  </si>
+  <si>
+    <t>AMESBURY</t>
+  </si>
+  <si>
+    <t>AMHERST</t>
+  </si>
+  <si>
+    <t>ANDOVER</t>
+  </si>
+  <si>
+    <t>ARLINGTON</t>
+  </si>
+  <si>
+    <t>ASHBURNHAM</t>
+  </si>
+  <si>
+    <t>ASHBY</t>
+  </si>
+  <si>
+    <t>ASHLAND</t>
+  </si>
+  <si>
+    <t>ATTLEBORO</t>
+  </si>
+  <si>
+    <t>AVON</t>
+  </si>
+  <si>
+    <t>AYER</t>
+  </si>
+  <si>
+    <t>BARNSTABLE</t>
+  </si>
+  <si>
+    <t>BEDFORD</t>
+  </si>
+  <si>
+    <t>BELLINGHAM</t>
+  </si>
+  <si>
+    <t>BELMONT</t>
+  </si>
+  <si>
+    <t>BERKLEY</t>
+  </si>
+  <si>
+    <t>BERNARDSTON</t>
+  </si>
+  <si>
+    <t>BEVERLY</t>
+  </si>
+  <si>
+    <t>BILLERICA</t>
+  </si>
+  <si>
+    <t>BLACKSTONE</t>
+  </si>
+  <si>
+    <t>BOLTON</t>
+  </si>
+  <si>
+    <t>BOSTON</t>
+  </si>
+  <si>
+    <t>BOURNE</t>
+  </si>
+  <si>
+    <t>BOXBOROUGH</t>
+  </si>
+  <si>
+    <t>BOXFORD</t>
+  </si>
+  <si>
+    <t>BRAINTREE</t>
+  </si>
+  <si>
+    <t>BREWSTER</t>
+  </si>
+  <si>
+    <t>BRIDGEWATER</t>
+  </si>
+  <si>
+    <t>BROCKTON</t>
+  </si>
+  <si>
+    <t>BROOKLINE</t>
+  </si>
+  <si>
+    <t>BUCKLAND</t>
+  </si>
+  <si>
+    <t>BURLINGTON</t>
+  </si>
+  <si>
+    <t>CAMBRIDGE</t>
+  </si>
+  <si>
+    <t>CANTON</t>
+  </si>
+  <si>
+    <t>CARLISLE</t>
+  </si>
+  <si>
+    <t>CARVER</t>
+  </si>
+  <si>
+    <t>CHATHAM</t>
+  </si>
+  <si>
+    <t>CHELMSFORD</t>
+  </si>
+  <si>
+    <t>CHELSEA</t>
+  </si>
+  <si>
+    <t>CHESTER</t>
+  </si>
+  <si>
+    <t>CHILMARK</t>
+  </si>
+  <si>
+    <t>CLINTON</t>
+  </si>
+  <si>
+    <t>COHASSET</t>
+  </si>
+  <si>
+    <t>CONCORD</t>
+  </si>
+  <si>
+    <t>CONWAY</t>
+  </si>
+  <si>
+    <t>DANVERS</t>
+  </si>
+  <si>
+    <t>DARTMOUTH</t>
+  </si>
+  <si>
+    <t>DEDHAM</t>
+  </si>
+  <si>
+    <t>DEERFIELD</t>
+  </si>
+  <si>
+    <t>DENNIS</t>
+  </si>
+  <si>
+    <t>DEVENS</t>
+  </si>
+  <si>
+    <t>DIGHTON</t>
+  </si>
+  <si>
+    <t>DOVER</t>
+  </si>
+  <si>
+    <t>DRACUT</t>
+  </si>
+  <si>
+    <t>DUXBURY</t>
+  </si>
+  <si>
+    <t>EASTHAM</t>
+  </si>
+  <si>
+    <t>EASTON</t>
+  </si>
+  <si>
+    <t>ERVING</t>
+  </si>
+  <si>
+    <t>ESSEX</t>
+  </si>
+  <si>
+    <t>EVERETT</t>
+  </si>
+  <si>
+    <t>FAIRHAVEN</t>
+  </si>
+  <si>
+    <t>FALL RIVER</t>
+  </si>
+  <si>
+    <t>FALMOUTH</t>
+  </si>
+  <si>
+    <t>FITCHBURG</t>
+  </si>
+  <si>
+    <t>FRAMINGHAM</t>
+  </si>
+  <si>
+    <t>FRANKLIN</t>
+  </si>
+  <si>
+    <t>FREETOWN</t>
+  </si>
+  <si>
+    <t>GARDNER</t>
+  </si>
+  <si>
+    <t>GILL</t>
+  </si>
+  <si>
+    <t>GLOUCESTER</t>
+  </si>
+  <si>
+    <t>GRANBY</t>
+  </si>
+  <si>
+    <t>GRANVILLE</t>
+  </si>
+  <si>
+    <t>GREENFIELD</t>
+  </si>
+  <si>
+    <t>GROVELAND</t>
+  </si>
+  <si>
+    <t>HALIFAX</t>
+  </si>
+  <si>
+    <t>HAMILTON</t>
+  </si>
+  <si>
+    <t>HANOVER</t>
+  </si>
+  <si>
+    <t>HANSON</t>
+  </si>
+  <si>
+    <t>HARDWICK</t>
+  </si>
+  <si>
+    <t>HARWICH</t>
+  </si>
+  <si>
+    <t>HATFIELD</t>
+  </si>
+  <si>
+    <t>HAVERHILL</t>
+  </si>
+  <si>
+    <t>HINGHAM</t>
+  </si>
+  <si>
+    <t>HOLBROOK</t>
+  </si>
+  <si>
+    <t>HOLLISTON</t>
+  </si>
+  <si>
+    <t>HOLYOKE</t>
+  </si>
+  <si>
+    <t>HOPEDALE</t>
+  </si>
+  <si>
+    <t>HOPKINTON</t>
+  </si>
+  <si>
+    <t>HUDSON</t>
+  </si>
+  <si>
+    <t>HULL</t>
+  </si>
+  <si>
+    <t>HUNTINGTON</t>
+  </si>
+  <si>
+    <t>IPSWICH</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>LAKEVILLE</t>
+  </si>
+  <si>
+    <t>LANCASTER</t>
+  </si>
+  <si>
+    <t>LAWRENCE</t>
+  </si>
+  <si>
+    <t>LEOMINSTER</t>
+  </si>
+  <si>
+    <t>LEXINGTON</t>
+  </si>
+  <si>
+    <t>LINCOLN</t>
+  </si>
+  <si>
+    <t>LITTLETON</t>
+  </si>
+  <si>
+    <t>LONGMEADOW</t>
+  </si>
+  <si>
+    <t>LOWELL</t>
+  </si>
+  <si>
+    <t>LUNENBURG</t>
+  </si>
+  <si>
+    <t>LYNN</t>
+  </si>
+  <si>
+    <t>LYNNFIELD</t>
+  </si>
+  <si>
+    <t>MALDEN</t>
+  </si>
+  <si>
+    <t>MANSFIELD</t>
+  </si>
+  <si>
+    <t>MARBLEHEAD</t>
+  </si>
+  <si>
+    <t>MARION</t>
+  </si>
+  <si>
+    <t>MARSHFIELD</t>
+  </si>
+  <si>
+    <t>MASHPEE</t>
+  </si>
+  <si>
+    <t>MATTAPOISETT</t>
+  </si>
+  <si>
+    <t>MAYNARD</t>
+  </si>
+  <si>
+    <t>MEDFIELD</t>
+  </si>
+  <si>
+    <t>MEDFORD</t>
+  </si>
+  <si>
+    <t>MEDWAY</t>
+  </si>
+  <si>
+    <t>MELROSE</t>
+  </si>
+  <si>
+    <t>MENDON</t>
+  </si>
+  <si>
+    <t>MERRIMAC</t>
+  </si>
+  <si>
+    <t>METHUEN</t>
+  </si>
+  <si>
+    <t>MIDDLEBOROUGH</t>
+  </si>
+  <si>
+    <t>MIDDLEFIELD</t>
+  </si>
+  <si>
+    <t>MIDDLETON</t>
+  </si>
+  <si>
+    <t>MILFORD</t>
+  </si>
+  <si>
+    <t>MILLIS</t>
+  </si>
+  <si>
+    <t>MILTON</t>
+  </si>
+  <si>
+    <t>MONSON</t>
+  </si>
+  <si>
+    <t>MONTAGUE</t>
+  </si>
+  <si>
+    <t>MONTGOMERY</t>
+  </si>
+  <si>
+    <t>NAHANT</t>
+  </si>
+  <si>
+    <t>NANTUCKET</t>
+  </si>
+  <si>
+    <t>NATICK</t>
+  </si>
+  <si>
+    <t>NEEDHAM</t>
+  </si>
+  <si>
+    <t>NEW BEDFORD</t>
+  </si>
+  <si>
+    <t>NEWBURY</t>
+  </si>
+  <si>
+    <t>NEWBURYPORT</t>
+  </si>
+  <si>
+    <t>NEWTON</t>
+  </si>
+  <si>
+    <t>NORFOLK</t>
+  </si>
+  <si>
+    <t>NORTH READING</t>
+  </si>
+  <si>
+    <t>NORTHFIELD</t>
+  </si>
+  <si>
+    <t>NORTON</t>
+  </si>
+  <si>
+    <t>NORWELL</t>
+  </si>
+  <si>
+    <t>NORWOOD</t>
+  </si>
+  <si>
+    <t>OAK BLUFFS</t>
+  </si>
+  <si>
+    <t>ORLEANS</t>
+  </si>
+  <si>
+    <t>PALMER</t>
+  </si>
+  <si>
+    <t>PEABODY</t>
+  </si>
+  <si>
+    <t>PELHAM</t>
+  </si>
+  <si>
+    <t>PEMBROKE</t>
+  </si>
+  <si>
+    <t>PHILLIPSTON</t>
+  </si>
+  <si>
+    <t>PLAINVILLE</t>
+  </si>
+  <si>
+    <t>PLYMOUTH</t>
+  </si>
+  <si>
+    <t>PLYMPTON</t>
+  </si>
+  <si>
+    <t>PROVINCETOWN</t>
+  </si>
+  <si>
+    <t>QUINCY</t>
+  </si>
+  <si>
+    <t>RANDOLPH</t>
+  </si>
+  <si>
+    <t>RAYNHAM</t>
+  </si>
+  <si>
+    <t>READING</t>
+  </si>
+  <si>
+    <t>REHOBOTH</t>
+  </si>
+  <si>
+    <t>REVERE</t>
+  </si>
+  <si>
+    <t>ROCHESTER</t>
+  </si>
+  <si>
+    <t>ROCKLAND</t>
+  </si>
+  <si>
+    <t>ROCKPORT</t>
+  </si>
+  <si>
+    <t>ROWLEY</t>
+  </si>
+  <si>
+    <t>SALEM</t>
+  </si>
+  <si>
+    <t>SALISBURY</t>
+  </si>
+  <si>
+    <t>SANDWICH</t>
+  </si>
+  <si>
+    <t>SAUGUS</t>
+  </si>
+  <si>
+    <t>SCITUATE</t>
+  </si>
+  <si>
+    <t>SEEKONK</t>
+  </si>
+  <si>
+    <t>SHARON</t>
+  </si>
+  <si>
+    <t>SHELBURNE</t>
+  </si>
+  <si>
+    <t>SHERBORN</t>
+  </si>
+  <si>
+    <t>SHIRLEY</t>
+  </si>
+  <si>
+    <t>SOMERSET</t>
+  </si>
+  <si>
+    <t>SOMERVILLE</t>
+  </si>
+  <si>
+    <t>SOUTH HADLEY</t>
+  </si>
+  <si>
+    <t>SOUTHBOROUGH</t>
+  </si>
+  <si>
+    <t>SOUTHWICK</t>
+  </si>
+  <si>
+    <t>SPRINGFIELD</t>
+  </si>
+  <si>
+    <t>STERLING</t>
+  </si>
+  <si>
+    <t>STONEHAM</t>
+  </si>
+  <si>
+    <t>STOUGHTON</t>
+  </si>
+  <si>
+    <t>STOW</t>
+  </si>
+  <si>
+    <t>SUDBURY</t>
+  </si>
+  <si>
+    <t>SUNDERLAND</t>
+  </si>
+  <si>
+    <t>SWAMPSCOTT</t>
+  </si>
+  <si>
+    <t>SWANSEA</t>
+  </si>
+  <si>
+    <t>TAUNTON</t>
+  </si>
+  <si>
+    <t>TEMPLETON</t>
+  </si>
+  <si>
+    <t>TEWKSBURY</t>
+  </si>
+  <si>
+    <t>TOPSFIELD</t>
+  </si>
+  <si>
+    <t>TOWNSEND</t>
+  </si>
+  <si>
+    <t>TRURO</t>
+  </si>
+  <si>
+    <t>TYNGSBOROUGH</t>
+  </si>
+  <si>
+    <t>WAKEFIELD</t>
+  </si>
+  <si>
+    <t>WALPOLE</t>
+  </si>
+  <si>
+    <t>WALTHAM</t>
+  </si>
+  <si>
+    <t>WARE</t>
+  </si>
+  <si>
+    <t>WAREHAM</t>
+  </si>
+  <si>
+    <t>WARREN</t>
+  </si>
+  <si>
+    <t>WATERTOWN</t>
+  </si>
+  <si>
+    <t>WAYLAND</t>
+  </si>
+  <si>
+    <t>WELLESLEY</t>
+  </si>
+  <si>
+    <t>WELLFLEET</t>
+  </si>
+  <si>
+    <t>WENHAM</t>
+  </si>
+  <si>
+    <t>WEST SPRINGFIELD</t>
+  </si>
+  <si>
+    <t>WEST TISBURY</t>
+  </si>
+  <si>
+    <t>WESTFIELD</t>
+  </si>
+  <si>
+    <t>WESTFORD</t>
+  </si>
+  <si>
+    <t>WESTHAMPTON</t>
+  </si>
+  <si>
+    <t>WESTMINSTER</t>
+  </si>
+  <si>
+    <t>WESTON</t>
+  </si>
+  <si>
+    <t>WESTWOOD</t>
+  </si>
+  <si>
+    <t>WEYMOUTH</t>
+  </si>
+  <si>
+    <t>WHATELY</t>
+  </si>
+  <si>
+    <t>WHITMAN</t>
+  </si>
+  <si>
+    <t>WILLIAMSBURG</t>
+  </si>
+  <si>
+    <t>WILMINGTON</t>
+  </si>
+  <si>
+    <t>WINCHENDON</t>
+  </si>
+  <si>
+    <t>WINCHESTER</t>
+  </si>
+  <si>
+    <t>WINTHROP</t>
+  </si>
+  <si>
+    <t>WOBURN</t>
+  </si>
+  <si>
+    <t>WORTHINGTON</t>
+  </si>
+  <si>
+    <t>WRENTHAM</t>
+  </si>
+  <si>
+    <t>YARMOUTH</t>
+  </si>
+  <si>
+    <t>Comcast</t>
+  </si>
+  <si>
+    <t>Charter</t>
+  </si>
+  <si>
+    <t>Cox</t>
+  </si>
+  <si>
+    <t>Shrewsbury</t>
+  </si>
+  <si>
+    <t>Town</t>
+  </si>
+  <si>
     <t>Comcast; Verizon</t>
   </si>
   <si>
-    <t>ACTON</t>
-[...7 lines deleted...]
-  <si>
     <t>ADAMS</t>
   </si>
   <si>
-    <t>Charter</t>
-[...4 lines deleted...]
-  <si>
     <t>ALFORD</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
-    <t>AMESBURY</t>
-[...7 lines deleted...]
-  <si>
     <t>AQUINNAH</t>
   </si>
   <si>
-    <t>ARLINGTON</t>
-[...1 lines deleted...]
-  <si>
     <t>Comcast; RCN; Verizon</t>
   </si>
   <si>
-    <t>ASHBURNHAM</t>
-[...4 lines deleted...]
-  <si>
     <t>ASHFIELD</t>
   </si>
   <si>
-    <t>ASHLAND</t>
-[...1 lines deleted...]
-  <si>
     <t>ATHOL</t>
   </si>
   <si>
-    <t>ATTLEBORO</t>
-[...1 lines deleted...]
-  <si>
     <t>AUBURN</t>
   </si>
   <si>
-    <t>AVON</t>
-[...7 lines deleted...]
-  <si>
     <t>BARRE</t>
   </si>
   <si>
     <t>BECKET</t>
   </si>
   <si>
-    <t>BEDFORD</t>
-[...1 lines deleted...]
-  <si>
     <t>BELCHERTOWN</t>
   </si>
   <si>
-    <t>BELLINGHAM</t>
-[...7 lines deleted...]
-  <si>
     <t>BERLIN</t>
   </si>
   <si>
-    <t>BERNARDSTON</t>
-[...10 lines deleted...]
-  <si>
     <t>BLANDFORD</t>
   </si>
   <si>
-    <t>BOLTON</t>
-[...11 lines deleted...]
-    <t>BOXFORD</t>
+    <t>Comcast; RCN</t>
   </si>
   <si>
     <t>BOYLSTON</t>
   </si>
   <si>
-    <t>BRAINTREE</t>
-[...7 lines deleted...]
-  <si>
     <t>BRIMFIELD</t>
   </si>
   <si>
-    <t>BROCKTON</t>
-[...1 lines deleted...]
-  <si>
     <t>BROOKFIELD</t>
   </si>
   <si>
-    <t>BROOKLINE</t>
-[...22 lines deleted...]
-  <si>
     <t>CHARLEMONT</t>
   </si>
   <si>
     <t>CHARLTON</t>
   </si>
   <si>
-    <t>CHATHAM</t>
-[...7 lines deleted...]
-  <si>
     <t>CHESHIRE</t>
   </si>
   <si>
-    <t>CHESTER</t>
-[...1 lines deleted...]
-  <si>
     <t>CHESTERFIELD</t>
   </si>
   <si>
     <t>CHICOPEE</t>
   </si>
   <si>
-    <t>CHILMARK</t>
-[...1 lines deleted...]
-  <si>
     <t>CLARKSBURG</t>
   </si>
   <si>
-    <t>CLINTON</t>
-[...4 lines deleted...]
-  <si>
     <t>COLRAIN</t>
   </si>
   <si>
-    <t>CONCORD</t>
-[...4 lines deleted...]
-  <si>
     <t>CUMMINGTON</t>
   </si>
   <si>
     <t>DALTON</t>
   </si>
   <si>
-    <t>DANVERS</t>
-[...16 lines deleted...]
-  <si>
     <t>DOUGLAS</t>
   </si>
   <si>
-    <t>DOVER</t>
-[...4 lines deleted...]
-  <si>
     <t>DUDLEY</t>
   </si>
   <si>
     <t>DUNSTABLE</t>
   </si>
   <si>
     <t>Charter; Verizon</t>
   </si>
   <si>
-    <t>DUXBURY</t>
-[...1 lines deleted...]
-  <si>
     <t>EAST BRIDGEWATER</t>
   </si>
   <si>
     <t>EAST BROOKFIELD</t>
   </si>
   <si>
     <t>EAST LONGMEADOW</t>
   </si>
   <si>
-    <t>EASTHAM</t>
-[...1 lines deleted...]
-  <si>
     <t>EASTHAMPTON</t>
   </si>
   <si>
-    <t>EASTON</t>
-[...1 lines deleted...]
-  <si>
     <t>EDGARTOWN</t>
   </si>
   <si>
     <t>EGREMONT</t>
   </si>
   <si>
-    <t>ERVING</t>
-[...19 lines deleted...]
-  <si>
     <t>FLORIDA</t>
   </si>
   <si>
     <t>FOXBOROUGH</t>
   </si>
   <si>
-    <t>FRAMINGHAM</t>
-[...10 lines deleted...]
-  <si>
     <t>GEORGETOWN</t>
   </si>
   <si>
-    <t>GILL</t>
-[...4 lines deleted...]
-  <si>
     <t>GOSHEN</t>
   </si>
   <si>
     <t>GOSNOLD</t>
   </si>
   <si>
     <t>GRAFTON</t>
   </si>
   <si>
-    <t>GRANBY</t>
-[...4 lines deleted...]
-  <si>
     <t>GREAT BARRINGTON</t>
   </si>
   <si>
-    <t>GREENFIELD</t>
-[...1 lines deleted...]
-  <si>
     <t>GROTON</t>
   </si>
   <si>
-    <t>GROVELAND</t>
-[...1 lines deleted...]
-  <si>
     <t>HADLEY</t>
   </si>
   <si>
-    <t>HALIFAX</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMPDEN</t>
   </si>
   <si>
     <t>HANCOCK</t>
   </si>
   <si>
-    <t>HANOVER</t>
-[...7 lines deleted...]
-  <si>
     <t>HARVARD</t>
   </si>
   <si>
-    <t>HARWICH</t>
-[...7 lines deleted...]
-  <si>
     <t>HAWLEY</t>
   </si>
   <si>
     <t>HEATH</t>
   </si>
   <si>
-    <t>HINGHAM</t>
-[...1 lines deleted...]
-  <si>
     <t>HINSDALE</t>
   </si>
   <si>
-    <t>HOLBROOK</t>
-[...1 lines deleted...]
-  <si>
     <t>HOLDEN</t>
   </si>
   <si>
     <t>HOLLAND</t>
   </si>
   <si>
-    <t>Cox</t>
-[...13 lines deleted...]
-  <si>
     <t>HUBBARDSTON</t>
   </si>
   <si>
-    <t>HUDSON</t>
-[...19 lines deleted...]
-  <si>
     <t>LANESBOROUGH</t>
   </si>
   <si>
-    <t>LAWRENCE</t>
-[...1 lines deleted...]
-  <si>
     <t>LEE</t>
   </si>
   <si>
     <t>LEICESTER</t>
   </si>
   <si>
     <t>LENOX</t>
   </si>
   <si>
-    <t>LEOMINSTER</t>
-[...1 lines deleted...]
-  <si>
     <t>LEVERETT</t>
   </si>
   <si>
-    <t>LEXINGTON</t>
-[...1 lines deleted...]
-  <si>
     <t>LEYDEN</t>
   </si>
   <si>
-    <t>LINCOLN</t>
-[...10 lines deleted...]
-  <si>
     <t>LUDLOW</t>
   </si>
   <si>
-    <t>LUNENBURG</t>
-[...10 lines deleted...]
-  <si>
     <t>MANCHESTER</t>
   </si>
   <si>
-    <t>MANSFIELD</t>
-[...7 lines deleted...]
-  <si>
     <t>MARLBOROUGH</t>
   </si>
   <si>
-    <t>MARSHFIELD</t>
-[...43 lines deleted...]
-  <si>
     <t>MILLBURY</t>
   </si>
   <si>
-    <t>MILLIS</t>
-[...1 lines deleted...]
-  <si>
     <t>MILLVILLE</t>
   </si>
   <si>
-    <t>MILTON</t>
-[...1 lines deleted...]
-  <si>
     <t>MONROE</t>
   </si>
   <si>
-    <t>MONSON</t>
-[...4 lines deleted...]
-  <si>
     <t>MONTEREY</t>
   </si>
   <si>
-    <t>MONTGOMERY</t>
-[...1 lines deleted...]
-  <si>
     <t>MOUNT WASHINGTON</t>
   </si>
   <si>
-    <t>NAHANT</t>
-[...10 lines deleted...]
-  <si>
     <t>NEW ASHFORD</t>
   </si>
   <si>
-    <t>NEW BEDFORD</t>
-[...1 lines deleted...]
-  <si>
     <t>NEW BRAINTREE</t>
   </si>
   <si>
     <t>NEW MARLBOROUGH</t>
   </si>
   <si>
     <t>NEW SALEM</t>
   </si>
   <si>
-    <t>NEWBURY</t>
-[...10 lines deleted...]
-  <si>
     <t>NORTH ADAMS</t>
   </si>
   <si>
     <t>NORTH ANDOVER</t>
   </si>
   <si>
     <t>NORTH ATTLEBOROUGH</t>
   </si>
   <si>
     <t>NORTH BROOKFIELD</t>
   </si>
   <si>
-    <t>NORTH READING</t>
-[...1 lines deleted...]
-  <si>
     <t>NORTHAMPTON</t>
   </si>
   <si>
     <t>NORTHBOROUGH</t>
   </si>
   <si>
     <t>NORTHBRIDGE</t>
   </si>
   <si>
-    <t>NORTHFIELD</t>
-[...10 lines deleted...]
-  <si>
     <t>Comcast; Norwood; Verizon</t>
   </si>
   <si>
-    <t>OAK BLUFFS</t>
-[...1 lines deleted...]
-  <si>
     <t>OAKHAM</t>
   </si>
   <si>
     <t>ORANGE</t>
   </si>
   <si>
-    <t>ORLEANS</t>
-[...1 lines deleted...]
-  <si>
     <t>OTIS</t>
   </si>
   <si>
     <t>OXFORD</t>
   </si>
   <si>
-    <t>PALMER</t>
-[...1 lines deleted...]
-  <si>
     <t>PAXTON</t>
   </si>
   <si>
-    <t>PEABODY</t>
-[...7 lines deleted...]
-  <si>
     <t>PEPPERELL</t>
   </si>
   <si>
     <t>PERU</t>
   </si>
   <si>
     <t>PETERSHAM</t>
   </si>
   <si>
-    <t>PHILLIPSTON</t>
-[...1 lines deleted...]
-  <si>
     <t>PITTSFIELD</t>
   </si>
   <si>
     <t>PLAINFIELD</t>
   </si>
   <si>
-    <t>PLAINVILLE</t>
-[...7 lines deleted...]
-  <si>
     <t>PRINCETON</t>
   </si>
   <si>
-    <t>PROVINCETOWN</t>
-[...19 lines deleted...]
-  <si>
     <t>RICHMOND</t>
   </si>
   <si>
-    <t>ROCHESTER</t>
-[...7 lines deleted...]
-  <si>
     <t>ROWE</t>
   </si>
   <si>
-    <t>ROWLEY</t>
-[...1 lines deleted...]
-  <si>
     <t>ROYALSTON</t>
   </si>
   <si>
     <t>RUSSELL</t>
   </si>
   <si>
     <t>RUTLAND</t>
   </si>
   <si>
-    <t>SALEM</t>
-[...4 lines deleted...]
-  <si>
     <t>SANDISFIELD</t>
   </si>
   <si>
-    <t>SANDWICH</t>
-[...4 lines deleted...]
-  <si>
     <t>SAVOY</t>
   </si>
   <si>
-    <t>SCITUATE</t>
-[...7 lines deleted...]
-  <si>
     <t>SHEFFIELD</t>
   </si>
   <si>
-    <t>SHELBURNE</t>
-[...7 lines deleted...]
-  <si>
     <t>SHREWSBURY</t>
   </si>
   <si>
-    <t>Shrewsbury</t>
-[...1 lines deleted...]
-  <si>
     <t>SHUTESBURY</t>
   </si>
   <si>
-    <t>SOMERSET</t>
-[...7 lines deleted...]
-  <si>
     <t>SOUTHAMPTON</t>
   </si>
   <si>
-    <t>SOUTHBOROUGH</t>
-[...1 lines deleted...]
-  <si>
     <t>SOUTHBRIDGE</t>
   </si>
   <si>
-    <t>SOUTHWICK</t>
-[...1 lines deleted...]
-  <si>
     <t>SPENCER</t>
   </si>
   <si>
-    <t>SPRINGFIELD</t>
-[...4 lines deleted...]
-  <si>
     <t>STOCKBRIDGE</t>
   </si>
   <si>
-    <t>STONEHAM</t>
-[...7 lines deleted...]
-  <si>
     <t>STURBRIDGE</t>
   </si>
   <si>
-    <t>SUDBURY</t>
-[...4 lines deleted...]
-  <si>
     <t>SUTTON</t>
   </si>
   <si>
-    <t>SWAMPSCOTT</t>
-[...13 lines deleted...]
-  <si>
     <t>TISBURY</t>
   </si>
   <si>
     <t>TOLLAND</t>
   </si>
   <si>
-    <t>TOPSFIELD</t>
-[...10 lines deleted...]
-  <si>
     <t>TYRINGHAM</t>
   </si>
   <si>
     <t>UPTON</t>
   </si>
   <si>
     <t>UXBRIDGE</t>
   </si>
   <si>
-    <t>WAKEFIELD</t>
-[...1 lines deleted...]
-  <si>
     <t>WALES</t>
   </si>
   <si>
-    <t>WALPOLE</t>
-[...13 lines deleted...]
-  <si>
     <t>WARWICK</t>
   </si>
   <si>
     <t>WASHINGTON</t>
   </si>
   <si>
-    <t>WATERTOWN</t>
-[...4 lines deleted...]
-  <si>
     <t>WEBSTER</t>
   </si>
   <si>
-    <t>WELLESLEY</t>
-[...4 lines deleted...]
-  <si>
     <t>WENDELL</t>
   </si>
   <si>
-    <t>WENHAM</t>
-[...1 lines deleted...]
-  <si>
     <t>WEST BOYLSTON</t>
   </si>
   <si>
     <t>WEST BRIDGEWATER</t>
   </si>
   <si>
     <t>WEST BROOKFIELD</t>
   </si>
   <si>
     <t>WEST NEWBURY</t>
   </si>
   <si>
-    <t>WEST SPRINGFIELD</t>
-[...1 lines deleted...]
-  <si>
     <t>WEST STOCKBRIDGE</t>
   </si>
   <si>
-    <t>WEST TISBURY</t>
-[...1 lines deleted...]
-  <si>
     <t>WESTBOROUGH</t>
   </si>
   <si>
-    <t>WESTFIELD</t>
-[...13 lines deleted...]
-  <si>
     <t>WESTPORT</t>
   </si>
   <si>
-    <t>WESTWOOD</t>
-[...10 lines deleted...]
-  <si>
     <t>WILBRAHAM</t>
   </si>
   <si>
-    <t>WILLIAMSBURG</t>
-[...1 lines deleted...]
-  <si>
     <t>WILLIAMSTOWN</t>
   </si>
   <si>
-    <t>WILMINGTON</t>
-[...7 lines deleted...]
-  <si>
     <t>WINDSOR</t>
   </si>
   <si>
-    <t>WINTHROP</t>
-[...4 lines deleted...]
-  <si>
     <t>WORCESTER</t>
   </si>
   <si>
-    <t>WORTHINGTON</t>
-[...11 lines deleted...]
-    <t>Cable TV provider(s) as of December 2021</t>
+    <t>Cable December 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1181,91 +1185,91 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1327,51 +1331,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1469,2931 +1473,2965 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0C550CEE-489B-42C9-BDE4-4FEFABB67963}">
-  <dimension ref="A1:B352"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3FC868B1-17B7-4EF1-AC2A-83292F9066E5}">
+  <dimension ref="A1:P437"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="23.1796875" customWidth="1"/>
-    <col min="2" max="2" width="36.81640625" customWidth="1"/>
+    <col min="2" max="2" width="31.81640625" customWidth="1"/>
+    <col min="3" max="3" width="6.81640625" customWidth="1"/>
+    <col min="4" max="4" width="26.08984375" customWidth="1"/>
+    <col min="5" max="5" width="20.1796875" customWidth="1"/>
+    <col min="6" max="6" width="18" customWidth="1"/>
+    <col min="7" max="9" width="6.81640625" customWidth="1"/>
+    <col min="10" max="10" width="25.1796875" customWidth="1"/>
+    <col min="11" max="11" width="21.453125" customWidth="1"/>
+    <col min="12" max="12" width="15.453125" customWidth="1"/>
+    <col min="13" max="13" width="22.90625" customWidth="1"/>
+    <col min="14" max="15" width="23.36328125" customWidth="1"/>
+    <col min="16" max="16" width="18.81640625" customWidth="1"/>
+    <col min="18" max="19" width="28" customWidth="1"/>
+    <col min="20" max="20" width="18.81640625" customWidth="1"/>
+    <col min="22" max="22" width="12.453125" customWidth="1"/>
+    <col min="23" max="23" width="13.90625" customWidth="1"/>
+    <col min="25" max="26" width="17.90625" customWidth="1"/>
+    <col min="27" max="27" width="16.6328125" customWidth="1"/>
+    <col min="29" max="29" width="16.81640625" customWidth="1"/>
+    <col min="30" max="30" width="19.81640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
-        <v>361</v>
+        <v>233</v>
       </c>
       <c r="B1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
         <v>0</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B4" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>5</v>
+        <v>235</v>
       </c>
       <c r="B5" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="B6" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>236</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B9" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="B10" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
-        <v>13</v>
+        <v>238</v>
       </c>
       <c r="B11" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B14" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>18</v>
+        <v>240</v>
       </c>
       <c r="B15" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="B16" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
-        <v>20</v>
+        <v>241</v>
       </c>
       <c r="B17" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
-        <v>22</v>
+        <v>242</v>
       </c>
       <c r="B19" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A20" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="B20" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A21" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="B21" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A22" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="B22" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A23" t="s">
-        <v>26</v>
+        <v>243</v>
       </c>
       <c r="B23" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A24" t="s">
-        <v>27</v>
+        <v>244</v>
       </c>
       <c r="B24" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A25" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="B25" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A26" t="s">
-        <v>29</v>
+        <v>245</v>
       </c>
       <c r="B26" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A27" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="B27" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A28" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="B28" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A29" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A30" t="s">
-        <v>33</v>
+        <v>246</v>
       </c>
       <c r="B30" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A31" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="B31" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A32" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="B32" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A33" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="B33" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A34" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="B34" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A35" t="s">
-        <v>38</v>
+        <v>247</v>
       </c>
       <c r="B35" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A36" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="B36" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A37" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="B37" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A38" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="B38" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A39" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="B39" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A40" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="B40" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A41" t="s">
-        <v>44</v>
+        <v>249</v>
       </c>
       <c r="B41" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A42" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="B42" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A43" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="B43" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A44" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="B44" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A45" t="s">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="B45" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A46" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="B46" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A47" t="s">
-        <v>50</v>
+        <v>251</v>
       </c>
       <c r="B47" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A48" t="s">
-        <v>51</v>
+        <v>32</v>
       </c>
       <c r="B48" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A49" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="B49" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A50" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="B50" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A51" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="B51" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A52" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="B52" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A53" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="B53" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A54" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="B54" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A55" t="s">
-        <v>59</v>
+        <v>252</v>
       </c>
       <c r="B55" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A56" t="s">
-        <v>60</v>
+        <v>253</v>
       </c>
       <c r="B56" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A57" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="B57" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A58" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="B58" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A59" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="B59" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A60" t="s">
-        <v>64</v>
+        <v>254</v>
       </c>
       <c r="B60" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A61" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="B61" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A62" t="s">
-        <v>66</v>
+        <v>255</v>
       </c>
       <c r="B62" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A63" t="s">
-        <v>67</v>
+        <v>256</v>
       </c>
       <c r="B63" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A64" t="s">
-        <v>68</v>
+        <v>43</v>
       </c>
       <c r="B64" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A65" t="s">
-        <v>69</v>
+        <v>257</v>
       </c>
       <c r="B65" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A66" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="B66" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A67" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="B67" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A68" t="s">
-        <v>72</v>
+        <v>258</v>
       </c>
       <c r="B68" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A69" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="B69" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A70" t="s">
-        <v>74</v>
+        <v>47</v>
       </c>
       <c r="B70" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A71" t="s">
-        <v>75</v>
+        <v>259</v>
       </c>
       <c r="B71" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A72" t="s">
-        <v>76</v>
+        <v>260</v>
       </c>
       <c r="B72" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A73" t="s">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="B73" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A74" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="B74" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A75" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="B75" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A76" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="B76" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A77" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="B77" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A78" t="s">
-        <v>82</v>
+        <v>54</v>
       </c>
       <c r="B78" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A79" t="s">
-        <v>83</v>
+        <v>261</v>
       </c>
       <c r="B79" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A80" t="s">
-        <v>84</v>
+        <v>55</v>
       </c>
       <c r="B80" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A81" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="B81" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A82" t="s">
-        <v>86</v>
+        <v>262</v>
       </c>
       <c r="B82" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A83" t="s">
-        <v>87</v>
+        <v>263</v>
       </c>
       <c r="B83" t="s">
-        <v>88</v>
+        <v>264</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A84" t="s">
-        <v>89</v>
+        <v>57</v>
       </c>
       <c r="B84" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A85" t="s">
-        <v>90</v>
+        <v>265</v>
       </c>
       <c r="B85" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A86" t="s">
-        <v>91</v>
+        <v>266</v>
       </c>
       <c r="B86" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A87" t="s">
-        <v>92</v>
+        <v>267</v>
       </c>
       <c r="B87" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A88" t="s">
-        <v>93</v>
+        <v>58</v>
       </c>
       <c r="B88" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A89" t="s">
-        <v>94</v>
+        <v>268</v>
       </c>
       <c r="B89" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A90" t="s">
-        <v>95</v>
+        <v>59</v>
       </c>
       <c r="B90" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A91" t="s">
-        <v>96</v>
+        <v>269</v>
       </c>
       <c r="B91" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A92" t="s">
-        <v>97</v>
+        <v>270</v>
       </c>
       <c r="B92" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A93" t="s">
-        <v>98</v>
+        <v>60</v>
       </c>
       <c r="B93" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A94" t="s">
-        <v>99</v>
+        <v>61</v>
       </c>
       <c r="B94" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A95" t="s">
-        <v>100</v>
+        <v>62</v>
       </c>
       <c r="B95" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A96" t="s">
-        <v>101</v>
+        <v>63</v>
       </c>
       <c r="B96" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A97" t="s">
-        <v>102</v>
+        <v>64</v>
       </c>
       <c r="B97" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A98" t="s">
-        <v>103</v>
+        <v>65</v>
       </c>
       <c r="B98" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A99" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
       <c r="B99" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A100" t="s">
-        <v>105</v>
+        <v>271</v>
       </c>
       <c r="B100" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A101" t="s">
-        <v>106</v>
+        <v>272</v>
       </c>
       <c r="B101" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A102" t="s">
-        <v>107</v>
+        <v>67</v>
       </c>
       <c r="B102" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A103" t="s">
-        <v>108</v>
+        <v>68</v>
       </c>
       <c r="B103" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A104" t="s">
-        <v>109</v>
+        <v>69</v>
       </c>
       <c r="B104" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A105" t="s">
-        <v>110</v>
+        <v>70</v>
       </c>
       <c r="B105" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A106" t="s">
-        <v>111</v>
+        <v>273</v>
       </c>
       <c r="B106" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A107" t="s">
-        <v>112</v>
+        <v>71</v>
       </c>
       <c r="B107" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A108" t="s">
-        <v>113</v>
+        <v>72</v>
       </c>
       <c r="B108" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A109" t="s">
-        <v>114</v>
+        <v>274</v>
       </c>
       <c r="B109" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A110" t="s">
-        <v>115</v>
+        <v>275</v>
       </c>
       <c r="B110" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A111" t="s">
-        <v>116</v>
+        <v>276</v>
       </c>
       <c r="B111" t="s">
-        <v>88</v>
+        <v>264</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A112" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="B112" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A113" t="s">
-        <v>118</v>
+        <v>74</v>
       </c>
       <c r="B113" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A114" t="s">
-        <v>119</v>
+        <v>277</v>
       </c>
       <c r="B114" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A115" t="s">
-        <v>120</v>
+        <v>75</v>
       </c>
       <c r="B115" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A116" t="s">
-        <v>121</v>
+        <v>278</v>
       </c>
       <c r="B116" t="s">
-        <v>88</v>
+        <v>264</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A117" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="B117" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A118" t="s">
-        <v>123</v>
+        <v>279</v>
       </c>
       <c r="B118" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A119" t="s">
-        <v>124</v>
+        <v>77</v>
       </c>
       <c r="B119" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A120" t="s">
-        <v>125</v>
+        <v>78</v>
       </c>
       <c r="B120" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A121" t="s">
-        <v>126</v>
+        <v>280</v>
       </c>
       <c r="B121" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A122" t="s">
-        <v>127</v>
+        <v>281</v>
       </c>
       <c r="B122" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A123" t="s">
-        <v>128</v>
+        <v>79</v>
       </c>
       <c r="B123" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A124" t="s">
-        <v>129</v>
+        <v>80</v>
       </c>
       <c r="B124" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A125" t="s">
-        <v>130</v>
+        <v>81</v>
       </c>
       <c r="B125" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A126" t="s">
-        <v>131</v>
+        <v>282</v>
       </c>
       <c r="B126" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A127" t="s">
-        <v>132</v>
+        <v>82</v>
       </c>
       <c r="B127" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A128" t="s">
-        <v>133</v>
+        <v>83</v>
       </c>
       <c r="B128" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A129" t="s">
-        <v>134</v>
+        <v>84</v>
       </c>
       <c r="B129" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A130" t="s">
-        <v>135</v>
+        <v>283</v>
       </c>
       <c r="B130" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A131" t="s">
-        <v>136</v>
+        <v>284</v>
       </c>
       <c r="B131" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A132" t="s">
-        <v>137</v>
+        <v>85</v>
       </c>
       <c r="B132" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A133" t="s">
-        <v>138</v>
+        <v>285</v>
       </c>
       <c r="B133" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A134" t="s">
-        <v>139</v>
+        <v>86</v>
       </c>
       <c r="B134" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A135" t="s">
-        <v>140</v>
+        <v>286</v>
       </c>
       <c r="B135" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A136" t="s">
-        <v>141</v>
+        <v>287</v>
       </c>
       <c r="B136" t="s">
-        <v>142</v>
+        <v>231</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A137" t="s">
-        <v>143</v>
+        <v>87</v>
       </c>
       <c r="B137" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A138" t="s">
-        <v>144</v>
+        <v>88</v>
       </c>
       <c r="B138" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A139" t="s">
-        <v>145</v>
+        <v>89</v>
       </c>
       <c r="B139" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A140" t="s">
-        <v>146</v>
+        <v>90</v>
       </c>
       <c r="B140" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A141" t="s">
-        <v>147</v>
+        <v>288</v>
       </c>
       <c r="B141" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A142" t="s">
-        <v>148</v>
+        <v>91</v>
       </c>
       <c r="B142" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A143" t="s">
-        <v>149</v>
+        <v>92</v>
       </c>
       <c r="B143" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A144" t="s">
-        <v>150</v>
+        <v>93</v>
       </c>
       <c r="B144" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A145" t="s">
-        <v>151</v>
+        <v>94</v>
       </c>
       <c r="B145" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A146" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
       <c r="B146" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A147" t="s">
-        <v>153</v>
+        <v>96</v>
       </c>
       <c r="B147" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A148" t="s">
-        <v>154</v>
+        <v>97</v>
       </c>
       <c r="B148" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A149" t="s">
-        <v>155</v>
+        <v>289</v>
       </c>
       <c r="B149" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A150" t="s">
-        <v>156</v>
+        <v>98</v>
       </c>
       <c r="B150" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A151" t="s">
-        <v>157</v>
+        <v>290</v>
       </c>
       <c r="B151" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A152" t="s">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="B152" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A153" t="s">
-        <v>159</v>
+        <v>292</v>
       </c>
       <c r="B153" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A154" t="s">
-        <v>160</v>
+        <v>99</v>
       </c>
       <c r="B154" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A155" t="s">
-        <v>161</v>
+        <v>293</v>
       </c>
       <c r="B155" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A156" t="s">
-        <v>162</v>
+        <v>100</v>
       </c>
       <c r="B156" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A157" t="s">
-        <v>163</v>
+        <v>294</v>
       </c>
       <c r="B157" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A158" t="s">
-        <v>164</v>
+        <v>101</v>
       </c>
       <c r="B158" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A159" t="s">
-        <v>165</v>
+        <v>102</v>
       </c>
       <c r="B159" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A160" t="s">
-        <v>166</v>
+        <v>103</v>
       </c>
       <c r="B160" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A161" t="s">
-        <v>167</v>
+        <v>104</v>
       </c>
       <c r="B161" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A162" t="s">
-        <v>168</v>
+        <v>295</v>
       </c>
       <c r="B162" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A163" t="s">
-        <v>169</v>
+        <v>105</v>
       </c>
       <c r="B163" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A164" t="s">
-        <v>170</v>
+        <v>106</v>
       </c>
       <c r="B164" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A165" t="s">
-        <v>171</v>
+        <v>107</v>
       </c>
       <c r="B165" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A166" t="s">
-        <v>172</v>
+        <v>108</v>
       </c>
       <c r="B166" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A167" t="s">
-        <v>173</v>
+        <v>296</v>
       </c>
       <c r="B167" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A168" t="s">
-        <v>174</v>
+        <v>109</v>
       </c>
       <c r="B168" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A169" t="s">
-        <v>175</v>
+        <v>110</v>
       </c>
       <c r="B169" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A170" t="s">
-        <v>176</v>
+        <v>111</v>
       </c>
       <c r="B170" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A171" t="s">
-        <v>177</v>
+        <v>297</v>
       </c>
       <c r="B171" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A172" t="s">
-        <v>178</v>
+        <v>112</v>
       </c>
       <c r="B172" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A173" t="s">
-        <v>179</v>
+        <v>113</v>
       </c>
       <c r="B173" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A174" t="s">
-        <v>180</v>
+        <v>114</v>
       </c>
       <c r="B174" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A175" t="s">
-        <v>181</v>
+        <v>115</v>
       </c>
       <c r="B175" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A176" t="s">
-        <v>182</v>
+        <v>116</v>
       </c>
       <c r="B176" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A177" t="s">
-        <v>183</v>
+        <v>117</v>
       </c>
       <c r="B177" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A178" t="s">
-        <v>184</v>
+        <v>118</v>
       </c>
       <c r="B178" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A179" t="s">
-        <v>185</v>
+        <v>119</v>
       </c>
       <c r="B179" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A180" t="s">
-        <v>186</v>
+        <v>120</v>
       </c>
       <c r="B180" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A181" t="s">
-        <v>187</v>
+        <v>121</v>
       </c>
       <c r="B181" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A182" t="s">
-        <v>188</v>
+        <v>122</v>
       </c>
       <c r="B182" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A183" t="s">
-        <v>189</v>
+        <v>123</v>
       </c>
       <c r="B183" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A184" t="s">
-        <v>190</v>
+        <v>124</v>
       </c>
       <c r="B184" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A185" t="s">
-        <v>191</v>
+        <v>125</v>
       </c>
       <c r="B185" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A186" t="s">
-        <v>192</v>
+        <v>126</v>
       </c>
       <c r="B186" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A187" t="s">
-        <v>193</v>
+        <v>298</v>
       </c>
       <c r="B187" t="s">
-        <v>88</v>
+        <v>264</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A188" t="s">
-        <v>194</v>
+        <v>127</v>
       </c>
       <c r="B188" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A189" t="s">
-        <v>195</v>
+        <v>299</v>
       </c>
       <c r="B189" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A190" t="s">
-        <v>196</v>
+        <v>128</v>
       </c>
       <c r="B190" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A191" t="s">
-        <v>197</v>
+        <v>300</v>
       </c>
       <c r="B191" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A192" t="s">
-        <v>198</v>
+        <v>129</v>
       </c>
       <c r="B192" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A193" t="s">
-        <v>199</v>
+        <v>130</v>
       </c>
       <c r="B193" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A194" t="s">
-        <v>200</v>
+        <v>301</v>
       </c>
       <c r="B194" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A195" t="s">
-        <v>201</v>
+        <v>131</v>
       </c>
       <c r="B195" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A196" t="s">
-        <v>202</v>
+        <v>302</v>
       </c>
       <c r="B196" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A197" t="s">
-        <v>203</v>
+        <v>132</v>
       </c>
       <c r="B197" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A198" t="s">
-        <v>204</v>
+        <v>133</v>
       </c>
       <c r="B198" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A199" t="s">
-        <v>205</v>
+        <v>134</v>
       </c>
       <c r="B199" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A200" t="s">
-        <v>206</v>
+        <v>135</v>
       </c>
       <c r="B200" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A201" t="s">
-        <v>207</v>
+        <v>303</v>
       </c>
       <c r="B201" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A202" t="s">
-        <v>208</v>
+        <v>136</v>
       </c>
       <c r="B202" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A203" t="s">
-        <v>209</v>
+        <v>304</v>
       </c>
       <c r="B203" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A204" t="s">
-        <v>210</v>
+        <v>305</v>
       </c>
       <c r="B204" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A205" t="s">
-        <v>211</v>
+        <v>306</v>
       </c>
       <c r="B205" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A206" t="s">
-        <v>212</v>
+        <v>137</v>
       </c>
       <c r="B206" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A207" t="s">
-        <v>213</v>
+        <v>138</v>
       </c>
       <c r="B207" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A208" t="s">
-        <v>214</v>
+        <v>139</v>
       </c>
       <c r="B208" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A209" t="s">
-        <v>215</v>
+        <v>140</v>
       </c>
       <c r="B209" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A210" t="s">
-        <v>216</v>
+        <v>307</v>
       </c>
       <c r="B210" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A211" t="s">
-        <v>217</v>
+        <v>308</v>
       </c>
       <c r="B211" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A212" t="s">
-        <v>218</v>
+        <v>309</v>
       </c>
       <c r="B212" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A213" t="s">
-        <v>219</v>
+        <v>310</v>
       </c>
       <c r="B213" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A214" t="s">
-        <v>220</v>
+        <v>141</v>
       </c>
       <c r="B214" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A215" t="s">
-        <v>221</v>
+        <v>311</v>
       </c>
       <c r="B215" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A216" t="s">
-        <v>222</v>
+        <v>312</v>
       </c>
       <c r="B216" t="s">
-        <v>88</v>
+        <v>264</v>
       </c>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A217" t="s">
-        <v>223</v>
+        <v>313</v>
       </c>
       <c r="B217" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A218" t="s">
-        <v>224</v>
+        <v>142</v>
       </c>
       <c r="B218" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A219" t="s">
-        <v>225</v>
+        <v>143</v>
       </c>
       <c r="B219" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A220" t="s">
-        <v>226</v>
+        <v>144</v>
       </c>
       <c r="B220" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A221" t="s">
-        <v>227</v>
+        <v>145</v>
       </c>
       <c r="B221" t="s">
-        <v>228</v>
+        <v>314</v>
       </c>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A222" t="s">
-        <v>229</v>
+        <v>146</v>
       </c>
       <c r="B222" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A223" t="s">
-        <v>230</v>
+        <v>315</v>
       </c>
       <c r="B223" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A224" t="s">
-        <v>231</v>
+        <v>316</v>
       </c>
       <c r="B224" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A225" t="s">
-        <v>232</v>
+        <v>147</v>
       </c>
       <c r="B225" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A226" t="s">
-        <v>233</v>
+        <v>317</v>
       </c>
       <c r="B226" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A227" t="s">
-        <v>234</v>
+        <v>318</v>
       </c>
       <c r="B227" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A228" t="s">
-        <v>235</v>
+        <v>148</v>
       </c>
       <c r="B228" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A229" t="s">
-        <v>236</v>
+        <v>319</v>
       </c>
       <c r="B229" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A230" t="s">
-        <v>237</v>
+        <v>149</v>
       </c>
       <c r="B230" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A231" t="s">
-        <v>238</v>
+        <v>150</v>
       </c>
       <c r="B231" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A232" t="s">
-        <v>239</v>
+        <v>151</v>
       </c>
       <c r="B232" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A233" t="s">
-        <v>240</v>
+        <v>320</v>
       </c>
       <c r="B233" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A234" t="s">
-        <v>241</v>
+        <v>321</v>
       </c>
       <c r="B234" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A235" t="s">
-        <v>242</v>
+        <v>322</v>
       </c>
       <c r="B235" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A236" t="s">
-        <v>243</v>
+        <v>152</v>
       </c>
       <c r="B236" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A237" t="s">
-        <v>244</v>
+        <v>323</v>
       </c>
       <c r="B237" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A238" t="s">
-        <v>245</v>
+        <v>324</v>
       </c>
       <c r="B238" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A239" t="s">
-        <v>246</v>
+        <v>153</v>
       </c>
       <c r="B239" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A240" t="s">
-        <v>247</v>
+        <v>154</v>
       </c>
       <c r="B240" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A241" t="s">
-        <v>248</v>
+        <v>155</v>
       </c>
       <c r="B241" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A242" t="s">
-        <v>249</v>
+        <v>325</v>
       </c>
       <c r="B242" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A243" t="s">
-        <v>250</v>
+        <v>156</v>
       </c>
       <c r="B243" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A244" t="s">
-        <v>251</v>
+        <v>157</v>
       </c>
       <c r="B244" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A245" t="s">
-        <v>252</v>
+        <v>158</v>
       </c>
       <c r="B245" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A246" t="s">
-        <v>253</v>
+        <v>159</v>
       </c>
       <c r="B246" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A247" t="s">
-        <v>254</v>
+        <v>160</v>
       </c>
       <c r="B247" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A248" t="s">
-        <v>255</v>
+        <v>161</v>
       </c>
       <c r="B248" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A249" t="s">
-        <v>256</v>
+        <v>162</v>
       </c>
       <c r="B249" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A250" t="s">
-        <v>257</v>
+        <v>326</v>
       </c>
       <c r="B250" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A251" t="s">
-        <v>258</v>
+        <v>163</v>
       </c>
       <c r="B251" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A252" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
       <c r="B252" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A253" t="s">
-        <v>260</v>
+        <v>165</v>
       </c>
       <c r="B253" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A254" t="s">
-        <v>261</v>
+        <v>327</v>
       </c>
       <c r="B254" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A255" t="s">
-        <v>262</v>
+        <v>166</v>
       </c>
       <c r="B255" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A256" t="s">
-        <v>263</v>
+        <v>328</v>
       </c>
       <c r="B256" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A257" t="s">
-        <v>264</v>
+        <v>329</v>
       </c>
       <c r="B257" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A258" t="s">
-        <v>265</v>
+        <v>330</v>
       </c>
       <c r="B258" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A259" t="s">
-        <v>266</v>
+        <v>167</v>
       </c>
       <c r="B259" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A260" t="s">
-        <v>267</v>
+        <v>168</v>
       </c>
       <c r="B260" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A261" t="s">
-        <v>268</v>
+        <v>331</v>
       </c>
       <c r="B261" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A262" t="s">
-        <v>269</v>
+        <v>169</v>
       </c>
       <c r="B262" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A263" t="s">
-        <v>270</v>
+        <v>170</v>
       </c>
       <c r="B263" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A264" t="s">
-        <v>271</v>
+        <v>332</v>
       </c>
       <c r="B264" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A265" t="s">
-        <v>272</v>
+        <v>171</v>
       </c>
       <c r="B265" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A266" t="s">
-        <v>273</v>
+        <v>172</v>
       </c>
       <c r="B266" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A267" t="s">
-        <v>274</v>
+        <v>173</v>
       </c>
       <c r="B267" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A268" t="s">
-        <v>275</v>
+        <v>333</v>
       </c>
       <c r="B268" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A269" t="s">
-        <v>276</v>
+        <v>174</v>
       </c>
       <c r="B269" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A270" t="s">
-        <v>277</v>
+        <v>175</v>
       </c>
       <c r="B270" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A271" t="s">
-        <v>278</v>
+        <v>176</v>
       </c>
       <c r="B271" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A272" t="s">
-        <v>279</v>
+        <v>334</v>
       </c>
       <c r="B272" t="s">
-        <v>280</v>
+        <v>232</v>
       </c>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A273" t="s">
-        <v>281</v>
+        <v>335</v>
       </c>
       <c r="B273" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="274" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A274" t="s">
-        <v>282</v>
+        <v>177</v>
       </c>
       <c r="B274" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="275" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A275" t="s">
-        <v>283</v>
+        <v>178</v>
       </c>
       <c r="B275" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A276" t="s">
-        <v>284</v>
+        <v>179</v>
       </c>
       <c r="B276" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A277" t="s">
-        <v>285</v>
+        <v>336</v>
       </c>
       <c r="B277" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A278" t="s">
-        <v>286</v>
+        <v>180</v>
       </c>
       <c r="B278" t="s">
-        <v>88</v>
+        <v>264</v>
       </c>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A279" t="s">
-        <v>287</v>
+        <v>337</v>
       </c>
       <c r="B279" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A280" t="s">
-        <v>288</v>
+        <v>181</v>
       </c>
       <c r="B280" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="281" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A281" t="s">
-        <v>289</v>
+        <v>338</v>
       </c>
       <c r="B281" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A282" t="s">
-        <v>290</v>
+        <v>182</v>
       </c>
       <c r="B282" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A283" t="s">
-        <v>291</v>
+        <v>183</v>
       </c>
       <c r="B283" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A284" t="s">
-        <v>292</v>
+        <v>339</v>
       </c>
       <c r="B284" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="285" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A285" t="s">
-        <v>293</v>
+        <v>184</v>
       </c>
       <c r="B285" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
     </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A286" t="s">
-        <v>294</v>
+        <v>185</v>
       </c>
       <c r="B286" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A287" t="s">
-        <v>295</v>
+        <v>186</v>
       </c>
       <c r="B287" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A288" t="s">
-        <v>296</v>
+        <v>340</v>
       </c>
       <c r="B288" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="289" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A289" t="s">
-        <v>297</v>
+        <v>187</v>
       </c>
       <c r="B289" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="290" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A290" t="s">
-        <v>298</v>
+        <v>188</v>
       </c>
       <c r="B290" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="291" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A291" t="s">
-        <v>299</v>
+        <v>341</v>
       </c>
       <c r="B291" t="s">
-        <v>88</v>
+        <v>264</v>
       </c>
     </row>
     <row r="292" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A292" t="s">
-        <v>300</v>
+        <v>189</v>
       </c>
       <c r="B292" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="293" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A293" t="s">
-        <v>301</v>
+        <v>190</v>
       </c>
       <c r="B293" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="294" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A294" t="s">
-        <v>302</v>
+        <v>191</v>
       </c>
       <c r="B294" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="295" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A295" t="s">
-        <v>303</v>
+        <v>192</v>
       </c>
       <c r="B295" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="296" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A296" t="s">
-        <v>304</v>
+        <v>193</v>
       </c>
       <c r="B296" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="297" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A297" t="s">
-        <v>305</v>
+        <v>342</v>
       </c>
       <c r="B297" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="298" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A298" t="s">
-        <v>306</v>
+        <v>343</v>
       </c>
       <c r="B298" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="299" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A299" t="s">
-        <v>307</v>
+        <v>194</v>
       </c>
       <c r="B299" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="300" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A300" t="s">
-        <v>308</v>
+        <v>195</v>
       </c>
       <c r="B300" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="301" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A301" t="s">
-        <v>309</v>
+        <v>196</v>
       </c>
       <c r="B301" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="302" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A302" t="s">
-        <v>310</v>
+        <v>197</v>
       </c>
       <c r="B302" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="303" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A303" t="s">
-        <v>311</v>
+        <v>344</v>
       </c>
       <c r="B303" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="304" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A304" t="s">
-        <v>312</v>
+        <v>345</v>
       </c>
       <c r="B304" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="305" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A305" t="s">
-        <v>313</v>
+        <v>346</v>
       </c>
       <c r="B305" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="306" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A306" t="s">
-        <v>314</v>
+        <v>198</v>
       </c>
       <c r="B306" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
     </row>
     <row r="307" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A307" t="s">
-        <v>315</v>
+        <v>347</v>
       </c>
       <c r="B307" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="308" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A308" t="s">
-        <v>316</v>
+        <v>199</v>
       </c>
       <c r="B308" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="309" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A309" t="s">
-        <v>317</v>
+        <v>200</v>
       </c>
       <c r="B309" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
     </row>
     <row r="310" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A310" t="s">
-        <v>318</v>
+        <v>201</v>
       </c>
       <c r="B310" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="311" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A311" t="s">
-        <v>319</v>
+        <v>202</v>
       </c>
       <c r="B311" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="312" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A312" t="s">
-        <v>320</v>
+        <v>203</v>
       </c>
       <c r="B312" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="313" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A313" t="s">
-        <v>321</v>
+        <v>348</v>
       </c>
       <c r="B313" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
     </row>
     <row r="314" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A314" t="s">
-        <v>322</v>
+        <v>349</v>
       </c>
       <c r="B314" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="315" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A315" t="s">
-        <v>323</v>
+        <v>204</v>
       </c>
       <c r="B315" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
     </row>
     <row r="316" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A316" t="s">
-        <v>324</v>
+        <v>205</v>
       </c>
       <c r="B316" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="317" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A317" t="s">
-        <v>325</v>
+        <v>350</v>
       </c>
       <c r="B317" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="318" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A318" t="s">
-        <v>326</v>
+        <v>206</v>
       </c>
       <c r="B318" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="319" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A319" t="s">
-        <v>327</v>
+        <v>207</v>
       </c>
       <c r="B319" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="320" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A320" t="s">
-        <v>328</v>
+        <v>351</v>
       </c>
       <c r="B320" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="321" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A321" t="s">
-        <v>329</v>
+        <v>208</v>
       </c>
       <c r="B321" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="322" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A322" t="s">
-        <v>330</v>
+        <v>352</v>
       </c>
       <c r="B322" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="323" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A323" t="s">
-        <v>331</v>
+        <v>353</v>
       </c>
       <c r="B323" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="324" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A324" t="s">
-        <v>332</v>
+        <v>354</v>
       </c>
       <c r="B324" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="325" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A325" t="s">
-        <v>333</v>
+        <v>355</v>
       </c>
       <c r="B325" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="326" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A326" t="s">
-        <v>334</v>
+        <v>209</v>
       </c>
       <c r="B326" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="327" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A327" t="s">
-        <v>335</v>
+        <v>356</v>
       </c>
       <c r="B327" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="328" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A328" t="s">
-        <v>336</v>
+        <v>210</v>
       </c>
       <c r="B328" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="329" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A329" t="s">
-        <v>337</v>
+        <v>357</v>
       </c>
       <c r="B329" t="s">
-        <v>88</v>
+        <v>264</v>
       </c>
     </row>
     <row r="330" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A330" t="s">
-        <v>338</v>
+        <v>211</v>
       </c>
       <c r="B330" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="331" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A331" t="s">
-        <v>339</v>
+        <v>212</v>
       </c>
       <c r="B331" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="332" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A332" t="s">
-        <v>340</v>
+        <v>213</v>
       </c>
       <c r="B332" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="333" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A333" t="s">
-        <v>341</v>
+        <v>214</v>
       </c>
       <c r="B333" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="334" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A334" t="s">
-        <v>342</v>
+        <v>215</v>
       </c>
       <c r="B334" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="335" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A335" t="s">
-        <v>343</v>
+        <v>358</v>
       </c>
       <c r="B335" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="336" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A336" t="s">
-        <v>344</v>
+        <v>216</v>
       </c>
       <c r="B336" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="337" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A337" t="s">
-        <v>345</v>
+        <v>217</v>
       </c>
       <c r="B337" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="338" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A338" t="s">
-        <v>346</v>
+        <v>218</v>
       </c>
       <c r="B338" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="339" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A339" t="s">
-        <v>347</v>
+        <v>219</v>
       </c>
       <c r="B339" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="340" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A340" t="s">
-        <v>348</v>
+        <v>359</v>
       </c>
       <c r="B340" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="341" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A341" t="s">
-        <v>349</v>
+        <v>220</v>
       </c>
       <c r="B341" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="342" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A342" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B342" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="343" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A343" t="s">
-        <v>351</v>
+        <v>221</v>
       </c>
       <c r="B343" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="344" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A344" t="s">
-        <v>352</v>
+        <v>222</v>
       </c>
       <c r="B344" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="345" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A345" t="s">
-        <v>353</v>
+        <v>223</v>
       </c>
       <c r="B345" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="346" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A346" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="B346" t="s">
-        <v>9</v>
+        <v>237</v>
       </c>
     </row>
     <row r="347" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A347" t="s">
-        <v>355</v>
+        <v>224</v>
       </c>
       <c r="B347" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="348" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A348" t="s">
-        <v>356</v>
+        <v>225</v>
       </c>
       <c r="B348" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
     </row>
     <row r="349" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A349" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="B349" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="350" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A350" t="s">
-        <v>358</v>
+        <v>226</v>
       </c>
       <c r="B350" t="s">
-        <v>4</v>
+        <v>229</v>
       </c>
     </row>
     <row r="351" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A351" t="s">
-        <v>359</v>
+        <v>227</v>
       </c>
       <c r="B351" t="s">
-        <v>1</v>
+        <v>234</v>
       </c>
     </row>
     <row r="352" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A352" t="s">
-        <v>360</v>
+        <v>228</v>
       </c>
       <c r="B352" t="s">
-        <v>4</v>
+        <v>229</v>
+      </c>
+    </row>
+    <row r="437" spans="14:16" x14ac:dyDescent="0.35">
+      <c r="N437" t="s">
+        <v>53</v>
+      </c>
+      <c r="O437" t="s">
+        <v>229</v>
+      </c>
+      <c r="P437">
+        <v>129</v>
       </c>
     </row>
   </sheetData>
+  <autoFilter ref="A1:B352" xr:uid="{3FC868B1-17B7-4EF1-AC2A-83292F9066E5}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C0965BC66AD5D04E9A23FB5221A975F9" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="01a495d6cb5c239a613b916afc99d24d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5144e9f8-d028-4b34-9a0b-fdee0e5e500e" xmlns:ns3="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d55169c591992d5a1c10544d5fe1ece8" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C0965BC66AD5D04E9A23FB5221A975F9" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="71d5fad9b1cba82dad4564210b07bba4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5144e9f8-d028-4b34-9a0b-fdee0e5e500e" xmlns:ns3="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c875c897c03e5fd660cce64963cbb571" ns2:_="" ns3:_="">
     <xsd:import namespace="5144e9f8-d028-4b34-9a0b-fdee0e5e500e"/>
     <xsd:import namespace="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5144e9f8-d028-4b34-9a0b-fdee0e5e500e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -4408,50 +4446,65 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:SearchPeopleOnly="false" ma:SharePointGroup="0" ma:internalName="SharedWithUsers" ma:readOnly="true" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
@@ -4571,59 +4624,65 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5144e9f8-d028-4b34-9a0b-fdee0e5e500e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB9F4E8B-B8FF-4378-AF4B-26987BB78D6F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2563B5E5-CD06-453F-9C66-111DB35C9A9D}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C3F6272-C862-4C6F-A018-5656EAC342CB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78ED39CA-FB03-4399-BE45-1AE62695D3B9}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79AC0D4B-FA65-4C4F-BB32-9BA40DA174D7}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8CFDBB2-BF34-479C-AA1A-21A367F654BE}"/>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>