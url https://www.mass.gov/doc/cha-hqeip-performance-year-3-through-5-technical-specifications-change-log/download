--- v0 (2025-11-05)
+++ v1 (2026-02-05)
@@ -37,51 +37,51 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5072A4E1" wp14:editId="592C2666">
             <wp:extent cx="1209675" cy="600075"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="2118679234" name="Graphic 2118679234" descr="MassHealth logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Graphic 2118679234"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                          <a16:creationId xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" id="{0B90408E-33AD-DEBE-20D0-13E3C8981F00}"/>
+                          <a16:creationId xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" id="{0B90408E-33AD-DEBE-20D0-13E3C8981F00}"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209675" cy="600075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F825627" w14:textId="2B47CC5D" w:rsidR="008E53B1" w:rsidRPr="00132F52" w:rsidRDefault="0076E01C" w:rsidP="4CB88954">
       <w:pPr>
@@ -685,51 +685,51 @@
     </w:p>
     <w:p w14:paraId="16DACEBC" w14:textId="4A59AAFC" w:rsidR="00611017" w:rsidRPr="00C623C0" w:rsidRDefault="00611017" w:rsidP="00611017">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10008" w:type="dxa"/>
         <w:tblInd w:w="-113" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1705"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="1733"/>
         <w:gridCol w:w="3487"/>
         <w:gridCol w:w="1013"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E6BC4" w:rsidRPr="00C623C0" w14:paraId="3EAEF6C6" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="008E6BC4" w:rsidRPr="00C623C0" w14:paraId="3EAEF6C6" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="479"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E022361" w14:textId="47D59F06" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
@@ -881,51 +881,51 @@
           <w:p w14:paraId="5437C9D8" w14:textId="5FBAFB85" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Update release date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0088525E" w:rsidRPr="00C623C0" w14:paraId="56567FD2" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="0088525E" w:rsidRPr="00C623C0" w14:paraId="56567FD2" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11082112" w14:textId="1D02FBC9" w:rsidR="0088525E" w:rsidRDefault="00AA2716" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1058,51 +1058,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00B623F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F728D1" w:rsidRPr="00C623C0" w14:paraId="300FB1A4" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00F728D1" w:rsidRPr="00C623C0" w14:paraId="300FB1A4" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42D76A75" w14:textId="407CA945" w:rsidR="00F728D1" w:rsidRPr="009310E0" w:rsidRDefault="002E6206" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health</w:t>
             </w:r>
             <w:r w:rsidR="00C517CB">
               <w:rPr>
@@ -1251,51 +1251,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00B623F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00780D0C" w:rsidRPr="00C623C0" w14:paraId="08803393" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00780D0C" w:rsidRPr="00C623C0" w14:paraId="08803393" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FC0B536" w14:textId="514A0827" w:rsidR="00780D0C" w:rsidRPr="009310E0" w:rsidRDefault="006B404F" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B404F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Meaningful Access to Healthcare Services for Individuals with a Preferred Language other than English</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1520,51 +1520,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00B623F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="64AFDFD8" w14:paraId="642A8178" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="64AFDFD8" w14:paraId="642A8178" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72E32737" w14:textId="542C8A47" w:rsidR="3BBF2DCA" w:rsidRDefault="00CD69DB" w:rsidP="64AFDFD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1681,51 +1681,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00B623F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E6BC4" w:rsidRPr="00C623C0" w14:paraId="4139894C" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="008E6BC4" w:rsidRPr="00C623C0" w14:paraId="4139894C" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="593DCDBD" w14:textId="621A4FAE" w:rsidR="008E6BC4" w:rsidRPr="009310E0" w:rsidRDefault="00CD69DB" w:rsidP="00611017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1914,51 +1914,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00B623F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00873994" w:rsidRPr="00C623C0" w14:paraId="70E1E4F8" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00873994" w:rsidRPr="00C623C0" w14:paraId="70E1E4F8" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5754F6C2" w14:textId="561B41BE" w:rsidR="00873994" w:rsidRPr="009310E0" w:rsidRDefault="00873994" w:rsidP="00873994">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Health-Related Social Needs Screening</w:t>
             </w:r>
             <w:r w:rsidR="001E6838">
@@ -2060,51 +2060,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3183ED96" w14:textId="19B22AF4" w:rsidR="00873994" w:rsidRPr="009310E0" w:rsidRDefault="00873994" w:rsidP="00873994">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2/28/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00027B1B" w:rsidRPr="00C623C0" w14:paraId="29CE2F61" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00027B1B" w:rsidRPr="00C623C0" w14:paraId="29CE2F61" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E7480DC" w14:textId="757E5F41" w:rsidR="00027B1B" w:rsidRDefault="00027B1B" w:rsidP="00027B1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2223,51 +2223,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45535AC6" w14:textId="20204927" w:rsidR="00027B1B" w:rsidRDefault="00027B1B" w:rsidP="00027B1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00027B1B" w:rsidRPr="00C623C0" w14:paraId="747DAF25" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00027B1B" w:rsidRPr="00C623C0" w14:paraId="747DAF25" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03B4E42F" w14:textId="2521302C" w:rsidR="00027B1B" w:rsidRDefault="00027B1B" w:rsidP="00027B1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2386,51 +2386,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="619A38B0" w14:textId="55B534C7" w:rsidR="00027B1B" w:rsidRDefault="00027B1B" w:rsidP="00027B1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC45A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00027B1B" w:rsidRPr="00C623C0" w14:paraId="7E9B0E84" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00027B1B" w:rsidRPr="00C623C0" w14:paraId="7E9B0E84" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B86DB79" w14:textId="6C0D0533" w:rsidR="00027B1B" w:rsidRDefault="00027B1B" w:rsidP="00027B1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2565,51 +2565,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76D5AEAD" w14:textId="314511AD" w:rsidR="00027B1B" w:rsidRDefault="00027B1B" w:rsidP="00027B1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC45A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00027B1B" w:rsidRPr="00C623C0" w14:paraId="22D65EBF" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00027B1B" w:rsidRPr="00C623C0" w14:paraId="22D65EBF" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24AEFE9B" w14:textId="2C491891" w:rsidR="00027B1B" w:rsidRDefault="00027B1B" w:rsidP="00027B1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2744,51 +2744,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E886D50" w14:textId="12605B88" w:rsidR="00027B1B" w:rsidRDefault="00027B1B" w:rsidP="00027B1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC45A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00027B1B" w:rsidRPr="00C623C0" w14:paraId="72FA3412" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00027B1B" w:rsidRPr="00C623C0" w14:paraId="72FA3412" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F8A0BF6" w14:textId="2FE138B6" w:rsidR="00027B1B" w:rsidRDefault="00027B1B" w:rsidP="00027B1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2923,51 +2923,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="395E5546" w14:textId="54F5E74A" w:rsidR="00027B1B" w:rsidRDefault="00027B1B" w:rsidP="00027B1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC45A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00027B1B" w:rsidRPr="00C623C0" w14:paraId="750C2B7C" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00027B1B" w:rsidRPr="00C623C0" w14:paraId="750C2B7C" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42F93213" w14:textId="7598C274" w:rsidR="00027B1B" w:rsidRDefault="00027B1B" w:rsidP="00027B1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3102,51 +3102,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2288CC23" w14:textId="1C7F3E35" w:rsidR="00027B1B" w:rsidRDefault="00027B1B" w:rsidP="00027B1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC45A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00027B1B" w:rsidRPr="00C623C0" w14:paraId="264F67F0" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00027B1B" w:rsidRPr="00C623C0" w14:paraId="264F67F0" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11C6ADA3" w14:textId="4C587A71" w:rsidR="00027B1B" w:rsidRDefault="00027B1B" w:rsidP="00027B1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009310E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3257,51 +3257,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="621DA4FD" w14:textId="14AE199C" w:rsidR="00027B1B" w:rsidRDefault="00027B1B" w:rsidP="00027B1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC45A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E025B9" w:rsidRPr="00C623C0" w14:paraId="66E64948" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00E025B9" w:rsidRPr="00C623C0" w14:paraId="66E64948" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F3241C0" w14:textId="4616527D" w:rsidR="00E025B9" w:rsidRPr="009310E0" w:rsidRDefault="00E025B9" w:rsidP="00E025B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009310E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3394,51 +3394,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="560A5EDE" w14:textId="25EA85FA" w:rsidR="00E025B9" w:rsidRPr="00AC45A8" w:rsidRDefault="00E025B9" w:rsidP="00E025B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E025B9" w:rsidRPr="00C623C0" w14:paraId="33504212" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00E025B9" w:rsidRPr="00C623C0" w14:paraId="33504212" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FC0878B" w14:textId="76EC64F1" w:rsidR="00E025B9" w:rsidRDefault="00E025B9" w:rsidP="00E025B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009310E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3549,51 +3549,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CC3819D" w14:textId="3E3B2941" w:rsidR="00E025B9" w:rsidRDefault="00E025B9" w:rsidP="00E025B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC45A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E025B9" w:rsidRPr="00C623C0" w14:paraId="3ABACB5A" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00E025B9" w:rsidRPr="00C623C0" w14:paraId="3ABACB5A" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61223930" w14:textId="16034C0A" w:rsidR="00E025B9" w:rsidRPr="00345107" w:rsidRDefault="00E025B9" w:rsidP="00E025B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Health-Related Social Needs Screening</w:t>
             </w:r>
           </w:p>
@@ -3716,51 +3716,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F3D38DA" w14:textId="09732B01" w:rsidR="00E025B9" w:rsidRPr="00AC45A8" w:rsidRDefault="00E025B9" w:rsidP="00E025B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E025B9" w:rsidRPr="00C623C0" w14:paraId="4A7CDF7C" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00E025B9" w:rsidRPr="00C623C0" w14:paraId="4A7CDF7C" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5426F83D" w14:textId="14D4E46E" w:rsidR="00E025B9" w:rsidRPr="009310E0" w:rsidRDefault="00E025B9" w:rsidP="00E025B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00345107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Quality Performance Disparities Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3899,51 +3899,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DD6F4DF" w14:textId="6B58D820" w:rsidR="00E025B9" w:rsidRPr="00851251" w:rsidRDefault="00E025B9" w:rsidP="00E025B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC45A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E025B9" w:rsidRPr="00C623C0" w14:paraId="3523BC93" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00E025B9" w:rsidRPr="00C623C0" w14:paraId="3523BC93" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E10F438" w14:textId="52FDD334" w:rsidR="00E025B9" w:rsidRDefault="00E025B9" w:rsidP="00E025B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language other than English </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4054,51 +4054,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7240A5C0" w14:textId="3D55BDBD" w:rsidR="00E025B9" w:rsidRDefault="00E025B9" w:rsidP="00E025B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB0CFE" w:rsidRPr="00C623C0" w14:paraId="163843E5" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00CB0CFE" w:rsidRPr="00C623C0" w14:paraId="163843E5" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D4D1A67" w14:textId="426A65C0" w:rsidR="00CB0CFE" w:rsidRPr="00371F20" w:rsidRDefault="00CB0CFE" w:rsidP="00CB0CFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1B55F2EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Meaningful Access to Healthcare Services for Individuals with a Preferred Language other than English</w:t>
             </w:r>
           </w:p>
@@ -4196,51 +4196,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C95B471" w14:textId="3160CF02" w:rsidR="00CB0CFE" w:rsidRDefault="00CB0CFE" w:rsidP="00CB0CFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009819AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB0CFE" w:rsidRPr="00C623C0" w14:paraId="6E5B6F80" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00CB0CFE" w:rsidRPr="00C623C0" w14:paraId="6E5B6F80" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="026D8775" w14:textId="6CF22CCD" w:rsidR="00CB0CFE" w:rsidRPr="00371F20" w:rsidRDefault="00CB0CFE" w:rsidP="00CB0CFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language other than English </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4333,51 +4333,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08D4FF86" w14:textId="22BD3E7F" w:rsidR="00CB0CFE" w:rsidRDefault="00CB0CFE" w:rsidP="00CB0CFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB0CFE" w:rsidRPr="00C623C0" w14:paraId="5D0ED8A6" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00CB0CFE" w:rsidRPr="00C623C0" w14:paraId="5D0ED8A6" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54B1145A" w14:textId="031084BA" w:rsidR="00CB0CFE" w:rsidRPr="00371F20" w:rsidRDefault="00CB0CFE" w:rsidP="00CB0CFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Competent Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4488,51 +4488,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C972262" w14:textId="008EE772" w:rsidR="00CB0CFE" w:rsidRPr="00851251" w:rsidRDefault="00CB0CFE" w:rsidP="00CB0CFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009819AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB0CFE" w:rsidRPr="00C623C0" w14:paraId="46B84FB2" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00CB0CFE" w:rsidRPr="00C623C0" w14:paraId="46B84FB2" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4060F52B" w14:textId="5B13B58F" w:rsidR="00CB0CFE" w:rsidRDefault="00CB0CFE" w:rsidP="00CB0CFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4667,51 +4667,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00FB60AC" w14:textId="2BDEF2F3" w:rsidR="00CB0CFE" w:rsidRDefault="00CB0CFE" w:rsidP="00CB0CFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009819AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB0CFE" w:rsidRPr="00C623C0" w14:paraId="36B5A17F" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00CB0CFE" w:rsidRPr="00C623C0" w14:paraId="36B5A17F" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12EB6DD9" w14:textId="25C09870" w:rsidR="00CB0CFE" w:rsidRDefault="00CB0CFE" w:rsidP="00CB0CFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009310E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4822,51 +4822,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0937A4B0" w14:textId="621D0726" w:rsidR="00CB0CFE" w:rsidRDefault="00CB0CFE" w:rsidP="00CB0CFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009819AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB0CFE" w14:paraId="5432E2D9" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="00CB0CFE" w14:paraId="5432E2D9" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08C6C241" w14:textId="5D8EBCFC" w:rsidR="00CB0CFE" w:rsidRPr="1B55F2EA" w:rsidRDefault="00CB0CFE" w:rsidP="00CB0CFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs Screening</w:t>
             </w:r>
           </w:p>
@@ -5018,51 +5018,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B7575BF" w14:textId="14362D4B" w:rsidR="00CB0CFE" w:rsidRPr="009819AD" w:rsidRDefault="00CB0CFE" w:rsidP="00CB0CFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/19/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C759B" w14:paraId="58C3CE95" w14:textId="77777777" w:rsidTr="753C795F">
+      <w:tr w:rsidR="004C759B" w14:paraId="58C3CE95" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3664D550" w14:textId="4E0C15AA" w:rsidR="004C759B" w:rsidRPr="00F052C7" w:rsidRDefault="004C759B" w:rsidP="00CB0CFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F052C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Introduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5182,51 +5182,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="00F052C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00340EBC" w:rsidRPr="00F052C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="00555BC8" w:rsidRPr="00C623C0" w14:paraId="45F9A99E" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00555BC8" w:rsidRPr="00C623C0" w14:paraId="45F9A99E" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="658DDC0F" w14:textId="77777777" w:rsidR="00555BC8" w:rsidRPr="00DC5473" w:rsidRDefault="00555BC8" w:rsidP="00F774C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC5473">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness – Race Data Completeness</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5337,51 +5337,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="648E665B" w14:textId="73716DB2" w:rsidR="00555BC8" w:rsidRPr="00DC5473" w:rsidRDefault="00421E11" w:rsidP="00F774C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC5473">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00555BC8" w:rsidRPr="00C623C0" w14:paraId="19607EC0" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00555BC8" w:rsidRPr="00C623C0" w14:paraId="19607EC0" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15ECF635" w14:textId="77777777" w:rsidR="00555BC8" w:rsidRPr="64AFDFD8" w:rsidRDefault="00555BC8" w:rsidP="00F774C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5484,51 +5484,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52C63808" w14:textId="0E3D2321" w:rsidR="00555BC8" w:rsidRPr="004E03E7" w:rsidRDefault="00421E11" w:rsidP="00F774C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00421E11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="62B1A642" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="62B1A642" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25EB382F" w14:textId="77777777" w:rsidR="00421E11" w:rsidRPr="009310E0" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5646,51 +5646,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58738491" w14:textId="046D344E" w:rsidR="00421E11" w:rsidRPr="009310E0" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="08F046B6" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="08F046B6" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54442E48" w14:textId="77777777" w:rsidR="00421E11" w:rsidRPr="64AFDFD8" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5818,51 +5818,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09D69A76" w14:textId="78BBD2A2" w:rsidR="00421E11" w:rsidRPr="00CE6E00" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="2689509F" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="2689509F" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04D55D2F" w14:textId="77777777" w:rsidR="00421E11" w:rsidRPr="64AFDFD8" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5974,51 +5974,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40CA28BA" w14:textId="23F05479" w:rsidR="00421E11" w:rsidRPr="004E03E7" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="69501168" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="69501168" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CE6B08F" w14:textId="77777777" w:rsidR="00421E11" w:rsidRPr="009310E0" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6145,51 +6145,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35611ADB" w14:textId="5CCF9009" w:rsidR="00421E11" w:rsidRPr="009310E0" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="440F66F8" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="440F66F8" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FB8B86B" w14:textId="77777777" w:rsidR="00421E11" w:rsidRPr="64AFDFD8" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6318,51 +6318,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D918E5E" w14:textId="188C29E8" w:rsidR="00421E11" w:rsidRPr="00597648" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="59B59812" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="59B59812" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DEE0220" w14:textId="77777777" w:rsidR="00421E11" w:rsidRPr="64AFDFD8" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6481,51 +6481,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B16EE03" w14:textId="5DE7B5B5" w:rsidR="00421E11" w:rsidRPr="004E03E7" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="2AFA3CEA" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="2AFA3CEA" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2697C01C" w14:textId="77777777" w:rsidR="00421E11" w:rsidRPr="009310E0" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6659,51 +6659,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="083D1924" w14:textId="41AB22AC" w:rsidR="00421E11" w:rsidRPr="009310E0" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="3515152A" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="3515152A" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CFFB7BF" w14:textId="77777777" w:rsidR="00421E11" w:rsidRPr="64AFDFD8" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6831,51 +6831,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05A8BADB" w14:textId="76EF0FA0" w:rsidR="00421E11" w:rsidRPr="00597648" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="344BC8D9" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="344BC8D9" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04D9A92E" w14:textId="77777777" w:rsidR="00421E11" w:rsidRPr="64AFDFD8" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7003,51 +7003,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C459402" w14:textId="05E59BC8" w:rsidR="00421E11" w:rsidRPr="00856842" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="2A3FBA7B" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="2A3FBA7B" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A65088B" w14:textId="77777777" w:rsidR="00421E11" w:rsidRPr="009310E0" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7190,51 +7190,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="613ADD11" w14:textId="17464ABE" w:rsidR="00421E11" w:rsidRPr="009310E0" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="7A8CFDE9" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00421E11" w:rsidRPr="00C623C0" w14:paraId="7A8CFDE9" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69E1CA56" w14:textId="77777777" w:rsidR="00421E11" w:rsidRPr="64AFDFD8" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7373,51 +7373,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36B93758" w14:textId="7A7CC77B" w:rsidR="00421E11" w:rsidRPr="00856842" w:rsidRDefault="00421E11" w:rsidP="00421E11">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="47F60E00" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="47F60E00" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B534056" w14:textId="323025C8" w:rsidR="00785A25" w:rsidRPr="64AFDFD8" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7503,59 +7503,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CHA-Specific Adaptations</w:t>
             </w:r>
             <w:r w:rsidR="00785A25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>—</w:t>
             </w:r>
             <w:r w:rsidR="003A0AD5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Administrative Specification</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+              <w:t xml:space="preserve">Administrative Specification: </w:t>
             </w:r>
             <w:r w:rsidR="00785A25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Numerator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A1F1AA3" w14:textId="735A3823" w:rsidR="00785A25" w:rsidRPr="00DC5473" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6476101D">
               <w:rPr>
@@ -7568,51 +7560,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="664D8BB8" w14:textId="67289711" w:rsidR="00785A25" w:rsidRPr="000A7F44" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="11A7D447" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="11A7D447" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DF5D6C6" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="64AFDFD8" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7731,51 +7723,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CD850FC" w14:textId="65077D3E" w:rsidR="00785A25" w:rsidRPr="00597648" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="47E5B5AA" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="47E5B5AA" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E875DAA" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="64AFDFD8" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">RELD SOGI Data </w:t>
             </w:r>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
@@ -7914,51 +7906,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38F91D4C" w14:textId="5BEC74D2" w:rsidR="00785A25" w:rsidRPr="00856842" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="1ECFA311" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="1ECFA311" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5277186B" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="009310E0" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8092,51 +8084,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E17B6E0" w14:textId="5CD5B14A" w:rsidR="00785A25" w:rsidRPr="009310E0" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="7EEE7262" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="7EEE7262" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EAF880A" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="64AFDFD8" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8264,51 +8256,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A1E13E7" w14:textId="3B9B7E14" w:rsidR="00785A25" w:rsidRPr="00597648" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="17C6CB2D" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="17C6CB2D" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CA72844" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="64AFDFD8" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8436,51 +8428,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="081E91AA" w14:textId="66DF4C90" w:rsidR="00785A25" w:rsidRPr="00856842" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="7549D2C8" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="7549D2C8" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="406D3B77" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="009310E0" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64AFDFD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RELD SOGI Data Completeness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8614,51 +8606,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D703910" w14:textId="69E6AE5A" w:rsidR="00785A25" w:rsidRPr="009310E0" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="671FFCAC" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="671FFCAC" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C2836CC" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="009310E0" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009310E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8769,51 +8761,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2235057B" w14:textId="25E55498" w:rsidR="00785A25" w:rsidRPr="00856842" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="0DDF9002" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="0DDF9002" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="512D4D24" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="009310E0" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009310E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8923,51 +8915,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="431B6ADE" w14:textId="7B4495C6" w:rsidR="00785A25" w:rsidRPr="009310E0" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="41D64F94" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="41D64F94" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54A44988" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="006D143A" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009310E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs</w:t>
             </w:r>
           </w:p>
@@ -9063,51 +9055,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="702B2278" w14:textId="66C60E25" w:rsidR="00785A25" w:rsidRPr="00157041" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C47D4" w:rsidRPr="00C623C0" w14:paraId="432AE9FC" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="006C47D4" w:rsidRPr="00C623C0" w14:paraId="432AE9FC" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7709539D" w14:textId="4A9C1F60" w:rsidR="006C47D4" w:rsidRPr="00B917C0" w:rsidRDefault="000F2331" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B917C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Quality Performance Disparities Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9210,51 +9202,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00FE9F1E" w14:textId="7BBFBDFF" w:rsidR="006C47D4" w:rsidRPr="000A7F44" w:rsidRDefault="006A1B5C" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="5F5B16F4" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="5F5B16F4" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55B7AF84" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="00B917C0" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B917C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Quality Performance Disparities Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9384,51 +9376,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E2B54A4" w14:textId="0C04F802" w:rsidR="00785A25" w:rsidRPr="00B917C0" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="7B164A86" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="7B164A86" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="448C86C0" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="002F19C1" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B917C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Quality Performance Disparities Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9523,51 +9515,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="700E9926" w14:textId="7E7C03B1" w:rsidR="00785A25" w:rsidRPr="00805343" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="2C1E212C" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="2C1E212C" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21360379" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="002F19C1" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F19C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Equity Improvement Interventions </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9662,51 +9654,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76F83BE1" w14:textId="6E68ACE4" w:rsidR="00785A25" w:rsidRPr="00856842" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="3A603B68" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="3A603B68" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AEB6755" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="009310E0" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9841,51 +9833,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D2C5FB3" w14:textId="4325D90A" w:rsidR="00785A25" w:rsidRPr="009310E0" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="654E0CAA" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="654E0CAA" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18D3D568" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="00371F20" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10005,51 +9997,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56F08C95" w14:textId="1ED9E7C4" w:rsidR="00785A25" w:rsidRPr="004B3395" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="073FAF5B" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="073FAF5B" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E48BC1B" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="00371F20" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10169,51 +10161,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="189AD73B" w14:textId="29D6ACB8" w:rsidR="00785A25" w:rsidRPr="00805343" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="3BDC1698" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="3BDC1698" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3136DD06" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="00371F20" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a Preferred Language </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10349,51 +10341,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A1DFF69" w14:textId="2386F1D3" w:rsidR="00785A25" w:rsidRPr="004B3395" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="7D7E723E" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="7D7E723E" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="055B8895" w14:textId="77777777" w:rsidR="00785A25" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for </w:t>
             </w:r>
             <w:r w:rsidRPr="00371F20">
               <w:rPr>
@@ -10551,51 +10543,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F58D209" w14:textId="66DAF13F" w:rsidR="00785A25" w:rsidRPr="004B3395" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="03151D01" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="03151D01" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76F19F98" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="00371F20" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Competent Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10690,51 +10682,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="558C513B" w14:textId="79A6C2FC" w:rsidR="00785A25" w:rsidRPr="004B3395" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="7573AE24" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="7573AE24" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C06574C" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="009310E0" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10844,51 +10836,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="488A1C7C" w14:textId="631C92DC" w:rsidR="00785A25" w:rsidRPr="009310E0" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="1F7BA28B" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="1F7BA28B" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71EC86E6" w14:textId="77777777" w:rsidR="00785A25" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10983,51 +10975,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07A6A7AF" w14:textId="217D5D73" w:rsidR="00785A25" w:rsidRPr="004B3395" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00192F7B" w:rsidRPr="00C623C0" w14:paraId="56F10691" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00192F7B" w:rsidRPr="00C623C0" w14:paraId="56F10691" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="021172E2" w14:textId="7A7A7FDC" w:rsidR="00192F7B" w:rsidRPr="00406661" w:rsidRDefault="00192F7B" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00406661">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11133,51 +11125,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C139968" w14:textId="3CDD3B60" w:rsidR="00192F7B" w:rsidRPr="000A7F44" w:rsidRDefault="00192F7B" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="3B17FA73" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="3B17FA73" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65176A49" w14:textId="77777777" w:rsidR="00785A25" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11272,51 +11264,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5489874A" w14:textId="266CDA69" w:rsidR="00785A25" w:rsidRPr="00CE6E00" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="1B0B6EE4" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="1B0B6EE4" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21EFDC14" w14:textId="77777777" w:rsidR="00785A25" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C918A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Achievement of External Standards for Health Equity</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11411,51 +11403,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="746D2AAF" w14:textId="5F75533A" w:rsidR="00785A25" w:rsidRPr="00CE6E00" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="6C204F1C" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="6C204F1C" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20A9E949" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="00C918A8" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00106F01">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Patient Experience: Communication, Courtesy, and Respect </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11568,51 +11560,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D5BF705" w14:textId="275EF5B8" w:rsidR="00785A25" w:rsidRPr="00CE6E00" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="3C2EFAF4" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00785A25" w:rsidRPr="00C623C0" w14:paraId="3C2EFAF4" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E87CC46" w14:textId="77777777" w:rsidR="00785A25" w:rsidRPr="00106F01" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Collaboration</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11707,51 +11699,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="470C4139" w14:textId="4348BE0E" w:rsidR="00785A25" w:rsidRPr="00CD3A37" w:rsidRDefault="00785A25" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E55188" w:rsidRPr="00C623C0" w14:paraId="0F3EBA66" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00E55188" w:rsidRPr="00C623C0" w14:paraId="0F3EBA66" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CB53943" w14:textId="30D2035C" w:rsidR="00E55188" w:rsidRDefault="00BD7BD2" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Health-Related Social Needs </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11807,116 +11799,100 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51AB9960" w14:textId="43EE1CC0" w:rsidR="00E55188" w:rsidRDefault="002B78F6" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Measure Summary</w:t>
-[...15 lines deleted...]
-              <w:t>Description</w:t>
+              <w:t>Measure Summary—Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F27E246" w14:textId="62DC1DDB" w:rsidR="00E55188" w:rsidRDefault="004C7585" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarified the description of the overall measure and Rate 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78206E91" w14:textId="565F3859" w:rsidR="00E55188" w:rsidRPr="000A7F44" w:rsidRDefault="004C7585" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA7309" w:rsidRPr="00C623C0" w14:paraId="137F4A14" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="00DA7309" w:rsidRPr="00C623C0" w14:paraId="137F4A14" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AE0EC64" w14:textId="6ADAEA29" w:rsidR="00DA7309" w:rsidRDefault="00DA7309" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Health-Related Social Needs Screening (Ambulatory)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12027,51 +12003,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2200CB2D" w14:textId="00F35A41" w:rsidR="00DA7309" w:rsidRDefault="00EA441E" w:rsidP="00785A25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3E98" w:rsidRPr="00C623C0" w14:paraId="2207E3AD" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="007C3E98" w:rsidRPr="00C623C0" w14:paraId="2207E3AD" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DB3A447" w14:textId="3C68FC25" w:rsidR="007C3E98" w:rsidRDefault="007C3E98" w:rsidP="007C3E98">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00196861">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CHA-HQEIP Ambulatory Quality Performance Disparities Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12185,51 +12161,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7113DCBB" w14:textId="5DE08322" w:rsidR="007C3E98" w:rsidRDefault="007C3E98" w:rsidP="007C3E98">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009467CB" w:rsidRPr="00C623C0" w14:paraId="01ACFDDF" w14:textId="77777777" w:rsidTr="00C33494">
+      <w:tr w:rsidR="009467CB" w:rsidRPr="00C623C0" w14:paraId="01ACFDDF" w14:textId="77777777" w:rsidTr="005344C1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6885A78C" w14:textId="121D7FFA" w:rsidR="009467CB" w:rsidRPr="00196861" w:rsidRDefault="009467CB" w:rsidP="009467CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00196861">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CHA-HQEIP Ambulatory Quality Performance Disparities Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12324,51 +12300,1709 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7909A287" w14:textId="6895AF23" w:rsidR="009467CB" w:rsidRPr="000A7F44" w:rsidRDefault="009467CB" w:rsidP="009467CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/17/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00D96991" w:rsidRPr="00C623C0" w14:paraId="5675DD7E" w14:textId="77777777" w:rsidTr="005344C1">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2522E283" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="64AFDFD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>RELD SOGI Data Completeness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Sexual Orientation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008166FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Completeness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46587B47" w14:textId="5E1BEF12" w:rsidR="00D96991" w:rsidRDefault="00931BD3" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B7E3BC4" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C7BA66" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D46BFFC" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Corrected members age to 19 and older and below 65 years of age</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3FF3B9" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D96991" w:rsidRPr="00C623C0" w14:paraId="24CCBF33" w14:textId="77777777" w:rsidTr="005344C1">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02BF0A16" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="64AFDFD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>RELD SOGI Data Completeness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Gender Identity</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008166FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Completeness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F2A343" w14:textId="379A3A06" w:rsidR="00D96991" w:rsidRDefault="007B59B8" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="786E4729" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39ACF08C" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A95000E" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Corrected members age to 19 and older and below 65 years of age</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="012FE0B9" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D96991" w:rsidRPr="00C623C0" w14:paraId="1602EC81" w14:textId="77777777" w:rsidTr="005344C1">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCFBE86" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009310E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Health-Related Social Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05CD0C76" w14:textId="1CB2C23F" w:rsidR="00D96991" w:rsidRDefault="00852EDE" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+            <w:r w:rsidR="00D96991">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2663CAB5" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D64524D" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Administrative Data Reporting Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB637ED" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Added a note about G0136 code that will no longer be applicable beginning January 1, 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="258C64C7" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0065289E" w:rsidRPr="00C623C0" w14:paraId="410254B1" w14:textId="77777777" w:rsidTr="008628BD">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="126A4934" w14:textId="77777777" w:rsidR="0065289E" w:rsidRPr="00C918A8" w:rsidRDefault="0065289E" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1287120E" w14:textId="77777777" w:rsidR="0065289E" w:rsidRDefault="0065289E" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62CC6578" w14:textId="77777777" w:rsidR="0065289E" w:rsidRDefault="0065289E" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="565DAA3F" w14:textId="77777777" w:rsidR="0065289E" w:rsidRDefault="0065289E" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Measure Requirement and Assessment: PY3-5 – Measure Requirements and Performance Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6259242D" w14:textId="77777777" w:rsidR="0065289E" w:rsidRDefault="0065289E" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Updated to include submission of PY3 SUB-2 and PC-02 data for Medicaid patients; removed “approval by MassHealth of measures for the served uninsured population”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10CDC4C4" w14:textId="77777777" w:rsidR="0065289E" w:rsidRDefault="0065289E" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D96991" w:rsidRPr="00C623C0" w14:paraId="34751E3C" w14:textId="77777777" w:rsidTr="005344C1">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0937CBE9" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C966237" w14:textId="3C6F5D82" w:rsidR="00D96991" w:rsidRDefault="002B3EA5" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>104 &amp; 105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7042B723" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A78ADC7" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Measure Summary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12AF9312" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarified rates will be calculated separately for inpatient/observation stays and ambulatory radiology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A9E2F7" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D96991" w:rsidRPr="00C623C0" w14:paraId="319BD6DC" w14:textId="77777777" w:rsidTr="005344C1">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C15AB0F" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="365007F6" w14:textId="07F79B79" w:rsidR="00D96991" w:rsidRDefault="00517ED7" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="374E33F8" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2C957F" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eligible Population—Event </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F701243" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Included a note about inclusion and exclusion of ambulatory radiology visits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2979681D" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D96991" w:rsidRPr="00C623C0" w14:paraId="17D83407" w14:textId="77777777" w:rsidTr="005344C1">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="428E83D9" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7064F212" w14:textId="28721BC7" w:rsidR="00D96991" w:rsidRDefault="00517ED7" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA79F5D" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18999252" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eligible Population—Event </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="568F1E0B" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Added information on MassHealth ID and use of “</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872962">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>999999999999” in the supplemental file</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that will be excluded from rate calculations</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008526BE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B80660F" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D96991" w:rsidRPr="00C623C0" w14:paraId="5A341167" w14:textId="77777777" w:rsidTr="005344C1">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C50BD91" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20855964" w14:textId="56F8B288" w:rsidR="00D96991" w:rsidRDefault="00346987" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>109 &amp; 110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C31284" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74AA2CD7" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Administrative Specifications—Rate 1: Accommodation Needs Screening and Rate 2: Accommodation Needs Related to a Disability Documented</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F871A9C" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Corrected both rates to reflect denominator and numerator for each inpatient/observation stays and ambulatory radiology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D1498BB" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D96991" w:rsidRPr="00C623C0" w14:paraId="005AB00F" w14:textId="77777777" w:rsidTr="005344C1">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8C8399" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C918A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Achievement of External </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA13CA2" w14:textId="175A3402" w:rsidR="00D96991" w:rsidRDefault="00D97F80" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>113 &amp; 114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="139FC13C" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C4DEFB" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Measure Requirement and Assessment: PY3-5 – Measure Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05AB2844" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If applicable, clarified certification and maintenance requirements apply to additional acute care hospital sites operated by hospital</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12346D88" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D96991" w:rsidRPr="00C623C0" w14:paraId="79714C8F" w14:textId="77777777" w:rsidTr="005344C1">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3220E506" w14:textId="77777777" w:rsidR="00D96991" w:rsidRPr="00C918A8" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00106F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patient Experience: Communication, Courtesy, and Respect </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32FEEC27" w14:textId="43CE408F" w:rsidR="00D96991" w:rsidRDefault="006F100B" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B65547" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F27F14" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Measure Requirement and Assessment: PY3-5 – Measure Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4301E687" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Changed reference to PY2 to PY for response </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rate (#</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF58EBA" w14:textId="77777777" w:rsidR="00D96991" w:rsidRDefault="00D96991" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005344C1" w:rsidRPr="00C623C0" w14:paraId="196D22E7" w14:textId="77777777" w:rsidTr="005344C1">
+        <w:trPr>
+          <w:trHeight w:val="232"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB03CCA" w14:textId="5D9968ED" w:rsidR="005344C1" w:rsidRDefault="005344C1" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009310E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Health-Related Social Needs</w:t>
+            </w:r>
+            <w:r w:rsidR="00467FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00467FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Ambulatory)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4318F723" w14:textId="6E189EE7" w:rsidR="005344C1" w:rsidRDefault="005344C1" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>126</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FCDC6D1" w14:textId="77777777" w:rsidR="005344C1" w:rsidRDefault="005344C1" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0451163F" w14:textId="77777777" w:rsidR="005344C1" w:rsidRDefault="005344C1" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Administrative Data Reporting Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35CF2BF4" w14:textId="77777777" w:rsidR="005344C1" w:rsidRDefault="005344C1" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Added a note about G0136 code that will no longer be applicable beginning January 1, 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67D60AE7" w14:textId="77777777" w:rsidR="005344C1" w:rsidRDefault="005344C1" w:rsidP="008628BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12/24/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
+    <w:p w14:paraId="0A9305BC" w14:textId="77777777" w:rsidR="00D96991" w:rsidRPr="00C623C0" w:rsidRDefault="00D96991" w:rsidP="00D96991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="715E34E9" w14:textId="77777777" w:rsidR="00555BC8" w:rsidRPr="00C623C0" w:rsidRDefault="00555BC8" w:rsidP="00555BC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BCFA134" w14:textId="72BA79E8" w:rsidR="1868A52E" w:rsidRDefault="1868A52E"/>
     <w:p w14:paraId="5A361ACD" w14:textId="6720AE47" w:rsidR="00403F2D" w:rsidRPr="00C623C0" w:rsidRDefault="00403F2D" w:rsidP="5A76BED9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00403F2D" w:rsidRPr="00C623C0">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -12639,73 +14273,89 @@
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r w:rsidR="00C80D48">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>5-2027</w:t>
     </w:r>
     <w:r w:rsidR="006569C9" w:rsidRPr="007A38DD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="17E44B7B" w14:textId="5E5F110E" w:rsidR="001414D0" w:rsidRPr="001414D0" w:rsidRDefault="001414D0" w:rsidP="001414D0">
+  <w:p w14:paraId="17E44B7B" w14:textId="5FEFB200" w:rsidR="001414D0" w:rsidRPr="001414D0" w:rsidRDefault="001414D0" w:rsidP="001414D0">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA7EF3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Updated </w:t>
     </w:r>
+    <w:r w:rsidR="00003BAD">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>December</w:t>
+    </w:r>
     <w:r w:rsidR="00B77C43">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>October 17</w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00003BAD">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>24</w:t>
     </w:r>
     <w:r w:rsidR="00BA7EF3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>, 2025</w:t>
     </w:r>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="951358130"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -12922,461 +14572,483 @@
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00900E67"/>
+    <w:rsid w:val="00003BAD"/>
     <w:rsid w:val="000113C7"/>
     <w:rsid w:val="00012909"/>
     <w:rsid w:val="00016AA0"/>
     <w:rsid w:val="00023359"/>
     <w:rsid w:val="00027B1B"/>
     <w:rsid w:val="00027C76"/>
     <w:rsid w:val="00040A48"/>
     <w:rsid w:val="0004274E"/>
+    <w:rsid w:val="0004573C"/>
     <w:rsid w:val="00045B0D"/>
     <w:rsid w:val="00051A5F"/>
     <w:rsid w:val="00061E95"/>
     <w:rsid w:val="00072D1A"/>
     <w:rsid w:val="000758FB"/>
     <w:rsid w:val="00082600"/>
     <w:rsid w:val="00085D69"/>
     <w:rsid w:val="00090C7C"/>
     <w:rsid w:val="00094DA9"/>
     <w:rsid w:val="00095BA3"/>
     <w:rsid w:val="000A27BC"/>
     <w:rsid w:val="000E17BD"/>
     <w:rsid w:val="000F2331"/>
     <w:rsid w:val="000F44EF"/>
     <w:rsid w:val="000F6BC7"/>
     <w:rsid w:val="00106088"/>
     <w:rsid w:val="00111076"/>
     <w:rsid w:val="001201B0"/>
     <w:rsid w:val="00122075"/>
     <w:rsid w:val="00123843"/>
     <w:rsid w:val="00130BE6"/>
     <w:rsid w:val="00132F52"/>
     <w:rsid w:val="00140046"/>
     <w:rsid w:val="0014082E"/>
     <w:rsid w:val="001414D0"/>
     <w:rsid w:val="00144FFB"/>
     <w:rsid w:val="00153153"/>
     <w:rsid w:val="00160C00"/>
     <w:rsid w:val="00162B9A"/>
     <w:rsid w:val="00162EE3"/>
     <w:rsid w:val="00187563"/>
     <w:rsid w:val="00192F7B"/>
     <w:rsid w:val="00194307"/>
+    <w:rsid w:val="00194A5E"/>
     <w:rsid w:val="001956A1"/>
     <w:rsid w:val="00196861"/>
     <w:rsid w:val="00196949"/>
     <w:rsid w:val="001977F6"/>
     <w:rsid w:val="001B0402"/>
     <w:rsid w:val="001B183E"/>
     <w:rsid w:val="001B218F"/>
     <w:rsid w:val="001B759E"/>
     <w:rsid w:val="001C4A04"/>
     <w:rsid w:val="001D3755"/>
     <w:rsid w:val="001D4735"/>
     <w:rsid w:val="001E6838"/>
     <w:rsid w:val="001F221C"/>
     <w:rsid w:val="001F2920"/>
     <w:rsid w:val="0022489F"/>
     <w:rsid w:val="0022518F"/>
     <w:rsid w:val="00225565"/>
     <w:rsid w:val="00225791"/>
     <w:rsid w:val="00235D9A"/>
     <w:rsid w:val="00242B2E"/>
     <w:rsid w:val="00254AA4"/>
     <w:rsid w:val="002550AA"/>
     <w:rsid w:val="00256402"/>
     <w:rsid w:val="00261AC9"/>
     <w:rsid w:val="00262AFA"/>
     <w:rsid w:val="00270A01"/>
     <w:rsid w:val="00280BE3"/>
     <w:rsid w:val="00290FC0"/>
     <w:rsid w:val="002A39C6"/>
     <w:rsid w:val="002A6FD8"/>
     <w:rsid w:val="002B0AF9"/>
+    <w:rsid w:val="002B3EA5"/>
     <w:rsid w:val="002B5D3B"/>
     <w:rsid w:val="002B72DB"/>
     <w:rsid w:val="002B78F6"/>
     <w:rsid w:val="002B7DEC"/>
     <w:rsid w:val="002C21BC"/>
     <w:rsid w:val="002C3243"/>
     <w:rsid w:val="002C3767"/>
     <w:rsid w:val="002C4109"/>
     <w:rsid w:val="002E08E4"/>
     <w:rsid w:val="002E6206"/>
     <w:rsid w:val="002F0D43"/>
+    <w:rsid w:val="002F2823"/>
     <w:rsid w:val="00301065"/>
     <w:rsid w:val="003128F9"/>
     <w:rsid w:val="00317620"/>
     <w:rsid w:val="003224A7"/>
     <w:rsid w:val="00330B11"/>
     <w:rsid w:val="0033255C"/>
     <w:rsid w:val="00333A32"/>
     <w:rsid w:val="00333F0E"/>
     <w:rsid w:val="00340EBC"/>
     <w:rsid w:val="00341FC4"/>
     <w:rsid w:val="00344FDF"/>
     <w:rsid w:val="00345107"/>
+    <w:rsid w:val="00346987"/>
     <w:rsid w:val="003553A6"/>
     <w:rsid w:val="00356FBD"/>
     <w:rsid w:val="00360AC7"/>
     <w:rsid w:val="00364FDA"/>
     <w:rsid w:val="00375136"/>
     <w:rsid w:val="00381FB8"/>
     <w:rsid w:val="003861C8"/>
     <w:rsid w:val="00387A0F"/>
     <w:rsid w:val="0039074D"/>
     <w:rsid w:val="00390E51"/>
     <w:rsid w:val="00396C99"/>
     <w:rsid w:val="003A0AD5"/>
     <w:rsid w:val="003A263F"/>
     <w:rsid w:val="003A2B0C"/>
     <w:rsid w:val="003B115D"/>
     <w:rsid w:val="003B56C1"/>
     <w:rsid w:val="003B6E63"/>
     <w:rsid w:val="003D215A"/>
     <w:rsid w:val="003F0AA1"/>
     <w:rsid w:val="003F1734"/>
     <w:rsid w:val="003F30C9"/>
     <w:rsid w:val="00401361"/>
     <w:rsid w:val="00403F2D"/>
     <w:rsid w:val="0040410D"/>
     <w:rsid w:val="00404A56"/>
     <w:rsid w:val="00406661"/>
     <w:rsid w:val="00410ABE"/>
     <w:rsid w:val="0041503F"/>
     <w:rsid w:val="004174A4"/>
     <w:rsid w:val="00421E11"/>
     <w:rsid w:val="004261B3"/>
     <w:rsid w:val="0044507C"/>
     <w:rsid w:val="00453219"/>
     <w:rsid w:val="004557D2"/>
+    <w:rsid w:val="00467FB7"/>
     <w:rsid w:val="0047208A"/>
     <w:rsid w:val="00475790"/>
     <w:rsid w:val="00476206"/>
     <w:rsid w:val="00495B6E"/>
     <w:rsid w:val="004A1E53"/>
     <w:rsid w:val="004A21B2"/>
     <w:rsid w:val="004A5500"/>
     <w:rsid w:val="004B2512"/>
     <w:rsid w:val="004B3D1F"/>
     <w:rsid w:val="004C1C18"/>
     <w:rsid w:val="004C4F33"/>
     <w:rsid w:val="004C7585"/>
     <w:rsid w:val="004C759B"/>
     <w:rsid w:val="004D3606"/>
     <w:rsid w:val="004D75EE"/>
     <w:rsid w:val="004E345E"/>
     <w:rsid w:val="00503732"/>
     <w:rsid w:val="0050460B"/>
     <w:rsid w:val="0050525C"/>
     <w:rsid w:val="00506869"/>
     <w:rsid w:val="00515B71"/>
+    <w:rsid w:val="00517ED7"/>
     <w:rsid w:val="0052370D"/>
+    <w:rsid w:val="005344C1"/>
     <w:rsid w:val="00542185"/>
     <w:rsid w:val="005475AF"/>
     <w:rsid w:val="00555BC8"/>
     <w:rsid w:val="00561CE8"/>
     <w:rsid w:val="00563360"/>
     <w:rsid w:val="005636C9"/>
     <w:rsid w:val="005761DC"/>
     <w:rsid w:val="00576497"/>
     <w:rsid w:val="00580202"/>
     <w:rsid w:val="005825A4"/>
     <w:rsid w:val="00594DB7"/>
     <w:rsid w:val="005A0B41"/>
     <w:rsid w:val="005A3633"/>
     <w:rsid w:val="005A3D5B"/>
     <w:rsid w:val="005A6203"/>
     <w:rsid w:val="005B0AB8"/>
     <w:rsid w:val="005C0473"/>
     <w:rsid w:val="005C1DE2"/>
     <w:rsid w:val="005C6FB2"/>
     <w:rsid w:val="005D16A8"/>
     <w:rsid w:val="005D46CB"/>
     <w:rsid w:val="005E11FF"/>
     <w:rsid w:val="005E18FF"/>
     <w:rsid w:val="005F0777"/>
     <w:rsid w:val="005F70A2"/>
     <w:rsid w:val="00605B8F"/>
     <w:rsid w:val="00611017"/>
     <w:rsid w:val="0061104A"/>
     <w:rsid w:val="006124D7"/>
     <w:rsid w:val="006207B5"/>
     <w:rsid w:val="00623261"/>
     <w:rsid w:val="00624C9B"/>
     <w:rsid w:val="006403C1"/>
     <w:rsid w:val="00640460"/>
     <w:rsid w:val="00640578"/>
     <w:rsid w:val="006411F8"/>
     <w:rsid w:val="006525D7"/>
+    <w:rsid w:val="0065289E"/>
     <w:rsid w:val="006569C9"/>
     <w:rsid w:val="00656B7F"/>
     <w:rsid w:val="00665970"/>
     <w:rsid w:val="006675B9"/>
     <w:rsid w:val="006705F8"/>
     <w:rsid w:val="00671575"/>
     <w:rsid w:val="0068274E"/>
+    <w:rsid w:val="00683F5F"/>
     <w:rsid w:val="00686F0A"/>
     <w:rsid w:val="00697767"/>
     <w:rsid w:val="006A0F4E"/>
     <w:rsid w:val="006A1000"/>
     <w:rsid w:val="006A1B5C"/>
     <w:rsid w:val="006A7140"/>
     <w:rsid w:val="006B404F"/>
     <w:rsid w:val="006B4833"/>
     <w:rsid w:val="006C47D4"/>
     <w:rsid w:val="006D143A"/>
     <w:rsid w:val="006D35F4"/>
     <w:rsid w:val="006D3974"/>
     <w:rsid w:val="006D4323"/>
     <w:rsid w:val="006D4A0B"/>
     <w:rsid w:val="006E09EC"/>
     <w:rsid w:val="006E345B"/>
+    <w:rsid w:val="006F100B"/>
     <w:rsid w:val="006F7B71"/>
     <w:rsid w:val="00703A57"/>
     <w:rsid w:val="007131E6"/>
     <w:rsid w:val="007179ED"/>
     <w:rsid w:val="00720A11"/>
     <w:rsid w:val="007366EB"/>
     <w:rsid w:val="007369F7"/>
     <w:rsid w:val="007372CA"/>
     <w:rsid w:val="00743FC8"/>
     <w:rsid w:val="007651D1"/>
     <w:rsid w:val="007652AE"/>
     <w:rsid w:val="0076E01C"/>
     <w:rsid w:val="007706C7"/>
     <w:rsid w:val="00773CA3"/>
     <w:rsid w:val="00780D0C"/>
     <w:rsid w:val="00785A25"/>
     <w:rsid w:val="00790D53"/>
     <w:rsid w:val="00793477"/>
     <w:rsid w:val="007A0C9F"/>
     <w:rsid w:val="007A0F8B"/>
     <w:rsid w:val="007A38DD"/>
     <w:rsid w:val="007A516F"/>
     <w:rsid w:val="007A7332"/>
     <w:rsid w:val="007B0AC1"/>
+    <w:rsid w:val="007B59B8"/>
     <w:rsid w:val="007B6A9D"/>
     <w:rsid w:val="007C0545"/>
     <w:rsid w:val="007C3E98"/>
     <w:rsid w:val="007C4D5F"/>
     <w:rsid w:val="007C4D92"/>
     <w:rsid w:val="007C647C"/>
     <w:rsid w:val="007D0536"/>
     <w:rsid w:val="007D7B22"/>
     <w:rsid w:val="007F12E0"/>
     <w:rsid w:val="007F6ADB"/>
     <w:rsid w:val="007F6F81"/>
     <w:rsid w:val="00801BE4"/>
     <w:rsid w:val="00804706"/>
     <w:rsid w:val="0081320F"/>
     <w:rsid w:val="00815241"/>
     <w:rsid w:val="00817286"/>
     <w:rsid w:val="00822B62"/>
     <w:rsid w:val="00823F37"/>
     <w:rsid w:val="00826251"/>
     <w:rsid w:val="008278C1"/>
     <w:rsid w:val="00832885"/>
     <w:rsid w:val="00832AD6"/>
     <w:rsid w:val="00834F59"/>
     <w:rsid w:val="00834F8D"/>
     <w:rsid w:val="008401C1"/>
+    <w:rsid w:val="00852EDE"/>
     <w:rsid w:val="0085695E"/>
     <w:rsid w:val="00856D33"/>
     <w:rsid w:val="008700C9"/>
     <w:rsid w:val="00870C16"/>
     <w:rsid w:val="00871FE3"/>
     <w:rsid w:val="00873994"/>
     <w:rsid w:val="0087545A"/>
     <w:rsid w:val="0088525E"/>
     <w:rsid w:val="008858CD"/>
     <w:rsid w:val="00886AE0"/>
     <w:rsid w:val="00892B36"/>
     <w:rsid w:val="008A4D3D"/>
     <w:rsid w:val="008B0DFD"/>
     <w:rsid w:val="008E0F15"/>
+    <w:rsid w:val="008E2349"/>
     <w:rsid w:val="008E27A5"/>
     <w:rsid w:val="008E399E"/>
     <w:rsid w:val="008E53B1"/>
     <w:rsid w:val="008E6BC4"/>
     <w:rsid w:val="008F0BBB"/>
     <w:rsid w:val="0090000C"/>
     <w:rsid w:val="009009C5"/>
     <w:rsid w:val="00900E67"/>
     <w:rsid w:val="00902CF6"/>
     <w:rsid w:val="0090486D"/>
     <w:rsid w:val="00904B6C"/>
     <w:rsid w:val="009164C6"/>
     <w:rsid w:val="00916685"/>
     <w:rsid w:val="009223BD"/>
     <w:rsid w:val="00925251"/>
     <w:rsid w:val="00925469"/>
     <w:rsid w:val="00925537"/>
     <w:rsid w:val="009259FA"/>
     <w:rsid w:val="009310E0"/>
+    <w:rsid w:val="00931BD3"/>
     <w:rsid w:val="009445CD"/>
     <w:rsid w:val="009467CB"/>
     <w:rsid w:val="009474AE"/>
     <w:rsid w:val="009502E3"/>
     <w:rsid w:val="00961AD3"/>
     <w:rsid w:val="00976CF9"/>
     <w:rsid w:val="00977643"/>
     <w:rsid w:val="00995015"/>
     <w:rsid w:val="009A2405"/>
     <w:rsid w:val="009B07EF"/>
     <w:rsid w:val="009C06DA"/>
     <w:rsid w:val="009C13DC"/>
     <w:rsid w:val="009C1DC9"/>
     <w:rsid w:val="009D4B92"/>
     <w:rsid w:val="009F0B7A"/>
     <w:rsid w:val="00A00F20"/>
+    <w:rsid w:val="00A1093D"/>
     <w:rsid w:val="00A229A7"/>
     <w:rsid w:val="00A23A1D"/>
     <w:rsid w:val="00A24DC0"/>
     <w:rsid w:val="00A27DAF"/>
     <w:rsid w:val="00A328AD"/>
     <w:rsid w:val="00A44547"/>
     <w:rsid w:val="00A44DE7"/>
     <w:rsid w:val="00A46F38"/>
+    <w:rsid w:val="00A4783F"/>
     <w:rsid w:val="00A54584"/>
     <w:rsid w:val="00A55C6F"/>
     <w:rsid w:val="00A5765B"/>
     <w:rsid w:val="00A64980"/>
     <w:rsid w:val="00A6675F"/>
     <w:rsid w:val="00A733CA"/>
     <w:rsid w:val="00A73DAE"/>
     <w:rsid w:val="00A7771D"/>
     <w:rsid w:val="00A8250B"/>
     <w:rsid w:val="00A869BB"/>
     <w:rsid w:val="00A87219"/>
     <w:rsid w:val="00A94DC1"/>
     <w:rsid w:val="00AA1016"/>
     <w:rsid w:val="00AA2716"/>
     <w:rsid w:val="00AA5AF5"/>
     <w:rsid w:val="00AB1329"/>
     <w:rsid w:val="00AC3FB8"/>
     <w:rsid w:val="00AC481B"/>
     <w:rsid w:val="00AD25A4"/>
     <w:rsid w:val="00AD4BE6"/>
     <w:rsid w:val="00AD4C66"/>
     <w:rsid w:val="00AE0E1F"/>
     <w:rsid w:val="00AE206A"/>
     <w:rsid w:val="00AF0F60"/>
     <w:rsid w:val="00B03695"/>
     <w:rsid w:val="00B2642B"/>
     <w:rsid w:val="00B3723F"/>
     <w:rsid w:val="00B623F6"/>
     <w:rsid w:val="00B66A68"/>
     <w:rsid w:val="00B74738"/>
     <w:rsid w:val="00B75291"/>
     <w:rsid w:val="00B77C37"/>
     <w:rsid w:val="00B77C43"/>
     <w:rsid w:val="00B82CEC"/>
     <w:rsid w:val="00B84CB4"/>
     <w:rsid w:val="00B86608"/>
+    <w:rsid w:val="00B94553"/>
     <w:rsid w:val="00BA00DE"/>
     <w:rsid w:val="00BA7EF3"/>
     <w:rsid w:val="00BB12A7"/>
     <w:rsid w:val="00BB378C"/>
     <w:rsid w:val="00BC585D"/>
     <w:rsid w:val="00BD121B"/>
     <w:rsid w:val="00BD7BD2"/>
     <w:rsid w:val="00BE5BB6"/>
     <w:rsid w:val="00BF35AF"/>
     <w:rsid w:val="00C01E08"/>
     <w:rsid w:val="00C01EDA"/>
     <w:rsid w:val="00C0660D"/>
     <w:rsid w:val="00C07E3F"/>
     <w:rsid w:val="00C10236"/>
     <w:rsid w:val="00C11FBB"/>
     <w:rsid w:val="00C13B84"/>
     <w:rsid w:val="00C15C72"/>
     <w:rsid w:val="00C17236"/>
     <w:rsid w:val="00C238E6"/>
     <w:rsid w:val="00C30931"/>
     <w:rsid w:val="00C33494"/>
     <w:rsid w:val="00C36BC7"/>
     <w:rsid w:val="00C517CB"/>
     <w:rsid w:val="00C53AE9"/>
     <w:rsid w:val="00C55CF9"/>
     <w:rsid w:val="00C623C0"/>
     <w:rsid w:val="00C800DB"/>
     <w:rsid w:val="00C80D48"/>
     <w:rsid w:val="00C84935"/>
     <w:rsid w:val="00C84AB6"/>
     <w:rsid w:val="00CA4325"/>
     <w:rsid w:val="00CB0CFE"/>
     <w:rsid w:val="00CB56E6"/>
     <w:rsid w:val="00CB5C58"/>
+    <w:rsid w:val="00CB6728"/>
     <w:rsid w:val="00CC598C"/>
     <w:rsid w:val="00CD01C8"/>
     <w:rsid w:val="00CD4CF5"/>
     <w:rsid w:val="00CD69DB"/>
     <w:rsid w:val="00CD6F9B"/>
     <w:rsid w:val="00CD7B61"/>
     <w:rsid w:val="00CE3C6C"/>
     <w:rsid w:val="00CF19D9"/>
     <w:rsid w:val="00D01139"/>
     <w:rsid w:val="00D02FC4"/>
     <w:rsid w:val="00D07DE8"/>
     <w:rsid w:val="00D1291F"/>
     <w:rsid w:val="00D152FE"/>
     <w:rsid w:val="00D1602E"/>
     <w:rsid w:val="00D1614E"/>
     <w:rsid w:val="00D16A4C"/>
     <w:rsid w:val="00D259CD"/>
     <w:rsid w:val="00D27DED"/>
     <w:rsid w:val="00D3413A"/>
     <w:rsid w:val="00D44292"/>
     <w:rsid w:val="00D50D98"/>
     <w:rsid w:val="00D813FE"/>
     <w:rsid w:val="00D91BDC"/>
     <w:rsid w:val="00D9484C"/>
+    <w:rsid w:val="00D96991"/>
+    <w:rsid w:val="00D97F80"/>
     <w:rsid w:val="00DA5DCB"/>
     <w:rsid w:val="00DA6735"/>
     <w:rsid w:val="00DA7309"/>
     <w:rsid w:val="00DA74C2"/>
     <w:rsid w:val="00DB372E"/>
     <w:rsid w:val="00DC470B"/>
     <w:rsid w:val="00DC5473"/>
     <w:rsid w:val="00DE125A"/>
     <w:rsid w:val="00DE4E2C"/>
     <w:rsid w:val="00DF27DE"/>
     <w:rsid w:val="00DF6373"/>
     <w:rsid w:val="00E025B9"/>
     <w:rsid w:val="00E03FAA"/>
     <w:rsid w:val="00E04488"/>
     <w:rsid w:val="00E04DB2"/>
     <w:rsid w:val="00E14A9E"/>
     <w:rsid w:val="00E35C79"/>
     <w:rsid w:val="00E36C03"/>
     <w:rsid w:val="00E37CBB"/>
     <w:rsid w:val="00E41697"/>
     <w:rsid w:val="00E41F26"/>
     <w:rsid w:val="00E42824"/>
     <w:rsid w:val="00E4374C"/>
     <w:rsid w:val="00E43E27"/>
     <w:rsid w:val="00E55188"/>
@@ -14966,72 +16638,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0cee0f216cd659af1976c8a2b705f81d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f2df0f1ff799e2b1eec60a5ae7dbd158">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a2b684e3fc6b7474634bd10d69afc92c" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:BriefDescription" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -15210,127 +16862,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <BriefDescription xmlns="ca181a51-b58f-4101-967e-bee951ab042e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C2F6250-C6E2-41FB-88DB-34FCA00D1B0E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{641E70FD-FB2B-4D71-987F-E17DB654A603}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
+    <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285963D1-BBDF-4D7D-99FA-6E5D9BCDEA41}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4A5DC29-806D-41B8-B63D-9653AE31269D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C2F6250-C6E2-41FB-88DB-34FCA00D1B0E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
-    <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA314F96-88F0-4E91-855E-1B95E5065C78}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>12878</Characters>
+  <Pages>10</Pages>
+  <Words>2167</Words>
+  <Characters>15107</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1023</Lines>
-  <Paragraphs>432</Paragraphs>
+  <Lines>125</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14310</CharactersWithSpaces>
+  <CharactersWithSpaces>17240</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Guimaraes, Erica (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000E4AA08DB2E7574BB85FD0D75957E082</vt:lpwstr>
   </property>