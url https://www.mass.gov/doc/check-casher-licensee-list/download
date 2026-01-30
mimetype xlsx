--- v0 (2025-11-30)
+++ v1 (2026-01-30)
@@ -2,84 +2,84 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/wesley_ho_mass_gov/Documents/Desktop/quater license lists/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/wesley_ho_mass_gov/Documents/Desktop/Website 2025 licenseee list/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="68" documentId="8_{C633BD17-3E59-4647-B643-8B6F3704C035}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{73E4BDE4-63AB-4CDD-AAE3-2C8378EF9DA1}"/>
+  <xr:revisionPtr revIDLastSave="74" documentId="8_{C633BD17-3E59-4647-B643-8B6F3704C035}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C76A64FC-9C8C-42DD-AE97-1F4A70FECF6F}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{5993A8E4-8325-4177-B390-18DCD77DD72E}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="955" uniqueCount="511">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="969" uniqueCount="513">
   <si>
     <t>Company ID</t>
   </si>
   <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>Branch ID</t>
   </si>
   <si>
     <t>Street Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postal Code</t>
   </si>
   <si>
     <t>License Number</t>
   </si>
   <si>
@@ -1567,51 +1567,57 @@
   <si>
     <t>CC2451460</t>
   </si>
   <si>
     <t>JUMA FINANCIAL SERVICES, LLC</t>
   </si>
   <si>
     <t>CC913856</t>
   </si>
   <si>
     <t>MA Check Casher Other Trade Name #1</t>
   </si>
   <si>
     <t>Hidalgo Multiservices, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">169 So. Union St </t>
   </si>
   <si>
     <t>01843</t>
   </si>
   <si>
     <t>CC112455-100</t>
   </si>
   <si>
-    <t>Check Casher licensee data as of September 30, 2025</t>
+    <t>Check Casher licensee data as of December 31, 2025</t>
+  </si>
+  <si>
+    <t>CC903026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">910 Boston Post Rd, Suite 130 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="00000"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1962,51 +1968,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DA849F0B-A518-4FE5-9D7E-A5F361AC840C}">
-  <dimension ref="A1:I137"/>
+  <dimension ref="A1:I139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.42578125" customWidth="1"/>
     <col min="2" max="2" width="41.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" style="7" customWidth="1"/>
     <col min="8" max="8" width="17.140625" customWidth="1"/>
     <col min="9" max="9" width="23.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>510</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="3"/>
       <c r="G1" s="4"/>
       <c r="H1" s="3"/>
@@ -2929,2900 +2935,2983 @@
       </c>
       <c r="B36" t="s">
         <v>503</v>
       </c>
       <c r="D36" t="s">
         <v>114</v>
       </c>
       <c r="E36" t="s">
         <v>115</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" s="8" t="s">
         <v>432</v>
       </c>
       <c r="H36" t="s">
         <v>116</v>
       </c>
       <c r="I36" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37">
-        <v>2128569</v>
+        <v>903026</v>
       </c>
       <c r="B37" t="s">
-        <v>117</v>
+        <v>503</v>
       </c>
       <c r="D37" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="E37" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="H37" t="s">
-        <v>120</v>
+        <v>511</v>
       </c>
       <c r="I37" t="s">
-        <v>14</v>
+        <v>505</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38">
-        <v>1195307</v>
+        <v>903026</v>
       </c>
       <c r="B38" t="s">
-        <v>121</v>
+        <v>503</v>
+      </c>
+      <c r="C38">
+        <v>2718102</v>
       </c>
       <c r="D38" t="s">
-        <v>122</v>
+        <v>512</v>
       </c>
       <c r="E38" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="H38" t="s">
-        <v>124</v>
+        <v>511</v>
       </c>
       <c r="I38" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39">
-        <v>1889590</v>
+        <v>2128569</v>
       </c>
       <c r="B39" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="D39" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="E39" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="H39" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="I39" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40">
-        <v>1889590</v>
+        <v>1195307</v>
       </c>
       <c r="B40" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>2105073</v>
+        <v>121</v>
       </c>
       <c r="D40" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="E40" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="H40" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I40" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>1889590</v>
       </c>
       <c r="B41" t="s">
         <v>125</v>
       </c>
-      <c r="C41">
-[...1 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>401</v>
+        <v>126</v>
       </c>
       <c r="E41" t="s">
         <v>115</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="8" t="s">
         <v>432</v>
       </c>
       <c r="H41" t="s">
         <v>127</v>
       </c>
       <c r="I41" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>1889590</v>
       </c>
       <c r="B42" t="s">
         <v>125</v>
       </c>
       <c r="C42">
-        <v>2472538</v>
+        <v>2105073</v>
       </c>
       <c r="D42" t="s">
-        <v>408</v>
+        <v>128</v>
       </c>
       <c r="E42" t="s">
-        <v>409</v>
+        <v>129</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="H42" t="s">
         <v>127</v>
       </c>
       <c r="I42" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43">
-        <v>922242</v>
+        <v>1889590</v>
       </c>
       <c r="B43" t="s">
-        <v>130</v>
+        <v>125</v>
+      </c>
+      <c r="C43">
+        <v>2137878</v>
       </c>
       <c r="D43" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="E43" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="H43" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="I43" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44">
-        <v>913813</v>
+        <v>1889590</v>
       </c>
       <c r="B44" t="s">
-        <v>132</v>
+        <v>125</v>
+      </c>
+      <c r="C44">
+        <v>2472538</v>
       </c>
       <c r="D44" t="s">
-        <v>133</v>
+        <v>408</v>
       </c>
       <c r="E44" t="s">
-        <v>134</v>
+        <v>409</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="H44" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="I44" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45">
-        <v>909515</v>
+        <v>922242</v>
       </c>
       <c r="B45" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="D45" t="s">
-        <v>137</v>
+        <v>403</v>
       </c>
       <c r="E45" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
       <c r="H45" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="I45" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46">
-        <v>911193</v>
+        <v>913813</v>
       </c>
       <c r="B46" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="D46" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="E46" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
-      <c r="G46" t="s">
-        <v>142</v>
+      <c r="G46" s="8" t="s">
+        <v>435</v>
       </c>
       <c r="H46" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="I46" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47">
-        <v>914369</v>
+        <v>909515</v>
       </c>
       <c r="B47" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="D47" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="E47" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="H47" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
       <c r="I47" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48">
-        <v>905281</v>
+        <v>911193</v>
       </c>
       <c r="B48" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="D48" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="E48" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
-      <c r="G48" s="8" t="s">
-        <v>432</v>
+      <c r="G48" t="s">
+        <v>142</v>
       </c>
       <c r="H48" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="I48" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49">
-        <v>905281</v>
+        <v>914369</v>
       </c>
       <c r="B49" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>916761</v>
+        <v>144</v>
       </c>
       <c r="D49" t="s">
-        <v>402</v>
+        <v>145</v>
       </c>
       <c r="E49" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="H49" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="I49" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50">
-        <v>904752</v>
+        <v>905281</v>
       </c>
       <c r="B50" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="D50" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="E50" t="s">
-        <v>141</v>
+        <v>115</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="H50" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="I50" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51">
-        <v>916889</v>
+        <v>905281</v>
       </c>
       <c r="B51" t="s">
-        <v>154</v>
+        <v>147</v>
+      </c>
+      <c r="C51">
+        <v>916761</v>
       </c>
       <c r="D51" t="s">
-        <v>155</v>
+        <v>402</v>
       </c>
       <c r="E51" t="s">
-        <v>156</v>
+        <v>115</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="8" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="H51" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="I51" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52">
-        <v>901894</v>
+        <v>904752</v>
       </c>
       <c r="B52" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="D52" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="E52" t="s">
-        <v>101</v>
+        <v>141</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="8" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="H52" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="I52" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53">
-        <v>913856</v>
+        <v>916889</v>
       </c>
       <c r="B53" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="D53" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="E53" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="H53" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="I53" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54">
-        <v>913856</v>
+        <v>901894</v>
       </c>
       <c r="B54" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="D54" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="E54" t="s">
-        <v>163</v>
+        <v>101</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="8" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="H54" t="s">
-        <v>504</v>
+        <v>160</v>
       </c>
       <c r="I54" t="s">
-        <v>505</v>
+        <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>913856</v>
       </c>
       <c r="B55" t="s">
         <v>161</v>
       </c>
-      <c r="C55">
-[...1 lines deleted...]
-      </c>
       <c r="D55" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="E55" t="s">
-        <v>11</v>
+        <v>163</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="8" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="H55" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="I55" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>913856</v>
       </c>
       <c r="B56" t="s">
         <v>161</v>
       </c>
-      <c r="C56">
-[...1 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="E56" t="s">
-        <v>11</v>
+        <v>163</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="8" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="H56" t="s">
-        <v>168</v>
+        <v>504</v>
       </c>
       <c r="I56" t="s">
-        <v>14</v>
+        <v>505</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>913856</v>
       </c>
       <c r="B57" t="s">
         <v>161</v>
       </c>
       <c r="C57">
-        <v>925635</v>
+        <v>925505</v>
       </c>
       <c r="D57" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="8" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="H57" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="I57" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>913856</v>
       </c>
       <c r="B58" t="s">
         <v>161</v>
       </c>
       <c r="C58">
-        <v>925639</v>
+        <v>925617</v>
       </c>
       <c r="D58" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="E58" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="8" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="H58" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="I58" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>913856</v>
       </c>
       <c r="B59" t="s">
         <v>161</v>
       </c>
       <c r="C59">
-        <v>925645</v>
+        <v>925635</v>
       </c>
       <c r="D59" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="E59" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59" s="8" t="s">
-        <v>420</v>
+        <v>442</v>
       </c>
       <c r="H59" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="I59" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>913856</v>
       </c>
       <c r="B60" t="s">
         <v>161</v>
       </c>
       <c r="C60">
-        <v>925649</v>
+        <v>925639</v>
       </c>
       <c r="D60" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="E60" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60" s="8" t="s">
-        <v>421</v>
+        <v>443</v>
       </c>
       <c r="H60" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="I60" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>913856</v>
       </c>
       <c r="B61" t="s">
         <v>161</v>
       </c>
       <c r="C61">
-        <v>925650</v>
+        <v>925645</v>
       </c>
       <c r="D61" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E61" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61" s="8" t="s">
-        <v>444</v>
+        <v>420</v>
       </c>
       <c r="H61" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="I61" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>913856</v>
       </c>
       <c r="B62" t="s">
         <v>161</v>
       </c>
       <c r="C62">
-        <v>925657</v>
+        <v>925649</v>
       </c>
       <c r="D62" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="E62" t="s">
-        <v>181</v>
+        <v>54</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62" s="8" t="s">
-        <v>439</v>
+        <v>421</v>
       </c>
       <c r="H62" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="I62" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>913856</v>
       </c>
       <c r="B63" t="s">
         <v>161</v>
       </c>
       <c r="C63">
-        <v>925663</v>
+        <v>925650</v>
       </c>
       <c r="D63" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="E63" t="s">
-        <v>184</v>
+        <v>38</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63" s="8" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H63" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="I63" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64">
         <v>913856</v>
       </c>
       <c r="B64" t="s">
         <v>161</v>
       </c>
       <c r="C64">
-        <v>925666</v>
+        <v>925657</v>
       </c>
       <c r="D64" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="E64" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>446</v>
+        <v>439</v>
       </c>
       <c r="H64" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="I64" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65">
-        <v>904751</v>
+        <v>913856</v>
       </c>
       <c r="B65" t="s">
-        <v>189</v>
+        <v>161</v>
+      </c>
+      <c r="C65">
+        <v>925663</v>
       </c>
       <c r="D65" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="E65" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65" s="8" t="s">
-        <v>426</v>
+        <v>445</v>
       </c>
       <c r="H65" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="I65" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66">
-        <v>910462</v>
+        <v>913856</v>
       </c>
       <c r="B66" t="s">
-        <v>193</v>
+        <v>161</v>
+      </c>
+      <c r="C66">
+        <v>925666</v>
       </c>
       <c r="D66" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="E66" t="s">
-        <v>74</v>
+        <v>187</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66" s="8" t="s">
-        <v>423</v>
+        <v>446</v>
       </c>
       <c r="H66" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="I66" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67">
-        <v>908582</v>
+        <v>904751</v>
       </c>
       <c r="B67" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="D67" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="E67" t="s">
-        <v>30</v>
+        <v>191</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67" s="8" t="s">
-        <v>447</v>
+        <v>426</v>
       </c>
       <c r="H67" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="I67" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68">
-        <v>1984628</v>
+        <v>910462</v>
       </c>
       <c r="B68" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="D68" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="E68" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68" s="8" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="H68" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="I68" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69">
-        <v>1678838</v>
+        <v>908582</v>
       </c>
       <c r="B69" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="D69" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="E69" t="s">
-        <v>204</v>
+        <v>30</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69" s="8" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="H69" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="I69" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70">
-        <v>1678838</v>
+        <v>1984628</v>
       </c>
       <c r="B70" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>2411627</v>
+        <v>199</v>
       </c>
       <c r="D70" t="s">
-        <v>404</v>
+        <v>200</v>
       </c>
       <c r="E70" t="s">
-        <v>134</v>
+        <v>191</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>437</v>
+        <v>426</v>
       </c>
       <c r="H70" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="I70" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71">
-        <v>908755</v>
+        <v>1678838</v>
       </c>
       <c r="B71" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D71" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="E71" t="s">
-        <v>181</v>
+        <v>204</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71" s="8" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="H71" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="I71" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72">
-        <v>910448</v>
+        <v>1678838</v>
       </c>
       <c r="B72" t="s">
-        <v>209</v>
+        <v>202</v>
+      </c>
+      <c r="C72">
+        <v>2411627</v>
       </c>
       <c r="D72" t="s">
-        <v>210</v>
+        <v>404</v>
       </c>
       <c r="E72" t="s">
-        <v>211</v>
+        <v>134</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72" s="8" t="s">
-        <v>449</v>
+        <v>437</v>
       </c>
       <c r="H72" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="I72" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73">
-        <v>1732429</v>
+        <v>908755</v>
       </c>
       <c r="B73" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="D73" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="E73" t="s">
         <v>181</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73" s="8" t="s">
         <v>439</v>
       </c>
       <c r="H73" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="I73" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74">
-        <v>901920</v>
+        <v>910448</v>
       </c>
       <c r="B74" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="D74" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="E74" t="s">
-        <v>58</v>
+        <v>211</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74" s="8" t="s">
-        <v>419</v>
+        <v>449</v>
       </c>
       <c r="H74" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="I74" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75">
-        <v>2456709</v>
+        <v>1732429</v>
       </c>
       <c r="B75" t="s">
-        <v>497</v>
+        <v>213</v>
       </c>
       <c r="D75" t="s">
-        <v>498</v>
+        <v>214</v>
       </c>
       <c r="E75" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75" s="8" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="H75" t="s">
-        <v>499</v>
+        <v>215</v>
       </c>
       <c r="I75" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76">
-        <v>910455</v>
+        <v>901920</v>
       </c>
       <c r="B76" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D76" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="E76" t="s">
-        <v>221</v>
+        <v>58</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76" s="8" t="s">
-        <v>450</v>
+        <v>419</v>
       </c>
       <c r="H76" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="I76" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77">
-        <v>906160</v>
+        <v>2456709</v>
       </c>
       <c r="B77" t="s">
-        <v>223</v>
+        <v>497</v>
       </c>
       <c r="D77" t="s">
-        <v>224</v>
+        <v>498</v>
       </c>
       <c r="E77" t="s">
-        <v>225</v>
+        <v>191</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77" s="8" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="H77" t="s">
-        <v>226</v>
+        <v>499</v>
       </c>
       <c r="I77" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78">
-        <v>909745</v>
+        <v>910455</v>
       </c>
       <c r="B78" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="D78" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="E78" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78" s="8" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="H78" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="I78" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79">
-        <v>909745</v>
+        <v>906160</v>
       </c>
       <c r="B79" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>917843</v>
+        <v>223</v>
       </c>
       <c r="D79" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="E79" t="s">
-        <v>101</v>
+        <v>225</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
-      <c r="G79" t="s">
-        <v>232</v>
+      <c r="G79" s="8" t="s">
+        <v>417</v>
       </c>
       <c r="H79" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="I79" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80">
         <v>909745</v>
       </c>
       <c r="B80" t="s">
         <v>227</v>
       </c>
-      <c r="C80">
-[...1 lines deleted...]
-      </c>
       <c r="D80" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="E80" t="s">
-        <v>101</v>
+        <v>229</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
-      <c r="G80" t="s">
-        <v>235</v>
+      <c r="G80" s="8" t="s">
+        <v>451</v>
       </c>
       <c r="H80" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="I80" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81">
         <v>909745</v>
       </c>
       <c r="B81" t="s">
         <v>227</v>
       </c>
       <c r="C81">
-        <v>917859</v>
+        <v>917843</v>
       </c>
       <c r="D81" t="s">
-        <v>410</v>
+        <v>231</v>
       </c>
       <c r="E81" t="s">
-        <v>237</v>
+        <v>101</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
-      <c r="G81" s="8" t="s">
-        <v>452</v>
+      <c r="G81" t="s">
+        <v>232</v>
       </c>
       <c r="H81" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="I81" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82">
         <v>909745</v>
       </c>
       <c r="B82" t="s">
         <v>227</v>
       </c>
       <c r="C82">
-        <v>917861</v>
+        <v>917850</v>
       </c>
       <c r="D82" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="E82" t="s">
-        <v>240</v>
+        <v>101</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
-      <c r="G82" s="8" t="s">
-        <v>453</v>
+      <c r="G82" t="s">
+        <v>235</v>
       </c>
       <c r="H82" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="I82" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>909745</v>
       </c>
       <c r="B83" t="s">
         <v>227</v>
       </c>
       <c r="C83">
-        <v>918639</v>
+        <v>917859</v>
       </c>
       <c r="D83" t="s">
-        <v>242</v>
+        <v>410</v>
       </c>
       <c r="E83" t="s">
-        <v>112</v>
+        <v>237</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83" s="8" t="s">
-        <v>431</v>
+        <v>452</v>
       </c>
       <c r="H83" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="I83" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>909745</v>
       </c>
       <c r="B84" t="s">
         <v>227</v>
       </c>
       <c r="C84">
-        <v>918642</v>
+        <v>917861</v>
       </c>
       <c r="D84" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="E84" t="s">
-        <v>101</v>
+        <v>240</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
-      <c r="G84" t="s">
-        <v>245</v>
+      <c r="G84" s="8" t="s">
+        <v>453</v>
       </c>
       <c r="H84" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="I84" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85">
-        <v>1910475</v>
+        <v>909745</v>
       </c>
       <c r="B85" t="s">
-        <v>247</v>
+        <v>227</v>
+      </c>
+      <c r="C85">
+        <v>918639</v>
       </c>
       <c r="D85" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="E85" t="s">
-        <v>204</v>
+        <v>112</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85" s="8" t="s">
-        <v>448</v>
+        <v>431</v>
       </c>
       <c r="H85" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="I85" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86">
-        <v>920366</v>
+        <v>909745</v>
       </c>
       <c r="B86" t="s">
-        <v>250</v>
+        <v>227</v>
+      </c>
+      <c r="C86">
+        <v>918642</v>
       </c>
       <c r="D86" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="E86" t="s">
-        <v>26</v>
+        <v>101</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
-      <c r="G86" s="8" t="s">
-        <v>415</v>
+      <c r="G86" t="s">
+        <v>245</v>
       </c>
       <c r="H86" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="I86" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87">
-        <v>911176</v>
+        <v>1910475</v>
       </c>
       <c r="B87" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="D87" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="E87" t="s">
-        <v>141</v>
+        <v>204</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87" s="8" t="s">
-        <v>416</v>
+        <v>448</v>
       </c>
       <c r="H87" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="I87" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88">
-        <v>925029</v>
+        <v>920366</v>
       </c>
       <c r="B88" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="D88" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="E88" t="s">
-        <v>258</v>
+        <v>26</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88" s="8" t="s">
-        <v>454</v>
+        <v>415</v>
       </c>
       <c r="H88" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="I88" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89">
-        <v>903778</v>
+        <v>911176</v>
       </c>
       <c r="B89" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="D89" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="E89" t="s">
-        <v>262</v>
+        <v>141</v>
       </c>
       <c r="F89" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-        <v>264</v>
+        <v>12</v>
+      </c>
+      <c r="G89" s="8" t="s">
+        <v>416</v>
       </c>
       <c r="H89" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="I89" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90">
-        <v>903778</v>
+        <v>925029</v>
       </c>
       <c r="B90" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>915908</v>
+        <v>256</v>
       </c>
       <c r="D90" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="E90" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90" s="8" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="H90" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="I90" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91">
         <v>903778</v>
       </c>
       <c r="B91" t="s">
         <v>260</v>
       </c>
-      <c r="C91">
-[...1 lines deleted...]
-      </c>
       <c r="D91" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="E91" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="F91" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>457</v>
+        <v>263</v>
+      </c>
+      <c r="G91" t="s">
+        <v>264</v>
       </c>
       <c r="H91" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="I91" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92">
         <v>903778</v>
       </c>
       <c r="B92" t="s">
         <v>260</v>
       </c>
       <c r="C92">
-        <v>920207</v>
+        <v>915908</v>
       </c>
       <c r="D92" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="E92" t="s">
-        <v>95</v>
+        <v>267</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92" s="8" t="s">
-        <v>428</v>
+        <v>456</v>
       </c>
       <c r="H92" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="I92" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93">
         <v>903778</v>
       </c>
       <c r="B93" t="s">
         <v>260</v>
       </c>
       <c r="C93">
-        <v>920209</v>
+        <v>920160</v>
       </c>
       <c r="D93" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="E93" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93" s="8" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="H93" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="I93" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94">
         <v>903778</v>
       </c>
       <c r="B94" t="s">
         <v>260</v>
       </c>
       <c r="C94">
-        <v>920566</v>
+        <v>920207</v>
       </c>
       <c r="D94" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="E94" t="s">
-        <v>278</v>
+        <v>95</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94" s="8" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="H94" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="I94" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95">
         <v>903778</v>
       </c>
       <c r="B95" t="s">
         <v>260</v>
       </c>
       <c r="C95">
-        <v>920568</v>
+        <v>920209</v>
       </c>
       <c r="D95" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="E95" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95" s="8" t="s">
-        <v>413</v>
+        <v>458</v>
       </c>
       <c r="H95" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="I95" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96">
         <v>903778</v>
       </c>
       <c r="B96" t="s">
         <v>260</v>
       </c>
       <c r="C96">
-        <v>920577</v>
+        <v>920566</v>
       </c>
       <c r="D96" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="E96" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96" s="8" t="s">
-        <v>459</v>
+        <v>433</v>
       </c>
       <c r="H96" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="I96" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97">
         <v>903778</v>
       </c>
       <c r="B97" t="s">
         <v>260</v>
       </c>
       <c r="C97">
-        <v>920582</v>
+        <v>920568</v>
       </c>
       <c r="D97" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="E97" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97" s="8" t="s">
-        <v>460</v>
+        <v>413</v>
       </c>
       <c r="H97" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="I97" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98">
         <v>903778</v>
       </c>
       <c r="B98" t="s">
         <v>260</v>
       </c>
       <c r="C98">
-        <v>920588</v>
+        <v>920577</v>
       </c>
       <c r="D98" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="E98" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98" s="8" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="H98" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="I98" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99">
         <v>903778</v>
       </c>
       <c r="B99" t="s">
         <v>260</v>
       </c>
       <c r="C99">
-        <v>920600</v>
+        <v>920582</v>
       </c>
       <c r="D99" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="E99" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99" s="8" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="H99" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="I99" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100">
         <v>903778</v>
       </c>
       <c r="B100" t="s">
         <v>260</v>
       </c>
       <c r="C100">
-        <v>920604</v>
+        <v>920588</v>
       </c>
       <c r="D100" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="E100" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100" s="8" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="H100" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="I100" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101">
         <v>903778</v>
       </c>
       <c r="B101" t="s">
         <v>260</v>
       </c>
       <c r="C101">
-        <v>920606</v>
+        <v>920600</v>
       </c>
       <c r="D101" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="E101" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101" s="8" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="H101" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="I101" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102">
         <v>903778</v>
       </c>
       <c r="B102" t="s">
         <v>260</v>
       </c>
       <c r="C102">
-        <v>920616</v>
+        <v>920604</v>
       </c>
       <c r="D102" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="E102" t="s">
-        <v>191</v>
+        <v>296</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102" s="8" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="H102" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="I102" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103">
         <v>903778</v>
       </c>
       <c r="B103" t="s">
         <v>260</v>
       </c>
       <c r="C103">
-        <v>920623</v>
+        <v>920606</v>
       </c>
       <c r="D103" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="E103" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103" s="8" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="H103" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="I103" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104">
         <v>903778</v>
       </c>
       <c r="B104" t="s">
         <v>260</v>
       </c>
       <c r="C104">
-        <v>920628</v>
+        <v>920616</v>
       </c>
       <c r="D104" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="E104" t="s">
-        <v>307</v>
+        <v>191</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104" s="8" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="H104" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="I104" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105">
         <v>903778</v>
       </c>
       <c r="B105" t="s">
         <v>260</v>
       </c>
       <c r="C105">
-        <v>921847</v>
+        <v>920623</v>
       </c>
       <c r="D105" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="E105" t="s">
-        <v>101</v>
+        <v>304</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105" s="8" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="H105" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="I105" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106">
         <v>903778</v>
       </c>
       <c r="B106" t="s">
         <v>260</v>
       </c>
       <c r="C106">
-        <v>922114</v>
+        <v>920628</v>
       </c>
       <c r="D106" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="E106" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106" s="8" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="H106" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="I106" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>903778</v>
       </c>
       <c r="B107" t="s">
         <v>260</v>
       </c>
       <c r="C107">
-        <v>922241</v>
+        <v>921847</v>
       </c>
       <c r="D107" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="E107" t="s">
-        <v>315</v>
+        <v>101</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107" s="8" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="H107" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="I107" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>903778</v>
       </c>
       <c r="B108" t="s">
         <v>260</v>
       </c>
       <c r="C108">
-        <v>922254</v>
+        <v>922114</v>
       </c>
       <c r="D108" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="E108" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108" s="8" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="H108" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="I108" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109">
         <v>903778</v>
       </c>
       <c r="B109" t="s">
         <v>260</v>
       </c>
       <c r="C109">
-        <v>922409</v>
+        <v>922241</v>
       </c>
       <c r="D109" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="E109" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109" s="8" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="H109" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="I109" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110">
         <v>903778</v>
       </c>
       <c r="B110" t="s">
         <v>260</v>
       </c>
       <c r="C110">
-        <v>922413</v>
+        <v>922254</v>
       </c>
       <c r="D110" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="E110" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110" s="8" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="H110" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="I110" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111">
         <v>903778</v>
       </c>
       <c r="B111" t="s">
         <v>260</v>
       </c>
       <c r="C111">
-        <v>922426</v>
+        <v>922409</v>
       </c>
       <c r="D111" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="E111" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111" s="8" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="H111" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="I111" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112">
         <v>903778</v>
       </c>
       <c r="B112" t="s">
         <v>260</v>
       </c>
       <c r="C112">
-        <v>922431</v>
+        <v>922413</v>
       </c>
       <c r="D112" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="E112" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112" s="8" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="H112" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="I112" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113">
         <v>903778</v>
       </c>
       <c r="B113" t="s">
         <v>260</v>
       </c>
       <c r="C113">
-        <v>922441</v>
+        <v>922426</v>
       </c>
       <c r="D113" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="E113" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113" s="8" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="H113" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="I113" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114">
         <v>903778</v>
       </c>
       <c r="B114" t="s">
         <v>260</v>
       </c>
       <c r="C114">
-        <v>922447</v>
+        <v>922431</v>
       </c>
       <c r="D114" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="E114" t="s">
-        <v>30</v>
+        <v>330</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114" s="8" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="H114" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="I114" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115">
         <v>903778</v>
       </c>
       <c r="B115" t="s">
         <v>260</v>
       </c>
       <c r="C115">
-        <v>923705</v>
+        <v>922441</v>
       </c>
       <c r="D115" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="E115" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115" s="8" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="H115" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="I115" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116">
         <v>903778</v>
       </c>
       <c r="B116" t="s">
         <v>260</v>
       </c>
       <c r="C116">
-        <v>923721</v>
+        <v>922447</v>
       </c>
       <c r="D116" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="E116" t="s">
-        <v>341</v>
+        <v>30</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116" s="8" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="H116" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="I116" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117">
         <v>903778</v>
       </c>
       <c r="B117" t="s">
         <v>260</v>
       </c>
       <c r="C117">
-        <v>923726</v>
+        <v>923705</v>
       </c>
       <c r="D117" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="E117" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117" s="8" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="H117" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="I117" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118">
         <v>903778</v>
       </c>
       <c r="B118" t="s">
         <v>260</v>
       </c>
       <c r="C118">
-        <v>923738</v>
+        <v>923721</v>
       </c>
       <c r="D118" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="E118" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118" s="8" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="H118" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="I118" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119">
         <v>903778</v>
       </c>
       <c r="B119" t="s">
         <v>260</v>
       </c>
       <c r="C119">
-        <v>923740</v>
+        <v>923726</v>
       </c>
       <c r="D119" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="E119" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119" s="8" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="H119" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="I119" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120">
         <v>903778</v>
       </c>
       <c r="B120" t="s">
         <v>260</v>
       </c>
       <c r="C120">
-        <v>923743</v>
+        <v>923738</v>
       </c>
       <c r="D120" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="E120" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120" s="8" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="H120" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="I120" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121">
         <v>903778</v>
       </c>
       <c r="B121" t="s">
         <v>260</v>
       </c>
       <c r="C121">
-        <v>923765</v>
+        <v>923740</v>
       </c>
       <c r="D121" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="E121" t="s">
-        <v>26</v>
+        <v>350</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121" s="8" t="s">
-        <v>415</v>
+        <v>481</v>
       </c>
       <c r="H121" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="I121" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122">
         <v>903778</v>
       </c>
       <c r="B122" t="s">
         <v>260</v>
       </c>
       <c r="C122">
-        <v>923766</v>
+        <v>923743</v>
       </c>
       <c r="D122" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="E122" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122" s="8" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="H122" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="I122" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123">
         <v>903778</v>
       </c>
       <c r="B123" t="s">
         <v>260</v>
       </c>
       <c r="C123">
-        <v>925005</v>
+        <v>923765</v>
       </c>
       <c r="D123" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="E123" t="s">
-        <v>134</v>
+        <v>26</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123" s="8" t="s">
-        <v>437</v>
+        <v>415</v>
       </c>
       <c r="H123" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="I123" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124">
         <v>903778</v>
       </c>
       <c r="B124" t="s">
         <v>260</v>
       </c>
       <c r="C124">
-        <v>925008</v>
+        <v>923766</v>
       </c>
       <c r="D124" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="E124" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124" s="8" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="H124" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="I124" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125">
         <v>903778</v>
       </c>
       <c r="B125" t="s">
         <v>260</v>
       </c>
       <c r="C125">
-        <v>925332</v>
+        <v>925005</v>
       </c>
       <c r="D125" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="E125" t="s">
-        <v>366</v>
+        <v>134</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125" s="8" t="s">
-        <v>485</v>
+        <v>437</v>
       </c>
       <c r="H125" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="I125" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126">
         <v>903778</v>
       </c>
       <c r="B126" t="s">
         <v>260</v>
       </c>
       <c r="C126">
-        <v>925340</v>
+        <v>925008</v>
       </c>
       <c r="D126" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="E126" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126" s="8" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="H126" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="I126" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127">
         <v>903778</v>
       </c>
       <c r="B127" t="s">
         <v>260</v>
       </c>
       <c r="C127">
-        <v>925342</v>
+        <v>925332</v>
       </c>
       <c r="D127" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="E127" t="s">
-        <v>237</v>
+        <v>366</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127" s="8" t="s">
-        <v>452</v>
+        <v>485</v>
       </c>
       <c r="H127" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="I127" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128">
         <v>903778</v>
       </c>
       <c r="B128" t="s">
         <v>260</v>
       </c>
       <c r="C128">
-        <v>925343</v>
+        <v>925340</v>
       </c>
       <c r="D128" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="E128" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128" s="8" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="H128" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="I128" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129">
         <v>903778</v>
       </c>
       <c r="B129" t="s">
         <v>260</v>
       </c>
       <c r="C129">
-        <v>925345</v>
+        <v>925342</v>
       </c>
       <c r="D129" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="E129" t="s">
-        <v>377</v>
+        <v>237</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129" s="8" t="s">
-        <v>488</v>
+        <v>452</v>
       </c>
       <c r="H129" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="I129" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130">
         <v>903778</v>
       </c>
       <c r="B130" t="s">
         <v>260</v>
       </c>
       <c r="C130">
-        <v>925349</v>
+        <v>925343</v>
       </c>
       <c r="D130" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="E130" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130" s="8" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="H130" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="I130" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131">
         <v>903778</v>
       </c>
       <c r="B131" t="s">
         <v>260</v>
       </c>
       <c r="C131">
-        <v>925350</v>
+        <v>925345</v>
       </c>
       <c r="D131" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="E131" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131" s="8" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="H131" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="I131" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132">
         <v>903778</v>
       </c>
       <c r="B132" t="s">
         <v>260</v>
       </c>
       <c r="C132">
-        <v>925354</v>
+        <v>925349</v>
       </c>
       <c r="D132" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="E132" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132" s="8" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="H132" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="I132" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133">
         <v>903778</v>
       </c>
       <c r="B133" t="s">
         <v>260</v>
       </c>
       <c r="C133">
-        <v>925356</v>
+        <v>925350</v>
       </c>
       <c r="D133" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="E133" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133" s="8" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="H133" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="I133" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134">
         <v>903778</v>
       </c>
       <c r="B134" t="s">
         <v>260</v>
       </c>
       <c r="C134">
-        <v>925358</v>
+        <v>925354</v>
       </c>
       <c r="D134" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="E134" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134" s="8" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="H134" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="I134" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135">
         <v>903778</v>
       </c>
       <c r="B135" t="s">
         <v>260</v>
       </c>
       <c r="C135">
-        <v>1144932</v>
+        <v>925356</v>
       </c>
       <c r="D135" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="E135" t="s">
-        <v>341</v>
+        <v>389</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135" s="8" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="H135" t="s">
-        <v>265</v>
+        <v>390</v>
       </c>
       <c r="I135" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136">
         <v>903778</v>
       </c>
       <c r="B136" t="s">
         <v>260</v>
       </c>
       <c r="C136">
-        <v>1196189</v>
+        <v>925358</v>
       </c>
       <c r="D136" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="E136" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136" s="8" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="H136" t="s">
-        <v>265</v>
+        <v>393</v>
       </c>
       <c r="I136" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137">
         <v>903778</v>
       </c>
       <c r="B137" t="s">
         <v>260</v>
       </c>
       <c r="C137">
+        <v>1144932</v>
+      </c>
+      <c r="D137" t="s">
+        <v>394</v>
+      </c>
+      <c r="E137" t="s">
+        <v>341</v>
+      </c>
+      <c r="F137" t="s">
+        <v>12</v>
+      </c>
+      <c r="G137" s="8" t="s">
+        <v>478</v>
+      </c>
+      <c r="H137" t="s">
+        <v>265</v>
+      </c>
+      <c r="I137" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A138">
+        <v>903778</v>
+      </c>
+      <c r="B138" t="s">
+        <v>260</v>
+      </c>
+      <c r="C138">
+        <v>1196189</v>
+      </c>
+      <c r="D138" t="s">
+        <v>395</v>
+      </c>
+      <c r="E138" t="s">
+        <v>396</v>
+      </c>
+      <c r="F138" t="s">
+        <v>12</v>
+      </c>
+      <c r="G138" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="H138" t="s">
+        <v>265</v>
+      </c>
+      <c r="I138" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A139">
+        <v>903778</v>
+      </c>
+      <c r="B139" t="s">
+        <v>260</v>
+      </c>
+      <c r="C139">
         <v>1332735</v>
       </c>
-      <c r="D137" t="s">
+      <c r="D139" t="s">
         <v>397</v>
       </c>
-      <c r="E137" t="s">
+      <c r="E139" t="s">
         <v>398</v>
       </c>
-      <c r="F137" t="s">
-[...2 lines deleted...]
-      <c r="G137" s="8" t="s">
+      <c r="F139" t="s">
+        <v>12</v>
+      </c>
+      <c r="G139" s="8" t="s">
         <v>495</v>
       </c>
-      <c r="H137" t="s">
+      <c r="H139" t="s">
         <v>399</v>
       </c>
-      <c r="I137" t="s">
+      <c r="I139" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <MediaLengthInSeconds xmlns="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010045D523A95022C4438DDD93CBEDC543CE" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26ebeae681134ca230dbc3fe0e6ef783">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e" xmlns:ns3="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2ece1a7addf393ecab0ff34977d731fd" ns2:_="" ns3:_="">
     <xsd:import namespace="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e"/>
     <xsd:import namespace="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -6019,112 +6108,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{481A4933-A1AB-421E-9A96-6DF017874430}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5"/>
+    <ds:schemaRef ds:uri="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2213516B-644B-4A69-9DC9-40C3E6BD9F5F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E49C99C0-4406-400B-886B-94EEB674294C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e"/>
     <ds:schemaRef ds:uri="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>