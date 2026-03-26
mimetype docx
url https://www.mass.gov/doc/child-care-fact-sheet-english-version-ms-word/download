--- v0 (2025-10-29)
+++ v1 (2026-03-26)
@@ -1,432 +1,1316 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="62446A62" w14:textId="259E9452" w:rsidR="001B7AA4" w:rsidRDefault="00F171C0">
+    <w:p w14:paraId="62446A62" w14:textId="0A68C1AB" w:rsidR="001B7AA4" w:rsidRDefault="002659E2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
-        <w:sectPr w:rsidR="001B7AA4" w:rsidSect="00E92DE9">
+        <w:sectPr w:rsidR="001B7AA4" w:rsidSect="00311D95">
+          <w:footerReference w:type="default" r:id="rId10"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="178" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="032E533D" wp14:editId="79924007">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D00082F" wp14:editId="6FDA60C9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>304800</wp:posOffset>
+                  <wp:posOffset>4219858</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>9782175</wp:posOffset>
+                  <wp:posOffset>4708744</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2457450" cy="127000"/>
-                <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                <wp:extent cx="3295650" cy="2928293"/>
+                <wp:effectExtent l="19050" t="19050" r="19050" b="24765"/>
                 <wp:wrapNone/>
-                <wp:docPr id="879736476" name="Text Box 879736476"/>
+                <wp:docPr id="751919782" name="Text Box 751919782"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2457450" cy="127000"/>
+                          <a:ext cx="3295650" cy="2928293"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
-                        <a:ln>
-                          <a:noFill/>
+                        <a:ln w="28575">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2E9B936D" w14:textId="2173970A" w:rsidR="00F171C0" w:rsidRPr="00F171C0" w:rsidRDefault="005B05DB" w:rsidP="00F171C0">
+                          <w:p w14:paraId="7FB4E545" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="009C00FE" w:rsidRDefault="001B7AA4">
                             <w:pPr>
-                              <w:rPr>
-[...3 lines deleted...]
-                                <w:szCs w:val="16"/>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:spacing w:before="7"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...3 lines deleted...]
-                                <w:sz w:val="16"/>
+                          </w:p>
+                          <w:p w14:paraId="59CC941B" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00DD449B">
+                            <w:pPr>
+                              <w:spacing w:line="256" w:lineRule="auto"/>
+                              <w:ind w:left="288" w:right="288"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>What</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-12"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>happens</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-12"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>when</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:spacing w:val="-12"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>my DTA case closes?</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="185ABC62" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00DD449B">
+                            <w:pPr>
+                              <w:spacing w:before="178"/>
+                              <w:ind w:left="288" w:right="288"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>You</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>WILL</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>NOT</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>need</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>to</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>renew</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">your child care voucher until it expires, </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">even </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00D47BF4" w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>after</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> your </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00D47BF4" w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>TAFDC</w:t>
                             </w:r>
-                            <w:r w:rsidR="008B1E25">
-[...2 lines deleted...]
-                                <w:color w:val="211E1F"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> case closes.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6BF9B6A5" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00DD449B">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:spacing w:before="178"/>
+                              <w:ind w:left="288" w:right="288"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">When your voucher is expiring, </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>you will be notified by the CCRR to schedule an appointment to renew your</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>voucher.</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>You</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>will</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>continue</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>to</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>be eligible if you meet:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="26BD7775" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00F136D2">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="19"/>
+                              </w:numPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="652"/>
+                              </w:tabs>
+                              <w:spacing w:before="104"/>
+                              <w:ind w:right="288"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>EEC</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:spacing w:val="-11"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Income</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Requirements;</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
                                 <w:spacing w:val="-5"/>
-                                <w:sz w:val="16"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>and</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="78D48E9B" w14:textId="36C37DF8" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00F136D2">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="19"/>
+                              </w:numPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="652"/>
+                              </w:tabs>
+                              <w:spacing w:before="104"/>
+                              <w:ind w:right="288"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Activity</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="008B1E25">
-[...12 lines deleted...]
-                                <w:sz w:val="16"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Requirements,</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="008B1E25">
-[...52 lines deleted...]
-                                <w:sz w:val="16"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>such</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="008B1E25" w:rsidRPr="00F171C0">
-[...14 lines deleted...]
-                                <w:szCs w:val="16"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>as work,</w:t>
+                            </w:r>
+                            <w:r w:rsidR="004C46DA">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="00F171C0" w:rsidRPr="00F171C0">
-[...6 lines deleted...]
-                              <w:t xml:space="preserve">25-642-1220-05 </w:t>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>training, or school.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="510A57F0" w14:textId="07BB1C06" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
+                          <w:p w14:paraId="0D6FCB58" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                             <w:pPr>
-                              <w:spacing w:line="183" w:lineRule="exact"/>
-[...3 lines deleted...]
-                                <w:sz w:val="16"/>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:rPr>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="032E533D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="4D00082F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 879736476" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:24pt;margin-top:770.25pt;width:193.5pt;height:10pt;z-index:-251658236;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgJRhv2wEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJ2rUw4hRdiw4D&#10;uq1Atw+QZdkWZosaqcTOvn6UHKe7vA17EShSOjrnkNreTEMvDgbJgivlepVLYZyG2rq2lF+/PLy5&#10;loKCcrXqwZlSHg3Jm93rV9vRF2YDHfS1QcEgjorRl7ILwRdZRrozg6IVeOO42AAOKvAW26xGNTL6&#10;0GebPH+bjYC1R9CGiLP3c1HuEn7TGB0+Nw2ZIPpSMreQVkxrFddst1VFi8p3Vp9oqH9gMSjr+NEz&#10;1L0KSuzR/gU1WI1A0ISVhiGDprHaJA2sZp3/oea5U94kLWwO+bNN9P9g9afDs39CEaZ3MHEDkwjy&#10;j6C/kXBw1ynXmltEGDujan54HS3LRk/F6Wq0mgqKINX4EWpustoHSEBTg0N0hXUKRucGHM+mmykI&#10;zcnNxeXVxSWXNNfWm6s8T13JVLHc9kjhvYFBxKCUyE1N6OrwSCGyUcVyJD7m4MH2fWps735L8MGY&#10;Sewj4Zl6mKpJ2LqU11FaFFNBfWQ5CPO48Hhz0AH+kGLkUSklfd8rNFL0HxxbEudqCXAJqiVQTvPV&#10;UgYp5vAuzPO392jbjpFn0x3csm2NTYpeWJzocvuT0NOoxvn6dZ9OvXyo3U8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQABd/EO3gAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI89T8MwEIZ3JP6DdUhs1C4k&#10;UUnjVBWCCQmRhoHRid3EanwOsduGf891KuM99+r9KDazG9jJTMF6lLBcCGAGW68tdhK+6reHFbAQ&#10;FWo1eDQSfk2ATXl7U6hc+zNW5rSLHSMTDLmS0Mc45pyHtjdOhYUfDdJv7yenIp1Tx/WkzmTuBv4o&#10;RMadskgJvRrNS2/aw+7oJGy/sXq1Px/NZ7WvbF0/C3zPDlLe383bNbBo5ngVw6U+VYeSOjX+iDqw&#10;QUKyoimReJqIFBgpkqeUUHNBGSFeFvz/iPIPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;YCUYb9sBAACYAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAAXfxDt4AAAAMAQAADwAAAAAAAAAAAAAAAAA1BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 751919782" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:332.25pt;margin-top:370.75pt;width:259.5pt;height:230.55pt;z-index:-251658233;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqPGxt8gEAAMQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N068yjax4qy2WW1V&#10;aXuRtvsBGGMbFTN0ILHTr++Ac6m6b1Vf0MDAmTlnDpu7sTfsoNBrsCVfzOacKSuh1rYt+cv3x3cr&#10;znwQthYGrCr5UXl+t337ZjO4QuXQgakVMgKxvhhcybsQXJFlXnaqF34GTllKNoC9CLTFNqtRDITe&#10;myyfz2+zAbB2CFJ5T6cPU5JvE37TKBm+No1XgZmSU28hrZjWKq7ZdiOKFoXrtDy1If6hi15oS0Uv&#10;UA8iCLZH/Qqq1xLBQxNmEvoMmkZLlTgQm8X8LzbPnXAqcSFxvLvI5P8frPxyeHbfkIXxA4w0wETC&#10;uyeQPzyzsOuEbdU9IgydEjUVXkTJssH54vQ0Su0LH0Gq4TPUNGSxD5CAxgb7qArxZIROAzheRFdj&#10;YJIOb/L18nZJKUm5fJ2v8vVNqiGK83OHPnxU0LMYlBxpqgleHJ58iO2I4nwlVrPwqI1JkzWWDYS6&#10;Wr5fTszA6Dpm471kMrUzyA6C7BHGiRslrrcI2tgT4chxYhvGaiT8SLyC+kjUESZr0VegoAP8xdlA&#10;tiq5/7kXqDgznyzJFz14DvAcVOdAWElPqRXOpnAXJq/uHeq2I+RpQBbuSeJGJ/LXLk59klWSJidb&#10;Ry/+uU+3rp9v+xsAAP//AwBQSwMEFAAGAAgAAAAhABpThPjiAAAADQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FKw0AQhu+C77CM4M1uEmsa0myKCCJCe2hU6HGbTJOQ7GzIbtPo0zs96e0b5uefb7LN&#10;bHox4ehaSwrCRQACqbRVS7WCz4/XhwSE85oq3VtCBd/oYJPf3mQ6reyF9jgVvhZcQi7VChrvh1RK&#10;VzZotFvYAYl3Jzsa7Xkca1mN+sLlppdREMTS6Jb4QqMHfGmw7IqzUWDC6ad7S3ar7aHAU/fuS/21&#10;2yp1fzc/r0F4nP1fGK76rA45Ox3tmSonegVxvHziqILVMmS4JsLkkenIFAVRDDLP5P8v8l8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAajxsbfIBAADEAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAGlOE+OIAAAANAQAADwAAAAAAAAAAAAAAAABM&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="2E9B936D" w14:textId="2173970A" w:rsidR="00F171C0" w:rsidRPr="00F171C0" w:rsidRDefault="005B05DB" w:rsidP="00F171C0">
+                    <w:p w14:paraId="7FB4E545" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="009C00FE" w:rsidRDefault="001B7AA4">
                       <w:pPr>
-                        <w:rPr>
-[...3 lines deleted...]
-                          <w:szCs w:val="16"/>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:spacing w:before="7"/>
+                        <w:ind w:left="0"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...3 lines deleted...]
-                          <w:sz w:val="16"/>
+                    </w:p>
+                    <w:p w14:paraId="59CC941B" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00DD449B">
+                      <w:pPr>
+                        <w:spacing w:line="256" w:lineRule="auto"/>
+                        <w:ind w:left="288" w:right="288"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>What</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:spacing w:val="-12"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>happens</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:spacing w:val="-12"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>when</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:spacing w:val="-12"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>my DTA case closes?</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="185ABC62" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00DD449B">
+                      <w:pPr>
+                        <w:spacing w:before="178"/>
+                        <w:ind w:left="288" w:right="288"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>You</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>WILL</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>NOT</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>need</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>to</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>renew</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">your child care voucher until it expires, </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">even </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00D47BF4" w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>after</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> your </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00D47BF4" w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>TAFDC</w:t>
                       </w:r>
-                      <w:r w:rsidR="008B1E25">
-[...2 lines deleted...]
-                          <w:color w:val="211E1F"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> case closes.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6BF9B6A5" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00DD449B">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:spacing w:before="178"/>
+                        <w:ind w:left="288" w:right="288"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">When your voucher is expiring, </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>you will be notified by the CCRR to schedule an appointment to renew your</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>voucher.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>You</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>will</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>continue</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>to</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>be eligible if you meet:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="26BD7775" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00F136D2">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="19"/>
+                        </w:numPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="652"/>
+                        </w:tabs>
+                        <w:spacing w:before="104"/>
+                        <w:ind w:right="288"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>EEC</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:spacing w:val="-11"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Income</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Requirements;</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
                           <w:spacing w:val="-5"/>
-                          <w:sz w:val="16"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>and</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="78D48E9B" w14:textId="36C37DF8" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00F136D2">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="19"/>
+                        </w:numPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="652"/>
+                        </w:tabs>
+                        <w:spacing w:before="104"/>
+                        <w:ind w:right="288"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Activity</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidR="008B1E25">
-[...12 lines deleted...]
-                          <w:sz w:val="16"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Requirements,</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidR="008B1E25">
-[...52 lines deleted...]
-                          <w:sz w:val="16"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>such</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidR="008B1E25" w:rsidRPr="00F171C0">
-[...14 lines deleted...]
-                          <w:szCs w:val="16"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>as work,</w:t>
+                      </w:r>
+                      <w:r w:rsidR="004C46DA">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidR="00F171C0" w:rsidRPr="00F171C0">
-[...6 lines deleted...]
-                        <w:t xml:space="preserve">25-642-1220-05 </w:t>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>training, or school.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="510A57F0" w14:textId="07BB1C06" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
+                    <w:p w14:paraId="0D6FCB58" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                       <w:pPr>
-                        <w:spacing w:line="183" w:lineRule="exact"/>
-[...3 lines deleted...]
-                          <w:sz w:val="16"/>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:rPr>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00ED55D1">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72D6EE51" wp14:editId="7CC0366A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72D6EE51" wp14:editId="7CC0366A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-127000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>2133600</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7169150" cy="2520950"/>
                 <wp:effectExtent l="19050" t="19050" r="12700" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1631189477" name="Text Box 1631189477"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="7169150" cy="2520950"/>
                         </a:xfrm>
@@ -621,51 +1505,51 @@
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="755A43CC" w14:textId="77777777" w:rsidR="00B72C9C" w:rsidRDefault="00B72C9C" w:rsidP="00E92DE9">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>About TAFDC Path to Work</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="36478FE0" w14:textId="77777777" w:rsidR="00DE0B13" w:rsidRDefault="00B72C9C" w:rsidP="00B917B3">
+                          <w:p w14:paraId="36478FE0" w14:textId="77777777" w:rsidR="00DE0B13" w:rsidRDefault="00B72C9C" w:rsidP="002B0023">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:ind w:left="374"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00B72C9C">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Through the Department of Transitional Assistance’s (DTA) TAFDC Pathways to Work, find the best education, employment or training program for you. DTA’s Pathways to Work programs help you prepare for and connect with career pathways and resolve barriers to employment. DTA will work with you to pick the best program to meet your goals on your path to economic mobility. Child care and transportation services are available to support you in your transition to employment</w:t>
                             </w:r>
                             <w:r w:rsidR="00A5430D">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
@@ -683,55 +1567,51 @@
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:spacing w:before="18" w:line="285" w:lineRule="auto"/>
                               <w:ind w:left="0"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="72D6EE51" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 1631189477" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-10pt;margin-top:168pt;width:564.5pt;height:198.5pt;flip:y;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlvdwR9gEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IMOA/BcpA6SFEg&#10;fQBpc6co0iJKcdklbcn9+i4pP4rmVvRCLLmr2Z3Z0epu7C3bKwwGXM3L2Zwz5SS0xm1r/v3b47sb&#10;zkIUrhUWnKr5QQV+t377ZjX4Si2gA9sqZATiQjX4mncx+qooguxUL8IMvHKU1IC9iHTFbdGiGAi9&#10;t8ViPr8qBsDWI0gVAr0+TEm+zvhaKxm/aB1UZLbmNFvMJ+azSWexXolqi8J3Rh7HEP8wRS+Mo6Zn&#10;qAcRBduheQXVG4kQQMeZhL4ArY1UmQOxKed/sXnuhFeZC4kT/Fmm8P9g5ef9s/+KLI7vYaQFZhLB&#10;P4H8EZiDTSfcVt0jwtAp0VLjMklWDD5Ux0+T1KEKCaQZPkFLSxa7CBlo1NgzbY1/OUETY0Z9aBWH&#10;s/xqjEzS43V5dVsuKSUpt1gu5rd0Sd1ElYCSvB5D/KCgZymoOdJ+cyOxfwpxKj2VpHIHj8bavGPr&#10;2ECoN8vr5cQRrGlTNtVlu6mNRbYXZJQ4TiwpcamiKaw7Uk9sJ95xbEbCTxI00B5IBITJZPRTUNAB&#10;/uJsIIPVPPzcCVSc2Y+OhExuPAV4CppTIJykT2kUzqZwEyfX7jyabUfI06oc3JPY2mTylymOc5Jp&#10;snxHgydX/nnPVZffcP0bAAD//wMAUEsDBBQABgAIAAAAIQA+/w7o3wAAAAwBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW9KVjVGaTgiJEwiNDYmr14amkDhVk63l7fFOcPst//r8&#10;udxM3omTGWIXSEM2VyAM1aHpqNXwvn+arUHEhNSgC2Q0/JgIm+ryosSiCSO9mdMutYIhFAvUYFPq&#10;CyljbY3HOA+9Id59hsFj4nFoZTPgyHDv5EKplfTYEV+w2JtHa+rv3dFrkIsWnbVfr8t12o4v+4/w&#10;vMxutL6+mh7uQSQzpb8ynPVZHSp2OoQjNVE4DTPGc1VDnq84nBuZuuN00HCb5wpkVcr/T1S/AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGW93BH2AQAAzgMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAD7/DujfAAAADAEAAA8AAAAAAAAAAAAAAAAA&#10;UAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABcBQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
+              <v:shape w14:anchorId="72D6EE51" id="Text Box 1631189477" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-10pt;margin-top:168pt;width:564.5pt;height:198.5pt;flip:y;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDm1IFH+QEAANUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5wESD+MOEWXosOA&#10;7gPo1rsiS7EwWdQoJXb260fJdjKst2EXgRLpR77H5/Vd31p2VBgMuIovZnPOlJNQG7ev+Pdvj+9u&#10;OAtRuFpYcKriJxX43ebtm3XnS7WEBmytkBGIC2XnK97E6MuiCLJRrQgz8MpRUgO2ItIV90WNoiP0&#10;1hbL+fyq6ABrjyBVCPT6MCT5JuNrrWT8onVQkdmK02wxn5jPXTqLzVqUexS+MXIcQ/zDFK0wjpqe&#10;oR5EFOyA5hVUayRCAB1nEtoCtDZSZQ7EZjH/i81zI7zKXEic4M8yhf8HKz8fn/1XZLF/Dz0tMJMI&#10;/gnkj8AcbBvh9uoeEbpGiZoaL5JkRedDOX6apA5lSCC77hPUtGRxiJCBeo0t09b4lwmaGDPqQ6s4&#10;neVXfWSSHq8XV7eLFaUk5Zar5fyWLqmbKBNQktdjiB8UtCwFFUfab24kjk8hDqVTSSp38GiszTu2&#10;jnWEerO6Xg0cwZo6ZVNdtpvaWmRHQUaJ/cCSEpcqmsK6kXpiO/CO/a5nph51SUrsoD6RFgiD1+jf&#10;oKAB/MVZRz6rePh5EKg4sx8d6ZlMOQU4BbspEE7SpzQRZ0O4jYN5Dx7NviHkYWMO7klzbbIGlynG&#10;cck7WcXR58mcf95z1eVv3PwGAAD//wMAUEsDBBQABgAIAAAAIQA+/w7o3wAAAAwBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW9KVjVGaTgiJEwiNDYmr14amkDhVk63l7fFOcPst&#10;//r8udxM3omTGWIXSEM2VyAM1aHpqNXwvn+arUHEhNSgC2Q0/JgIm+ryosSiCSO9mdMutYIhFAvU&#10;YFPqCyljbY3HOA+9Id59hsFj4nFoZTPgyHDv5EKplfTYEV+w2JtHa+rv3dFrkIsWnbVfr8t12o4v&#10;+4/wvMxutL6+mh7uQSQzpb8ynPVZHSp2OoQjNVE4DTPGc1VDnq84nBuZuuN00HCb5wpkVcr/T1S/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAObUgUf5AQAA1QMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAD7/DujfAAAADAEAAA8AAAAAAAAAAAAA&#10;AAAAUwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABfBQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="063806E1" w14:textId="77777777" w:rsidR="0056064D" w:rsidRPr="00E92DE9" w:rsidRDefault="0056064D" w:rsidP="00E92DE9">
                       <w:pPr>
                         <w:spacing w:before="24" w:line="249" w:lineRule="auto"/>
                         <w:ind w:left="20"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Who is </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-2"/>
@@ -891,51 +1771,51 @@
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="755A43CC" w14:textId="77777777" w:rsidR="00B72C9C" w:rsidRDefault="00B72C9C" w:rsidP="00E92DE9">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>About TAFDC Path to Work</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="36478FE0" w14:textId="77777777" w:rsidR="00DE0B13" w:rsidRDefault="00B72C9C" w:rsidP="00B917B3">
+                    <w:p w14:paraId="36478FE0" w14:textId="77777777" w:rsidR="00DE0B13" w:rsidRDefault="00B72C9C" w:rsidP="002B0023">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:ind w:left="374"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00B72C9C">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Through the Department of Transitional Assistance’s (DTA) TAFDC Pathways to Work, find the best education, employment or training program for you. DTA’s Pathways to Work programs help you prepare for and connect with career pathways and resolve barriers to employment. DTA will work with you to pick the best program to meet your goals on your path to economic mobility. Child care and transportation services are available to support you in your transition to employment</w:t>
                       </w:r>
                       <w:r w:rsidR="00A5430D">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
@@ -949,51 +1829,51 @@
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="02B5D43C" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4" w:rsidP="00C647FE">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="18" w:line="285" w:lineRule="auto"/>
                         <w:ind w:left="0"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00273BE7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CA39547" wp14:editId="2906B8A2">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CA39547" wp14:editId="0B01BBC7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>3900170</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>8088630</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2964180" cy="1078230"/>
                 <wp:effectExtent l="19050" t="19050" r="26670" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1824307858" name="Text Box 1824307858"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2964180" cy="1078230"/>
                         </a:xfrm>
@@ -1588,1249 +2468,50 @@
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>local CCRR or call 211 to apply for child care assistance.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="225FBB5D" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="page"/>
-              </v:shape>
-[...1197 lines deleted...]
-                <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003364F5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="638AA15F" wp14:editId="3C9C0C05">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-107950</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4705350</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3756660" cy="4817110"/>
                 <wp:effectExtent l="19050" t="19050" r="15240" b="21590"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1811273873" name="Text Box 1811273873"/>
                 <wp:cNvGraphicFramePr>
@@ -2967,75 +2648,75 @@
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="-2"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>Voucher</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="66C48413" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4" w:rsidP="00CB0A6E">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:spacing w:before="0"/>
                               <w:ind w:left="432" w:right="432"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="1C0BBA86" w14:textId="37C911BF" w:rsidR="001B7AA4" w:rsidRPr="001A715A" w:rsidRDefault="000E70AF" w:rsidP="00CB0A6E">
+                          <w:p w14:paraId="1C0BBA86" w14:textId="58E21BDE" w:rsidR="001B7AA4" w:rsidRPr="001A715A" w:rsidRDefault="000E70AF" w:rsidP="00CB0A6E">
                             <w:pPr>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="4"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="722"/>
                               </w:tabs>
                               <w:ind w:left="432" w:right="432" w:hanging="341"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                 <w:sz w:val="26"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                 <w:spacing w:val="-8"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="26"/>
                               </w:rPr>
-                              <w:t>Your Case Manager</w:t>
+                              <w:t>Your  Case Manager</w:t>
                             </w:r>
                             <w:r w:rsidR="008B1E25" w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                 <w:spacing w:val="-9"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="26"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="008B1E25" w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                 <w:spacing w:val="-2"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="26"/>
                               </w:rPr>
                               <w:t>will:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="62C3CB57" w14:textId="77777777" w:rsidR="001A715A" w:rsidRPr="007D18A2" w:rsidRDefault="001A715A" w:rsidP="001A715A">
                             <w:pPr>
                               <w:tabs>
@@ -4151,55 +3832,51 @@
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>authorization with the CCRR before subsidized child care will be paid for.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="638AA15F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 1811273873" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-8.5pt;margin-top:370.5pt;width:295.8pt;height:379.3pt;z-index:-251658234;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKDj5w9wEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSFXhQ1XS1dLUJa&#10;WKSFD3AcJ7FwPGbsNilfz9jpBcEb4sUae8bHc84cb+/G3rCjQq/BljyfzTlTVkKtbVvyb18f32w4&#10;80HYWhiwquQn5fnd7vWr7eAKtYAOTK2QEYj1xeBK3oXgiizzslO98DNwylKyAexFoC22WY1iIPTe&#10;ZIv5fJUNgLVDkMp7On2YknyX8JtGyfDcNF4FZkpOvYW0YlqruGa7rShaFK7T8tyG+IcueqEtPXqF&#10;ehBBsAPqv6B6LRE8NGEmoc+gabRUiQOxyed/sHnphFOJC4nj3VUm//9g5efji/uCLIzvYaQBJhLe&#10;PYH87pmFfSdsq+4RYeiUqOnhPEqWDc4X56tRal/4CFINn6CmIYtDgAQ0NthHVYgnI3QawOkquhoD&#10;k3T4dr1crVaUkpR7t8nXeZ7Gkonict2hDx8U9CwGJUeaaoIXxycfYjuiuJTE1yw8amPSZI1lQ8kX&#10;m+V6OTEDo+uYjXXJZGpvkB0F2SOMEzdK3KoI2tgz4chxYhvGamS6puajGpF/BfWJFECYHEY/goIO&#10;8CdnA7mr5P7HQaDizHy0pGK04iXAS1BdAmElXaWOOJvCfZgse3Co246QpzlZuCelG500uHVxbpcc&#10;k6Q5uzta8vd9qrr9wd0vAAAA//8DAFBLAwQUAAYACAAAACEAE1dZSeMAAAAMAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwUrDQBCG74LvsIzgrd1EYtKm2RQRRIT20KjQ4zaZJiHZ2ZDdptGndzzpbYb5&#10;+Of7s+1sejHh6FpLCsJlAAKptFVLtYKP95fFCoTzmirdW0IFX+hgm9/eZDqt7JUOOBW+FhxCLtUK&#10;Gu+HVEpXNmi0W9oBiW9nOxrteR1rWY36yuGmlw9BEEujW+IPjR7wucGyKy5GgQmn7+51tU92xwLP&#10;3Zsv9ed+p9T93fy0AeFx9n8w/OqzOuTsdLIXqpzoFSzChLt4BUkU8sDEYxLFIE6MRut1DDLP5P8S&#10;+Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASg4+cPcBAADLAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAE1dZSeMAAAAMAQAADwAAAAAAAAAA&#10;AAAAAABRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
+              <v:shape w14:anchorId="638AA15F" id="Text Box 1811273873" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-8.5pt;margin-top:370.5pt;width:295.8pt;height:379.3pt;z-index:-251658234;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKDj5w9wEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSFXhQ1XS1dLUJa&#10;WKSFD3AcJ7FwPGbsNilfz9jpBcEb4sUae8bHc84cb+/G3rCjQq/BljyfzTlTVkKtbVvyb18f32w4&#10;80HYWhiwquQn5fnd7vWr7eAKtYAOTK2QEYj1xeBK3oXgiizzslO98DNwylKyAexFoC22WY1iIPTe&#10;ZIv5fJUNgLVDkMp7On2YknyX8JtGyfDcNF4FZkpOvYW0YlqruGa7rShaFK7T8tyG+IcueqEtPXqF&#10;ehBBsAPqv6B6LRE8NGEmoc+gabRUiQOxyed/sHnphFOJC4nj3VUm//9g5efji/uCLIzvYaQBJhLe&#10;PYH87pmFfSdsq+4RYeiUqOnhPEqWDc4X56tRal/4CFINn6CmIYtDgAQ0NthHVYgnI3QawOkquhoD&#10;k3T4dr1crVaUkpR7t8nXeZ7Gkonict2hDx8U9CwGJUeaaoIXxycfYjuiuJTE1yw8amPSZI1lQ8kX&#10;m+V6OTEDo+uYjXXJZGpvkB0F2SOMEzdK3KoI2tgz4chxYhvGamS6puajGpF/BfWJFECYHEY/goIO&#10;8CdnA7mr5P7HQaDizHy0pGK04iXAS1BdAmElXaWOOJvCfZgse3Co246QpzlZuCelG500uHVxbpcc&#10;k6Q5uzta8vd9qrr9wd0vAAAA//8DAFBLAwQUAAYACAAAACEAE1dZSeMAAAAMAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwUrDQBCG74LvsIzgrd1EYtKm2RQRRIT20KjQ4zaZJiHZ2ZDdptGndzzpbYb5&#10;+Of7s+1sejHh6FpLCsJlAAKptFVLtYKP95fFCoTzmirdW0IFX+hgm9/eZDqt7JUOOBW+FhxCLtUK&#10;Gu+HVEpXNmi0W9oBiW9nOxrteR1rWY36yuGmlw9BEEujW+IPjR7wucGyKy5GgQmn7+51tU92xwLP&#10;3Zsv9ed+p9T93fy0AeFx9n8w/OqzOuTsdLIXqpzoFSzChLt4BUkU8sDEYxLFIE6MRut1DDLP5P8S&#10;+Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASg4+cPcBAADLAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAE1dZSeMAAAAMAQAADwAAAAAAAAAA&#10;AAAAAABRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="646D639F" w14:textId="77777777" w:rsidR="003D1782" w:rsidRDefault="003D1782" w:rsidP="00CB0A6E">
                       <w:pPr>
                         <w:spacing w:line="265" w:lineRule="exact"/>
                         <w:ind w:left="432" w:right="432"/>
                         <w:rPr>
                           <w:b/>
                           <w:w w:val="105"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="5393C39F" w14:textId="77777777" w:rsidR="003D1782" w:rsidRPr="007D18A2" w:rsidRDefault="003D1782" w:rsidP="00CB0A6E">
                       <w:pPr>
                         <w:spacing w:line="265" w:lineRule="exact"/>
                         <w:ind w:left="432" w:right="432"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
@@ -4288,75 +3965,75 @@
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-2"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>Voucher</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="66C48413" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4" w:rsidP="00CB0A6E">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="0"/>
                         <w:ind w:left="432" w:right="432"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="1C0BBA86" w14:textId="37C911BF" w:rsidR="001B7AA4" w:rsidRPr="001A715A" w:rsidRDefault="000E70AF" w:rsidP="00CB0A6E">
+                    <w:p w14:paraId="1C0BBA86" w14:textId="58E21BDE" w:rsidR="001B7AA4" w:rsidRPr="001A715A" w:rsidRDefault="000E70AF" w:rsidP="00CB0A6E">
                       <w:pPr>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="4"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="722"/>
                         </w:tabs>
                         <w:ind w:left="432" w:right="432" w:hanging="341"/>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                           <w:sz w:val="26"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                           <w:spacing w:val="-8"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="26"/>
                         </w:rPr>
-                        <w:t>Your Case Manager</w:t>
+                        <w:t>Your  Case Manager</w:t>
                       </w:r>
                       <w:r w:rsidR="008B1E25" w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                           <w:spacing w:val="-9"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="26"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="008B1E25" w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                           <w:spacing w:val="-2"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="26"/>
                         </w:rPr>
                         <w:t>will:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="62C3CB57" w14:textId="77777777" w:rsidR="001A715A" w:rsidRPr="007D18A2" w:rsidRDefault="001A715A" w:rsidP="001A715A">
                       <w:pPr>
                         <w:tabs>
@@ -4371,78 +4048,68 @@
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="08FF768F" w14:textId="7EA10F51" w:rsidR="001B7AA4" w:rsidRPr="007D18A2" w:rsidRDefault="008B1E25" w:rsidP="00B3581C">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="14"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="982"/>
                         </w:tabs>
                         <w:spacing w:before="0"/>
                         <w:ind w:right="432"/>
                         <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Contact you to get information about your </w:t>
-[...1 lines deleted...]
-                      <w:proofErr w:type="gramStart"/>
+                        <w:t>Contact you to get information about your child</w:t>
+                      </w:r>
+                      <w:r w:rsidR="004D576E" w:rsidRPr="007D18A2">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
                       <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t>child</w:t>
-[...14 lines deleted...]
-                        </w:rPr>
                         <w:t>care</w:t>
                       </w:r>
-                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidR="00CB0A6E">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="4B73F130" w14:textId="52E549A3" w:rsidR="001B7AA4" w:rsidRPr="001A715A" w:rsidRDefault="008B1E25" w:rsidP="00B3581C">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="14"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="982"/>
                         </w:tabs>
                         <w:spacing w:before="0"/>
                         <w:ind w:right="432"/>
                         <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
@@ -5410,249 +5077,247 @@
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="009564EF">
                         <w:rPr>
                           <w:b/>
                           <w:iCs/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>your</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009564EF">
                         <w:rPr>
                           <w:b/>
                           <w:iCs/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="009564EF">
                         <w:rPr>
                           <w:b/>
                           <w:iCs/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>child</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009564EF">
                         <w:rPr>
                           <w:b/>
                           <w:iCs/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="009564EF">
                         <w:rPr>
                           <w:b/>
                           <w:iCs/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>care</w:t>
                       </w:r>
-                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="009564EF">
                         <w:rPr>
                           <w:b/>
                           <w:iCs/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="009564EF">
                         <w:rPr>
                           <w:b/>
                           <w:iCs/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>authorization with the CCRR before subsidized child care will be paid for.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00DF227D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658266" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45A35BD4" wp14:editId="7E493F24">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45A35BD4" wp14:editId="73A4958A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>6543040</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-165876</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1099124" cy="946150"/>
             <wp:effectExtent l="57150" t="0" r="0" b="6350"/>
             <wp:wrapNone/>
-            <wp:docPr id="1" name="Picture 1" descr="A picture containing logo&#10;&#10;Description automatically generated"/>
+            <wp:docPr id="1" name="Picture 1" descr="A picture containing the EEC logo&#10;&#10;"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="image4.png" descr="A picture containing logo&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPr id="1" name="Picture 1" descr="A picture containing the EEC logo&#10;&#10;"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect l="64749" t="-14625" r="-19933" b="-4537"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1099124" cy="946150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:scene3d>
                       <a:camera prst="orthographicFront"/>
                       <a:lightRig rig="threePt" dir="t"/>
                     </a:scene3d>
                     <a:sp3d>
                       <a:bevelB h="6350"/>
                     </a:sp3d>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00DF227D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658297" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="296264D8" wp14:editId="29C054F0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658295" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="296264D8" wp14:editId="37AB905D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5097780</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>15875</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="804672" cy="732983"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="146707376" name="Picture 146707376" descr="Logo&#10;&#10;Description automatically generated"/>
+            <wp:docPr id="146707376" name="Picture 146707376" descr="DTA Logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="146707376" name="Picture 2" descr="Logo&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPr id="146707376" name="Picture 146707376" descr="DTA Logo"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="804672" cy="732983"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00DF227D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="405F34A9" wp14:editId="6156569D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="405F34A9" wp14:editId="3E523EB4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>508000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>361950</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5092700" cy="875030"/>
                 <wp:effectExtent l="0" t="0" r="12700" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1352264606" name="Text Box 1352264606"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5092700" cy="875030"/>
                         </a:xfrm>
@@ -5782,51 +5447,51 @@
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="56"/>
                               </w:rPr>
                               <w:t>Sheet</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="405F34A9" id="Text Box 1352264606" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:40pt;margin-top:28.5pt;width:401pt;height:68.9pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCy3P362gEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8kuKi3RZqvSqgip&#10;UKTCBziOk1gkHjPj3WT5esbOZsvlDfFijWfs43POjLfX09CLg0Gy4Eq5XuVSGKehtq4t5dcv96+u&#10;pKCgXK16cKaUR0PyevfyxXb0hdlAB31tUDCIo2L0pexC8EWWke7MoGgF3jguNoCDCrzFNqtRjYw+&#10;9Nkmz99kI2DtEbQh4uzdXJS7hN80RofHpiETRF9K5hbSimmt4prttqpoUfnO6hMN9Q8sBmUdP3qG&#10;ulNBiT3av6AGqxEImrDSMGTQNFabpIHVrPM/1Dx1ypukhc0hf7aJ/h+s/nR48p9RhOkdTNzAJIL8&#10;A+hvJBzcdsq15gYRxs6omh9eR8uy0VNxuhqtpoIiSDV+hJqbrPYBEtDU4BBdYZ2C0bkBx7PpZgpC&#10;c/Iif7u5zLmkuXZ1eZG/Tl3JVLHc9kjhvYFBxKCUyE1N6OrwQCGyUcVyJD7m4N72fWps735L8MGY&#10;Sewj4Zl6mKpJ2JqZRGlRTAX1keUgzOPC481BB/hDipFHpZT0fa/QSNF/cGxJnKslwCWolkA5zVdL&#10;GaSYw9swz9/eo207Rp5Nd3DDtjU2KXpmcaLL7U9CT6Ma5+vXfTr1/KF2PwEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAOTiJMLeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYwgQj&#10;K02nCcEJCdGVA8e08dpqjVOabCv/HnOCk229p+fv5ZvZD+KEU+wDGbhdKBBITXA9tQY+qpcbDSIm&#10;S84OgdDAN0bYFJcXuc1cOFOJp11qBYdQzKyBLqUxkzI2HXobF2FEYm0fJm8Tn1Mr3WTPHO4HuVRq&#10;Jb3tiT90dsSnDpvD7ugNbD+pfO6/3ur3cl/2VbVW9Lo6GHN9NW8fQSSc058ZfvEZHQpmqsORXBSD&#10;Aa24SjJw/8CTda2XvNRsXN9pkEUu/zcofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCy&#10;3P362gEAAJgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDk4iTC3gAAAAkBAAAPAAAAAAAAAAAAAAAAADQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="405F34A9" id="Text Box 1352264606" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:40pt;margin-top:28.5pt;width:401pt;height:68.9pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABLlev2wEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8kulJZos1VpVYRU&#10;LlLhAxzHSSwSj5nxbrJ8PWNns+XyhnixxjP28TlnxtvraejFwSBZcKVcr3IpjNNQW9eW8uuX+xdX&#10;UlBQrlY9OFPKoyF5vXv+bDv6wmygg742KBjEUTH6UnYh+CLLSHdmULQCbxwXG8BBBd5im9WoRkYf&#10;+myT56+zEbD2CNoQcfZuLspdwm8ao8OnpiETRF9K5hbSimmt4prttqpoUfnO6hMN9Q8sBmUdP3qG&#10;ulNBiT3av6AGqxEImrDSMGTQNFabpIHVrPM/1Dx2ypukhc0hf7aJ/h+s/nh49J9RhOktTNzAJIL8&#10;A+hvJBzcdsq15gYRxs6omh9eR8uy0VNxuhqtpoIiSDV+gJqbrPYBEtDU4BBdYZ2C0bkBx7PpZgpC&#10;c/Iif7O5zLmkuXZ1eZG/TF3JVLHc9kjhnYFBxKCUyE1N6OrwQCGyUcVyJD7m4N72fWps735L8MGY&#10;Sewj4Zl6mKpJ2LqUr6K0KKaC+shyEOZx4fHmoAP8IcXIo1JK+r5XaKTo3zu2JM7VEuASVEugnOar&#10;pQxSzOFtmOdv79G2HSPPpju4YdsamxQ9sTjR5fYnoadRjfP16z6devpQu58AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDk4iTC3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMIE&#10;IytNpwnBCQnRlQPHtPHaao1Tmmwr/x5zgpNtvafn7+Wb2Q/ihFPsAxm4XSgQSE1wPbUGPqqXGw0i&#10;JkvODoHQwDdG2BSXF7nNXDhTiaddagWHUMysgS6lMZMyNh16GxdhRGJtHyZvE59TK91kzxzuB7lU&#10;aiW97Yk/dHbEpw6bw+7oDWw/qXzuv97q93Jf9lW1VvS6OhhzfTVvH0EknNOfGX7xGR0KZqrDkVwU&#10;gwGtuEoycP/Ak3Wtl7zUbFzfaZBFLv83KH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;AS5Xr9sBAACYAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA5OIkwt4AAAAJAQAADwAAAAAAAAAAAAAAAAA1BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="4CC28C04" w14:textId="77777777" w:rsidR="00DF227D" w:rsidRDefault="008B1E25" w:rsidP="00DF227D">
                       <w:pPr>
                         <w:spacing w:before="35" w:line="684" w:lineRule="exact"/>
                         <w:ind w:left="20"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="-34"/>
                           <w:sz w:val="56"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="60"/>
                         </w:rPr>
                         <w:t>DTA</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
@@ -5919,51 +5584,51 @@
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="56"/>
                         </w:rPr>
                         <w:t>Sheet</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003D1782">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C2E7D69" wp14:editId="30757BFB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C2E7D69" wp14:editId="30757BFB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>308610</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>1463040</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7063740" cy="601980"/>
                 <wp:effectExtent l="0" t="0" r="3810" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="291869899" name="Text Box 291869899"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7063740" cy="601980"/>
                         </a:xfrm>
@@ -6292,81 +5957,91 @@
                               <w:t>Agencies</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:spacing w:val="-3"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>(CCRR)</w:t>
                             </w:r>
                             <w:r w:rsidR="002473CF" w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> to help eligible families find, enroll in, and pay for child care</w:t>
-                            </w:r>
+                              <w:t xml:space="preserve"> to help eligible families find, enroll in, and pay for </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidR="002473CF" w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>child care</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidR="00CD5F7C" w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1C2E7D69" id="Text Box 291869899" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:24.3pt;margin-top:115.2pt;width:556.2pt;height:47.4pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPDU8N2gEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8kWtC3RZqvSqgip&#10;UKTCBziOk1gkHjPj3WT5esbOZsvlDfFiTWbsM+ecmWyvp6EXB4NkwZVyvcqlME5DbV1byq9f7l9d&#10;SUFBuVr14Ewpj4bk9e7li+3oC3MBHfS1QcEgjorRl7ILwRdZRrozg6IVeOO42AAOKvAntlmNamT0&#10;oc8u8nyTjYC1R9CGiLN3c1HuEn7TGB0em4ZMEH0pmVtIJ6azime226qiReU7q0801D+wGJR13PQM&#10;daeCEnu0f0ENViMQNGGlYcigaaw2SQOrWed/qHnqlDdJC5tD/mwT/T9Y/enw5D+jCNM7mHiASQT5&#10;B9DfSDi47ZRrzQ0ijJ1RNTdeR8uy0VNxehqtpoIiSDV+hJqHrPYBEtDU4BBdYZ2C0XkAx7PpZgpC&#10;c/Iy37y+fMMlzbVNvn57laaSqWJ57ZHCewODiEEpkYea0NXhgUJko4rlSmzm4N72fRps735L8MWY&#10;Sewj4Zl6mKpJ2JqbR2lRTAX1keUgzOvC681BB/hDipFXpZT0fa/QSNF/cGxJ3KslwCWolkA5zU9L&#10;GaSYw9sw79/eo207Rp5Nd3DDtjU2KXpmcaLL409CT6sa9+vX73Tr+Yfa/QQAAP//AwBQSwMEFAAG&#10;AAgAAAAhAFFzbYrgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonbRE&#10;JcSpKgQnJEQaDhydeJtYjdchdtvw97inclzt08ybYjPbgZ1w8saRhGQhgCG1ThvqJHzVbw9rYD4o&#10;0mpwhBJ+0cOmvL0pVK7dmSo87ULHYgj5XEnoQxhzzn3bo1V+4Uak+Nu7yaoQz6njelLnGG4HngqR&#10;casMxYZejfjSY3vYHa2E7TdVr+bno/ms9pWp6ydB79lByvu7efsMLOAcrjBc9KM6lNGpcUfSng0S&#10;VusskhLSpVgBuwBJlsR1jYRl+pgCLwv+f0P5BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AE8NTw3aAQAAmAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAFFzbYrgAAAACwEAAA8AAAAAAAAAAAAAAAAANAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="1C2E7D69" id="Text Box 291869899" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:24.3pt;margin-top:115.2pt;width:556.2pt;height:47.4pt;z-index:-251658238;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCaGrDz2wEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8kW2JZos1VpVYRU&#10;LlLhAxzHSSwSj5nxbrJ8PWNns+XyhnixxjP28TlnxtvraejFwSBZcKVcr3IpjNNQW9eW8uuX+xdX&#10;UlBQrlY9OFPKoyF5vXv+bDv6wlxAB31tUDCIo2L0pexC8EWWke7MoGgF3jguNoCDCrzFNqtRjYw+&#10;9NlFnm+yEbD2CNoQcfZuLspdwm8ao8OnpiETRF9K5hbSimmt4prttqpoUfnO6hMN9Q8sBmUdP3qG&#10;ulNBiT3av6AGqxEImrDSMGTQNFabpIHVrPM/1Dx2ypukhc0hf7aJ/h+s/nh49J9RhOktTNzAJIL8&#10;A+hvJBzcdsq15gYRxs6omh9eR8uy0VNxuhqtpoIiSDV+gJqbrPYBEtDU4BBdYZ2C0bkBx7PpZgpC&#10;c/Iy37y8fMUlzbVNvn5zlbqSqWK57ZHCOwODiEEpkZua0NXhgUJko4rlSHzMwb3t+9TY3v2W4IMx&#10;k9hHwjP1MFWTsHUpX0dpUUwF9ZHlIMzjwuPNQQf4Q4qRR6WU9H2v0EjRv3dsSZyrJcAlqJZAOc1X&#10;SxmkmMPbMM/f3qNtO0aeTXdww7Y1Nil6YnGiy+1PQk+jGufr13069fShdj8BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBRc22K4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ20&#10;RCXEqSoEJyREGg4cnXibWI3XIXbb8Pe4p3Jc7dPMm2Iz24GdcPLGkYRkIYAhtU4b6iR81W8Pa2A+&#10;KNJqcIQSftHDpry9KVSu3ZkqPO1Cx2II+VxJ6EMYc85926NVfuFGpPjbu8mqEM+p43pS5xhuB54K&#10;kXGrDMWGXo340mN72B2thO03Va/m56P5rPaVqesnQe/ZQcr7u3n7DCzgHK4wXPSjOpTRqXFH0p4N&#10;ElbrLJIS0qVYAbsASZbEdY2EZfqYAi8L/n9D+QcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCaGrDz2wEAAJgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBRc22K4AAAAAsBAAAPAAAAAAAAAAAAAAAAADUEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="5A9C9CAC" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="003D1782">
                       <w:pPr>
                         <w:spacing w:before="24" w:line="280" w:lineRule="auto"/>
                         <w:ind w:left="20"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve">The Department of Transitional Assistance (DTA) </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
@@ -6662,52 +6337,62 @@
                         <w:t>Agencies</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="-3"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>(CCRR)</w:t>
                       </w:r>
                       <w:r w:rsidR="002473CF" w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> to help eligible families find, enroll in, and pay for child care</w:t>
-                      </w:r>
+                        <w:t xml:space="preserve"> to help eligible families find, enroll in, and pay for </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidR="002473CF" w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>child care</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidR="00CD5F7C" w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FB7703">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658257" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6940E971" wp14:editId="29440606">
@@ -6752,78 +6437,78 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6940E971" id="Text Box 1184678276" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:713.9pt;margin-top:302.5pt;width:2.6pt;height:12.95pt;z-index:-251658223;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdaA/P2QEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m7UVDUdBqbhpAG&#10;Qxr7AY7jJBaJz9y5Tcqv5+w0HbA3xIt1ubO/+77vLturse/EwSBZcIVcLZZSGKehsq4p5NO3uzfv&#10;paCgXKU6cKaQR0Pyavf61XbwuVlDC11lUDCIo3zwhWxD8HmWkW5Nr2gB3jgu1oC9CvyJTVahGhi9&#10;77L1crnJBsDKI2hDxNnbqSh3Cb+ujQ4PdU0miK6QzC2kE9NZxjPbbVXeoPKt1Sca6h9Y9Mo6bnqG&#10;ulVBiT3aF1C91QgEdVho6DOoa6tN0sBqVsu/1Dy2ypukhc0hf7aJ/h+s/nJ49F9RhPEDjDzAJIL8&#10;PejvJBzctMo15hoRhtaoihuvomXZ4Ck/PY1WU04RpBw+Q8VDVvsACWissY+usE7B6DyA49l0Mwah&#10;OXlxsVxzQXNltbm83LxNDVQ+v/VI4aOBXsSgkMgjTdjqcE8hclH5fCW2cnBnuy6NtXN/JPhizCTu&#10;ke5EPIzlKGxVyHexb5RSQnVkMQjTsvByc9AC/pRi4EUpJP3YKzRSdJ8cGxK3ag5wDso5UE7z00IG&#10;KabwJkzbt/dom5aRJ8sdXLNptU2Knlmc6PLwk9DTosbt+v073Xr+nXa/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAjqK06OEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNU0Kb&#10;xqkqBCck1DQcODqxm1iN1yF22/D3bE9w29kdzb7JN5Pr2dmMwXqU8DgTwAw2XltsJXxWbw9LYCEq&#10;1Kr3aCT8mACb4vYmV5n2FyzNeR9bRiEYMiWhi3HIOA9NZ5wKMz8YpNvBj05FkmPL9aguFO56Phci&#10;5U5ZpA+dGsxLZ5rj/uQkbL+wfLXfH/WuPJS2qlYC39OjlPd303YNLJop/pnhik/oUBBT7U+oA+tJ&#10;L+bPxB4lpOKJWl0tiyShqaZVIlbAi5z/b1H8AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJ1oD8/ZAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAI6itOjhAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="6940E971" id="Text Box 1184678276" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:713.9pt;margin-top:302.5pt;width:2.6pt;height:12.95pt;z-index:-251658223;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAumqWa2QEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJu2Aw4hRdiw4D&#10;ugvQ7QNoWbaF2aJGKbGzrx8lx+kub8NeBJqUDs85pHc309CLoyZv0JZyvcql0FZhbWxbyq9fHl69&#10;kcIHsDX0aHUpT9rLm/3LF7vRFXqDHfa1JsEg1hejK2UXgiuyzKtOD+BX6LTlYoM0QOBParOaYGT0&#10;oc82eb7NRqTaESrtPWfv56LcJ/ym0Sp8ahqvg+hLydxCOimdVTyz/Q6KlsB1Rp1pwD+wGMBYbnqB&#10;uocA4kDmL6jBKEKPTVgpHDJsGqN00sBq1vkfap46cDppYXO8u9jk/x+s+nh8cp9JhOktTjzAJMK7&#10;R1TfvLB414Ft9S0Rjp2Gmhuvo2XZ6Hxxfhqt9oWPINX4AWseMhwCJqCpoSG6wjoFo/MAThfT9RSE&#10;4uTVVb7hguLKent9vX2dGkCxvHXkwzuNg4hBKYlHmrDh+OhD5ALFciW2svhg+j6Ntbe/JfhizCTu&#10;ke5MPEzVJExdym3sG6VUWJ9YDOG8LLzcHHRIP6QYeVFK6b8fgLQU/XvLhsStWgJagmoJwCp+Wsog&#10;xRzehXn7Do5M2zHybLnFWzatMUnRM4szXR5+Enpe1Lhdv36nW8+/0/4nAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAjqK06OEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNU0Kb&#10;xqkqBCck1DQcODqxm1iN1yF22/D3bE9w29kdzb7JN5Pr2dmMwXqU8DgTwAw2XltsJXxWbw9LYCEq&#10;1Kr3aCT8mACb4vYmV5n2FyzNeR9bRiEYMiWhi3HIOA9NZ5wKMz8YpNvBj05FkmPL9aguFO56Phci&#10;5U5ZpA+dGsxLZ5rj/uQkbL+wfLXfH/WuPJS2qlYC39OjlPd303YNLJop/pnhik/oUBBT7U+oA+tJ&#10;L+bPxB4lpOKJWl0tiyShqaZVIlbAi5z/b1H8AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AC6apZrZAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAI6itOjhAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="0D6B54FF" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FB7703">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56F455D9" wp14:editId="74E82962">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56F455D9" wp14:editId="7A74E965">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>283210</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4864735</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7200900" cy="82550"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1264309363" name="Text Box 1264309363"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="7200900" cy="82550"/>
                         </a:xfrm>
@@ -6843,51 +6528,51 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="56F455D9" id="Text Box 1264309363" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:22.3pt;margin-top:383.05pt;width:567pt;height:6.5pt;flip:y;z-index:-251658235;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCREHI3QEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SVFpao6WrZ1SKk&#10;5SIt8O46dmKReMyM26R8PWOnFy5viBdrMmOfOefMZH0zDb3YGyQHvpbLRSmF8Roa59tafvn88OJa&#10;CorKN6oHb2p5MCRvNs+frcdQmRV00DcGBYN4qsZQyy7GUBUF6c4MihYQjOeiBRxU5E9siwbVyOhD&#10;X6zK8mUxAjYBQRsizt7PRbnJ+NYaHT9aSyaKvpbMLeYT87lNZ7FZq6pFFTqnjzTUP7AYlPPc9Ax1&#10;r6ISO3R/QQ1OIxDYuNAwFGCt0yZrYDXL8g81T50KJmthcyicbaL/B6s/7J/CJxRxegMTDzCLoPAI&#10;+hsJD3ed8q25RYSxM6rhxstkWTEGqo5Pk9VUUQLZju+h4SGrXYQMNFkchO1d+HqCZsWC+/AoDmf7&#10;zRSF5uQrHujrkkuaa9erq6s8nkJVCSaZG5DiWwODSEEtkaeb26j9I8VE63IlXffw4Po+T7j3vyX4&#10;YspkGYn5rCFO20m4hokkjUnVFpoD60KY94b3nIMO8IcUI+9MLen7TqGRon/n2Zu0YKcAT8H2FCiv&#10;+WktoxRzeBfnRdwFdG3HyLP7Hm7ZP+uyoguLI13egyz0uLNp0X79zrcuf9bmJwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACj/S6DfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zTS1W2k6TSAkOHBg7AG8xjSFxqmabCt7erITO/r3p9+fq/XkenGkMXSeNahZBoK48abjVsPu8+Vh&#10;CSJEZIO9Z9LwSwHW9e1NhaXxJ/6g4za2IpVwKFGDjXEopQyNJYdh5gfitPvyo8OYxrGVZsRTKne9&#10;nGdZLh12nC5YHOjJUvOzPTgN2aTe7Ludv+42xTOq75U7n1un9f3dtHkEEWmK/zBc9JM61Mlp7w9s&#10;gug1LBZ5IjUUea5AXABVLFO0T1GxUiDrSl7/UP8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAwkRByN0BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAKP9LoN8AAAALAQAADwAAAAAAAAAAAAAAAAA3BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="56F455D9" id="Text Box 1264309363" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:22.3pt;margin-top:383.05pt;width:567pt;height:6.5pt;flip:y;z-index:-251658235;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCREHI3QEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SVFpao6WrZ1SKk&#10;5SIt8O46dmKReMyM26R8PWOnFy5viBdrMmOfOefMZH0zDb3YGyQHvpbLRSmF8Roa59tafvn88OJa&#10;CorKN6oHb2p5MCRvNs+frcdQmRV00DcGBYN4qsZQyy7GUBUF6c4MihYQjOeiBRxU5E9siwbVyOhD&#10;X6zK8mUxAjYBQRsizt7PRbnJ+NYaHT9aSyaKvpbMLeYT87lNZ7FZq6pFFTqnjzTUP7AYlPPc9Ax1&#10;r6ISO3R/QQ1OIxDYuNAwFGCt0yZrYDXL8g81T50KJmthcyicbaL/B6s/7J/CJxRxegMTDzCLoPAI&#10;+hsJD3ed8q25RYSxM6rhxstkWTEGqo5Pk9VUUQLZju+h4SGrXYQMNFkchO1d+HqCZsWC+/AoDmf7&#10;zRSF5uQrHujrkkuaa9erq6s8nkJVCSaZG5DiWwODSEEtkaeb26j9I8VE63IlXffw4Po+T7j3vyX4&#10;YspkGYn5rCFO20m4hokkjUnVFpoD60KY94b3nIMO8IcUI+9MLen7TqGRon/n2Zu0YKcAT8H2FCiv&#10;+WktoxRzeBfnRdwFdG3HyLP7Hm7ZP+uyoguLI13egyz0uLNp0X79zrcuf9bmJwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACj/S6DfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zTS1W2k6TSAkOHBg7AG8xjSFxqmabCt7erITO/r3p9+fq/XkenGkMXSeNahZBoK48abjVsPu8+Vh&#10;CSJEZIO9Z9LwSwHW9e1NhaXxJ/6g4za2IpVwKFGDjXEopQyNJYdh5gfitPvyo8OYxrGVZsRTKne9&#10;nGdZLh12nC5YHOjJUvOzPTgN2aTe7Ludv+42xTOq75U7n1un9f3dtHkEEWmK/zBc9JM61Mlp7w9s&#10;gug1LBZ5IjUUea5AXABVLFO0T1GxUiDrSl7/UP8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAwkRByN0BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAKP9LoN8AAAALAQAADwAAAAAAAAAAAAAAAAA3BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="6A87736A" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FB7703">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
@@ -6926,51 +6611,51 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="2051DBD9" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2B3FD84D" id="Text Box 100082899" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:534.7pt;margin-top:302.4pt;width:9.2pt;height:6.05pt;z-index:-251658231;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDshZ/N1wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07QLlCpqulp2tQhp&#10;uUgLHzBx7MYi8Zix26R8PWOn6XJ5Q7xYE1/OnHPmZHs99p04agoWXSVXi6UU2ilsrNtX8uuX+xcb&#10;KUIE10CHTlfypIO83j1/th18qa+wxa7RJBjEhXLwlWxj9GVRBNXqHsICvXZ8aJB6iPxJ+6IhGBi9&#10;74qr5XJdDEiNJ1Q6BN69mw7lLuMbo1X8ZEzQUXSVZG4xr5TXOq3FbgvlnsC3Vp1pwD+w6ME6bnqB&#10;uoMI4kD2L6jeKsKAJi4U9gUaY5XOGljNavmHmscWvM5a2JzgLzaF/werPh4f/WcScXyLIw8wiwj+&#10;AdW3IBzetuD2+oYIh1ZDw41XybJi8KE8P01WhzIkkHr4gA0PGQ4RM9BoqE+usE7B6DyA08V0PUah&#10;UsvVevOKTxQfvVlvXr7ODaCc33oK8Z3GXqSiksQjzdhwfAgxcYFyvpJaOby3XZfH2rnfNvhi2snc&#10;E92JeBzrUdiGeeQwJC01NidWQzilhdPNRYv0Q4qBk1LJ8P0ApKXo3jt2JMVqLmgu6rkAp/hpJaMU&#10;U3kbp/gdPNl9y8iT5w5v2DVjs6QnFme+PP2s9JzUFK9fv/Otp/9p9xMAAP//AwBQSwMEFAAGAAgA&#10;AAAhAONwc3ngAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXVSZJsSp&#10;KgQnJEQaDhyd2E2sxusQu234e7YnetvZHc2+KTazH9jJTtEFVLBcCGAW22Acdgq+6reHNbCYNBo9&#10;BLQKfm2ETXl7U+jchDNW9rRLHaMQjLlW0Kc05pzHtrdex0UYLdJtHyavE8mp42bSZwr3A38UQnKv&#10;HdKHXo/2pbftYXf0CrbfWL26n4/ms9pXrq4zge/yoNT93bx9BpbsnP7NcMEndCiJqQlHNJENpIXM&#10;VuRVIMWKSlwsYv1EU0OrpcyAlwW/blH+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOyF&#10;n83XAQAAlwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AONwc3ngAAAADQEAAA8AAAAAAAAAAAAAAAAAMQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="2B3FD84D" id="Text Box 100082899" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:534.7pt;margin-top:302.4pt;width:9.2pt;height:6.05pt;z-index:-251658231;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOog652AEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07QLlCpqulp2tQhp&#10;uUgLH+A4dmOReMyM26R8PWOn6XJ5Q7xYY4995pwz4+312HfiaJAc+EquFkspjNfQOL+v5Ncv9y82&#10;UlBUvlEdeFPJkyF5vXv+bDuE0lxBC11jUDCIp3IIlWxjDGVRkG5Nr2gBwXhOWsBeRd7ivmhQDYze&#10;d8XVcrkuBsAmIGhDxKd3U1LuMr61RsdP1pKJoqskc4t5xbzWaS12W1XuUYXW6TMN9Q8seuU8F71A&#10;3amoxAHdX1C90wgENi409AVY67TJGljNavmHmsdWBZO1sDkULjbR/4PVH4+P4TOKOL6FkRuYRVB4&#10;AP2NhIfbVvm9uUGEoTWq4cKrZFkxBCrPT5PVVFICqYcP0HCT1SFCBhot9skV1ikYnRtwuphuxih0&#10;Krlab15xRnPqzXrz8nUuoMr5bUCK7wz0IgWVRG5pxlbHB4qJiyrnK6mUh3vXdbmtnf/tgC+mk8w9&#10;0Z2Ix7EehWsquUl1k5QamhOLQZiGhYebgxbwhxQDD0ol6ftBoZGie+/ZkDRVc4BzUM+B8pqfVjJK&#10;MYW3cZq+Q0C3bxl5stzDDZtmXVb0xOJMl5ufhZ4HNU3Xr/t86+k77X4CAAD//wMAUEsDBBQABgAI&#10;AAAAIQDjcHN54AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqF1UmSbE&#10;qSoEJyREGg4cndhNrMbrELtt+Hu2J3rb2R3Nvik2sx/YyU7RBVSwXAhgFttgHHYKvuq3hzWwmDQa&#10;PQS0Cn5thE15e1Po3IQzVva0Sx2jEIy5VtCnNOacx7a3XsdFGC3SbR8mrxPJqeNm0mcK9wN/FEJy&#10;rx3Sh16P9qW37WF39Aq231i9up+P5rPaV66uM4Hv8qDU/d28fQaW7Jz+zXDBJ3QoiakJRzSRDaSF&#10;zFbkVSDFikpcLGL9RFNDq6XMgJcFv25R/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDO&#10;og652AEAAJYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDjcHN54AAAAA0BAAAPAAAAAAAAAAAAAAAAADIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="2051DBD9" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FB7703">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78B4DF02" wp14:editId="1032603E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6972935</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>3840480</wp:posOffset>
@@ -7009,51 +6694,51 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="78B4DF02" id="Text Box 666650317" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;margin-left:549.05pt;margin-top:302.4pt;width:4.35pt;height:10.35pt;z-index:-251658230;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxc7wq1wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRli1DUdLXsahHS&#10;AistfIDjOIlF4jEzbpPy9YydpsvlDfFijcf2mXPOjHfX09CLo0Gy4EqZr9ZSGKehtq4t5dcv96/e&#10;SkFBuVr14EwpT4bk9f7li93oC7OBDvraoGAQR8XoS9mF4IssI92ZQdEKvHF82AAOKvAW26xGNTL6&#10;0Geb9fpNNgLWHkEbIs7ezYdyn/CbxujwuWnIBNGXkrmFtGJaq7hm+50qWlS+s/pMQ/0Di0FZx0Uv&#10;UHcqKHFA+xfUYDUCQRNWGoYMmsZqkzSwmnz9h5qnTnmTtLA55C820f+D1Z+OT/4RRZjewcQNTCLI&#10;P4D+RsLBbadca24QYeyMqrlwHi3LRk/F+Wm0mgqKINX4EWpusjoESEBTg0N0hXUKRucGnC6mmykI&#10;zcntdnO1lULzSf46v+I4FlDF8tYjhfcGBhGDUiK3NGGr4wOF+epyJZZycG/7PrW1d78lGDNmEvdI&#10;dyYepmoStubiSVnUUkF9YjUI87TwdHPQAf6QYuRJKSV9Pyg0UvQfHDsSx2oJcAmqJVBO89NSBinm&#10;8DbM43fwaNuOkWfPHdywa41Nkp5ZnPly95Mp50mN4/XrPt16/k/7nwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhANDgS4ngAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY0olVW2k6&#10;TQhOSIiuHDimrddGa5zSZFv593gnuPnZT8/fy7ezG8QZp2A9aUgWCgRS41tLnYbP6vVhDSJEQ60Z&#10;PKGGHwywLW5vcpO1/kIlnvexExxCITMa+hjHTMrQ9OhMWPgRiW8HPzkTWU6dbCdz4XA3yKVSqXTG&#10;En/ozYjPPTbH/clp2H1R+WK/3+uP8lDaqtooekuPWt/fzbsnEBHn+GeGKz6jQ8FMtT9RG8TAWm3W&#10;CXs1pOqRS1wtiUp5qnm1XK1AFrn836L4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHFz&#10;vCrXAQAAlwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ANDgS4ngAAAADQEAAA8AAAAAAAAAAAAAAAAAMQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="78B4DF02" id="Text Box 666650317" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:549.05pt;margin-top:302.4pt;width:4.35pt;height:10.35pt;z-index:-251658230;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDEVqvY2AEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRliyBqulp2tQhp&#10;uUgLH+A4TmKReMyM26R8PWOn6XJ5Q7xY47F95pwz4931NPTiaJAsuFLmq7UUxmmorWtL+fXL/YvX&#10;UlBQrlY9OFPKkyF5vX/+bDf6wmygg742KBjEUTH6UnYh+CLLSHdmULQCbxwfNoCDCrzFNqtRjYw+&#10;9NlmvX6VjYC1R9CGiLN386HcJ/ymMTp8ahoyQfSlZG4hrZjWKq7ZfqeKFpXvrD7TUP/AYlDWcdEL&#10;1J0KShzQ/gU1WI1A0ISVhiGDprHaJA2sJl//oeaxU94kLWwO+YtN9P9g9cfjo/+MIkxvYeIGJhHk&#10;H0B/I+HgtlOuNTeIMHZG1Vw4j5Zlo6fi/DRaTQVFkGr8ADU3WR0CJKCpwSG6wjoFo3MDThfTzRSE&#10;5uR2u7naSqH5JH+ZX3EcC6hieeuRwjsDg4hBKZFbmrDV8YHCfHW5Eks5uLd9n9rau98SjBkziXuk&#10;OxMPUzUJW5fyTawbpVRQn1gMwjwsPNwcdIA/pBh5UEpJ3w8KjRT9e8eGxKlaAlyCagmU0/y0lEGK&#10;ObwN8/QdPNq2Y+TZcgc3bFpjk6InFme63PzkyXlQ43T9uk+3nr7T/icAAAD//wMAUEsDBBQABgAI&#10;AAAAIQDQ4EuJ4AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWNKJVVtp&#10;Ok0ITkiIrhw4pq3XRmuc0mRb+fd4J7j52U/P38u3sxvEGadgPWlIFgoEUuNbS52Gz+r1YQ0iREOt&#10;GTyhhh8MsC1ub3KTtf5CJZ73sRMcQiEzGvoYx0zK0PToTFj4EYlvBz85E1lOnWwnc+FwN8ilUql0&#10;xhJ/6M2Izz02x/3Jadh9Ufliv9/rj/JQ2qraKHpLj1rf3827JxAR5/hnhis+o0PBTLU/URvEwFpt&#10;1gl7NaTqkUtcLYlKeap5tVytQBa5/N+i+AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDE&#10;VqvY2AEAAJYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDQ4EuJ4AAAAA0BAAAPAAAAAAAAAAAAAAAAADIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="292679B1" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FB7703">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
@@ -7100,51 +6785,51 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="553423E0" id="Text Box 693465222" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;margin-left:553.35pt;margin-top:302.4pt;width:4.35pt;height:10.35pt;z-index:-251658229;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkZEPU2AEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRli1DUdLXsahHS&#10;AistfIDjOIlF4jEzbpPy9YydpsvlDfFijcf2mXPOjHfX09CLo0Gy4EqZr9ZSGKehtq4t5dcv96/e&#10;SkFBuVr14EwpT4bk9f7li93oC7OBDvraoGAQR8XoS9mF4IssI92ZQdEKvHF82AAOKvAW26xGNTL6&#10;0Geb9fpNNgLWHkEbIs7ezYdyn/CbxujwuWnIBNGXkrmFtGJaq7hm+50qWlS+s/pMQ/0Di0FZx0Uv&#10;UHcqKHFA+xfUYDUCQRNWGoYMmsZqkzSwmnz9h5qnTnmTtLA55C820f+D1Z+OT/4RRZjewcQNTCLI&#10;P4D+RsLBbadca24QYeyMqrlwHi3LRk/F+Wm0mgqKINX4EWpusjoESEBTg0N0hXUKRucGnC6mmykI&#10;zcntdnO1lULzSf46v+I4FlDF8tYjhfcGBhGDUiK3NGGr4wOF+epyJZZycG/7PrW1d78lGDNmEvdI&#10;dyYepmoStubim1g4aqmgPrEahHlaeLo56AB/SDHypJSSvh8UGin6D44diWO1BLgE1RIop/lpKYMU&#10;c3gb5vE7eLRtx8iz5w5u2LXGJknPLM58ufvJlPOkxvH6dZ9uPf+n/U8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCiGOim4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ2qCTTE&#10;qSoEJyREGg49OrGbWI3XIXbb8PdsT3Cc2afZmWIzu4GdzRSsRwnJQgAz2HptsZPwVb89PAELUaFW&#10;g0cj4ccE2JS3N4XKtb9gZc672DEKwZArCX2MY855aHvjVFj40SDdDn5yKpKcOq4ndaFwN/ClEBl3&#10;yiJ96NVoXnrTHncnJ2G7x+rVfn80n9WhsnW9FvieHaW8v5u3z8CimeMfDNf6VB1K6tT4E+rABtKJ&#10;yB6JlZCJFY24IkmSroA1ZC3TFHhZ8P8ryl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;pGRD1NgBAACXAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAohjopuEAAAANAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="553423E0" id="Text Box 693465222" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:553.35pt;margin-top:302.4pt;width:4.35pt;height:10.35pt;z-index:-251658229;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCgRZ/1wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRli1DUdLXsahHS&#10;AistfIDjOIlF4jEzbpPy9YydpsvlDfFiTXw5c86Zk931NPTiaJAsuFLmq7UUxmmorWtL+fXL/au3&#10;UlBQrlY9OFPKkyF5vX/5Yjf6wmygg742KBjEUTH6UnYh+CLLSHdmULQCbxwfNoCDCvyJbVajGhl9&#10;6LPNev0mGwFrj6ANEe/ezYdyn/CbxujwuWnIBNGXkrmFtGJaq7hm+50qWlS+s/pMQ/0Di0FZx00v&#10;UHcqKHFA+xfUYDUCQRNWGoYMmsZqkzSwmnz9h5qnTnmTtLA55C820f+D1Z+OT/4RRZjewcQDTCLI&#10;P4D+RsLBbadca24QYeyMqrlxHi3LRk/F+Wm0mgqKINX4EWoesjoESEBTg0N0hXUKRucBnC6mmykI&#10;zZvb7eZqK4Xmk/x1fsV1bKCK5a1HCu8NDCIWpUQeacJWxwcK89XlSmzl4N72fRpr737bYMy4k7hH&#10;ujPxMFWTsDU3T2GIWiqoT6wGYU4Lp5uLDvCHFCMnpZT0/aDQSNF/cOxIjNVS4FJUS6Gc5qelDFLM&#10;5W2Y43fwaNuOkWfPHdywa41Nkp5ZnPny9JMp56TGeP36nW49/0/7nwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAKIY6KbhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonaoJNMSp&#10;KgQnJEQaDj06sZtYjdchdtvw92xPcJzZp9mZYjO7gZ3NFKxHCclCADPYem2xk/BVvz08AQtRoVaD&#10;RyPhxwTYlLc3hcq1v2BlzrvYMQrBkCsJfYxjznloe+NUWPjRIN0OfnIqkpw6rid1oXA38KUQGXfK&#10;In3o1WheetMedycnYbvH6tV+fzSf1aGydb0W+J4dpby/m7fPwKKZ4x8M1/pUHUrq1PgT6sAG0onI&#10;HomVkIkVjbgiSZKugDVkLdMUeFnw/yvKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDC&#10;gRZ/1wEAAJcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCiGOim4QAAAA0BAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="4E5DD56C" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FB7703">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
@@ -7183,51 +6868,51 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="24236138" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5FCAF716" id="Text Box 1340149398" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;margin-left:522.35pt;margin-top:322.25pt;width:4.35pt;height:6.9pt;z-index:-251658228;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB97j9y2QEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU91u0zAUvkfiHSzf07QdHVPUdBqbhpDG&#10;jzT2AI7jJBaJjznHbVKenmOn6YDdIW6sk2P78/dzsr0e+04cDJIFV8jVYimFcRoq65pCPn27f3Ml&#10;BQXlKtWBM4U8GpLXu9evtoPPzRpa6CqDgkEc5YMvZBuCz7OMdGt6RQvwxvFmDdirwJ/YZBWqgdH7&#10;Llsvl5fZAFh5BG2IuHs3bcpdwq9ro8OXuiYTRFdI5hbSimkt45rttipvUPnW6hMN9Q8semUdP3qG&#10;ulNBiT3aF1C91QgEdVho6DOoa6tN0sBqVsu/1Dy2ypukhc0hf7aJ/h+s/nx49F9RhPE9jBxgEkH+&#10;AfR3Eg5uW+Uac4MIQ2tUxQ+vomXZ4Ck/XY1WU04RpBw+QcUhq32ABDTW2EdXWKdgdA7geDbdjEFo&#10;bm4267cbKTTvXL27vEiRZCqfr3qk8MFAL2JRSOREE7Q6PFCIVFQ+H4kvObi3XZdS7dwfDT4YO4l6&#10;ZDvxDmM5CluxrosoLEopoTqyGIRpWHi4uWgBf0ox8KAUkn7sFRopuo+ODYlTNRc4F+VcKKf5aiGD&#10;FFN5G6bp23u0TcvIk+UObti02iZJzyxOfDn8pPQ0qHG6fv9Op55/p90vAAAA//8DAFBLAwQUAAYA&#10;CAAAACEACuj+lOEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiyBtWWU&#10;ptOE4ISE1pUDx7TJ2miNU5psK2+Pd4Ljb3/6/blYz25gJzMF61HC/UIAM9h6bbGT8Fm/3a2AhahQ&#10;q8GjkfBjAqzL66tC5dqfsTKnXewYlWDIlYQ+xjHnPLS9cSos/GiQdns/ORUpTh3XkzpTuRv4gxAZ&#10;d8oiXejVaF560x52Rydh84XVq/3+aLbVvrJ1/STwPTtIeXszb56BRTPHPxgu+qQOJTk1/og6sIGy&#10;SJJHYiVkSZICuyAiXSbAGhqlqyXwsuD/vyh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AH3uP3LZAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAAro/pThAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="5FCAF716" id="Text Box 1340149398" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;margin-left:522.35pt;margin-top:322.25pt;width:4.35pt;height:6.9pt;z-index:-251658228;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAbC2rZ1wEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU19v0zAQf0fiO1h+p2kLHVPUdBqbhpAG&#10;Qxp8gIvjJBaJz5zdJuXTc3aaDtjbxIt1Ods///5ctldj34mDJm/QFnK1WEqhrcLK2KaQ37/dvbmU&#10;wgewFXRodSGP2sur3etX28Hleo0tdpUmwSDW54MrZBuCy7PMq1b34BfotOXNGqmHwJ/UZBXBwOh9&#10;l62Xy4tsQKocodLec/d22pS7hF/XWoWHuvY6iK6QzC2kldJaxjXbbSFvCFxr1IkGvIBFD8byo2eo&#10;Wwgg9mSeQfVGEXqsw0Jhn2FdG6WTBlazWv6j5rEFp5MWNse7s03+/8GqL4dH95VEGD/gyAEmEd7d&#10;o/rhhcWbFmyjr4lwaDVU/PAqWpYNzuenq9Fqn/sIUg6fseKQYR8wAY019dEV1ikYnQM4nk3XYxCK&#10;m5vN+t1GCsU7l+8v3qZIMsjnq458+KixF7EoJHGiCRoO9z5EKpDPR+JLFu9M16VUO/tXgw/GTqIe&#10;2U68w1iOwlSsKwmLUkqsjiyGcBoWHm4uWqRfUgw8KIX0P/dAWoruk2VD4lTNBc1FORdgFV8tZJBi&#10;Km/CNH17R6ZpGXmy3OI1m1abJOmJxYkvh5+UngY1Ttef3+nU0++0+w0AAP//AwBQSwMEFAAGAAgA&#10;AAAhAAro/pThAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sgbVllKbT&#10;hOCEhNaVA8e0ydpojVOabCtvj3eC429/+v25WM9uYCczBetRwv1CADPYem2xk/BZv92tgIWoUKvB&#10;o5HwYwKsy+urQuXan7Eyp13sGJVgyJWEPsYx5zy0vXEqLPxokHZ7PzkVKU4d15M6U7kb+IMQGXfK&#10;Il3o1WheetMedkcnYfOF1av9/mi21b6ydf0k8D07SHl7M2+egUUzxz8YLvqkDiU5Nf6IOrCBskiS&#10;R2IlZEmSArsgIl0mwBoapasl8LLg/78ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAb&#10;C2rZ1wEAAJYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAK6P6U4QAAAA0BAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="24236138" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FB7703">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658253" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4AD505D9" wp14:editId="6E3CEF59">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6790690</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4092575</wp:posOffset>
@@ -7258,51 +6943,51 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="79A45FD4" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4AD505D9" id="Text Box 713913297" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;margin-left:534.7pt;margin-top:322.25pt;width:4.9pt;height:6.9pt;z-index:-251658227;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRX5OV1gEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07QFlVXUdLXsahHS&#10;AistfIDr2IlF4jEzbpPy9YydpsvlDfFiTWbsM+ecmWyvx74TR4PkwFdytVhKYbyG2vmmkl+/3L+6&#10;koKi8rXqwJtKngzJ693LF9shlGYNLXS1QcEgnsohVLKNMZRFQbo1vaIFBOO5aAF7FfkTm6JGNTB6&#10;3xXr5XJTDIB1QNCGiLN3U1HuMr61RsfP1pKJoqskc4v5xHzu01nstqpsUIXW6TMN9Q8seuU8N71A&#10;3amoxAHdX1C90wgENi409AVY67TJGljNavmHmqdWBZO1sDkULjbR/4PVn45P4RFFHN/ByAPMIig8&#10;gP5GwsNtq3xjbhBhaI2qufEqWVYMgcrz02Q1lZRA9sNHqHnI6hAhA40W++QK6xSMzgM4XUw3YxSa&#10;k5v1+jUXNFeu3m44TPiqnJ8GpPjeQC9SUEnkiWZodXygOF2dr6ROHu5d1+Wpdv63BGOmTKae2E68&#10;47gfhatZ15vUOEnZQ31iMQjTsvByc9AC/pBi4EWpJH0/KDRSdB88G5K2ag5wDvZzoLzmp5WMUkzh&#10;bZy27xDQNS0jT5Z7uGHTrMuSnlmc+fLwsynnRU3b9et3vvX8O+1+AgAA//8DAFBLAwQUAAYACAAA&#10;ACEAey2SAuEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixhdGUtTacJ&#10;wQkJ0ZUDx7TJ2miNU5psK2+Pd4Ljb3/6/bnYzG5gJzMF61HC/UIAM9h6bbGT8Fm/3q2BhahQq8Gj&#10;kfBjAmzK66tC5dqfsTKnXewYlWDIlYQ+xjHnPLS9cSos/GiQdns/ORUpTh3XkzpTuRv4UoiUO2WR&#10;LvRqNM+9aQ+7o5Ow/cLqxX6/Nx/VvrJ1nQl8Sw9S3t7M2ydg0czxD4aLPqlDSU6NP6IObKAs0iwh&#10;VkKaJCtgF0Q8ZktgDY1W6wfgZcH/f1H+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJFf&#10;k5XWAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AHstkgLhAAAADQEAAA8AAAAAAAAAAAAAAAAAMAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="4AD505D9" id="Text Box 713913297" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;margin-left:534.7pt;margin-top:322.25pt;width:4.9pt;height:6.9pt;z-index:-251658227;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6dhyz1gEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjxgKww4hRdiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lx+m2vhV7EWhSOjznkN5dT0MvjgbJgivlZrWWwjgNtXVtKb9/u39z&#10;JQUF5WrVgzOlPBmS1/vXr3ajL0wOHfS1QcEgjorRl7ILwRdZRrozg6IVeOO42AAOKvAntlmNamT0&#10;oc/y9XqbjYC1R9CGiLN3c1HuE37TGB2+NA2ZIPpSMreQTkxnFc9sv1NFi8p3Vp9pqBewGJR13PQC&#10;daeCEge0z6AGqxEImrDSMGTQNFabpIHVbNb/qHnslDdJC5tD/mIT/T9Y/fn46L+iCNN7mHiASQT5&#10;B9A/SDi47ZRrzQ0ijJ1RNTfeRMuy0VNxfhqtpoIiSDV+gpqHrA4BEtDU4BBdYZ2C0XkAp4vpZgpC&#10;c3Kb52+5oLly9W7LYcRXxfLUI4UPBgYRg1IiTzRBq+MDhfnqciV2cnBv+z5NtXd/JRgzZhL1yHbm&#10;HaZqErZmXXlsHKVUUJ9YDMK8LLzcHHSAv6QYeVFKST8PCo0U/UfHhsStWgJcgmoJlNP8tJRBijm8&#10;DfP2HTzatmPk2XIHN2xaY5OkJxZnvjz8ZMp5UeN2/fmdbj39TvvfAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAey2SAuEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixhdGUtTacJ&#10;wQkJ0ZUDx7TJ2miNU5psK2+Pd4Ljb3/6/bnYzG5gJzMF61HC/UIAM9h6bbGT8Fm/3q2BhahQq8Gj&#10;kfBjAmzK66tC5dqfsTKnXewYlWDIlYQ+xjHnPLS9cSos/GiQdns/ORUpTh3XkzpTuRv4UoiUO2WR&#10;LvRqNM+9aQ+7o5Ow/cLqxX6/Nx/VvrJ1nQl8Sw9S3t7M2ydg0czxD4aLPqlDSU6NP6IObKAs0iwh&#10;VkKaJCtgF0Q8ZktgDY1W6wfgZcH/f1H+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHp2&#10;HLPWAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AHstkgLhAAAADQEAAA8AAAAAAAAAAAAAAAAAMAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="79A45FD4" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FB7703">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658254" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08C7882E" wp14:editId="366976DF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>7027545</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4092575</wp:posOffset>
@@ -7333,51 +7018,51 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="512AC252" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="08C7882E" id="Text Box 834777938" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;margin-left:553.35pt;margin-top:322.25pt;width:4.35pt;height:6.9pt;z-index:-251658226;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWx7BU2AEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU19v0zAQf0fiO1h+p2kLHVPUdBqbhpAG&#10;Qxp8AMdxEovEZ+7cJuXTc3aaDtjbxIt1Ods///5ctldj34mDQbLgCrlaLKUwTkNlXVPI79/u3lxK&#10;QUG5SnXgTCGPhuTV7vWr7eBzs4YWusqgYBBH+eAL2Ybg8ywj3Zpe0QK8cbxZA/Yq8Cc2WYVqYPS+&#10;y9bL5UU2AFYeQRsi7t5Om3KX8Ova6PBQ12SC6ArJ3EJaMa1lXLPdVuUNKt9afaKhXsCiV9bxo2eo&#10;WxWU2KN9BtVbjUBQh4WGPoO6ttokDaxmtfxHzWOrvEla2BzyZ5vo/8HqL4dH/xVFGD/AyAEmEeTv&#10;Qf8g4eCmVa4x14gwtEZV/PAqWpYNnvLT1Wg15RRByuEzVByy2gdIQGONfXSFdQpG5wCOZ9PNGITm&#10;5mazfreRQvPO5fuLtymSTOXzVY8UPhroRSwKiZxoglaHewqRisrnI/ElB3e261KqnfurwQdjJ1GP&#10;bCfeYSxHYSvWtYnCopQSqiOLQZiGhYebixbwlxQDD0oh6edeoZGi++TYkDhVc4FzUc6FcpqvFjJI&#10;MZU3YZq+vUfbtIw8We7gmk2rbZL0xOLEl8NPSk+DGqfrz+906ul32v0GAAD//wMAUEsDBBQABgAI&#10;AAAAIQCkKlpV4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLC20Zeua&#10;ThOCExJaVw4c0yZrozVOabKtvD3eCY6//en352Iz24Gd9eSNQwHxIgKmsXXKYCfgs357WALzQaKS&#10;g0Mt4Ed72JS3N4XMlbtgpc/70DEqQZ9LAX0IY865b3ttpV+4USPtDm6yMlCcOq4meaFyO/DHKMq4&#10;lQbpQi9H/dLr9rg/WQHbL6xezfdHs6sOlanrVYTv2VGI+7t5uwYW9Bz+YLjqkzqU5NS4EyrPBspx&#10;lD0TKyBLkhTYFYnjNAHW0ChdPgEvC/7/i/IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;lsewVNgBAACWAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEApCpaVeEAAAANAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="08C7882E" id="Text Box 834777938" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;margin-left:553.35pt;margin-top:322.25pt;width:4.35pt;height:6.9pt;z-index:-251658226;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB97j9y2QEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU91u0zAUvkfiHSzf07QdHVPUdBqbhpDG&#10;jzT2AI7jJBaJjznHbVKenmOn6YDdIW6sk2P78/dzsr0e+04cDJIFV8jVYimFcRoq65pCPn27f3Ml&#10;BQXlKtWBM4U8GpLXu9evtoPPzRpa6CqDgkEc5YMvZBuCz7OMdGt6RQvwxvFmDdirwJ/YZBWqgdH7&#10;Llsvl5fZAFh5BG2IuHs3bcpdwq9ro8OXuiYTRFdI5hbSimkt45rttipvUPnW6hMN9Q8semUdP3qG&#10;ulNBiT3aF1C91QgEdVho6DOoa6tN0sBqVsu/1Dy2ypukhc0hf7aJ/h+s/nx49F9RhPE9jBxgEkH+&#10;AfR3Eg5uW+Uac4MIQ2tUxQ+vomXZ4Ck/XY1WU04RpBw+QcUhq32ABDTW2EdXWKdgdA7geDbdjEFo&#10;bm4267cbKTTvXL27vEiRZCqfr3qk8MFAL2JRSOREE7Q6PFCIVFQ+H4kvObi3XZdS7dwfDT4YO4l6&#10;ZDvxDmM5CluxrosoLEopoTqyGIRpWHi4uWgBf0ox8KAUkn7sFRopuo+ODYlTNRc4F+VcKKf5aiGD&#10;FFN5G6bp23u0TcvIk+UObti02iZJzyxOfDn8pPQ0qHG6fv9Op55/p90vAAAA//8DAFBLAwQUAAYA&#10;CAAAACEApCpaVeEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwttGXr&#10;mk4TghMSWlcOHNMma6M1Tmmyrbw93gmOv/3p9+diM9uBnfXkjUMB8SICprF1ymAn4LN+e1gC80Gi&#10;koNDLeBHe9iUtzeFzJW7YKXP+9AxKkGfSwF9CGPOuW97baVfuFEj7Q5usjJQnDquJnmhcjvwxyjK&#10;uJUG6UIvR/3S6/a4P1kB2y+sXs33R7OrDpWp61WE79lRiPu7ebsGFvQc/mC46pM6lOTUuBMqzwbK&#10;cZQ9EysgS5IU2BWJ4zQB1tAoXT4BLwv+/4vyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AH3uP3LZAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKQqWlXhAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="512AC252" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FB7703">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658255" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A711AA0" wp14:editId="3BAAD2A0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6688455</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4180205</wp:posOffset>
@@ -7408,51 +7093,51 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="35F714E7" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3A711AA0" id="Text Box 919890902" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;margin-left:526.65pt;margin-top:329.15pt;width:8.05pt;height:6.05pt;z-index:-251658225;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZhkQe1wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RFlFXUdLXsahHS&#10;AistfIDjOIlF4jEzbpPy9YydpsvlDfFiTXw5c86Zk931NPTiaJAsuFKuV7kUxmmorWtL+fXL/asr&#10;KSgoV6senCnlyZC83r98sRt9YTbQQV8bFAziqBh9KbsQfJFlpDszKFqBN44PG8BBBf7ENqtRjYw+&#10;9Nkmz7fZCFh7BG2IePduPpT7hN80RofPTUMmiL6UzC2kFdNaxTXb71TRovKd1Wca6h9YDMo6bnqB&#10;ulNBiQPav6AGqxEImrDSMGTQNFabpIHVrPM/1Dx1ypukhc0hf7GJ/h+s/nR88o8owvQOJh5gEkH+&#10;AfQ3Eg5uO+Vac4MIY2dUzY3X0bJs9FScn0arqaAIUo0foeYhq0OABDQ1OERXWKdgdB7A6WK6mYLQ&#10;sWW+2bx+I4Xmo7fbKy5jA1Usbz1SeG9gELEoJfJIE7Y6PlCYry5XYisH97bv01h799sGY8adxD3S&#10;nYmHqZqErZnHNjaOWiqoT6wGYU4Lp5uLDvCHFCMnpZT0/aDQSNF/cOxIjNVS4FJUS6Gc5qelDFLM&#10;5W2Y43fwaNuOkWfPHdywa41Nkp5ZnPny9JMp56TGeP36nW49/0/7nwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAEmJbwbhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYAtvKVppO&#10;E4ITEqIrB45p47XVGqc02Vb+Pd4Jbn720/P3ss3kenHCMXSeNNzPFAik2tuOGg2f5evdCkSIhqzp&#10;PaGGHwywya+vMpNaf6YCT7vYCA6hkBoNbYxDKmWoW3QmzPyAxLe9H52JLMdG2tGcOdz18kGpRDrT&#10;EX9ozYDPLdaH3dFp2H5R8dJ9v1cfxb7oynKt6C05aH17M22fQESc4p8ZLviMDjkzVf5INoietVrO&#10;5+zVkCxXPFwsKlkvQFS8elQLkHkm/7fIfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAZ&#10;hkQe1wEAAJcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBJiW8G4QAAAA0BAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="3A711AA0" id="Text Box 919890902" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;margin-left:526.65pt;margin-top:329.15pt;width:8.05pt;height:6.05pt;z-index:-251658225;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/YxG11wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8kuUKpos1VpVYRU&#10;LlLpBziOk1gkHjPj3WT5esbOZgv0DfFiTXw5c86Zk+3VNPTiYJAsuFKuV7kUxmmorWtL+fjt7tWl&#10;FBSUq1UPzpTyaEhe7V6+2I6+MBvooK8NCgZxVIy+lF0Ivsgy0p0ZFK3AG8eHDeCgAn9im9WoRkYf&#10;+myT5xfZCFh7BG2IePd2PpS7hN80RocvTUMmiL6UzC2kFdNaxTXbbVXRovKd1Sca6h9YDMo6bnqG&#10;ulVBiT3aZ1CD1QgETVhpGDJoGqtN0sBq1vlfah465U3SwuaQP9tE/w9Wfz48+K8owvQeJh5gEkH+&#10;HvR3Eg5uOuVac40IY2dUzY3X0bJs9FScnkarqaAIUo2foOYhq32ABDQ1OERXWKdgdB7A8Wy6mYLQ&#10;sWW+2bx+K4Xmo3cXl1zGBqpY3nqk8MHAIGJRSuSRJmx1uKcwX12uxFYO7mzfp7H27o8Nxow7iXuk&#10;OxMPUzUJWzOPN7Fx1FJBfWQ1CHNaON1cdIA/pRg5KaWkH3uFRor+o2NHYqyWApeiWgrlND8tZZBi&#10;Lm/CHL+9R9t2jDx77uCaXWtskvTE4sSXp59MOSU1xuv373Tr6X/a/QIAAP//AwBQSwMEFAAGAAgA&#10;AAAhAEmJbwbhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYAtvKVppO&#10;E4ITEqIrB45p47XVGqc02Vb+Pd4Jbn720/P3ss3kenHCMXSeNNzPFAik2tuOGg2f5evdCkSIhqzp&#10;PaGGHwywya+vMpNaf6YCT7vYCA6hkBoNbYxDKmWoW3QmzPyAxLe9H52JLMdG2tGcOdz18kGpRDrT&#10;EX9ozYDPLdaH3dFp2H5R8dJ9v1cfxb7oynKt6C05aH17M22fQESc4p8ZLviMDjkzVf5INoietVrO&#10;5+zVkCxXPFwsKlkvQFS8elQLkHkm/7fIfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB/&#10;YxG11wEAAJcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBJiW8G4QAAAA0BAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="35F714E7" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FB7703">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658256" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D789B26" wp14:editId="7CDB7BA3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6852285</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4180205</wp:posOffset>
@@ -7483,51 +7168,51 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="0525544B" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4D789B26" id="Text Box 949646654" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;margin-left:539.55pt;margin-top:329.15pt;width:9.5pt;height:6.05pt;z-index:-251658224;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDfosQf2QEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyNC2MOEXXosOA&#10;bivQ9QMUWbaF2aJGKrGzrx8lx+m63YZdBEqUHt97pDbXY9+Jg0Gy4Eq5XORSGKehsq4p5fO3+3dX&#10;UlBQrlIdOFPKoyF5vX37ZjP4wqygha4yKBjEUTH4UrYh+CLLSLemV7QAbxwna8BeBd5ik1WoBkbv&#10;u2yV5+tsAKw8gjZEfHo3JeU24de10eFrXZMJoislcwtpxbTu4pptN6poUPnW6hMN9Q8semUdFz1D&#10;3amgxB7tX1C91QgEdVho6DOoa6tN0sBqlvkfap5a5U3SwuaQP9tE/w9Wfzk8+UcUYfwAIzcwiSD/&#10;APo7CQe3rXKNuUGEoTWq4sLLaFk2eCpOT6PVVFAE2Q2foeImq32ABDTW2EdXWKdgdG7A8Wy6GYPQ&#10;seQqX19wRnPqcn31/iIVUMX81iOFjwZ6EYNSIrc0YavDA4XIRRXzlVjKwb3tutTWzr064IvxJHGP&#10;dCfiYdyNwlbM4zIWjlp2UB1ZDcI0LTzdHLSAP6UYeFJKST/2Co0U3SfHjsSxmgOcg90cKKf5aSmD&#10;FFN4G6bx23u0TcvIk+cObti12iZJLyxOfLn7SelpUuN4/b5Pt17+0/YXAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAiRnwteEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhdftIk&#10;xKkqBCckRBoOHJ3YTazG6xC7bXh7tqdynNlPszPFenYDO5opWI8SlgsBzGDrtcVOwlf9dpcCC1Gh&#10;VoNHI+HXBFiX11eFyrU/YWWO29gxCsGQKwl9jGPOeWh741RY+NEg3XZ+ciqSnDquJ3WicDfweyES&#10;7pRF+tCr0bz0pt1vD07C5hurV/vz0XxWu8rWdSbwPdlLeXszb56BRTPHCwzn+lQdSurU+APqwAbS&#10;YpUtiZWQPKUPwM6IyFKyGrJW4hF4WfD/K8o/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AN+ixB/ZAQAAlwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAIkZ8LXhAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="4D789B26" id="Text Box 949646654" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;margin-left:539.55pt;margin-top:329.15pt;width:9.5pt;height:6.05pt;z-index:-251658224;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5R5G01wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJ0Kww4hRdiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lx+kub8NeBEqUDs85pHY309CLo0Gy4Eq5XuVSGKehtq4t5dcvD6+u&#10;paCgXK16cKaUJ0PyZv/yxW70hdlAB31tUDCIo2L0pexC8EWWke7MoGgF3jhONoCDCrzFNqtRjYw+&#10;9Nkmz7fZCFh7BG2I+PR+Tsp9wm8ao8OnpiETRF9K5hbSimmt4prtd6poUfnO6jMN9Q8sBmUdF71A&#10;3augxAHtX1CD1QgETVhpGDJoGqtN0sBq1vkfap465U3SwuaQv9hE/w9Wfzw++c8owvQWJm5gEkH+&#10;EfQ3Eg7uOuVac4sIY2dUzYXX0bJs9FScn0arqaAIUo0foOYmq0OABDQ1OERXWKdgdG7A6WK6mYLQ&#10;seQm315xRnPqzfb69VUqoIrlrUcK7wwMIgalRG5pwlbHRwqRiyqWK7GUgwfb96mtvfvtgC/Gk8Q9&#10;0p2Jh6mahK2ZRyoctVRQn1gNwjwtPN0cdIA/pBh5UkpJ3w8KjRT9e8eOxLFaAlyCagmU0/y0lEGK&#10;ObwL8/gdPNq2Y+TZcwe37Fpjk6RnFme+3P2k9Dypcbx+3adbz/9p/xMAAP//AwBQSwMEFAAGAAgA&#10;AAAhAIkZ8LXhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoXX7SJMSp&#10;KgQnJEQaDhyd2E2sxusQu214e7ancpzZT7MzxXp2AzuaKViPEpYLAcxg67XFTsJX/XaXAgtRoVaD&#10;RyPh1wRYl9dXhcq1P2FljtvYMQrBkCsJfYxjznloe+NUWPjRIN12fnIqkpw6rid1onA38HshEu6U&#10;RfrQq9G89Kbdbw9OwuYbq1f789F8VrvK1nUm8D3ZS3l7M2+egUUzxwsM5/pUHUrq1PgD6sAG0mKV&#10;LYmVkDylD8DOiMhSshqyVuIReFnw/yvKPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC5&#10;R5G01wEAAJcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCJGfC14QAAAA0BAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="0525544B" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FB7703">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658258" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="681EE58D" wp14:editId="7338EA69">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6633845</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4256405</wp:posOffset>
@@ -7558,51 +7243,51 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="7C954BB7" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="681EE58D" id="Text Box 19995411" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;margin-left:522.35pt;margin-top:335.15pt;width:4.35pt;height:6.9pt;z-index:-251658222;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzZgRM2AEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07SFLlXUdLXsahHS&#10;wiItfMDEcRKLxGPGbpPy9YydpsvlDfFiTcb28blMdtdj34mjJm/QFnK1WEqhrcLK2KaQX7/cv9pK&#10;4QPYCjq0upAn7eX1/uWL3eByvcYWu0qTYBDr88EVsg3B5VnmVat78At02vJmjdRD4E9qsopgYPS+&#10;y9bL5VU2IFWOUGnvuXs3bcp9wq9rrcJjXXsdRFdI5hbSSmkt45rtd5A3BK416kwD/oFFD8byoxeo&#10;OwggDmT+guqNIvRYh4XCPsO6NkonDaxmtfxDzVMLTictbI53F5v8/4NVn45P7jOJML7DkQNMIrx7&#10;QPXNC4u3LdhG3xDh0Gqo+OFVtCwbnM/PV6PVPvcRpBw+YsUhwyFgAhpr6qMrrFMwOgdwupiuxyAU&#10;Nzeb9ZuNFIp3tm+vXqdIMsjnq458eK+xF7EoJHGiCRqODz5EKpDPR+JLFu9N16VUO/tbgw/GTqIe&#10;2U68w1iOwlSsaxuFRSklVicWQzgNCw83Fy3SDykGHpRC+u8HIC1F98GyIXGq5oLmopwLsIqvFjJI&#10;MZW3YZq+gyPTtIw8WW7xhk2rTZL0zOLMl8NPSs+DGqfr1+906vl32v8EAAD//wMAUEsDBBQABgAI&#10;AAAAIQDgxZTL4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLBkr3ShN&#10;pwnBaRKiKweOaZO10RqnNNlW3n7eCY6//en353w9uZ6dzBisRwnzmQBmsPHaYivhq3p/WAELUaFW&#10;vUcj4dcEWBe3N7nKtD9jaU672DIqwZApCV2MQ8Z5aDrjVJj5wSDt9n50KlIcW65HdaZy1/NHIVLu&#10;lEW60KnBvHamOeyOTsLmG8s3+/NRf5b70lbVs8BtepDy/m7avACLZop/MFz1SR0Kcqr9EXVgPWWR&#10;JEtiJaRLsQB2RcTTIgFW02iVzIEXOf//RXEBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;82YETNgBAACWAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA4MWUy+EAAAANAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="681EE58D" id="Text Box 19995411" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;margin-left:522.35pt;margin-top:335.15pt;width:4.35pt;height:6.9pt;z-index:-251658222;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBD0E+q2AEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07SFllXUdLXsahHS&#10;wiItfIDjOIlF4jEzbpPy9YydpsvlDfFiTcb28blMdtdj34mjQbLgCrlaLKUwTkNlXVPIr1/uX11J&#10;QUG5SnXgTCFPhuT1/uWL3eBzs4YWusqgYBBH+eAL2Ybg8ywj3Zpe0QK8cbxZA/Yq8Cc2WYVqYPS+&#10;y9bL5TYbACuPoA0Rd++mTblP+HVtdHisazJBdIVkbiGtmNYyrtl+p/IGlW+tPtNQ/8CiV9bxoxeo&#10;OxWUOKD9C6q3GoGgDgsNfQZ1bbVJGljNavmHmqdWeZO0sDnkLzbR/4PVn45P/jOKML6DkQNMIsg/&#10;gP5GwsFtq1xjbhBhaI2q+OFVtCwbPOXnq9FqyimClMNHqDhkdQiQgMYa++gK6xSMzgGcLqabMQjN&#10;zc1m/WYjheadq7fb1ymSTOXzVY8U3hvoRSwKiZxoglbHBwqRisrnI/ElB/e261KqnfutwQdjJ1GP&#10;bCfeYSxHYSvWtY3CopQSqhOLQZiGhYebixbwhxQDD0oh6ftBoZGi++DYkDhVc4FzUc6FcpqvFjJI&#10;MZW3YZq+g0fbtIw8We7ghk2rbZL0zOLMl8NPSs+DGqfr1+906vl32v8EAAD//wMAUEsDBBQABgAI&#10;AAAAIQDgxZTL4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLBkr3ShN&#10;pwnBaRKiKweOaZO10RqnNNlW3n7eCY6//en353w9uZ6dzBisRwnzmQBmsPHaYivhq3p/WAELUaFW&#10;vUcj4dcEWBe3N7nKtD9jaU672DIqwZApCV2MQ8Z5aDrjVJj5wSDt9n50KlIcW65HdaZy1/NHIVLu&#10;lEW60KnBvHamOeyOTsLmG8s3+/NRf5b70lbVs8BtepDy/m7avACLZop/MFz1SR0Kcqr9EXVgPWWR&#10;JEtiJaRLsQB2RcTTIgFW02iVzIEXOf//RXEBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;Q9BPqtgBAACWAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA4MWUy+EAAAANAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="7C954BB7" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FB7703">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658259" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26368510" wp14:editId="4249D9FF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6688455</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4256405</wp:posOffset>
@@ -7633,79 +7318,79 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="74DD281E" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="26368510" id="Text Box 157364308" o:spid="_x0000_s1045" type="#_x0000_t202" style="position:absolute;margin-left:526.65pt;margin-top:335.15pt;width:8.05pt;height:6.9pt;z-index:-251658221;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBz1Bdy2AEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8luRSnRZqvSqgip&#10;UKTCBziOk1gkHjPj3WT5esbOZsvlDfFiTXw5cy6T7fU09OJgkCy4Uq5XuRTGaaita0v59cv9qysp&#10;KChXqx6cKeXRkLzevXyxHX1hNtBBXxsUDOKoGH0puxB8kWWkOzMoWoE3jg8bwEEF/sQ2q1GNjD70&#10;2SbPL7MRsPYI2hDx7t18KHcJv2mMDo9NQyaIvpTMLaQV01rFNdttVdGi8p3VJxrqH1gMyjpueoa6&#10;U0GJPdq/oAarEQiasNIwZNA0VpukgdWs8z/UPHXKm6SFzSF/ton+H6z+dHjyn1GE6R1MHGASQf4B&#10;9DcSDm475VpzgwhjZ1TNjdfRsmz0VJyeRqupoAhSjR+h5pDVPkACmhocoiusUzA6B3A8m26mIHRs&#10;mW82F6+l0Hx09ebyImWSqWJ565HCewODiEUpkSNN2OrwQCFyUcVyJbZycG/7PsXau982+GLcSdwj&#10;3Zl4mKpJ2Jp5vI3KopYK6iOrQZinhaebiw7whxQjT0op6fteoZGi/+DYkThWS4FLUS2FcpqfljJI&#10;MZe3YR6/vUfbdow8e+7ghl1rbJL0zOLEl9NPSk+TGsfr1+906/l/2v0EAAD//wMAUEsDBBQABgAI&#10;AAAAIQDAFT6m4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWDI2ylaa&#10;ThOCExKiKweOaeO11RqnNNlW/j3eCW5+9tPz97LN5HpxwjF0njTMZwoEUu1tR42Gz/L1bgUiREPW&#10;9J5Qww8G2OTXV5lJrT9TgaddbASHUEiNhjbGIZUy1C06E2Z+QOLb3o/ORJZjI+1ozhzuenmvVCKd&#10;6Yg/tGbA5xbrw+7oNGy/qHjpvt+rj2JfdGW5VvSWHLS+vZm2TyAiTvHPDBd8RoecmSp/JBtEz1o9&#10;LBbs1ZA8Kh4uFpWslyAqXq2Wc5B5Jv+3yH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;c9QXctgBAACXAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAwBU+puEAAAANAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="26368510" id="Text Box 157364308" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;margin-left:526.65pt;margin-top:335.15pt;width:8.05pt;height:6.9pt;z-index:-251658221;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDDYlyU2AEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8luRVtFm61KqyKk&#10;ApUKHzBxnMQi8Zixd5Pl6xk7my2XN8SLNfHlzLlMtjfT0IuDJm/QlnK9yqXQVmFtbFvKr18e3lxL&#10;4QPYGnq0upRH7eXN7vWr7egKvcEO+1qTYBDri9GVsgvBFVnmVacH8Ct02vJhgzRA4E9qs5pgZPSh&#10;zzZ5fpmNSLUjVNp73r2fD+Uu4TeNVuFz03gdRF9K5hbSSmmt4prttlC0BK4z6kQD/oHFAMZy0zPU&#10;PQQQezJ/QQ1GEXpswkrhkGHTGKWTBlazzv9Q89yB00kLm+Pd2Sb//2DVp8OzeyIRpnc4cYBJhHeP&#10;qL55YfGuA9vqWyIcOw01N15Hy7LR+eL0NFrtCx9BqvEj1hwy7AMmoKmhIbrCOgWjcwDHs+l6CkLF&#10;lvlmc/FWCsVH11eXFymTDIrlrSMf3mscRCxKSRxpwobDow+RCxTLldjK4oPp+xRrb3/b4ItxJ3GP&#10;dGfiYaomYWrmcRWVRS0V1kdWQzhPC083Fx3SDylGnpRS+u97IC1F/8GyI3GsloKWoloKsIqfljJI&#10;MZd3YR6/vSPTdow8e27xll1rTJL0wuLEl9NPSk+TGsfr1+906+V/2v0EAAD//wMAUEsDBBQABgAI&#10;AAAAIQDAFT6m4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWDI2ylaa&#10;ThOCExKiKweOaeO11RqnNNlW/j3eCW5+9tPz97LN5HpxwjF0njTMZwoEUu1tR42Gz/L1bgUiREPW&#10;9J5Qww8G2OTXV5lJrT9TgaddbASHUEiNhjbGIZUy1C06E2Z+QOLb3o/ORJZjI+1ozhzuenmvVCKd&#10;6Yg/tGbA5xbrw+7oNGy/qHjpvt+rj2JfdGW5VvSWHLS+vZm2TyAiTvHPDBd8RoecmSp/JBtEz1o9&#10;LBbs1ZA8Kh4uFpWslyAqXq2Wc5B5Jv+3yH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;w2JclNgBAACXAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAwBU+puEAAAANAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="74DD281E" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B22CA2" w14:textId="5B397DC6" w:rsidR="008E6768" w:rsidRDefault="00C8007B">
+    <w:p w14:paraId="2623AB8B" w14:textId="6943CDA5" w:rsidR="003D406A" w:rsidRPr="003D406A" w:rsidRDefault="00C8007B" w:rsidP="003D406A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658260" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5438D631" wp14:editId="18DCD42A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658260" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5438D631" wp14:editId="7E0B020D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>5211657</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>9051501</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="802005" cy="735330"/>
                 <wp:effectExtent l="5715" t="6985" r="1905" b="635"/>
                 <wp:wrapNone/>
                 <wp:docPr id="114507226" name="Group 114507226"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="802005" cy="735330"/>
                           <a:chOff x="7161" y="14081"/>
@@ -8742,235 +8427,204 @@
                           <a:extLst>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:round/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="964353858" name="docshape81"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10">
+                          <a:blip r:embed="rId13">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="7702" y="14503"/>
                             <a:ext cx="447" cy="332"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="313A8754" id="Group 114507226" o:spid="_x0000_s1026" style="position:absolute;margin-left:410.35pt;margin-top:712.7pt;width:63.15pt;height:57.9pt;z-index:-251658220;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="7161,14081" coordsize="1263,1158" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCUeavu5Q8AAEtQAAAOAAAAZHJzL2Uyb0RvYy54bWykXG2PI7cN/l6g/8Hw&#10;xwLJWvM+i7sLgqQJAvQlaK4/wOv17hrxetyx9/auv74PJWos+pbiIC3QjPeGokQ+JEVRGr377vPz&#10;fvFpO552w+H90n27Wi62h81wvzs8vl/+++NP33TLxem8Ptyv98Nh+375ZXtafvfhz39693q83RbD&#10;07C/344LMDmcbl+P75dP5/Px9ubmtHnaPq9P3w7H7QEvH4bxeX3Gn+Pjzf24fgX35/1NsVo1N6/D&#10;eH8ch832dMK//hheLj94/g8P2835nw8Pp+15sX+/xNjO/r+j/+8d/ffmw7v17eO4Pj7tNjyM9R8Y&#10;xfN6d0CnE6sf1+f14mXcfcXqebcZh9PwcP52MzzfDA8Pu83WywBp3OpKmp/H4eXoZXm8fX08TmqC&#10;aq/09IfZbv7x6efx+Nvx1zGMHj//Nmx+P0EvN6/Hx9v0Pf39GIgXd69/H+6B5/rlPHjBPz+Mz8QC&#10;Ii0+e/1+mfS7/XxebPCP3QqQ1cvFBq/asi5L1v/mCSBRq9Y1brnAW1etOhfA2Tz9lZu7oilDY+fq&#10;jt7erG9Dv36sPDbCHsZ0uujr9P/p67en9XHrYTiRPn4dF7t7GmLXlUVdFM1ycVg/Qxf3w+ZEpJ0X&#10;iwYB6qjaU6rX5A2RnaB+U6PQDQxY6iYqNqOZ9e3m5XT+eTt4dNaf/nY6B5u/xy+P+T0P/yPYPzzv&#10;Yf5/uVlUdbF4XXi+TB6pANBE5arGlYunRcQD9j9xKxK6stC4AdCEW9uuFG5VQlfWThkbbCvh1rha&#10;4QbIJrrKdQq3NqGCpKtC4YYQd+FWrxRufULlqrrRxuZSGMqiUdg5iUPdOmV0LgWiaDTVuSskVp3G&#10;T0DR1dr4JBZdqSHrUjDqlSqvRCOjvxQOV1Sa5bkrQAoNkCIFxBUrTeJCItLCrhTPSBFxq04bYSEh&#10;6aFrhWEKSVe2CiSFgKR2leq6KSS9ajKFgKRe6fwEJE7FuJCQtH2lCIyJ4+JyTmdYSkiqXtNgKSFp&#10;NRWWEhLdqssUkt71CiSlhGTVqhKnkDSd5iWlhMSpUaZMIalazaZLgUjtei0GVikiRamZdCUAqXV5&#10;qxSQtlTUV82Fo0rh0NkJNDAFtor9VSkaGWkFGlXRaQ5XCTTUKaQSaFROnS1rgUatqa8WaFRlqc0h&#10;dYoGcjMFjlrCUfdaBKxTOFyreUct8ejUeFCneJR1pY1P4FG7QpVX4AEnejsVqgUetXOavVDmNqUI&#10;RaV5LyW/E5mrekz+bwf8RuDRaN5G6XLCr6k0eZsUj8z4JB5lrY4vxQM5oqK/RuBRuUazlybFoy20&#10;6NwIPOAf2vjaFI8eqdPb+LYSj7LUpo9W4LGCnSoMrwBZaYC0KSBuVWke0l4h0mhZVpsi0lWaBtsr&#10;RGoNkTZFpF+p/K4QaTREsGZKTBXrDkWDWBUmdJVugp2ApHBazOquIFF9pJOQ9JrInYSkQC7xthN3&#10;EhJtFdJdQYK5VeGXQtJiXfa2DXZXkKg22KeQVCq/XiLidH4CETWo9hIQikZvy9ungBQavr2EQ08B&#10;+xQOnZ1EQ09R+xQNysPeRqMXaGRyaLeaBwf0n3pI7TrNhd0qBaRRl+huJRCpi1JLYxCokr57dWHt&#10;qAh0mZiQVmppL1L7lHKlep1bCWCQWeqDFMhkFogrgU3VFeooxZp9tWhW+N+iqeuy4QLjVBVxYt1u&#10;kKb4GKQpRAZpipFBmsJkkKY4GaQpUgZpCpVBmoKVJxULeoM0dSaDdD5aYmFvcJ2PlljeG1znoyUW&#10;+QbX+WiJlX6eq1jrG6Tz0RILfoPrfN8Sq36D63zfQhS5REuD63zfEhUAg+t83xJ1gDxXUQswSOf7&#10;ligJGFzn+1Y1Hy1RGzAGMB8tUSEwuM5HS9QJ8lxFrcAgnY+WqBgYXOejJeoGBtf5vlXPRwu7U3M9&#10;VtQQ8mMVVQSDdH4kFLUEg+v8SCgqCl9xxb7dY9x/Wj/FLanN5wPvSeHXYk07yB9R3PXbi8fhRBuE&#10;tEeFLbCPfm8QXEBIe1gpvRP0MEWiL3m38A36QtDDyIi+1ulLQQ/zIfpWp68EPQyD6Hudvhb0lFlS&#10;A6SNYb/zDQka2YJFxoaO2qKVLVhol5G6ky1YbJeRu5ctWHDsumijQlpGWEakKUsjybGtora4wpol&#10;R3qltpBoFyw5Uie1hcSbdnv9qHTJwVTIwZIj5VH7kJhTxkN9YPdCbSExp2zGt8hILjGnTMW3yEgu&#10;MacsxLfISC4xpwzDt9Alh6iprih7oBZIDTTJoRTRgiXHtK+2kJjTVoDvQ5ccuzyiD5a80iWHOkUL&#10;lhwFe3VUEnOaiWlUmGbVFhJzqsn7FhnJJeZUdfctMpJLzKmu7ltkJJeY08znW+iSA+RUV3yq4SOK&#10;35rkMAfRgiVHeVttITGn2YhG1eiSw4BEHyw5StRqHxJzqlH7PjKSS8ypCk0tUGZW+5CYU53Zt8hI&#10;LjGnQrJvkZFcYk6VYt8iI7nEnGrBvoUuOcw71S5Ve6lFOOPz5jwORxAtWHKUazVdwSFEC5Yc9Vi1&#10;hcScCrJ+VLrkcCHRB0uOmqrah8SciqrUB6qmaguJec+Soy6qtpCYU2HU95GRXGJOtU/fIiO5xJzK&#10;m76FLjkcO9WVL2BSE6pQapIgCMg2LDzVINU2EndfhAz96PIjdMh+WAFURlT7kdjj4EZQgUOdMGkT&#10;rJkT2REHEK+PHo7LBY4e3lEbZDvrM+W/8efiFQfL/DG3J/ygU2705nn4tP04eJozZcE4JeO7LjHD&#10;hp4vFPtDSok97CvK+D4+j55jpKuwyxE4xvfxKelqZBxz6FrUmHN0ZYvFKsAy6eg8AOga1Muz/Aqm&#10;mzwyjj8+gxwlcl3Pb5oR4vv4jHTBl5op043v45PpqPiG8dWYabLjo2U00SFhyNKxXnC8ME/HfogS&#10;epauYosx6Vww6nrKuqOc8cl2wPljPWXO8X18Mh3b31x7se0vxE+Tjo6zQc/VNH/HccUn49YFeSus&#10;grN40Fa655fXM87rBTrE+Ry/gvu18C04q6hRJsjyo1U82RW2u/J0wf4alHWzdLT1DX4NcpQsHW2v&#10;ga6dYmDUb3yynungFNFNESu+j8+IB/ObMuf4Pj4DXYyALRKL3PgmOiMORTrLPyKdZX+R7hKh4/g3&#10;++G0xZC/juqI+xHEGBy0sO4KKkYR3kZcovOPnrDCsienKJyFCZ5Q4kiBQRhcsJwS9ihafAaIwDEQ&#10;1kgE8hxpO5CMDafXsoTYywxWNFVDYpfxyV071mQ7JZiRID4jIftrhwJvtmuc0vRd99jizBPy6r3H&#10;2ilHiFMnniHSorx6cLiCCcNuIvKLKER8BmFw8JMJjWDW0R4k9I3N1Zg/RE7xyRyx4g2EhptdxmjE&#10;ARwm9Rx7Y4jQSkgMemRZOTXS2RjPsUOFPE/ICLbTEiIKG5/RJniuxBGKPEdYuO+6wYo22zU82xNa&#10;2YGLHCsc+shz5DFWzjDHmHWXxsSAOit7a290jdNNQWorUKzoMBHFfCOW4zRA0GOHEJSVesVZGz68&#10;yBJG3+qnOlKEOD4D1DiX60fYT2ur+D4+2Q/YarEKySuno8MX3rOMebPligTWG/mJHUd9maORmTfs&#10;MCbHms4cB+/P5zw4FcyEOAWcw2UipMMNWUKut2LFlOdY0g5O0GMe6YLX0yYyOKTrOVpQOy5NWKbj&#10;uBxqmWJ0K8u2W86PDF/hab8xfC+uMgxfjkkESu052HhsFXY2c2RR1BIVpCwdq67ElylZOoaiQNEl&#10;RxehLYwcb7KV6dux6OXxGbx9Mj5j7VWxNRuRteLSrrEipUjOJp+VFqebA50x35Uczx1qO1nt0RYs&#10;XK0wpviCviMCXYmsLscPp7kDnWGijl3cTEx5T8DMdDms1ZiesuNjftbKJo6vnXYWopXEJ6cLLG9n&#10;ZAtRfx2qpbnxFYxHb62UGN8e9cEcv8leVkaWcjFA+F2O4/xwP3sCQRUm2L6R4lbT/GokzSUve6ws&#10;vKDTq7BqK63HKVRPZ60TCk6tzYUHnSZGv60xY+JIvKczl0Zx6WittZhfZWRQjsdXGfl8lLc0UoSo&#10;v8KIChGPAl8F5mww4ouDtVm6yWCMKQ7fKAR88/ldxeU2I2mr2fAxceaEaNjVDW743sGPzZhnWi7i&#10;O2Pa6mIya0yDMTm2ptWYbFvTNMr+wcvNeT+uB8xEIq4w7MyE1yy1YQbzV0FTsmOgQp93evRKqwAT&#10;F7KFYQ7oOcywhVHzjWtty0emxbux/MJXI14SLOtyVt3RN4MU2vLG39J3DSCbNtXjtBqfvPTiooZl&#10;rFwkmTb7Ipf4DNyireIr3qwMWE6E1bCluwleK2BhaR9mECsCuli7skKqi9UwK0bTJ8tB1VbQn1+x&#10;49KeWQN09DUMUDazRsfHMqw0FEvHYDdWXovCUEhscU9DFuseWqEhXrb+os3EJ9sOF0iNGYzqUMQO&#10;S7Ccl7S8zW4kPC3PJBZZ3ObL575U0aKxGdbfsAfnp9aat0TynkSVLK+OrDbwddGcgVEMJWZGKKUI&#10;SmRGoKL4SWRwpOzgKAZ4OiPXwOefns6Ky1wWs+I8y2rNG8DSq8QoBMYIkI/dsWCfN6PAy6p68sCs&#10;KiqLaVVlWWlmlZcxMMvGjKlVh55shCbdnD9Hm0MxM+8Q0YYxc+QnyOgTyEnyoEUXwxSTXwrWsUTo&#10;phOSMcTFZwh1NdfUnTPqnfhojF0IASinHtq3D76GmlOOMAY8nH3Ic4xx1hwjPkPjro0Ves+xFsjk&#10;7f8yYxgr5cscZC2+p2nNWs67OFFa9QFEteCnVsFh2vmzKhjTXqJZEom7k2aN5esdz2iIcZsUu110&#10;RMZf9TSdlaEjNsmlRqdhv7v/abff067qaXy8+2E/Lj6t6cYvrJtRZwoGJ8j2/tz4YaBm0R79lVfh&#10;NqZwh9TdcP8FNzONQ7g2DNec4cfTMP53uXjFlWHvl6f/vKzH7XKx/+WAO6Z6YIMIevZ/VHVLEXBM&#10;39ylb9aHDVi9X56XOOpOP384h3vJXo7j7vEJPYWzUIfhe9yx9bCja5twzdXpNoyK/8A1Vx/eHXeb&#10;W/yf7wfDr6/uu7LvUUOr8wvJEu5ie57F43k9/v5y/AZXmQGb3d1uvzt/8dey4dgSDerw6dfdhq4W&#10;oz8uV2f1DT7cLjvk9Nc3Z/mkKRKHpjCA3cbfSbY4DD884bOA7fenI85VkYIu/zSOw+vTdn0PHELm&#10;Jbnc0J9iOHf73TEaDf1mwYHB1d1qb+gu3Nv247B5ed4ezuEiunG7hw6Gw+lpdzwB+Nvt8932/v1y&#10;/OXeD4hMc/MvjBs44vd53J43sOv17QNMkP8dhj298CO+DJLGP++eMDpL5WMtKs9+ilnfxnvCKlrC&#10;0e1r5XR+K97bdhzDLWEL+oFRY6D+7Fm8MYwckUlo0BfPiQODQdJP/N+bpr+xDr/ElXjp357qcgfg&#10;h/8BAAD//wMAUEsDBAoAAAAAAAAAIQCmITh/bggAAG4IAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5w&#10;bmeJUE5HDQoaCgAAAA1JSERSAAAAPAAAACwIBgAAADkq2+kAAAAGYktHRAD/AP8A/6C9p5MAAAAJ&#10;cEhZcwAADsQAAA7EAZUrDhsAAAgOSURBVGiBzVpnVFTXGj13ZhiGDoIIAlKkgw8QQSnRJxqKAgqK&#10;kkAwSzGAAYxLShR4iigtxo6FpyJGKSYKRJoG0IRBkV4EYTJ0EEIf2lBm5r4fhiwf654pDAj7H3fv&#10;851vz/3uqSAoigJeUFZPNXnfN6jguMU0naeGywQ4XsTFtRQzO7+IvKHRcanFSmixwbXhwsr6zTuP&#10;nn0+Mk4XX8yEFhtcGS4ord3m8F1k7tjEpOhiJ7TY4Gj42esqW6eA6Ez61LTQp0hoscHWcFZhmcPe&#10;oNiMyakZ0qdKaLFBgBFpL4r3uIdeTmEwmVDNYmKQNrbiXWunLm10XHJ8ckpknD4pIisl0auvrlyj&#10;tEq6A0EQ3qaXv4FgTUuPfity/fr01QdMJguP1chEV71ETXFVE1cdIAiaGO7vxknHYDAJ+aW12x/m&#10;/O5RVNXwWWfvgCJMKyEqTDPRVS8J8NgdvXWDfgE3efyTz1zDD7J/9zh89noCi4XyNGXBgMMhLPqr&#10;VMwfDoAPRm/8kut7/qeM4J6BYTle42/doF8Q7u0aslFfs5gb/f8ZvpuR73kkOj4eRVGE145hYGe4&#10;mtJq6HXuxp3Kxpb1/PYT6LE7OsLni5OcSv2f7/Pm42dHjv5wJ47fjrnFz3mv9ntGxN1bqAHxh/vp&#10;3yMIgp7xdg1hZ5oAAABXkjOPBV6+f2EhOuYGj/Nfu7iHXkpZ6LixiWknCHgc49Q3+/8D0+DO/5Qe&#10;/CnNAgBAfUun3mLFjrz7OKyhpVMHxhNup+V5qa6WbZlL9AwMy8EWGzKSYv1iwkKj3CSAwyEs7tP9&#10;AARBUFM99Tem+prF0hKiA+IiwjRK23vtouoGy7dN7es4jTEXk54G3ArxOYTFERqeXFPDIpwCYp5m&#10;k8vtsbhIX/egA/ZbE3g1wgmKstKdIYf2hjtuMUmXkRTvx9IM0sZWuIdeTM0vrd0Oi5OUW+ge7v1F&#10;iJy0ZM9cbkGmHn4hJEikh3m6nK59dEnr4K5tt2FmAQBghYTo4JPzwQ625kbZMM30DIP4ppZihsUt&#10;ueF16so1VSkXdEM9XcKFSYIT3LQhCRInrwYd9mH3uVA7ujWwni+pYcctJukv4yMsVORlW3ltu0ZO&#10;pt3OfH0WjKd29Cwvw0EHnKJSo47vERUmjc03xkZ9DejqqqsPe2m6JBuDIy62V6UlxAb4jbMKY1Ca&#10;BYOBvelZkje8EGYB+DB9wTgmC3vjs+SD1nyBoigyPAI/W5thMAWwni9JSc8X0zMMYmFl/ebsogr7&#10;bHK5Q3PXX5hrCAA+/CBYz5e94cmpaVLuq8od6S9LnLPIZQ78HiIuW8P1zR168U+e+6Q8J385xKZ0&#10;ecWyMoyiKJJNLre/mpr93Yuyt1bstAiCoDKSYv19QyMrMWMBgFnSy2bQel5cZbPxQHCFc2Dsr+zM&#10;rlWUo57xdg2hZlxfc3DXtv/CdAgAmCP4kr/hyalpUsj1pOhrqdlHYRqiAGHa2WrTL4d2bY//zEjn&#10;D24O8GCaJTU8QBuVtvU9k1/zZ5sBFi8qTBr7dp/dFX/XnRfZbSiwsOwMs1gs3KEzcYkws/821ntx&#10;L9zfTV5Gqns+8RFkmZX0paTM4zlFFTuxuP3WFskJp/y+wuNxzPnGh73heQ1a7FY43IDa0aMediM5&#10;EovTUlFouHHC6zA/ZgEAAI/Dbj8vw+UNTRv4SeZVTYMl7EbjG6fPb4oIkcb5iQ8AADgEe68MNUwk&#10;EKZhXGkddSM/yVQ2wM+hrTcZ5vITexY8l/RaRTkqjGvu+kutf3hEhpcEPl7bVjY2G8N0C3WXBTsN&#10;gRrWVlV4xy6g17mbdyYmp4Q5ddzVO6gQlfA41Ckg5unss7qmdn2Yvq27T4VTTG6AIDgeDauwN5xZ&#10;WOZo5xeRN0AblZ7LMRhMQja53H5PYGyG+m6f9tO3UiM+NsKuemIS005yc9Uzw2AIFJTATy6xBj0W&#10;i4WDlo+x9toyvbVKb+uaOqBvo7iWYmbsFlCrriT3p5AgkU4SJNKJBML065pGi66+QQVYO3MDbTLs&#10;Pul1TaP5qVspZ8M8XU4LEAgzWBoURZET1x7GltZTTWF9zB2lMwvLHKMTnoRADePxOGaU71eBjsci&#10;c2AaAADo7h+S7+4fkmenmQtLQ53CuEc5/jA+5l7ayZyiip3ee23iNJRWU1QVZJtZLBQ3Mj4hQe3o&#10;1kh+RnbLeFnixK4PElFgcpw+KdLQ2qUTk5h2MuNliZOoMGkM8354FiiKInZ+EXmcdi7cQFdNqa4y&#10;6Ud9AACgjU1IbHAPqGnv6V/Db1wYBAj4mbmnHoJEgSm28zCCIOiVQM8j7L65+UBCVJj28NyxfQIE&#10;PGbJcgM8Hsc00lKtgPFYRzwMJpPAceGhqby6sTgx2njf5xZ83fZJiYkMffy3qZ7Gmxh/j+PziWVp&#10;qFNYfC/a+HbYt19z2waHQ1gHHbfdZlvSHwNFUeTur/meQZfvX+Dl35fWqSvX+LjYXPvSZvMDIRKR&#10;Ppd/UfbWKvjK/R+rKa2G7OIgCILaWazP8nK2vm5jZpg7u7DY4RfxG7t7JgAAsDU3yo7ydQ/SVVOq&#10;49rwLBgMJoHS/l6ritJiVE1pM6ymtBjVNXXoC5GI9JVS4r0rpSR65aWlus0NtMhWJv/KU5Bd0cUp&#10;JpPJwic/K3TLe1Nj3dbdq9Le0688QBuV1lZReGegqVJloKlaucNyfSbWDcXw6LhkFrncoaC0dns1&#10;pdWwq3dAUUpcZEhZXrbVepNBrrOV2c/K8ivbZvX/A0KmTrXg3lBbAAAAAElFTkSuQmCCUEsDBBQA&#10;BgAIAAAAIQATLSqW4wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swsI&#10;tiJL0zTqqWlia9L0NoUpkLK7hN0C/feOJz3Oe1/evJctJ92KgXrXWKMgnAUgyBS2bEyl4Hv/8bQA&#10;4TyaEltrSMGNHCzz+7sM09KO5ouGna8EhxiXooLa+y6V0hU1aXQz25Fh72x7jZ7PvpJljyOH61ZG&#10;QfAiNTaGP9TY0bqm4rK7agWfI46r5/B92FzO69txn2wPm5CUenyYVm8gPE3+D4bf+lwdcu50sldT&#10;OtEqWETBnFE24iiJQTDyGs953omlJA4jkHkm/6/IfwAAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68&#10;AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3&#10;oeBtSA4wSGNZxBoJSS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tg&#10;UrBRhnHYffRnWrHUUV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJ&#10;KEiT6UBctljN/7PDPDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCUeavu5Q8AAEtQAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItAAoAAAAAAAAAIQCmITh/bggAAG4IAAAUAAAAAAAAAAAAAAAAAEsSAABkcnMv&#10;bWVkaWEvaW1hZ2UxLnBuZ1BLAQItABQABgAIAAAAIQATLSqW4wAAAA0BAAAPAAAAAAAAAAAAAAAA&#10;AOsaAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAA&#10;AAAAAAD7GwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAADuHAAAAAA=&#10;">
+              <v:group w14:anchorId="3B03656A" id="Group 114507226" o:spid="_x0000_s1026" style="position:absolute;margin-left:410.35pt;margin-top:712.7pt;width:63.15pt;height:57.9pt;z-index:-251658220;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="7161,14081" coordsize="1263,1158" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCUeavu5Q8AAEtQAAAOAAAAZHJzL2Uyb0RvYy54bWykXG2PI7cN/l6g/8Hw&#10;xwLJWvM+i7sLgqQJAvQlaK4/wOv17hrxetyx9/auv74PJWos+pbiIC3QjPeGokQ+JEVRGr377vPz&#10;fvFpO552w+H90n27Wi62h81wvzs8vl/+++NP33TLxem8Ptyv98Nh+375ZXtafvfhz39693q83RbD&#10;07C/344LMDmcbl+P75dP5/Px9ubmtHnaPq9P3w7H7QEvH4bxeX3Gn+Pjzf24fgX35/1NsVo1N6/D&#10;eH8ch832dMK//hheLj94/g8P2835nw8Pp+15sX+/xNjO/r+j/+8d/ffmw7v17eO4Pj7tNjyM9R8Y&#10;xfN6d0CnE6sf1+f14mXcfcXqebcZh9PwcP52MzzfDA8Pu83WywBp3OpKmp/H4eXoZXm8fX08TmqC&#10;aq/09IfZbv7x6efx+Nvx1zGMHj//Nmx+P0EvN6/Hx9v0Pf39GIgXd69/H+6B5/rlPHjBPz+Mz8QC&#10;Ii0+e/1+mfS7/XxebPCP3QqQ1cvFBq/asi5L1v/mCSBRq9Y1brnAW1etOhfA2Tz9lZu7oilDY+fq&#10;jt7erG9Dv36sPDbCHsZ0uujr9P/p67en9XHrYTiRPn4dF7t7GmLXlUVdFM1ycVg/Qxf3w+ZEpJ0X&#10;iwYB6qjaU6rX5A2RnaB+U6PQDQxY6iYqNqOZ9e3m5XT+eTt4dNaf/nY6B5u/xy+P+T0P/yPYPzzv&#10;Yf5/uVlUdbF4XXi+TB6pANBE5arGlYunRcQD9j9xKxK6stC4AdCEW9uuFG5VQlfWThkbbCvh1rha&#10;4QbIJrrKdQq3NqGCpKtC4YYQd+FWrxRufULlqrrRxuZSGMqiUdg5iUPdOmV0LgWiaDTVuSskVp3G&#10;T0DR1dr4JBZdqSHrUjDqlSqvRCOjvxQOV1Sa5bkrQAoNkCIFxBUrTeJCItLCrhTPSBFxq04bYSEh&#10;6aFrhWEKSVe2CiSFgKR2leq6KSS9ajKFgKRe6fwEJE7FuJCQtH2lCIyJ4+JyTmdYSkiqXtNgKSFp&#10;NRWWEhLdqssUkt71CiSlhGTVqhKnkDSd5iWlhMSpUaZMIalazaZLgUjtei0GVikiRamZdCUAqXV5&#10;qxSQtlTUV82Fo0rh0NkJNDAFtor9VSkaGWkFGlXRaQ5XCTTUKaQSaFROnS1rgUatqa8WaFRlqc0h&#10;dYoGcjMFjlrCUfdaBKxTOFyreUct8ejUeFCneJR1pY1P4FG7QpVX4AEnejsVqgUetXOavVDmNqUI&#10;RaV5LyW/E5mrekz+bwf8RuDRaN5G6XLCr6k0eZsUj8z4JB5lrY4vxQM5oqK/RuBRuUazlybFoy20&#10;6NwIPOAf2vjaFI8eqdPb+LYSj7LUpo9W4LGCnSoMrwBZaYC0KSBuVWke0l4h0mhZVpsi0lWaBtsr&#10;RGoNkTZFpF+p/K4QaTREsGZKTBXrDkWDWBUmdJVugp2ApHBazOquIFF9pJOQ9JrInYSkQC7xthN3&#10;EhJtFdJdQYK5VeGXQtJiXfa2DXZXkKg22KeQVCq/XiLidH4CETWo9hIQikZvy9ungBQavr2EQ08B&#10;+xQOnZ1EQ09R+xQNysPeRqMXaGRyaLeaBwf0n3pI7TrNhd0qBaRRl+huJRCpi1JLYxCokr57dWHt&#10;qAh0mZiQVmppL1L7lHKlep1bCWCQWeqDFMhkFogrgU3VFeooxZp9tWhW+N+iqeuy4QLjVBVxYt1u&#10;kKb4GKQpRAZpipFBmsJkkKY4GaQpUgZpCpVBmoKVJxULeoM0dSaDdD5aYmFvcJ2PlljeG1znoyUW&#10;+QbX+WiJlX6eq1jrG6Tz0RILfoPrfN8Sq36D63zfQhS5REuD63zfEhUAg+t83xJ1gDxXUQswSOf7&#10;ligJGFzn+1Y1Hy1RGzAGMB8tUSEwuM5HS9QJ8lxFrcAgnY+WqBgYXOejJeoGBtf5vlXPRwu7U3M9&#10;VtQQ8mMVVQSDdH4kFLUEg+v8SCgqCl9xxb7dY9x/Wj/FLanN5wPvSeHXYk07yB9R3PXbi8fhRBuE&#10;tEeFLbCPfm8QXEBIe1gpvRP0MEWiL3m38A36QtDDyIi+1ulLQQ/zIfpWp68EPQyD6Hudvhb0lFlS&#10;A6SNYb/zDQka2YJFxoaO2qKVLVhol5G6ky1YbJeRu5ctWHDsumijQlpGWEakKUsjybGtora4wpol&#10;R3qltpBoFyw5Uie1hcSbdnv9qHTJwVTIwZIj5VH7kJhTxkN9YPdCbSExp2zGt8hILjGnTMW3yEgu&#10;MacsxLfISC4xpwzDt9Alh6iprih7oBZIDTTJoRTRgiXHtK+2kJjTVoDvQ5ccuzyiD5a80iWHOkUL&#10;lhwFe3VUEnOaiWlUmGbVFhJzqsn7FhnJJeZUdfctMpJLzKmu7ltkJJeY08znW+iSA+RUV3yq4SOK&#10;35rkMAfRgiVHeVttITGn2YhG1eiSw4BEHyw5StRqHxJzqlH7PjKSS8ypCk0tUGZW+5CYU53Zt8hI&#10;LjGnQrJvkZFcYk6VYt8iI7nEnGrBvoUuOcw71S5Ve6lFOOPz5jwORxAtWHKUazVdwSFEC5Yc9Vi1&#10;hcScCrJ+VLrkcCHRB0uOmqrah8SciqrUB6qmaguJec+Soy6qtpCYU2HU95GRXGJOtU/fIiO5xJzK&#10;m76FLjkcO9WVL2BSE6pQapIgCMg2LDzVINU2EndfhAz96PIjdMh+WAFURlT7kdjj4EZQgUOdMGkT&#10;rJkT2REHEK+PHo7LBY4e3lEbZDvrM+W/8efiFQfL/DG3J/ygU2705nn4tP04eJozZcE4JeO7LjHD&#10;hp4vFPtDSok97CvK+D4+j55jpKuwyxE4xvfxKelqZBxz6FrUmHN0ZYvFKsAy6eg8AOga1Muz/Aqm&#10;mzwyjj8+gxwlcl3Pb5oR4vv4jHTBl5op043v45PpqPiG8dWYabLjo2U00SFhyNKxXnC8ME/HfogS&#10;epauYosx6Vww6nrKuqOc8cl2wPljPWXO8X18Mh3b31x7se0vxE+Tjo6zQc/VNH/HccUn49YFeSus&#10;grN40Fa655fXM87rBTrE+Ry/gvu18C04q6hRJsjyo1U82RW2u/J0wf4alHWzdLT1DX4NcpQsHW2v&#10;ga6dYmDUb3yynungFNFNESu+j8+IB/ObMuf4Pj4DXYyALRKL3PgmOiMORTrLPyKdZX+R7hKh4/g3&#10;++G0xZC/juqI+xHEGBy0sO4KKkYR3kZcovOPnrDCsienKJyFCZ5Q4kiBQRhcsJwS9ihafAaIwDEQ&#10;1kgE8hxpO5CMDafXsoTYywxWNFVDYpfxyV071mQ7JZiRID4jIftrhwJvtmuc0vRd99jizBPy6r3H&#10;2ilHiFMnniHSorx6cLiCCcNuIvKLKER8BmFw8JMJjWDW0R4k9I3N1Zg/RE7xyRyx4g2EhptdxmjE&#10;ARwm9Rx7Y4jQSkgMemRZOTXS2RjPsUOFPE/ICLbTEiIKG5/RJniuxBGKPEdYuO+6wYo22zU82xNa&#10;2YGLHCsc+shz5DFWzjDHmHWXxsSAOit7a290jdNNQWorUKzoMBHFfCOW4zRA0GOHEJSVesVZGz68&#10;yBJG3+qnOlKEOD4D1DiX60fYT2ur+D4+2Q/YarEKySuno8MX3rOMebPligTWG/mJHUd9maORmTfs&#10;MCbHms4cB+/P5zw4FcyEOAWcw2UipMMNWUKut2LFlOdY0g5O0GMe6YLX0yYyOKTrOVpQOy5NWKbj&#10;uBxqmWJ0K8u2W86PDF/hab8xfC+uMgxfjkkESu052HhsFXY2c2RR1BIVpCwdq67ElylZOoaiQNEl&#10;RxehLYwcb7KV6dux6OXxGbx9Mj5j7VWxNRuRteLSrrEipUjOJp+VFqebA50x35Uczx1qO1nt0RYs&#10;XK0wpviCviMCXYmsLscPp7kDnWGijl3cTEx5T8DMdDms1ZiesuNjftbKJo6vnXYWopXEJ6cLLG9n&#10;ZAtRfx2qpbnxFYxHb62UGN8e9cEcv8leVkaWcjFA+F2O4/xwP3sCQRUm2L6R4lbT/GokzSUve6ws&#10;vKDTq7BqK63HKVRPZ60TCk6tzYUHnSZGv60xY+JIvKczl0Zx6WittZhfZWRQjsdXGfl8lLc0UoSo&#10;v8KIChGPAl8F5mww4ouDtVm6yWCMKQ7fKAR88/ldxeU2I2mr2fAxceaEaNjVDW743sGPzZhnWi7i&#10;O2Pa6mIya0yDMTm2ptWYbFvTNMr+wcvNeT+uB8xEIq4w7MyE1yy1YQbzV0FTsmOgQp93evRKqwAT&#10;F7KFYQ7oOcywhVHzjWtty0emxbux/MJXI14SLOtyVt3RN4MU2vLG39J3DSCbNtXjtBqfvPTiooZl&#10;rFwkmTb7Ipf4DNyireIr3qwMWE6E1bCluwleK2BhaR9mECsCuli7skKqi9UwK0bTJ8tB1VbQn1+x&#10;49KeWQN09DUMUDazRsfHMqw0FEvHYDdWXovCUEhscU9DFuseWqEhXrb+os3EJ9sOF0iNGYzqUMQO&#10;S7Ccl7S8zW4kPC3PJBZZ3ObL575U0aKxGdbfsAfnp9aat0TynkSVLK+OrDbwddGcgVEMJWZGKKUI&#10;SmRGoKL4SWRwpOzgKAZ4OiPXwOefns6Ky1wWs+I8y2rNG8DSq8QoBMYIkI/dsWCfN6PAy6p68sCs&#10;KiqLaVVlWWlmlZcxMMvGjKlVh55shCbdnD9Hm0MxM+8Q0YYxc+QnyOgTyEnyoEUXwxSTXwrWsUTo&#10;phOSMcTFZwh1NdfUnTPqnfhojF0IASinHtq3D76GmlOOMAY8nH3Ic4xx1hwjPkPjro0Ves+xFsjk&#10;7f8yYxgr5cscZC2+p2nNWs67OFFa9QFEteCnVsFh2vmzKhjTXqJZEom7k2aN5esdz2iIcZsUu110&#10;RMZf9TSdlaEjNsmlRqdhv7v/abff067qaXy8+2E/Lj6t6cYvrJtRZwoGJ8j2/tz4YaBm0R79lVfh&#10;NqZwh9TdcP8FNzONQ7g2DNec4cfTMP53uXjFlWHvl6f/vKzH7XKx/+WAO6Z6YIMIevZ/VHVLEXBM&#10;39ylb9aHDVi9X56XOOpOP384h3vJXo7j7vEJPYWzUIfhe9yx9bCja5twzdXpNoyK/8A1Vx/eHXeb&#10;W/yf7wfDr6/uu7LvUUOr8wvJEu5ie57F43k9/v5y/AZXmQGb3d1uvzt/8dey4dgSDerw6dfdhq4W&#10;oz8uV2f1DT7cLjvk9Nc3Z/mkKRKHpjCA3cbfSbY4DD884bOA7fenI85VkYIu/zSOw+vTdn0PHELm&#10;Jbnc0J9iOHf73TEaDf1mwYHB1d1qb+gu3Nv247B5ed4ezuEiunG7hw6Gw+lpdzwB+Nvt8932/v1y&#10;/OXeD4hMc/MvjBs44vd53J43sOv17QNMkP8dhj298CO+DJLGP++eMDpL5WMtKs9+ilnfxnvCKlrC&#10;0e1r5XR+K97bdhzDLWEL+oFRY6D+7Fm8MYwckUlo0BfPiQODQdJP/N+bpr+xDr/ElXjp357qcgfg&#10;h/8BAAD//wMAUEsDBAoAAAAAAAAAIQCmITh/bggAAG4IAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5w&#10;bmeJUE5HDQoaCgAAAA1JSERSAAAAPAAAACwIBgAAADkq2+kAAAAGYktHRAD/AP8A/6C9p5MAAAAJ&#10;cEhZcwAADsQAAA7EAZUrDhsAAAgOSURBVGiBzVpnVFTXGj13ZhiGDoIIAlKkgw8QQSnRJxqKAgqK&#10;kkAwSzGAAYxLShR4iigtxo6FpyJGKSYKRJoG0IRBkV4EYTJ0EEIf2lBm5r4fhiwf654pDAj7H3fv&#10;851vz/3uqSAoigJeUFZPNXnfN6jguMU0naeGywQ4XsTFtRQzO7+IvKHRcanFSmixwbXhwsr6zTuP&#10;nn0+Mk4XX8yEFhtcGS4ord3m8F1k7tjEpOhiJ7TY4Gj42esqW6eA6Ez61LTQp0hoscHWcFZhmcPe&#10;oNiMyakZ0qdKaLFBgBFpL4r3uIdeTmEwmVDNYmKQNrbiXWunLm10XHJ8ckpknD4pIisl0auvrlyj&#10;tEq6A0EQ3qaXv4FgTUuPfity/fr01QdMJguP1chEV71ETXFVE1cdIAiaGO7vxknHYDAJ+aW12x/m&#10;/O5RVNXwWWfvgCJMKyEqTDPRVS8J8NgdvXWDfgE3efyTz1zDD7J/9zh89noCi4XyNGXBgMMhLPqr&#10;VMwfDoAPRm/8kut7/qeM4J6BYTle42/doF8Q7u0aslFfs5gb/f8ZvpuR73kkOj4eRVGE145hYGe4&#10;mtJq6HXuxp3Kxpb1/PYT6LE7OsLni5OcSv2f7/Pm42dHjv5wJ47fjrnFz3mv9ntGxN1bqAHxh/vp&#10;3yMIgp7xdg1hZ5oAAABXkjOPBV6+f2EhOuYGj/Nfu7iHXkpZ6LixiWknCHgc49Q3+/8D0+DO/5Qe&#10;/CnNAgBAfUun3mLFjrz7OKyhpVMHxhNup+V5qa6WbZlL9AwMy8EWGzKSYv1iwkKj3CSAwyEs7tP9&#10;AARBUFM99Tem+prF0hKiA+IiwjRK23vtouoGy7dN7es4jTEXk54G3ArxOYTFERqeXFPDIpwCYp5m&#10;k8vtsbhIX/egA/ZbE3g1wgmKstKdIYf2hjtuMUmXkRTvx9IM0sZWuIdeTM0vrd0Oi5OUW+ge7v1F&#10;iJy0ZM9cbkGmHn4hJEikh3m6nK59dEnr4K5tt2FmAQBghYTo4JPzwQ625kbZMM30DIP4ppZihsUt&#10;ueF16so1VSkXdEM9XcKFSYIT3LQhCRInrwYd9mH3uVA7ujWwni+pYcctJukv4yMsVORlW3ltu0ZO&#10;pt3OfH0WjKd29Cwvw0EHnKJSo47vERUmjc03xkZ9DejqqqsPe2m6JBuDIy62V6UlxAb4jbMKY1Ca&#10;BYOBvelZkje8EGYB+DB9wTgmC3vjs+SD1nyBoigyPAI/W5thMAWwni9JSc8X0zMMYmFl/ebsogr7&#10;bHK5Q3PXX5hrCAA+/CBYz5e94cmpaVLuq8od6S9LnLPIZQ78HiIuW8P1zR168U+e+6Q8J385xKZ0&#10;ecWyMoyiKJJNLre/mpr93Yuyt1bstAiCoDKSYv19QyMrMWMBgFnSy2bQel5cZbPxQHCFc2Dsr+zM&#10;rlWUo57xdg2hZlxfc3DXtv/CdAgAmCP4kr/hyalpUsj1pOhrqdlHYRqiAGHa2WrTL4d2bY//zEjn&#10;D24O8GCaJTU8QBuVtvU9k1/zZ5sBFi8qTBr7dp/dFX/XnRfZbSiwsOwMs1gs3KEzcYkws/821ntx&#10;L9zfTV5Gqns+8RFkmZX0paTM4zlFFTuxuP3WFskJp/y+wuNxzPnGh73heQ1a7FY43IDa0aMediM5&#10;EovTUlFouHHC6zA/ZgEAAI/Dbj8vw+UNTRv4SeZVTYMl7EbjG6fPb4oIkcb5iQ8AADgEe68MNUwk&#10;EKZhXGkddSM/yVQ2wM+hrTcZ5vITexY8l/RaRTkqjGvu+kutf3hEhpcEPl7bVjY2G8N0C3WXBTsN&#10;gRrWVlV4xy6g17mbdyYmp4Q5ddzVO6gQlfA41Ckg5unss7qmdn2Yvq27T4VTTG6AIDgeDauwN5xZ&#10;WOZo5xeRN0AblZ7LMRhMQja53H5PYGyG+m6f9tO3UiM+NsKuemIS005yc9Uzw2AIFJTATy6xBj0W&#10;i4WDlo+x9toyvbVKb+uaOqBvo7iWYmbsFlCrriT3p5AgkU4SJNKJBML065pGi66+QQVYO3MDbTLs&#10;Pul1TaP5qVspZ8M8XU4LEAgzWBoURZET1x7GltZTTWF9zB2lMwvLHKMTnoRADePxOGaU71eBjsci&#10;c2AaAADo7h+S7+4fkmenmQtLQ53CuEc5/jA+5l7ayZyiip3ee23iNJRWU1QVZJtZLBQ3Mj4hQe3o&#10;1kh+RnbLeFnixK4PElFgcpw+KdLQ2qUTk5h2MuNliZOoMGkM8354FiiKInZ+EXmcdi7cQFdNqa4y&#10;6Ud9AACgjU1IbHAPqGnv6V/Db1wYBAj4mbmnHoJEgSm28zCCIOiVQM8j7L65+UBCVJj28NyxfQIE&#10;PGbJcgM8Hsc00lKtgPFYRzwMJpPAceGhqby6sTgx2njf5xZ83fZJiYkMffy3qZ7Gmxh/j+PziWVp&#10;qFNYfC/a+HbYt19z2waHQ1gHHbfdZlvSHwNFUeTur/meQZfvX+Dl35fWqSvX+LjYXPvSZvMDIRKR&#10;Ppd/UfbWKvjK/R+rKa2G7OIgCILaWazP8nK2vm5jZpg7u7DY4RfxG7t7JgAAsDU3yo7ydQ/SVVOq&#10;49rwLBgMJoHS/l6ritJiVE1pM6ymtBjVNXXoC5GI9JVS4r0rpSR65aWlus0NtMhWJv/KU5Bd0cUp&#10;JpPJwic/K3TLe1Nj3dbdq9Le0688QBuV1lZReGegqVJloKlaucNyfSbWDcXw6LhkFrncoaC0dns1&#10;pdWwq3dAUUpcZEhZXrbVepNBrrOV2c/K8ivbZvX/A0KmTrXg3lBbAAAAAElFTkSuQmCCUEsDBBQA&#10;BgAIAAAAIQATLSqW4wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swsI&#10;tiJL0zTqqWlia9L0NoUpkLK7hN0C/feOJz3Oe1/evJctJ92KgXrXWKMgnAUgyBS2bEyl4Hv/8bQA&#10;4TyaEltrSMGNHCzz+7sM09KO5ouGna8EhxiXooLa+y6V0hU1aXQz25Fh72x7jZ7PvpJljyOH61ZG&#10;QfAiNTaGP9TY0bqm4rK7agWfI46r5/B92FzO69txn2wPm5CUenyYVm8gPE3+D4bf+lwdcu50sldT&#10;OtEqWETBnFE24iiJQTDyGs953omlJA4jkHkm/6/IfwAAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68&#10;AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3&#10;oeBtSA4wSGNZxBoJSS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tg&#10;UrBRhnHYffRnWrHUUV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJ&#10;KEiT6UBctljN/7PDPDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCUeavu5Q8AAEtQAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItAAoAAAAAAAAAIQCmITh/bggAAG4IAAAUAAAAAAAAAAAAAAAAAEsSAABkcnMv&#10;bWVkaWEvaW1hZ2UxLnBuZ1BLAQItABQABgAIAAAAIQATLSqW4wAAAA0BAAAPAAAAAAAAAAAAAAAA&#10;AOsaAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAA&#10;AAAAAAD7GwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAADuHAAAAAA=&#10;">
                 <v:shape id="docshape80" o:spid="_x0000_s1027" style="position:absolute;left:7160;top:14081;width:1263;height:1158;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1263,1158" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB1zYBpxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CDXxz6aKOUpeNURnsSdiH4OPRnG1ZcylJ3NL/3giCj/f7vtUm2UFcyYfesYbFvABB3DjT&#10;c6vhfNo9liBCRDY4OCYNEwXYrO/vVlgZd+MDXY+xFTmEQ4UauhjHSsrQdGQxzN1InLkv5y3GfPpW&#10;Go+3HG4HqYpiKS32nBs6HKnuqLkcv62GtzRN29Ml7WTxvlf+86M+DGOt9cMsbV9BRErxX/zn3ps8&#10;/7ksn9SLUkv4/SkDINc/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHXNgGnHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" path="m506,338r-54,l452,484r,48l452,702r-73,l342,699,322,689r-7,-24l314,617r11,-53l351,534r28,-12l398,519r8,l418,521r16,4l452,532r,-48l450,484,413,467r-25,-5l363,469r-37,21l288,522r-20,37l262,595r-1,32l271,670r24,39l333,738r52,11l506,750r,-48l506,519r,-35l506,338xm1262,594r-5,-77l1242,444r-24,-69l1210,361r,199l1205,637r-17,74l1162,781r-36,64l1082,904r-52,52l971,1000r-64,36l837,1062r-26,6l847,1050r60,-41l961,962r48,-54l1049,848r33,-65l1106,713r15,-73l1126,564r-5,-77l1106,414r-6,-19l1100,597r-6,78l1077,749r-26,69l1015,883r-44,58l919,993r-58,44l801,1070r-37,9l686,1084r-77,-5l535,1062r-60,-23l475,1111r-51,-12l355,1073r-65,-36l232,993,180,941,136,883,100,818,73,749,57,675,51,597r6,-77l73,446r27,-70l136,312r44,-58l232,202r58,-44l355,122,424,95r26,-6l414,107r-60,41l300,196r-47,54l212,310r-33,65l155,444r-15,73l135,594r5,76l155,743r24,70l212,878r41,60l300,992r54,48l414,1080r61,31l475,1039r-10,-3l401,1000,342,956,291,904,246,845,211,781,184,711,168,637r-6,-77l168,483r16,-74l211,339r35,-64l291,216r51,-51l401,120,461,87r37,-8l575,73r78,6l727,95r69,27l861,158r58,44l971,254r44,58l1051,376r26,70l1094,520r6,77l1100,395r-18,-51l1049,279r-40,-60l961,165,907,118,847,77r-8,-4l787,47r50,11l907,85r64,35l1030,165r52,51l1126,275r36,64l1188,409r17,74l1210,560r,-199l1185,310r-41,-60l1097,196r-54,-48l983,107,918,75,848,51,776,36r-1,l752,34,713,20,639,5,563,,487,5,413,20,344,44,279,77r-60,41l165,165r-48,54l77,279,44,344,20,414,5,487,,564r5,76l20,713r24,70l77,848r40,60l165,962r54,47l279,1050r65,33l413,1107r74,15l509,1123r40,14l622,1152r77,5l775,1152r73,-15l918,1113r57,-29l983,1080r60,-40l1097,992r47,-54l1185,878r33,-65l1242,743r15,-73l1262,594xe" fillcolor="#063755" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="452,14613;322,14770;351,14615;418,14602;450,14565;326,14571;261,14708;385,14830;506,14565;1242,14525;1205,14718;1082,14985;837,15143;961,15043;1106,14794;1106,14495;1077,14830;919,15074;686,15165;475,15192;232,15074;73,14830;73,14527;232,14283;450,14170;253,14331;140,14598;179,14894;354,15121;465,15117;246,14926;162,14641;246,14356;461,14168;727,14176;971,14335;1094,14601;1049,14360;847,14158;907,14166;1126,14356;1210,14641;1097,14277;848,14132;713,14101;413,14101;165,14246;20,14495;20,14794;165,15043;413,15188;622,15233;918,15194;1097,15073;1242,14824" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="docshape81" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:7702;top:14503;width:447;height:332;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAGr/yMyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9da8Iw&#10;FH0X9h/CHfim6WYt2hlljCkyEDY393zX3LVlzU1Jorb+evMw8PFwvherzjTiRM7XlhU8jBMQxIXV&#10;NZcKvj7XoxkIH5A1NpZJQU8eVsu7wQJzbc/8Qad9KEUMYZ+jgiqENpfSFxUZ9GPbEkfu1zqDIUJX&#10;Su3wHMNNIx+TJJMGa44NFbb0UlHxtz8aBd+96982aXd5P6TZ+qdId8fXZqfU8L57fgIRqAs38b97&#10;qxXMs3QyncymcXO8FO+AXF4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABq/8jMkAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
-                  <v:imagedata r:id="rId11" o:title=""/>
+                  <v:imagedata r:id="rId14" o:title=""/>
                 </v:shape>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658267" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26250C70" wp14:editId="68DF8A75">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658265" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26250C70" wp14:editId="033AF6A2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>6273800</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>8695267</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1206500" cy="1188230"/>
             <wp:effectExtent l="57150" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="871080216" name="Picture 871080216" descr="A picture containing logo&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="image4.png" descr="A picture containing logo&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect l="64749" t="-14625" r="-19933" b="-4537"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1208773" cy="1190468"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:scene3d>
                       <a:camera prst="orthographicFront"/>
                       <a:lightRig rig="threePt" dir="t"/>
                     </a:scene3d>
                     <a:sp3d>
                       <a:bevelB h="6350"/>
                     </a:sp3d>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00573752">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17B7C6A6" wp14:editId="20E65762">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17B7C6A6" wp14:editId="20E65762">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>450850</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>520700</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6870700" cy="498764"/>
                 <wp:effectExtent l="0" t="0" r="6350" b="15875"/>
                 <wp:wrapNone/>
                 <wp:docPr id="969864539" name="Text Box 969864539"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6870700" cy="498764"/>
                         </a:xfrm>
@@ -9146,51 +8800,51 @@
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="34"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="17B7C6A6" id="Text Box 969864539" o:spid="_x0000_s1046" type="#_x0000_t202" style="position:absolute;margin-left:35.5pt;margin-top:41pt;width:541pt;height:39.25pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeLFCJ2wEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCIsmMOEXXosOA&#10;bivQ9QNkWbKF2aJGKbGzrx8lx+m63YZdBJqUHt97pHfXY9+xo0JvwJZ8ucg5U1ZCbWxT8udv9++2&#10;nPkgbC06sKrkJ+X59f7tm93gCrWCFrpaISMQ64vBlbwNwRVZ5mWreuEX4JSlogbsRaBPbLIaxUDo&#10;fZet8nydDYC1Q5DKe8reTUW+T/haKxm+au1VYF3JiVtIJ6azime234miQeFaI880xD+w6IWx1PQC&#10;dSeCYAc0f0H1RiJ40GEhoc9AayNV0kBqlvkfap5a4VTSQuZ4d7HJ/z9Y+eX45B6RhfEDjDTAJMK7&#10;B5DfPbNw2wrbqBtEGFolamq8jJZlg/PF+Wm02hc+glTDZ6hpyOIQIAGNGvvoCulkhE4DOF1MV2Ng&#10;kpLr7Sbf5FSSVLt6v92sr1ILUcyvHfrwUUHPYlBypKEmdHF88CGyEcV8JTazcG+6Lg22s68SdDFm&#10;EvtIeKIexmpkpi75Kq1DVFNBfSI9CNO+0H5T0AL+5GygXSm5/3EQqDjrPlnyJC7WHOAcVHMgrKSn&#10;JQ+cTeFtmBbw4NA0LSFPrlu4Id+0SZJeWJz50vyT0vOuxgX7/Tvdevmj9r8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBVZtyB3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWNKh&#10;lVGaThOCExKiKweOaeO11RqnNNlW/j3eCU5+1rOev5dvZjeIE06h96QhWSgQSI23PbUaPqvXuzWI&#10;EA1ZM3hCDT8YYFNcX+Ums/5MJZ52sRUcQiEzGroYx0zK0HToTFj4EYm9vZ+cibxOrbSTOXO4G+RS&#10;qVQ60xN/6MyIzx02h93Radh+UfnSf7/XH+W+7KvqUdFbetD69mbePoGIOMe/Y7jgMzoUzFT7I9kg&#10;Bg0PCVeJGtZLnhc/Wd2zqlmlagWyyOX/CsUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AB4sUInbAQAAmQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAFVm3IHfAAAACgEAAA8AAAAAAAAAAAAAAAAANQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="17B7C6A6" id="Text Box 969864539" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;margin-left:35.5pt;margin-top:41pt;width:541pt;height:39.25pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJatO/2wEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgpiiQz4hRdiw4D&#10;uq1Atw9gZNkWZosapcTOvn6UHKe7vA17EWhSOjznkN7ejH0njpq8QVvK5SKXQluFlbFNKb9+eXiz&#10;kcIHsBV0aHUpT9rLm93rV9vBFfoKW+wqTYJBrC8GV8o2BFdkmVet7sEv0GnLxRqph8Cf1GQVwcDo&#10;fZdd5fkqG5AqR6i095y9n4pyl/DrWqvwua69DqIrJXML6aR07uOZ7bZQNASuNepMA/6BRQ/GctML&#10;1D0EEAcyf0H1RhF6rMNCYZ9hXRulkwZWs8z/UPPcgtNJC5vj3cUm//9g1afjs3siEcZ3OPIAkwjv&#10;HlF988LiXQu20bdEOLQaKm68jJZlg/PF+Wm02hc+guyHj1jxkOEQMAGNNfXRFdYpGJ0HcLqYrscg&#10;FCdXm3W+zrmkuHb9drNeXacWUMyvHfnwXmMvYlBK4qEmdDg++hDZQDFfic0sPpiuS4Pt7G8Jvhgz&#10;iX0kPFEP434UpmJpm9g4qtljdWI9hNO+8H5z0CL9kGLgXSml/34A0lJ0Hyx7EhdrDmgO9nMAVvHT&#10;UgYppvAuTAt4cGSalpEn1y3esm+1SZJeWJz58vyT0vOuxgX79Tvdevmjdj8BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBVZtyB3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWNKh&#10;lVGaThOCExKiKweOaeO11RqnNNlW/j3eCU5+1rOev5dvZjeIE06h96QhWSgQSI23PbUaPqvXuzWI&#10;EA1ZM3hCDT8YYFNcX+Ums/5MJZ52sRUcQiEzGroYx0zK0HToTFj4EYm9vZ+cibxOrbSTOXO4G+RS&#10;qVQ60xN/6MyIzx02h93Radh+UfnSf7/XH+W+7KvqUdFbetD69mbePoGIOMe/Y7jgMzoUzFT7I9kg&#10;Bg0PCVeJGtZLnhc/Wd2zqlmlagWyyOX/CsUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AAlq07/bAQAAmQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAFVm3IHfAAAACgEAAA8AAAAAAAAAAAAAAAAANQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="09690F9E" w14:textId="371AD13A" w:rsidR="001B7AA4" w:rsidRDefault="008B1E25" w:rsidP="005B6292">
                       <w:pPr>
                         <w:spacing w:before="24" w:line="244" w:lineRule="auto"/>
                         <w:ind w:left="20"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:w w:val="105"/>
                           <w:sz w:val="34"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:w w:val="105"/>
                           <w:sz w:val="34"/>
                         </w:rPr>
                         <w:t>Child</w:t>
                       </w:r>
                       <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-9"/>
@@ -9329,51 +8983,51 @@
                       <w:pPr>
                         <w:spacing w:before="24" w:line="244" w:lineRule="auto"/>
                         <w:ind w:left="20"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="34"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00966A18">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3ECBE538" wp14:editId="7F9BFD20">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658297" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3ECBE538" wp14:editId="7F9BFD20">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>234950</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>8629650</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4895850" cy="1301750"/>
                 <wp:effectExtent l="0" t="0" r="0" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="458343519" name="Text Box 458343519"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4895850" cy="1301750"/>
                         </a:xfrm>
@@ -9539,175 +9193,165 @@
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Child</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-6"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Care?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0ECC0FAF" w14:textId="4A1C041E" w:rsidR="001B7AA4" w:rsidRPr="00966A18" w:rsidRDefault="001A549D" w:rsidP="00C8007B">
+                          <w:p w14:paraId="0ECC0FAF" w14:textId="3CF49AE8" w:rsidR="001B7AA4" w:rsidRPr="00966A18" w:rsidRDefault="001A549D" w:rsidP="00C8007B">
                             <w:pPr>
                               <w:spacing w:before="135" w:line="266" w:lineRule="auto"/>
                               <w:ind w:left="1349" w:right="1137"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>G</w:t>
                             </w:r>
                             <w:r w:rsidR="00424B7F" w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>o</w:t>
                             </w:r>
                             <w:r w:rsidR="00C05388" w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> to</w:t>
                             </w:r>
                             <w:r w:rsidR="00015EA8" w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
+                              <w:t xml:space="preserve"> mass.gov/info-details/contact-</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidR="00015EA8" w:rsidRPr="00966A18">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>dtas</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidR="00015EA8" w:rsidRPr="00966A18">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>-employment-staff</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00C05388" w:rsidRPr="00966A18">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId12" w:history="1">
-[...26 lines deleted...]
-                            </w:hyperlink>
+                            <w:r w:rsidR="00C8007B" w:rsidRPr="00966A18">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-8"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">and </w:t>
+                            </w:r>
                             <w:r w:rsidR="00C05388" w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
-                                <w:sz w:val="24"/>
-[...2 lines deleted...]
-                              <w:t xml:space="preserve"> </w:t>
+                                <w:spacing w:val="-8"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">find </w:t>
                             </w:r>
                             <w:r w:rsidR="00C8007B" w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-8"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">and </w:t>
-[...1 lines deleted...]
-                            <w:r w:rsidR="00C05388" w:rsidRPr="00966A18">
+                              <w:t xml:space="preserve">a Full Engagement Worker in your local </w:t>
+                            </w:r>
+                            <w:r w:rsidR="004E04FE" w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-8"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">find </w:t>
+                              <w:t>area</w:t>
                             </w:r>
                             <w:r w:rsidR="00C8007B" w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-8"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">a Full Engagement Worker in your local </w:t>
-[...16 lines deleted...]
-                              </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="458266CB" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00966A18" w:rsidRDefault="008B1E25">
+                          <w:p w14:paraId="36AE58C2" w14:textId="616580FF" w:rsidR="001B7AA4" w:rsidRPr="00311D95" w:rsidRDefault="008B1E25" w:rsidP="00311D95">
                             <w:pPr>
                               <w:spacing w:before="144"/>
                               <w:ind w:left="225" w:right="16"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>This</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="5"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
@@ -9783,162 +9427,72 @@
                             <w:r w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>opportunity</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="6"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>provider.</w:t>
-                            </w:r>
-[...88 lines deleted...]
-                              <w:t>25-642-1220-05</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3ECBE538" id="Text Box 458343519" o:spid="_x0000_s1046" type="#_x0000_t202" style="position:absolute;margin-left:18.5pt;margin-top:679.5pt;width:385.5pt;height:102.5pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4lam62gEAAJoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu1DAQvSPxD5bvbJKFwhJttiqtipBK&#10;QSr9AMexE4vEY8beTZavZ+xstkBviIs1Httv5r153l5OQ88OCr0BW/FilXOmrITG2Lbij99uX204&#10;80HYRvRgVcWPyvPL3csX29GVag0d9I1CRiDWl6OreBeCK7PMy04Nwq/AKUuHGnAQgbbYZg2KkdCH&#10;Plvn+dtsBGwcglTeU/ZmPuS7hK+1kuGL1l4F1lecegtpxbTWcc12W1G2KFxn5KkN8Q9dDMJYKnqG&#10;uhFBsD2aZ1CDkQgedFhJGDLQ2kiVOBCbIv+LzUMnnEpcSBzvzjL5/wcr7w8P7iuyMH2AiQaYSHh3&#10;B/K7ZxauO2FbdYUIY6dEQ4WLKFk2Ol+enkapfekjSD1+hoaGLPYBEtCkcYiqEE9G6DSA41l0NQUm&#10;Kflm8/5ic0FHks6K13nxjjaxhiiX5w59+KhgYDGoONJUE7w43PkwX12uxGoWbk3fp8n29o8EYcZM&#10;aj92PPcepnpipqn4OhWOdGpojkQIYTYMGZyCDvAnZyOZpeL+x16g4qz/ZEmU6KwlwCWol0BYSU8r&#10;Hjibw+swO3Dv0LQdIc+yW7gi4bRJlJ66OPVLBkiinMwaHfb7Pt16+lK7XwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAL89gajfAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMT0FOwzAQvCPxB2uRuFEbSkMa&#10;4lQVghMSIg0Hjk68TaLG6xC7bfg9ywluszOj2Zl8M7tBnHAKvScNtwsFAqnxtqdWw0f1cpOCCNGQ&#10;NYMn1PCNATbF5UVuMuvPVOJpF1vBIRQyo6GLccykDE2HzoSFH5FY2/vJmcjn1Eo7mTOHu0HeKZVI&#10;Z3riD50Z8anD5rA7Og3bTyqf+6+3+r3cl31VrRW9Jgetr6/m7SOIiHP8M8Nvfa4OBXeq/ZFsEIOG&#10;5QNPicwvV2tG7EhVyqBmapXcK5BFLv+PKH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;+JWputoBAACaAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAvz2BqN8AAAAMAQAADwAAAAAAAAAAAAAAAAA0BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="3ECBE538" id="Text Box 458343519" o:spid="_x0000_s1045" type="#_x0000_t202" style="position:absolute;margin-left:18.5pt;margin-top:679.5pt;width:385.5pt;height:102.5pt;z-index:-251658183;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcIYDZ2wEAAJoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s0kKhW202aq0KkIq&#10;F6nwAY7jbCwSj5nxbrJ8PWNns+XyhnixxmP7zJwzx5vraejFwSBZcJUsVrkUxmlorNtV8uuX+xdr&#10;KSgo16genKnk0ZC83j5/thl9aS6gg74xKBjEUTn6SnYh+DLLSHdmULQCbxwftoCDCrzFXdagGhl9&#10;6LOLPH+djYCNR9CGiLN386HcJvy2NTp8alsyQfSV5N5CWjGtdVyz7UaVO1S+s/rUhvqHLgZlHRc9&#10;Q92poMQe7V9Qg9UIBG1YaRgyaFurTeLAbIr8DzaPnfImcWFxyJ9lov8Hqz8eHv1nFGF6CxMPMJEg&#10;/wD6GwkHt51yO3ODCGNnVMOFiyhZNnoqT0+j1FRSBKnHD9DwkNU+QAKaWhyiKsxTMDoP4HgW3UxB&#10;aE6+Wl9dri/5SPNZ8TIv3vAm1lDl8twjhXcGBhGDSiJPNcGrwwOF+epyJVZzcG/7Pk22d78lGDNm&#10;Uvux47n3MNWTsA1Xv4qFI50amiMTQpgNwwbnoAP8IcXIZqkkfd8rNFL07x2LEp21BLgE9RIop/lp&#10;JYMUc3gbZgfuPdpdx8iz7A5uWLjWJkpPXZz6ZQMkUU5mjQ77dZ9uPX2p7U8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC/PYGo3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9BTsMwELwj8QdrkbhRG0pD&#10;GuJUFYITEiINB45OvE2ixusQu234PcsJbrMzo9mZfDO7QZxwCr0nDbcLBQKp8banVsNH9XKTggjR&#10;kDWDJ9TwjQE2xeVFbjLrz1TiaRdbwSEUMqOhi3HMpAxNh86EhR+RWNv7yZnI59RKO5kzh7tB3imV&#10;SGd64g+dGfGpw+awOzoN208qn/uvt/q93Jd9Va0VvSYHra+v5u0jiIhz/DPDb32uDgV3qv2RbBCD&#10;huUDT4nML1drRuxIVcqgZmqV3CuQRS7/jyh+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AFwhgNnbAQAAmgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAL89gajfAAAADAEAAA8AAAAAAAAAAAAAAAAANQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="340A6B88" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00966A18" w:rsidRDefault="008B1E25">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="23"/>
                         <w:ind w:left="225" w:right="16"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Questions</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-7"/>
@@ -10071,175 +9625,165 @@
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Child</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-6"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Care?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0ECC0FAF" w14:textId="4A1C041E" w:rsidR="001B7AA4" w:rsidRPr="00966A18" w:rsidRDefault="001A549D" w:rsidP="00C8007B">
+                    <w:p w14:paraId="0ECC0FAF" w14:textId="3CF49AE8" w:rsidR="001B7AA4" w:rsidRPr="00966A18" w:rsidRDefault="001A549D" w:rsidP="00C8007B">
                       <w:pPr>
                         <w:spacing w:before="135" w:line="266" w:lineRule="auto"/>
                         <w:ind w:left="1349" w:right="1137"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>G</w:t>
                       </w:r>
                       <w:r w:rsidR="00424B7F" w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>o</w:t>
                       </w:r>
                       <w:r w:rsidR="00C05388" w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> to</w:t>
                       </w:r>
                       <w:r w:rsidR="00015EA8" w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
+                        <w:t xml:space="preserve"> mass.gov/info-details/contact-</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidR="00015EA8" w:rsidRPr="00966A18">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>dtas</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidR="00015EA8" w:rsidRPr="00966A18">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>-employment-staff</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00C05388" w:rsidRPr="00966A18">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId13" w:history="1">
-[...26 lines deleted...]
-                      </w:hyperlink>
+                      <w:r w:rsidR="00C8007B" w:rsidRPr="00966A18">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-8"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">and </w:t>
+                      </w:r>
                       <w:r w:rsidR="00C05388" w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
-                          <w:sz w:val="24"/>
-[...2 lines deleted...]
-                        <w:t xml:space="preserve"> </w:t>
+                          <w:spacing w:val="-8"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">find </w:t>
                       </w:r>
                       <w:r w:rsidR="00C8007B" w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-8"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">and </w:t>
-[...1 lines deleted...]
-                      <w:r w:rsidR="00C05388" w:rsidRPr="00966A18">
+                        <w:t xml:space="preserve">a Full Engagement Worker in your local </w:t>
+                      </w:r>
+                      <w:r w:rsidR="004E04FE" w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-8"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">find </w:t>
+                        <w:t>area</w:t>
                       </w:r>
                       <w:r w:rsidR="00C8007B" w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-8"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">a Full Engagement Worker in your local </w:t>
-[...16 lines deleted...]
-                        </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="458266CB" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00966A18" w:rsidRDefault="008B1E25">
+                    <w:p w14:paraId="36AE58C2" w14:textId="616580FF" w:rsidR="001B7AA4" w:rsidRPr="00311D95" w:rsidRDefault="008B1E25" w:rsidP="00311D95">
                       <w:pPr>
                         <w:spacing w:before="144"/>
                         <w:ind w:left="225" w:right="16"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>This</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="5"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
@@ -10315,158 +9859,68 @@
                       <w:r w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>opportunity</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="6"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>provider.</w:t>
-                      </w:r>
-[...88 lines deleted...]
-                        <w:t>25-642-1220-05</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="005B6292">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658263" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56548C6D" wp14:editId="0C5179C2">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658261" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56548C6D" wp14:editId="0C5179C2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>240030</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>791845</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7188200" cy="1908810"/>
                 <wp:effectExtent l="19050" t="19050" r="12700" b="15240"/>
                 <wp:wrapNone/>
                 <wp:docPr id="747083791" name="Text Box 747083791"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7188200" cy="1908810"/>
                         </a:xfrm>
@@ -10578,51 +10032,51 @@
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="-2"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="28"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>contact:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="3D4ADC43" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:spacing w:before="10"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="29"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7BF0D8DE" w14:textId="4E64E14C" w:rsidR="001B7AA4" w:rsidRDefault="008B1E25" w:rsidP="00E92DE9">
+                          <w:p w14:paraId="7BF0D8DE" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="008B1E25" w:rsidP="00E92DE9">
                             <w:pPr>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="2"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="726"/>
                               </w:tabs>
                               <w:ind w:left="720" w:hanging="346"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:bookmarkStart w:id="0" w:name="_Hlk155855102"/>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>Go</w:t>
                             </w:r>
                             <w:r>
@@ -10632,179 +10086,210 @@
                                 <w:spacing w:val="-4"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>to</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-4"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId14" w:history="1">
-                              <w:r w:rsidR="00AA7EE4" w:rsidRPr="005C21BC">
+                            <w:hyperlink r:id="rId15">
+                              <w:r>
                                 <w:rPr>
-                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:b/>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="105"/>
+                                  <w:sz w:val="24"/>
                                 </w:rPr>
-                                <w:t>https://eeclead.force.com/EEC_CCRRSearch.</w:t>
+                                <w:t>https://eeclead.force.com/EEC_CCRRSearch</w:t>
                               </w:r>
                             </w:hyperlink>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-2"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
+                            </w:r>
                           </w:p>
                           <w:p w14:paraId="61BCB761" w14:textId="171F4ADF" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00E92DE9">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:spacing w:before="33"/>
                               <w:ind w:left="720"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Select the Massachusetts city/town you live in to see the CCRR information near you.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="1FD3F276" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25">
                             <w:pPr>
                               <w:spacing w:before="178"/>
                               <w:ind w:left="705"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="-5"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>OR</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="210953C3" w14:textId="1B3EE7B1" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7DDF30D5" w14:textId="6043BC43" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00E92DE9">
+                          <w:p w14:paraId="7DDF30D5" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00E92DE9">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="2"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="726"/>
                               </w:tabs>
                               <w:spacing w:before="0"/>
                               <w:ind w:left="735" w:hanging="346"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>From any telephone, dial 211</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">, </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
-                              <w:t>the Massachusetts state-wide Health and Human Services information and referral phone line, and get information on the CCRR near you.</w:t>
+                              <w:t>the Massachusetts state-</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="40"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>wide Health and Human Services information and referral phone line, and get information on the CCRR near you.</w:t>
                             </w:r>
                           </w:p>
                           <w:bookmarkEnd w:id="0"/>
                           <w:p w14:paraId="76616924" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="001B7AA4">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="56548C6D" id="Text Box 747083791" o:spid="_x0000_s1047" type="#_x0000_t202" style="position:absolute;margin-left:18.9pt;margin-top:62.35pt;width:566pt;height:150.3pt;z-index:-251658217;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCG5eHF9gEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEmlZUPUdLV0tQhp&#10;gZUWPsB1nMTC8Zix26R8PWOnaRHcEBdr7Bk/z3vzvLmbBsOOCr0GW/NilXOmrIRG267m374+vik5&#10;80HYRhiwquYn5fnd9vWrzegqtYYeTKOQEYj11ehq3ofgqizzsleD8CtwylKyBRxEoC12WYNiJPTB&#10;ZOs8f5uNgI1DkMp7On2Yk3yb8NtWyfClbb0KzNScegtpxbTu45ptN6LqULhey3Mb4h+6GIS29OgF&#10;6kEEwQ6o/4IatETw0IaVhCGDttVSJQ7Epsj/YPPSC6cSFxLHu4tM/v/Bys/HF/eMLEzvYaIBJhLe&#10;PYH87pmFXS9sp+4RYeyVaOjhIkqWjc5X56tRal/5CLIfP0FDQxaHAAloanGIqhBPRug0gNNFdDUF&#10;JunwtihLmiRnknLFu7wsizSWTFTLdYc+fFAwsBjUHGmqCV4cn3yI7YhqKYmvWXjUxqTJGsvGmq/L&#10;m9ubmRkY3cRsrEsmUzuD7CjIHmGauVHiWkXQxp4JR44z2zDtJ6YbQk5XogB7aE4kAcJsMfoSFPSA&#10;PzkbyV419z8OAhVn5qMlGaMXlwCXYL8Ewkq6Si1xNoe7MHv24FB3PSHPg7JwT1K3Oolw7eLcL1km&#10;aXO2d/Tk7/tUdf2E218AAAD//wMAUEsDBBQABgAIAAAAIQAuDVrG4QAAAAsBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9NT4NAEIbvJv6HzZh4swu0lhZZGmNijEl7EDXpcQpTILCzhN1S9Ne7Pdnj+5F3&#10;nkk3k+7ESINtDCsIZwEI4sKUDVcKvj5fH1YgrEMusTNMCn7Iwia7vUkxKc2ZP2jMXSX8CNsEFdTO&#10;9YmUtqhJo52ZnthnRzNodF4OlSwHPPtx3ckoCJZSY8P+Qo09vdRUtPlJK9Dh+Nu+rXbxdp/TsX13&#10;BX7vtkrd303PTyAcTe6/DBd8jw6ZZzqYE5dWdArmsSd33o8WMYhLIVyuvXVQsIge5yCzVF7/kP0B&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhuXhxfYBAADMAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEALg1axuEAAAALAQAADwAAAAAAAAAAAAAA&#10;AABQBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
+              <v:shape w14:anchorId="56548C6D" id="Text Box 747083791" o:spid="_x0000_s1046" type="#_x0000_t202" style="position:absolute;margin-left:18.9pt;margin-top:62.35pt;width:566pt;height:150.3pt;z-index:-251658219;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1F0uQ9gEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEmlZUPUdLV0tQhp&#10;gZUWPsB1nMTC8Zix26R8PWOnaRHcEBdr7Bk/z3vzvLmbBsOOCr0GW/NilXOmrIRG267m374+vik5&#10;80HYRhiwquYn5fnd9vWrzegqtYYeTKOQEYj11ehq3ofgqizzsleD8CtwylKyBRxEoC12WYNiJPTB&#10;ZOs8f5uNgI1DkMp7On2Yk3yb8NtWyfClbb0KzNScegtpxbTu45ptN6LqULhey3Mb4h+6GIS29OgF&#10;6kEEwQ6o/4IatETw0IaVhCGDttVSJQ7Epsj/YPPSC6cSFxLHu4tM/v/Bys/HF/eMLEzvYaIBJhLe&#10;PYH87pmFXS9sp+4RYeyVaOjhIkqWjc5X56tRal/5CLIfP0FDQxaHAAloanGIqhBPRug0gNNFdDUF&#10;JunwtihLmiRnknLFu7wsizSWTFTLdYc+fFAwsBjUHGmqCV4cn3yI7YhqKYmvWXjUxqTJGsvGmq/L&#10;m9ubmRkY3cRsrEsmUzuD7CjIHmGauVHiWkXQxp4JR44z2zDtJ6YbQk6tRgH20JxIAoTZYvQlKOgB&#10;f3I2kr1q7n8cBCrOzEdLMkYvLgEuwX4JhJV0lVribA53YfbswaHuekKeB2XhnqRudRLh2sW5X7JM&#10;0uZs7+jJ3/ep6voJt78AAAD//wMAUEsDBBQABgAIAAAAIQAuDVrG4QAAAAsBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9NT4NAEIbvJv6HzZh4swu0lhZZGmNijEl7EDXpcQpTILCzhN1S9Ne7Pdnj+5F3&#10;nkk3k+7ESINtDCsIZwEI4sKUDVcKvj5fH1YgrEMusTNMCn7Iwia7vUkxKc2ZP2jMXSX8CNsEFdTO&#10;9YmUtqhJo52ZnthnRzNodF4OlSwHPPtx3ckoCJZSY8P+Qo09vdRUtPlJK9Dh+Nu+rXbxdp/TsX13&#10;BX7vtkrd303PTyAcTe6/DBd8jw6ZZzqYE5dWdArmsSd33o8WMYhLIVyuvXVQsIge5yCzVF7/kP0B&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANRdLkPYBAADMAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEALg1axuEAAAALAQAADwAAAAAAAAAAAAAA&#10;AABQBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="16B31FBD" w14:textId="77777777" w:rsidR="00112357" w:rsidRPr="00E92DE9" w:rsidRDefault="00112357" w:rsidP="00E92DE9">
                       <w:pPr>
                         <w:spacing w:before="162"/>
                         <w:ind w:left="389"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:w w:val="105"/>
                           <w:sz w:val="28"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>If you</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="1"/>
@@ -10881,51 +10366,51 @@
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-2"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="28"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>contact:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="3D4ADC43" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="10"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="29"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7BF0D8DE" w14:textId="4E64E14C" w:rsidR="001B7AA4" w:rsidRDefault="008B1E25" w:rsidP="00E92DE9">
+                    <w:p w14:paraId="7BF0D8DE" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="008B1E25" w:rsidP="00E92DE9">
                       <w:pPr>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="2"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="726"/>
                         </w:tabs>
                         <w:ind w:left="720" w:hanging="346"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:bookmarkStart w:id="1" w:name="_Hlk155855102"/>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>Go</w:t>
                       </w:r>
                       <w:r>
@@ -10935,187 +10420,206 @@
                           <w:spacing w:val="-4"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>to</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-4"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId15" w:history="1">
-                        <w:r w:rsidR="00AA7EE4" w:rsidRPr="005C21BC">
+                      <w:hyperlink r:id="rId16">
+                        <w:r>
                           <w:rPr>
-                            <w:rStyle w:val="Hyperlink"/>
+                            <w:b/>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="105"/>
+                            <w:sz w:val="24"/>
                           </w:rPr>
-                          <w:t>https://eeclead.force.com/EEC_C</w:t>
-[...11 lines deleted...]
-                          <w:t>RRSearch.</w:t>
+                          <w:t>https://eeclead.force.com/EEC_CCRRSearch</w:t>
                         </w:r>
                       </w:hyperlink>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-2"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
+                      </w:r>
                     </w:p>
                     <w:p w14:paraId="61BCB761" w14:textId="171F4ADF" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00E92DE9">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="33"/>
                         <w:ind w:left="720"/>
                         <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Select the Massachusetts city/town you live in to see the CCRR information near you.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="1FD3F276" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25">
                       <w:pPr>
                         <w:spacing w:before="178"/>
                         <w:ind w:left="705"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-5"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>OR</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="210953C3" w14:textId="1B3EE7B1" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="7DDF30D5" w14:textId="6043BC43" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00E92DE9">
+                    <w:p w14:paraId="7DDF30D5" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25" w:rsidP="00E92DE9">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="2"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="726"/>
                         </w:tabs>
                         <w:spacing w:before="0"/>
                         <w:ind w:left="735" w:hanging="346"/>
                         <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>From any telephone, dial 211</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="231F20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">, </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t>the Massachusetts state-wide Health and Human Services information and referral phone line, and get information on the CCRR near you.</w:t>
+                        <w:t>the Massachusetts state-</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="40"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>wide Health and Human Services information and referral phone line, and get information on the CCRR near you.</w:t>
                       </w:r>
                     </w:p>
                     <w:bookmarkEnd w:id="1"/>
                     <w:p w14:paraId="76616924" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="001B7AA4">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="005B6292">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A059EA0" wp14:editId="115BFEC6">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658262" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A059EA0" wp14:editId="115BFEC6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>240030</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>3329940</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7188200" cy="5173980"/>
                 <wp:effectExtent l="19050" t="19050" r="12700" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1665876949" name="Text Box 1665876949"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7188200" cy="5173980"/>
                         </a:xfrm>
@@ -11438,101 +10942,101 @@
                               <w:t>for</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:spacing w:val="-1"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:spacing w:val="-4"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>you:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="25241C85" w14:textId="219A4EAD" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25">
+                          <w:p w14:paraId="25241C85" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="631"/>
                               </w:tabs>
                               <w:spacing w:before="207" w:line="266" w:lineRule="auto"/>
                               <w:ind w:right="1173"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Family Child Care: </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>In family child care homes, providers care for small groups of children in their own or a friend’s home. Often this type of care has one or two caregivers and may offer more</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:spacing w:val="40"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
-                              <w:t>non-traditional hours.</w:t>
+                              <w:t>non- traditional hours.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7566D26F" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="631"/>
                               </w:tabs>
                               <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
                               <w:ind w:right="1231"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
@@ -12129,51 +11633,51 @@
                               <w:pStyle w:val="BodyText"/>
                               <w:rPr>
                                 <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4A059EA0" id="Text Box 1665876949" o:spid="_x0000_s1048" type="#_x0000_t202" style="position:absolute;margin-left:18.9pt;margin-top:262.2pt;width:566pt;height:407.4pt;z-index:-251658216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwzv049wEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07RFpSVqulq6WoS0&#10;XKSFD5g6TmPheMzYbVK+nrHTC4I3xIs19oyP55w5Xt8NnRVHTcGgq+RsMpVCO4W1cftKfvv6+Gol&#10;RYjgarDodCVPOsi7zcsX696Xeo4t2lqTYBAXyt5Xso3Rl0URVKs7CBP02nGyQeog8pb2RU3QM3pn&#10;i/l0+qbokWpPqHQIfPowJuUm4zeNVvFz0wQdha0k9xbzSnndpbXYrKHcE/jWqHMb8A9ddGAcP3qF&#10;eoAI4kDmL6jOKMKATZwo7ApsGqN05sBsZtM/2Dy34HXmwuIEf5Up/D9Y9en47L+QiMM7HHiAmUTw&#10;T6i+B+Fw24Lb63si7FsNNT88S5IVvQ/l+WqSOpQhgez6j1jzkOEQMQMNDXVJFeYpGJ0HcLqKroco&#10;FB8uZ6sVT1IKxbnFbPn67SqPpYDyct1TiO81diIFlSSeaoaH41OIqR0oLyXpNYePxto8WetEX8n5&#10;arFcjMzQmjplU102md5aEkdge8Rh5MaJWxVDW3cmnDiObOOwG4SpGXme5EgC7LA+sQSEo8X4S3DQ&#10;Iv2Uomd7VTL8OABpKewHxzImL14CugS7SwBO8VVuSYox3MbRswdPZt8y8jgoh/csdWOyCLcuzv2y&#10;ZbI2Z3snT/6+z1W3T7j5BQAA//8DAFBLAwQUAAYACAAAACEATiw6p+MAAAAMAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPzUvDQBDF74L/wzKCN7v5qP2I2RQRRIT2YLTQ4zSZJiHZ3ZDdptG/3ulJbzNv&#10;Hu/9Jt1MuhMjDa6xRkE4C0CQKWzZmErB1+frwwqE82hK7KwhBd/kYJPd3qSYlPZiPmjMfSU4xLgE&#10;FdTe94mUrqhJo5vZngzfTnbQ6HkdKlkOeOFw3ckoCBZSY2O4ocaeXmoq2vysFehw/GnfVrvl9pDT&#10;qX33Be53W6Xu76bnJxCeJv9nhis+o0PGTEd7NqUTnYJ4yeRewWM0n4O4GsLFmqUjT3G8jkBmqfz/&#10;RPYLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMM79OPcBAADMAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATiw6p+MAAAAMAQAADwAAAAAAAAAA&#10;AAAAAABRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
+              <v:shape w14:anchorId="4A059EA0" id="Text Box 1665876949" o:spid="_x0000_s1047" type="#_x0000_t202" style="position:absolute;margin-left:18.9pt;margin-top:262.2pt;width:566pt;height:407.4pt;z-index:-251658218;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDl2QLG9gEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07RFpSVqulq6WoS0&#10;XKSFD5g6TmPheMzYbVK+nrHTC4I3xIs19oyP55w5Xt8NnRVHTcGgq+RsMpVCO4W1cftKfvv6+Gol&#10;RYjgarDodCVPOsi7zcsX696Xeo4t2lqTYBAXyt5Xso3Rl0URVKs7CBP02nGyQeog8pb2RU3QM3pn&#10;i/l0+qbokWpPqHQIfPowJuUm4zeNVvFz0wQdha0k9xbzSnndpbXYrKHcE/jWqHMb8A9ddGAcP3qF&#10;eoAI4kDmL6jOKMKATZwo7ApsGqN05sBsZtM/2Dy34HXmwuIEf5Up/D9Y9en47L+QiMM7HHiAmUTw&#10;T6i+B+Fw24Lb63si7FsNNT88S5IVvQ/l+WqSOpQhgez6j1jzkOEQMQMNDXVJFeYpGJ0HcLqKroco&#10;FB8uZ6sVT1IKxbnFbPn67SqPpYDyct1TiO81diIFlSSeaoaH41OIqR0oLyXpNYePxto8WetEX8n5&#10;arFcjMzQmjplU102md5aEkdge8Rh5MaJWxVDW3cmnDiObOOwG4SpGTlfSQLssD6xBISjxfhLcNAi&#10;/ZSiZ3tVMvw4AGkp7AfHMiYvXgK6BLtLAE7xVW5JijHcxtGzB09m3zLyOCiH9yx1Y7IIty7O/bJl&#10;sjZneydP/r7PVbdPuPkFAAD//wMAUEsDBBQABgAIAAAAIQBOLDqn4wAAAAwBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NS8NAEMXvgv/DMoI3u/mo/YjZFBFEhPZgtNDjNJkmIdndkN2m0b/e6UlvM28e&#10;7/0m3Uy6EyMNrrFGQTgLQJApbNmYSsHX5+vDCoTzaErsrCEF3+Rgk93epJiU9mI+aMx9JTjEuAQV&#10;1N73iZSuqEmjm9meDN9OdtDoeR0qWQ544XDdySgIFlJjY7ihxp5eaira/KwV6HD8ad9Wu+X2kNOp&#10;ffcF7ndbpe7vpucnEJ4m/2eGKz6jQ8ZMR3s2pROdgnjJ5F7BYzSfg7gawsWapSNPcbyOQGap/P9E&#10;9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDl2QLG9gEAAMwDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBOLDqn4wAAAAwBAAAPAAAAAAAAAAAA&#10;AAAAAFAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYAUAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="51E25748" w14:textId="77777777" w:rsidR="003D1782" w:rsidRPr="00E92DE9" w:rsidRDefault="003D1782" w:rsidP="003D1782">
                       <w:pPr>
                         <w:spacing w:before="175"/>
                         <w:ind w:left="390"/>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="28"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="28"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>Types</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
@@ -12373,94 +11877,72 @@
                           <w:w w:val="105"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>type</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="-1"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">of </w:t>
-[...10 lines deleted...]
-                        <w:t>child</w:t>
+                        <w:t>of child</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="-1"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t>care</w:t>
-[...10 lines deleted...]
-                        <w:t xml:space="preserve"> that</w:t>
+                        <w:t>care that</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="-1"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>is right</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
@@ -12483,119 +11965,101 @@
                         <w:t>for</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="-1"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="-4"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>you:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="25241C85" w14:textId="219A4EAD" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25">
+                    <w:p w14:paraId="25241C85" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="631"/>
                         </w:tabs>
                         <w:spacing w:before="207" w:line="266" w:lineRule="auto"/>
                         <w:ind w:right="1173"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Family Child Care: </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">In family </w:t>
-[...17 lines deleted...]
-                        <w:t xml:space="preserve"> homes, providers care for small groups of children in their own or a friend’s home. Often this type of care has one or two caregivers and may offer more</w:t>
+                        <w:t>In family child care homes, providers care for small groups of children in their own or a friend’s home. Often this type of care has one or two caregivers and may offer more</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="40"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t>non-traditional hours.</w:t>
+                        <w:t>non- traditional hours.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7566D26F" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="631"/>
                         </w:tabs>
                         <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
                         <w:ind w:right="1231"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
@@ -12646,77 +12110,75 @@
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="-3"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Group</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="-3"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>child</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="-3"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>care</w:t>
                       </w:r>
-                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="-3"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>programs</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:spacing w:val="-3"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
@@ -12843,69 +12305,51 @@
                           <w:tab w:val="left" w:pos="631"/>
                         </w:tabs>
                         <w:spacing w:before="177" w:line="266" w:lineRule="auto"/>
                         <w:ind w:right="718"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Preschool Programs: </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Preschool programs are typically offered for children ages 3-5 years old. Preschool programs may be offered through a school, faith-based organization, or a </w:t>
-[...17 lines deleted...]
-                        <w:t xml:space="preserve"> center. Head Start is an example of a preschool program.</w:t>
+                        <w:t>Preschool programs are typically offered for children ages 3-5 years old. Preschool programs may be offered through a school, faith-based organization, or a child care center. Head Start is an example of a preschool program.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="1FFDA57C" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="631"/>
                         </w:tabs>
                         <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
                         <w:ind w:right="1242"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
@@ -13182,95 +12626,77 @@
                           <w:tab w:val="left" w:pos="631"/>
                         </w:tabs>
                         <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
                         <w:ind w:right="733"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve">School Age or After School Programs: </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">School age programs typically provide </w:t>
-[...17 lines deleted...]
-                        <w:t xml:space="preserve"> before and after school hours. They may also offer care during school holidays and summer break.</w:t>
+                        <w:t>School age programs typically provide child care before and after school hours. They may also offer care during school holidays and summer break.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="17E3274F" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00693BC7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658265" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16E29F4F" wp14:editId="672FB12C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658263" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16E29F4F" wp14:editId="672FB12C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>384810</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>7482840</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6689725" cy="899160"/>
                 <wp:effectExtent l="19050" t="19050" r="15875" b="15240"/>
                 <wp:wrapNone/>
                 <wp:docPr id="391486127" name="Text Box 391486127"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6689725" cy="899160"/>
                         </a:xfrm>
@@ -13522,92 +12948,92 @@
                                 <w:spacing w:val="-8"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>can search by both geographic area and child care program type at:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="61077341" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E94F2F" w:rsidRDefault="008B1E25">
                             <w:pPr>
                               <w:spacing w:before="67"/>
                               <w:ind w:left="1303" w:right="1312"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink r:id="rId16">
+                            <w:hyperlink r:id="rId17">
                               <w:r w:rsidRPr="00E92DE9">
                                 <w:rPr>
                                   <w:b/>
                                   <w:spacing w:val="-2"/>
                                   <w:w w:val="105"/>
                                   <w:sz w:val="24"/>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                                 <w:t>https://eeclead.force.com/EEC_ChildCareSearch</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                           <w:p w14:paraId="75DD5E00" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="16E29F4F" id="Text Box 391486127" o:spid="_x0000_s1050" type="#_x0000_t202" style="position:absolute;margin-left:30.3pt;margin-top:589.2pt;width:526.75pt;height:70.8pt;z-index:-251658215;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC32S9R+AEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N06iJptYcVbbrLaq&#10;tL1I234AxjhGxQwdSOz06ztgO6nat6ovaGCGw5wzh9193xp2Vug12IIvZnPOlJVQaXss+LevT282&#10;nPkgbCUMWFXwi/L8fv/61a5zuVpCA6ZSyAjE+rxzBW9CcHmWedmoVvgZOGUpWQO2ItAWj1mFoiP0&#10;1mTL+XyddYCVQ5DKezp9HJJ8n/DrWsnwua69CswUnHoLacW0lnHN9juRH1G4RsuxDfEPXbRCW3r0&#10;CvUogmAn1H9BtVoieKjDTEKbQV1rqRIHYrOY/8HmpRFOJS4kjndXmfz/g5Wfzi/uC7LQv4OeBphI&#10;ePcM8rtnFg6NsEf1gAhdo0RFDy+iZFnnfD5ejVL73EeQsvsIFQ1ZnAIkoL7GNqpCPBmh0wAuV9FV&#10;H5ikw/V6s71brjiTlNtst4t1mkom8um2Qx/eK2hZDAqONNSELs7PPsRuRD6VxMcsPGlj0mCNZV3B&#10;l5vV3WogBkZXMRvrksfUwSA7C3JH6AdqlLhVEbSxI99IcSAb+rJnuiLkt1GNyL+E6kIKIAwOox9B&#10;QQP4k7OO3FVw/+MkUHFmPlhSMVpxCnAKyikQVtJVaomzITyEwbInh/rYEPIwJwsPpHStkwi3LsZ+&#10;yTFJm9Hd0ZK/71PV7Q/ufwEAAP//AwBQSwMEFAAGAAgAAAAhANzxiJ7iAAAADQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FLw0AQhe+C/2GZgje7WS1pSLMpIogI7cGo4HGbTJOQ7GzIbtPor3d6sreZ&#10;eY/3vsm2s+3FhKNvHWlQywgEUumqlmoNnx8v9wkIHwxVpneEGn7Qwza/vclMWrkzveNUhFpwCPnU&#10;aGhCGFIpfdmgNX7pBiTWjm60JvA61rIazZnDbS8foiiW1rTEDY0Z8LnBsitOVoNV02/3muzXu+8C&#10;j91bKM3Xfqf13WJ+2oAIOId/M1zwGR1yZjq4E1Ve9BriKGYn39U6WYG4OJRaKRAHnh65G2Seyesv&#10;8j8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAt9kvUfgBAADLAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3PGInuIAAAANAQAADwAAAAAAAAAA&#10;AAAAAABSBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
+              <v:shape w14:anchorId="16E29F4F" id="Text Box 391486127" o:spid="_x0000_s1048" type="#_x0000_t202" style="position:absolute;margin-left:30.3pt;margin-top:589.2pt;width:526.75pt;height:70.8pt;z-index:-251658217;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBc8KB39wEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG2kdtuo6WrpahHS&#10;AistfIDrOImF4zFjt0n5esZO2iK4IS7W2DN+nvfmeXs/dIadFHoNtuSL2ZwzZSVU2jYl//b16d2a&#10;Mx+ErYQBq0p+Vp7f796+2fauUDm0YCqFjECsL3pX8jYEV2SZl63qhJ+BU5aSNWAnAm2xySoUPaF3&#10;Jsvn81XWA1YOQSrv6fRxTPJdwq9rJcOXuvYqMFNy6i2kFdN6iGu224qiQeFaLac2xD900Qlt6dEr&#10;1KMIgh1R/wXVaYngoQ4zCV0Gda2lShyIzWL+B5vXVjiVuJA43l1l8v8PVn4+vboXZGF4DwMNMJHw&#10;7hnkd88s7FthG/WACH2rREUPL6JkWe98MV2NUvvCR5BD/wkqGrI4BkhAQ41dVIV4MkKnAZyvoqsh&#10;MEmHq9V6c5cvOZOUW282i1WaSiaKy22HPnxQ0LEYlBxpqAldnJ59iN2I4lISH7PwpI1JgzWW9SXP&#10;18u75UgMjK5iNtYlj6m9QXYS5I4wjNQocasiaGMnvpHiSDYMh4HpipDzqEbkf4DqTAogjA6jH0FB&#10;C/iTs57cVXL/4yhQcWY+WlIxWvES4CU4XAJhJV2lljgbw30YLXt0qJuWkMc5WXggpWudRLh1MfVL&#10;jknaTO6Olvx9n6puf3D3CwAA//8DAFBLAwQUAAYACAAAACEA3PGInuIAAAANAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBCF74L/YZmCN7tZLWlIsykiiAjtwajgcZtMk5DsbMhu0+ivd3qyt5l5&#10;j/e+ybaz7cWEo28daVDLCARS6aqWag2fHy/3CQgfDFWmd4QaftDDNr+9yUxauTO941SEWnAI+dRo&#10;aEIYUil92aA1fukGJNaObrQm8DrWshrNmcNtLx+iKJbWtMQNjRnwucGyK05Wg1XTb/ea7Ne77wKP&#10;3Vsozdd+p/XdYn7agAg4h38zXPAZHXJmOrgTVV70GuIoZiff1TpZgbg4lFopEAeeHrkbZJ7J6y/y&#10;PwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBc8KB39wEAAMsDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDc8Yie4gAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAAFEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYAUAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="363BA5AA" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="0"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="294F4499" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E92DE9" w:rsidRDefault="008B1E25">
                       <w:pPr>
                         <w:spacing w:before="1" w:line="266" w:lineRule="auto"/>
                         <w:ind w:left="1303" w:right="1312"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
@@ -13824,91 +13250,91 @@
                           <w:spacing w:val="-8"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>can search by both geographic area and child care program type at:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="61077341" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRPr="00E94F2F" w:rsidRDefault="008B1E25">
                       <w:pPr>
                         <w:spacing w:before="67"/>
                         <w:ind w:left="1303" w:right="1312"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink r:id="rId17">
+                      <w:hyperlink r:id="rId18">
                         <w:r w:rsidRPr="00E92DE9">
                           <w:rPr>
                             <w:b/>
                             <w:spacing w:val="-2"/>
                             <w:w w:val="105"/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t>https://eeclead.force.com/EEC_ChildCareSearch</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                     <w:p w14:paraId="75DD5E00" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658286" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FF42D24" wp14:editId="4686E595">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658284" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FF42D24" wp14:editId="15C14687">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>9066530</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>3841750</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="33020" cy="164465"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="791349329" name="Text Box 791349329"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="33020" cy="164465"/>
                         </a:xfrm>
@@ -13932,78 +13358,1425 @@
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="1FF42D24" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 791349329" o:spid="_x0000_s1050" type="#_x0000_t202" style="position:absolute;margin-left:713.9pt;margin-top:302.5pt;width:2.6pt;height:12.95pt;z-index:-251658194;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtV+FX2AEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJu2Aw4hRdiw4D&#10;ugvQ7QNoWbaF2aJGKbGzrx8lx+kub8NeBJqUDs85pHc309CLoyZv0JZyvcql0FZhbWxbyq9fHl69&#10;kcIHsDX0aHUpT9rLm/3LF7vRFXqDHfa1JsEg1hejK2UXgiuyzKtOD+BX6LTlYoM0QOBParOaYGT0&#10;oc82eb7NRqTaESrtPWfv56LcJ/ym0Sp8ahqvg+hLydxCOimdVTyz/Q6KlsB1Rp1pwD+wGMBYbnqB&#10;uocA4kDmL6jBKEKPTVgpHDJsGqN00sBq1vkfap46cDppYXO8u9jk/x+s+nh8cp9JhOktTjzAJMK7&#10;R1TfvLB414Ft9S0Rjp2Gmhuvo2XZ6Hxxfhqt9oWPINX4AWseMhwCJqCpoSG6wjoFo/MAThfT9RSE&#10;4uTVVb7hguLKent9vX2dGkCxvHXkwzuNg4hBKYlHmrDh+OhD5ALFciW2svhg+j6Ntbe/JfhizCTu&#10;ke5MPEzVJEzNPJKyqKXC+sRqCOdt4e3moEP6IcXIm1JK//0ApKXo31t2JK7VEtASVEsAVvHTUgYp&#10;5vAuzOt3cGTajpFnzy3esmuNSZKeWZz58vST0vOmxvX69Tvdev6f9j8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQCOorTo4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqE1TQpvG&#10;qSoEJyTUNBw4OrGbWI3XIXbb8PdsT3Db2R3Nvsk3k+vZ2YzBepTwOBPADDZeW2wlfFZvD0tgISrU&#10;qvdoJPyYAJvi9iZXmfYXLM15H1tGIRgyJaGLccg4D01nnAozPxik28GPTkWSY8v1qC4U7no+FyLl&#10;TlmkD50azEtnmuP+5CRsv7B8td8f9a48lLaqVgLf06OU93fTdg0smin+meGKT+hQEFPtT6gD60kv&#10;5s/EHiWk4olaXS2LJKGpplUiVsCLnP9vUfwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;rVfhV9gBAACXAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAjqK06OEAAAANAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 791349329" o:spid="_x0000_s1049" type="#_x0000_t202" style="position:absolute;margin-left:713.9pt;margin-top:302.5pt;width:2.6pt;height:12.95pt;z-index:-251658196;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBcrKQ2gEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSLiiMOEXXosOA&#10;bivQ9QMUWbaF2aJGKrGzrx8lx+m63YZdBJqUHt97pDfXY9+Jg0Gy4Eq5XORSGKehsq4p5fO3+3dX&#10;UlBQrlIdOFPKoyF5vX37ZjP4wqygha4yKBjEUTH4UrYh+CLLSLemV7QAbxwXa8BeBf7EJqtQDYze&#10;d9kqz9fZAFh5BG2IOHs3FeU24de10eFrXZMJoislcwvpxHTu4pltN6poUPnW6hMN9Q8semUdNz1D&#10;3amgxB7tX1C91QgEdVho6DOoa6tN0sBqlvkfap5a5U3SwuaQP9tE/w9Wfzk8+UcUYfwAIw8wiSD/&#10;APo7CQe3rXKNuUGEoTWq4sbLaFk2eCpOT6PVVFAE2Q2foeIhq32ABDTW2EdXWKdgdB7A8Wy6GYPQ&#10;nLy4yFdc0FxZri8v1+9TA1XMbz1S+GigFzEoJfJIE7Y6PFCIXFQxX4mtHNzbrktj7dyrBF+MmcQ9&#10;0p2Ih3E3CluVcnUVG0ctO6iOrAZh2hbebg5awJ9SDLwppaQfe4VGiu6TY0fiWs0BzsFuDpTT/LSU&#10;QYopvA3T+u092qZl5MlzBzfsWm2TpBcWJ748/aT0tKlxvX7/Trde/qftLwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAI6itOjhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTVNC&#10;m8apKgQnJNQ0HDg6sZtYjdchdtvw92xPcNvZHc2+yTeT69nZjMF6lPA4E8AMNl5bbCV8Vm8PS2Ah&#10;KtSq92gk/JgAm+L2JleZ9hcszXkfW0YhGDIloYtxyDgPTWecCjM/GKTbwY9ORZJjy/WoLhTuej4X&#10;IuVOWaQPnRrMS2ea4/7kJGy/sHy13x/1rjyUtqpWAt/To5T3d9N2DSyaKf6Z4YpP6FAQU+1PqAPr&#10;SS/mz8QeJaTiiVpdLYskoammVSJWwIuc/29R/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCBcrKQ2gEAAJcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCOorTo4QAAAA0BAAAPAAAAAAAAAAAAAAAAADQEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="10B704FD" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658275" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73EDFE5A" wp14:editId="694E8BCA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>292100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>9480550</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7188200" cy="285750"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="239823959" name="Text Box 239823959"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7188200" cy="285750"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5D443C4A" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="17"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="73EDFE5A" id="Text Box 239823959" o:spid="_x0000_s1050" type="#_x0000_t202" style="position:absolute;margin-left:23pt;margin-top:746.5pt;width:566pt;height:22.5pt;z-index:-251658205;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtMiM92gEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07RFy1ZR09Wyq0VI&#10;y0Va+ADXsROLxGNm3Cbl6xk7TZfLG+LFmozt43OZbG/GvhNHg+TAV3K1WEphvIba+aaSX788vNpI&#10;QVH5WnXgTSVPhuTN7uWL7RBKs4YWutqgYBBP5RAq2cYYyqIg3Zpe0QKC8bxpAXsV+RObokY1MHrf&#10;Fevl8k0xANYBQRsi7t5Pm3KX8a01On6ylkwUXSWZW8wr5nWf1mK3VWWDKrROn2mof2DRK+f50QvU&#10;vYpKHND9BdU7jUBg40JDX4C1TpusgdWsln+oeWpVMFkLm0PhYhP9P1j98fgUPqOI41sYOcAsgsIj&#10;6G8kPNy1yjfmFhGG1qiaH14ly4ohUHm+mqymkhLIfvgANYesDhEy0GixT66wTsHoHMDpYroZo9Dc&#10;vF5tNpykFJr31pur66ucSqHK+XZAiu8M9CIVlUQONaOr4yPFxEaV85H0mIcH13U52M7/1uCDqZPZ&#10;J8IT9TjuR+HqSr5eJ21JzR7qE+tBmOaF55uLFvCHFAPPSiXp+0GhkaJ779mTNFhzgXOxnwvlNV+t&#10;ZJRiKu/iNICHgK5pGXly3cMt+2ZdlvTM4syX889Kz7OaBuzX73zq+Y/a/QQAAP//AwBQSwMEFAAG&#10;AAgAAAAhABnRVYrgAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYOjbK&#10;VppOE4ITEqIrB45p47XRGqc02Vb+Pd4Jbp/tp+f38s3kenHCMVhPCuazBARS442lVsFn9Xq3AhGi&#10;JqN7T6jgBwNsiuurXGfGn6nE0y62gk0oZFpBF+OQSRmaDp0OMz8g8W3vR6cjj2MrzajPbO56eZ8k&#10;qXTaEn/o9IDPHTaH3dEp2H5R+WK/3+uPcl/aqlon9JYelLq9mbZPICJO8U8Ml/gcHQrOVPsjmSB6&#10;BcuUq0TeL9cLpoti/rhiqpkeFkyyyOX/FsUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AC0yIz3aAQAAmQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhABnRVYrgAAAADQEAAA8AAAAAAAAAAAAAAAAANAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="5D443C4A" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman"/>
+                          <w:sz w:val="17"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="page" anchory="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00523DB8">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662393" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6272B314" wp14:editId="0555BD3F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>-4778290</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>-7741351</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="802005" cy="735330"/>
+                <wp:effectExtent l="5715" t="6985" r="1905" b="635"/>
+                <wp:wrapNone/>
+                <wp:docPr id="229915542" name="Group 229915542"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="802005" cy="735330"/>
+                          <a:chOff x="7161" y="14081"/>
+                          <a:chExt cx="1263" cy="1158"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="1171444378" name="docshape80"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="7160" y="14081"/>
+                            <a:ext cx="1263" cy="1158"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="*/ 452 w 1263"/>
+                              <a:gd name="T1" fmla="*/ 14613 h 1158"/>
+                              <a:gd name="T2" fmla="*/ 322 w 1263"/>
+                              <a:gd name="T3" fmla="*/ 14770 h 1158"/>
+                              <a:gd name="T4" fmla="*/ 351 w 1263"/>
+                              <a:gd name="T5" fmla="*/ 14615 h 1158"/>
+                              <a:gd name="T6" fmla="*/ 418 w 1263"/>
+                              <a:gd name="T7" fmla="*/ 14602 h 1158"/>
+                              <a:gd name="T8" fmla="*/ 450 w 1263"/>
+                              <a:gd name="T9" fmla="*/ 14565 h 1158"/>
+                              <a:gd name="T10" fmla="*/ 326 w 1263"/>
+                              <a:gd name="T11" fmla="*/ 14571 h 1158"/>
+                              <a:gd name="T12" fmla="*/ 261 w 1263"/>
+                              <a:gd name="T13" fmla="*/ 14708 h 1158"/>
+                              <a:gd name="T14" fmla="*/ 385 w 1263"/>
+                              <a:gd name="T15" fmla="*/ 14830 h 1158"/>
+                              <a:gd name="T16" fmla="*/ 506 w 1263"/>
+                              <a:gd name="T17" fmla="*/ 14565 h 1158"/>
+                              <a:gd name="T18" fmla="*/ 1242 w 1263"/>
+                              <a:gd name="T19" fmla="*/ 14525 h 1158"/>
+                              <a:gd name="T20" fmla="*/ 1205 w 1263"/>
+                              <a:gd name="T21" fmla="*/ 14718 h 1158"/>
+                              <a:gd name="T22" fmla="*/ 1082 w 1263"/>
+                              <a:gd name="T23" fmla="*/ 14985 h 1158"/>
+                              <a:gd name="T24" fmla="*/ 837 w 1263"/>
+                              <a:gd name="T25" fmla="*/ 15143 h 1158"/>
+                              <a:gd name="T26" fmla="*/ 961 w 1263"/>
+                              <a:gd name="T27" fmla="*/ 15043 h 1158"/>
+                              <a:gd name="T28" fmla="*/ 1106 w 1263"/>
+                              <a:gd name="T29" fmla="*/ 14794 h 1158"/>
+                              <a:gd name="T30" fmla="*/ 1106 w 1263"/>
+                              <a:gd name="T31" fmla="*/ 14495 h 1158"/>
+                              <a:gd name="T32" fmla="*/ 1077 w 1263"/>
+                              <a:gd name="T33" fmla="*/ 14830 h 1158"/>
+                              <a:gd name="T34" fmla="*/ 919 w 1263"/>
+                              <a:gd name="T35" fmla="*/ 15074 h 1158"/>
+                              <a:gd name="T36" fmla="*/ 686 w 1263"/>
+                              <a:gd name="T37" fmla="*/ 15165 h 1158"/>
+                              <a:gd name="T38" fmla="*/ 475 w 1263"/>
+                              <a:gd name="T39" fmla="*/ 15192 h 1158"/>
+                              <a:gd name="T40" fmla="*/ 232 w 1263"/>
+                              <a:gd name="T41" fmla="*/ 15074 h 1158"/>
+                              <a:gd name="T42" fmla="*/ 73 w 1263"/>
+                              <a:gd name="T43" fmla="*/ 14830 h 1158"/>
+                              <a:gd name="T44" fmla="*/ 73 w 1263"/>
+                              <a:gd name="T45" fmla="*/ 14527 h 1158"/>
+                              <a:gd name="T46" fmla="*/ 232 w 1263"/>
+                              <a:gd name="T47" fmla="*/ 14283 h 1158"/>
+                              <a:gd name="T48" fmla="*/ 450 w 1263"/>
+                              <a:gd name="T49" fmla="*/ 14170 h 1158"/>
+                              <a:gd name="T50" fmla="*/ 253 w 1263"/>
+                              <a:gd name="T51" fmla="*/ 14331 h 1158"/>
+                              <a:gd name="T52" fmla="*/ 140 w 1263"/>
+                              <a:gd name="T53" fmla="*/ 14598 h 1158"/>
+                              <a:gd name="T54" fmla="*/ 179 w 1263"/>
+                              <a:gd name="T55" fmla="*/ 14894 h 1158"/>
+                              <a:gd name="T56" fmla="*/ 354 w 1263"/>
+                              <a:gd name="T57" fmla="*/ 15121 h 1158"/>
+                              <a:gd name="T58" fmla="*/ 465 w 1263"/>
+                              <a:gd name="T59" fmla="*/ 15117 h 1158"/>
+                              <a:gd name="T60" fmla="*/ 246 w 1263"/>
+                              <a:gd name="T61" fmla="*/ 14926 h 1158"/>
+                              <a:gd name="T62" fmla="*/ 162 w 1263"/>
+                              <a:gd name="T63" fmla="*/ 14641 h 1158"/>
+                              <a:gd name="T64" fmla="*/ 246 w 1263"/>
+                              <a:gd name="T65" fmla="*/ 14356 h 1158"/>
+                              <a:gd name="T66" fmla="*/ 461 w 1263"/>
+                              <a:gd name="T67" fmla="*/ 14168 h 1158"/>
+                              <a:gd name="T68" fmla="*/ 727 w 1263"/>
+                              <a:gd name="T69" fmla="*/ 14176 h 1158"/>
+                              <a:gd name="T70" fmla="*/ 971 w 1263"/>
+                              <a:gd name="T71" fmla="*/ 14335 h 1158"/>
+                              <a:gd name="T72" fmla="*/ 1094 w 1263"/>
+                              <a:gd name="T73" fmla="*/ 14601 h 1158"/>
+                              <a:gd name="T74" fmla="*/ 1049 w 1263"/>
+                              <a:gd name="T75" fmla="*/ 14360 h 1158"/>
+                              <a:gd name="T76" fmla="*/ 847 w 1263"/>
+                              <a:gd name="T77" fmla="*/ 14158 h 1158"/>
+                              <a:gd name="T78" fmla="*/ 907 w 1263"/>
+                              <a:gd name="T79" fmla="*/ 14166 h 1158"/>
+                              <a:gd name="T80" fmla="*/ 1126 w 1263"/>
+                              <a:gd name="T81" fmla="*/ 14356 h 1158"/>
+                              <a:gd name="T82" fmla="*/ 1210 w 1263"/>
+                              <a:gd name="T83" fmla="*/ 14641 h 1158"/>
+                              <a:gd name="T84" fmla="*/ 1097 w 1263"/>
+                              <a:gd name="T85" fmla="*/ 14277 h 1158"/>
+                              <a:gd name="T86" fmla="*/ 848 w 1263"/>
+                              <a:gd name="T87" fmla="*/ 14132 h 1158"/>
+                              <a:gd name="T88" fmla="*/ 713 w 1263"/>
+                              <a:gd name="T89" fmla="*/ 14101 h 1158"/>
+                              <a:gd name="T90" fmla="*/ 413 w 1263"/>
+                              <a:gd name="T91" fmla="*/ 14101 h 1158"/>
+                              <a:gd name="T92" fmla="*/ 165 w 1263"/>
+                              <a:gd name="T93" fmla="*/ 14246 h 1158"/>
+                              <a:gd name="T94" fmla="*/ 20 w 1263"/>
+                              <a:gd name="T95" fmla="*/ 14495 h 1158"/>
+                              <a:gd name="T96" fmla="*/ 20 w 1263"/>
+                              <a:gd name="T97" fmla="*/ 14794 h 1158"/>
+                              <a:gd name="T98" fmla="*/ 165 w 1263"/>
+                              <a:gd name="T99" fmla="*/ 15043 h 1158"/>
+                              <a:gd name="T100" fmla="*/ 413 w 1263"/>
+                              <a:gd name="T101" fmla="*/ 15188 h 1158"/>
+                              <a:gd name="T102" fmla="*/ 622 w 1263"/>
+                              <a:gd name="T103" fmla="*/ 15233 h 1158"/>
+                              <a:gd name="T104" fmla="*/ 918 w 1263"/>
+                              <a:gd name="T105" fmla="*/ 15194 h 1158"/>
+                              <a:gd name="T106" fmla="*/ 1097 w 1263"/>
+                              <a:gd name="T107" fmla="*/ 15073 h 1158"/>
+                              <a:gd name="T108" fmla="*/ 1242 w 1263"/>
+                              <a:gd name="T109" fmla="*/ 14824 h 1158"/>
+                              <a:gd name="T110" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T111" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T112" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T113" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T114" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T115" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T116" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T117" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T118" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T119" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T120" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T121" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T122" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T123" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T124" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T125" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T126" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T127" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T128" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T129" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T130" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T131" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T132" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T133" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T134" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T135" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T136" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T137" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T138" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T139" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T140" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T141" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T142" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T143" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T144" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T145" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T146" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T147" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T148" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T149" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T150" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T151" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T152" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T153" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T154" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T155" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T156" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T157" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T158" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T159" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T160" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T161" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T162" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T163" fmla="*/ 0 60000 65536"/>
+                              <a:gd name="T164" fmla="*/ 0 60000 65536"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="T110">
+                                <a:pos x="T0" y="T1"/>
+                              </a:cxn>
+                              <a:cxn ang="T111">
+                                <a:pos x="T2" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="T112">
+                                <a:pos x="T4" y="T5"/>
+                              </a:cxn>
+                              <a:cxn ang="T113">
+                                <a:pos x="T6" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="T114">
+                                <a:pos x="T8" y="T9"/>
+                              </a:cxn>
+                              <a:cxn ang="T115">
+                                <a:pos x="T10" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="T116">
+                                <a:pos x="T12" y="T13"/>
+                              </a:cxn>
+                              <a:cxn ang="T117">
+                                <a:pos x="T14" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="T118">
+                                <a:pos x="T16" y="T17"/>
+                              </a:cxn>
+                              <a:cxn ang="T119">
+                                <a:pos x="T18" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="T120">
+                                <a:pos x="T20" y="T21"/>
+                              </a:cxn>
+                              <a:cxn ang="T121">
+                                <a:pos x="T22" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="T122">
+                                <a:pos x="T24" y="T25"/>
+                              </a:cxn>
+                              <a:cxn ang="T123">
+                                <a:pos x="T26" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="T124">
+                                <a:pos x="T28" y="T29"/>
+                              </a:cxn>
+                              <a:cxn ang="T125">
+                                <a:pos x="T30" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="T126">
+                                <a:pos x="T32" y="T33"/>
+                              </a:cxn>
+                              <a:cxn ang="T127">
+                                <a:pos x="T34" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="T128">
+                                <a:pos x="T36" y="T37"/>
+                              </a:cxn>
+                              <a:cxn ang="T129">
+                                <a:pos x="T38" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="T130">
+                                <a:pos x="T40" y="T41"/>
+                              </a:cxn>
+                              <a:cxn ang="T131">
+                                <a:pos x="T42" y="T43"/>
+                              </a:cxn>
+                              <a:cxn ang="T132">
+                                <a:pos x="T44" y="T45"/>
+                              </a:cxn>
+                              <a:cxn ang="T133">
+                                <a:pos x="T46" y="T47"/>
+                              </a:cxn>
+                              <a:cxn ang="T134">
+                                <a:pos x="T48" y="T49"/>
+                              </a:cxn>
+                              <a:cxn ang="T135">
+                                <a:pos x="T50" y="T51"/>
+                              </a:cxn>
+                              <a:cxn ang="T136">
+                                <a:pos x="T52" y="T53"/>
+                              </a:cxn>
+                              <a:cxn ang="T137">
+                                <a:pos x="T54" y="T55"/>
+                              </a:cxn>
+                              <a:cxn ang="T138">
+                                <a:pos x="T56" y="T57"/>
+                              </a:cxn>
+                              <a:cxn ang="T139">
+                                <a:pos x="T58" y="T59"/>
+                              </a:cxn>
+                              <a:cxn ang="T140">
+                                <a:pos x="T60" y="T61"/>
+                              </a:cxn>
+                              <a:cxn ang="T141">
+                                <a:pos x="T62" y="T63"/>
+                              </a:cxn>
+                              <a:cxn ang="T142">
+                                <a:pos x="T64" y="T65"/>
+                              </a:cxn>
+                              <a:cxn ang="T143">
+                                <a:pos x="T66" y="T67"/>
+                              </a:cxn>
+                              <a:cxn ang="T144">
+                                <a:pos x="T68" y="T69"/>
+                              </a:cxn>
+                              <a:cxn ang="T145">
+                                <a:pos x="T70" y="T71"/>
+                              </a:cxn>
+                              <a:cxn ang="T146">
+                                <a:pos x="T72" y="T73"/>
+                              </a:cxn>
+                              <a:cxn ang="T147">
+                                <a:pos x="T74" y="T75"/>
+                              </a:cxn>
+                              <a:cxn ang="T148">
+                                <a:pos x="T76" y="T77"/>
+                              </a:cxn>
+                              <a:cxn ang="T149">
+                                <a:pos x="T78" y="T79"/>
+                              </a:cxn>
+                              <a:cxn ang="T150">
+                                <a:pos x="T80" y="T81"/>
+                              </a:cxn>
+                              <a:cxn ang="T151">
+                                <a:pos x="T82" y="T83"/>
+                              </a:cxn>
+                              <a:cxn ang="T152">
+                                <a:pos x="T84" y="T85"/>
+                              </a:cxn>
+                              <a:cxn ang="T153">
+                                <a:pos x="T86" y="T87"/>
+                              </a:cxn>
+                              <a:cxn ang="T154">
+                                <a:pos x="T88" y="T89"/>
+                              </a:cxn>
+                              <a:cxn ang="T155">
+                                <a:pos x="T90" y="T91"/>
+                              </a:cxn>
+                              <a:cxn ang="T156">
+                                <a:pos x="T92" y="T93"/>
+                              </a:cxn>
+                              <a:cxn ang="T157">
+                                <a:pos x="T94" y="T95"/>
+                              </a:cxn>
+                              <a:cxn ang="T158">
+                                <a:pos x="T96" y="T97"/>
+                              </a:cxn>
+                              <a:cxn ang="T159">
+                                <a:pos x="T98" y="T99"/>
+                              </a:cxn>
+                              <a:cxn ang="T160">
+                                <a:pos x="T100" y="T101"/>
+                              </a:cxn>
+                              <a:cxn ang="T161">
+                                <a:pos x="T102" y="T103"/>
+                              </a:cxn>
+                              <a:cxn ang="T162">
+                                <a:pos x="T104" y="T105"/>
+                              </a:cxn>
+                              <a:cxn ang="T163">
+                                <a:pos x="T106" y="T107"/>
+                              </a:cxn>
+                              <a:cxn ang="T164">
+                                <a:pos x="T108" y="T109"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1263" h="1158">
+                                <a:moveTo>
+                                  <a:pt x="506" y="338"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="452" y="338"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="452" y="484"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="452" y="532"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="452" y="702"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="379" y="702"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="342" y="699"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="322" y="689"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="315" y="665"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="314" y="617"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="325" y="564"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="351" y="534"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="379" y="522"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="398" y="519"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="406" y="519"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="418" y="521"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="434" y="525"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="452" y="532"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="452" y="484"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="450" y="484"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="413" y="467"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="388" y="462"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="363" y="469"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="326" y="490"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="288" y="522"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="268" y="559"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="262" y="595"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="261" y="627"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="271" y="670"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="295" y="709"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="333" y="738"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="385" y="749"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="506" y="750"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="506" y="702"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="506" y="519"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="506" y="484"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="506" y="338"/>
+                                </a:lnTo>
+                                <a:close/>
+                                <a:moveTo>
+                                  <a:pt x="1262" y="594"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1257" y="517"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1242" y="444"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1218" y="375"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1210" y="361"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1210" y="560"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1205" y="637"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1188" y="711"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1162" y="781"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1126" y="845"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1082" y="904"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1030" y="956"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="971" y="1000"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="907" y="1036"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="837" y="1062"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="811" y="1068"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="847" y="1050"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="907" y="1009"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="961" y="962"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1009" y="908"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1049" y="848"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1082" y="783"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1106" y="713"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1121" y="640"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1126" y="564"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1121" y="487"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1106" y="414"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1100" y="395"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1100" y="597"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1094" y="675"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1077" y="749"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1051" y="818"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1015" y="883"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="971" y="941"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="919" y="993"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="861" y="1037"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="801" y="1070"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="764" y="1079"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="686" y="1084"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="609" y="1079"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="535" y="1062"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="475" y="1039"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="475" y="1111"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="424" y="1099"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="355" y="1073"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="290" y="1037"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="232" y="993"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="180" y="941"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="136" y="883"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="100" y="818"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="73" y="749"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="57" y="675"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="51" y="597"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="57" y="520"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="73" y="446"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="100" y="376"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="136" y="312"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="180" y="254"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="232" y="202"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="290" y="158"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="355" y="122"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="424" y="95"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="450" y="89"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="414" y="107"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="354" y="148"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="300" y="196"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="253" y="250"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="212" y="310"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="179" y="375"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="155" y="444"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="140" y="517"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="135" y="594"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="140" y="670"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="155" y="743"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="179" y="813"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="212" y="878"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="253" y="938"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="300" y="992"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="354" y="1040"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="414" y="1080"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="475" y="1111"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="475" y="1039"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="465" y="1036"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="401" y="1000"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="342" y="956"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="291" y="904"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="246" y="845"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="211" y="781"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="184" y="711"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="168" y="637"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="162" y="560"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="168" y="483"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="184" y="409"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="211" y="339"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="246" y="275"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="291" y="216"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="342" y="165"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="401" y="120"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="461" y="87"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="498" y="79"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="575" y="73"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="653" y="79"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="727" y="95"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="796" y="122"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="861" y="158"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="919" y="202"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="971" y="254"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1015" y="312"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1051" y="376"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1077" y="446"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1094" y="520"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1100" y="597"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1100" y="395"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1082" y="344"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1049" y="279"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1009" y="219"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="961" y="165"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="907" y="118"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="847" y="77"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="839" y="73"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="787" y="47"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="837" y="58"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="907" y="85"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="971" y="120"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1030" y="165"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1082" y="216"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1126" y="275"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1162" y="339"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1188" y="409"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1205" y="483"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1210" y="560"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1210" y="361"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1185" y="310"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1144" y="250"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1097" y="196"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1043" y="148"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="983" y="107"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="918" y="75"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="848" y="51"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="776" y="36"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="775" y="36"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="752" y="34"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="713" y="20"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="639" y="5"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="563" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="487" y="5"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="413" y="20"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="344" y="44"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="279" y="77"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="219" y="118"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="165" y="165"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="117" y="219"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="77" y="279"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="44" y="344"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="20" y="414"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5" y="487"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="564"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5" y="640"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="20" y="713"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="44" y="783"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="77" y="848"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="117" y="908"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="165" y="962"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="219" y="1009"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="279" y="1050"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="344" y="1083"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="413" y="1107"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="487" y="1122"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="509" y="1123"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="549" y="1137"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="622" y="1152"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="699" y="1157"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="775" y="1152"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="848" y="1137"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="918" y="1113"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="975" y="1084"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="983" y="1080"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1043" y="1040"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1097" y="992"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1144" y="938"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1185" y="878"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1218" y="813"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1242" y="743"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1257" y="670"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1262" y="594"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="063755"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="2118086743" name="docshape81"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId13">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="7702" y="14503"/>
+                            <a:ext cx="447" cy="332"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </pic:spPr>
+                      </pic:pic>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="2707EE5B" id="Group 229915542" o:spid="_x0000_s1026" style="position:absolute;margin-left:-376.25pt;margin-top:-609.55pt;width:63.15pt;height:57.9pt;z-index:-251654087;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="7161,14081" coordsize="1263,1158" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDmDmsa8A8AAExQAAAOAAAAZHJzL2Uyb0RvYy54bWykXG2PI7cN/l6g/8Hw&#10;xwLJjuZ9FrcXBEkTBEjbQ3P9AV7buzZie9wZ7+1dfn0f6mUs+pbiIC3QjPeGokQ+JEVRGr377vPx&#10;sPi0HcZ9f3pYmm+z5WJ7Wveb/en5Yfmfjz990y4X42V12qwO/Wn7sPyyHZffvf/rX969nu+3eb/r&#10;D5vtsACT03j/en5Y7i6X8/3d3bjebY+r8dv+vD3h5VM/HFcX/Dk8322G1Su4Hw93eZbVd6/9sDkP&#10;/Xo7jvjXH93L5XvL/+lpu7786+lp3F4Wh4clxnax/x3sfx/pv3fv363un4fVebdf+2Gs/sQojqv9&#10;CZ1OrH5cXVaLl2H/Favjfj30Y/90+XbdH+/6p6f9emtlgDQmu5Hm56F/OVtZnu9fn8+TmqDaGz39&#10;abbrf376eTj/dv4wuNHj56/9+vcRerl7PT/fx+/p72dHvHh8/Ue/AZ6rl0tvBf/8NByJBURafLb6&#10;/TLpd/v5sljjH9sMkFXLxRqvmqIqCq//9Q4gUavG1Ga5wFtTZq1x4Kx3f/fNTV4XrrExVUtv71b3&#10;rl87Vj82wh7GNF71Nf5/+vpttzpvLQwj6ePDsNhvMETTmLIsiwYWflodoYtNvx6JtLVi0SBAHVQ7&#10;xnqN3hDZCPWrGoVuYMBcN0GxCc2s7tcv4+XnbW/RWX36dbw4m9/gl8V844f/EeyfjgeY/9/uFmWV&#10;L14Xlq8nD1QAaKIyZW2KxW4R8ID9T9zyiK7IJW4ANOLWNJnArYzoisoIY4NtRdxqUwnc6oiuNK3A&#10;rYmoIGmWC9xgAFOvZZUJ3LqIypRVLY3NxDAUeS2wMxyHqjHC6EwMRF5LqjM3SGStxI9B0VbS+DgW&#10;bSEha2IwqkyUl6OR0F8Mh8lLyfLMDSC5BEgeA2LyTJI454g0sCvBM2JETNZKI8w5JB10LTCMIWmL&#10;RoAkZ5BUphRdN4akE00mZ5BUmcyPQWJEjHMOSdOVgsCYOK4uZ2SGBYek7CQNFhySRlJhwSGRrbqI&#10;IelMJ0BScEiyRpQ4hqRuJS8pOCRGjDJFDEnZSDZdMEQq00kxsIwRyQvJpEsGSCXLW8aANIWgvnIu&#10;HGUMh8yOoYEpsBHsr4zRSEjL0CjzVnK4kqEhTiElQ6M04mxZMTQqSX0VQ6MsCmkOqWI0kJsJcFQc&#10;jqqTImAVw2EayTsqjkcrxoMqxqOoSml8DI/K5KK8DA840dupUMXwqJARCvZCmduUIuSl5L2U/E5k&#10;puww+b8d8GuGRy15G6XLEb+6lOStYzwS4+N4FJU4vhgP5IiC/mqGR2lqyV7qGI8ml6JzzfCAf0jj&#10;a2I8OqROb+PbcDyKQpo+GoZHBjsVGN4AkkmANDEgJislD2luEKmlLKuJEWlLSYPNDSKVhAiteibT&#10;6jKR3w0itYQI1kxXfgbrDkGDWBVGdKVsgi2DJDdSzGpvIBF9pOWQdJLILYckRy7xthO3HBJpFdLe&#10;QIK5VeAXQ9JgXfa2DbY3kIg22MWQlCK/jiNiZH4METGodhwQikZvy9vFgOQSvh2HQ04BuxgOmR1H&#10;Q05RuxgNysPeRqNjaCRyaJPNgwP6jz2kMq3kwiaLAanFJbrJGCJVXkhpDAJV1HcnLqwNFYGm6GGQ&#10;VkppL1L7mDITvc5kDBhklvIgGTKJBWLGsCnbXBwlW7NnizrD/xZ1VRW1LzBOVRHD1u0KaYyPQhpD&#10;pJDGGCmkMUwKaYyTQhojpZDGUCmkMVhpUragV0hjZ1JI56PFFvYK1/loseW9wnU+WmyRr3CdjxZb&#10;6ae5srW+QjofLbbgV7jO9y226le4zvctRJFrtFS4zvctVgFQuM73LVYHSHNltQCFdL5vsZKAwnW+&#10;b5Xz0WK1AWUA89FiFQKF63y0WJ0gzZXVChTS+WixioHCdT5arG6gcJ3vW9V8tLA7NddjWQ0hPVZW&#10;RVBI50dCVktQuM6PhKyi8BVX7Ns9h/2n1S5sSa0/n/yeFH4tVrSD/BHFXbu9eO5H2iCkPSpsgX20&#10;e4PgAkLaw4rpDaOHKRJ94XcL36DPGT2MjOgrmb5g9DAfom9k+pLRwzCIvpPpK0ZPmSU1QNro9jvf&#10;kKDmLbzI2NARWzS8hRfaJKRueQsvtknI3fEWXnDsukijQlpGWAakKUsjybGtIra4wdpLjvRKbMHR&#10;zr3kSJ3EFhzv3EuOtEhswRHPveRIecQWHHPKeEhy7F6ILTjmlM3YFgnJOeaUqdgWCck55pSF2BYJ&#10;yTnmlGHYFrLkEDXGnLIHaoHUQJIcSmEtvOSY9sUWHHPaCrB9yJJjl4f14SUvZcmhTtbCS46CvTgq&#10;jjnNxDQqTLNiC4451eRti4TkHHOqutsWCck55lRXty0SknPMaeazLWTJAXKsK3+q4SOK35LkMAfW&#10;wkuO8rbYgmNOsxGNqpYlhwGxPrzkKFGLfXDMqUZt+0hIzjGnKjS1QJlZ7INjTnVm2yIhOcecCsm2&#10;RUJyjjlVim2LhOQcc6oF2xay5DDvWLtU7aUW7ozPm/M4HIG18JKjXCvpCg7BWnjJUY8VW3DMqSBr&#10;RyVLDhdifXjJUVMV++CYU1GV+kDVVGzBMe+85KiLii045lQYtX0kJOeYU+3TtkhIzjGn8qZtIUsO&#10;x451ZQuY1IQqlJIkCAK8jReeapBiG467LUK6fmT5ETp4P14BVEYU++HY4+CGU4FBnTBq46zZJ7ID&#10;DiDeHj0clgscPXykNsh2VhfKf8PPxSsOltljbjs6YYZoSm+O/aftx97SXCgLxikZ23WBGdb1fKU4&#10;nGJK7GHfUIb34Xm2HANdiV0OxzG8D09OVyHjmEPXoMacoisaLFYBlkpH5wFAV6NenuSXe7rJI8P4&#10;w9PJUSDXtfymGSG8D89A53ypnjLd8D48PR0V3zC+CjNNcny0jCY6JAxJOq+XCvIk6bwfooSepCu9&#10;xah0xhl1NWXdQc7w9Hbg88dqypzD+/D0dN7+5tqLbn8ufqp0dJwNei6n+TuMKzw9bq2Tt8QqOKln&#10;2kq3/NJ6xnk9R4c4n+KX+341fHOfVVQoEyT50Sqe7ArbXWk6Z3/1tH4J+ghPp5ectr7Br0aOkuRH&#10;22uga6YYGPiEp9czHZwiuilihffhGfDw/KbMObwPT0cXImCDxCI1volOiUOBTvOPQKfZX6C7Rugw&#10;/vWhH7cY8tdRHXE/gBiCgxTWTU7FKMJbiUt0/tES4qRyUlE4C+M8ocCRgpRGQehcsJgS9iBaeDqI&#10;JsIKiUCaI20HkrHh9FqSEHuZzoqmakjoMjx918ZrspkSzEAQnoHQ+2uLAm+ya5zStF132OJME/rV&#10;e4e1U4oQp04sQ6RFafXgcIUndLuJyC+CEOHphMHBT0+oBLOW9iChb2yuhvwhcApPzxErXkeouNl1&#10;jEocwGFSy7FThgituMSgQ5aVUiOdjbEcW1TI04QewWZaQgRhwzPYhJ8rcYQizREWbruusaJNdg3P&#10;toRadoBzL45jiUMfaY5+jKVRzDFk3YUyMaDO6ty66pSucbrJSa0FiowOE1HMV2I5TgM4qVuEoKTU&#10;mc/aWgXC4FvdVEcKEIengxrncu0Iu2ltFd6Hp/cDb7VYhaSV09LhC+tZyrzZ+IoE1hvpiR1HfT1H&#10;JTOvvcOoHCs6c+y8P53z4FSwJ8Qp4BQuEyEdbkgS+norVkxpjgXt4Dg9pn0w9+tpFRkc0rUcNaiN&#10;L01opmN8OVQzxeBWmm03Pj9SfMVP+7Xie2GVofhySCJQak/B5sdWYmczRRZELVBBStJ51RX4MiVJ&#10;56HIUXRJ0QVocyXHm2xl+nYseHl4Om+fjE9Ze5XempXIii+CrOUpK1KK5N7kk9LidLOjU+a7wsdz&#10;g9pOUnu0BQtXy5UpPqfviEBXIP1L8cNpbkenmKjxLq4mpn5PQM10fVirMD0lx+f5aSubML5m2lkI&#10;VhKePl3w8rZKthD016Jamhpf7vHotJWSx7dDfTDFb7KXTMlSrgYIv0txnB/uZ08gqMI421dS3HKa&#10;X5WkufDLHi0Lz+n0KqxaS+txCtXSaeuE3KfW6sKDThOj30aZMXEk3tKpS6OwdNTWWp5fqWRQxo+v&#10;VPL5IG+hpAhBf7kSFQIeOb4KTNlgwBcHa5N0k8EoUxy+UXD4pvO70pfblKSt8oaPiTMlRO1dXeGG&#10;7x3s2JR5pvFFfKNMW21IZpVpMCTH2rQakm1tmkbZ33m5Ou+H9YCaSIQVhp6Z+DVLpZjB/FXQlOwo&#10;qNDnnRa9QivAhIVsrpgDenYzbK7UfMNaW/ORafGuLL/w1YiVBMu6lFW39M0ghba08Tf0XQPIpk31&#10;MK2Gp196+aKGZqy+SDJt9gUu4em4BVvFV7xJGbCccEmbprsJXi1g0SctVl4tAppQu9JCqgnVMC1G&#10;0yfLTtVa0A+lPb1iN7cGaOhrGKCsZo24SsGpR0lDsXR0dqPltSgMucTWKIlyB63QEK9bf8FmwtPb&#10;ji+QKjMY1aGIHZZgKS9p/Da7kvA0fibRyMI2Xzr3pYoWjU2x/tp7cHpqrfyWSNqTqJJl1ZHUBr4u&#10;mjMwiqHETAmlFEGJTAlUFD+JDI6UHBzFAEun5Br4/NPSaXHZl8W0OO9l1eYNYGlVohQCQwRIx25f&#10;AlQ2MR0vrerpB6ZVUb2YWlXWK02t8noM1LKxx1SrQ082QpNuyp+DzaGYmXaIYMOYOdITZPAJ5CRp&#10;0IKLYYpJLwWrUCI00wnJEOLC04W6ytfUjVHqnfhozLsQAlBKPbRv73wNNacUYQh4OPuQ5hjirDpG&#10;fIbmu1ZW6J2PtUAmHUavM4ayUr7OQdrie5rWtOW8CROlVh9AVHN+qhUcsOfgFKRVMKa9RLUkEnYn&#10;1RrL1zuewRDDNil2u+iIjL3qaTorQ0dsokuNxv6w3/y0PxxoV3Ucnh9/OAyLTyu68QvrZtSZnMEx&#10;soM9N37qqVmwR3vllbuNyd0h9dhvvuBmpqF314bhmjP82PXDH8vFK64Me1iO/31ZDdvl4vDLCXdM&#10;dcAGEfRi/yirhiLgEL95jN+sTmuwelheljjqTj9/uLh7yV7Ow/55h57cWahT/z3u2Hra07VNuOZq&#10;vHej8n/gmqv378779T3+7+8Hw6+v7rvS71FDq8sLyeLuYjvO4nFcDb+/nL/BVWbAZv+4P+wvX+y1&#10;bDi2RIM6ffqwX9PVYvTH9eosVA3arK3Jjm6vzrJZU6B2bWEB+7W9lGxx6n/Y4buA7ffjGQerSEPX&#10;fxqG/nW3XW0AhEu9OJc7+pON5/GwPwerod9ecoBwc7naG8pzF7f92K9fjtvTxd1EN2wPUEJ/Gnf7&#10;8wjk77fHx+3mYTn8srEDIttc/xvjBpD4fRm2lzUMe3X/BBv0/w7Lnl7YEV8HSeOfd1EYHaaywRal&#10;ZzvHrO7DRWElreHo+rViOsAVLm47D+6asAX9wKgxUHv4LFwZRp7oSWjQV9cJA4NF0k/839qmvbIO&#10;v9idePHflup6CeD7/wEAAP//AwBQSwMECgAAAAAAAAAhAKYhOH9uCAAAbggAABQAAABkcnMvbWVk&#10;aWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAA8AAAALAgGAAAAOSrb6QAAAAZiS0dEAP8A&#10;/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAACA5JREFUaIHNWmdUVNcaPXdmGIYOgggCUqSD&#10;DxBBKdEnGooCCoqSQDBLMYABjEtKFHiKKC3GjoWnIkYpJgpEmgbQhEGRXgRhMnQQQh/aUGbmvh+G&#10;LB/rnikMCPsfd+/znW/P/e6pICiKAl5QVk81ed83qOC4xTSdp4bLBDhexMW1FDM7v4i8odFxqcVK&#10;aLHBteHCyvrNO4+efT4yThdfzIQWG1wZLiit3ebwXWTu2MSk6GIntNjgaPjZ6ypbp4DoTPrUtNCn&#10;SGixwdZwVmGZw96g2IzJqRnSp0posUGAEWkvive4h15OYTCZUM1iYpA2tuJda6cubXRccnxySmSc&#10;PikiKyXRq6+uXKO0SroDQRDeppe/gWBNS49+K3L9+vTVB0wmC4/VyERXvURNcVUTVx0gCJoY7u/G&#10;ScdgMAn5pbXbH+b87lFU1fBZZ++AIkwrISpMM9FVLwnw2B29dYN+ATd5/JPPXMMPsn/3OHz2egKL&#10;hfI0ZcGAwyEs+qtUzB8OgA9Gb/yS63v+p4zgnoFhOV7jb92gXxDu7RqyUV+zmBv9/xm+m5HveSQ6&#10;Ph5FUYTXjmFgZ7ia0mrode7GncrGlvX89hPosTs6wueLk5xK/Z/v8+bjZ0eO/nAnjt+OucXPea/2&#10;e0bE3VuoAfGH++nfIwiCnvF2DWFnmgAAAFeSM48FXr5/YSE65gaP81+7uIdeSlnouLGJaScIeBzj&#10;1Df7/wPT4M7/lB78Kc0CAEB9S6feYsWOvPs4rKGlUwfGE26n5XmprpZtmUv0DAzLwRYbMpJi/WLC&#10;QqPcJIDDISzu0/0ABEFQUz31N6b6msXSEqID4iLCNErbe+2i6gbLt03t6ziNMReTngbcCvE5hMUR&#10;Gp5cU8MinAJinmaTy+2xuEhf96AD9lsTeDXCCYqy0p0hh/aGO24xSZeRFO/H0gzSxla4h15MzS+t&#10;3Q6Lk5Rb6B7u/UWInLRkz1xuQaYefiEkSKSHebqcrn10Sevgrm23YWYBAGCFhOjgk/PBDrbmRtkw&#10;zfQMg/imlmKGxS254XXqyjVVKRd0Qz1dwoVJghPctCEJEievBh32Yfe5UDu6NbCeL6lhxy0m6S/j&#10;IyxU5GVbeW27Rk6m3c58fRaMp3b0LC/DQQecolKjju8RFSaNzTfGRn0N6Oqqqw97abokG4MjLrZX&#10;pSXEBviNswpjUJoFg4G96VmSN7wQZgH4MH3BOCYLe+Oz5IPWfIGiKDI8Aj9bm2EwBbCeL0lJzxfT&#10;MwxiYWX95uyiCvtscrlDc9dfmGsIAD78IFjPl73hyalpUu6ryh3pL0ucs8hlDvweIi5bw/XNHXrx&#10;T577pDwnfznEpnR5xbIyjKIokk0ut7+amv3di7K3Vuy0CIKgMpJi/X1DIysxYwGAWdLLZtB6Xlxl&#10;s/FAcIVzYOyv7MyuVZSjnvF2DaFmXF9zcNe2/8J0CACYI/iSv+HJqWlSyPWk6Gup2UdhGqIAYdrZ&#10;atMvh3Ztj//MSOcPbg7wYJolNTxAG5W29T2TX/NnmwEWLypMGvt2n90Vf9edF9ltKLCw7AyzWCzc&#10;oTNxiTCz/zbWe3Ev3N9NXkaqez7xEWSZlfSlpMzjOUUVO7G4/dYWyQmn/L7C43HM+caHveF5DVrs&#10;VjjcgNrRox52IzkSi9NSUWi4ccLrMD9mAQAAj8NuPy/D5Q1NG/hJ5lVNgyXsRuMbp89vigiRxvmJ&#10;DwAAOAR7rww1TCQQpmFcaR11Iz/JVDbAz6GtNxnm8hN7FjyX9FpFOSqMa+76S61/eESGlwQ+XttW&#10;NjYbw3QLdZcFOw2BGtZWVXjHLqDXuZt3JianhDl13NU7qBCV8DjUKSDm6eyzuqZ2fZi+rbtPhVNM&#10;boAgOB4Nq7A3nFlY5mjnF5E3QBuVnssxGExCNrncfk9gbIb6bp/207dSIz42wq56YhLTTnJz1TPD&#10;YAgUlMBPLrEGPRaLhYOWj7H22jK9tUpv65o6oG+juJZiZuwWUKuuJPenkCCRThIk0okEwvTrmkaL&#10;rr5BBVg7cwNtMuw+6XVNo/mpWylnwzxdTgsQCDNYGhRFkRPXHsaW1lNNYX3MHaUzC8scoxOehEAN&#10;4/E4ZpTvV4GOxyJzYBoAAOjuH5Lv7h+SZ6eZC0tDncK4Rzn+MD7mXtrJnKKKnd57beI0lFZTVBVk&#10;m1ksFDcyPiFB7ejWSH5Gdst4WeLErg8SUWBynD4p0tDapROTmHYy42WJk6gwaQzzfngWKIoidn4R&#10;eZx2LtxAV02prjLpR30AAKCNTUhscA+oae/pX8NvXBgECPiZuacegkSBKbbzMIIg6JVAzyPsvrn5&#10;QEJUmPbw3LF9AgQ8ZslyAzwexzTSUq2A8VhHPAwmk8Bx4aGpvLqxODHaeN/nFnzd9kmJiQx9/Lep&#10;nsabGH+P4/OJZWmoU1h8L9r4dti3X3PbBodDWAcdt91mW9IfA0VR5O6v+Z5Bl+9f4OXfl9apK9f4&#10;uNhc+9Jm8wMhEpE+l39R9tYq+Mr9H6sprYbs4iAIgtpZrM/ycra+bmNmmDu7sNjhF/Ebu3smAACw&#10;NTfKjvJ1D9JVU6rj2vAsGAwmgdL+XquK0mJUTWkzrKa0GNU1degLkYj0lVLivSulJHrlpaW6zQ20&#10;yFYm/8pTkF3RxSkmk8nCJz8rdMt7U2Pd1t2r0t7TrzxAG5XWVlF4Z6CpUmWgqVq5w3J9JtYNxfDo&#10;uGQWudyhoLR2ezWl1bCrd0BRSlxkSFlettV6k0Gus5XZz8ryK9tm9f8DQqZOteDeUFsAAAAASUVO&#10;RK5CYIJQSwMEFAAGAAgAAAAhAOzILLflAAAAEQEAAA8AAABkcnMvZG93bnJldi54bWxMj11rgzAU&#10;hu8H+w/hDHZnYyK61RlLKduuyqDtYPQuNacqNYmYVO2/X3q13Z2Ph/c8p1jNuiMjDq61RgBbxEDQ&#10;VFa1phbwffiIXoE4L42SnTUo4IYOVuXjQyFzZSezw3HvaxJCjMulgMb7PqfUVQ1q6Ra2RxN2Zzto&#10;6UM71FQNcgrhuqM8jjOqZWvChUb2uGmwuuyvWsDnJKd1wt7H7eW8uR0P6dfPlqEQz0/z+g2Ix9n/&#10;wXDXD+pQBqeTvRrlSCcgekl5GthQMc6WDEiAooxnHMjpPmRxkgAtC/r/k/IXAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF&#10;94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCO&#10;rYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqG&#10;luShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48&#10;NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5g5rGvAPAABMUAAADgAAAAAAAAAAAAAA&#10;AAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEApiE4f24IAABuCAAAFAAAAAAAAAAA&#10;AAAAAABWEgAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEA7Mgst+UAAAARAQAA&#10;DwAAAAAAAAAAAAAAAAD2GgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAA&#10;IQEAABkAAAAAAAAAAAAAAAAACBwAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYA&#10;BgB8AQAA+xwAAAAA&#10;">
+                <v:shape id="docshape80" o:spid="_x0000_s1027" style="position:absolute;left:7160;top:14081;width:1263;height:1158;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1263,1158" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB13H9aygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EJujezUNMWNEoJLIKdC/iBHYW1tE2tlJCWR3z57KPS4O7Mz3y7Xyfbijj50jhTkswwE&#10;Uu1MR42C03H79gkiRE1G945QwYgB1qvJy1KXxj1oj/dDbASHUCi1gjbGoZQy1C1aHWZuQGLt13mr&#10;I4++kcbrB4fbXs6z7ENa3RE3tHrAqsX6erhZBd9pHDfHa9rK7Gc395dzte+HSqnpa9p8gYiY4r/5&#10;73pnGD9f5EVRvC8Ymn/iBcjVEwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHXcf1rKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" path="m506,338r-54,l452,484r,48l452,702r-73,l342,699,322,689r-7,-24l314,617r11,-53l351,534r28,-12l398,519r8,l418,521r16,4l452,532r,-48l450,484,413,467r-25,-5l363,469r-37,21l288,522r-20,37l262,595r-1,32l271,670r24,39l333,738r52,11l506,750r,-48l506,519r,-35l506,338xm1262,594r-5,-77l1242,444r-24,-69l1210,361r,199l1205,637r-17,74l1162,781r-36,64l1082,904r-52,52l971,1000r-64,36l837,1062r-26,6l847,1050r60,-41l961,962r48,-54l1049,848r33,-65l1106,713r15,-73l1126,564r-5,-77l1106,414r-6,-19l1100,597r-6,78l1077,749r-26,69l1015,883r-44,58l919,993r-58,44l801,1070r-37,9l686,1084r-77,-5l535,1062r-60,-23l475,1111r-51,-12l355,1073r-65,-36l232,993,180,941,136,883,100,818,73,749,57,675,51,597r6,-77l73,446r27,-70l136,312r44,-58l232,202r58,-44l355,122,424,95r26,-6l414,107r-60,41l300,196r-47,54l212,310r-33,65l155,444r-15,73l135,594r5,76l155,743r24,70l212,878r41,60l300,992r54,48l414,1080r61,31l475,1039r-10,-3l401,1000,342,956,291,904,246,845,211,781,184,711,168,637r-6,-77l168,483r16,-74l211,339r35,-64l291,216r51,-51l401,120,461,87r37,-8l575,73r78,6l727,95r69,27l861,158r58,44l971,254r44,58l1051,376r26,70l1094,520r6,77l1100,395r-18,-51l1049,279r-40,-60l961,165,907,118,847,77r-8,-4l787,47r50,11l907,85r64,35l1030,165r52,51l1126,275r36,64l1188,409r17,74l1210,560r,-199l1185,310r-41,-60l1097,196r-54,-48l983,107,918,75,848,51,776,36r-1,l752,34,713,20,639,5,563,,487,5,413,20,344,44,279,77r-60,41l165,165r-48,54l77,279,44,344,20,414,5,487,,564r5,76l20,713r24,70l77,848r40,60l165,962r54,47l279,1050r65,33l413,1107r74,15l509,1123r40,14l622,1152r77,5l775,1152r73,-15l918,1113r57,-29l983,1080r60,-40l1097,992r47,-54l1185,878r33,-65l1242,743r15,-73l1262,594xe" fillcolor="#063755" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="452,14613;322,14770;351,14615;418,14602;450,14565;326,14571;261,14708;385,14830;506,14565;1242,14525;1205,14718;1082,14985;837,15143;961,15043;1106,14794;1106,14495;1077,14830;919,15074;686,15165;475,15192;232,15074;73,14830;73,14527;232,14283;450,14170;253,14331;140,14598;179,14894;354,15121;465,15117;246,14926;162,14641;246,14356;461,14168;727,14176;971,14335;1094,14601;1049,14360;847,14158;907,14166;1126,14356;1210,14641;1097,14277;848,14132;713,14101;413,14101;165,14246;20,14495;20,14794;165,15043;413,15188;622,15233;918,15194;1097,15073;1242,14824" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="docshape81" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:7702;top:14503;width:447;height:332;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAZYm1YzAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8gre7CY1xJB2W4pYEaGgVXt+Zp9JaPZt2N22ib/eFQSPw8x8wyzXg+nEmZxvLStIZwkI&#10;4srqlmsF72/bmwKED8gaO8ukYCQP69Xkaomlthd+pfM+1CJC2JeooAmhL6X0VUMG/cz2xNH7ss5g&#10;iNLVUju8RLjp5DxJcmmw5bjQYE/3DVXH/ckoOIxufH7Mhu+XjyzfflbZ7vTQ7ZS6ng6bBYhAQ/gP&#10;/7WftIJ5mhZJkd9lt/D7Kf4BufoBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGWJtWMwA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;">
+                  <v:imagedata r:id="rId19" o:title=""/>
+                </v:shape>
+                <w10:wrap anchorx="page" anchory="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00523DB8">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663417" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="525AD0AD" wp14:editId="4549CCD7">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>-3716920</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="page">
+              <wp:posOffset>-8110163</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1206500" cy="1188230"/>
+            <wp:effectExtent l="57150" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1181723680" name="Picture 1181723680" descr="A picture containing logo&#10;&#10;Description automatically generated"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="image4.png" descr="A picture containing logo&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId11" cstate="print"/>
+                    <a:srcRect l="64749" t="-14625" r="-19933" b="-4537"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1208773" cy="1190468"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:scene3d>
+                      <a:camera prst="orthographicFront"/>
+                      <a:lightRig rig="threePt" dir="t"/>
+                    </a:scene3d>
+                    <a:sp3d>
+                      <a:bevelB h="6350"/>
+                    </a:sp3d>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008E6768" w:rsidSect="009F0D58">
+    <w:sectPr w:rsidR="003D406A" w:rsidRPr="003D406A" w:rsidSect="00311D95">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="560" w:right="360" w:bottom="0" w:left="340" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="460" w:right="360" w:bottom="0" w:left="340" w:header="720" w:footer="88" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="26D91D94" w14:textId="77777777" w:rsidR="002B4E53" w:rsidRDefault="002B4E53" w:rsidP="00311D95">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="12C93589" w14:textId="77777777" w:rsidR="002B4E53" w:rsidRDefault="002B4E53" w:rsidP="00311D95">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -14016,50 +14789,185 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="548C80E9" w14:textId="2FF6C727" w:rsidR="00311D95" w:rsidRPr="00311D95" w:rsidRDefault="00311D95" w:rsidP="00311D95">
+    <w:pPr>
+      <w:spacing w:line="183" w:lineRule="exact"/>
+      <w:ind w:left="20"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>TAFDC</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:spacing w:val="-5"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>CCFS</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:spacing w:val="-4"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">(Rev. </w:t>
+    </w:r>
+    <w:r w:rsidR="00C802BE">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>/2026)</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:spacing w:val="-4"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:spacing w:val="-4"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>25-642-1220-</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:spacing w:val="-5"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>05</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0157B800" w14:textId="77777777" w:rsidR="002B4E53" w:rsidRDefault="002B4E53" w:rsidP="00311D95">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6C7B1CAB" w14:textId="77777777" w:rsidR="002B4E53" w:rsidRDefault="002B4E53" w:rsidP="00311D95">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="130015E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9578B5A8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -14942,773 +15850,642 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="372D7A39"/>
+    <w:nsid w:val="3A575C66"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="63DA3E12"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="726" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="231F20"/>
+        <w:w w:val="113"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1780" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2840" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3900" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4960" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6020" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7080" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8140" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9200" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3ACB50C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FF8E390"/>
-    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="0" w:tplc="C9AC5E98">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="721" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:w w:val="113"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="1" w:tplc="9CCAA03A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="981" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:w w:val="125"/>
         <w:position w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="2" w:tplc="D3807CDC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1610" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="3" w:tplc="84F29814">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2240" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="4" w:tplc="B038FB9A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2870" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="5" w:tplc="1096BB1A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3500" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="6" w:tplc="63FAFA00">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4130" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="7" w:tplc="6E5E6C20">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4760" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="8" w:tplc="9EEE9A46">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5390" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3A575C66"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EFF6BE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="63DA3E12"/>
-    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+    <w:tmpl w:val="6C080E08"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="726" w:hanging="340"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B5A087B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1DD03DC6"/>
+    <w:lvl w:ilvl="0" w:tplc="4456284A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="651" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:w w:val="125"/>
+        <w:position w:val="3"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C56EAEFE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1061" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E5B4EFCC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1462" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0640104E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1863" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F244A8D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="83A4A970">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2665" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="CD6E97C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3066" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AA84075C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3467" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CD163ADC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3868" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59D51782"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A73AF9CE"/>
+    <w:lvl w:ilvl="0" w:tplc="568A557A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="721" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
-        <w:color w:val="231F20"/>
-[...121 lines deleted...]
-        <w:color w:val="auto"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:w w:val="113"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9CCAA03A">
+    <w:lvl w:ilvl="1" w:tplc="E1A03EBA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="981" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:w w:val="125"/>
         <w:position w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D3807CDC">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1610" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84F29814">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2240" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="B038FB9A">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2870" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="1096BB1A">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3500" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63FAFA00">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4130" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6E5E6C20">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4760" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9EEE9A46">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5390" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...206 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="59D51782"/>
-[...129 lines deleted...]
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B1047DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63DA3E12"/>
     <w:lvl w:ilvl="0" w:tplc="A03CCD32">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="700" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="231F20"/>
         <w:w w:val="113"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7B32D114">
@@ -15786,51 +16563,51 @@
     <w:lvl w:ilvl="7" w:tplc="73168F5E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8114" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9DC070F2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9174" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C310C35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBEEA67A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="513" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1233" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15899,51 +16676,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5553" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6273" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EBC1A0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="931ACD7A"/>
     <w:lvl w:ilvl="0" w:tplc="5E766CB0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="851" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="161CB948">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1908" w:hanging="360"/>
       </w:pPr>
@@ -16015,51 +16792,51 @@
     <w:lvl w:ilvl="7" w:tplc="2ED65312">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8196" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3F8C4600">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9244" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61861A0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5FA4BBE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1376" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2096" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16128,51 +16905,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6416" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7136" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="643B07A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF9431F4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16241,51 +17018,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6ED6477C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A48C742"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="513" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1233" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16354,51 +17131,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5553" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6273" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74151A96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30405112"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16467,51 +17244,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B6B7ABB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE0CC63C"/>
     <w:lvl w:ilvl="0" w:tplc="DA78F06C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -16556,51 +17333,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EC76A31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63DA3E12"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="700" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="231F20"/>
         <w:w w:val="113"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
@@ -16682,576 +17459,595 @@
       <w:pPr>
         <w:ind w:left="8114" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9174" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="737168745">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="890851105">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1369916249">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1416826066">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1548104712">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2046901984">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="150366616">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1883052395">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="320932850">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1637761506">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="673462101">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1269700524">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1369916249">
-[...28 lines deleted...]
-  </w:num>
   <w:num w:numId="13" w16cid:durableId="537015547">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1151673099">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2050688772">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="797378296">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="176968249">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="90858880">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="437987067">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="896009473">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1621842779">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1814172200">
     <w:abstractNumId w:val="6"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="70"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B7AA4"/>
     <w:rsid w:val="00004E52"/>
     <w:rsid w:val="00005868"/>
     <w:rsid w:val="00006EB3"/>
     <w:rsid w:val="0000717C"/>
     <w:rsid w:val="00015EA8"/>
     <w:rsid w:val="000314F7"/>
     <w:rsid w:val="00036716"/>
     <w:rsid w:val="0003723B"/>
     <w:rsid w:val="0004795D"/>
     <w:rsid w:val="000652FE"/>
     <w:rsid w:val="000713D3"/>
     <w:rsid w:val="00071AFA"/>
     <w:rsid w:val="00071DF0"/>
-    <w:rsid w:val="0007620B"/>
     <w:rsid w:val="00077343"/>
     <w:rsid w:val="0008095F"/>
     <w:rsid w:val="000824CB"/>
     <w:rsid w:val="000852B0"/>
     <w:rsid w:val="00093AFE"/>
     <w:rsid w:val="000A1430"/>
     <w:rsid w:val="000B50D8"/>
     <w:rsid w:val="000C72F8"/>
-    <w:rsid w:val="000C794F"/>
+    <w:rsid w:val="000E02E7"/>
     <w:rsid w:val="000E1129"/>
     <w:rsid w:val="000E11CD"/>
     <w:rsid w:val="000E3785"/>
     <w:rsid w:val="000E70AF"/>
     <w:rsid w:val="000F6315"/>
     <w:rsid w:val="001017E6"/>
     <w:rsid w:val="00112357"/>
     <w:rsid w:val="0011329E"/>
     <w:rsid w:val="001140D5"/>
+    <w:rsid w:val="001158D6"/>
     <w:rsid w:val="001178DA"/>
     <w:rsid w:val="00123CE1"/>
     <w:rsid w:val="00141C05"/>
     <w:rsid w:val="00167E1A"/>
     <w:rsid w:val="001701EE"/>
     <w:rsid w:val="001724EF"/>
     <w:rsid w:val="00172A54"/>
     <w:rsid w:val="00173394"/>
     <w:rsid w:val="0017367B"/>
     <w:rsid w:val="00173B62"/>
     <w:rsid w:val="001801B1"/>
     <w:rsid w:val="00184029"/>
     <w:rsid w:val="00186D01"/>
     <w:rsid w:val="001A1883"/>
     <w:rsid w:val="001A549D"/>
     <w:rsid w:val="001A715A"/>
+    <w:rsid w:val="001B46BD"/>
     <w:rsid w:val="001B7AA4"/>
     <w:rsid w:val="001C0D76"/>
     <w:rsid w:val="001C7154"/>
     <w:rsid w:val="001E799D"/>
     <w:rsid w:val="001F65B3"/>
     <w:rsid w:val="00202F21"/>
     <w:rsid w:val="00211C22"/>
     <w:rsid w:val="00214BA8"/>
     <w:rsid w:val="00215465"/>
     <w:rsid w:val="00215713"/>
     <w:rsid w:val="00217BAB"/>
+    <w:rsid w:val="002256EF"/>
+    <w:rsid w:val="00227EB5"/>
     <w:rsid w:val="00232D25"/>
     <w:rsid w:val="002473CF"/>
     <w:rsid w:val="00250432"/>
     <w:rsid w:val="0025675B"/>
     <w:rsid w:val="00256D21"/>
+    <w:rsid w:val="002659E2"/>
     <w:rsid w:val="00273BE7"/>
     <w:rsid w:val="00281243"/>
     <w:rsid w:val="002829D3"/>
     <w:rsid w:val="00285F50"/>
     <w:rsid w:val="002871BF"/>
     <w:rsid w:val="0029309F"/>
     <w:rsid w:val="002A3091"/>
+    <w:rsid w:val="002B0023"/>
     <w:rsid w:val="002B39D7"/>
     <w:rsid w:val="002B3A7B"/>
+    <w:rsid w:val="002B4E53"/>
     <w:rsid w:val="002B78A4"/>
     <w:rsid w:val="002C7DC5"/>
     <w:rsid w:val="002D674D"/>
     <w:rsid w:val="002E4AD4"/>
     <w:rsid w:val="002E5674"/>
     <w:rsid w:val="002F05F7"/>
     <w:rsid w:val="00300968"/>
     <w:rsid w:val="00304651"/>
     <w:rsid w:val="00311BC5"/>
+    <w:rsid w:val="00311D95"/>
     <w:rsid w:val="00316692"/>
     <w:rsid w:val="003216AE"/>
     <w:rsid w:val="00327F1B"/>
     <w:rsid w:val="00332FF8"/>
+    <w:rsid w:val="00334E34"/>
     <w:rsid w:val="003364F5"/>
     <w:rsid w:val="0035202A"/>
     <w:rsid w:val="00367F81"/>
     <w:rsid w:val="00371972"/>
     <w:rsid w:val="003832A5"/>
+    <w:rsid w:val="003849A5"/>
     <w:rsid w:val="003B612D"/>
     <w:rsid w:val="003C1BF9"/>
     <w:rsid w:val="003C5402"/>
     <w:rsid w:val="003D1782"/>
+    <w:rsid w:val="003D406A"/>
     <w:rsid w:val="003D6B3A"/>
     <w:rsid w:val="00402278"/>
     <w:rsid w:val="00402DAF"/>
     <w:rsid w:val="00406D7E"/>
     <w:rsid w:val="00410BCB"/>
     <w:rsid w:val="00417DA5"/>
     <w:rsid w:val="00424542"/>
     <w:rsid w:val="00424B7F"/>
     <w:rsid w:val="004364AC"/>
     <w:rsid w:val="00452346"/>
     <w:rsid w:val="00457348"/>
     <w:rsid w:val="00481159"/>
     <w:rsid w:val="004841E1"/>
     <w:rsid w:val="004909B6"/>
     <w:rsid w:val="0049391C"/>
-    <w:rsid w:val="004A4AE4"/>
     <w:rsid w:val="004A56BE"/>
     <w:rsid w:val="004A6619"/>
     <w:rsid w:val="004B1D93"/>
-    <w:rsid w:val="004B3289"/>
     <w:rsid w:val="004B5008"/>
     <w:rsid w:val="004B6F95"/>
     <w:rsid w:val="004C2A47"/>
     <w:rsid w:val="004C2F0A"/>
     <w:rsid w:val="004C3300"/>
+    <w:rsid w:val="004C46DA"/>
     <w:rsid w:val="004C7C54"/>
     <w:rsid w:val="004D3252"/>
     <w:rsid w:val="004D576E"/>
     <w:rsid w:val="004E04FE"/>
     <w:rsid w:val="004F1D9C"/>
     <w:rsid w:val="004F1EDC"/>
     <w:rsid w:val="004F2DB2"/>
-    <w:rsid w:val="004F5E25"/>
     <w:rsid w:val="00514A7C"/>
     <w:rsid w:val="00516886"/>
-    <w:rsid w:val="0052124F"/>
+    <w:rsid w:val="00523DB8"/>
     <w:rsid w:val="00523F78"/>
     <w:rsid w:val="00532D8D"/>
     <w:rsid w:val="00537EC4"/>
+    <w:rsid w:val="00546A27"/>
     <w:rsid w:val="0056064D"/>
     <w:rsid w:val="005636E1"/>
     <w:rsid w:val="0056453E"/>
     <w:rsid w:val="00573752"/>
     <w:rsid w:val="00577F29"/>
     <w:rsid w:val="00591F66"/>
     <w:rsid w:val="005B05DB"/>
     <w:rsid w:val="005B6292"/>
     <w:rsid w:val="005B674C"/>
-    <w:rsid w:val="005C21BC"/>
     <w:rsid w:val="005C4B3D"/>
     <w:rsid w:val="005D7861"/>
     <w:rsid w:val="005E26D1"/>
     <w:rsid w:val="005E58F4"/>
     <w:rsid w:val="005F15E8"/>
     <w:rsid w:val="005F4478"/>
     <w:rsid w:val="005F66DD"/>
     <w:rsid w:val="0060001D"/>
     <w:rsid w:val="0060254C"/>
     <w:rsid w:val="00604A0A"/>
     <w:rsid w:val="00610A3D"/>
     <w:rsid w:val="00613804"/>
     <w:rsid w:val="00616179"/>
     <w:rsid w:val="00620CB9"/>
-    <w:rsid w:val="00622721"/>
     <w:rsid w:val="00635278"/>
     <w:rsid w:val="0063720A"/>
     <w:rsid w:val="00642FD5"/>
     <w:rsid w:val="006466A2"/>
-    <w:rsid w:val="00656AAF"/>
     <w:rsid w:val="00657241"/>
     <w:rsid w:val="00657BDD"/>
     <w:rsid w:val="00663B9D"/>
     <w:rsid w:val="00682101"/>
     <w:rsid w:val="006934AC"/>
     <w:rsid w:val="00693BC7"/>
     <w:rsid w:val="006A3D05"/>
     <w:rsid w:val="006B02C3"/>
     <w:rsid w:val="006C2DE5"/>
     <w:rsid w:val="006D35EB"/>
     <w:rsid w:val="006E1EC9"/>
     <w:rsid w:val="006E2845"/>
     <w:rsid w:val="006E55BC"/>
     <w:rsid w:val="006E669A"/>
-    <w:rsid w:val="006E68CE"/>
     <w:rsid w:val="006F3BA1"/>
     <w:rsid w:val="00700839"/>
+    <w:rsid w:val="00706958"/>
     <w:rsid w:val="00712005"/>
     <w:rsid w:val="00715B0C"/>
     <w:rsid w:val="0072313E"/>
     <w:rsid w:val="007310BF"/>
     <w:rsid w:val="00733D68"/>
     <w:rsid w:val="007643CA"/>
     <w:rsid w:val="0077250D"/>
     <w:rsid w:val="007747B1"/>
     <w:rsid w:val="00776578"/>
     <w:rsid w:val="007767F1"/>
     <w:rsid w:val="00776DCF"/>
     <w:rsid w:val="00781174"/>
     <w:rsid w:val="00783B4B"/>
     <w:rsid w:val="00784657"/>
     <w:rsid w:val="007857C3"/>
     <w:rsid w:val="00787701"/>
     <w:rsid w:val="00787A77"/>
     <w:rsid w:val="00790484"/>
     <w:rsid w:val="00792702"/>
     <w:rsid w:val="0079386D"/>
     <w:rsid w:val="00794594"/>
     <w:rsid w:val="007A6844"/>
     <w:rsid w:val="007A7660"/>
     <w:rsid w:val="007B3D98"/>
-    <w:rsid w:val="007B7A7B"/>
-    <w:rsid w:val="007C05A7"/>
     <w:rsid w:val="007C26D5"/>
     <w:rsid w:val="007C2AF1"/>
     <w:rsid w:val="007D0647"/>
     <w:rsid w:val="007D18A2"/>
     <w:rsid w:val="007D49B4"/>
     <w:rsid w:val="007D5776"/>
     <w:rsid w:val="007E509C"/>
-    <w:rsid w:val="007F6B7E"/>
     <w:rsid w:val="00800119"/>
     <w:rsid w:val="00804F26"/>
-    <w:rsid w:val="00820473"/>
     <w:rsid w:val="00827116"/>
     <w:rsid w:val="0083059E"/>
     <w:rsid w:val="00832594"/>
     <w:rsid w:val="008544A8"/>
     <w:rsid w:val="00860BDC"/>
     <w:rsid w:val="00875FA6"/>
     <w:rsid w:val="008A0ADB"/>
+    <w:rsid w:val="008A2124"/>
     <w:rsid w:val="008B1D90"/>
     <w:rsid w:val="008B1E25"/>
     <w:rsid w:val="008D0D15"/>
     <w:rsid w:val="008E0A8F"/>
     <w:rsid w:val="008E2B0A"/>
     <w:rsid w:val="008E6768"/>
     <w:rsid w:val="008F549E"/>
     <w:rsid w:val="008F5ACB"/>
     <w:rsid w:val="008F6E94"/>
     <w:rsid w:val="0090031E"/>
+    <w:rsid w:val="0090680F"/>
     <w:rsid w:val="00912892"/>
     <w:rsid w:val="009230F7"/>
     <w:rsid w:val="00934DFE"/>
     <w:rsid w:val="00935CA7"/>
     <w:rsid w:val="00943033"/>
     <w:rsid w:val="00943BE7"/>
     <w:rsid w:val="009564EF"/>
     <w:rsid w:val="00957329"/>
-    <w:rsid w:val="00963DD9"/>
+    <w:rsid w:val="0096557B"/>
     <w:rsid w:val="00966A18"/>
     <w:rsid w:val="009712B6"/>
     <w:rsid w:val="00974692"/>
     <w:rsid w:val="00976AFC"/>
+    <w:rsid w:val="00983367"/>
     <w:rsid w:val="009869DB"/>
     <w:rsid w:val="00986B75"/>
     <w:rsid w:val="00992A68"/>
     <w:rsid w:val="009A41F7"/>
     <w:rsid w:val="009B7E6A"/>
     <w:rsid w:val="009C00FE"/>
     <w:rsid w:val="009C15FA"/>
     <w:rsid w:val="009C1F79"/>
     <w:rsid w:val="009C2AF9"/>
     <w:rsid w:val="009C461C"/>
     <w:rsid w:val="009C6C3D"/>
     <w:rsid w:val="009D07F2"/>
     <w:rsid w:val="009D38BE"/>
     <w:rsid w:val="009D6945"/>
-    <w:rsid w:val="009F0D58"/>
-    <w:rsid w:val="009F6F83"/>
     <w:rsid w:val="00A01588"/>
     <w:rsid w:val="00A016CC"/>
     <w:rsid w:val="00A041C2"/>
+    <w:rsid w:val="00A054BC"/>
     <w:rsid w:val="00A06A55"/>
     <w:rsid w:val="00A0748F"/>
     <w:rsid w:val="00A13967"/>
     <w:rsid w:val="00A16791"/>
-    <w:rsid w:val="00A2328F"/>
     <w:rsid w:val="00A27BF7"/>
     <w:rsid w:val="00A32467"/>
     <w:rsid w:val="00A3281A"/>
     <w:rsid w:val="00A42E65"/>
     <w:rsid w:val="00A5430D"/>
     <w:rsid w:val="00A634A0"/>
     <w:rsid w:val="00A67555"/>
     <w:rsid w:val="00A72526"/>
     <w:rsid w:val="00A756EB"/>
     <w:rsid w:val="00A819DB"/>
+    <w:rsid w:val="00A829CB"/>
     <w:rsid w:val="00A921E9"/>
     <w:rsid w:val="00A959AB"/>
     <w:rsid w:val="00AA3A1E"/>
-    <w:rsid w:val="00AA7EE4"/>
     <w:rsid w:val="00AB08FD"/>
     <w:rsid w:val="00AB0F54"/>
     <w:rsid w:val="00AB3F55"/>
     <w:rsid w:val="00AB469F"/>
     <w:rsid w:val="00AC2ECA"/>
     <w:rsid w:val="00AC5A9D"/>
     <w:rsid w:val="00AD1BE4"/>
     <w:rsid w:val="00AD7670"/>
+    <w:rsid w:val="00AE23D6"/>
     <w:rsid w:val="00AF42EB"/>
     <w:rsid w:val="00B02A46"/>
     <w:rsid w:val="00B05BF2"/>
     <w:rsid w:val="00B17261"/>
+    <w:rsid w:val="00B311BB"/>
     <w:rsid w:val="00B3581C"/>
     <w:rsid w:val="00B4092F"/>
     <w:rsid w:val="00B40944"/>
     <w:rsid w:val="00B43561"/>
     <w:rsid w:val="00B44512"/>
     <w:rsid w:val="00B62392"/>
     <w:rsid w:val="00B72C9C"/>
     <w:rsid w:val="00B76A6C"/>
     <w:rsid w:val="00B8382A"/>
-    <w:rsid w:val="00B917B3"/>
     <w:rsid w:val="00BB7D43"/>
     <w:rsid w:val="00BE3020"/>
     <w:rsid w:val="00BE3922"/>
     <w:rsid w:val="00BE3A13"/>
     <w:rsid w:val="00BF792B"/>
     <w:rsid w:val="00C05388"/>
+    <w:rsid w:val="00C0732A"/>
     <w:rsid w:val="00C118E6"/>
     <w:rsid w:val="00C26226"/>
     <w:rsid w:val="00C50F3B"/>
     <w:rsid w:val="00C51309"/>
+    <w:rsid w:val="00C56EB4"/>
     <w:rsid w:val="00C610D4"/>
     <w:rsid w:val="00C64751"/>
     <w:rsid w:val="00C647FE"/>
     <w:rsid w:val="00C67DC8"/>
-    <w:rsid w:val="00C75616"/>
     <w:rsid w:val="00C8007B"/>
+    <w:rsid w:val="00C802BE"/>
     <w:rsid w:val="00CA0E33"/>
     <w:rsid w:val="00CA4FF0"/>
     <w:rsid w:val="00CA60A6"/>
-    <w:rsid w:val="00CA62AC"/>
     <w:rsid w:val="00CB0A6E"/>
     <w:rsid w:val="00CB51E9"/>
     <w:rsid w:val="00CC0A10"/>
     <w:rsid w:val="00CC19B8"/>
     <w:rsid w:val="00CC7FEE"/>
+    <w:rsid w:val="00CD31B1"/>
+    <w:rsid w:val="00CD3CE1"/>
     <w:rsid w:val="00CD507C"/>
     <w:rsid w:val="00CD5F7C"/>
     <w:rsid w:val="00CE2851"/>
     <w:rsid w:val="00CE5BEC"/>
+    <w:rsid w:val="00CF704A"/>
+    <w:rsid w:val="00D00990"/>
     <w:rsid w:val="00D035F0"/>
     <w:rsid w:val="00D1080D"/>
     <w:rsid w:val="00D13A71"/>
     <w:rsid w:val="00D23BC5"/>
     <w:rsid w:val="00D30D52"/>
+    <w:rsid w:val="00D34A5F"/>
     <w:rsid w:val="00D419FF"/>
     <w:rsid w:val="00D436B2"/>
     <w:rsid w:val="00D47BF4"/>
     <w:rsid w:val="00D47F36"/>
     <w:rsid w:val="00D50244"/>
+    <w:rsid w:val="00D55688"/>
     <w:rsid w:val="00D64156"/>
-    <w:rsid w:val="00D81425"/>
     <w:rsid w:val="00D85E02"/>
     <w:rsid w:val="00D955F6"/>
     <w:rsid w:val="00DA070B"/>
     <w:rsid w:val="00DC223D"/>
     <w:rsid w:val="00DD449B"/>
     <w:rsid w:val="00DD7829"/>
     <w:rsid w:val="00DE0A4E"/>
     <w:rsid w:val="00DE0B13"/>
     <w:rsid w:val="00DE4D8F"/>
     <w:rsid w:val="00DF227D"/>
+    <w:rsid w:val="00DF57E2"/>
     <w:rsid w:val="00E01951"/>
     <w:rsid w:val="00E0433D"/>
     <w:rsid w:val="00E13B7F"/>
     <w:rsid w:val="00E1651B"/>
     <w:rsid w:val="00E21960"/>
+    <w:rsid w:val="00E25261"/>
     <w:rsid w:val="00E31A7C"/>
     <w:rsid w:val="00E333A5"/>
     <w:rsid w:val="00E36B59"/>
     <w:rsid w:val="00E5210E"/>
     <w:rsid w:val="00E547D6"/>
     <w:rsid w:val="00E56875"/>
     <w:rsid w:val="00E56E6A"/>
     <w:rsid w:val="00E601E4"/>
     <w:rsid w:val="00E630EE"/>
+    <w:rsid w:val="00E74685"/>
     <w:rsid w:val="00E8786F"/>
     <w:rsid w:val="00E92DE9"/>
     <w:rsid w:val="00E94F2F"/>
     <w:rsid w:val="00E951CD"/>
     <w:rsid w:val="00E954E8"/>
     <w:rsid w:val="00E95529"/>
     <w:rsid w:val="00EB2982"/>
     <w:rsid w:val="00EB2A87"/>
     <w:rsid w:val="00EB5B69"/>
     <w:rsid w:val="00EC2539"/>
     <w:rsid w:val="00ED0DA3"/>
     <w:rsid w:val="00ED55D1"/>
     <w:rsid w:val="00ED5EFA"/>
     <w:rsid w:val="00ED7C1C"/>
     <w:rsid w:val="00EE3689"/>
     <w:rsid w:val="00F027C4"/>
     <w:rsid w:val="00F06621"/>
     <w:rsid w:val="00F066E4"/>
+    <w:rsid w:val="00F12FCA"/>
     <w:rsid w:val="00F136D2"/>
-    <w:rsid w:val="00F171C0"/>
     <w:rsid w:val="00F172EB"/>
     <w:rsid w:val="00F4064A"/>
     <w:rsid w:val="00F44C94"/>
     <w:rsid w:val="00F53B79"/>
     <w:rsid w:val="00F5413F"/>
     <w:rsid w:val="00F62101"/>
     <w:rsid w:val="00F6528F"/>
     <w:rsid w:val="00F7214A"/>
     <w:rsid w:val="00F804A2"/>
     <w:rsid w:val="00F83446"/>
     <w:rsid w:val="00F84FF4"/>
     <w:rsid w:val="00F85FFF"/>
-    <w:rsid w:val="00F91BE2"/>
-    <w:rsid w:val="00F97E9C"/>
     <w:rsid w:val="00FA01CC"/>
     <w:rsid w:val="00FB6947"/>
     <w:rsid w:val="00FB7703"/>
     <w:rsid w:val="00FC21DB"/>
     <w:rsid w:val="00FD1750"/>
     <w:rsid w:val="00FE0603"/>
     <w:rsid w:val="00FE492C"/>
     <w:rsid w:val="00FF1164"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2BCA0B57"/>
-  <w15:docId w15:val="{4CA935F0-5587-4ECA-93A1-C746834D4411}"/>
+  <w15:docId w15:val="{CD719944-7965-457E-BCA6-1FEA9F9E21E0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -17795,113 +18591,123 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C5402"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C5402"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00311D95"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
+    <w:rsid w:val="00311D95"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0052124F"/>
+    <w:rsid w:val="00311D95"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00311D95"/>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="792015485">
-[...24 lines deleted...]
-    </w:div>
     <w:div w:id="1186139411">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/contact-dtas-employment-staff" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/contact-dtas-employment-staff" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eeclead.force.com/EEC_ChildCareSearch" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eeclead.force.com/EEC_ChildCareSearch" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eeclead.force.com/EEC_CCRRSearch." TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eeclead.force.com/EEC_CCRRSearch." TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eeclead.force.com/EEC_ChildCareSearch" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eeclead.force.com/EEC_ChildCareSearch" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eeclead.force.com/EEC_CCRRSearch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eeclead.force.com/EEC_CCRRSearch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -18156,52 +18962,61 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F059222C13885E40ADE5DD11FB7C2554" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d7a785279ac41eed9f71b6df50d30c9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="274ef558-69ec-46f6-9da0-9805eca0e004" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9" xmlns:ns5="ad197fc8-da42-4142-8624-144fd15b3d64" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ee743ec033803abe6f7f1bcd8632de62" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F059222C13885E40ADE5DD11FB7C2554" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="881a20cae220bb28783d715cb5782db3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="274ef558-69ec-46f6-9da0-9805eca0e004" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9" xmlns:ns5="ad197fc8-da42-4142-8624-144fd15b3d64" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6fe04cd1861abfc14c450cec2d01ed43" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="274ef558-69ec-46f6-9da0-9805eca0e004"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9"/>
     <xsd:import namespace="ad197fc8-da42-4142-8624-144fd15b3d64"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ApprovalHistory" minOccurs="0"/>
                 <xsd:element ref="ns3:_Status" minOccurs="0"/>
                 <xsd:element ref="ns4:Program" minOccurs="0"/>
                 <xsd:element ref="ns4:DocType"/>
                 <xsd:element ref="ns4:Revision"/>
                 <xsd:element ref="ns4:Submit_x0020_CC_x0020_for_x0020_Approval" minOccurs="0"/>
                 <xsd:element ref="ns5:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns5:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:Submit_x0020_CC_x0020_for_x0020_Approval_x0028_1_x0029_" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -18430,234 +19245,178 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <DocType xmlns="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9">Flyer</DocType>
     <Submit_x0020_CC_x0020_for_x0020_Approval_x0028_1_x0029_ xmlns="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </Submit_x0020_CC_x0020_for_x0020_Approval_x0028_1_x0029_>
     <_Status xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Draft</_Status>
-    <Revision xmlns="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9">New</Revision>
+    <Revision xmlns="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9">Update</Revision>
     <ApprovalHistory xmlns="274ef558-69ec-46f6-9da0-9805eca0e004" xsi:nil="true"/>
     <Submit_x0020_CC_x0020_for_x0020_Approval xmlns="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </Submit_x0020_CC_x0020_for_x0020_Approval>
     <Program xmlns="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9">
       <Value>EA</Value>
+      <Value>SNAP</Value>
     </Program>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{462960FB-B91D-4473-B721-B830A4E51542}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88290927-D963-44BD-9179-FFB637679168}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09494A72-98F3-4EBA-A4CF-C93639386884}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="274ef558-69ec-46f6-9da0-9805eca0e004"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9"/>
     <ds:schemaRef ds:uri="ad197fc8-da42-4142-8624-144fd15b3d64"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB6C8917-AC30-43E2-B5C1-102E89717F7B}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="274ef558-69ec-46f6-9da0-9805eca0e004"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
-    <ds:schemaRef ds:uri="274ef558-69ec-46f6-9da0-9805eca0e004"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="ad197fc8-da42-4142-8624-144fd15b3d64"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1</Words>
-  <Characters>35</Characters>
+  <Words>0</Words>
+  <Characters>32</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>1</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DTA SNAP Child Care Fact Sheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28</CharactersWithSpaces>
+  <CharactersWithSpaces>32</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...56 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>DTA SNAP Child Care Fact Sheet</dc:title>
+  <dc:title>DTA TAFDC Child Care Fact Sheet</dc:title>
   <dc:subject>DTA SNAP Child Care Fact Sheet</dc:subject>
   <dc:creator>Stancill, Dana (DTA)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:contentStatus>Final</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-08-16T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 17.3 (Macintosh)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2022-09-23T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Adobe PDF Library 16.0.7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
     <vt:lpwstr>0x010100F059222C13885E40ADE5DD11FB7C2554</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_docset_NoMedatataSyncRequired">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="GrammarlyDocumentId">
+    <vt:lpwstr>dbfd2b5d-ddd6-457f-a8b4-f3cda988b56b</vt:lpwstr>
+  </property>
 </Properties>
 </file>