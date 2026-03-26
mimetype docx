--- v0 (2025-10-29)
+++ v1 (2026-03-26)
@@ -1,70 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="75B22CA2" w14:textId="324B52F2" w:rsidR="008E6768" w:rsidRDefault="00FB7703" w:rsidP="007C10EE">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7311601D" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="00FB7703" w:rsidP="00233F92">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008E6768" w:rsidSect="00311D95">
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="560" w:right="360" w:bottom="0" w:left="340" w:header="720" w:footer="178" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658257" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6940E971" wp14:editId="30389A83">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658257" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6940E971" wp14:editId="15BD63AC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>9066530</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>3841750</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="33020" cy="164465"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1184678276" name="Text Box 1184678276"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="33020" cy="164465"/>
                         </a:xfrm>
@@ -88,78 +98,78 @@
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="6940E971" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 1184678276" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:713.9pt;margin-top:302.5pt;width:2.6pt;height:12.95pt;z-index:-251658223;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdaA/P2QEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m7UVDUdBqbhpAG&#10;Qxr7AY7jJBaJz9y5Tcqv5+w0HbA3xIt1ubO/+77vLturse/EwSBZcIVcLZZSGKehsq4p5NO3uzfv&#10;paCgXKU6cKaQR0Pyavf61XbwuVlDC11lUDCIo3zwhWxD8HmWkW5Nr2gB3jgu1oC9CvyJTVahGhi9&#10;77L1crnJBsDKI2hDxNnbqSh3Cb+ujQ4PdU0miK6QzC2kE9NZxjPbbVXeoPKt1Sca6h9Y9Mo6bnqG&#10;ulVBiT3aF1C91QgEdVho6DOoa6tN0sBqVsu/1Dy2ypukhc0hf7aJ/h+s/nJ49F9RhPEDjDzAJIL8&#10;PejvJBzctMo15hoRhtaoihuvomXZ4Ck/PY1WU04RpBw+Q8VDVvsACWissY+usE7B6DyA49l0Mwah&#10;OXlxsVxzQXNltbm83LxNDVQ+v/VI4aOBXsSgkMgjTdjqcE8hclH5fCW2cnBnuy6NtXN/JPhizCTu&#10;ke5EPIzlKGxVyHexb5RSQnVkMQjTsvByc9AC/pRi4EUpJP3YKzRSdJ8cGxK3ag5wDso5UE7z00IG&#10;KabwJkzbt/dom5aRJ8sdXLNptU2Knlmc6PLwk9DTosbt+v073Xr+nXa/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAjqK06OEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNU0Kb&#10;xqkqBCck1DQcODqxm1iN1yF22/D3bE9w29kdzb7JN5Pr2dmMwXqU8DgTwAw2XltsJXxWbw9LYCEq&#10;1Kr3aCT8mACb4vYmV5n2FyzNeR9bRiEYMiWhi3HIOA9NZ5wKMz8YpNvBj05FkmPL9aguFO56Phci&#10;5U5ZpA+dGsxLZ5rj/uQkbL+wfLXfH/WuPJS2qlYC39OjlPd303YNLJop/pnhik/oUBBT7U+oA+tJ&#10;L+bPxB4lpOKJWl0tiyShqaZVIlbAi5z/b1H8AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJ1oD8/ZAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAI6itOjhAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 1184678276" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:713.9pt;margin-top:302.5pt;width:2.6pt;height:12.95pt;z-index:-251658223;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAumqWa2QEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJu2Aw4hRdiw4D&#10;ugvQ7QNoWbaF2aJGKbGzrx8lx+kub8NeBJqUDs85pHc309CLoyZv0JZyvcql0FZhbWxbyq9fHl69&#10;kcIHsDX0aHUpT9rLm/3LF7vRFXqDHfa1JsEg1hejK2UXgiuyzKtOD+BX6LTlYoM0QOBParOaYGT0&#10;oc82eb7NRqTaESrtPWfv56LcJ/ym0Sp8ahqvg+hLydxCOimdVTyz/Q6KlsB1Rp1pwD+wGMBYbnqB&#10;uocA4kDmL6jBKEKPTVgpHDJsGqN00sBq1vkfap46cDppYXO8u9jk/x+s+nh8cp9JhOktTjzAJMK7&#10;R1TfvLB414Ft9S0Rjp2Gmhuvo2XZ6Hxxfhqt9oWPINX4AWseMhwCJqCpoSG6wjoFo/MAThfT9RSE&#10;4uTVVb7hguLKent9vX2dGkCxvHXkwzuNg4hBKYlHmrDh+OhD5ALFciW2svhg+j6Ntbe/JfhizCTu&#10;ke5MPEzVJExdym3sG6VUWJ9YDOG8LLzcHHRIP6QYeVFK6b8fgLQU/XvLhsStWgJagmoJwCp+Wsog&#10;xRzehXn7Do5M2zHybLnFWzatMUnRM4szXR5+Enpe1Lhdv36nW8+/0/4nAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAjqK06OEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNU0Kb&#10;xqkqBCck1DQcODqxm1iN1yF22/D3bE9w29kdzb7JN5Pr2dmMwXqU8DgTwAw2XltsJXxWbw9LYCEq&#10;1Kr3aCT8mACb4vYmV5n2FyzNeR9bRiEYMiWhi3HIOA9NZ5wKMz8YpNvBj05FkmPL9aguFO56Phci&#10;5U5ZpA+dGsxLZ5rj/uQkbL+wfLXfH/WuPJS2qlYC39OjlPd303YNLJop/pnhik/oUBBT7U+oA+tJ&#10;L+bPxB4lpOKJWl0tiyShqaZVIlbAi5z/b1H8AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AC6apZrZAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAI6itOjhAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="0D6B54FF" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56F455D9" wp14:editId="74E82962">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56F455D9" wp14:editId="7A74E965">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>283210</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4864735</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7200900" cy="82550"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1264309363" name="Text Box 1264309363"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="7200900" cy="82550"/>
                         </a:xfrm>
@@ -179,4133 +189,2400 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="56F455D9" id="Text Box 1264309363" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:22.3pt;margin-top:383.05pt;width:567pt;height:6.5pt;flip:y;z-index:-251658235;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBAKB73AEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SVFpao6WrZ1SKk&#10;5SIt8O46dmKReMyM26R8PWOnFy5viBdrMmOfmXPmZH0zDb3YGyQHvpbLRSmF8Roa59tafvn88OJa&#10;CorKN6oHb2p5MCRvNs+frcdQmRV00DcGBYN4qsZQyy7GUBUF6c4MihYQjOeiBRxU5E9siwbVyOhD&#10;X6zK8mUxAjYBQRsizt7PRbnJ+NYaHT9aSyaKvpY8W8wn5nObzmKzVlWLKnROH8dQ/zDFoJznpmeo&#10;exWV2KH7C2pwGoHAxoWGoQBrnTaZA7NZln+weepUMJkLi0PhLBP9P1j9Yf8UPqGI0xuYeIGZBIVH&#10;0N9IeLjrlG/NLSKMnVENN14myYoxUHV8mqSmihLIdnwPDS9Z7SJkoMniIGzvwtcTNDMW3IdXcTjL&#10;b6YoNCdf8UJfl1zSXLteXV3l9RSqSjBJ3IAU3xoYRApqibzd3EbtHymmsS5X0nUPD67v84Z7/1uC&#10;L6ZMppEmnznEaTsJ13DvxDGx2kJzYF4Is2/Y5xx0gD+kGNkztaTvO4VGiv6dZ22SwU4BnoLtKVBe&#10;89NaRinm8C7ORtwFdG3HyLP6Hm5ZP+syo8sUx3HZB5no0bPJaL9+51uXP2vzEwAA//8DAFBLAwQU&#10;AAYACAAAACEAKP9LoN8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbizN&#10;NLVbaTpNICQ4cGDsAbzGNIXGqZpsK3t6shM7+ven35+r9eR6caQxdJ41qFkGgrjxpuNWw+7z5WEJ&#10;IkRkg71n0vBLAdb17U2FpfEn/qDjNrYilXAoUYONcSilDI0lh2HmB+K0+/Kjw5jGsZVmxFMqd72c&#10;Z1kuHXacLlgc6MlS87M9OA3ZpN7su52/7jbFM6rvlTufW6f1/d20eQQRaYr/MFz0kzrUyWnvD2yC&#10;6DUsFnkiNRR5rkBcAFUsU7RPUbFSIOtKXv9Q/wEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDBAKB73AEAAKEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAo/0ug3wAAAAsBAAAPAAAAAAAAAAAAAAAAADYEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="56F455D9" id="Text Box 1264309363" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:22.3pt;margin-top:383.05pt;width:567pt;height:6.5pt;flip:y;z-index:-251658235;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCREHI3QEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SVFpao6WrZ1SKk&#10;5SIt8O46dmKReMyM26R8PWOnFy5viBdrMmOfOefMZH0zDb3YGyQHvpbLRSmF8Roa59tafvn88OJa&#10;CorKN6oHb2p5MCRvNs+frcdQmRV00DcGBYN4qsZQyy7GUBUF6c4MihYQjOeiBRxU5E9siwbVyOhD&#10;X6zK8mUxAjYBQRsizt7PRbnJ+NYaHT9aSyaKvpbMLeYT87lNZ7FZq6pFFTqnjzTUP7AYlPPc9Ax1&#10;r6ISO3R/QQ1OIxDYuNAwFGCt0yZrYDXL8g81T50KJmthcyicbaL/B6s/7J/CJxRxegMTDzCLoPAI&#10;+hsJD3ed8q25RYSxM6rhxstkWTEGqo5Pk9VUUQLZju+h4SGrXYQMNFkchO1d+HqCZsWC+/AoDmf7&#10;zRSF5uQrHujrkkuaa9erq6s8nkJVCSaZG5DiWwODSEEtkaeb26j9I8VE63IlXffw4Po+T7j3vyX4&#10;YspkGYn5rCFO20m4hokkjUnVFpoD60KY94b3nIMO8IcUI+9MLen7TqGRon/n2Zu0YKcAT8H2FCiv&#10;+WktoxRzeBfnRdwFdG3HyLP7Hm7ZP+uyoguLI13egyz0uLNp0X79zrcuf9bmJwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACj/S6DfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zTS1W2k6TSAkOHBg7AG8xjSFxqmabCt7erITO/r3p9+fq/XkenGkMXSeNahZBoK48abjVsPu8+Vh&#10;CSJEZIO9Z9LwSwHW9e1NhaXxJ/6g4za2IpVwKFGDjXEopQyNJYdh5gfitPvyo8OYxrGVZsRTKne9&#10;nGdZLh12nC5YHOjJUvOzPTgN2aTe7Ludv+42xTOq75U7n1un9f3dtHkEEWmK/zBc9JM61Mlp7w9s&#10;gug1LBZ5IjUUea5AXABVLFO0T1GxUiDrSl7/UP8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAwkRByN0BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAKP9LoN8AAAALAQAADwAAAAAAAAAAAAAAAAA3BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="6A87736A" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008E6768">
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="00FF1164" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B3FD84D" wp14:editId="15C67CB3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658274" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22D3BAE3" wp14:editId="6FF47E49">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>6790690</wp:posOffset>
+                  <wp:posOffset>4406900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>3840480</wp:posOffset>
+                  <wp:posOffset>8420100</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="116840" cy="76835"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:extent cx="3073400" cy="1314450"/>
+                <wp:effectExtent l="19050" t="19050" r="12700" b="19050"/>
                 <wp:wrapNone/>
-                <wp:docPr id="100082899" name="Text Box 100082899"/>
+                <wp:docPr id="702170497" name="Text Box 702170497"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="116840" cy="76835"/>
+                          <a:ext cx="3073400" cy="1314450"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
-                        <a:ln>
-                          <a:noFill/>
+                        <a:ln w="28575">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2051DBD9" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
+                          <w:p w14:paraId="7C4E761A" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="007D18A2" w:rsidRDefault="008E6768" w:rsidP="00804F26">
+                            <w:pPr>
+                              <w:spacing w:before="240" w:line="266" w:lineRule="auto"/>
+                              <w:ind w:right="410"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004C2A47">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>Si usted no es elegible para una remisión a cuidado infantil del DTA, póngase en contacto con su CCRR local o llame al 211 para solicitar asistencia para el cuidado infantil</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007D18A2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
+                            </w:r>
+                          </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2B3FD84D" id="Text Box 100082899" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:534.7pt;margin-top:302.4pt;width:9.2pt;height:6.05pt;z-index:-251658231;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9UKTs2AEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2kHlBI1ncamIaQx&#10;kMZ+wMVxEovEZ85uk/LrOTtNB+wN8WKdffZ33/fdeXs59p04aPIGbSFXi6UU2iqsjG0K+fjt9tVG&#10;Ch/AVtCh1YU8ai8vdy9fbAeX6wtssas0CQaxPh9cIdsQXJ5lXrW6B79Apy0na6QeAm+pySqCgdH7&#10;LrtYLtfZgFQ5QqW959ObKSl3Cb+utQpf6trrILpCMreQVkprGddst4W8IXCtUSca8A8sejCWi56h&#10;biCA2JN5BtUbReixDguFfYZ1bZROGljNavmXmocWnE5a2Bzvzjb5/wer7g8P7iuJMH7AkRuYRHh3&#10;h+q7FxavW7CNviLCodVQceFVtCwbnM9PT6PVPvcRpBw+Y8VNhn3ABDTW1EdXWKdgdG7A8Wy6HoNQ&#10;seRqvXnDGcWpd+vN67epAOTzW0c+fNTYixgUkrilCRsOdz5ELpDPV2Ipi7em61JbO/vHAV+MJ4l7&#10;pDsRD2M5ClMV8n2sG6WUWB1ZDOE0LDzcHLRIP6UYeFAK6X/sgbQU3SfLhsSpmgOag3IOwCp+Wsgg&#10;xRReh2n69o5M0zLyZLnFKzatNknRE4sTXW5+Enoa1Dhdv+/TrafvtPsFAAD//wMAUEsDBBQABgAI&#10;AAAAIQDjcHN54AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqF1UmSbE&#10;qSoEJyREGg4cndhNrMbrELtt+Hu2J3rb2R3Nvik2sx/YyU7RBVSwXAhgFttgHHYKvuq3hzWwmDQa&#10;PQS0Cn5thE15e1Po3IQzVva0Sx2jEIy5VtCnNOacx7a3XsdFGC3SbR8mrxPJqeNm0mcK9wN/FEJy&#10;rx3Sh16P9qW37WF39Aq231i9up+P5rPaV66uM4Hv8qDU/d28fQaW7Jz+zXDBJ3QoiakJRzSRDaSF&#10;zFbkVSDFikpcLGL9RFNDq6XMgJcFv25R/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB9&#10;UKTs2AEAAJYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDjcHN54AAAAA0BAAAPAAAAAAAAAAAAAAAAADIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="22D3BAE3" id="Text Box 702170497" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:347pt;margin-top:663pt;width:242pt;height:103.5pt;z-index:-251658206;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+7nKS+AEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3Zu3ZUVZ7XNaqtK&#10;24u03Q/AGMeomKEDiZ1+fQccJ1X3reoLGpjhMOfMYXM3dIYdFXoNtuTzWc6ZshJqbfclf/n++O6W&#10;Mx+ErYUBq0p+Up7fbd++2fSuUAtowdQKGYFYX/Su5G0IrsgyL1vVCT8DpywlG8BOBNriPqtR9ITe&#10;mWyR5++zHrB2CFJ5T6cPY5JvE37TKBm+No1XgZmSU28hrZjWKq7ZdiOKPQrXanluQ/xDF53Qlh69&#10;QD2IINgB9SuoTksED02YSegyaBotVeJAbOb5X2yeW+FU4kLieHeRyf8/WPnl+Oy+IQvDBxhogImE&#10;d08gf3hmYdcKu1f3iNC3StT08DxKlvXOF+erUWpf+AhS9Z+hpiGLQ4AENDTYRVWIJyN0GsDpIroa&#10;ApN0uMxvlqucUpJy8+V8tVqnsWSimK479OGjgo7FoORIU03w4vjkQ2xHFFNJfM3CozYmTdZY1pd8&#10;cbu+WY/MwOg6ZmNdMpnaGWRHQfYIw8iNEtcqgjb2TDhyHNmGoRqYrgl5GeWIAlRQn0gChNFi9CUo&#10;aAF/cdaTvUrufx4EKs7MJ0syRi9OAU5BNQXCSrpKLXE2hrswevbgUO9bQh4HZeGepG50EuHaxblf&#10;skzS5mzv6Mk/96nq+gm3vwEAAP//AwBQSwMEFAAGAAgAAAAhAAwCydTiAAAADgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHizC0UpIktjTIwxaQ+iTXrcwhQI7CxhtxT99U5Pevsm&#10;7+XNe9l6Nr2YcHStJQXhIgCBVNqqpVrB1+frXQLCeU2V7i2hgm90sM6vrzKdVvZMHzgVvhYcQi7V&#10;Chrvh1RKVzZotFvYAYm1ox2N9nyOtaxGfeZw08tlEMTS6Jb4Q6MHfGmw7IqTUWDC6ad7S7arzb7A&#10;Y/fuS73bbpS6vZmfn0B4nP2fGS71uTrk3OlgT1Q50SuIH+95i2chWsZMF0u4SpgOTA9RFIDMM/l/&#10;Rv4LAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvu5ykvgBAADMAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADALJ1OIAAAAOAQAADwAAAAAAAAAA&#10;AAAAAABSBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="2051DBD9" w14:textId="77777777" w:rsidR="0060254C" w:rsidRDefault="0060254C"/>
+                    <w:p w14:paraId="7C4E761A" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="007D18A2" w:rsidRDefault="008E6768" w:rsidP="00804F26">
+                      <w:pPr>
+                        <w:spacing w:before="240" w:line="266" w:lineRule="auto"/>
+                        <w:ind w:right="410"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004C2A47">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>Si usted no es elegible para una remisión a cuidado infantil del DTA, póngase en contacto con su CCRR local o llame al 211 para solicitar asistencia para el cuidado infantil</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007D18A2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
+                      </w:r>
+                    </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00FF1164" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78B4DF02" wp14:editId="1032603E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658273" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14B69B73" wp14:editId="119DA4E4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>6972935</wp:posOffset>
+                  <wp:posOffset>4368800</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>3840480</wp:posOffset>
+                  <wp:posOffset>4660901</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="55245" cy="131445"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:extent cx="3109595" cy="3524250"/>
+                <wp:effectExtent l="19050" t="19050" r="14605" b="19050"/>
                 <wp:wrapNone/>
-                <wp:docPr id="666650317" name="Text Box 666650317"/>
+                <wp:docPr id="1741099536" name="Text Box 1741099536"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="55245" cy="131445"/>
+                          <a:ext cx="3109595" cy="3524250"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
-                        <a:ln>
-                          <a:noFill/>
+                        <a:ln w="28575">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="292679B1" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
+                          <w:p w14:paraId="0D35982A" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
+                              <w:spacing w:before="7"/>
+                              <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="5C1B3C6D" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="00E92DE9">
+                            <w:pPr>
+                              <w:spacing w:line="256" w:lineRule="auto"/>
+                              <w:ind w:left="411" w:right="648"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>¿Qué sucede cuando mi caso del DTA se cierra?</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1BEA1224" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                            <w:pPr>
+                              <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
+                              <w:ind w:left="411" w:right="648"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>NO tendrá que renovar su vale de cuidado infantil hasta que venza</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>, incluso si su caso de TAFDC se cierra.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7DC6C22C" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
+                              <w:ind w:left="411" w:right="648"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>Cuando su vale esté por vencer</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>, la CCRR le notificará que programe una cita para renovarlo. Seguirá siendo elegible si cumple con lo siguiente:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4D13FCAF" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="3"/>
+                              </w:numPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="652"/>
+                              </w:tabs>
+                              <w:spacing w:before="104"/>
+                              <w:ind w:hanging="241"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>Requisitos de ingresos del EEC; y</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="12D1923B" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="3"/>
+                              </w:numPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="652"/>
+                              </w:tabs>
+                              <w:spacing w:before="135" w:line="266" w:lineRule="auto"/>
+                              <w:ind w:right="988"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>Requisitos de actividad, como trabajo, capacitación o escuela.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0CE38DF2" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:rPr>
                                 <w:sz w:val="17"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="78B4DF02" id="Text Box 666650317" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:549.05pt;margin-top:302.4pt;width:4.35pt;height:10.35pt;z-index:-251658230;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCgRZ/1wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRli1DUdLXsahHS&#10;AistfIDjOIlF4jEzbpPy9YydpsvlDfFiTXw5c86Zk931NPTiaJAsuFLmq7UUxmmorWtL+fXL/au3&#10;UlBQrlY9OFPKkyF5vX/5Yjf6wmygg742KBjEUTH6UnYh+CLLSHdmULQCbxwfNoCDCvyJbVajGhl9&#10;6LPNev0mGwFrj6ANEe/ezYdyn/CbxujwuWnIBNGXkrmFtGJaq7hm+50qWlS+s/pMQ/0Di0FZx00v&#10;UHcqKHFA+xfUYDUCQRNWGoYMmsZqkzSwmnz9h5qnTnmTtLA55C820f+D1Z+OT/4RRZjewcQDTCLI&#10;P4D+RsLBbadca24QYeyMqrlxHi3LRk/F+Wm0mgqKINX4EWoesjoESEBTg0N0hXUKRucBnC6mmykI&#10;zZvb7eZqK4Xmk/x1fsV1bKCK5a1HCu8NDCIWpUQeacJWxwcK89XlSmzl4N72fRpr737bYMy4k7hH&#10;ujPxMFWTsDU3T2GIWiqoT6wGYU4Lp5uLDvCHFCMnpZT0/aDQSNF/cOxIjNVS4FJUS6Gc5qelDFLM&#10;5W2Y43fwaNuOkWfPHdywa41Nkp5ZnPny9JMp56TGeP36nW49/0/7nwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhANDgS4ngAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY0olVW2k6&#10;TQhOSIiuHDimrddGa5zSZFv593gnuPnZT8/fy7ezG8QZp2A9aUgWCgRS41tLnYbP6vVhDSJEQ60Z&#10;PKGGHwywLW5vcpO1/kIlnvexExxCITMa+hjHTMrQ9OhMWPgRiW8HPzkTWU6dbCdz4XA3yKVSqXTG&#10;En/ozYjPPTbH/clp2H1R+WK/3+uP8lDaqtooekuPWt/fzbsnEBHn+GeGKz6jQ8FMtT9RG8TAWm3W&#10;CXs1pOqRS1wtiUp5qnm1XK1AFrn836L4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMKB&#10;Fn/XAQAAlwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ANDgS4ngAAAADQEAAA8AAAAAAAAAAAAAAAAAMQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="14B69B73" id="Text Box 1741099536" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:344pt;margin-top:367pt;width:244.85pt;height:277.5pt;z-index:-251658207;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCjcjHY+QEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGl3A7tR09XS1SKk&#10;ZUFa+ADXcRoLx2PGbpPy9YydpEVwQ1yssWf8PO/N8/pu6Aw7KvQabMWXi5wzZSXU2u4r/u3r45sb&#10;znwQthYGrKr4SXl+t3n9at27Uq2gBVMrZARifdm7irchuDLLvGxVJ/wCnLKUbAA7EWiL+6xG0RN6&#10;Z7JVnr/NesDaIUjlPZ0+jEm+SfhNo2T43DReBWYqTr2FtGJad3HNNmtR7lG4VsupDfEPXXRCW3r0&#10;DPUggmAH1H9BdVoieGjCQkKXQdNoqRIHYrPM/2Dz0gqnEhcSx7uzTP7/wcrn44v7giwM72GgASYS&#10;3j2B/O6ZhW0r7F7dI0LfKlHTw8soWdY7X05Xo9S+9BFk13+CmoYsDgES0NBgF1UhnozQaQCns+hq&#10;CEzS4dUyvy1uC84k5a6K1fWqSGPJRDlfd+jDBwUdi0HFkaaa4MXxyYfYjijnkviahUdtTJqssayv&#10;+OqmeFeMzMDoOmZjXTKZ2hpkR0H2CMPIjRKXKoI2diIcOY5sw7AbmK4J+TrKEQXYQX0iCRBGi9GX&#10;oKAF/MlZT/aquP9xEKg4Mx8tyRi9OAc4B7s5EFbSVWqJszHchtGzB4d63xLyOCgL9yR1o5MIly6m&#10;fskySZvJ3tGTv+9T1eUTbn4BAAD//wMAUEsDBBQABgAIAAAAIQA3JbhR4wAAAA0BAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9RS8MwFIXfBf9DuIJvLu2UJdamQwQRYXuwOtjjXXPXljZJabKu+uvNnvTt&#10;HO7h3O/k69n0bKLRt84qSBcJMLKV062tFXx9vt5JYD6g1dg7Swq+ycO6uL7KMdPubD9oKkPNYon1&#10;GSpoQhgyzn3VkEG/cAPZeDu60WCIdqy5HvEcy03Pl0my4gZbGz80ONBLQ1VXnowCk04/3Zvcis2+&#10;pGP3HircbTdK3d7Mz0/AAs3hLwwX/IgORWQ6uJPVnvUKVlLGLUGBuH+I4pJIhRDADlEt5WMCvMj5&#10;/xXFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCjcjHY+QEAAMwDAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA3JbhR4wAAAA0BAAAPAAAAAAAA&#10;AAAAAAAAAFMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="292679B1" w14:textId="77777777" w:rsidR="001B7AA4" w:rsidRDefault="001B7AA4">
+                    <w:p w14:paraId="0D35982A" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
+                        <w:spacing w:before="7"/>
+                        <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="5C1B3C6D" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="00E92DE9">
+                      <w:pPr>
+                        <w:spacing w:line="256" w:lineRule="auto"/>
+                        <w:ind w:left="411" w:right="648"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>¿Qué sucede cuando mi caso del DTA se cierra?</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1BEA1224" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                      <w:pPr>
+                        <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
+                        <w:ind w:left="411" w:right="648"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>NO tendrá que renovar su vale de cuidado infantil hasta que venza</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>, incluso si su caso de TAFDC se cierra.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7DC6C22C" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
+                        <w:ind w:left="411" w:right="648"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>Cuando su vale esté por vencer</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>, la CCRR le notificará que programe una cita para renovarlo. Seguirá siendo elegible si cumple con lo siguiente:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4D13FCAF" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="3"/>
+                        </w:numPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="652"/>
+                        </w:tabs>
+                        <w:spacing w:before="104"/>
+                        <w:ind w:hanging="241"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>Requisitos de ingresos del EEC; y</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="12D1923B" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="3"/>
+                        </w:numPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="652"/>
+                        </w:tabs>
+                        <w:spacing w:before="135" w:line="266" w:lineRule="auto"/>
+                        <w:ind w:right="988"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>Requisitos de actividad, como trabajo, capacitación o escuela.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0CE38DF2" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:rPr>
                           <w:sz w:val="17"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...653 lines deleted...]
-      <w:r w:rsidR="00F171C0" w:rsidRPr="005F5933">
+      <w:r w:rsidR="00FF1164" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658271" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AEDFCED" wp14:editId="7D073A99">
-[...1035 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658274" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76A75D82" wp14:editId="4335364B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658272" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76A75D82" wp14:editId="67CB87BB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>209550</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4660900</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4140200" cy="5099050"/>
                 <wp:effectExtent l="19050" t="19050" r="12700" b="25400"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1773070319" name="Text Box 1773070319"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4140200" cy="5099050"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7E2C4BA2" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                          <w:p w14:paraId="52ED2002" w14:textId="53559857" w:rsidR="008E6768" w:rsidRPr="00217BAB" w:rsidRDefault="002871BF" w:rsidP="00217BAB">
                             <w:pPr>
-                              <w:spacing w:line="265" w:lineRule="exact"/>
+                              <w:spacing w:before="120"/>
                               <w:ind w:left="432" w:right="432"/>
+                              <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
-                                <w:sz w:val="24"/>
-                                <w:szCs w:val="24"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
                                 <w:u w:val="single"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:sz w:val="24"/>
-                                <w:szCs w:val="24"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
                                 <w:u w:val="single"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
                               <w:t>Obtención de un vale para cuidado infantil</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="045E9425" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
-[...11 lines deleted...]
-                          <w:p w14:paraId="3B660085" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="005C21BC">
+                          <w:p w14:paraId="6B4C1CDC" w14:textId="0EE78ABB" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="00217BAB">
                             <w:pPr>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="23"/>
+                                <w:numId w:val="7"/>
+                              </w:numPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="722"/>
+                              </w:tabs>
+                              <w:ind w:left="432" w:right="432"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>Su administrador de casos hará lo siguiente:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="73356DFC" w14:textId="00558140" w:rsidR="008E6768" w:rsidRPr="00217BAB" w:rsidRDefault="008E6768" w:rsidP="00217BAB">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="20"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="722"/>
                               </w:tabs>
                               <w:ind w:right="432"/>
                               <w:rPr>
                                 <w:b/>
-                                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="24"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
-[...3 lines deleted...]
-                                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                            <w:r w:rsidRPr="00217BAB">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t>El administrador de su caso hará lo siguiente:</w:t>
+                              <w:t>Se comunicará con usted para obtener información sobre su necesidad de cuidado infantil.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="532EC72E" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
-[...13 lines deleted...]
-                          <w:p w14:paraId="449C19E2" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                          <w:p w14:paraId="63C9624B" w14:textId="43A1A053" w:rsidR="008E6768" w:rsidRPr="009869DB" w:rsidRDefault="008E6768" w:rsidP="00217BAB">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="14"/>
+                                <w:numId w:val="20"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="982"/>
                               </w:tabs>
                               <w:spacing w:before="0"/>
                               <w:ind w:right="432"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="231F20"/>
+                            <w:r w:rsidRPr="009869DB">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t>Se comunicará con usted para obtener información sobre su necesidad de cuidado infantil.</w:t>
+                              <w:t>Enviará la remisión a la CCRR indicando que usted es elegible para un vale y que no tiene cuota de padres* (la CCRR se pondrá en contacto con usted dentro de los 3 días siguientes a la recepción de esta remisión para programar una cita de admisión).</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3399DBB4" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="00F171C0" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                          <w:p w14:paraId="3FCCB9ED" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="009869DB" w:rsidRDefault="008E6768" w:rsidP="007A7660">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="7"/>
+                              </w:numPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="722"/>
+                              </w:tabs>
+                              <w:ind w:left="432" w:right="432" w:hanging="341"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009869DB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>Usted debe:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2C059B68" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="009869DB" w:rsidRDefault="008E6768" w:rsidP="00217BAB">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="14"/>
+                                <w:numId w:val="22"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="982"/>
                               </w:tabs>
                               <w:spacing w:before="0"/>
                               <w:ind w:right="432"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
-                                <w:lang w:val="es"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="231F20"/>
+                            <w:r w:rsidRPr="009869DB">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Enviará la remisión a las CCRR indicando que usted es elegible para un vale y que no tiene cuota de </w:t>
-[...19 lines deleted...]
-                              <w:t xml:space="preserve"> (La CCRR se pondrá en contacto con usted dentro de los 3 días siguientes a la recepción de esta remisión para programar una cita de admisión).</w:t>
+                              <w:t>Seleccionar un programa que se adapte a las necesidades de su familia: informe a su CCRR si necesita ayuda para encontrar atención antes de su cita.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="308E51BF" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="00F171C0" w:rsidRDefault="00D81425" w:rsidP="00D81425">
-[...57 lines deleted...]
-                          <w:p w14:paraId="6ABF5224" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                          <w:p w14:paraId="0AB9970D" w14:textId="6CC877E3" w:rsidR="00784657" w:rsidRPr="009869DB" w:rsidRDefault="008E6768" w:rsidP="00217BAB">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="17"/>
+                                <w:numId w:val="22"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="982"/>
                               </w:tabs>
                               <w:spacing w:before="0"/>
                               <w:ind w:right="432"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="231F20"/>
+                            <w:r w:rsidRPr="009869DB">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t>Seleccionar un programa que se adapte a las necesidades de su familia: informe a su CCRR si necesita ayuda para encontrar atención antes de su cita.</w:t>
+                              <w:t>En la cita, debe proporcionar una identificación válida con foto.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="48BF28B0" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                          <w:p w14:paraId="01D4D8F6" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="00217BAB">
                             <w:pPr>
-                              <w:pStyle w:val="BodyText"/>
-[...16 lines deleted...]
-                                <w:color w:val="231F20"/>
+                              <w:ind w:left="360" w:right="432"/>
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t>En la cita, debe proporcionar una identificación válida con foto.</w:t>
-[...11 lines deleted...]
-                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="231F20"/>
+                            <w:r w:rsidRPr="00217BAB">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t>*Una vez que su remisión del DTA caduque, es posible</w:t>
+                              <w:t>*Una vez que su remisión del DTA caduque, es posible que se le exija el pago de una cuota de padres.</w:t>
                             </w:r>
-                            <w:r w:rsidR="00B917B3">
-[...1 lines deleted...]
-                                <w:color w:val="231F20"/>
+                          </w:p>
+                          <w:p w14:paraId="547B20E0" w14:textId="77777777" w:rsidR="00217BAB" w:rsidRPr="00217BAB" w:rsidRDefault="00217BAB" w:rsidP="00217BAB">
+                            <w:pPr>
+                              <w:ind w:left="360" w:right="432"/>
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
-                                <w:lang w:val="es"/>
-[...21 lines deleted...]
-                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="54F5D629" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
-[...22 lines deleted...]
-                          <w:p w14:paraId="5D940159" w14:textId="42B4C9F8" w:rsidR="008E6768" w:rsidRPr="004C2A47" w:rsidRDefault="008E6768" w:rsidP="007A7660">
+                          <w:p w14:paraId="5D940159" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="004C2A47" w:rsidRDefault="008E6768" w:rsidP="007A7660">
                             <w:pPr>
                               <w:spacing w:line="260" w:lineRule="atLeast"/>
                               <w:ind w:left="381" w:right="634"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
+                            <w:r w:rsidRPr="004C2A47">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>Importante: Debe completar su autorización para cuidado infantil con la CCRR antes de que se pague el cuidado infantil subsidiado.</w:t>
+                            </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="76A75D82" id="Text Box 1773070319" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;margin-left:16.5pt;margin-top:367pt;width:326pt;height:401.5pt;z-index:-251658206;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3FiDE9wEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TVFnajpqulq0VI&#10;C4u08AFTx2ksHI8Zu02Wr2fs9ILgDfFijT3j4zlnjle3Y2/FQVMw6Go5n5VSaKewMW5Xy29fH95c&#10;SxEiuAYsOl3LFx3k7fr1q9XgK73ADm2jSTCIC9Xga9nF6KuiCKrTPYQZeu042SL1EHlLu6IhGBi9&#10;t8WiLN8WA1LjCZUOgU/vp6RcZ/y21So+tW3QUdhacm8xr5TXbVqL9QqqHYHvjDq2Af/QRQ/G8aNn&#10;qHuIIPZk/oLqjSIM2MaZwr7AtjVKZw7MZl7+wea5A68zFxYn+LNM4f/Bqs+HZ/+FRBzf48gDzCSC&#10;f0T1PQiHmw7cTt8R4dBpaPjheZKsGHyojleT1KEKCWQ7fMKGhwz7iBlobKlPqjBPweg8gJez6HqM&#10;QvHh1fyq5ElKoTi3LG9uymUeSwHV6bqnED9o7EUKakk81QwPh8cQUztQnUrSaw4fjLV5staJoZaL&#10;6+W75cQMrWlSNtVlk+mNJXEAtkccJ26cuFQxtHVHwonjxDaO21GYJiEnOZIAW2xeWALCyWL8JTjo&#10;kH5KMbC9ahl+7IG0FPajYxmTF08BnYLtKQCn+Cq3JMUUbuLk2b0ns+sYeRqUwzuWujVZhEsXx37Z&#10;Mlmbo72TJ3/f56rLJ1z/AgAA//8DAFBLAwQUAAYACAAAACEAcryPM+EAAAALAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm93U2CbEbIoIIkJ7MFrocZudJiHZ2ZDdptFf73jS23vM&#10;x5v38s1sezHh6FtHCpaLCARS5UxLtYLPj5e7FIQPmozuHaGCL/SwKa6vcp0Zd6F3nMpQCw4hn2kF&#10;TQhDJqWvGrTaL9yAxLeTG60ObMdamlFfONz28j6K1tLqlvhDowd8brDqyrNVYJfTd/ea7pLtocRT&#10;9xYqvd9tlbq9mZ8eQQScwx8Mv/W5OhTc6ejOZLzoFcQxTwkKkviBBQPrdMXiyOQqTiKQRS7/byh+&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHcWIMT3AQAAzAMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHK8jzPhAAAACwEAAA8AAAAAAAAAAAAA&#10;AAAAUQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABfBQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
+              <v:shape w14:anchorId="76A75D82" id="Text Box 1773070319" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:16.5pt;margin-top:367pt;width:326pt;height:401.5pt;z-index:-251658208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASt5Tc+AEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TVFnajpqulq0VI&#10;C4u08AFTx2ksHI8Zu02Wr2fs9ILgDfFijT3j4zlnjle3Y2/FQVMw6Go5n5VSaKewMW5Xy29fH95c&#10;SxEiuAYsOl3LFx3k7fr1q9XgK73ADm2jSTCIC9Xga9nF6KuiCKrTPYQZeu042SL1EHlLu6IhGBi9&#10;t8WiLN8WA1LjCZUOgU/vp6RcZ/y21So+tW3QUdhacm8xr5TXbVqL9QqqHYHvjDq2Af/QRQ/G8aNn&#10;qHuIIPZk/oLqjSIM2MaZwr7AtjVKZw7MZl7+wea5A68zFxYn+LNM4f/Bqs+HZ/+FRBzf48gDzCSC&#10;f0T1PQiHmw7cTt8R4dBpaPjheZKsGHyojleT1KEKCWQ7fMKGhwz7iBlobKlPqjBPweg8gJez6HqM&#10;QvHh1fyq5ElKoTi3LG9uymUeSwHV6bqnED9o7EUKakk81QwPh8cQUztQnUrSaw4fjLV5staJoZaL&#10;6+W75cQMrWlSNtVlk+mNJXEAtkccJ26cuFQxtHVHwonjxDaO21GYhpGXSY4kwBabF5aAcLIYfwkO&#10;OqSfUgxsr1qGH3sgLYX96FjG5MVTQKdgewrAKb7KLUkxhZs4eXbvyew6Rp4G5fCOpW5NFuHSxbFf&#10;tkzW5mjv5Mnf97nq8gnXvwAAAP//AwBQSwMEFAAGAAgAAAAhAHK8jzPhAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvd1NgmxGyKCCJCezBa6HGbnSYh2dmQ3abRX+940tt7&#10;zMeb9/LNbHsx4ehbRwqWiwgEUuVMS7WCz4+XuxSED5qM7h2hgi/0sCmur3KdGXehd5zKUAsOIZ9p&#10;BU0IQyalrxq02i/cgMS3kxutDmzHWppRXzjc9vI+itbS6pb4Q6MHfG6w6sqzVWCX03f3mu6S7aHE&#10;U/cWKr3fbZW6vZmfHkEEnMMfDL/1uToU3OnozmS86BXEMU8JCpL4gQUD63TF4sjkKk4ikEUu/28o&#10;fgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQASt5Tc+AEAAMwDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQByvI8z4QAAAAsBAAAPAAAAAAAAAAAA&#10;AAAAAFIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYAUAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="7E2C4BA2" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                    <w:p w14:paraId="52ED2002" w14:textId="53559857" w:rsidR="008E6768" w:rsidRPr="00217BAB" w:rsidRDefault="002871BF" w:rsidP="00217BAB">
                       <w:pPr>
-                        <w:spacing w:line="265" w:lineRule="exact"/>
+                        <w:spacing w:before="120"/>
                         <w:ind w:left="432" w:right="432"/>
+                        <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
-                          <w:sz w:val="24"/>
-                          <w:szCs w:val="24"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
                           <w:u w:val="single"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
-                          <w:sz w:val="24"/>
-                          <w:szCs w:val="24"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
                           <w:u w:val="single"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
                         <w:t>Obtención de un vale para cuidado infantil</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="045E9425" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
-[...11 lines deleted...]
-                    <w:p w14:paraId="3B660085" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="005C21BC">
+                    <w:p w14:paraId="6B4C1CDC" w14:textId="0EE78ABB" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="00217BAB">
                       <w:pPr>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="23"/>
+                          <w:numId w:val="7"/>
+                        </w:numPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="722"/>
+                        </w:tabs>
+                        <w:ind w:left="432" w:right="432"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>Su administrador de casos hará lo siguiente:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="73356DFC" w14:textId="00558140" w:rsidR="008E6768" w:rsidRPr="00217BAB" w:rsidRDefault="008E6768" w:rsidP="00217BAB">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="20"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="722"/>
                         </w:tabs>
                         <w:ind w:right="432"/>
                         <w:rPr>
                           <w:b/>
-                          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="24"/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
-[...3 lines deleted...]
-                          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                      <w:r w:rsidRPr="00217BAB">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t>El administrador de su caso hará lo siguiente:</w:t>
+                        <w:t>Se comunicará con usted para obtener información sobre su necesidad de cuidado infantil.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="532EC72E" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
-[...13 lines deleted...]
-                    <w:p w14:paraId="449C19E2" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                    <w:p w14:paraId="63C9624B" w14:textId="43A1A053" w:rsidR="008E6768" w:rsidRPr="009869DB" w:rsidRDefault="008E6768" w:rsidP="00217BAB">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="14"/>
+                          <w:numId w:val="20"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="982"/>
                         </w:tabs>
                         <w:spacing w:before="0"/>
                         <w:ind w:right="432"/>
                         <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="231F20"/>
+                      <w:r w:rsidRPr="009869DB">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t>Se comunicará con usted para obtener información sobre su necesidad de cuidado infantil.</w:t>
+                        <w:t>Enviará la remisión a la CCRR indicando que usted es elegible para un vale y que no tiene cuota de padres* (la CCRR se pondrá en contacto con usted dentro de los 3 días siguientes a la recepción de esta remisión para programar una cita de admisión).</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3399DBB4" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="00F171C0" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                    <w:p w14:paraId="3FCCB9ED" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="009869DB" w:rsidRDefault="008E6768" w:rsidP="007A7660">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="7"/>
+                        </w:numPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="722"/>
+                        </w:tabs>
+                        <w:ind w:left="432" w:right="432" w:hanging="341"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009869DB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>Usted debe:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2C059B68" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="009869DB" w:rsidRDefault="008E6768" w:rsidP="00217BAB">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="14"/>
+                          <w:numId w:val="22"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="982"/>
                         </w:tabs>
                         <w:spacing w:before="0"/>
                         <w:ind w:right="432"/>
                         <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
-                          <w:lang w:val="es"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="231F20"/>
+                      <w:r w:rsidRPr="009869DB">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Enviará la remisión a las CCRR indicando que usted es elegible para un vale y que no tiene cuota de </w:t>
-[...19 lines deleted...]
-                        <w:t xml:space="preserve"> (La CCRR se pondrá en contacto con usted dentro de los 3 días siguientes a la recepción de esta remisión para programar una cita de admisión).</w:t>
+                        <w:t>Seleccionar un programa que se adapte a las necesidades de su familia: informe a su CCRR si necesita ayuda para encontrar atención antes de su cita.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="308E51BF" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="00F171C0" w:rsidRDefault="00D81425" w:rsidP="00D81425">
-[...57 lines deleted...]
-                    <w:p w14:paraId="6ABF5224" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                    <w:p w14:paraId="0AB9970D" w14:textId="6CC877E3" w:rsidR="00784657" w:rsidRPr="009869DB" w:rsidRDefault="008E6768" w:rsidP="00217BAB">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="17"/>
+                          <w:numId w:val="22"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="982"/>
                         </w:tabs>
                         <w:spacing w:before="0"/>
                         <w:ind w:right="432"/>
                         <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="231F20"/>
+                      <w:r w:rsidRPr="009869DB">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t>Seleccionar un programa que se adapte a las necesidades de su familia: informe a su CCRR si necesita ayuda para encontrar atención antes de su cita.</w:t>
+                        <w:t>En la cita, debe proporcionar una identificación válida con foto.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="48BF28B0" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                    <w:p w14:paraId="01D4D8F6" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="00217BAB">
                       <w:pPr>
-                        <w:pStyle w:val="BodyText"/>
-[...16 lines deleted...]
-                          <w:color w:val="231F20"/>
+                        <w:ind w:left="360" w:right="432"/>
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t>En la cita, debe proporcionar una identificación válida con foto.</w:t>
-[...11 lines deleted...]
-                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="231F20"/>
+                      <w:r w:rsidRPr="00217BAB">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t>*Una vez que su remisión del DTA caduque, es posible</w:t>
+                        <w:t>*Una vez que su remisión del DTA caduque, es posible que se le exija el pago de una cuota de padres.</w:t>
                       </w:r>
-                      <w:r w:rsidR="00B917B3">
-[...1 lines deleted...]
-                          <w:color w:val="231F20"/>
+                    </w:p>
+                    <w:p w14:paraId="547B20E0" w14:textId="77777777" w:rsidR="00217BAB" w:rsidRPr="00217BAB" w:rsidRDefault="00217BAB" w:rsidP="00217BAB">
+                      <w:pPr>
+                        <w:ind w:left="360" w:right="432"/>
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
-                          <w:lang w:val="es"/>
-[...21 lines deleted...]
-                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="54F5D629" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
-[...22 lines deleted...]
-                    <w:p w14:paraId="5D940159" w14:textId="42B4C9F8" w:rsidR="008E6768" w:rsidRPr="004C2A47" w:rsidRDefault="008E6768" w:rsidP="007A7660">
+                    <w:p w14:paraId="5D940159" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="004C2A47" w:rsidRDefault="008E6768" w:rsidP="007A7660">
                       <w:pPr>
                         <w:spacing w:line="260" w:lineRule="atLeast"/>
                         <w:ind w:left="381" w:right="634"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
+                      <w:r w:rsidRPr="004C2A47">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>Importante: Debe completar su autorización para cuidado infantil con la CCRR antes de que se pague el cuidado infantil subsidiado.</w:t>
+                      </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FF1164" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658270" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="065DDB9D" wp14:editId="357E6351">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658268" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="065DDB9D" wp14:editId="06230706">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>209550</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>1968500</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7270750" cy="2641600"/>
                 <wp:effectExtent l="19050" t="19050" r="25400" b="25400"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1427593615" name="Text Box 1427593615"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="7270750" cy="2641600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="41F3D057" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                          <w:p w14:paraId="0322887B" w14:textId="1BED3BF1" w:rsidR="009C461C" w:rsidRDefault="009C461C" w:rsidP="00E92DE9">
                             <w:pPr>
-                              <w:spacing w:before="24" w:line="249" w:lineRule="auto"/>
-                              <w:ind w:left="20"/>
                               <w:jc w:val="center"/>
-                              <w:rPr>
-[...3 lines deleted...]
-                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="00FE6F0A">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
                               <w:t>¿Quién es elegible?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="418C63DC" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                          <w:p w14:paraId="045B4A94" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="5"/>
                               </w:numPr>
                               <w:ind w:left="734"/>
                               <w:rPr>
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
                               <w:t>Un cliente del DTA que recibe TAFDC y que busca trabajo, trabaja, realiza una actividad relacionada con el empleo aprobada o reside actualmente en un centro de acogida de EA.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="41DFC8FC" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                          <w:p w14:paraId="3D48D0BB" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="5"/>
                               </w:numPr>
                               <w:ind w:left="734"/>
                               <w:rPr>
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
                               <w:t>Un cuidador familiar que recibe TAFDC para un niño/una niña o varios niños y esté trabajando.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="412E5220" w14:textId="7E119AFF" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                          <w:p w14:paraId="25D76E24" w14:textId="77777777" w:rsidR="009C461C" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="009C461C">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="5"/>
                               </w:numPr>
                               <w:ind w:left="734"/>
                               <w:rPr>
                                 <w:b/>
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
                               <w:t>Un cliente anterior de TAFDC cuyo caso haya cerrado en los últimos 24 meses y ahora tenga un empleo o esté participando en educación o capacitación.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5656587F" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="005C21BC">
+                          <w:p w14:paraId="04961176" w14:textId="4A210B17" w:rsidR="00300968" w:rsidRDefault="009C461C" w:rsidP="00E92DE9">
                             <w:pPr>
-                              <w:pStyle w:val="ListParagraph"/>
-[...10 lines deleted...]
-                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:spacing w:before="120" w:line="286" w:lineRule="auto"/>
+                              <w:ind w:left="14"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
-                                <w:b/>
-[...9 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Acerca de </w:t>
-[...2 lines deleted...]
-                            <w:r w:rsidRPr="005C21BC">
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t>Path</w:t>
+                              <w:t>Acerca de Path to Work de TAFDC</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                          </w:p>
+                          <w:p w14:paraId="4B00EE71" w14:textId="337FC5A4" w:rsidR="00300968" w:rsidRPr="00E92DE9" w:rsidRDefault="00300968" w:rsidP="00300968">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:spacing w:before="18" w:line="285" w:lineRule="auto"/>
+                              <w:ind w:left="20"/>
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE6F0A">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
+                              <w:t xml:space="preserve">A través de </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t>Department of Transitional Assistance’s (DTA) TAFDC Pathways to Work</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE6F0A">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t>to</w:t>
+                              <w:t xml:space="preserve">, encuentre el mejor programa de educación, empleo o formación para usted. Los programas </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t>Pathways to Work programs</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE6F0A">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
+                              <w:t xml:space="preserve"> del DTA le ayudan a prepararse y a conectarse con carreras profesionales y a resolver los obstáculos que impiden el acceso al empleo. El DTA trabajará con usted para elegir el programa que mejor se adapte a sus objetivos en su trayecto hacia la movilidad económica. Disponemos de servicios de cuidado infantil y transporte para</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00EE3689">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t>Work</w:t>
+                              <w:t>.</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00FE6F0A">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> de TAFDC</w:t>
+                              <w:t xml:space="preserve"> ayudarle en su transición al empleo</w:t>
                             </w:r>
-                          </w:p>
-[...13 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidR="00C64751">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">A través de </w:t>
-[...33 lines deleted...]
-                              <w:t xml:space="preserve"> le ayudan a prepararse y a conectarse con carreras profesionales y a resolver los obstáculos que impiden el acceso al empleo. El DTA trabajará con usted para elegir el programa que mejor se adapte a sus objetivos en su trayecto hacia la movilidad económica. Disponemos de servicios de cuidado infantil y transporte para ayudarle en su transición al empleo.</w:t>
+                              <w:t>.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0A743624" w14:textId="7DC84122" w:rsidR="009C461C" w:rsidRPr="00E92DE9" w:rsidRDefault="009C461C" w:rsidP="00E92DE9">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="2D7C5BEB" w14:textId="274DB129" w:rsidR="008E6768" w:rsidRPr="005C21BC" w:rsidRDefault="008E6768" w:rsidP="005C21BC">
+                          <w:p w14:paraId="2D7C5BEB" w14:textId="274DB129" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                             <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="5"/>
+                              </w:numPr>
+                              <w:ind w:left="734"/>
                               <w:rPr>
                                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="16DF12E0" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:spacing w:before="18" w:line="285" w:lineRule="auto"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="065DDB9D" id="Text Box 1427593615" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;margin-left:16.5pt;margin-top:155pt;width:572.5pt;height:208pt;flip:y;z-index:-251658210;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCjpC4y/AEAANYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcGztRk2ytOKttVltV&#10;2n5I2+6dYIhRMUMHEjv99R1wPqr2tuoFDczwmPfmsbodOssOCoMBV/PppORMOQmNcbuaf//28OaG&#10;sxCFa4QFp2p+VIHfrl+/WvW+UjNowTYKGYG4UPW+5m2MviqKIFvViTABrxwlNWAnIm1xVzQoekLv&#10;bDEry0XRAzYeQaoQ6PR+TPJ1xtdayfhF66AiszWn3mJeMa/btBbrlah2KHxr5KkN8YIuOmEcPXqB&#10;uhdRsD2af6A6IxEC6DiR0BWgtZEqcyA20/IvNk+t8CpzIXGCv8gU/h+s/Hx48l+RxeE9DDTATCL4&#10;R5A/AnOwaYXbqTtE6FslGnp4miQreh+q09UkdahCAtn2n6ChIYt9hAw0aOyYtsY/n6GJMaN3aBTH&#10;i/xqiEzS4XK2LJdzSknKzRZvp4syD6gQVQJK8noM8YOCjqWg5kjzzQ+Jw2OIqbFrSSp38GCszTO2&#10;jvWEejNfzkeOYE2Tsqku201tLLKDIKPEYWRJiWsVQVt3op7YjrzjsB2YaQj5XRImSbGF5khiIIxm&#10;o89BQQv4i7OejFbz8HMvUHFmPzoSNLnyHOA52J4D4SRdpZY4G8NNHN2792h2LSGPI3NwR6Jrk0W4&#10;dnHql8yTtTkZPbnzz32uun7H9W8AAAD//wMAUEsDBBQABgAIAAAAIQCpj7Le3wAAAAsBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWNKObVVpOiEkTiAEGxJXrzFNoUmqJlvLv8c7&#10;wcnP8tPz96rt7HpxojF2wWvIFgoE+SaYzrca3vePNwWImNAb7IMnDT8UYVtfXlRYmjD5NzrtUis4&#10;xMcSNdiUhlLK2FhyGBdhIM+3zzA6TLyOrTQjThzuepkrtZYOO88fLA70YKn53h2dBpm32Fv79bIq&#10;0uv0vP8IT6vsVuvrq/n+DkSiOf2Z4YzP6FAz0yEcvYmi17BccpXEM1MszoZsU7A6aNjkawWyruT/&#10;DvUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKOkLjL8AQAA1gMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKmPst7fAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAVgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABiBQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
+              <v:shape w14:anchorId="065DDB9D" id="Text Box 1427593615" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:16.5pt;margin-top:155pt;width:572.5pt;height:208pt;flip:y;z-index:-251658212;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCg4M+B+wEAANYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcGztRk6ysOKttVltV&#10;2rYrbbd3giFGxQwdSOz013fA+ai6t6oXNDDDY96bx+p26Cw7KAwGXM2nk5Iz5SQ0xu1q/vLt4d0N&#10;ZyEK1wgLTtX8qAK/Xb99s+p9pWbQgm0UMgJxoep9zdsYfVUUQbaqE2ECXjlKasBORNrirmhQ9ITe&#10;2WJWlouiB2w8glQh0On9mOTrjK+1kvGr1kFFZmtOvcW8Yl63aS3WK1HtUPjWyFMb4h+66IRx9OgF&#10;6l5EwfZoXkF1RiIE0HEioStAayNV5kBspuVfbJ5b4VXmQuIEf5Ep/D9Y+eXw7J+QxeEDDDTATCL4&#10;R5A/AnOwaYXbqTtE6FslGnp4miQreh+q09UkdahCAtn2n6GhIYt9hAw0aOyYtsZ/P0MTY0bv0CiO&#10;F/nVEJmkw+VsWS7nlJKUmy3eTxdlHlAhqgSU5PUY4kcFHUtBzZHmmx8Sh8cQU2PXklTu4MFYm2ds&#10;HesJ9Wa+nI8cwZomZVNdtpvaWGQHQUaJw8iSEtcqgrbuRD2xHXnHYTsw06R+kzBJii00RxIDYTQb&#10;fQ4KWsBfnPVktJqHn3uBijP7yZGgyZXnAM/B9hwIJ+kqtcTZGG7i6N69R7NrCXkcmYM7El2bLMK1&#10;i1O/ZJ6szcnoyZ1/7nPV9TuufwMAAP//AwBQSwMEFAAGAAgAAAAhAKmPst7fAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY0o5tVWk6ISROIAQbElevMU2hSaomW8u/xzvB&#10;yc/y0/P3qu3senGiMXbBa8gWCgT5JpjOtxre9483BYiY0BvsgycNPxRhW19eVFiaMPk3Ou1SKzjE&#10;xxI12JSGUsrYWHIYF2Egz7fPMDpMvI6tNCNOHO56mSu1lg47zx8sDvRgqfneHZ0GmbfYW/v1sirS&#10;6/S8/whPq+xW6+ur+f4ORKI5/ZnhjM/oUDPTIRy9iaLXsFxylcQzUyzOhmxTsDpo2ORrBbKu5P8O&#10;9S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoODPgfsBAADWAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqY+y3t8AAAALAQAADwAAAAAAAAAA&#10;AAAAAABVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="41F3D057" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                    <w:p w14:paraId="0322887B" w14:textId="1BED3BF1" w:rsidR="009C461C" w:rsidRDefault="009C461C" w:rsidP="00E92DE9">
                       <w:pPr>
-                        <w:spacing w:before="24" w:line="249" w:lineRule="auto"/>
-                        <w:ind w:left="20"/>
                         <w:jc w:val="center"/>
-                        <w:rPr>
-[...3 lines deleted...]
-                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="00FE6F0A">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
                         <w:t>¿Quién es elegible?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="418C63DC" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                    <w:p w14:paraId="045B4A94" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="5"/>
                         </w:numPr>
                         <w:ind w:left="734"/>
                         <w:rPr>
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
                         <w:t>Un cliente del DTA que recibe TAFDC y que busca trabajo, trabaja, realiza una actividad relacionada con el empleo aprobada o reside actualmente en un centro de acogida de EA.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="41DFC8FC" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                    <w:p w14:paraId="3D48D0BB" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="5"/>
                         </w:numPr>
                         <w:ind w:left="734"/>
                         <w:rPr>
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
                         <w:t>Un cuidador familiar que recibe TAFDC para un niño/una niña o varios niños y esté trabajando.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="412E5220" w14:textId="7E119AFF" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                    <w:p w14:paraId="25D76E24" w14:textId="77777777" w:rsidR="009C461C" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="009C461C">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="5"/>
                         </w:numPr>
                         <w:ind w:left="734"/>
                         <w:rPr>
                           <w:b/>
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
                         <w:t>Un cliente anterior de TAFDC cuyo caso haya cerrado en los últimos 24 meses y ahora tenga un empleo o esté participando en educación o capacitación.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5656587F" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="005C21BC">
+                    <w:p w14:paraId="04961176" w14:textId="4A210B17" w:rsidR="00300968" w:rsidRDefault="009C461C" w:rsidP="00E92DE9">
                       <w:pPr>
-                        <w:pStyle w:val="ListParagraph"/>
-[...10 lines deleted...]
-                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:spacing w:before="120" w:line="286" w:lineRule="auto"/>
+                        <w:ind w:left="14"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
-                          <w:b/>
-[...9 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Acerca de </w:t>
-[...2 lines deleted...]
-                      <w:r w:rsidRPr="005C21BC">
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t>Path</w:t>
+                        <w:t>Acerca de Path to Work de TAFDC</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                    </w:p>
+                    <w:p w14:paraId="4B00EE71" w14:textId="337FC5A4" w:rsidR="00300968" w:rsidRPr="00E92DE9" w:rsidRDefault="00300968" w:rsidP="00300968">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:spacing w:before="18" w:line="285" w:lineRule="auto"/>
+                        <w:ind w:left="20"/>
+                        <w:rPr>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE6F0A">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
+                        <w:t xml:space="preserve">A través de </w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t>Department of Transitional Assistance’s (DTA) TAFDC Pathways to Work</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE6F0A">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t>to</w:t>
+                        <w:t xml:space="preserve">, encuentre el mejor programa de educación, empleo o formación para usted. Los programas </w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t>Pathways to Work programs</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE6F0A">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
+                        <w:t xml:space="preserve"> del DTA le ayudan a prepararse y a conectarse con carreras profesionales y a resolver los obstáculos que impiden el acceso al empleo. El DTA trabajará con usted para elegir el programa que mejor se adapte a sus objetivos en su trayecto hacia la movilidad económica. Disponemos de servicios de cuidado infantil y transporte para</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00EE3689">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t>Work</w:t>
+                        <w:t>.</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00FE6F0A">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> de TAFDC</w:t>
+                        <w:t xml:space="preserve"> ayudarle en su transición al empleo</w:t>
                       </w:r>
-                    </w:p>
-[...13 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidR="00C64751">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">A través de </w:t>
-[...33 lines deleted...]
-                        <w:t xml:space="preserve"> le ayudan a prepararse y a conectarse con carreras profesionales y a resolver los obstáculos que impiden el acceso al empleo. El DTA trabajará con usted para elegir el programa que mejor se adapte a sus objetivos en su trayecto hacia la movilidad económica. Disponemos de servicios de cuidado infantil y transporte para ayudarle en su transición al empleo.</w:t>
+                        <w:t>.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="0A743624" w14:textId="7DC84122" w:rsidR="009C461C" w:rsidRPr="00E92DE9" w:rsidRDefault="009C461C" w:rsidP="00E92DE9">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="2D7C5BEB" w14:textId="274DB129" w:rsidR="008E6768" w:rsidRPr="005C21BC" w:rsidRDefault="008E6768" w:rsidP="005C21BC">
+                    <w:p w14:paraId="2D7C5BEB" w14:textId="274DB129" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="5"/>
+                        </w:numPr>
+                        <w:ind w:left="734"/>
                         <w:rPr>
                           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="16DF12E0" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="18" w:line="285" w:lineRule="auto"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00F53B79" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658269" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="613D8429" wp14:editId="5275D74A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658267" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="613D8429" wp14:editId="17D63E9C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>241300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>1315720</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7239000" cy="714375"/>
                 <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1162016215" name="Text Box 1162016215"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7239000" cy="714375"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="663EE841" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                          <w:p w14:paraId="573DB067" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                             <w:pPr>
                               <w:spacing w:before="24" w:line="280" w:lineRule="auto"/>
                               <w:ind w:left="20"/>
                               <w:rPr>
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
-[...7 lines deleted...]
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
+                              <w:t xml:space="preserve">El </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Department of Transitional Assistance</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> (DTA) </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
                               <w:t xml:space="preserve">trabaja con el </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Department</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-10"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>of</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-10"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Early</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-10"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Education</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-10"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>and</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-10"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Care</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> (ECC) y las </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Child</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-3"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Care</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-3"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Resource</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-3"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>and</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-3"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Referral</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:spacing w:val="-3"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Agencies</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> (CCRR) para ayudar a las familias elegibles </w:t>
+                              <w:t xml:space="preserve"> (CCRR) para ayudar a las familias elegibles a encontrar cuidado infantil, inscribirse y pagarlo.</w:t>
                             </w:r>
-                            <w:proofErr w:type="gramStart"/>
-[...28 lines deleted...]
-                            </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="613D8429" id="Text Box 1162016215" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;margin-left:19pt;margin-top:103.6pt;width:570pt;height:56.25pt;z-index:-251658211;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjU3/J2wEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06QtUIiarpZdLUJa&#10;FqSFD3Acp7FIPGbGbVK+nrHTdLm8IV6syYx95pwzk+3V2HfiaJAsuFIuF7kUxmmorduX8uuXuxdv&#10;pKCgXK06cKaUJ0Pyavf82XbwhVlBC11tUDCIo2LwpWxD8EWWkW5Nr2gB3jguNoC9CvyJ+6xGNTB6&#10;32WrPH+dDYC1R9CGiLO3U1HuEn7TGB0+NQ2ZILpSMreQTkxnFc9st1XFHpVvrT7TUP/AolfWcdML&#10;1K0KShzQ/gXVW41A0ISFhj6DprHaJA2sZpn/oeaxVd4kLWwO+YtN9P9g9cPx0X9GEcZ3MPIAkwjy&#10;96C/kXBw0yq3N9eIMLRG1dx4GS3LBk/F+Wm0mgqKINXwEWoesjoESEBjg310hXUKRucBnC6mmzEI&#10;zcnNav02z7mkubZZvlxvXqUWqphfe6Tw3kAvYlBK5KEmdHW8pxDZqGK+Eps5uLNdlwbbud8SfDFm&#10;EvtIeKIexmoUti7lOq1DVFNBfWI9CNO+8H5z0AL+kGLgXSklfT8oNFJ0Hxx7EhdrDnAOqjlQTvPT&#10;UgYppvAmTAt48Gj3LSNPrju4Zt8amyQ9sTjz5fknpeddjQv263e69fRH7X4CAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDRxtvY3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ0g&#10;NW2IU1UITkiINBw4OvE2sRqvQ+y24e9xTnDcmdHsm2I324FdcPLGkYRkJYAhtU4b6iR81q8PG2A+&#10;KNJqcIQSftDDrry9KVSu3ZUqvBxCx2IJ+VxJ6EMYc85926NVfuVGpOgd3WRViOfUcT2payy3A0+F&#10;WHOrDMUPvRrxucf2dDhbCfsvql7M93vzUR0rU9dbQW/rk5T3d/P+CVjAOfyFYcGP6FBGpsadSXs2&#10;SHjcxClBQiqyFNgSSLJFaqKVbDPgZcH/byh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AONTf8nbAQAAmQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhANHG29jfAAAACwEAAA8AAAAAAAAAAAAAAAAANQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="613D8429" id="Text Box 1162016215" o:spid="_x0000_s1053" type="#_x0000_t202" style="position:absolute;margin-left:19pt;margin-top:103.6pt;width:570pt;height:56.25pt;z-index:-251658213;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/wGfo2wEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0k7oBA1ncamIaQx&#10;kDZ+gOM4jUXiM3duk/LrOTtNB+wN8WJd7uzvvu+7y+Zy7DtxMEgWXCmXi1wK4zTU1u1K+e3x9tU7&#10;KSgoV6sOnCnl0ZC83L58sRl8YVbQQlcbFAziqBh8KdsQfJFlpFvTK1qAN46LDWCvAn/iLqtRDYze&#10;d9kqz99mA2DtEbQh4uzNVJTbhN80RocvTUMmiK6UzC2kE9NZxTPbblSxQ+Vbq0801D+w6JV13PQM&#10;daOCEnu0z6B6qxEImrDQ0GfQNFabpIHVLPO/1Dy0ypukhc0hf7aJ/h+svj88+K8owvgBRh5gEkH+&#10;DvR3Eg6uW+V25goRhtaomhsvo2XZ4Kk4PY1WU0ERpBo+Q81DVvsACWhssI+usE7B6DyA49l0Mwah&#10;ObleXbzPcy5prq2Xry/Wb1ILVcyvPVL4aKAXMSgl8lATujrcUYhsVDFfic0c3NquS4Pt3B8Jvhgz&#10;iX0kPFEPYzUKW5dytY6No5oK6iPrQZj2hfebgxbwpxQD70op6cdeoZGi++TYk7hYc4BzUM2Bcpqf&#10;ljJIMYXXYVrAvUe7axl5ct3BFfvW2CTpicWJL88/KT3talyw37/Trac/avsLAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDRxtvY3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ0g&#10;NW2IU1UITkiINBw4OvE2sRqvQ+y24e9xTnDcmdHsm2I324FdcPLGkYRkJYAhtU4b6iR81q8PG2A+&#10;KNJqcIQSftDDrry9KVSu3ZUqvBxCx2IJ+VxJ6EMYc85926NVfuVGpOgd3WRViOfUcT2payy3A0+F&#10;WHOrDMUPvRrxucf2dDhbCfsvql7M93vzUR0rU9dbQW/rk5T3d/P+CVjAOfyFYcGP6FBGpsadSXs2&#10;SHjcxClBQiqyFNgSSLJFaqKVbDPgZcH/byh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AH/AZ+jbAQAAmQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhANHG29jfAAAACwEAAA8AAAAAAAAAAAAAAAAANQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="663EE841" w14:textId="77777777" w:rsidR="00D81425" w:rsidRPr="005C21BC" w:rsidRDefault="00D81425" w:rsidP="00D81425">
+                    <w:p w14:paraId="573DB067" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
                         <w:spacing w:before="24" w:line="280" w:lineRule="auto"/>
                         <w:ind w:left="20"/>
                         <w:rPr>
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
-[...7 lines deleted...]
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
+                        <w:t xml:space="preserve">El </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Department of Transitional Assistance</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> (DTA) </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
                         <w:t xml:space="preserve">trabaja con el </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Department</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-10"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>of</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-10"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Early</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-10"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Education</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-10"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>and</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-10"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Care</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> (ECC) y las </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Child</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-3"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Care</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-3"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Resource</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-3"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>and</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-3"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Referral</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:spacing w:val="-3"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Agencies</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> (CCRR) para ayudar a las familias elegibles </w:t>
+                        <w:t xml:space="preserve"> (CCRR) para ayudar a las familias elegibles a encontrar cuidado infantil, inscribirse y pagarlo.</w:t>
                       </w:r>
-                      <w:proofErr w:type="gramStart"/>
-[...28 lines deleted...]
-                      </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658296" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51242FBB" wp14:editId="380520C9">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658294" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51242FBB" wp14:editId="36137721">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4903099</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>100965</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="803066" cy="731520"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1344236593" name="Picture 1344236593" descr="Logo&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="146707376" name="Picture 2" descr="Logo&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="803066" cy="731520"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658294" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BE1F1B1" wp14:editId="5E40DB69">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658292" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BE1F1B1" wp14:editId="123AB101">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>6222999</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>127000</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1380913" cy="1188720"/>
             <wp:effectExtent l="57150" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="39087627" name="Picture 39087627" descr="A picture containing logo&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="image4.png" descr="A picture containing logo&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:blip r:embed="rId12" cstate="print"/>
                     <a:srcRect l="64749" t="-14625" r="-19933" b="-4537"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1380913" cy="1188720"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:scene3d>
                       <a:camera prst="orthographicFront"/>
                       <a:lightRig rig="threePt" dir="t"/>
                     </a:scene3d>
                     <a:sp3d>
                       <a:bevelB h="6350"/>
                     </a:sp3d>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658286" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FF42D24" wp14:editId="0FCF75B5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658284" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FF42D24" wp14:editId="0FCF75B5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>9066530</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>3841750</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="33020" cy="164465"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="791349329" name="Text Box 791349329"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="33020" cy="164465"/>
                         </a:xfrm>
@@ -4325,81 +2602,81 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1FF42D24" id="Text Box 791349329" o:spid="_x0000_s1045" type="#_x0000_t202" style="position:absolute;margin-left:713.9pt;margin-top:302.5pt;width:2.6pt;height:12.95pt;z-index:-251658194;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtV+FX2AEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJu2Aw4hRdiw4D&#10;ugvQ7QNoWbaF2aJGKbGzrx8lx+kub8NeBJqUDs85pHc309CLoyZv0JZyvcql0FZhbWxbyq9fHl69&#10;kcIHsDX0aHUpT9rLm/3LF7vRFXqDHfa1JsEg1hejK2UXgiuyzKtOD+BX6LTlYoM0QOBParOaYGT0&#10;oc82eb7NRqTaESrtPWfv56LcJ/ym0Sp8ahqvg+hLydxCOimdVTyz/Q6KlsB1Rp1pwD+wGMBYbnqB&#10;uocA4kDmL6jBKEKPTVgpHDJsGqN00sBq1vkfap46cDppYXO8u9jk/x+s+nh8cp9JhOktTjzAJMK7&#10;R1TfvLB414Ft9S0Rjp2Gmhuvo2XZ6Hxxfhqt9oWPINX4AWseMhwCJqCpoSG6wjoFo/MAThfT9RSE&#10;4uTVVb7hguLKent9vX2dGkCxvHXkwzuNg4hBKYlHmrDh+OhD5ALFciW2svhg+j6Ntbe/JfhizCTu&#10;ke5MPEzVJEzNPJKyqKXC+sRqCOdt4e3moEP6IcXIm1JK//0ApKXo31t2JK7VEtASVEsAVvHTUgYp&#10;5vAuzOt3cGTajpFnzy3esmuNSZKeWZz58vST0vOmxvX69Tvdev6f9j8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQCOorTo4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqE1TQpvG&#10;qSoEJyTUNBw4OrGbWI3XIXbb8PdsT3Db2R3Nvsk3k+vZ2YzBepTwOBPADDZeW2wlfFZvD0tgISrU&#10;qvdoJPyYAJvi9iZXmfYXLM15H1tGIRgyJaGLccg4D01nnAozPxik28GPTkWSY8v1qC4U7no+FyLl&#10;TlmkD50azEtnmuP+5CRsv7B8td8f9a48lLaqVgLf06OU93fTdg0smin+meGKT+hQEFPtT6gD60kv&#10;5s/EHiWk4olaXS2LJKGpplUiVsCLnP9vUfwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;rVfhV9gBAACXAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAjqK06OEAAAANAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="1FF42D24" id="Text Box 791349329" o:spid="_x0000_s1054" type="#_x0000_t202" style="position:absolute;margin-left:713.9pt;margin-top:302.5pt;width:2.6pt;height:12.95pt;z-index:-251658196;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBcrKQ2gEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSLiiMOEXXosOA&#10;bivQ9QMUWbaF2aJGKrGzrx8lx+m63YZdBJqUHt97pDfXY9+Jg0Gy4Eq5XORSGKehsq4p5fO3+3dX&#10;UlBQrlIdOFPKoyF5vX37ZjP4wqygha4yKBjEUTH4UrYh+CLLSLemV7QAbxwXa8BeBf7EJqtQDYze&#10;d9kqz9fZAFh5BG2IOHs3FeU24de10eFrXZMJoislcwvpxHTu4pltN6poUPnW6hMN9Q8semUdNz1D&#10;3amgxB7tX1C91QgEdVho6DOoa6tN0sBqlvkfap5a5U3SwuaQP9tE/w9Wfzk8+UcUYfwAIw8wiSD/&#10;APo7CQe3rXKNuUGEoTWq4sbLaFk2eCpOT6PVVFAE2Q2foeIhq32ABDTW2EdXWKdgdB7A8Wy6GYPQ&#10;nLy4yFdc0FxZri8v1+9TA1XMbz1S+GigFzEoJfJIE7Y6PFCIXFQxX4mtHNzbrktj7dyrBF+MmcQ9&#10;0p2Ih3E3CluVcnUVG0ctO6iOrAZh2hbebg5awJ9SDLwppaQfe4VGiu6TY0fiWs0BzsFuDpTT/LSU&#10;QYopvA3T+u092qZl5MlzBzfsWm2TpBcWJ748/aT0tKlxvX7/Trde/qftLwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAI6itOjhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTVNC&#10;m8apKgQnJNQ0HDg6sZtYjdchdtvw92xPcNvZHc2+yTeT69nZjMF6lPA4E8AMNl5bbCV8Vm8PS2Ah&#10;KtSq92gk/JgAm+L2JleZ9hcszXkfW0YhGDIloYtxyDgPTWecCjM/GKTbwY9ORZJjy/WoLhTuej4X&#10;IuVOWaQPnRrMS2ea4/7kJGy/sHy13x/1rjyUtqpWAt/To5T3d9N2DSyaKf6Z4YpP6FAQU+1PqAPr&#10;SS/mz8QeJaTiiVpdLYskoammVSJWwIuc/29R/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCBcrKQ2gEAAJcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCOorTo4QAAAA0BAAAPAAAAAAAAAAAAAAAAADQEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="10B704FD" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658272" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52813618" wp14:editId="51973073">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658270" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52813618" wp14:editId="420527F0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>210185</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>2249170</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6188075" cy="73025"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="446087759" name="Text Box 446087759"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6188075" cy="73025"/>
                         </a:xfrm>
@@ -4419,81 +2696,273 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="52813618" id="Text Box 446087759" o:spid="_x0000_s1046" type="#_x0000_t202" style="position:absolute;margin-left:16.55pt;margin-top:177.1pt;width:487.25pt;height:5.75pt;z-index:-251658208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkGbzO3AEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJ0TYw4hRdiw4D&#10;ugvQ9QMYWbaF2aJGKbGzrx8lx+nWvQ17EShKOjznkNrcjH0nDpq8QVvK5SKXQluFlbFNKZ+/Pbxb&#10;S+ED2Ao6tLqUR+3lzfbtm83gCr3CFrtKk2AQ64vBlbINwRVZ5lWre/ALdNryYY3UQ+AtNVlFMDB6&#10;32WrPL/KBqTKESrtPWfvp0O5Tfh1rVX4UtdeB9GVkrmFtFJad3HNthsoGgLXGnWiAf/AogdjuegZ&#10;6h4CiD2Zv6B6owg91mGhsM+wro3SSQOrWeav1Dy14HTSwuZ4d7bJ/z9Y9fnw5L6SCON7HLmBSYR3&#10;j6i+e2HxrgXb6FsiHFoNFRdeRsuywfni9DRa7QsfQXbDJ6y4ybAPmIDGmvroCusUjM4NOJ5N12MQ&#10;ipNXy/U6v76UQvHZ9UW+ukwVoJgfO/Lhg8ZexKCUxD1N4HB49CGSgWK+EmtZfDBdl/ra2T8SfDFm&#10;EvnId2Iext0oTFXKi1UsHMXssDqyHMJpXHi8OWiRfkox8KiU0v/YA2kpuo+WLYlzNQc0B7s5AKv4&#10;aSmDFFN4F6b52zsyTcvIk+kWb9m22iRJLyxOfLn9SelpVON8/b5Pt14+1PYXAAAA//8DAFBLAwQU&#10;AAYACAAAACEAuP3V3eAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbizZ&#10;xjooTacJwQkJ0ZUDx7T12miNU5psK2+Pd4KTZfvT78/ZZnK9OOEYrCcN85kCgVT7xlKr4bN8vXsA&#10;EaKhxvSeUMMPBtjk11eZSRt/pgJPu9gKDqGQGg1djEMqZag7dCbM/IDEu70fnYncjq1sRnPmcNfL&#10;hVKJdMYSX+jMgM8d1ofd0WnYflHxYr/fq49iX9iyfFT0lhy0vr2Ztk8gIk7xD4aLPqtDzk6VP1IT&#10;RK9huZwzyXV1vwBxAZRaJyAqHiWrNcg8k/9/yH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAJBm8ztwBAACYAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAuP3V3eAAAAALAQAADwAAAAAAAAAAAAAAAAA2BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="52813618" id="Text Box 446087759" o:spid="_x0000_s1055" type="#_x0000_t202" style="position:absolute;margin-left:16.55pt;margin-top:177.1pt;width:487.25pt;height:5.75pt;z-index:-251658210;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBu2bqi3AEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJ0DYz4hRdiw4D&#10;ugvQ7QNkWY6F2aJGKrGzrx8lx+m2vhV7EShKOjznkNpcj30nDgbJgivlcpFLYZyG2rpdKb9/u3+z&#10;loKCcrXqwJlSHg3J6+3rV5vBF2YFLXS1QcEgjorBl7INwRdZRro1vaIFeOP4sAHsVeAt7rIa1cDo&#10;fZet8vwyGwBrj6ANEWfvpkO5TfhNY3T40jRkguhKydxCWjGtVVyz7UYVO1S+tfpEQ72ARa+s46Jn&#10;qDsVlNijfQbVW41A0ISFhj6DprHaJA2sZpn/o+axVd4kLWwO+bNN9P9g9efDo/+KIozvYeQGJhHk&#10;H0D/IOHgtlVuZ24QYWiNqrnwMlqWDZ6K09NoNRUUQarhE9TcZLUPkIDGBvvoCusUjM4NOJ5NN2MQ&#10;mpOXy/U6v7qQQvPZ1dt8dZEqqGJ+7JHCBwO9iEEpkXuawNXhgUIko4r5Sqzl4N52Xepr5/5K8MWY&#10;SeQj34l5GKtR2LqUq3excBRTQX1kOQjTuPB4c9AC/pJi4FEpJf3cKzRSdB8dWxLnag5wDqo5UE7z&#10;01IGKabwNkzzt/dody0jT6Y7uGHbGpskPbE48eX2J6WnUY3z9ec+3Xr6UNvfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAuP3V3eAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbizZ&#10;xjooTacJwQkJ0ZUDx7T12miNU5psK2+Pd4KTZfvT78/ZZnK9OOEYrCcN85kCgVT7xlKr4bN8vXsA&#10;EaKhxvSeUMMPBtjk11eZSRt/pgJPu9gKDqGQGg1djEMqZag7dCbM/IDEu70fnYncjq1sRnPmcNfL&#10;hVKJdMYSX+jMgM8d1ofd0WnYflHxYr/fq49iX9iyfFT0lhy0vr2Ztk8gIk7xD4aLPqtDzk6VP1IT&#10;RK9huZwzyXV1vwBxAZRaJyAqHiWrNcg8k/9/yH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAbtm6otwBAACYAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAuP3V3eAAAAALAQAADwAAAAAAAAAAAAAAAAA2BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="08921A3C" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658273" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32860217" wp14:editId="5A0B05E5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658266" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5AD9FE46" wp14:editId="77FCA655">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>508000</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>359410</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3653790" cy="875030"/>
+                <wp:effectExtent l="0" t="0" r="3810" b="1270"/>
+                <wp:wrapNone/>
+                <wp:docPr id="395655438" name="Text Box 395655438"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3653790" cy="875030"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="2AA24986" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                            <w:pPr>
+                              <w:spacing w:before="35" w:line="684" w:lineRule="exact"/>
+                              <w:ind w:left="20"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="52"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="52"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>TAFDC del DTA</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2EEB56AC" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                            <w:pPr>
+                              <w:spacing w:line="638" w:lineRule="exact"/>
+                              <w:ind w:left="20"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Hoja informativa sobre </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005F5933">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="063755"/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>cuidado infantil</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5AD9FE46" id="Text Box 395655438" o:spid="_x0000_s1056" type="#_x0000_t202" style="position:absolute;margin-left:40pt;margin-top:28.3pt;width:287.7pt;height:68.9pt;z-index:-251658214;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLd8k12wEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthp0MuMOEXXosOA&#10;bh3Q9QNoWY6F2aJGKbGzrx8lx+m2vg17EWhSOjznkF5fj30n9pq8QVvK5SKXQluFtbHbUj5/u393&#10;JYUPYGvo0OpSHrSX15u3b9aDK/QZttjVmgSDWF8MrpRtCK7IMq9a3YNfoNOWiw1SD4E/aZvVBAOj&#10;9112lucX2YBUO0Klvefs3VSUm4TfNFqFx6bxOoiulMwtpJPSWcUz26yh2BK41qgjDfgHFj0Yy01P&#10;UHcQQOzIvILqjSL02ISFwj7DpjFKJw2sZpn/peapBaeTFjbHu5NN/v/Bqi/7J/eVRBg/4MgDTCK8&#10;e0D13QuLty3Yrb4hwqHVUHPjZbQsG5wvjk+j1b7wEaQaPmPNQ4ZdwAQ0NtRHV1inYHQewOFkuh6D&#10;UJxcXZyvLt9zSXHt6vI8X6WpZFDMrx358FFjL2JQSuKhJnTYP/gQ2UAxX4nNLN6brkuD7ewfCb4Y&#10;M4l9JDxRD2M1ClMzk9Q4qqmwPrAewmlfeL85aJF+SjHwrpTS/9gBaSm6T5Y9iYs1BzQH1RyAVfy0&#10;lEGKKbwN0wLuHJlty8iT6xZv2LfGJEkvLI58ef5J6XFX44L9/p1uvfxRm18AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAvyexL3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9ZDYqA1K&#10;rDbEqSoEExIiDQOjE78mVuPnELtt+PeYCcbTne6+K7eLG9kZ52A9KbhfCWBInTeWegUfzcvdGliI&#10;mowePaGCbwywra6vSl0Yf6Eaz/vYs1RCodAKhhingvPQDeh0WPkJKXkHPzsdk5x7bmZ9SeVu5A9C&#10;SO60pbQw6AmfBuyO+5NTsPuk+tl+vbXv9aG2TbMR9CqPSt3eLLtHYBGX+BeGX/yEDlViav2JTGCj&#10;grVIV6KCXEpgyZd5ngFrU3CTZcCrkv9/UP0AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;S3fJNdsBAACZAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAL8nsS94AAAAJAQAADwAAAAAAAAAAAAAAAAA1BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="2AA24986" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                      <w:pPr>
+                        <w:spacing w:before="35" w:line="684" w:lineRule="exact"/>
+                        <w:ind w:left="20"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="52"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="52"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>TAFDC del DTA</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2EEB56AC" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
+                      <w:pPr>
+                        <w:spacing w:line="638" w:lineRule="exact"/>
+                        <w:ind w:left="20"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Hoja informativa sobre </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005F5933">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="063755"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>cuidado infantil</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="page" anchory="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658271" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32860217" wp14:editId="5A0B05E5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6400800</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>2566670</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1085850" cy="958215"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1846224925" name="Text Box 1846224925"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1085850" cy="958215"/>
                         </a:xfrm>
@@ -4513,81 +2982,81 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="32860217" id="Text Box 1846224925" o:spid="_x0000_s1047" type="#_x0000_t202" style="position:absolute;margin-left:7in;margin-top:202.1pt;width:85.5pt;height:75.45pt;z-index:-251658207;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvafsD2wEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJkSEz4hRdiw4D&#10;ugvQ9QMYWbaF2aJGKbGzrx8lx+nWvQ17EShROjznkNpej30njpq8QVvK5SKXQluFlbFNKZ++3b/Z&#10;SOED2Ao6tLqUJ+3l9e71q+3gCr3CFrtKk2AQ64vBlbINwRVZ5lWre/ALdNpyskbqIfCWmqwiGBi9&#10;77JVnr/NBqTKESrtPZ/eTUm5S/h1rVX4UtdeB9GVkrmFtFJa93HNdlsoGgLXGnWmAf/AogdjuegF&#10;6g4CiAOZv6B6owg91mGhsM+wro3SSQOrWeYv1Dy24HTSwuZ4d7HJ/z9Y9fn46L6SCON7HLmBSYR3&#10;D6i+e2HxtgXb6BsiHFoNFRdeRsuywfni/DRa7QsfQfbDJ6y4yXAImIDGmvroCusUjM4NOF1M12MQ&#10;KpbMN+vNmlOKc+/Wm9VynUpAMb925MMHjb2IQSmJm5rQ4fjgQ2QDxXwlFrN4b7ouNbazfxzwxXiS&#10;2EfCE/Uw7kdhqlJeXcXCUc0eqxPrIZzmheebgxbppxQDz0op/Y8DkJai+2jZkzhYc0BzsJ8DsIqf&#10;ljJIMYW3YRrAgyPTtIw8uW7xhn2rTZL0zOLMl/uflJ5nNQ7Y7/t06/lH7X4BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCdIhLv4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtZW4UTtV&#10;U9o0TlUhOCEh0nDg6MTbxGq8DrHbhr/HPcFxZkezb/LdZHt2wdEbRxKSuQCG1DhtqJXwWb0+roH5&#10;oEir3hFK+EEPu+L+LleZdlcq8XIILYsl5DMloQthyDj3TYdW+bkbkOLt6EarQpRjy/WorrHc9nwh&#10;xIpbZSh+6NSAzx02p8PZSth/Uflivt/rj/JYmqraCHpbnaR8mE37LbCAU/gLww0/okMRmWp3Ju1Z&#10;H7UQ6zgmSFiK5QLYLZI8baJVS0jTNAFe5Pz/iuIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA72n7A9sBAACZAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAnSIS7+EAAAANAQAADwAAAAAAAAAAAAAAAAA1BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="32860217" id="Text Box 1846224925" o:spid="_x0000_s1057" type="#_x0000_t202" style="position:absolute;margin-left:7in;margin-top:202.1pt;width:85.5pt;height:75.45pt;z-index:-251658209;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCJjK6o2gEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlRUYmarpZdLUJa&#10;YKVlP8B1nMQi8ZgZt0n5esZO02XhhrhYY4/95r034+3V2HfiaJAsuFIuF7kUxmmorGtK+fTt7s1G&#10;CgrKVaoDZ0p5MiSvdq9fbQdfmBW00FUGBYM4KgZfyjYEX2QZ6db0ihbgjeNkDdirwFtssgrVwOh9&#10;l63y/F02AFYeQRsiPr2dknKX8Ova6PC1rskE0ZWSuYW0Ylr3cc12W1U0qHxr9ZmG+gcWvbKOi16g&#10;blVQ4oD2L6jeagSCOiw09BnUtdUmaWA1y/wPNY+t8iZpYXPIX2yi/wervxwf/QOKMH6AkRuYRJC/&#10;B/2dhIObVrnGXCPC0BpVceFltCwbPBXnp9FqKiiC7IfPUHGT1SFAAhpr7KMrrFMwOjfgdDHdjEHo&#10;WDLfrDdrTmnOvV9vVst1KqGK+bVHCh8N9CIGpURuakJXx3sKkY0q5iuxmIM723WpsZ17ccAX40li&#10;HwlP1MO4H4WtSvk2aYtq9lCdWA/CNC883xy0gD+lGHhWSkk/DgqNFN0nx57EwZoDnIP9HCin+Wkp&#10;gxRTeBOmATx4tE3LyJPrDq7Zt9omSc8szny5/0npeVbjgP2+T7eef9TuFwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAJ0iEu/hAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1lbhRO1VT&#10;2jROVSE4ISHScODoxNvEarwOsduGv8c9wXFmR7Nv8t1ke3bB0RtHEpK5AIbUOG2olfBZvT6ugfmg&#10;SKveEUr4QQ+74v4uV5l2VyrxcggtiyXkMyWhC2HIOPdNh1b5uRuQ4u3oRqtClGPL9aiusdz2fCHE&#10;iltlKH7o1IDPHTanw9lK2H9R+WK+3+uP8liaqtoIeludpHyYTfstsIBT+AvDDT+iQxGZancm7Vkf&#10;tRDrOCZIWIrlAtgtkjxtolVLSNM0AV7k/P+K4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCJjK6o2gEAAJkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCdIhLv4QAAAA0BAAAPAAAAAAAAAAAAAAAAADQEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="72513164" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658277" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73EDFE5A" wp14:editId="0C43AC93">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658275" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73EDFE5A" wp14:editId="0C43AC93">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>292100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>9480550</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7188200" cy="285750"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="239823959" name="Text Box 239823959"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7188200" cy="285750"/>
                         </a:xfrm>
@@ -4607,81 +3076,81 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="73EDFE5A" id="Text Box 239823959" o:spid="_x0000_s1048" type="#_x0000_t202" style="position:absolute;margin-left:23pt;margin-top:746.5pt;width:566pt;height:22.5pt;z-index:-251658203;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGG6wb2wEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU19v0zAQf0fiO1h+p2kLY1XUdBqbhpAG&#10;Qxp8AMdxEovEZ+7cJuXTc3aaDtjbxIt1Ods///5ctldj34mDQbLgCrlaLKUwTkNlXVPI79/u3myk&#10;oKBcpTpwppBHQ/Jq9/rVdvC5WUMLXWVQMIijfPCFbEPweZaRbk2vaAHeON6sAXsV+BObrEI1MHrf&#10;Zevl8n02AFYeQRsi7t5Om3KX8Ova6PBQ12SC6ArJ3EJaMa1lXLPdVuUNKt9afaKhXsCiV9bxo2eo&#10;WxWU2KN9BtVbjUBQh4WGPoO6ttokDaxmtfxHzWOrvEla2BzyZ5vo/8HqL4dH/xVFGD/AyAEmEeTv&#10;Qf8g4eCmVa4x14gwtEZV/PAqWpYNnvLT1Wg15RRByuEzVByy2gdIQGONfXSFdQpG5wCOZ9PNGITm&#10;5uVqs+EkpdC8t95cXF6kVDKVz7c9UvhooBexKCRyqAldHe4pRDYqn4/Exxzc2a5LwXburwYfjJ3E&#10;PhKeqIexHIWtCvn2XdQW1ZRQHVkPwjQvPN9ctIC/pBh4VgpJP/cKjRTdJ8eexMGaC5yLci6U03y1&#10;kEGKqbwJ0wDuPdqmZeTJdQfX7Fttk6QnFie+nH9SeprVOGB/fqdTT3/U7jcAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAZ0VWK4AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWDo2&#10;ylaaThOCExKiKweOaeO10RqnNNlW/j3eCW6f7afn9/LN5HpxwjFYTwrmswQEUuONpVbBZ/V6twIR&#10;oiaje0+o4AcDbIrrq1xnxp+pxNMutoJNKGRaQRfjkEkZmg6dDjM/IPFt70enI49jK82oz2zuenmf&#10;JKl02hJ/6PSAzx02h93RKdh+Ufliv9/rj3Jf2qpaJ/SWHpS6vZm2TyAiTvFPDJf4HB0KzlT7I5kg&#10;egXLlKtE3i/XC6aLYv64YqqZHhZMssjl/xbFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDGG6wb2wEAAJkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAZ0VWK4AAAAA0BAAAPAAAAAAAAAAAAAAAAADUEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="73EDFE5A" id="Text Box 239823959" o:spid="_x0000_s1058" type="#_x0000_t202" style="position:absolute;margin-left:23pt;margin-top:746.5pt;width:566pt;height:22.5pt;z-index:-251658205;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtMiM92gEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07RFy1ZR09Wyq0VI&#10;y0Va+ADXsROLxGNm3Cbl6xk7TZfLG+LFmozt43OZbG/GvhNHg+TAV3K1WEphvIba+aaSX788vNpI&#10;QVH5WnXgTSVPhuTN7uWL7RBKs4YWutqgYBBP5RAq2cYYyqIg3Zpe0QKC8bxpAXsV+RObokY1MHrf&#10;Fevl8k0xANYBQRsi7t5Pm3KX8a01On6ylkwUXSWZW8wr5nWf1mK3VWWDKrROn2mof2DRK+f50QvU&#10;vYpKHND9BdU7jUBg40JDX4C1TpusgdWsln+oeWpVMFkLm0PhYhP9P1j98fgUPqOI41sYOcAsgsIj&#10;6G8kPNy1yjfmFhGG1qiaH14ly4ohUHm+mqymkhLIfvgANYesDhEy0GixT66wTsHoHMDpYroZo9Dc&#10;vF5tNpykFJr31pur66ucSqHK+XZAiu8M9CIVlUQONaOr4yPFxEaV85H0mIcH13U52M7/1uCDqZPZ&#10;J8IT9TjuR+HqSr5eJ21JzR7qE+tBmOaF55uLFvCHFAPPSiXp+0GhkaJ779mTNFhzgXOxnwvlNV+t&#10;ZJRiKu/iNICHgK5pGXly3cMt+2ZdlvTM4syX889Kz7OaBuzX73zq+Y/a/QQAAP//AwBQSwMEFAAG&#10;AAgAAAAhABnRVYrgAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYOjbK&#10;VppOE4ITEqIrB45p47XRGqc02Vb+Pd4Jbp/tp+f38s3kenHCMVhPCuazBARS442lVsFn9Xq3AhGi&#10;JqN7T6jgBwNsiuurXGfGn6nE0y62gk0oZFpBF+OQSRmaDp0OMz8g8W3vR6cjj2MrzajPbO56eZ8k&#10;qXTaEn/o9IDPHTaH3dEp2H5R+WK/3+uPcl/aqlon9JYelLq9mbZPICJO8U8Ml/gcHQrOVPsjmSB6&#10;BcuUq0TeL9cLpoti/rhiqpkeFkyyyOX/FsUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AC0yIz3aAQAAmQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhABnRVYrgAAAADQEAAA8AAAAAAAAAAAAAAAAANAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="5D443C4A" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658278" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B4029D8" wp14:editId="0791FDEB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658276" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B4029D8" wp14:editId="0791FDEB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6790690</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>3840480</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="116840" cy="76835"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1157105963" name="Text Box 1157105963"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="116840" cy="76835"/>
                         </a:xfrm>
@@ -4693,73 +3162,73 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="62D7CEA8" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1B4029D8" id="Text Box 1157105963" o:spid="_x0000_s1049" type="#_x0000_t202" style="position:absolute;margin-left:534.7pt;margin-top:302.4pt;width:9.2pt;height:6.05pt;z-index:-251658202;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaKpWx1wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07QLlCpqulp2tQhp&#10;uUgLHzBx7MYi8Zix26R8PWOn6XJ5Q7xYY4995pwz4+312HfiqClYdJVcLZZSaKewsW5fya9f7l9s&#10;pAgRXAMdOl3Jkw7yevf82Xbwpb7CFrtGk2AQF8rBV7KN0ZdFEVSrewgL9Npx0iD1EHlL+6IhGBi9&#10;74qr5XJdDEiNJ1Q6BD69m5Jyl/GN0Sp+MiboKLpKMreYV8prndZit4VyT+Bbq8404B9Y9GAdF71A&#10;3UEEcSD7F1RvFWFAExcK+wKNsUpnDaxmtfxDzWMLXmctbE7wF5vC/4NVH4+P/jOJOL7FkRuYRQT/&#10;gOpbEA5vW3B7fUOEQ6uh4cKrZFkx+FCenyarQxkSSD18wIabDIeIGWg01CdXWKdgdG7A6WK6HqNQ&#10;qeRqvXnFGcWpN+vNy9e5AJTzW08hvtPYixRUkrilGRuODyEmLlDOV1Iph/e263JbO/fbAV9MJ5l7&#10;ojsRj2M9CttUciqctNTYnFgN4TQtPN0ctEg/pBh4UioZvh+AtBTde8eOpLGaA5qDeg7AKX5aySjF&#10;FN7GafwOnuy+ZeTJc4c37JqxWdITizNf7n5Wep7UNF6/7vOtp/+0+wkAAP//AwBQSwMEFAAGAAgA&#10;AAAhAONwc3ngAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXVSZJsSp&#10;KgQnJEQaDhyd2E2sxusQu234e7YnetvZHc2+KTazH9jJTtEFVLBcCGAW22Acdgq+6reHNbCYNBo9&#10;BLQKfm2ETXl7U+jchDNW9rRLHaMQjLlW0Kc05pzHtrdex0UYLdJtHyavE8mp42bSZwr3A38UQnKv&#10;HdKHXo/2pbftYXf0CrbfWL26n4/ms9pXrq4zge/yoNT93bx9BpbsnP7NcMEndCiJqQlHNJENpIXM&#10;VuRVIMWKSlwsYv1EU0OrpcyAlwW/blH+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFoq&#10;lbHXAQAAlwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AONwc3ngAAAADQEAAA8AAAAAAAAAAAAAAAAAMQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="1B4029D8" id="Text Box 1157105963" o:spid="_x0000_s1059" type="#_x0000_t202" style="position:absolute;margin-left:534.7pt;margin-top:302.4pt;width:9.2pt;height:6.05pt;z-index:-251658204;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxAxqX2QEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07RbKFXUdLXsahHS&#10;wiItfMDEcRKLxGPGbpPy9YydpsvlDfFijT32mXPOjHfXY9+JoyZv0BZytVhKoa3CytimkF+/3L/a&#10;SuED2Ao6tLqQJ+3l9f7li93gcn2FLXaVJsEg1ueDK2QbgsuzzKtW9+AX6LTlZI3UQ+AtNVlFMDB6&#10;32VXy+UmG5AqR6i093x6NyXlPuHXtVbhsa69DqIrJHMLaaW0lnHN9jvIGwLXGnWmAf/AogdjuegF&#10;6g4CiAOZv6B6owg91mGhsM+wro3SSQOrWS3/UPPUgtNJC5vj3cUm//9g1afjk/tMIozvcOQGJhHe&#10;PaD65oXF2xZso2+IcGg1VFx4FS3LBufz89Notc99BCmHj1hxk+EQMAGNNfXRFdYpGJ0bcLqYrscg&#10;VCy52mxfc0Zx6u1mu36TCkA+v3Xkw3uNvYhBIYlbmrDh+OBD5AL5fCWWsnhvui61tbO/HfDFeJK4&#10;R7oT8TCWozBVIdfrWDhqKbE6sRrCaVp4ujlokX5IMfCkFNJ/PwBpKboPlh2JYzUHNAflHIBV/LSQ&#10;QYopvA3T+B0cmaZl5MlzizfsWm2SpGcWZ77c/aT0PKlxvH7dp1vP/2n/EwAA//8DAFBLAwQUAAYA&#10;CAAAACEA43BzeeAAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhdVJkm&#10;xKkqBCckRBoOHJ3YTazG6xC7bfh7tid629kdzb4pNrMf2MlO0QVUsFwIYBbbYBx2Cr7qt4c1sJg0&#10;Gj0EtAp+bYRNeXtT6NyEM1b2tEsdoxCMuVbQpzTmnMe2t17HRRgt0m0fJq8TyanjZtJnCvcDfxRC&#10;cq8d0odej/alt+1hd/QKtt9Yvbqfj+az2leurjOB7/Kg1P3dvH0Gluyc/s1wwSd0KImpCUc0kQ2k&#10;hcxW5FUgxYpKXCxi/URTQ6ulzICXBb9uUf4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;sQMal9kBAACXAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA43BzeeAAAAANAQAADwAAAAAAAAAAAAAAAAAzBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="62D7CEA8" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658279" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06C6C790" wp14:editId="12E292B7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658277" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06C6C790" wp14:editId="12E292B7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6972935</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>3840480</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="55245" cy="131445"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="138953540" name="Text Box 138953540"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="55245" cy="131445"/>
                         </a:xfrm>
@@ -4779,81 +3248,81 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="06C6C790" id="Text Box 138953540" o:spid="_x0000_s1050" type="#_x0000_t202" style="position:absolute;margin-left:549.05pt;margin-top:302.4pt;width:4.35pt;height:10.35pt;z-index:-251658201;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQChOeP92QEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47TphiMOEXXosOA&#10;bivQ9QMUWbaF2aJGKrGzrx8lx+m63YZdBIqSHt97pDbXY9+Jg0Gy4EqZL5ZSGKehsq4p5fO3+3fv&#10;paCgXKU6cKaUR0Pyevv2zWbwhVlBC11lUDCIo2LwpWxD8EWWkW5Nr2gB3jg+rAF7FXiLTVahGhi9&#10;77LVcnmVDYCVR9CGiLN306HcJvy6Njp8rWsyQXSlZG4hrZjWXVyz7UYVDSrfWn2iof6BRa+s46Jn&#10;qDsVlNij/QuqtxqBoA4LDX0GdW21SRpYTb78Q81Tq7xJWtgc8meb6P/B6i+HJ/+IIowfYOQGJhHk&#10;H0B/J+HgtlWuMTeIMLRGVVw4j5Zlg6fi9DRaTQVFkN3wGSpustoHSEBjjX10hXUKRucGHM+mmzEI&#10;zcn1enW5lkLzSX6RX3IcC6hifuuRwkcDvYhBKZFbmrDV4YHCdHW+Eks5uLddl9rauVcJxoyZxD3S&#10;nYiHcTcKW5Xy4ioWjlp2UB1ZDcI0LTzdHLSAP6UYeFJKST/2Co0U3SfHjsSxmgOcg90cKKf5aSmD&#10;FFN4G6bx23u0TcvIk+cObti12iZJLyxOfLn7yZTTpMbx+n2fbr38p+0vAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA0OBLieAAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FjSiVVb&#10;aTpNCE5IiK4cOKat10ZrnNJkW/n3eCe4+dlPz9/Lt7MbxBmnYD1pSBYKBFLjW0udhs/q9WENIkRD&#10;rRk8oYYfDLAtbm9yk7X+QiWe97ETHEIhMxr6GMdMytD06ExY+BGJbwc/ORNZTp1sJ3PhcDfIpVKp&#10;dMYSf+jNiM89Nsf9yWnYfVH5Yr/f64/yUNqq2ih6S49a39/NuycQEef4Z4YrPqNDwUy1P1EbxMBa&#10;bdYJezWk6pFLXC2JSnmqebVcrUAWufzfovgFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;oTnj/dkBAACXAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA0OBLieAAAAANAQAADwAAAAAAAAAAAAAAAAAzBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="06C6C790" id="Text Box 138953540" o:spid="_x0000_s1060" type="#_x0000_t202" style="position:absolute;margin-left:549.05pt;margin-top:302.4pt;width:4.35pt;height:10.35pt;z-index:-251658203;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDH3LZW2QEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhOk2Ew4hRdiw4D&#10;ugvQ9QMUWbaF2aJGKrGzrx8lx+nWvQ17EShKOjznkNpej30njgbJgitlvlhKYZyGyrqmlE/f7t+8&#10;k4KCcpXqwJlSngzJ693rV9vBF2YFLXSVQcEgjorBl7INwRdZRro1vaIFeOP4sAbsVeAtNlmFamD0&#10;vstWy+XbbACsPII2RJy9mw7lLuHXtdHhS12TCaIrJXMLacW07uOa7baqaFD51uozDfUPLHplHRe9&#10;QN2poMQB7V9QvdUIBHVYaOgzqGurTdLAavLlCzWPrfImaWFzyF9sov8Hqz8fH/1XFGF8DyM3MIkg&#10;/wD6OwkHt61yjblBhKE1quLCebQsGzwV56fRaiooguyHT1Bxk9UhQAIaa+yjK6xTMDo34HQx3YxB&#10;aE5uNqv1RgrNJ/lVvuY4FlDF/NYjhQ8GehGDUiK3NGGr4wOF6ep8JZZycG+7LrW1c38kGDNmEvdI&#10;dyIexv0obFXKq3UsHLXsoTqxGoRpWni6OWgBf0ox8KSUkn4cFBopuo+OHYljNQc4B/s5UE7z01IG&#10;KabwNkzjd/Bom5aRJ88d3LBrtU2Snlmc+XL3kynnSY3j9fs+3Xr+T7tfAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA0OBLieAAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FjSiVVb&#10;aTpNCE5IiK4cOKat10ZrnNJkW/n3eCe4+dlPz9/Lt7MbxBmnYD1pSBYKBFLjW0udhs/q9WENIkRD&#10;rRk8oYYfDLAtbm9yk7X+QiWe97ETHEIhMxr6GMdMytD06ExY+BGJbwc/ORNZTp1sJ3PhcDfIpVKp&#10;dMYSf+jNiM89Nsf9yWnYfVH5Yr/f64/yUNqq2ih6S49a39/NuycQEef4Z4YrPqNDwUy1P1EbxMBa&#10;bdYJezWk6pFLXC2JSnmqebVcrUAWufzfovgFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;x9y2VtkBAACXAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA0OBLieAAAAANAQAADwAAAAAAAAAAAAAAAAAzBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="40BEE246" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658280" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19234130" wp14:editId="78888595">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658278" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19234130" wp14:editId="78888595">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>7027545</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>3840480</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="55245" cy="131445"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1006858031" name="Text Box 1006858031"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="55245" cy="131445"/>
                         </a:xfrm>
@@ -4873,81 +3342,81 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="19234130" id="Text Box 1006858031" o:spid="_x0000_s1051" type="#_x0000_t202" style="position:absolute;margin-left:553.35pt;margin-top:302.4pt;width:4.35pt;height:10.35pt;z-index:-251658200;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASy0mo2QEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2m6FVDUdBqbhpAG&#10;Qxr7AY7jNBaJz9y5Tcqv5+w0HbA3xIt1Ptvffd93583V2HfiYJAsuFLmi6UUxmmorduV8unb3Zv3&#10;UlBQrlYdOFPKoyF5tX39ajP4wqygha42KBjEUTH4UrYh+CLLSLemV7QAbxwfNoC9CrzFXVajGhi9&#10;77LVcvk2GwBrj6ANEWdvp0O5TfhNY3R4aBoyQXSlZG4hrZjWKq7ZdqOKHSrfWn2iof6BRa+s46Jn&#10;qFsVlNijfQHVW41A0ISFhj6DprHaJA2sJl/+peaxVd4kLWwO+bNN9P9g9ZfDo/+KIowfYOQGJhHk&#10;70F/J+HgplVuZ64RYWiNqrlwHi3LBk/F6Wm0mgqKINXwGWpustoHSEBjg310hXUKRucGHM+mmzEI&#10;zcn1enW5lkLzSX6RX3IcC6hifuuRwkcDvYhBKZFbmrDV4Z7CdHW+Eks5uLNdl9rauT8SjBkziXuk&#10;OxEPYzUKW5fy4l0sHLVUUB9ZDcI0LTzdHLSAP6UYeFJKST/2Co0U3SfHjsSxmgOcg2oOlNP8tJRB&#10;iim8CdP47T3aXcvIk+cOrtm1xiZJzyxOfLn7yZTTpMbx+n2fbj3/p+0vAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAohjopuEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Kidqgk0&#10;xKkqBCckRBoOPTqxm1iN1yF22/D3bE9wnNmn2ZliM7uBnc0UrEcJyUIAM9h6bbGT8FW/PTwBC1Gh&#10;VoNHI+HHBNiUtzeFyrW/YGXOu9gxCsGQKwl9jGPOeWh741RY+NEg3Q5+ciqSnDquJ3WhcDfwpRAZ&#10;d8oifejVaF560x53Jydhu8fq1X5/NJ/VobJ1vRb4nh2lvL+bt8/AopnjHwzX+lQdSurU+BPqwAbS&#10;icgeiZWQiRWNuCJJkq6ANWQt0xR4WfD/K8pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ABLLSajZAQAAlwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKIY6KbhAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="19234130" id="Text Box 1006858031" o:spid="_x0000_s1061" type="#_x0000_t202" style="position:absolute;margin-left:553.35pt;margin-top:302.4pt;width:4.35pt;height:10.35pt;z-index:-251658202;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB0LhwD2AEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhOm2Ew4hRdiw4D&#10;ugvQ7QNkWbaF2aJGKrGzrx8lx+kub8NeBIqSDs85pHY309CLo0Gy4EqZr9ZSGKehtq4t5dcvD6/e&#10;SEFBuVr14EwpT4bkzf7li93oC7OBDvraoGAQR8XoS9mF4IssI92ZQdEKvHF82AAOKvAW26xGNTL6&#10;0Geb9fp1NgLWHkEbIs7ez4dyn/CbxujwqWnIBNGXkrmFtGJaq7hm+50qWlS+s/pMQ/0Di0FZx0Uv&#10;UPcqKHFA+xfUYDUCQRNWGoYMmsZqkzSwmnz9h5qnTnmTtLA55C820f+D1R+PT/4zijC9hYkbmESQ&#10;fwT9jYSDu0651twiwtgZVXPhPFqWjZ6K89NoNRUUQarxA9TcZHUIkICmBofoCusUjM4NOF1MN1MQ&#10;mpPb7eZ6K4Xmk/wqv+Y4FlDF8tYjhXcGBhGDUiK3NGGr4yOF+epyJZZy8GD7PrW1d78lGDNmEvdI&#10;dyYepmoSti7lVSoctVRQn1gNwjwtPN0cdIA/pBh5UkpJ3w8KjRT9e8eOxLFaAlyCagmU0/y0lEGK&#10;ObwL8/gdPNq2Y+TZcwe37Fpjk6RnFme+3P1kynlS43j9uk+3nv/T/icAAAD//wMAUEsDBBQABgAI&#10;AAAAIQCiGOim4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ2qCTTE&#10;qSoEJyREGg49OrGbWI3XIXbb8PdsT3Cc2afZmWIzu4GdzRSsRwnJQgAz2HptsZPwVb89PAELUaFW&#10;g0cj4ccE2JS3N4XKtb9gZc672DEKwZArCX2MY855aHvjVFj40SDdDn5yKpKcOq4ndaFwN/ClEBl3&#10;yiJ96NVoXnrTHncnJ2G7x+rVfn80n9WhsnW9FvieHaW8v5u3z8CimeMfDNf6VB1K6tT4E+rABtKJ&#10;yB6JlZCJFY24IkmSroA1ZC3TFHhZ8P8ryl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;dC4cA9gBAACXAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAohjopuEAAAANAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="4AB0D02D" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman"/>
                           <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658281" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28799958" wp14:editId="5BFC9451">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658279" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28799958" wp14:editId="5BFC9451">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6633845</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4092575</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="55245" cy="87630"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="207597507" name="Text Box 207597507"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="55245" cy="87630"/>
                         </a:xfrm>
@@ -4959,73 +3428,73 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="3A47B28A" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="28799958" id="Text Box 207597507" o:spid="_x0000_s1052" type="#_x0000_t202" style="position:absolute;margin-left:522.35pt;margin-top:322.25pt;width:4.35pt;height:6.9pt;z-index:-251658199;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7937o2QEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07RdulRR09Wyq0VI&#10;y0Va+ICJ4yQWiceM3Sbl6xk7TZfLG+LFmozt43OZ7G7GvhNHTd6gLeRqsZRCW4WVsU0hv355eLWV&#10;wgewFXRodSFP2sub/csXu8Hleo0tdpUmwSDW54MrZBuCy7PMq1b34BfotOXNGqmHwJ/UZBXBwOh9&#10;l62Xy+tsQKocodLec/d+2pT7hF/XWoVPde11EF0hmVtIK6W1jGu230HeELjWqDMN+AcWPRjLj16g&#10;7iGAOJD5C6o3itBjHRYK+wzr2iidNLCa1fIPNU8tOJ20sDneXWzy/w9WfTw+uc8kwvgWRw4wifDu&#10;EdU3LyzetWAbfUuEQ6uh4odX0bJscD4/X41W+9xHkHL4gBWHDIeACWisqY+usE7B6BzA6WK6HoNQ&#10;3Nxs1q83Uije2b65vkqRZJDPVx358E5jL2JRSOJEEzQcH32IVCCfj8SXLD6Yrkupdva3Bh+MnUQ9&#10;sp14h7EchakKebWNwqKUEqsTiyGchoWHm4sW6YcUAw9KIf33A5CWontv2ZA4VXNBc1HOBVjFVwsZ&#10;pJjKuzBN38GRaVpGniy3eMum1SZJemZx5svhJ6XnQY3T9et3OvX8O+1/AgAA//8DAFBLAwQUAAYA&#10;CAAAACEACuj+lOEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiyBtWWU&#10;ptOE4ISE1pUDx7TJ2miNU5psK2+Pd4Ljb3/6/blYz25gJzMF61HC/UIAM9h6bbGT8Fm/3a2AhahQ&#10;q8GjkfBjAqzL66tC5dqfsTKnXewYlWDIlYQ+xjHnPLS9cSos/GiQdns/ORUpTh3XkzpTuRv4gxAZ&#10;d8oiXejVaF560x52Rydh84XVq/3+aLbVvrJ1/STwPTtIeXszb56BRTPHPxgu+qQOJTk1/og6sIGy&#10;SJJHYiVkSZICuyAiXSbAGhqlqyXwsuD/vyh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AHv3fujZAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAAro/pThAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="28799958" id="Text Box 207597507" o:spid="_x0000_s1062" type="#_x0000_t202" style="position:absolute;margin-left:522.35pt;margin-top:322.25pt;width:4.35pt;height:6.9pt;z-index:-251658201;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLQTUO2QEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07RdWlZR09Wyq0VI&#10;y0Va+ADHcRKLxGNm3Cbl6xk7TZfLG+LFmozt43OZ7G7GvhNHg2TBFXK1WEphnIbKuqaQX788vLqW&#10;goJylerAmUKeDMmb/csXu8HnZg0tdJVBwSCO8sEXsg3B51lGujW9ogV443izBuxV4E9ssgrVwOh9&#10;l62Xy202AFYeQRsi7t5Pm3Kf8Ova6PCprskE0RWSuYW0YlrLuGb7ncobVL61+kxD/QOLXlnHj16g&#10;7lVQ4oD2L6jeagSCOiw09BnUtdUmaWA1q+Ufap5a5U3SwuaQv9hE/w9Wfzw++c8owvgWRg4wiSD/&#10;CPobCQd3rXKNuUWEoTWq4odX0bJs8JSfr0arKacIUg4foOKQ1SFAAhpr7KMrrFMwOgdwuphuxiA0&#10;Nzeb9euNFJp3rt9sr1Ikmcrnqx4pvDPQi1gUEjnRBK2OjxQiFZXPR+JLDh5s16VUO/dbgw/GTqIe&#10;2U68w1iOwlaFvNpGYVFKCdWJxSBMw8LDzUUL+EOKgQelkPT9oNBI0b13bEicqrnAuSjnQjnNVwsZ&#10;pJjKuzBN38GjbVpGnix3cMum1TZJemZx5svhJ6XnQY3T9et3OvX8O+1/AgAA//8DAFBLAwQUAAYA&#10;CAAAACEACuj+lOEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiyBtWWU&#10;ptOE4ISE1pUDx7TJ2miNU5psK2+Pd4Ljb3/6/blYz25gJzMF61HC/UIAM9h6bbGT8Fm/3a2AhahQ&#10;q8GjkfBjAqzL66tC5dqfsTKnXewYlWDIlYQ+xjHnPLS9cSos/GiQdns/ORUpTh3XkzpTuRv4gxAZ&#10;d8oiXejVaF560x52Rydh84XVq/3+aLbVvrJ1/STwPTtIeXszb56BRTPHPxgu+qQOJTk1/og6sIGy&#10;SJJHYiVkSZICuyAiXSbAGhqlqyXwsuD/vyh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AMtBNQ7ZAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAAro/pThAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="3A47B28A" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658282" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03D2CEFB" wp14:editId="495B27B5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658280" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03D2CEFB" wp14:editId="495B27B5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6790690</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4092575</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="62230" cy="87630"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2135702600" name="Text Box 2135702600"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="62230" cy="87630"/>
                         </a:xfrm>
@@ -5037,73 +3506,73 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="6CB20B10" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="03D2CEFB" id="Text Box 2135702600" o:spid="_x0000_s1053" type="#_x0000_t202" style="position:absolute;margin-left:534.7pt;margin-top:322.25pt;width:4.9pt;height:6.9pt;z-index:-251658198;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8b10p1wEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJgawz4hRdiw4D&#10;ugvQ7QMUWbKF2aJGKrGzrx8lx+kub8NeBJqUDs85pLc3Y9+Jo0Fy4Cu5WiylMF5D7XxTya9fHl5d&#10;S0FR+Vp14E0lT4bkze7li+0QSrOGFrraoGAQT+UQKtnGGMqiIN2aXtECgvFctIC9ivyJTVGjGhi9&#10;74r1crkpBsA6IGhDxNn7qSh3Gd9ao+Mna8lE0VWSucV8Yj736Sx2W1U2qELr9JmG+gcWvXKem16g&#10;7lVU4oDuL6jeaQQCGxca+gKsddpkDaxmtfxDzVOrgsla2BwKF5vo/8Hqj8en8BlFHN/CyAPMIig8&#10;gv5GwsNdq3xjbhFhaI2qufEqWVYMgcrz02Q1lZRA9sMHqHnI6hAhA40W++QK6xSMzgM4XUw3YxSa&#10;k5v1+ooLmivXrzccJnxVzk8DUnxnoBcpqCTyRDO0Oj5SnK7OV1InDw+u6/JUO/9bgjFTJlNPbCfe&#10;cdyPwtWVvHqTGicpe6hPLAZhWhZebg5awB9SDLwolaTvB4VGiu69Z0PSVs0BzsF+DpTX/LSSUYop&#10;vIvT9h0CuqZl5MlyD7dsmnVZ0jOLM18efjblvKhpu379zreef6fdTwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAHstkgLhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sYXRlLU2n&#10;CcEJCdGVA8e0ydpojVOabCtvj3eC429/+v252MxuYCczBetRwv1CADPYem2xk/BZv96tgYWoUKvB&#10;o5HwYwJsyuurQuXan7Eyp13sGJVgyJWEPsYx5zy0vXEqLPxokHZ7PzkVKU4d15M6U7kb+FKIlDtl&#10;kS70ajTPvWkPu6OTsP3C6sV+vzcf1b6ydZ0JfEsPUt7ezNsnYNHM8Q+Giz6pQ0lOjT+iDmygLNIs&#10;IVZCmiQrYBdEPGZLYA2NVusH4GXB/39R/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB8&#10;b10p1wEAAJYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQB7LZIC4QAAAA0BAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="03D2CEFB" id="Text Box 2135702600" o:spid="_x0000_s1063" type="#_x0000_t202" style="position:absolute;margin-left:534.7pt;margin-top:322.25pt;width:4.9pt;height:6.9pt;z-index:-251658200;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDM2RbP1gEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJgbQw4hRdiw4D&#10;ugvQ7QMUWbKF2aJGKrGzrx8lx+kub8NeBJqUDs85pLe3Y9+Jo0Fy4Cu5WiylMF5D7XxTya9fHt/c&#10;SEFR+Vp14E0lT4bk7e71q+0QSrOGFrraoGAQT+UQKtnGGMqiIN2aXtECgvFctIC9ivyJTVGjGhi9&#10;74r1crkpBsA6IGhDxNmHqSh3Gd9ao+Mna8lE0VWSucV8Yj736Sx2W1U2qELr9JmG+gcWvXKem16g&#10;HlRU4oDuL6jeaQQCGxca+gKsddpkDaxmtfxDzXOrgsla2BwKF5vo/8Hqj8fn8BlFHN/CyAPMIig8&#10;gf5GwsN9q3xj7hBhaI2qufEqWVYMgcrz02Q1lZRA9sMHqHnI6hAhA40W++QK6xSMzgM4XUw3YxSa&#10;k5v1+ooLmis31xsOE74q56cBKb4z0IsUVBJ5ohlaHZ8oTlfnK6mTh0fXdXmqnf8twZgpk6knthPv&#10;OO5H4epKXl2nxknKHuoTi0GYloWXm4MW8IcUAy9KJen7QaGRonvv2ZC0VXOAc7CfA+U1P61klGIK&#10;7+O0fYeArmkZebLcwx2bZl2W9MLizJeHn005L2rarl+/862X32n3EwAA//8DAFBLAwQUAAYACAAA&#10;ACEAey2SAuEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixhdGUtTacJ&#10;wQkJ0ZUDx7TJ2miNU5psK2+Pd4Ljb3/6/bnYzG5gJzMF61HC/UIAM9h6bbGT8Fm/3q2BhahQq8Gj&#10;kfBjAmzK66tC5dqfsTKnXewYlWDIlYQ+xjHnPLS9cSos/GiQdns/ORUpTh3XkzpTuRv4UoiUO2WR&#10;LvRqNM+9aQ+7o5Ow/cLqxX6/Nx/VvrJ1nQl8Sw9S3t7M2ydg0czxD4aLPqlDSU6NP6IObKAs0iwh&#10;VkKaJCtgF0Q8ZktgDY1W6wfgZcH/f1H+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMzZ&#10;Fs/WAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AHstkgLhAAAADQEAAA8AAAAAAAAAAAAAAAAAMAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="6CB20B10" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658283" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="490F3141" wp14:editId="66E17708">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658281" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="490F3141" wp14:editId="66E17708">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>7027545</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4092575</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="55245" cy="87630"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="457219056" name="Text Box 457219056"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="55245" cy="87630"/>
                         </a:xfrm>
@@ -5115,73 +3584,73 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="3312D17C" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="490F3141" id="Text Box 457219056" o:spid="_x0000_s1054" type="#_x0000_t202" style="position:absolute;margin-left:553.35pt;margin-top:322.25pt;width:4.35pt;height:6.9pt;z-index:-251658197;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9lHlN2QEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJmq4w4hRdiw4D&#10;ugvQ9QNkWbaF2aJGKrGzrx8lx+m2vg17EShKOjznkNpej30nDgbJgivkarGUwjgNlXVNIZ++3b+5&#10;koKCcpXqwJlCHg3J693rV9vB52YNLXSVQcEgjvLBF7INwedZRro1vaIFeOP4sAbsVeAtNlmFamD0&#10;vsvWy+VlNgBWHkEbIs7eTYdyl/Dr2ujwpa7JBNEVkrmFtGJay7hmu63KG1S+tfpEQ/0Di15Zx0XP&#10;UHcqKLFH+wKqtxqBoA4LDX0GdW21SRpYzWr5l5rHVnmTtLA55M820f+D1Z8Pj/4rijC+h5EbmESQ&#10;fwD9nYSD21a5xtwgwtAaVXHhVbQsGzzlp6fRasopgpTDJ6i4yWofIAGNNfbRFdYpGJ0bcDybbsYg&#10;NCc3m/XFRgrNJ1fvLt+mlmQqn596pPDBQC9iUEjkjiZodXigEKmofL4SKzm4t12Xutq5PxJ8MWYS&#10;9ch24h3GchS2KuRFKhyllFAdWQzCNCw83By0gD+lGHhQCkk/9gqNFN1Hx4bEqZoDnINyDpTT/LSQ&#10;QYopvA3T9O092qZl5MlyBzdsWm2TpGcWJ77c/KT0NKhxun7fp1vP32n3CwAA//8DAFBLAwQUAAYA&#10;CAAAACEApCpaVeEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwttGXr&#10;mk4TghMSWlcOHNMma6M1Tmmyrbw93gmOv/3p9+diM9uBnfXkjUMB8SICprF1ymAn4LN+e1gC80Gi&#10;koNDLeBHe9iUtzeFzJW7YKXP+9AxKkGfSwF9CGPOuW97baVfuFEj7Q5usjJQnDquJnmhcjvwxyjK&#10;uJUG6UIvR/3S6/a4P1kB2y+sXs33R7OrDpWp61WE79lRiPu7ebsGFvQc/mC46pM6lOTUuBMqzwbK&#10;cZQ9EysgS5IU2BWJ4zQB1tAoXT4BLwv+/4vyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AD2UeU3ZAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKQqWlXhAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="490F3141" id="Text Box 457219056" o:spid="_x0000_s1064" type="#_x0000_t202" style="position:absolute;margin-left:553.35pt;margin-top:322.25pt;width:4.35pt;height:6.9pt;z-index:-251658199;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7937o2QEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07RdulRR09Wyq0VI&#10;y0Va+ICJ4yQWiceM3Sbl6xk7TZfLG+LFmozt43OZ7G7GvhNHTd6gLeRqsZRCW4WVsU0hv355eLWV&#10;wgewFXRodSFP2sub/csXu8Hleo0tdpUmwSDW54MrZBuCy7PMq1b34BfotOXNGqmHwJ/UZBXBwOh9&#10;l62Xy+tsQKocodLec/d+2pT7hF/XWoVPde11EF0hmVtIK6W1jGu230HeELjWqDMN+AcWPRjLj16g&#10;7iGAOJD5C6o3itBjHRYK+wzr2iidNLCa1fIPNU8tOJ20sDneXWzy/w9WfTw+uc8kwvgWRw4wifDu&#10;EdU3LyzetWAbfUuEQ6uh4odX0bJscD4/X41W+9xHkHL4gBWHDIeACWisqY+usE7B6BzA6WK6HoNQ&#10;3Nxs1q83Uije2b65vkqRZJDPVx358E5jL2JRSOJEEzQcH32IVCCfj8SXLD6Yrkupdva3Bh+MnUQ9&#10;sp14h7EchakKebWNwqKUEqsTiyGchoWHm4sW6YcUAw9KIf33A5CWontv2ZA4VXNBc1HOBVjFVwsZ&#10;pJjKuzBN38GRaVpGniy3eMum1SZJemZx5svhJ6XnQY3T9et3OvX8O+1/AgAA//8DAFBLAwQUAAYA&#10;CAAAACEApCpaVeEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwttGXr&#10;mk4TghMSWlcOHNMma6M1Tmmyrbw93gmOv/3p9+diM9uBnfXkjUMB8SICprF1ymAn4LN+e1gC80Gi&#10;koNDLeBHe9iUtzeFzJW7YKXP+9AxKkGfSwF9CGPOuW97baVfuFEj7Q5usjJQnDquJnmhcjvwxyjK&#10;uJUG6UIvR/3S6/a4P1kB2y+sXs33R7OrDpWp61WE79lRiPu7ebsGFvQc/mC46pM6lOTUuBMqzwbK&#10;cZQ9EysgS5IU2BWJ4zQB1tAoXT4BLwv+/4vyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AHv3fujZAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKQqWlXhAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="3312D17C" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658284" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72A067BD" wp14:editId="0EB8A4D7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658282" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72A067BD" wp14:editId="0EB8A4D7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6688455</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4180205</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="102235" cy="76835"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="544508706" name="Text Box 544508706"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="102235" cy="76835"/>
                         </a:xfrm>
@@ -5193,73 +3662,73 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="09B6AB08" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="72A067BD" id="Text Box 544508706" o:spid="_x0000_s1055" type="#_x0000_t202" style="position:absolute;margin-left:526.65pt;margin-top:329.15pt;width:8.05pt;height:6.05pt;z-index:-251658196;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUMNis1wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8kuUKpos1VpVYRU&#10;LlLpBziOk1gkHjPj3WT5esbOZgv0DfFiTXw5c86Zk+3VNPTiYJAsuFKuV7kUxmmorWtL+fjt7tWl&#10;FBSUq1UPzpTyaEhe7V6+2I6+MBvooK8NCgZxVIy+lF0Ivsgy0p0ZFK3AG8eHDeCgAn9im9WoRkYf&#10;+myT5xfZCFh7BG2IePd2PpS7hN80RocvTUMmiL6UzC2kFdNaxTXbbVXRovKd1Sca6h9YDMo6bnqG&#10;ulVBiT3aZ1CD1QgETVhpGDJoGqtN0sBq1vlfah465U3SwuaQP9tE/w9Wfz48+K8owvQeJh5gEkH+&#10;HvR3Eg5uOuVac40IY2dUzY3X0bJs9FScnkarqaAIUo2foOYhq32ABDQ1OERXWKdgdB7A8Wy6mYLQ&#10;sWW+2bx+K4Xmo3cXl1zGBqpY3nqk8MHAIGJRSuSRJmx1uKcwX12uxFYO7mzfp7H27o8Nxow7iXuk&#10;OxMPUzUJW5fyTVIWtVRQH1kNwpwWTjcXHeBPKUZOSinpx16hkaL/6NiRGKulwKWolkI5zU9LGaSY&#10;y5swx2/v0bYdI8+eO7hm1xqbJD2xOPHl6SdTTkmN8fr9O916+p92vwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAEmJbwbhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYAtvKVppO&#10;E4ITEqIrB45p47XVGqc02Vb+Pd4Jbn720/P3ss3kenHCMXSeNNzPFAik2tuOGg2f5evdCkSIhqzp&#10;PaGGHwywya+vMpNaf6YCT7vYCA6hkBoNbYxDKmWoW3QmzPyAxLe9H52JLMdG2tGcOdz18kGpRDrT&#10;EX9ozYDPLdaH3dFp2H5R8dJ9v1cfxb7oynKt6C05aH17M22fQESc4p8ZLviMDjkzVf5INoietVrO&#10;5+zVkCxXPFwsKlkvQFS8elQLkHkm/7fIfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDU&#10;MNis1wEAAJcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBJiW8G4QAAAA0BAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="72A067BD" id="Text Box 544508706" o:spid="_x0000_s1065" type="#_x0000_t202" style="position:absolute;margin-left:526.65pt;margin-top:329.15pt;width:8.05pt;height:6.05pt;z-index:-251658198;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSU98J2AEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8luRSnRZqvSqgip&#10;UKTCBziOk1gkHjPj3WT5esbOZsvlDfFiTXw5c86Zk+31NPTiYJAsuFKuV7kUxmmorWtL+fXL/asr&#10;KSgoV6senCnl0ZC83r18sR19YTbQQV8bFAziqBh9KbsQfJFlpDszKFqBN44PG8BBBf7ENqtRjYw+&#10;9Nkmzy+zEbD2CNoQ8e7dfCh3Cb9pjA6PTUMmiL6UzC2kFdNaxTXbbVXRovKd1Sca6h9YDMo6bnqG&#10;ulNBiT3av6AGqxEImrDSMGTQNFabpIHVrPM/1Dx1ypukhc0hf7aJ/h+s/nR48p9RhOkdTDzAJIL8&#10;A+hvJBzcdsq15gYRxs6omhuvo2XZ6Kk4PY1WU0ERpBo/Qs1DVvsACWhqcIiusE7B6DyA49l0MwWh&#10;Y8t8s7l4LYXmozeXV1zGBqpY3nqk8N7AIGJRSuSRJmx1eKAwX12uxFYO7m3fp7H27rcNxow7iXuk&#10;OxMPUzUJW5fy4m1sHLVUUB9ZDcKcFk43Fx3gDylGTkop6fteoZGi/+DYkRirpcClqJZCOc1PSxmk&#10;mMvbMMdv79G2HSPPnju4YdcamyQ9szjx5eknU05JjfH69Tvdev6fdj8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQBJiW8G4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWALbylaa&#10;ThOCExKiKweOaeO11RqnNNlW/j3eCW5+9tPz97LN5HpxwjF0njTczxQIpNrbjhoNn+Xr3QpEiIas&#10;6T2hhh8MsMmvrzKTWn+mAk+72AgOoZAaDW2MQyplqFt0Jsz8gMS3vR+diSzHRtrRnDnc9fJBqUQ6&#10;0xF/aM2Azy3Wh93Radh+UfHSfb9XH8W+6MpyregtOWh9ezNtn0BEnOKfGS74jA45M1X+SDaInrVa&#10;zufs1ZAsVzxcLCpZL0BUvHpUC5B5Jv+3yH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;klPfCdgBAACXAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEASYlvBuEAAAANAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="09B6AB08" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658285" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C98843A" wp14:editId="621580C8">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658283" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C98843A" wp14:editId="621580C8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6852285</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4180205</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="120650" cy="76835"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1615179717" name="Text Box 1615179717"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="120650" cy="76835"/>
                         </a:xfrm>
@@ -5271,73 +3740,73 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="13A3737F" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5C98843A" id="Text Box 1615179717" o:spid="_x0000_s1056" type="#_x0000_t202" style="position:absolute;margin-left:539.55pt;margin-top:329.15pt;width:9.5pt;height:6.05pt;z-index:-251658195;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB08Q0G2QEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2kLK1PUdBqbhpAG&#10;Qxr8AMdxEovEZ+7cJuXXc3aaDtjbxIt19tnffd935+3V2HfiYJAsuEKuFkspjNNQWdcU8vu3uzeX&#10;UlBQrlIdOFPIoyF5tXv9ajv43Kyhha4yKBjEUT74QrYh+DzLSLemV7QAbxwna8BeBd5ik1WoBkbv&#10;u2y9XG6yAbDyCNoQ8entlJS7hF/XRoeHuiYTRFdI5hbSimkt45rttipvUPnW6hMN9QIWvbKOi56h&#10;blVQYo/2GVRvNQJBHRYa+gzq2mqTNLCa1fIfNY+t8iZpYXPIn22i/wervxwe/VcUYfwAIzcwiSB/&#10;D/oHCQc3rXKNuUaEoTWq4sKraFk2eMpPT6PVlFMEKYfPUHGT1T5AAhpr7KMrrFMwOjfgeDbdjEHo&#10;WHK93FxwRnPq/eby7UUqoPL5rUcKHw30IgaFRG5pwlaHewqRi8rnK7GUgzvbdamtnfvrgC/Gk8Q9&#10;0p2Ih7Echa0K+W4dC0ctJVRHVoMwTQtPNwct4C8pBp6UQtLPvUIjRffJsSNxrOYA56CcA+U0Py1k&#10;kGIKb8I0fnuPtmkZefLcwTW7Vtsk6YnFiS93Pyk9TWocrz/36dbTf9r9BgAA//8DAFBLAwQUAAYA&#10;CAAAACEAiRnwteEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhdftIk&#10;xKkqBCckRBoOHJ3YTazG6xC7bXh7tqdynNlPszPFenYDO5opWI8SlgsBzGDrtcVOwlf9dpcCC1Gh&#10;VoNHI+HXBFiX11eFyrU/YWWO29gxCsGQKwl9jGPOeWh741RY+NEg3XZ+ciqSnDquJ3WicDfweyES&#10;7pRF+tCr0bz0pt1vD07C5hurV/vz0XxWu8rWdSbwPdlLeXszb56BRTPHCwzn+lQdSurU+APqwAbS&#10;YpUtiZWQPKUPwM6IyFKyGrJW4hF4WfD/K8o/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AHTxDQbZAQAAlwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAIkZ8LXhAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="5C98843A" id="Text Box 1615179717" o:spid="_x0000_s1066" type="#_x0000_t202" style="position:absolute;margin-left:539.55pt;margin-top:329.15pt;width:9.5pt;height:6.05pt;z-index:-251658197;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASFFit2QEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v1DAQfEfiP1h+53J30KOKLleVVkVI&#10;hSIVfsDGcRKLxGvWvkuOX8/auVyBvlW8WBt/zM7MTrZXY9+JgyZv0BZytVhKoa3CytimkN+/3b25&#10;lMIHsBV0aHUhj9rLq93rV9vB5XqNLXaVJsEg1ueDK2QbgsuzzKtW9+AX6LTlwxqph8Cf1GQVwcDo&#10;fZetl8tNNiBVjlBp73n3djqUu4Rf11qFh7r2OoiukMwtpJXSWsY1220hbwhca9SJBryARQ/GctMz&#10;1C0EEHsyz6B6owg91mGhsM+wro3SSQOrWS3/UfPYgtNJC5vj3dkm//9g1ZfDo/tKIowfcOQBJhHe&#10;3aP64YXFmxZso6+JcGg1VNx4FS3LBufz09Notc99BCmHz1jxkGEfMAGNNfXRFdYpGJ0HcDybrscg&#10;VGy5Xm4u+ETx0fvN5duL1ADy+a0jHz5q7EUsCkk80oQNh3sfIhfI5yuxlcU703VprJ39a4Mvxp3E&#10;PdKdiIexHIWpCvkuhSFqKbE6shrCKS2cbi5apF9SDJyUQvqfeyAtRffJsiMxVnNBc1HOBVjFTwsZ&#10;pJjKmzDFb+/INC0jT55bvGbXapMkPbE48eXpJ6WnpMZ4/fmdbj39T7vfAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAiRnwteEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhdftIk&#10;xKkqBCckRBoOHJ3YTazG6xC7bXh7tqdynNlPszPFenYDO5opWI8SlgsBzGDrtcVOwlf9dpcCC1Gh&#10;VoNHI+HXBFiX11eFyrU/YWWO29gxCsGQKwl9jGPOeWh741RY+NEg3XZ+ciqSnDquJ3WicDfweyES&#10;7pRF+tCr0bz0pt1vD07C5hurV/vz0XxWu8rWdSbwPdlLeXszb56BRTPHCwzn+lQdSurU+APqwAbS&#10;YpUtiZWQPKUPwM6IyFKyGrJW4hF4WfD/K8o/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ABIUWK3ZAQAAlwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAIkZ8LXhAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="13A3737F" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658287" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DFA5F15" wp14:editId="391E8E15">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658285" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DFA5F15" wp14:editId="391E8E15">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6633845</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4256405</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="55245" cy="87630"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="108595951" name="Text Box 108595951"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="55245" cy="87630"/>
                         </a:xfrm>
@@ -5349,73 +3818,73 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="121676C7" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6DFA5F15" id="Text Box 108595951" o:spid="_x0000_s1057" type="#_x0000_t202" style="position:absolute;margin-left:522.35pt;margin-top:335.15pt;width:4.35pt;height:6.9pt;z-index:-251658193;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDog4az2QEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU91u0zAUvkfiHSzf07TdOqao6TQ2DSEN&#10;hjR4AMdxEovEx5zjNilPz7HTdPzcIW6sk2P78/dzsr0Z+04cDJIFV8jVYimFcRoq65pCfv3y8OZa&#10;CgrKVaoDZwp5NCRvdq9fbQefmzW00FUGBYM4ygdfyDYEn2cZ6db0ihbgjePNGrBXgT+xySpUA6P3&#10;XbZeLq+yAbDyCNoQcfd+2pS7hF/XRoenuiYTRFdI5hbSimkt45rttipvUPnW6hMN9Q8semUdP3qG&#10;uldBiT3av6B6qxEI6rDQ0GdQ11abpIHVrJZ/qHlulTdJC5tD/mwT/T9Y/enw7D+jCOM7GDnAJIL8&#10;I+hvJBzctco15hYRhtaoih9eRcuywVN+uhqtppwiSDl8hIpDVvsACWissY+usE7B6BzA8Wy6GYPQ&#10;3Nxs1pcbKTTvXL+9ukiRZCqfr3qk8N5AL2JRSOREE7Q6PFKIVFQ+H4kvOXiwXZdS7dxvDT4YO4l6&#10;ZDvxDmM5ClsV8vIiCotSSqiOLAZhGhYebi5awB9SDDwohaTve4VGiu6DY0PiVM0FzkU5F8ppvlrI&#10;IMVU3oVp+vYebdMy8mS5g1s2rbZJ0guLE18OPyk9DWqcrl+/06mX32n3EwAA//8DAFBLAwQUAAYA&#10;CAAAACEA4MWUy+EAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwZK90o&#10;TacJwWkSoisHjmmTtdEapzTZVt5+3gmOv/3p9+d8PbmencwYrEcJ85kAZrDx2mIr4at6f1gBC1Gh&#10;Vr1HI+HXBFgXtze5yrQ/Y2lOu9gyKsGQKQldjEPGeWg641SY+cEg7fZ+dCpSHFuuR3WmctfzRyFS&#10;7pRFutCpwbx2pjnsjk7C5hvLN/vzUX+W+9JW1bPAbXqQ8v5u2rwAi2aKfzBc9UkdCnKq/RF1YD1l&#10;kSRLYiWkS7EAdkXE0yIBVtNolcyBFzn//0VxAQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOiDhrPZAQAAlgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAODFlMvhAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="6DFA5F15" id="Text Box 108595951" o:spid="_x0000_s1067" type="#_x0000_t202" style="position:absolute;margin-left:522.35pt;margin-top:335.15pt;width:4.35pt;height:6.9pt;z-index:-251658195;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCOZtMY2AEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU91u0zAUvkfiHSzf07RlHVPUdBqbhpDG&#10;jzT2AI7jJBaJjznHbVKenmOn6YDdIW6sk2P78/dzsr0e+04cDJIFV8jVYimFcRoq65pCPn27f3Ml&#10;BQXlKtWBM4U8GpLXu9evtoPPzRpa6CqDgkEc5YMvZBuCz7OMdGt6RQvwxvFmDdirwJ/YZBWqgdH7&#10;Llsvl5fZAFh5BG2IuHs3bcpdwq9ro8OXuiYTRFdI5hbSimkt45rttipvUPnW6hMN9Q8semUdP3qG&#10;ulNBiT3aF1C91QgEdVho6DOoa6tN0sBqVsu/1Dy2ypukhc0hf7aJ/h+s/nx49F9RhPE9jBxgEkH+&#10;AfR3Eg5uW+Uac4MIQ2tUxQ+vomXZ4Ck/XY1WU04RpBw+QcUhq32ABDTW2EdXWKdgdA7geDbdjEFo&#10;bm4264uNFJp3rt5dvk2RZCqfr3qk8MFAL2JRSOREE7Q6PFCIVFQ+H4kvObi3XZdS7dwfDT4YO4l6&#10;ZDvxDmM5ClsV8iIJi1JKqI4sBmEaFh5uLlrAn1IMPCiFpB97hUaK7qNjQ+JUzQXORTkXymm+Wsgg&#10;xVTehmn69h5t0zLyZLmDGzattknSM4sTXw4/KT0Napyu37/TqeffafcLAAD//wMAUEsDBBQABgAI&#10;AAAAIQDgxZTL4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLBkr3ShN&#10;pwnBaRKiKweOaZO10RqnNNlW3n7eCY6//en353w9uZ6dzBisRwnzmQBmsPHaYivhq3p/WAELUaFW&#10;vUcj4dcEWBe3N7nKtD9jaU672DIqwZApCV2MQ8Z5aDrjVJj5wSDt9n50KlIcW65HdaZy1/NHIVLu&#10;lEW60KnBvHamOeyOTsLmG8s3+/NRf5b70lbVs8BtepDy/m7avACLZop/MFz1SR0Kcqr9EXVgPWWR&#10;JEtiJaRLsQB2RcTTIgFW02iVzIEXOf//RXEBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;jmbTGNgBAACWAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA4MWUy+EAAAANAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="121676C7" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="008E6768" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="643D935E" wp14:editId="294B71E3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658286" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="643D935E" wp14:editId="294B71E3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6688455</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4256405</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="102235" cy="87630"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="239286559" name="Text Box 239286559"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="102235" cy="87630"/>
                         </a:xfrm>
@@ -5427,125 +3896,108 @@
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="1ADF27F8" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="643D935E" id="Text Box 239286559" o:spid="_x0000_s1058" type="#_x0000_t202" style="position:absolute;margin-left:526.65pt;margin-top:335.15pt;width:8.05pt;height:6.9pt;z-index:-251658192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDGBqr2QEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815KdNA0Ey0GaIEWB&#10;dAHSfgBFURJRicPO0Jbcr++Qspwut6IXYsTlzVtG25tp6MXBIFlwpVyvcimM01Bb15by65eHV9dS&#10;UFCuVj04U8qjIXmze/liO/rCbKCDvjYoGMRRMfpSdiH4IstId2ZQtAJvHB82gIMK/IltVqMaGX3o&#10;s02eX2UjYO0RtCHi3fv5UO4SftMYHT41DZkg+lIyt5BWTGsV12y3VUWLyndWn2iof2AxKOu46Rnq&#10;XgUl9mj/ghqsRiBowkrDkEHTWG2SBlazzv9Q89Qpb5IWNof82Sb6f7D64+HJf0YRprcwcYBJBPlH&#10;0N9IOLjrlGvNLSKMnVE1N15Hy7LRU3F6Gq2mgiJINX6AmkNW+wAJaGpwiK6wTsHoHMDxbLqZgtCx&#10;Zb7ZXLyWQvPR9Zuri5RJporlrUcK7wwMIhalRI40YavDI4XIRRXLldjKwYPt+xRr737b4ItxJ3GP&#10;dGfiYaomYetSXl5GZVFLBfWR1SDM08LTzUUH+EOKkSellPR9r9BI0b937Egcq6XApaiWQjnNT0sZ&#10;pJjLuzCP396jbTtGnj13cMuuNTZJemZx4svpJ6WnSY3j9et3uvX8P+1+AgAA//8DAFBLAwQUAAYA&#10;CAAAACEAwBU+puEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FgyNspW&#10;mk4TghMSoisHjmnjtdUapzTZVv493glufvbT8/eyzeR6ccIxdJ40zGcKBFLtbUeNhs/y9W4FIkRD&#10;1vSeUMMPBtjk11eZSa0/U4GnXWwEh1BIjYY2xiGVMtQtOhNmfkDi296PzkSWYyPtaM4c7np5r1Qi&#10;nemIP7RmwOcW68Pu6DRsv6h46b7fq49iX3RluVb0lhy0vr2Ztk8gIk7xzwwXfEaHnJkqfyQbRM9a&#10;PSwW7NWQPCoeLhaVrJcgKl6tlnOQeSb/t8h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AIMYGqvZAQAAlwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMAVPqbhAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="643D935E" id="Text Box 239286559" o:spid="_x0000_s1068" type="#_x0000_t202" style="position:absolute;margin-left:526.65pt;margin-top:335.15pt;width:8.05pt;height:6.9pt;z-index:-251658194;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBoMZWN2QEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s9lNoVTRZqvSqgip&#10;UKTCBziOk1gkHjPj3WT5esbOZsvlDfFiTXw5cy6T7fU09OJgkCy4Um5WaymM01Bb15by65f7V1dS&#10;UFCuVj04U8qjIXm9e/liO/rC5NBBXxsUDOKoGH0puxB8kWWkOzMoWoE3jg8bwEEF/sQ2q1GNjD70&#10;Wb5eX2YjYO0RtCHi3bv5UO4SftMYHR6bhkwQfSmZW0grprWKa7bbqqJF5TurTzTUP7AYlHXc9Ax1&#10;p4ISe7R/QQ1WIxA0YaVhyKBprDZJA6vZrP9Q89Qpb5IWNof82Sb6f7D60+HJf0YRpncwcYBJBPkH&#10;0N9IOLjtlGvNDSKMnVE1N95Ey7LRU3F6Gq2mgiJINX6EmkNW+wAJaGpwiK6wTsHoHMDxbLqZgtCx&#10;5TrPL95Iofno6u3lRcokU8Xy1iOF9wYGEYtSIkeasNXhgULkoorlSmzl4N72fYq1d79t8MW4k7hH&#10;ujPxMFWTsHUpX+dRWdRSQX1kNQjztPB0c9EB/pBi5EkpJX3fKzRS9B8cOxLHailwKaqlUE7z01IG&#10;KebyNszjt/do246RZ88d3LBrjU2Snlmc+HL6SelpUuN4/fqdbj3/T7ufAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAwBU+puEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FgyNspW&#10;mk4TghMSoisHjmnjtdUapzTZVv493glufvbT8/eyzeR6ccIxdJ40zGcKBFLtbUeNhs/y9W4FIkRD&#10;1vSeUMMPBtjk11eZSa0/U4GnXWwEh1BIjYY2xiGVMtQtOhNmfkDi296PzkSWYyPtaM4c7np5r1Qi&#10;nemIP7RmwOcW68Pu6DRsv6h46b7fq49iX3RluVb0lhy0vr2Ztk8gIk7xzwwXfEaHnJkqfyQbRM9a&#10;PSwW7NWQPCoeLhaVrJcgKl6tlnOQeSb/t8h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGgxlY3ZAQAAlwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMAVPqbhAAAADQEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="1ADF27F8" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7311601D" w14:textId="77777777" w:rsidR="008E6768" w:rsidRDefault="008E6768" w:rsidP="008E6768">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="005F5933">
+    <w:p w14:paraId="7B58796C" w14:textId="08B3528D" w:rsidR="00A054BC" w:rsidRDefault="00523DB8" w:rsidP="00311D95">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658289" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F270F56" wp14:editId="628C071B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662393" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6272B314" wp14:editId="654CE785">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>5211657</wp:posOffset>
+                  <wp:posOffset>-4778290</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>9051501</wp:posOffset>
+                  <wp:posOffset>-7741351</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="802005" cy="735330"/>
                 <wp:effectExtent l="5715" t="6985" r="1905" b="635"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1400829849" name="Group 1400829849"/>
+                <wp:docPr id="229915542" name="Group 229915542"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="802005" cy="735330"/>
                           <a:chOff x="7161" y="14081"/>
                           <a:chExt cx="1263" cy="1158"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="1480496773" name="docshape80"/>
+                        <wps:cNvPr id="1171444378" name="docshape80"/>
                         <wps:cNvSpPr>
                           <a:spLocks/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="7160" y="14081"/>
                             <a:ext cx="1263" cy="1158"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst>
                               <a:gd name="T0" fmla="*/ 452 w 1263"/>
                               <a:gd name="T1" fmla="*/ 14613 h 1158"/>
                               <a:gd name="T2" fmla="*/ 322 w 1263"/>
                               <a:gd name="T3" fmla="*/ 14770 h 1158"/>
                               <a:gd name="T4" fmla="*/ 351 w 1263"/>
                               <a:gd name="T5" fmla="*/ 14615 h 1158"/>
                               <a:gd name="T6" fmla="*/ 418 w 1263"/>
                               <a:gd name="T7" fmla="*/ 14602 h 1158"/>
                               <a:gd name="T8" fmla="*/ 450 w 1263"/>
                               <a:gd name="T9" fmla="*/ 14565 h 1158"/>
                               <a:gd name="T10" fmla="*/ 326 w 1263"/>
                               <a:gd name="T11" fmla="*/ 14571 h 1158"/>
                               <a:gd name="T12" fmla="*/ 261 w 1263"/>
                               <a:gd name="T13" fmla="*/ 14708 h 1158"/>
@@ -6546,4760 +4998,7750 @@
                           <a:solidFill>
                             <a:srgbClr val="063755"/>
                           </a:solidFill>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:round/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="2037547538" name="docshape81"/>
+                          <pic:cNvPr id="2118086743" name="docshape81"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10">
+                          <a:blip r:embed="rId13">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="7702" y="14503"/>
                             <a:ext cx="447" cy="332"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="16D5D55C" id="Group 1400829849" o:spid="_x0000_s1026" style="position:absolute;margin-left:410.35pt;margin-top:712.7pt;width:63.15pt;height:57.9pt;z-index:-251658191;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="7161,14081" coordsize="1263,1158" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBuVe6M6Q8AAExQAAAOAAAAZHJzL2Uyb0RvYy54bWykXG2PI7cN/l6g/8Hw&#10;xwLJWvM+i7sLgqQJAvQlaK4/wOv17hrxetyx9/auv74PJXEs+pbiIC3QjPeGokQ+JEVRGr377vPz&#10;fvFpO552w+H90n27Wi62h81wvzs8vl/+++NP33TLxem8Ptyv98Nh+375ZXtafvfhz39693q83RbD&#10;07C/344LMDmcbl+P75dP5/Px9ubmtHnaPq9P3w7H7QEvH4bxeX3Gn+Pjzf24fgX35/1NsVo1N6/D&#10;eH8ch832dMK//hheLj94/g8P2835nw8Pp+15sX+/xNjO/r+j/+8d/ffmw7v17eO4Pj7tNnEY6z8w&#10;iuf17oBOJ1Y/rs/rxcu4+4rV824zDqfh4fztZni+GR4edputlwHSuNWVND+Pw8vRy/J4+/p4nNQE&#10;1V7p6Q+z3fzj08/j8bfjr2MYPX7+bdj8foJebl6Pj7fpe/r7MRAv7l7/PtwDz/XLefCCf34Yn4kF&#10;RFp89vr9Mul3+/m82OAfuxUgq5eLDV61ZV2WUf+bJ4BErVrXuOUCb1216lwAZ/P019jcFU0ZGjtX&#10;d/T2Zn0b+vVjjWMj7GFMp4u+Tv+fvn57Wh+3HoYT6ePXcbG7pyF2q6pv2hZjOqyfoYv7YXMi0s6L&#10;RYMANav2lOo1eUNkJ6jf1Ch0AwOWumHFZjSzvt28nM4/bwePzvrT307nYPP3+OUxv4/D/wj2D897&#10;mP9fbhZVXSxeF55vJGcqADRRuapx5eJpwXjA/iduRUJXFho3KC/h1rYrhVuV0JW1U8YG20q4Na5W&#10;uDUJXeU6hVubUEHSVaFwQ4ibeq3qlcKtT6hcVTfa2FwKQ1k0Cjsncahbp4zOpUAUjaY6d4XEqtP4&#10;CSi6WhufxKIrNWRdCka9UuWVaGT0l8LhikqzPHcFSKEBUqSAuGKlSVxIRFrYleIZKSJu1WkjLCQk&#10;PXStMEwh6cpWgaQQkNSuUl03haRXTaYQkNQrnZ+AxKkYFxKStq8UgTFxXFzO6QxLCUnVaxosJSSt&#10;psJSQqJbdZlC0rtegaSUkKxaVeIUkqbTvKSUkDg1ypQpJFWr2XQpEKldr8XAKkWkKDWTrgQgtS5v&#10;lQLSlor6qrlwVCkcOjuBBqbAVrG/KkUjI61Aoyo6zeEqgYY6hVQCjcqps2Ut0Kg19dUCjaostTmk&#10;TtFAbqbAUUs46l6LgHUKh2s176glHp0aD+oUj7KutPEJPGpXqPIKPOBEb6dCtcCjdk6zF8rcphSh&#10;qDTvpeR3InNVj8n/7YDfCDwazdsoXU74NZUmb5PikRmfxKOs1fGleCBHVPTXCDwq12j20qR4tIUW&#10;nRuBB/xDG1+b4tEjdXob31biUZba9NEKPFawU4XhFSArDZA2BcRhnaExvEKk0bKsNkWkqzQNtleI&#10;1BoibYpIv1L5XSHSaIhgzZSYKtYdisBYFSZ0lW6CnYCkcFrM6q4gUX2kk5D0msidhKRALvG2E3cS&#10;Em0V0l1BgrlV4ZdC0mJd9rYNdleQqDbYp5BUKr9eIuJ0fgIRNaj2EhCKRm/L26eAFBq+vYRDTwH7&#10;FA6dnURDT1H7FA3Kw95GoxdoZHJot5oHB/SfekjtOs2F3SoFpFGX6G4lEKmLUktjEKiSvnt1Ye2o&#10;CHSZmJBWamkvUvuUcqV6nVsJYJBZ6oMUyGQWiCuBTdUV6ijFmn21aFb436Kp67KJBcapKuLEut0g&#10;TfExSFOIDNIUI4M0hckgTXEySFOkDNIUKoM0BStPKhb0BmnqTAbpfLTEwt7gOh8tsbw3uM5HSyzy&#10;Da7z0RIr/TxXsdY3SOejJRb8Btf5viVW/QbX+b6FKHKJlgbX+b4lKgAG1/m+JeoAea6iFmCQzvct&#10;URIwuM73rWo+WqI2YAxgPlqiQmBwnY+WqBPkuYpagUE6Hy1RMTC4zkdL1A0MrvN9q56PFnan5nqs&#10;qCHkxyqqCAbp/EgoagkG1/mRUFQUvuKKfbtH3n9aP/GW1ObzIe5J4ddiTTvIH1Hc9duLx+FEG4S0&#10;R4UtsI9+bxBcQEh7WCm9E/QwRaIv427hG/SFoIeREX2t05eCHuZD9K1OXwl6GAbR9zp9Legps6QG&#10;SBvDfucbEjSyRRQZGzpqi1a2iEK7jNSdbBHFdhm5e9kiCo5dF21USMsIS0aasjSSHNsqaosrrKPk&#10;SK/UFhLtIkqO1EltIfEuouRIi9QWEvEiSo6UR20hMaeMhyTH7oXaQmJO2YxvkZFcYk6Zim+RkVxi&#10;TlmIb5GRXGJOGYZvoUsOUVPMKXugFkgNNMmhFNEiSo5pX20hMaetAN+HLjl2eUQfUfJKlxzqFC2i&#10;5CjYq6OSmNNMTKPCNKu2kJhTTd63yEguMaequ2+RkVxiTnV13yIjucScZj7fQpccIKe6iqcaPqL4&#10;rUkOcxAtouQob6stJOY0G9GoGl1yGJDoI0qOErXah8ScatS+j4zkEnOqQlMLlJnVPiTmVGf2LTKS&#10;S8ypkOxbZCSXmFOl2LfISC4xp1qwb6FLDvNOtUvVXmoRzvi8OY/DEUSLKDnKtZqu4BCiRZQc9Vi1&#10;hcScCrJ+VLrkcCHRR5QcNVW1D4k5FVWpD1RN1RYS8z5Kjrqo2kJiToVR30dGcok51T59i4zkEnMq&#10;b/oWuuRw7FRXvoBJTahCqUmCICDbROGpBqm2kbj7ImToR5cfoUP2ExVAZUS1H4k9Dm4EFTjUCZM2&#10;wZpjIjviAOL10cNxucDRwztqg2xnfab8l38uXnGwzB9ze8IPOuVGb56HT9uPg6c5UxaMUzK+6xIz&#10;bOj5QrE/pJTYw76i5Pf8PHqOTFdhlyNw5Pf8lHQ1Mo45dC1qzDm6ssViFWCZdHQeAHQN6uVZfkWk&#10;mzySx8/PIEeJXNfzm2YEfs9Ppgu+1EyZLr/nZ6Sj4hvGV2OmyY6PltFEh4QhSxf1UkOeLF30Q5TQ&#10;s3RVtBiTzgWjrqesm+XkZ7SDmD/WU+bM7/kZ6aL9zbUX2/5C/DTp6Dgb9FxN8zePi58Rty7IW2EV&#10;nNUzbaV7fnk947xeoEOcz/ErYr8WvkXMKmqUCbL8aBVPdoXtrjxdsL9mWr+wPvgZ9FLQ1jf4NchR&#10;svxoew107RQDmQ8/o57p4BTRTRGL3/OT8Yj8psyZ3/Mz0HEEbJFY5MY30RlxiOks/2A6y/6Y7hKh&#10;efyb/XDaYshfR3XEfQaRg4MW1l1BxSjC24hLdP7RE1ZY9uQUhbMwwRPKNm9BIAwuWE4JO4vGzwDR&#10;RFgjEch3TduBZGw4vZYlxF5msKKpGsJd8jN27aIm2ynBZAJ+MmH01w4F3mzXOKXpu+6xxZknjKv3&#10;HmunHCFOnXiGSIvy6sHhikgYdhORX7AQ/AzC4OBnJDSCWUd7kNA3Nlc5f2BO/IwcseINhIabXcZo&#10;xAEcJvUce2OI0EpIDHpkWTk10tkYz7FDhTxPGBFspyUEC8tPtok4V+IIRZ4jLNx33WBFm+0anu0J&#10;rezAMccKhz7yHOMYK2eYI2fdpTExoM4a3Lruja5xuilIbQWKFR0mophvxHKcBgh67BCCslKvYtbW&#10;GRCyb/VTHYkh5meAGudy/Qj7aW3F7/kZ/SBaLVYheeV0dPjCe5Yxb7axIoH1Rn5ix1HfyNHIzJvo&#10;MCbHms4cB+/P5zw4FRwJcQo4h8tESIcbsoSx3ooVU55jSTs4QY95HyzietpEBod0PUcLahdLE5bp&#10;uFgOtUyR3cqybfqKaIavxGm/MXyPVxmGL3MSgVJ7DrY4tgo7mzkyFrVEBSlLF1VX4suULF2EokDR&#10;JUfH0BZGjjfZyvTtGHs5P4O3T8ZnrL2qaM1GZMUXQR5aY0VKkTyafFZanG4OdMZ8V8Z47lDbyWqP&#10;tmBheYUxxRf0HRHoSqR/OX44zR3oDBN10cXNxDTuCZiZbgxrNaan7PgiP2tlw+Nrp50FthJ+xnQh&#10;ytsZ2QLrr0O1NDe+IuLRWyuliG+P+mCO32QvKyNLuRgg/C7HcX64nz2BoAoTbN9IcatpfjWS5jIu&#10;e6wsvKDTq7BqK63HKVRPZ60TiphamwsPOk1M8d6YMXEk3tOZSyNeOlprrcivMjIoF8dXGfk8y1sa&#10;KQLrrzCiAuNR4KvAnA0yvjhYm6WbDMaY4vCNQsA3n99VsdxmJG11NHxMnDkhmujqBjd87+DHZswz&#10;bSziO2Pa6jiZNaZBTo6taZWTbWuaRtk/eLk57/N6wEwkeIVhZyZxzVIbZjB/FTQlOwYq9HmnR6+0&#10;CjC8kC0Mc0DPYYYtjJovr7UtH5kW78byC1+NeEmwrMtZdUffDFJoyxt/S981gGzaVOdplZ9x6RWL&#10;GpaxxiLJtNnHXPgZuLGt4iverAxYToSkzdLdBK8VsLC0DzOIFQEd166skOq4GmbFaPpkOajaCvpc&#10;2rMrdnNrgI6+hgHKZtbo4rEMKw3F0jHYjZXXojAUElvc05DFuodWaIiXrT+2GX5G24kFUmMGozoU&#10;scMSLOclbdxmNxKeNs4kFhlv8+VzX6po0dgM62+iB+en1jpuieQ9iSpZXh1ZbeDrojkDoxhKzIxQ&#10;ShGUyIxARfGTyOBI2cFRDPB0Rq6Bzz89nRWXY1nMivNRVmveAJZeJUYhkCNAPnbHEqCxiRl4WVXP&#10;ODCrihrFtKqyUWlmlTdiYJaNI6ZWHXqyEZp0c/7MNodiZt4h2IYxc+QnSPYJ5CR50NjFMMXkl4I1&#10;lwjddEKSQxw/Q6irY03dOaPeiY/GogshAOXUQ/v2wddQc8oRcsDD2Yc8R46z5hjxGVrs2lih9zHW&#10;Apl8GL3MGMZK+TIHWYvvaVqzlvOOJ0qrPoCoFvzUKjhgzyEoyKpgTHuJZkmEdyfNGsvXO55siLxN&#10;it0uOiLjr3qazsrQEZvkUqPTsN/d/7Tb72lX9TQ+3v2wHxef1nTjF9bNqDMFgxNke39u/DBQM7ZH&#10;f+VVuI0p3CF1N9x/wc1M4xCuDcM1Z/jxNIz/XS5ecWXY++XpPy/rcbtc7H854I6pHtgggp79H1Xd&#10;UgQc0zd36Zv1YQNW75fnJY66088fzuFespfjuHt8Qk/hLNRh+B53bD3s6NomXHN1ug2jin/gmqsP&#10;7467zS3+H+8Hw6+v7ruy71FDq/MLyRLuYnuexeN5Pf7+cvwGV5kBm93dbr87f/HXsuHYEg3q8OnX&#10;3YauFqM/LldnFdhHqVFGQonr+uosnzUxdWgLC9ht/KVki8PwwxO+C9h+fzriYBVp6PJP4zi8Pm3X&#10;9wAipF6Syw39KcZzt98d2Wrod5QcIFxdrvaG8sLFbT8Om5fn7eEcbqIbt3soYTicnnbHE5C/3T7f&#10;be/fL8df7v2AyDY3/8K4ASR+n8fteQPDXt8+wAbjv8Oypxd+xJdB0vjnXRRGh6l8sEXp2c8x61u+&#10;KKyiNRxdv1ZOB7j44rbjGK4JW9APjBoD9YfP+Mow8sRIQoO+uA4PDBZJP/F/b5v+yjr8EnfipX97&#10;qsslgB/+BwAA//8DAFBLAwQKAAAAAAAAACEApiE4f24IAABuCAAAFAAAAGRycy9tZWRpYS9pbWFn&#10;ZTEucG5niVBORw0KGgoAAAANSUhEUgAAADwAAAAsCAYAAAA5KtvpAAAABmJLR0QA/wD/AP+gvaeT&#10;AAAACXBIWXMAAA7EAAAOxAGVKw4bAAAIDklEQVRogc1aZ1RU1xo9d2YYhg6CCAJSpIMPEEEp0Sca&#10;igIKipJAMEsxgAGMS0oUeIooLcaOhaciRikmCkSaBtCEQZFeBGEydBBCH9pQZua+H4YsH+ueKQwI&#10;+x937/Odb8/97qkgKIoCXlBWTzV53zeo4LjFNJ2nhssEOF7ExbUUMzu/iLyh0XGpxUposcG14cLK&#10;+s07j559PjJOF1/MhBYbXBkuKK3d5vBdZO7YxKToYie02OBo+NnrKlungOhM+tS00KdIaLHB1nBW&#10;YZnD3qDYjMmpGdKnSmixQYARaS+K97iHXk5hMJlQzWJikDa24l1rpy5tdFxyfHJKZJw+KSIrJdGr&#10;r65co7RKugNBEN6ml7+BYE1Lj34rcv369NUHTCYLj9XIRFe9RE1xVRNXHSAImhju78ZJx2AwCfml&#10;tdsf5vzuUVTV8Fln74AiTCshKkwz0VUvCfDYHb11g34BN3n8k89cww+yf/c4fPZ6AouF8jRlwYDD&#10;ISz6q1TMHw6AD0Zv/JLre/6njOCegWE5XuNv3aBfEO7tGrJRX7OYG/3/Gb6bke95JDo+HkVRhNeO&#10;YWBnuJrSauh17sadysaW9fz2E+ixOzrC54uTnEr9n+/z5uNnR47+cCeO3465xc95r/Z7RsTdW6gB&#10;8Yf76d8jCIKe8XYNYWeaAAAAV5IzjwVevn9hITrmBo/zX7u4h15KWei4sYlpJwh4HOPUN/v/A9Pg&#10;zv+UHvwpzQIAQH1Lp95ixY68+zisoaVTB8YTbqfleamulm2ZS/QMDMvBFhsykmL9YsJCo9wkgMMh&#10;LO7T/QAEQVBTPfU3pvqaxdISogPiIsI0Stt77aLqBsu3Te3rOI0xF5OeBtwK8TmExREanlxTwyKc&#10;AmKeZpPL7bG4SF/3oAP2WxN4NcIJirLSnSGH9oY7bjFJl5EU78fSDNLGVriHXkzNL63dDouTlFvo&#10;Hu79RYictGTPXG5Bph5+ISRIpId5upyufXRJ6+CubbdhZgEAYIWE6OCT88EOtuZG2TDN9AyD+KaW&#10;YobFLbnhderKNVUpF3RDPV3ChUmCE9y0IQkSJ68GHfZh97lQO7o1sJ4vqWHHLSbpL+MjLFTkZVt5&#10;bbtGTqbdznx9FoyndvQsL8NBB5yiUqOO7xEVJo3NN8ZGfQ3o6qqrD3tpuiQbgyMutlelJcQG+I2z&#10;CmNQmgWDgb3pWZI3vBBmAfgwfcE4Jgt747Pkg9Z8gaIoMjwCP1ubYTAFsJ4vSUnPF9MzDGJhZf3m&#10;7KIK+2xyuUNz11+YawgAPvwgWM+XveHJqWlS7qvKHekvS5yzyGUO/B4iLlvD9c0devFPnvukPCd/&#10;OcSmdHnFsjKMoiiSTS63v5qa/d2LsrdW7LQIgqAykmL9fUMjKzFjAYBZ0stm0HpeXGWz8UBwhXNg&#10;7K/szK5VlKOe8XYNoWZcX3Nw17b/wnQIAJgj+JK/4cmpaVLI9aToa6nZR2EaogBh2tlq0y+Hdm2P&#10;/8xI5w9uDvBgmiU1PEAblbb1PZNf82ebARYvKkwa+3af3RV/150X2W0osLDsDLNYLNyhM3GJMLP/&#10;NtZ7cS/c301eRqp7PvERZJmV9KWkzOM5RRU7sbj91hbJCaf8vsLjccz5xoe94XkNWuxWONyA2tGj&#10;HnYjORKL01JRaLhxwuswP2YBAACPw24/L8PlDU0b+EnmVU2DJexG4xunz2+KCJHG+YkPAAA4BHuv&#10;DDVMJBCmYVxpHXUjP8lUNsDPoa03GebyE3sWPJf0WkU5Koxr7vpLrX94RIaXBD5e21Y2NhvDdAt1&#10;lwU7DYEa1lZVeMcuoNe5m3cmJqeEOXXc1TuoEJXwONQpIObp7LO6pnZ9mL6tu0+FU0xugCA4Hg2r&#10;sDecWVjmaOcXkTdAG5WeyzEYTEI2udx+T2Bshvpun/bTt1IjPjbCrnpiEtNOcnPVM8NgCBSUwE8u&#10;sQY9FouFg5aPsfbaMr21Sm/rmjqgb6O4lmJm7BZQq64k96eQIJFOEiTSiQTC9OuaRouuvkEFWDtz&#10;A20y7D7pdU2j+albKWfDPF1OCxAIM1gaFEWRE9cexpbWU01hfcwdpTMLyxyjE56EQA3j8ThmlO9X&#10;gY7HInNgGgAA6O4fku/uH5Jnp5kLS0OdwrhHOf4wPuZe2smcooqd3ntt4jSUVlNUFWSbWSwUNzI+&#10;IUHt6NZIfkZ2y3hZ4sSuDxJRYHKcPinS0NqlE5OYdjLjZYmTqDBpDPN+eBYoiiJ2fhF5nHYu3EBX&#10;TamuMulHfQAAoI1NSGxwD6hp7+lfw29cGAQI+Jm5px6CRIEptvMwgiDolUDPI+y+uflAQlSY9vDc&#10;sX0CBDxmyXIDPB7HNNJSrYDxWEc8DCaTwHHhoam8urE4Mdp43+cWfN32SYmJDH38t6mexpsYf4/j&#10;84llaahTWHwv2vh22Ldfc9sGh0NYBx233WZb0h8DRVHk7q/5nkGX71/g5d+X1qkr1/i42Fz70mbz&#10;AyESkT6Xf1H21ir4yv0fqymthuziIAiC2lmsz/Jytr5uY2aYO7uw2OEX8Ru7eyYAALA1N8qO8nUP&#10;0lVTquPa8CwYDCaB0v5eq4rSYlRNaTOsprQY1TV16AuRiPSVUuK9K6UkeuWlpbrNDbTIVib/ylOQ&#10;XdHFKSaTycInPyt0y3tTY93W3avS3tOvPEAbldZWUXhnoKlSZaCpWrnDcn0m1g3F8Oi4ZBa53KGg&#10;tHZ7NaXVsKt3QFFKXGRIWV621XqTQa6zldnPyvIr22b1/wNCpk614N5QWwAAAABJRU5ErkJgglBL&#10;AwQUAAYACAAAACEAEy0qluMAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82Y&#10;eLMLCLYiS9M06qlpYmvS9DaFKZCyu4TdAv33jic9zntf3ryXLSfdioF611ijIJwFIMgUtmxMpeB7&#10;//G0AOE8mhJba0jBjRws8/u7DNPSjuaLhp2vBIcYl6KC2vsuldIVNWl0M9uRYe9se42ez76SZY8j&#10;h+tWRkHwIjU2hj/U2NG6puKyu2oFnyOOq+fwfdhczuvbcZ9sD5uQlHp8mFZvIDxN/g+G3/pcHXLu&#10;dLJXUzrRKlhEwZxRNuIoiUEw8hrPed6JpSQOI5B5Jv+vyH8AAAD//wMAUEsDBBQABgAIAAAAIQCq&#10;Jg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1F&#10;KMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIX&#10;ZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNg&#10;eGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAblXujOkPAABMUAAADgAAAAAAAAAAAAAAAAA6AgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEApiE4f24IAABuCAAAFAAAAAAAAAAAAAAAAABPEgAA&#10;ZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEAEy0qluMAAAANAQAADwAAAAAAAAAA&#10;AAAAAADvGgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAA&#10;AAAAAAAAAAAA/xsAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAA8hwA&#10;AAAA&#10;">
-                <v:shape id="docshape80" o:spid="_x0000_s1027" style="position:absolute;left:7160;top:14081;width:1263;height:1158;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1263,1158" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCY9MoUxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NagIx&#10;EL4XfIcwQm810YrarVFki+CpoLbQ47CZ7i5uJksSNfv2TaHQ43z/s94m24kb+dA61jCdKBDElTMt&#10;1xo+zvunFYgQkQ12jknDQAG2m9HDGgvj7nyk2ynWIodwKFBDE2NfSBmqhiyGieuJM/ftvMWYT19L&#10;4/Gew20nZ0otpMWWc0ODPZUNVZfT1Wp4S8OwO1/SXqr3w8x/fZbHri+1fhyn3SuISCn+i//cB5Pn&#10;z1dq/rJYLp/h96cMgNz8AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJj0yhTHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" path="m506,338r-54,l452,484r,48l452,702r-73,l342,699,322,689r-7,-24l314,617r11,-53l351,534r28,-12l398,519r8,l418,521r16,4l452,532r,-48l450,484,413,467r-25,-5l363,469r-37,21l288,522r-20,37l262,595r-1,32l271,670r24,39l333,738r52,11l506,750r,-48l506,519r,-35l506,338xm1262,594r-5,-77l1242,444r-24,-69l1210,361r,199l1205,637r-17,74l1162,781r-36,64l1082,904r-52,52l971,1000r-64,36l837,1062r-26,6l847,1050r60,-41l961,962r48,-54l1049,848r33,-65l1106,713r15,-73l1126,564r-5,-77l1106,414r-6,-19l1100,597r-6,78l1077,749r-26,69l1015,883r-44,58l919,993r-58,44l801,1070r-37,9l686,1084r-77,-5l535,1062r-60,-23l475,1111r-51,-12l355,1073r-65,-36l232,993,180,941,136,883,100,818,73,749,57,675,51,597r6,-77l73,446r27,-70l136,312r44,-58l232,202r58,-44l355,122,424,95r26,-6l414,107r-60,41l300,196r-47,54l212,310r-33,65l155,444r-15,73l135,594r5,76l155,743r24,70l212,878r41,60l300,992r54,48l414,1080r61,31l475,1039r-10,-3l401,1000,342,956,291,904,246,845,211,781,184,711,168,637r-6,-77l168,483r16,-74l211,339r35,-64l291,216r51,-51l401,120,461,87r37,-8l575,73r78,6l727,95r69,27l861,158r58,44l971,254r44,58l1051,376r26,70l1094,520r6,77l1100,395r-18,-51l1049,279r-40,-60l961,165,907,118,847,77r-8,-4l787,47r50,11l907,85r64,35l1030,165r52,51l1126,275r36,64l1188,409r17,74l1210,560r,-199l1185,310r-41,-60l1097,196r-54,-48l983,107,918,75,848,51,776,36r-1,l752,34,713,20,639,5,563,,487,5,413,20,344,44,279,77r-60,41l165,165r-48,54l77,279,44,344,20,414,5,487,,564r5,76l20,713r24,70l77,848r40,60l165,962r54,47l279,1050r65,33l413,1107r74,15l509,1123r40,14l622,1152r77,5l775,1152r73,-15l918,1113r57,-29l983,1080r60,-40l1097,992r47,-54l1185,878r33,-65l1242,743r15,-73l1262,594xe" fillcolor="#063755" stroked="f">
+              <v:group w14:anchorId="6D4DCC6F" id="Group 229915542" o:spid="_x0000_s1026" style="position:absolute;margin-left:-376.25pt;margin-top:-609.55pt;width:63.15pt;height:57.9pt;z-index:-251654087;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="7161,14081" coordsize="1263,1158" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDmDmsa8A8AAExQAAAOAAAAZHJzL2Uyb0RvYy54bWykXG2PI7cN/l6g/8Hw&#10;xwLJjuZ9FrcXBEkTBEjbQ3P9AV7buzZie9wZ7+1dfn0f6mUs+pbiIC3QjPeGokQ+JEVRGr377vPx&#10;sPi0HcZ9f3pYmm+z5WJ7Wveb/en5Yfmfjz990y4X42V12qwO/Wn7sPyyHZffvf/rX969nu+3eb/r&#10;D5vtsACT03j/en5Y7i6X8/3d3bjebY+r8dv+vD3h5VM/HFcX/Dk8322G1Su4Hw93eZbVd6/9sDkP&#10;/Xo7jvjXH93L5XvL/+lpu7786+lp3F4Wh4clxnax/x3sfx/pv3fv363un4fVebdf+2Gs/sQojqv9&#10;CZ1OrH5cXVaLl2H/Favjfj30Y/90+XbdH+/6p6f9emtlgDQmu5Hm56F/OVtZnu9fn8+TmqDaGz39&#10;abbrf376eTj/dv4wuNHj56/9+vcRerl7PT/fx+/p72dHvHh8/Ue/AZ6rl0tvBf/8NByJBURafLb6&#10;/TLpd/v5sljjH9sMkFXLxRqvmqIqCq//9Q4gUavG1Ga5wFtTZq1x4Kx3f/fNTV4XrrExVUtv71b3&#10;rl87Vj82wh7GNF71Nf5/+vpttzpvLQwj6ePDsNhvMETTmLIsiwYWflodoYtNvx6JtLVi0SBAHVQ7&#10;xnqN3hDZCPWrGoVuYMBcN0GxCc2s7tcv4+XnbW/RWX36dbw4m9/gl8V844f/EeyfjgeY/9/uFmWV&#10;L14Xlq8nD1QAaKIyZW2KxW4R8ID9T9zyiK7IJW4ANOLWNJnArYzoisoIY4NtRdxqUwnc6oiuNK3A&#10;rYmoIGmWC9xgAFOvZZUJ3LqIypRVLY3NxDAUeS2wMxyHqjHC6EwMRF5LqjM3SGStxI9B0VbS+DgW&#10;bSEha2IwqkyUl6OR0F8Mh8lLyfLMDSC5BEgeA2LyTJI454g0sCvBM2JETNZKI8w5JB10LTCMIWmL&#10;RoAkZ5BUphRdN4akE00mZ5BUmcyPQWJEjHMOSdOVgsCYOK4uZ2SGBYek7CQNFhySRlJhwSGRrbqI&#10;IelMJ0BScEiyRpQ4hqRuJS8pOCRGjDJFDEnZSDZdMEQq00kxsIwRyQvJpEsGSCXLW8aANIWgvnIu&#10;HGUMh8yOoYEpsBHsr4zRSEjL0CjzVnK4kqEhTiElQ6M04mxZMTQqSX0VQ6MsCmkOqWI0kJsJcFQc&#10;jqqTImAVw2EayTsqjkcrxoMqxqOoSml8DI/K5KK8DA840dupUMXwqJARCvZCmduUIuSl5L2U/E5k&#10;puww+b8d8GuGRy15G6XLEb+6lOStYzwS4+N4FJU4vhgP5IiC/mqGR2lqyV7qGI8ml6JzzfCAf0jj&#10;a2I8OqROb+PbcDyKQpo+GoZHBjsVGN4AkkmANDEgJislD2luEKmlLKuJEWlLSYPNDSKVhAiteibT&#10;6jKR3w0itYQI1kxXfgbrDkGDWBVGdKVsgi2DJDdSzGpvIBF9pOWQdJLILYckRy7xthO3HBJpFdLe&#10;QIK5VeAXQ9JgXfa2DbY3kIg22MWQlCK/jiNiZH4METGodhwQikZvy9vFgOQSvh2HQ04BuxgOmR1H&#10;Q05RuxgNysPeRqNjaCRyaJPNgwP6jz2kMq3kwiaLAanFJbrJGCJVXkhpDAJV1HcnLqwNFYGm6GGQ&#10;VkppL1L7mDITvc5kDBhklvIgGTKJBWLGsCnbXBwlW7NnizrD/xZ1VRW1LzBOVRHD1u0KaYyPQhpD&#10;pJDGGCmkMUwKaYyTQhojpZDGUCmkMVhpUragV0hjZ1JI56PFFvYK1/loseW9wnU+WmyRr3CdjxZb&#10;6ae5srW+QjofLbbgV7jO9y226le4zvctRJFrtFS4zvctVgFQuM73LVYHSHNltQCFdL5vsZKAwnW+&#10;b5Xz0WK1AWUA89FiFQKF63y0WJ0gzZXVChTS+WixioHCdT5arG6gcJ3vW9V8tLA7NddjWQ0hPVZW&#10;RVBI50dCVktQuM6PhKyi8BVX7Ns9h/2n1S5sSa0/n/yeFH4tVrSD/BHFXbu9eO5H2iCkPSpsgX20&#10;e4PgAkLaw4rpDaOHKRJ94XcL36DPGT2MjOgrmb5g9DAfom9k+pLRwzCIvpPpK0ZPmSU1QNro9jvf&#10;kKDmLbzI2NARWzS8hRfaJKRueQsvtknI3fEWXnDsukijQlpGWAakKUsjybGtIra4wdpLjvRKbMHR&#10;zr3kSJ3EFhzv3EuOtEhswRHPveRIecQWHHPKeEhy7F6ILTjmlM3YFgnJOeaUqdgWCck55pSF2BYJ&#10;yTnmlGHYFrLkEDXGnLIHaoHUQJIcSmEtvOSY9sUWHHPaCrB9yJJjl4f14SUvZcmhTtbCS46CvTgq&#10;jjnNxDQqTLNiC4451eRti4TkHHOqutsWCck55lRXty0SknPMaeazLWTJAXKsK3+q4SOK35LkMAfW&#10;wkuO8rbYgmNOsxGNqpYlhwGxPrzkKFGLfXDMqUZt+0hIzjGnKjS1QJlZ7INjTnVm2yIhOcecCsm2&#10;RUJyjjlVim2LhOQcc6oF2xay5DDvWLtU7aUW7ozPm/M4HIG18JKjXCvpCg7BWnjJUY8VW3DMqSBr&#10;RyVLDhdifXjJUVMV++CYU1GV+kDVVGzBMe+85KiLii045lQYtX0kJOeYU+3TtkhIzjGn8qZtIUsO&#10;x451ZQuY1IQqlJIkCAK8jReeapBiG467LUK6fmT5ETp4P14BVEYU++HY4+CGU4FBnTBq46zZJ7ID&#10;DiDeHj0clgscPXykNsh2VhfKf8PPxSsOltljbjs6YYZoSm+O/aftx97SXCgLxikZ23WBGdb1fKU4&#10;nGJK7GHfUIb34Xm2HANdiV0OxzG8D09OVyHjmEPXoMacoisaLFYBlkpH5wFAV6NenuSXe7rJI8P4&#10;w9PJUSDXtfymGSG8D89A53ypnjLd8D48PR0V3zC+CjNNcny0jCY6JAxJOq+XCvIk6bwfooSepCu9&#10;xah0xhl1NWXdQc7w9Hbg88dqypzD+/D0dN7+5tqLbn8ufqp0dJwNei6n+TuMKzw9bq2Tt8QqOKln&#10;2kq3/NJ6xnk9R4c4n+KX+341fHOfVVQoEyT50Sqe7ArbXWk6Z3/1tH4J+ghPp5ectr7Br0aOkuRH&#10;22uga6YYGPiEp9czHZwiuilihffhGfDw/KbMObwPT0cXImCDxCI1volOiUOBTvOPQKfZX6C7Rugw&#10;/vWhH7cY8tdRHXE/gBiCgxTWTU7FKMJbiUt0/tES4qRyUlE4C+M8ocCRgpRGQehcsJgS9iBaeDqI&#10;JsIKiUCaI20HkrHh9FqSEHuZzoqmakjoMjx918ZrspkSzEAQnoHQ+2uLAm+ya5zStF132OJME/rV&#10;e4e1U4oQp04sQ6RFafXgcIUndLuJyC+CEOHphMHBT0+oBLOW9iChb2yuhvwhcApPzxErXkeouNl1&#10;jEocwGFSy7FThgituMSgQ5aVUiOdjbEcW1TI04QewWZaQgRhwzPYhJ8rcYQizREWbruusaJNdg3P&#10;toRadoBzL45jiUMfaY5+jKVRzDFk3YUyMaDO6ty66pSucbrJSa0FiowOE1HMV2I5TgM4qVuEoKTU&#10;mc/aWgXC4FvdVEcKEIengxrncu0Iu2ltFd6Hp/cDb7VYhaSV09LhC+tZyrzZ+IoE1hvpiR1HfT1H&#10;JTOvvcOoHCs6c+y8P53z4FSwJ8Qp4BQuEyEdbkgS+norVkxpjgXt4Dg9pn0w9+tpFRkc0rUcNaiN&#10;L01opmN8OVQzxeBWmm03Pj9SfMVP+7Xie2GVofhySCJQak/B5sdWYmczRRZELVBBStJ51RX4MiVJ&#10;56HIUXRJ0QVocyXHm2xl+nYseHl4Om+fjE9Ze5XempXIii+CrOUpK1KK5N7kk9LidLOjU+a7wsdz&#10;g9pOUnu0BQtXy5UpPqfviEBXIP1L8cNpbkenmKjxLq4mpn5PQM10fVirMD0lx+f5aSubML5m2lkI&#10;VhKePl3w8rZKthD016Jamhpf7vHotJWSx7dDfTDFb7KXTMlSrgYIv0txnB/uZ08gqMI421dS3HKa&#10;X5WkufDLHi0Lz+n0KqxaS+txCtXSaeuE3KfW6sKDThOj30aZMXEk3tKpS6OwdNTWWp5fqWRQxo+v&#10;VPL5IG+hpAhBf7kSFQIeOb4KTNlgwBcHa5N0k8EoUxy+UXD4pvO70pfblKSt8oaPiTMlRO1dXeGG&#10;7x3s2JR5pvFFfKNMW21IZpVpMCTH2rQakm1tmkbZ33m5Ou+H9YCaSIQVhp6Z+DVLpZjB/FXQlOwo&#10;qNDnnRa9QivAhIVsrpgDenYzbK7UfMNaW/ORafGuLL/w1YiVBMu6lFW39M0ghba08Tf0XQPIpk31&#10;MK2Gp196+aKGZqy+SDJt9gUu4em4BVvFV7xJGbCccEmbprsJXi1g0SctVl4tAppQu9JCqgnVMC1G&#10;0yfLTtVa0A+lPb1iN7cGaOhrGKCsZo24SsGpR0lDsXR0dqPltSgMucTWKIlyB63QEK9bf8FmwtPb&#10;ji+QKjMY1aGIHZZgKS9p/Da7kvA0fibRyMI2Xzr3pYoWjU2x/tp7cHpqrfyWSNqTqJJl1ZHUBr4u&#10;mjMwiqHETAmlFEGJTAlUFD+JDI6UHBzFAEun5Br4/NPSaXHZl8W0OO9l1eYNYGlVohQCQwRIx25f&#10;AlQ2MR0vrerpB6ZVUb2YWlXWK02t8noM1LKxx1SrQ082QpNuyp+DzaGYmXaIYMOYOdITZPAJ5CRp&#10;0IKLYYpJLwWrUCI00wnJEOLC04W6ytfUjVHqnfhozLsQAlBKPbRv73wNNacUYQh4OPuQ5hjirDpG&#10;fIbmu1ZW6J2PtUAmHUavM4ayUr7OQdrie5rWtOW8CROlVh9AVHN+qhUcsOfgFKRVMKa9RLUkEnYn&#10;1RrL1zuewRDDNil2u+iIjL3qaTorQ0dsokuNxv6w3/y0PxxoV3Ucnh9/OAyLTyu68QvrZtSZnMEx&#10;soM9N37qqVmwR3vllbuNyd0h9dhvvuBmpqF314bhmjP82PXDH8vFK64Me1iO/31ZDdvl4vDLCXdM&#10;dcAGEfRi/yirhiLgEL95jN+sTmuwelheljjqTj9/uLh7yV7Ow/55h57cWahT/z3u2Hra07VNuOZq&#10;vHej8n/gmqv378779T3+7+8Hw6+v7rvS71FDq8sLyeLuYjvO4nFcDb+/nL/BVWbAZv+4P+wvX+y1&#10;bDi2RIM6ffqwX9PVYvTH9eosVA3arK3Jjm6vzrJZU6B2bWEB+7W9lGxx6n/Y4buA7ffjGQerSEPX&#10;fxqG/nW3XW0AhEu9OJc7+pON5/GwPwerod9ecoBwc7naG8pzF7f92K9fjtvTxd1EN2wPUEJ/Gnf7&#10;8wjk77fHx+3mYTn8srEDIttc/xvjBpD4fRm2lzUMe3X/BBv0/w7Lnl7YEV8HSeOfd1EYHaaywRal&#10;ZzvHrO7DRWElreHo+rViOsAVLm47D+6asAX9wKgxUHv4LFwZRp7oSWjQV9cJA4NF0k/839qmvbIO&#10;v9idePHflup6CeD7/wEAAP//AwBQSwMECgAAAAAAAAAhAKYhOH9uCAAAbggAABQAAABkcnMvbWVk&#10;aWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAA8AAAALAgGAAAAOSrb6QAAAAZiS0dEAP8A&#10;/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAACA5JREFUaIHNWmdUVNcaPXdmGIYOgggCUqSD&#10;DxBBKdEnGooCCoqSQDBLMYABjEtKFHiKKC3GjoWnIkYpJgpEmgbQhEGRXgRhMnQQQh/aUGbmvh+G&#10;LB/rnikMCPsfd+/znW/P/e6pICiKAl5QVk81ed83qOC4xTSdp4bLBDhexMW1FDM7v4i8odFxqcVK&#10;aLHBteHCyvrNO4+efT4yThdfzIQWG1wZLiit3ebwXWTu2MSk6GIntNjgaPjZ6ypbp4DoTPrUtNCn&#10;SGixwdZwVmGZw96g2IzJqRnSp0posUGAEWkvive4h15OYTCZUM1iYpA2tuJda6cubXRccnxySmSc&#10;PikiKyXRq6+uXKO0SroDQRDeppe/gWBNS49+K3L9+vTVB0wmC4/VyERXvURNcVUTVx0gCJoY7u/G&#10;ScdgMAn5pbXbH+b87lFU1fBZZ++AIkwrISpMM9FVLwnw2B29dYN+ATd5/JPPXMMPsn/3OHz2egKL&#10;hfI0ZcGAwyEs+qtUzB8OgA9Gb/yS63v+p4zgnoFhOV7jb92gXxDu7RqyUV+zmBv9/xm+m5HveSQ6&#10;Ph5FUYTXjmFgZ7ia0mrode7GncrGlvX89hPosTs6wueLk5xK/Z/v8+bjZ0eO/nAnjt+OucXPea/2&#10;e0bE3VuoAfGH++nfIwiCnvF2DWFnmgAAAFeSM48FXr5/YSE65gaP81+7uIdeSlnouLGJaScIeBzj&#10;1Df7/wPT4M7/lB78Kc0CAEB9S6feYsWOvPs4rKGlUwfGE26n5XmprpZtmUv0DAzLwRYbMpJi/WLC&#10;QqPcJIDDISzu0/0ABEFQUz31N6b6msXSEqID4iLCNErbe+2i6gbLt03t6ziNMReTngbcCvE5hMUR&#10;Gp5cU8MinAJinmaTy+2xuEhf96AD9lsTeDXCCYqy0p0hh/aGO24xSZeRFO/H0gzSxla4h15MzS+t&#10;3Q6Lk5Rb6B7u/UWInLRkz1xuQaYefiEkSKSHebqcrn10Sevgrm23YWYBAGCFhOjgk/PBDrbmRtkw&#10;zfQMg/imlmKGxS254XXqyjVVKRd0Qz1dwoVJghPctCEJEievBh32Yfe5UDu6NbCeL6lhxy0m6S/j&#10;IyxU5GVbeW27Rk6m3c58fRaMp3b0LC/DQQecolKjju8RFSaNzTfGRn0N6Oqqqw97abokG4MjLrZX&#10;pSXEBviNswpjUJoFg4G96VmSN7wQZgH4MH3BOCYLe+Oz5IPWfIGiKDI8Aj9bm2EwBbCeL0lJzxfT&#10;MwxiYWX95uyiCvtscrlDc9dfmGsIAD78IFjPl73hyalpUu6ryh3pL0ucs8hlDvweIi5bw/XNHXrx&#10;T577pDwnfznEpnR5xbIyjKIokk0ut7+amv3di7K3Vuy0CIKgMpJi/X1DIysxYwGAWdLLZtB6Xlxl&#10;s/FAcIVzYOyv7MyuVZSjnvF2DaFmXF9zcNe2/8J0CACYI/iSv+HJqWlSyPWk6Gup2UdhGqIAYdrZ&#10;atMvh3Ztj//MSOcPbg7wYJolNTxAG5W29T2TX/NnmwEWLypMGvt2n90Vf9edF9ltKLCw7AyzWCzc&#10;oTNxiTCz/zbWe3Ev3N9NXkaqez7xEWSZlfSlpMzjOUUVO7G4/dYWyQmn/L7C43HM+caHveF5DVrs&#10;VjjcgNrRox52IzkSi9NSUWi4ccLrMD9mAQAAj8NuPy/D5Q1NG/hJ5lVNgyXsRuMbp89vigiRxvmJ&#10;DwAAOAR7rww1TCQQpmFcaR11Iz/JVDbAz6GtNxnm8hN7FjyX9FpFOSqMa+76S61/eESGlwQ+XttW&#10;NjYbw3QLdZcFOw2BGtZWVXjHLqDXuZt3JianhDl13NU7qBCV8DjUKSDm6eyzuqZ2fZi+rbtPhVNM&#10;boAgOB4Nq7A3nFlY5mjnF5E3QBuVnssxGExCNrncfk9gbIb6bp/207dSIz42wq56YhLTTnJz1TPD&#10;YAgUlMBPLrEGPRaLhYOWj7H22jK9tUpv65o6oG+juJZiZuwWUKuuJPenkCCRThIk0okEwvTrmkaL&#10;rr5BBVg7cwNtMuw+6XVNo/mpWylnwzxdTgsQCDNYGhRFkRPXHsaW1lNNYX3MHaUzC8scoxOehEAN&#10;4/E4ZpTvV4GOxyJzYBoAAOjuH5Lv7h+SZ6eZC0tDncK4Rzn+MD7mXtrJnKKKnd57beI0lFZTVBVk&#10;m1ksFDcyPiFB7ejWSH5Gdst4WeLErg8SUWBynD4p0tDapROTmHYy42WJk6gwaQzzfngWKIoidn4R&#10;eZx2LtxAV02prjLpR30AAKCNTUhscA+oae/pX8NvXBgECPiZuacegkSBKbbzMIIg6JVAzyPsvrn5&#10;QEJUmPbw3LF9AgQ8ZslyAzwexzTSUq2A8VhHPAwmk8Bx4aGpvLqxODHaeN/nFnzd9kmJiQx9/Lep&#10;nsabGH+P4/OJZWmoU1h8L9r4dti3X3PbBodDWAcdt91mW9IfA0VR5O6v+Z5Bl+9f4OXfl9apK9f4&#10;uNhc+9Jm8wMhEpE+l39R9tYq+Mr9H6sprYbs4iAIgtpZrM/ycra+bmNmmDu7sNjhF/Ebu3smAACw&#10;NTfKjvJ1D9JVU6rj2vAsGAwmgdL+XquK0mJUTWkzrKa0GNU1degLkYj0lVLivSulJHrlpaW6zQ20&#10;yFYm/8pTkF3RxSkmk8nCJz8rdMt7U2Pd1t2r0t7TrzxAG5XWVlF4Z6CpUmWgqVq5w3J9JtYNxfDo&#10;uGQWudyhoLR2ezWl1bCrd0BRSlxkSFlettV6k0Gus5XZz8ryK9tm9f8DQqZOteDeUFsAAAAASUVO&#10;RK5CYIJQSwMEFAAGAAgAAAAhAOzILLflAAAAEQEAAA8AAABkcnMvZG93bnJldi54bWxMj11rgzAU&#10;hu8H+w/hDHZnYyK61RlLKduuyqDtYPQuNacqNYmYVO2/X3q13Z2Ph/c8p1jNuiMjDq61RgBbxEDQ&#10;VFa1phbwffiIXoE4L42SnTUo4IYOVuXjQyFzZSezw3HvaxJCjMulgMb7PqfUVQ1q6Ra2RxN2Zzto&#10;6UM71FQNcgrhuqM8jjOqZWvChUb2uGmwuuyvWsDnJKd1wt7H7eW8uR0P6dfPlqEQz0/z+g2Ix9n/&#10;wXDXD+pQBqeTvRrlSCcgekl5GthQMc6WDEiAooxnHMjpPmRxkgAtC/r/k/IXAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF&#10;94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCO&#10;rYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqG&#10;luShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48&#10;NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5g5rGvAPAABMUAAADgAAAAAAAAAAAAAA&#10;AAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEApiE4f24IAABuCAAAFAAAAAAAAAAA&#10;AAAAAABWEgAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEA7Mgst+UAAAARAQAA&#10;DwAAAAAAAAAAAAAAAAD2GgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAA&#10;IQEAABkAAAAAAAAAAAAAAAAACBwAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYA&#10;BgB8AQAA+xwAAAAA&#10;">
+                <v:shape id="docshape80" o:spid="_x0000_s1027" style="position:absolute;left:7160;top:14081;width:1263;height:1158;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1263,1158" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB13H9aygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EJujezUNMWNEoJLIKdC/iBHYW1tE2tlJCWR3z57KPS4O7Mz3y7Xyfbijj50jhTkswwE&#10;Uu1MR42C03H79gkiRE1G945QwYgB1qvJy1KXxj1oj/dDbASHUCi1gjbGoZQy1C1aHWZuQGLt13mr&#10;I4++kcbrB4fbXs6z7ENa3RE3tHrAqsX6erhZBd9pHDfHa9rK7Gc395dzte+HSqnpa9p8gYiY4r/5&#10;73pnGD9f5EVRvC8Ymn/iBcjVEwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHXcf1rKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" path="m506,338r-54,l452,484r,48l452,702r-73,l342,699,322,689r-7,-24l314,617r11,-53l351,534r28,-12l398,519r8,l418,521r16,4l452,532r,-48l450,484,413,467r-25,-5l363,469r-37,21l288,522r-20,37l262,595r-1,32l271,670r24,39l333,738r52,11l506,750r,-48l506,519r,-35l506,338xm1262,594r-5,-77l1242,444r-24,-69l1210,361r,199l1205,637r-17,74l1162,781r-36,64l1082,904r-52,52l971,1000r-64,36l837,1062r-26,6l847,1050r60,-41l961,962r48,-54l1049,848r33,-65l1106,713r15,-73l1126,564r-5,-77l1106,414r-6,-19l1100,597r-6,78l1077,749r-26,69l1015,883r-44,58l919,993r-58,44l801,1070r-37,9l686,1084r-77,-5l535,1062r-60,-23l475,1111r-51,-12l355,1073r-65,-36l232,993,180,941,136,883,100,818,73,749,57,675,51,597r6,-77l73,446r27,-70l136,312r44,-58l232,202r58,-44l355,122,424,95r26,-6l414,107r-60,41l300,196r-47,54l212,310r-33,65l155,444r-15,73l135,594r5,76l155,743r24,70l212,878r41,60l300,992r54,48l414,1080r61,31l475,1039r-10,-3l401,1000,342,956,291,904,246,845,211,781,184,711,168,637r-6,-77l168,483r16,-74l211,339r35,-64l291,216r51,-51l401,120,461,87r37,-8l575,73r78,6l727,95r69,27l861,158r58,44l971,254r44,58l1051,376r26,70l1094,520r6,77l1100,395r-18,-51l1049,279r-40,-60l961,165,907,118,847,77r-8,-4l787,47r50,11l907,85r64,35l1030,165r52,51l1126,275r36,64l1188,409r17,74l1210,560r,-199l1185,310r-41,-60l1097,196r-54,-48l983,107,918,75,848,51,776,36r-1,l752,34,713,20,639,5,563,,487,5,413,20,344,44,279,77r-60,41l165,165r-48,54l77,279,44,344,20,414,5,487,,564r5,76l20,713r24,70l77,848r40,60l165,962r54,47l279,1050r65,33l413,1107r74,15l509,1123r40,14l622,1152r77,5l775,1152r73,-15l918,1113r57,-29l983,1080r60,-40l1097,992r47,-54l1185,878r33,-65l1242,743r15,-73l1262,594xe" fillcolor="#063755" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="452,14613;322,14770;351,14615;418,14602;450,14565;326,14571;261,14708;385,14830;506,14565;1242,14525;1205,14718;1082,14985;837,15143;961,15043;1106,14794;1106,14495;1077,14830;919,15074;686,15165;475,15192;232,15074;73,14830;73,14527;232,14283;450,14170;253,14331;140,14598;179,14894;354,15121;465,15117;246,14926;162,14641;246,14356;461,14168;727,14176;971,14335;1094,14601;1049,14360;847,14158;907,14166;1126,14356;1210,14641;1097,14277;848,14132;713,14101;413,14101;165,14246;20,14495;20,14794;165,15043;413,15188;622,15233;918,15194;1097,15073;1242,14824" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
-                <v:shape id="docshape81" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:7702;top:14503;width:447;height:332;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCReTm4ygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9ba8Iw&#10;FH4f7D+EM9jbTNV6oTOKjDmGIGxOfT5rjm2xOSlJ1Ha/3jwIe/z47rNFa2pxIecrywr6vQQEcW51&#10;xYWC3c/qZQrCB2SNtWVS0JGHxfzxYYaZtlf+pss2FCKGsM9QQRlCk0np85IM+p5tiCN3tM5giNAV&#10;Uju8xnBTy0GSjKXBimNDiQ29lZSftmej4NC5bv2Rtn9f+3S8+s3Tzfm93ij1/NQuX0EEasO/+O7+&#10;1AoGyXAySiejYRwdP8U/IOc3AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJF5ObjKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
-                  <v:imagedata r:id="rId11" o:title=""/>
+                <v:shape id="docshape81" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:7702;top:14503;width:447;height:332;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAZYm1YzAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8gre7CY1xJB2W4pYEaGgVXt+Zp9JaPZt2N22ib/eFQSPw8x8wyzXg+nEmZxvLStIZwkI&#10;4srqlmsF72/bmwKED8gaO8ukYCQP69Xkaomlthd+pfM+1CJC2JeooAmhL6X0VUMG/cz2xNH7ss5g&#10;iNLVUju8RLjp5DxJcmmw5bjQYE/3DVXH/ckoOIxufH7Mhu+XjyzfflbZ7vTQ7ZS6ng6bBYhAQ/gP&#10;/7WftIJ5mhZJkd9lt/D7Kf4BufoBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGWJtWMwA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;">
+                  <v:imagedata r:id="rId14" o:title=""/>
                 </v:shape>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="005F5933">
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="es"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658295" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="505B1CA4" wp14:editId="1BCAEE7F">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663417" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="525AD0AD" wp14:editId="01046441">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
-              <wp:posOffset>6273800</wp:posOffset>
+              <wp:posOffset>-3716920</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
-              <wp:posOffset>8695267</wp:posOffset>
+              <wp:posOffset>-8110163</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1206500" cy="1188230"/>
             <wp:effectExtent l="57150" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="52924590" name="Picture 52924590" descr="A picture containing logo  Description automatically generated"/>
+            <wp:docPr id="1181723680" name="Picture 1181723680" descr="A picture containing logo&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="image4.png" descr="A picture containing logo&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:blip r:embed="rId12" cstate="print"/>
                     <a:srcRect l="64749" t="-14625" r="-19933" b="-4537"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1208773" cy="1190468"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:scene3d>
                       <a:camera prst="orthographicFront"/>
                       <a:lightRig rig="threePt" dir="t"/>
                     </a:scene3d>
                     <a:sp3d>
                       <a:bevelB h="6350"/>
                     </a:sp3d>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="005F5933">
+      <w:r w:rsidR="003849A5" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658293" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A8095B0" wp14:editId="2C58624B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660345" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2381991C" wp14:editId="5C0FF9B0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>279400</wp:posOffset>
+                  <wp:posOffset>1905</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="margin">
+                  <wp:posOffset>8032551</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5016500" cy="1528445"/>
+                <wp:effectExtent l="0" t="0" r="12700" b="14605"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2146960400" name="Text Box 2146960400"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5016500" cy="1528445"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="0EF471F9" w14:textId="77777777" w:rsidR="003849A5" w:rsidRPr="001017E6" w:rsidRDefault="003849A5" w:rsidP="003849A5">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:spacing w:before="23"/>
+                              <w:ind w:left="225" w:right="16"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007D18A2">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>¿</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Tiene preguntas sobre </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t>TAFDC</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t>Pathways</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t>to</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t>Work</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> o el servicio de cuidado infantil del DTA?</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="52C51E6B" w14:textId="77777777" w:rsidR="003849A5" w:rsidRPr="001017E6" w:rsidRDefault="003849A5" w:rsidP="003849A5">
+                            <w:pPr>
+                              <w:spacing w:before="135" w:line="266" w:lineRule="auto"/>
+                              <w:ind w:left="1349" w:right="1137"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Llame a </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>su</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> administrador de casos o visite mass.gov/</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>info-details</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>/</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>contact</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>-</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>dtas</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>-</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>employment</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">-staff y busque un </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-8"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Full </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-8"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t>Engagement</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:spacing w:val="-8"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Worker</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> en su localidad.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="26E2BFD9" w14:textId="747244F7" w:rsidR="003849A5" w:rsidRPr="00523DB8" w:rsidRDefault="003849A5" w:rsidP="00523DB8">
+                            <w:pPr>
+                              <w:spacing w:before="144"/>
+                              <w:ind w:left="225" w:right="16"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001017E6">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t>Esta institución es un proveedor que ofrece igualdad de oportunidades.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2381991C" id="Text Box 2146960400" o:spid="_x0000_s1069" type="#_x0000_t202" style="position:absolute;margin-left:.15pt;margin-top:632.5pt;width:395pt;height:120.35pt;z-index:251660345;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvsa4o3QEAAJoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOkqIw4hRdiw4D&#10;uq1Atw+QZckWZosapcTOvn6UHKe7vA17EWhSOjznkN7dTEPPjgq9AVvxYpVzpqyExti24l+/PLy5&#10;5swHYRvRg1UVPynPb/avX+1GV6o1dNA3ChmBWF+OruJdCK7MMi87NQi/AqcsFTXgIAJ9Yps1KEZC&#10;H/psnedX2QjYOASpvKfs/Vzk+4SvtZLhs9ZeBdZXnLiFdGI663hm+50oWxSuM/JMQ/wDi0EYS00v&#10;UPciCHZA8xfUYCSCBx1WEoYMtDZSJQ2kpsj/UPPcCaeSFjLHu4tN/v/Byk/HZ/eELEzvYKIBJhHe&#10;PYL85pmFu07YVt0iwtgp0VDjIlqWjc6X56fRal/6CFKPH6GhIYtDgAQ0aRyiK6STEToN4HQxXU2B&#10;SUpu8+Jqm1NJUq3Yrq83m23qIcrluUMf3isYWAwqjjTVBC+Ojz5EOqJcrsRuFh5M36fJ9va3BF2M&#10;mUQ/Mp65h6memGkqvnkbG0c5NTQnEoQwLwwtOAUd4A/ORlqWivvvB4GKs/6DJVPiZi0BLkG9BMJK&#10;elrxwNkc3oV5Aw8OTdsR8my7hVsyTpsk6YXFmS8tQFJ6Xta4Yb9+p1svv9T+JwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGK8AGPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;TVFSGuJUFYITEiINB45OvE2ixusQu234e5ZTOe7MaPZNvpndIE44hd6ThvuFAoHUeNtTq+Gzer17&#10;BBGiIWsGT6jhBwNsiuur3GTWn6nE0y62gksoZEZDF+OYSRmaDp0JCz8isbf3kzORz6mVdjJnLneD&#10;XCqVSmd64g+dGfG5w+awOzoN2y8qX/rv9/qj3Jd9Va0VvaUHrW9v5u0TiIhzvIThD5/RoWCm2h/J&#10;BjFoeOAcq8s04Unsr9aKpZqlRCUrkEUu/08ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAvsa4o3QEAAJoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBivABj3gAAAAoBAAAPAAAAAAAAAAAAAAAAADcEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" filled="f" stroked="f">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="0EF471F9" w14:textId="77777777" w:rsidR="003849A5" w:rsidRPr="001017E6" w:rsidRDefault="003849A5" w:rsidP="003849A5">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:spacing w:before="23"/>
+                        <w:ind w:left="225" w:right="16"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007D18A2">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>¿</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Tiene preguntas sobre </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t>TAFDC</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t>Pathways</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t>to</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t>Work</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> o el servicio de cuidado infantil del DTA?</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="52C51E6B" w14:textId="77777777" w:rsidR="003849A5" w:rsidRPr="001017E6" w:rsidRDefault="003849A5" w:rsidP="003849A5">
+                      <w:pPr>
+                        <w:spacing w:before="135" w:line="266" w:lineRule="auto"/>
+                        <w:ind w:left="1349" w:right="1137"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Llame a </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>su</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> administrador de casos o visite mass.gov/</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>info-details</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>/</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>contact</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>-</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>dtas</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>-</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>employment</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">-staff y busque un </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-8"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Full </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-8"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t>Engagement</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:spacing w:val="-8"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Worker</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> en su localidad.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="26E2BFD9" w14:textId="747244F7" w:rsidR="003849A5" w:rsidRPr="00523DB8" w:rsidRDefault="003849A5" w:rsidP="00523DB8">
+                      <w:pPr>
+                        <w:spacing w:before="144"/>
+                        <w:ind w:left="225" w:right="16"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001017E6">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t>Esta institución es un proveedor que ofrece igualdad de oportunidades.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin" anchory="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00D419FF" w:rsidRPr="005F5933">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658291" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A8095B0" wp14:editId="3707E600">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>282575</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>7046595</wp:posOffset>
+                  <wp:posOffset>7237095</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6565900" cy="819150"/>
+                <wp:extent cx="6565900" cy="628650"/>
                 <wp:effectExtent l="19050" t="19050" r="25400" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1126586293" name="Text Box 1126586293"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6565900" cy="819150"/>
+                          <a:ext cx="6565900" cy="628650"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="25864F44" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="00F171C0" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                          <w:p w14:paraId="6BA86749" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00715B0C" w:rsidRDefault="008E6768" w:rsidP="0079386D">
                             <w:pPr>
-                              <w:spacing w:before="1" w:line="266" w:lineRule="auto"/>
-                              <w:ind w:left="1303" w:right="1312"/>
+                              <w:spacing w:line="266" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
-                                <w:lang w:val="sv-SE"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="00715B0C">
                               <w:rPr>
                                 <w:b/>
-                                <w:bCs/>
+                                <w:color w:val="231F20"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Para encontrar un programa autorizado de cuidado infantil familiar, grupal o para niños en edad escolar </w:t>
+                              <w:t>Para encontrar un programa autorizado de cuidado infantil familiar, grupal o para niños en</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-                              <w:rPr>
+                            <w:r w:rsidR="00E954E8" w:rsidRPr="00715B0C">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00715B0C">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">edad escolar </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00715B0C">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
                               <w:t>puede buscar por área geográfica y tipo de programa de cuidado infantil en:</w:t>
                             </w:r>
-                          </w:p>
-[...6 lines deleted...]
-                                <w:b/>
+                            <w:r w:rsidR="00215713" w:rsidRPr="00715B0C">
+                              <w:rPr>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
-                                <w:lang w:val="sv-SE"/>
-[...3 lines deleted...]
-                              <w:r w:rsidRPr="005C21BC">
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId15" w:history="1">
+                              <w:r w:rsidR="00215713" w:rsidRPr="00715B0C">
                                 <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
                                   <w:b/>
-                                  <w:bCs/>
                                   <w:sz w:val="24"/>
                                   <w:szCs w:val="24"/>
                                   <w:lang w:val="es"/>
                                 </w:rPr>
                                 <w:t>https://eeclead.force.com/EEC_ChildCareSearch</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                           <w:p w14:paraId="368F4671" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="007D18A2" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0A8095B0" id="Text Box 1126586293" o:spid="_x0000_s1059" type="#_x0000_t202" style="position:absolute;margin-left:22pt;margin-top:554.85pt;width:517pt;height:64.5pt;z-index:-251658187;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZG10x+AEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06QVKd2o6WrpahHS&#10;wiIt+wGu4yQWjseM3Sbl6xk7vSB4W/FijT3j4zlnjte3Y2/YQaHXYCs+n+WcKSuh1rat+Mv3h3cr&#10;znwQthYGrKr4UXl+u3n7Zj24Ui2gA1MrZARifTm4inchuDLLvOxUL/wMnLKUbAB7EWiLbVajGAi9&#10;N9kiz5fZAFg7BKm8p9P7Kck3Cb9plAxPTeNVYKbi1FtIK6Z1F9dssxZli8J1Wp7aEK/oohfa0qMX&#10;qHsRBNuj/geq1xLBQxNmEvoMmkZLlTgQm3n+F5vnTjiVuJA43l1k8v8PVn49PLtvyML4EUYaYCLh&#10;3SPIH55Z2HbCtuoOEYZOiZoenkfJssH58nQ1Su1LH0F2wxeoachiHyABjQ32URXiyQidBnC8iK7G&#10;wCQdLotlcZNTSlJuNb+ZF2kqmSjPtx368ElBz2JQcaShJnRxePQhdiPKc0l8zMKDNiYN1lg2VHyx&#10;Kj4UEzEwuo7ZWJc8prYG2UGQO8I4UaPEtYqgjT3xjRQnsmHcjUzXFX9fRDUi/x3UR1IAYXIY/QgK&#10;OsBfnA3kror7n3uBijPz2ZKK0YrnAM/B7hwIK+kqtcTZFG7DZNm9Q912hDzNycIdKd3oJMK1i1O/&#10;5Jikzcnd0ZJ/7lPV9Q9ufgMAAP//AwBQSwMEFAAGAAgAAAAhAKJipJLiAAAADQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdTS0mxmyKCCJCezBa6HGaTJOQ7G7IbtPor3d60tvM&#10;m8eb72Xr2fRiotG3zmqIFgoE2dJVra01fH2+3iUgfEBbYe8safgmD+v8+irDtHJn+0FTEWrBIdan&#10;qKEJYUil9GVDBv3CDWT5dnSjwcDrWMtqxDOHm14ulXqQBlvLHxoc6KWhsitORoOJpp/uLdnGm31B&#10;x+49lLjbbrS+vZmfn0AEmsOfGS74jA45Mx3cyVZe9BpWK64SWI/UYwzi4lBxwtqBp+V9EoPMM/m/&#10;Rf4LAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA2RtdMfgBAADLAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAomKkkuIAAAANAQAADwAAAAAAAAAA&#10;AAAAAABSBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
+              <v:shape w14:anchorId="0A8095B0" id="Text Box 1126586293" o:spid="_x0000_s1049" type="#_x0000_t202" style="position:absolute;margin-left:22.25pt;margin-top:569.85pt;width:517pt;height:49.5pt;z-index:-251658189;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaPTBo+AEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07TVtixR09XS1SKk&#10;hUVa+ICp4zQWjseM3Sbl6xk7vSB4Q7xYY8/4eM6Z49Xd0Flx0BQMukrOJlMptFNYG7er5Levj29u&#10;pQgRXA0Wna7kUQd5t379atX7Us+xRVtrEgziQtn7SrYx+rIogmp1B2GCXjtONkgdRN7SrqgJekbv&#10;bDGfTpdFj1R7QqVD4NOHMSnXGb9ptIrPTRN0FLaS3FvMK+V1m9ZivYJyR+Bbo05twD900YFx/OgF&#10;6gEiiD2Zv6A6owgDNnGisCuwaYzSmQOzmU3/YPPSgteZC4sT/EWm8P9g1efDi/9CIg7vceABZhLB&#10;P6H6HoTDTQtup++JsG811PzwLElW9D6Up6tJ6lCGBLLtP2HNQ4Z9xAw0NNQlVZinYHQewPEiuh6i&#10;UHy4XCwX76acUpxbzm+XizyVAsrzbU8hftDYiRRUknioGR0OTyGmbqA8l6THHD4aa/NgrRN9Jee3&#10;i7eLkRhaU6dsqsse0xtL4gDsjjiM1DhxrWJo6058E8WRbBy2gzB1JW9ukhqJ/xbrIytAODqMfwQH&#10;LdJPKXp2VyXDjz2QlsJ+dKxisuI5oHOwPQfgFF/llqQYw00cLbv3ZHYtI49zcnjPSjcmi3Dt4tQv&#10;OyZrc3J3suTv+1x1/YPrXwAAAP//AwBQSwMEFAAGAAgAAAAhAGn3L5rjAAAADQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHizC20VRJbGmBhj0h5ETTxu2SkQ2FnCbin6652e9Dbz&#10;3subb/LNbHsx4ehbRwriRQQCqXKmpVrBx/vzTQrCB01G945QwTd62BSXF7nOjDvRG05lqAWXkM+0&#10;giaEIZPSVw1a7RduQGLv4EarA69jLc2oT1xue7mMojtpdUt8odEDPjVYdeXRKrDx9NO9pLtk+1Xi&#10;oXsNlf7cbZW6vpofH0AEnMNfGM74jA4FM+3dkYwXvYL1+paTrMer+wTEORElKWt7nparNAFZ5PL/&#10;F8UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFo9MGj4AQAAywMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGn3L5rjAAAADQEAAA8AAAAAAAAA&#10;AAAAAAAAUgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABiBQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="25864F44" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="00F171C0" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                    <w:p w14:paraId="6BA86749" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00715B0C" w:rsidRDefault="008E6768" w:rsidP="0079386D">
                       <w:pPr>
-                        <w:spacing w:before="1" w:line="266" w:lineRule="auto"/>
-                        <w:ind w:left="1303" w:right="1312"/>
+                        <w:spacing w:line="266" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
-                          <w:lang w:val="sv-SE"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="00715B0C">
                         <w:rPr>
                           <w:b/>
-                          <w:bCs/>
+                          <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Para encontrar un programa autorizado de cuidado infantil familiar, grupal o para niños en edad escolar </w:t>
+                        <w:t>Para encontrar un programa autorizado de cuidado infantil familiar, grupal o para niños en</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-                        <w:rPr>
+                      <w:r w:rsidR="00E954E8" w:rsidRPr="00715B0C">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00715B0C">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">edad escolar </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00715B0C">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
                         <w:t>puede buscar por área geográfica y tipo de programa de cuidado infantil en:</w:t>
                       </w:r>
-                    </w:p>
-[...6 lines deleted...]
-                          <w:b/>
+                      <w:r w:rsidR="00215713" w:rsidRPr="00715B0C">
+                        <w:rPr>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
-                          <w:lang w:val="sv-SE"/>
-[...3 lines deleted...]
-                        <w:r w:rsidRPr="005C21BC">
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId16" w:history="1">
+                        <w:r w:rsidR="00215713" w:rsidRPr="00715B0C">
                           <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
                             <w:b/>
-                            <w:bCs/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                             <w:lang w:val="es"/>
                           </w:rPr>
                           <w:t>https://eeclead.force.com/EEC_ChildCareSearch</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                     <w:p w14:paraId="368F4671" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="007D18A2" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="001017E6" w:rsidRPr="005F5933">
+      <w:r w:rsidR="00F6528F" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658291" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E5CEB27" wp14:editId="7A3F84DB">
-[...485 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658290" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42A378EC" wp14:editId="6AB311BC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42A378EC" wp14:editId="2D606761">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>527050</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7099300" cy="535305"/>
                 <wp:effectExtent l="0" t="0" r="6350" b="17145"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1001861388" name="Text Box 1001861388"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7099300" cy="535305"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2C85A70D" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                          <w:p w14:paraId="24BAAC96" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="007D18A2" w:rsidRDefault="008E6768" w:rsidP="00F6528F">
                             <w:pPr>
                               <w:spacing w:before="24" w:line="244" w:lineRule="auto"/>
                               <w:ind w:left="20"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
-                                <w:w w:val="105"/>
                                 <w:sz w:val="34"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="34"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                               <w:t>Child</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="-9"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="34"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="34"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                               <w:t>Care</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="-9"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="34"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="34"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                               <w:t>Resource</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="-9"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="34"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="34"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                               <w:t>and</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="-9"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="34"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="34"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                               <w:t>Referral</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="-9"/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="34"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:w w:val="105"/>
                                 <w:sz w:val="34"/>
-                              </w:rPr>
-                              <w:t xml:space="preserve">Agencies </w:t>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t>Agencies</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="007D18A2">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="34"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">(CCRR) Cuidado Infantil </w:t>
+                              <w:t xml:space="preserve"> Remisiones y Recursos de Cuidado Infantil (CCRR)</w:t>
                             </w:r>
-                          </w:p>
-[...10 lines deleted...]
-                            </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="42A378EC" id="Text Box 1001861388" o:spid="_x0000_s1061" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:41.5pt;width:559pt;height:42.15pt;z-index:-251658190;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwtojA3AEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthplnU14hRdiw4D&#10;um5Atw+QZTkWZosaqcTOvn6UHKe7vA17EWhSOjznkN5cj30nDgbJgivlcpFLYZyG2rpdKb9+uX/1&#10;VgoKytWqA2dKeTQkr7cvX2wGX5gLaKGrDQoGcVQMvpRtCL7IMtKt6RUtwBvHxQawV4E/cZfVqAZG&#10;77vsIs/fZANg7RG0IeLs3VSU24TfNEaHT01DJoiulMwtpBPTWcUz225UsUPlW6tPNNQ/sOiVddz0&#10;DHWnghJ7tH9B9VYjEDRhoaHPoGmsNkkDq1nmf6h5apU3SQubQ/5sE/0/WP14ePKfUYTxHYw8wCSC&#10;/APobyQc3LbK7cwNIgytUTU3XkbLssFTcXoaraaCIkg1fISah6z2ARLQ2GAfXWGdgtF5AMez6WYM&#10;QnPyMr+6WuVc0lxbr9arfJ1aqGJ+7ZHCewO9iEEpkYea0NXhgUJko4r5Smzm4N52XRps535L8MWY&#10;Sewj4Yl6GKtR2LqUry9j46imgvrIehCmfeH95qAF/CHFwLtSSvq+V2ik6D449iQu1hzgHFRzoJzm&#10;p6UMUkzhbZgWcO/R7lpGnlx3cMO+NTZJemZx4svzT0pPuxoX7NfvdOv5j9r+BAAA//8DAFBLAwQU&#10;AAYACAAAACEAYDHkad0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fha&#10;JpVSmk4TghMSoisHjmnjtdEapzTZVv493glOftaznr9XbhY3ihPOwXpSkK4SEEidN5Z6BZ/N610O&#10;IkRNRo+eUMEPBthU11elLow/U42nXewFh1AotIIhxqmQMnQDOh1WfkJib+9npyOvcy/NrM8c7kZ5&#10;nySZdNoSfxj0hM8Ddofd0SnYflH9Yr/f2496X9umeUzoLTsodXuzbJ9ARFzi3zFc8BkdKmZq/ZFM&#10;EKMCLhIV5GueFzdNc1Ytq+xhDbIq5f8C1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;cLaIwNwBAACZAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAYDHkad0AAAAIAQAADwAAAAAAAAAAAAAAAAA2BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="42A378EC" id="Text Box 1001861388" o:spid="_x0000_s1071" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:41.5pt;width:559pt;height:42.15pt;z-index:-251658192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWU91r2wEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthplm014hRdiw4D&#10;ugvQ9QNkWY6F2aJGKrGzrx8lx+kub8VeBJqUDs85pDdXY9+Jg0Gy4Eq5XORSGKehtm5Xysdvd6/e&#10;SUFBuVp14Ewpj4bk1fbli83gC3MBLXS1QcEgjorBl7INwRdZRro1vaIFeOO42AD2KvAn7rIa1cDo&#10;fZdd5PmbbACsPYI2RJy9nYpym/CbxujwpWnIBNGVkrmFdGI6q3hm240qdqh8a/WJhnoGi15Zx03P&#10;ULcqKLFH+w9UbzUCQRMWGvoMmsZqkzSwmmX+l5qHVnmTtLA55M820f+D1Z8PD/4rijC+h5EHmESQ&#10;vwf9nYSDm1a5nblGhKE1qubGy2hZNngqTk+j1VRQBKmGT1DzkNU+QAIaG+yjK6xTMDoP4Hg23YxB&#10;aE6+zS8vVzmXNNfWq/UqX6cWqphfe6TwwUAvYlBK5KEmdHW4pxDZqGK+Eps5uLNdlwbbuT8SfDFm&#10;EvtIeKIexmoUti7l69Q4qqmgPrIehGlfeL85aAF/SjHwrpSSfuwVGim6j449iYs1BzgH1Rwop/lp&#10;KYMUU3gTpgXce7S7lpEn1x1cs2+NTZKeWJz48vyT0tOuxgX7/Tvdevqjtr8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBgMeRp3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWFom&#10;lVKaThOCExKiKweOaeO10RqnNNlW/j3eCU5+1rOev1duFjeKE87BelKQrhIQSJ03lnoFn83rXQ4i&#10;RE1Gj55QwQ8G2FTXV6UujD9Tjadd7AWHUCi0giHGqZAydAM6HVZ+QmJv72enI69zL82szxzuRnmf&#10;JJl02hJ/GPSEzwN2h93RKdh+Uf1iv9/bj3pf26Z5TOgtOyh1e7Nsn0BEXOLfMVzwGR0qZmr9kUwQ&#10;owIuEhXka54XN01zVi2r7GENsirl/wLVLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAW&#10;U91r2wEAAJkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBgMeRp3QAAAAgBAAAPAAAAAAAAAAAAAAAAADUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="2C85A70D" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                    <w:p w14:paraId="24BAAC96" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="007D18A2" w:rsidRDefault="008E6768" w:rsidP="00F6528F">
                       <w:pPr>
                         <w:spacing w:before="24" w:line="244" w:lineRule="auto"/>
                         <w:ind w:left="20"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
-                          <w:w w:val="105"/>
                           <w:sz w:val="34"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:w w:val="105"/>
                           <w:sz w:val="34"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                         <w:t>Child</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-9"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="34"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:w w:val="105"/>
                           <w:sz w:val="34"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                         <w:t>Care</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-9"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="34"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:w w:val="105"/>
                           <w:sz w:val="34"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                         <w:t>Resource</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-9"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="34"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:w w:val="105"/>
                           <w:sz w:val="34"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                         <w:t>and</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-9"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="34"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:w w:val="105"/>
                           <w:sz w:val="34"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                         <w:t>Referral</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-9"/>
                           <w:w w:val="105"/>
                           <w:sz w:val="34"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:w w:val="105"/>
                           <w:sz w:val="34"/>
-                        </w:rPr>
-                        <w:t xml:space="preserve">Agencies </w:t>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t>Agencies</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="007D18A2">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="34"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">(CCRR) Cuidado Infantil </w:t>
+                        <w:t xml:space="preserve"> Remisiones y Recursos de Cuidado Infantil (CCRR)</w:t>
                       </w:r>
-                    </w:p>
-[...10 lines deleted...]
-                      </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00943033" w:rsidRPr="005F5933">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658292" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A1162B0" wp14:editId="36C80C22">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658290" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A1162B0" wp14:editId="36C80C22">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>165699</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>2984740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7150100" cy="5289190"/>
                 <wp:effectExtent l="19050" t="19050" r="12700" b="26035"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1899550662" name="Text Box 1899550662"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7150100" cy="5289190"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="304389CA" w14:textId="77B48AF9" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                          <w:p w14:paraId="19233CBC" w14:textId="51EA3F65" w:rsidR="0011329E" w:rsidRPr="00E92DE9" w:rsidRDefault="0011329E" w:rsidP="00E92DE9">
                             <w:pPr>
                               <w:spacing w:before="175"/>
-                              <w:ind w:left="390"/>
-[...8 lines deleted...]
-                            <w:r w:rsidRPr="005C21BC">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
-                                <w:sz w:val="24"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="28"/>
+                                <w:u w:val="single"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="28"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="002E4AD4" w:rsidRPr="00E92DE9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="28"/>
                                 <w:u w:val="single"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
                               <w:t>Tipos de cuidado infantil</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2A09DA8F" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                          <w:p w14:paraId="64C9EC7B" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="00E92DE9">
                             <w:pPr>
-                              <w:pStyle w:val="BodyText"/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Times New Roman"/>
+                              <w:spacing w:before="120"/>
+                              <w:ind w:left="389"/>
+                              <w:rPr>
+                                <w:b/>
                                 <w:sz w:val="24"/>
-                                <w:szCs w:val="20"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                          </w:p>
-[...8 lines deleted...]
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="00E92DE9">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
                               <w:t>Su asesor/a de la CCRR le ayudará a elegir el tipo de cuidado infantil que sea adecuado para usted:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="772276BB" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="00F171C0" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                          <w:p w14:paraId="31820B31" w14:textId="4CF3360F" w:rsidR="008E6768" w:rsidRPr="0056453E" w:rsidRDefault="008E6768" w:rsidP="00E92DE9">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="631"/>
                               </w:tabs>
-                              <w:spacing w:before="207" w:line="266" w:lineRule="auto"/>
-[...3 lines deleted...]
-                                <w:lang w:val="es"/>
+                              <w:spacing w:before="0" w:line="266" w:lineRule="auto"/>
+                              <w:ind w:left="634" w:right="1173" w:hanging="245"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="0056453E">
                               <w:rPr>
                                 <w:b/>
-                                <w:bCs/>
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Cuidado infantil familiar: </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="0056453E">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t>En los hogares de cuidado infantil familiar, los proveedores cuidan a pequeños grupos de niños en su propia casa o la de un amigo. En este tipo de cuidado infantil suele haber uno o dos cuidadores y es posible que se ofrezcan más horarios fuera del horario habitual.</w:t>
+                              <w:t>En los hogares de cuidado infantil familiar, los proveedores cuidan a pequeños grupos de niños en su propia casa o la de un amigo. En este tipo de cuidado infantil suele haber uno o dos cuidadores y es posible que se</w:t>
+                            </w:r>
+                            <w:r w:rsidR="0011329E" w:rsidRPr="0056453E">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">  </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0056453E">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> ofrezcan más horarios fuera del horario habitual.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0031CE90" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                          <w:p w14:paraId="64F42ED7" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="0056453E" w:rsidRDefault="008E6768" w:rsidP="00E92DE9">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="631"/>
                               </w:tabs>
-                              <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
-[...2 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                              <w:spacing w:before="0" w:line="266" w:lineRule="auto"/>
+                              <w:ind w:left="634" w:right="1231" w:hanging="245"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="0056453E">
                               <w:rPr>
                                 <w:b/>
-                                <w:bCs/>
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Cuidado infantil grupal: </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="0056453E">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t>Los programas de cuidado infantil grupal habitualmente son programas en centros más grandes y suelen agrupar a los niños por edades, y por lo general se desarrollan en establecimientos comerciales no residenciales. Los centros cuentan con un/una director(a) especializado(a) y numerosos miembros del personal.</w:t>
+                              <w:t>Los programas de cuidado infantil grupal habitualmente son programas en centros más grandes y suelen agrupar a los niños por edades, y por lo general son en establecimientos comerciales no residenciales. Los centros cuentan con un/una director(a) especializado(a) y numerosos miembros del personal.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="11CE09B6" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                          <w:p w14:paraId="06B5D85C" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="0056453E" w:rsidRDefault="008E6768" w:rsidP="00E92DE9">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="631"/>
                               </w:tabs>
-                              <w:spacing w:before="177" w:line="266" w:lineRule="auto"/>
-[...2 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                              <w:spacing w:before="0" w:line="266" w:lineRule="auto"/>
+                              <w:ind w:left="634" w:right="718" w:hanging="245"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="0056453E">
                               <w:rPr>
                                 <w:b/>
-                                <w:bCs/>
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Programas de preescolar: </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="0056453E">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Los programas de preescolar generalmente se ofrecen para niños de 3 a 5 </w:t>
-[...31 lines deleted...]
-                              <w:t xml:space="preserve"> es un ejemplo de un programa de preescolar.</w:t>
+                              <w:t>Los programas de preescolar generalmente se ofrecen para niños de 3 a 5 años de edad. Los programas de preescolar pueden ofrecerse a través de una escuela, una organización religiosa o un centro de cuidado infantil. Head Start es un ejemplo de un programa de preescolar.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="285742B8" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                          <w:p w14:paraId="0939E444" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="0056453E" w:rsidRDefault="008E6768" w:rsidP="00E92DE9">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="631"/>
                               </w:tabs>
-                              <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
-[...2 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                              <w:spacing w:before="0" w:line="266" w:lineRule="auto"/>
+                              <w:ind w:left="634" w:right="1242" w:hanging="245"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="0056453E">
                               <w:rPr>
                                 <w:b/>
-                                <w:bCs/>
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Cuidador informal: </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="0056453E">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t>Un cuidador familiar cuida a su hijo/hija en su casa o en la casa del propio familiar; un cuidador que no es familiar cuida a su hijo/hija en su casa.</w:t>
+                              <w:t>Un cuidador familiar cuida a su hijo/hija en la casa de usted o en la casa del propio familiar; un cuidador que no es familiar cuida a su hijo/hija en la casa de usted.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="36A74625" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                          <w:p w14:paraId="0CF6C9F1" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="00E92DE9">
                             <w:pPr>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="631"/>
                               </w:tabs>
-                              <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
+                              <w:spacing w:line="266" w:lineRule="auto"/>
                               <w:ind w:right="733"/>
                               <w:rPr>
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="0056453E">
                               <w:rPr>
                                 <w:b/>
-                                <w:bCs/>
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Programas para niños en edad escolar o después de la escuela: </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                                <w:color w:val="000000" w:themeColor="text1"/>
+                            <w:r w:rsidRPr="0056453E">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
-                              <w:t>Los programas para niños en edad escolar generalmente brindan cuidado infantil antes y después del horario escolar. También pueden ofrecer cuidado durante feriados escolares y el receso de verano.</w:t>
+                              <w:t>Los programas para niños en edad escolar generalmente brindan cuidado infantil antes y después del horario escolar. También pueden ofrecer cuidado durante las vacaciones escolares y el receso de verano.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="72ADCFBB" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="004F5E25">
+                          <w:p w14:paraId="72ADCFBB" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                             <w:pPr>
-                              <w:spacing w:before="175"/>
+                              <w:pStyle w:val="BodyText"/>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6A1162B0" id="Text Box 1899550662" o:spid="_x0000_s1062" type="#_x0000_t202" style="position:absolute;margin-left:13.05pt;margin-top:235pt;width:563pt;height:416.45pt;z-index:-251658188;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxZHFq+AEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07QVZbtR09XS1SKk&#10;hUVa+ICp4zQWjseM3Sbl6xk7vSB4Q7xYY8/4eM6Z49Xd0Flx0BQMukrOJlMptFNYG7er5Levj2+W&#10;UoQIrgaLTlfyqIO8W79+tep9qefYoq01CQZxoex9JdsYfVkUQbW6gzBBrx0nG6QOIm9pV9QEPaN3&#10;tphPp++KHqn2hEqHwKcPY1KuM37TaBWfmyboKGwlubeYV8rrNq3FegXljsC3Rp3agH/oogPj+NEL&#10;1ANEEHsyf0F1RhEGbOJEYVdg0xilMwdmM5v+wealBa8zFxYn+ItM4f/Bqs+HF/+FRBze48ADzCSC&#10;f0L1PQiHmxbcTt8TYd9qqPnhWZKs6H0oT1eT1KEMCWTbf8Kahwz7iBloaKhLqjBPweg8gONFdD1E&#10;ofjwZrZg5pxSnFvMl7ez2zyWAsrzdU8hftDYiRRUkniqGR4OTyGmdqA8l6TXHD4aa/NkrRN9JefL&#10;xc1iZIbW1Cmb6rLJ9MaSOADbIw4jN05cqxjauhPhxHFkG4ftIExdybfLJEcSYIv1kSUgHC3GX4KD&#10;FumnFD3bq5Lhxx5IS2E/OpYxefEc0DnYngNwiq9yS1KM4SaOnt17MruWkcdBObxnqRuTRbh2ceqX&#10;LZO1Odk7efL3fa66fsL1LwAAAP//AwBQSwMEFAAGAAgAAAAhAPk75YjiAAAADAEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdTdT+idkUEUSE9mBU6HGbTJOQ7GzIbtPop3d6sreZ&#10;eY83v5euJ9uJEQffONIQzRQIpMKVDVUavj5f75YgfDBUms4RavhBD+vs+io1SelO9IFjHirBIeQT&#10;o6EOoU+k9EWN1viZ65FYO7jBmsDrUMlyMCcOt52MlZpLaxriD7Xp8aXGos2PVoONxt/2bbldbHY5&#10;Htr3UJjv7Ubr25vp+QlEwCn8m+GMz+iQMdPeHan0otMQzyN2anhYKO50NkSPMZ/2PN2reAUyS+Vl&#10;iewPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcWRxavgBAADMAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+TvliOIAAAAMAQAADwAAAAAAAAAA&#10;AAAAAABSBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
+              <v:shape w14:anchorId="6A1162B0" id="Text Box 1899550662" o:spid="_x0000_s1072" type="#_x0000_t202" style="position:absolute;margin-left:13.05pt;margin-top:235pt;width:563pt;height:416.45pt;z-index:-251658190;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDB0jqM+AEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07QV3e1GTVdLV4uQ&#10;lou08AFTx2ksHI8Zu03K1zN2ekHwhnixxp7x8Zwzx6v7obPioCkYdJWcTaZSaKewNm5XyW9fn94s&#10;pQgRXA0Wna7kUQd5v379atX7Us+xRVtrEgziQtn7SrYx+rIogmp1B2GCXjtONkgdRN7SrqgJekbv&#10;bDGfTm+KHqn2hEqHwKePY1KuM37TaBU/N03QUdhKcm8xr5TXbVqL9QrKHYFvjTq1Af/QRQfG8aMX&#10;qEeIIPZk/oLqjCIM2MSJwq7ApjFKZw7MZjb9g81LC15nLixO8BeZwv+DVZ8OL/4LiTi8w4EHmEkE&#10;/4zqexAONy24nX4gwr7VUPPDsyRZ0ftQnq4mqUMZEsi2/4g1Dxn2ETPQ0FCXVGGegtF5AMeL6HqI&#10;QvHh7WzBzDmlOLeYL+9md3ksBZTn655CfK+xEymoJPFUMzwcnkNM7UB5LkmvOXwy1ubJWif6Ss6X&#10;i9vFyAytqVM21WWT6Y0lcQC2RxxGbpy4VjG0dSfCiePINg7bQZi6km9vkhxJgC3WR5aAcLQYfwkO&#10;WqSfUvRsr0qGH3sgLYX94FjG5MVzQOdgew7AKb7KLUkxhps4enbvyexaRh4H5fCBpW5MFuHaxalf&#10;tkzW5mTv5Mnf97nq+gnXvwAAAP//AwBQSwMEFAAGAAgAAAAhAPk75YjiAAAADAEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdTdT+idkUEUSE9mBU6HGbTJOQ7GzIbtPop3d6sreZ&#10;eY83v5euJ9uJEQffONIQzRQIpMKVDVUavj5f75YgfDBUms4RavhBD+vs+io1SelO9IFjHirBIeQT&#10;o6EOoU+k9EWN1viZ65FYO7jBmsDrUMlyMCcOt52MlZpLaxriD7Xp8aXGos2PVoONxt/2bbldbHY5&#10;Htr3UJjv7Ubr25vp+QlEwCn8m+GMz+iQMdPeHan0otMQzyN2anhYKO50NkSPMZ/2PN2reAUyS+Vl&#10;iewPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwdI6jPgBAADMAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+TvliOIAAAAMAQAADwAAAAAAAAAA&#10;AAAAAABSBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight="2.25pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="304389CA" w14:textId="77B48AF9" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                    <w:p w14:paraId="19233CBC" w14:textId="51EA3F65" w:rsidR="0011329E" w:rsidRPr="00E92DE9" w:rsidRDefault="0011329E" w:rsidP="00E92DE9">
                       <w:pPr>
                         <w:spacing w:before="175"/>
-                        <w:ind w:left="390"/>
-[...8 lines deleted...]
-                      <w:r w:rsidRPr="005C21BC">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
-                          <w:sz w:val="24"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="28"/>
+                          <w:u w:val="single"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="28"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="002E4AD4" w:rsidRPr="00E92DE9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="28"/>
                           <w:u w:val="single"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
                         <w:t>Tipos de cuidado infantil</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2A09DA8F" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                    <w:p w14:paraId="64C9EC7B" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="00E92DE9">
                       <w:pPr>
-                        <w:pStyle w:val="BodyText"/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Times New Roman"/>
+                        <w:spacing w:before="120"/>
+                        <w:ind w:left="389"/>
+                        <w:rPr>
+                          <w:b/>
                           <w:sz w:val="24"/>
-                          <w:szCs w:val="20"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                    </w:p>
-[...8 lines deleted...]
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="00E92DE9">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
                         <w:t>Su asesor/a de la CCRR le ayudará a elegir el tipo de cuidado infantil que sea adecuado para usted:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="772276BB" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="00F171C0" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                    <w:p w14:paraId="31820B31" w14:textId="4CF3360F" w:rsidR="008E6768" w:rsidRPr="0056453E" w:rsidRDefault="008E6768" w:rsidP="00E92DE9">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="631"/>
                         </w:tabs>
-                        <w:spacing w:before="207" w:line="266" w:lineRule="auto"/>
-[...3 lines deleted...]
-                          <w:lang w:val="es"/>
+                        <w:spacing w:before="0" w:line="266" w:lineRule="auto"/>
+                        <w:ind w:left="634" w:right="1173" w:hanging="245"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="0056453E">
                         <w:rPr>
                           <w:b/>
-                          <w:bCs/>
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Cuidado infantil familiar: </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="0056453E">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t>En los hogares de cuidado infantil familiar, los proveedores cuidan a pequeños grupos de niños en su propia casa o la de un amigo. En este tipo de cuidado infantil suele haber uno o dos cuidadores y es posible que se ofrezcan más horarios fuera del horario habitual.</w:t>
+                        <w:t>En los hogares de cuidado infantil familiar, los proveedores cuidan a pequeños grupos de niños en su propia casa o la de un amigo. En este tipo de cuidado infantil suele haber uno o dos cuidadores y es posible que se</w:t>
+                      </w:r>
+                      <w:r w:rsidR="0011329E" w:rsidRPr="0056453E">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">  </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0056453E">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> ofrezcan más horarios fuera del horario habitual.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0031CE90" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                    <w:p w14:paraId="64F42ED7" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="0056453E" w:rsidRDefault="008E6768" w:rsidP="00E92DE9">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="631"/>
                         </w:tabs>
-                        <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
-[...2 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                        <w:spacing w:before="0" w:line="266" w:lineRule="auto"/>
+                        <w:ind w:left="634" w:right="1231" w:hanging="245"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="0056453E">
                         <w:rPr>
                           <w:b/>
-                          <w:bCs/>
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Cuidado infantil grupal: </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="0056453E">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t>Los programas de cuidado infantil grupal habitualmente son programas en centros más grandes y suelen agrupar a los niños por edades, y por lo general se desarrollan en establecimientos comerciales no residenciales. Los centros cuentan con un/una director(a) especializado(a) y numerosos miembros del personal.</w:t>
+                        <w:t>Los programas de cuidado infantil grupal habitualmente son programas en centros más grandes y suelen agrupar a los niños por edades, y por lo general son en establecimientos comerciales no residenciales. Los centros cuentan con un/una director(a) especializado(a) y numerosos miembros del personal.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="11CE09B6" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                    <w:p w14:paraId="06B5D85C" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="0056453E" w:rsidRDefault="008E6768" w:rsidP="00E92DE9">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="631"/>
                         </w:tabs>
-                        <w:spacing w:before="177" w:line="266" w:lineRule="auto"/>
-[...2 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                        <w:spacing w:before="0" w:line="266" w:lineRule="auto"/>
+                        <w:ind w:left="634" w:right="718" w:hanging="245"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="0056453E">
                         <w:rPr>
                           <w:b/>
-                          <w:bCs/>
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Programas de preescolar: </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="0056453E">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Los programas de preescolar generalmente se ofrecen para niños de 3 a 5 </w:t>
-[...31 lines deleted...]
-                        <w:t xml:space="preserve"> es un ejemplo de un programa de preescolar.</w:t>
+                        <w:t>Los programas de preescolar generalmente se ofrecen para niños de 3 a 5 años de edad. Los programas de preescolar pueden ofrecerse a través de una escuela, una organización religiosa o un centro de cuidado infantil. Head Start es un ejemplo de un programa de preescolar.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="285742B8" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                    <w:p w14:paraId="0939E444" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="0056453E" w:rsidRDefault="008E6768" w:rsidP="00E92DE9">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="631"/>
                         </w:tabs>
-                        <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
-[...2 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                        <w:spacing w:before="0" w:line="266" w:lineRule="auto"/>
+                        <w:ind w:left="634" w:right="1242" w:hanging="245"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="0056453E">
                         <w:rPr>
                           <w:b/>
-                          <w:bCs/>
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Cuidador informal: </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="0056453E">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t>Un cuidador familiar cuida a su hijo/hija en su casa o en la casa del propio familiar; un cuidador que no es familiar cuida a su hijo/hija en su casa.</w:t>
+                        <w:t>Un cuidador familiar cuida a su hijo/hija en la casa de usted o en la casa del propio familiar; un cuidador que no es familiar cuida a su hijo/hija en la casa de usted.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="36A74625" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                    <w:p w14:paraId="0CF6C9F1" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="00E92DE9">
                       <w:pPr>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="631"/>
                         </w:tabs>
-                        <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
+                        <w:spacing w:line="266" w:lineRule="auto"/>
                         <w:ind w:right="733"/>
                         <w:rPr>
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="0056453E">
                         <w:rPr>
                           <w:b/>
-                          <w:bCs/>
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Programas para niños en edad escolar o después de la escuela: </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...1 lines deleted...]
-                          <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:r w:rsidRPr="0056453E">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
-                        <w:t>Los programas para niños en edad escolar generalmente brindan cuidado infantil antes y después del horario escolar. También pueden ofrecer cuidado durante feriados escolares y el receso de verano.</w:t>
+                        <w:t>Los programas para niños en edad escolar generalmente brindan cuidado infantil antes y después del horario escolar. También pueden ofrecer cuidado durante las vacaciones escolares y el receso de verano.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="72ADCFBB" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="004F5E25">
+                    <w:p w14:paraId="72ADCFBB" w14:textId="77777777" w:rsidR="008E6768" w:rsidRPr="00E92DE9" w:rsidRDefault="008E6768" w:rsidP="008E6768">
                       <w:pPr>
-                        <w:spacing w:before="175"/>
+                        <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00943033">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658298" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35EB3100" wp14:editId="57FD2BCC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658296" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35EB3100" wp14:editId="57FD2BCC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>139820</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>868285</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7175500" cy="1706233"/>
                 <wp:effectExtent l="19050" t="19050" r="25400" b="27940"/>
                 <wp:wrapNone/>
                 <wp:docPr id="983612096" name="Text Box 983612096"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7175500" cy="1706233"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575">
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="232B0AC4" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                          <w:p w14:paraId="413B37CB" w14:textId="35B1F1C0" w:rsidR="00184029" w:rsidRPr="00966A18" w:rsidRDefault="003B612D" w:rsidP="00E92DE9">
                             <w:pPr>
-                              <w:spacing w:before="162"/>
-                              <w:ind w:left="389"/>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="726"/>
+                              </w:tabs>
+                              <w:spacing w:before="162" w:after="120"/>
+                              <w:ind w:left="43"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
                                 <w:u w:val="single"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:b/>
-                                <w:bCs/>
                                 <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
                                 <w:u w:val="single"/>
-                                <w:lang w:val="es"/>
-[...22 lines deleted...]
-                              <w:t xml:space="preserve"> contactar:</w:t>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t>Si no sabe a qué CCRR contactar:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="157598C7" w14:textId="37E5346C" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                          <w:p w14:paraId="5B69472E" w14:textId="77777777" w:rsidR="0029309F" w:rsidRPr="00966A18" w:rsidRDefault="0029309F" w:rsidP="0029309F">
                             <w:pPr>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="11"/>
                               </w:numPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="726"/>
                               </w:tabs>
                               <w:rPr>
                                 <w:b/>
+                                <w:color w:val="231F20"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="24"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:b/>
-                                <w:bCs/>
                                 <w:color w:val="231F20"/>
-                                <w:lang w:val="es"/>
-[...1 lines deleted...]
-                              <w:t xml:space="preserve">Ingrese a </w:t>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t>Ingrese a https://eeclead.force.com/EEC_CCRRSearch.</w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId16" w:history="1">
-[...6 lines deleted...]
-                            </w:hyperlink>
                           </w:p>
-                          <w:p w14:paraId="5B72BED1" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                          <w:p w14:paraId="70DC8DAB" w14:textId="77777777" w:rsidR="0029309F" w:rsidRPr="00966A18" w:rsidRDefault="0029309F" w:rsidP="00E92DE9">
                             <w:pPr>
-                              <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-                              <w:ind w:left="720"/>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="726"/>
+                              </w:tabs>
+                              <w:ind w:left="700"/>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
-                                <w:lang w:val="es"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="24"/>
+                                <w:lang w:val="es-PR"/>
                               </w:rPr>
                               <w:t>Seleccione la ciudad/localidad de Massachusetts en la que vive para consultar la información sobre las CCRR cerca de usted.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5C0F3E6D" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                          <w:p w14:paraId="43C619FB" w14:textId="25EDDBC8" w:rsidR="00184029" w:rsidRPr="00E92DE9" w:rsidRDefault="00E601E4" w:rsidP="00E92DE9">
                             <w:pPr>
-                              <w:spacing w:before="178"/>
-                              <w:ind w:left="705"/>
+                              <w:spacing w:before="118" w:after="120"/>
+                              <w:ind w:left="706"/>
                               <w:rPr>
                                 <w:b/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="00E601E4">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                                 <w:lang w:val="es"/>
                               </w:rPr>
                               <w:t>O BIEN</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4FDAC805" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                          <w:p w14:paraId="43928574" w14:textId="7E707AC7" w:rsidR="004A6619" w:rsidRPr="00966A18" w:rsidRDefault="00EB5B69" w:rsidP="00E92DE9">
                             <w:pPr>
-                              <w:pStyle w:val="BodyText"/>
-[...8 lines deleted...]
-                              <w:pStyle w:val="BodyText"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="11"/>
                               </w:numPr>
-                              <w:tabs>
-[...2 lines deleted...]
-                              <w:spacing w:before="0"/>
+                              <w:ind w:left="706" w:hanging="346"/>
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:b/>
-                                <w:bCs/>
                                 <w:color w:val="231F20"/>
-                                <w:lang w:val="es"/>
-[...1 lines deleted...]
-                              <w:t>Desde cualquier teléfono, marque 211</w:t>
+                                <w:sz w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Desde cualquier teléfono, marque 211, </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
+                            <w:r w:rsidRPr="00966A18">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
-                                <w:lang w:val="es"/>
-[...1 lines deleted...]
-                              <w:t xml:space="preserve">, la línea telefónica de información y remisiones de los </w:t>
+                                <w:sz w:val="24"/>
+                                <w:lang w:val="es-PR"/>
+                              </w:rPr>
+                              <w:t>la línea telefónica de información y remisiones de los Health and Human Services, y obtenga información sobre las CCRR cerca de usted.</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005C21BC">
-[...19 lines deleted...]
-                            </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="35EB3100" id="Text Box 983612096" o:spid="_x0000_s1063" type="#_x0000_t202" style="position:absolute;margin-left:11pt;margin-top:68.35pt;width:565pt;height:134.35pt;z-index:-251658182;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8ccRRBgIAAOEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtpJl6Yz4hRdig4D&#10;ugvQ7gMUSY6FyaImKrGzrx8lO8mwvQ3zg0Cb4uHh4fHqbugsO+iABlzNZ1clZ9pJUMbtav7t5fHN&#10;LWcYhVPCgtM1P2rkd+vXr1a9r/QcWrBKB0YgDqve17yN0VdFgbLVncAr8NpRsoHQiUivYVeoIHpC&#10;72wxL8ubooegfACpEenrw5jk64zfNFrGL02DOjJbc+IW8xnyuU1nsV6JaheEb42caIh/YNEJ46jp&#10;GepBRMH2wfwF1RkZAKGJVxK6AprGSJ1noGlm5R/TPLfC6zwLiYP+LBP+P1j5+fDsvwYWh/cw0ALz&#10;EOifQH5H5mDTCrfT9yFA32qhqPEsSVb0HqupNEmNFSaQbf8JFC1Z7CNkoKEJXVKF5mSETgs4nkXX&#10;Q2SSPi5ny8WipJSk3GxZ3syvr3MPUZ3KfcD4QUPHUlDzQFvN8OLwhDHREdXpSurm4NFYmzdrHetr&#10;Pr9dLBfjZGCNStl0D4+4sYEdBHmDLKWgfyFSnFmBkRLEND8TGbyUUj/rJhXS4KMEcdgOzKiav32X&#10;SpIqW1BH0iXA6Dv6TyhoIfzkrCfP1Rx/7EXQ1PKjI22TQU9BOAXbUyCcpNKaE8Mx3MTRyHsfzK4l&#10;5HF7Du5J/8ZkZS4sJr7koyzY5Plk1N/f863Ln7n+BQAA//8DAFBLAwQUAAYACAAAACEAB834YuAA&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT0JYqxKkKUnuBS1tarm68&#10;JBH2OrKdNPTrcU5w3NnRzJt8NRjNenS+sSRgOkmAIZVWNVQJ+DhsHpbAfJCkpLaEAn7Qw6q4vcll&#10;puyFdtjvQ8ViCPlMCqhDaDPOfVmjkX5iW6T4+7LOyBBPV3Hl5CWGG83TJFlwIxuKDbVs8bXG8nvf&#10;GQG6c+379vr5ct0eTvqtX27Wx50W4v5uWD8DCziEPzOM+BEdish0th0pz7SANI1TQtQfF0/ARsN0&#10;PkpnAbNkPgNe5Pz/huIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfHHEUQYCAADhAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAB834YuAAAAAL&#10;AQAADwAAAAAAAAAAAAAAAABgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" strokecolor="windowText" strokeweight="2.25pt">
+              <v:shape w14:anchorId="35EB3100" id="Text Box 983612096" o:spid="_x0000_s1073" type="#_x0000_t202" style="position:absolute;margin-left:11pt;margin-top:68.35pt;width:565pt;height:134.35pt;z-index:-251658184;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMx4+3BgIAAOEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6r3bSpSmMOEWXosOA&#10;bh3Q7gMUSY6FyaImKrGzrx8lO8mw3Yb5INCm+Pj4+Ly6GzrLDjqgAVfz2VXJmXYSlHG7mn97fXx3&#10;yxlG4ZSw4HTNjxr53frtm1XvKz2HFqzSgRGIw6r3NW9j9FVRoGx1J/AKvHaUbCB0ItJr2BUqiJ7Q&#10;O1vMy/Km6CEoH0BqRPr6MCb5OuM3jZbxuWlQR2ZrTtxiPkM+t+ks1itR7YLwrZETDfEPLDphHDU9&#10;Qz2IKNg+mL+gOiMDIDTxSkJXQNMYqfMMNM2s/GOal1Z4nWchcdCfZcL/Byu/HF7818Di8AEGWmAe&#10;Av0TyO/IHGxa4Xb6PgToWy0UNZ4lyYreYzWVJqmxwgSy7T+DoiWLfYQMNDShS6rQnIzQaQHHs+h6&#10;iEzSx+VsuViUlJKUmy3Lm/n1de4hqlO5Dxg/auhYCmoeaKsZXhyeMCY6ojpdSd0cPBpr82atY33N&#10;57eL5WKcDKxRKZvu4RE3NrCDIG+QpRT0r0SKMyswUoKY5mcig5dS6mfdpEIafJQgDtuBGVXz98tU&#10;klTZgjqSLgFG39F/QkEL4SdnPXmu5vhjL4Kmlp8caZsMegrCKdieAuEkldacGI7hJo5G3vtgdi0h&#10;j9tzcE/6NyYrc2Ex8SUfZcEmzyej/v6eb13+zPUvAAAA//8DAFBLAwQUAAYACAAAACEAB834YuAA&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT0JYqxKkKUnuBS1tarm68&#10;JBH2OrKdNPTrcU5w3NnRzJt8NRjNenS+sSRgOkmAIZVWNVQJ+DhsHpbAfJCkpLaEAn7Qw6q4vcll&#10;puyFdtjvQ8ViCPlMCqhDaDPOfVmjkX5iW6T4+7LOyBBPV3Hl5CWGG83TJFlwIxuKDbVs8bXG8nvf&#10;GQG6c+379vr5ct0eTvqtX27Wx50W4v5uWD8DCziEPzOM+BEdish0th0pz7SANI1TQtQfF0/ARsN0&#10;PkpnAbNkPgNe5Pz/huIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzMePtwYCAADhAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAB834YuAAAAAL&#10;AQAADwAAAAAAAAAAAAAAAABgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" strokecolor="windowText" strokeweight="2.25pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="232B0AC4" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                    <w:p w14:paraId="413B37CB" w14:textId="35B1F1C0" w:rsidR="00184029" w:rsidRPr="00966A18" w:rsidRDefault="003B612D" w:rsidP="00E92DE9">
                       <w:pPr>
-                        <w:spacing w:before="162"/>
-                        <w:ind w:left="389"/>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="726"/>
+                        </w:tabs>
+                        <w:spacing w:before="162" w:after="120"/>
+                        <w:ind w:left="43"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
                           <w:u w:val="single"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:b/>
-                          <w:bCs/>
                           <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
                           <w:u w:val="single"/>
-                          <w:lang w:val="es"/>
-[...22 lines deleted...]
-                        <w:t xml:space="preserve"> contactar:</w:t>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t>Si no sabe a qué CCRR contactar:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="157598C7" w14:textId="37E5346C" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                    <w:p w14:paraId="5B69472E" w14:textId="77777777" w:rsidR="0029309F" w:rsidRPr="00966A18" w:rsidRDefault="0029309F" w:rsidP="0029309F">
                       <w:pPr>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="11"/>
                         </w:numPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="726"/>
                         </w:tabs>
                         <w:rPr>
                           <w:b/>
+                          <w:color w:val="231F20"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="24"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:b/>
-                          <w:bCs/>
                           <w:color w:val="231F20"/>
-                          <w:lang w:val="es"/>
-[...1 lines deleted...]
-                        <w:t xml:space="preserve">Ingrese a </w:t>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t>Ingrese a https://eeclead.force.com/EEC_CCRRSearch.</w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId17" w:history="1">
-[...6 lines deleted...]
-                      </w:hyperlink>
                     </w:p>
-                    <w:p w14:paraId="5B72BED1" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                    <w:p w14:paraId="70DC8DAB" w14:textId="77777777" w:rsidR="0029309F" w:rsidRPr="00966A18" w:rsidRDefault="0029309F" w:rsidP="00E92DE9">
                       <w:pPr>
-                        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-                        <w:ind w:left="720"/>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="726"/>
+                        </w:tabs>
+                        <w:ind w:left="700"/>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
-                          <w:lang w:val="es"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="24"/>
+                          <w:lang w:val="es-PR"/>
                         </w:rPr>
                         <w:t>Seleccione la ciudad/localidad de Massachusetts en la que vive para consultar la información sobre las CCRR cerca de usted.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5C0F3E6D" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                    <w:p w14:paraId="43C619FB" w14:textId="25EDDBC8" w:rsidR="00184029" w:rsidRPr="00E92DE9" w:rsidRDefault="00E601E4" w:rsidP="00E92DE9">
                       <w:pPr>
-                        <w:spacing w:before="178"/>
-                        <w:ind w:left="705"/>
+                        <w:spacing w:before="118" w:after="120"/>
+                        <w:ind w:left="706"/>
                         <w:rPr>
                           <w:b/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="00E601E4">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                           <w:lang w:val="es"/>
                         </w:rPr>
                         <w:t>O BIEN</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4FDAC805" w14:textId="77777777" w:rsidR="004F5E25" w:rsidRPr="005C21BC" w:rsidRDefault="004F5E25" w:rsidP="004F5E25">
+                    <w:p w14:paraId="43928574" w14:textId="7E707AC7" w:rsidR="004A6619" w:rsidRPr="00966A18" w:rsidRDefault="00EB5B69" w:rsidP="00E92DE9">
                       <w:pPr>
-                        <w:pStyle w:val="BodyText"/>
-[...8 lines deleted...]
-                        <w:pStyle w:val="BodyText"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="11"/>
                         </w:numPr>
-                        <w:tabs>
-[...2 lines deleted...]
-                        <w:spacing w:before="0"/>
+                        <w:ind w:left="706" w:hanging="346"/>
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:b/>
-                          <w:bCs/>
                           <w:color w:val="231F20"/>
-                          <w:lang w:val="es"/>
-[...1 lines deleted...]
-                        <w:t>Desde cualquier teléfono, marque 211</w:t>
+                          <w:sz w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Desde cualquier teléfono, marque 211, </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
+                      <w:r w:rsidRPr="00966A18">
                         <w:rPr>
                           <w:color w:val="231F20"/>
-                          <w:lang w:val="es"/>
-[...1 lines deleted...]
-                        <w:t xml:space="preserve">, la línea telefónica de información y remisiones de los </w:t>
+                          <w:sz w:val="24"/>
+                          <w:lang w:val="es-PR"/>
+                        </w:rPr>
+                        <w:t>la línea telefónica de información y remisiones de los Health and Human Services, y obtenga información sobre las CCRR cerca de usted.</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005C21BC">
-[...19 lines deleted...]
-                      </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50681116" w14:textId="77777777" w:rsidR="00F171C0" w:rsidRPr="00F171C0" w:rsidRDefault="00F171C0" w:rsidP="00F171C0">
-[...2520 lines deleted...]
-    <w:sectPr w:rsidR="00F171C0" w:rsidRPr="00F171C0">
+    <w:p w14:paraId="4BE48965" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24703740" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="410A6A30" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="427C3BCF" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E203C91" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="266D92A0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DCA3D7F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="385BBAD8" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F1EC205" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27D652A4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3183A5C8" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="015B0D10" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28A55AF7" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02220605" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30F585A8" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BA51A04" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56AD874E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D075E22" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F340B28" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="205DADE6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22B2C33E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C944136" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43AFAFF9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A126E5F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6358D706" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BFF29DA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16C83E2F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DC52142" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ED0E55D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D97E530" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="323930CD" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64F036C6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D263EFB" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66E5CE5F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23549558" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B109C7E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22A3C3B6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E18E9AA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68992D6D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15488A2E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1305FBB5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="038F6433" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CB93F37" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0371D045" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="481101DE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35AD591C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1081B4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C1116BA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33203EAC" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68CCC640" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DEC0239" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D5ABAFF" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E7A5569" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="433A45E7" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FCBEBC3" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ECA67FF" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="270FD154" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DD929F5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1582011C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="104A3E24" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F2CBE89" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13BA87D4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EE8D972" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D12A55B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5617F1CD" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="084EDAD9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="138EABED" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69AC44B5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E4D4143" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E512BCF" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D3E8F8C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40000DB4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DFE4B0E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="262AA76D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56AAD5AB" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48AB7130" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C6E9D6D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D50C5DF" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A239B8B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="551E5C82" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2511BC25" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D1926E8" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E0990AE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02728193" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5116B539" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B6498CE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="229510AA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48812131" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50817245" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="392980B6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="724C0D7C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3911609F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C3BB806" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="107649F4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="038B78CF" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D91C41E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3442A51E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A740BCA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46C3404F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14535DF6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C9CFA47" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70DA0DD9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05AFB631" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68073B6D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="541EB2A6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="185C0949" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E5396C6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ACA5671" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3653DBC2" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2666352C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="759A916A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F2B1B6B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E838A17" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35B30BD8" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B106B55" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14A6397E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B454AED" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AC8AED9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C3FB255" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E7E6E8C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65D1844C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29420B31" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48C702C6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56F0076E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FC16DC3" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D2D0201" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A14B74E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F18CEBE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B14339E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BC5B8E5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29B98650" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="570489ED" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DB7F22E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B99D471" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E884420" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B3D3E2C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="027BED32" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34CAE9F8" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="003DB4D9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38C5300D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1552DCEC" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3051A6D6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3664A1C9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7842D88F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E809312" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F33D1AC" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7367A020" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EC6DDDB" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D56C1C7" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E8AAA83" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ADD9BFE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72EAE884" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11CB72A5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4239B97B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C3B04B1" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2743ADC3" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14B27280" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E2D5F16" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="075364AB" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13C6C03E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39FAC71E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28B60B8E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18CA4F08" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45FAF94E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19EEF7F0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="477277C6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DCD0EF6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="294AF46D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="164AD166" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="498503A5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35608B4B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B645320" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="643C077C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6192D017" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C25AFF1" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28346B3C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="447992B0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B46902D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A34A53B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A58FB95" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="411669D8" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C3D1522" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16E2342B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="102AEB99" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76EA1330" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49E1F0B9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60D44247" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AFEB81B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B598CD3" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FCA8009" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="346C06C3" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B7403B9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A4B40D2" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="564FF83F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BB441FD" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="577569EA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B0B323A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20337757" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="565C080F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6551C71B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59FF4F9C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73E65BA2" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73E00379" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A7FB9FF" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F59C87B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55578437" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F75716D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D188B9C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D9CAF63" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6493FAA3" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42FB252C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="726394B9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4518D395" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32AC6B98" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25D90414" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="316D0401" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22348DC1" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06A72BF0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E0A10B0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FC1DB98" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E07E378" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47842BE0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CC363E4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33593A16" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49F8F41D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C19CA39" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="411AA3D8" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="179B09EA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ABC6B84" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D3C4D82" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0312E082" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37D56A6F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FCC94E2" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A4B3ACA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42ACC6DE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="722D627C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66CCA87C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="475ACBFD" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09F9A2D0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BD53BC3" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67C77755" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AE6C6B5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5379C74F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A2EBE62" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49AAD60A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="339F7821" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C87BC3E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FA805BE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00E1F9F5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CCB9D7C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BE41421" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5780A200" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61B5449E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F0A29DC" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E19FF41" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="147FC240" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C5927A0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DEB21D0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C6C5AB6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BB3C872" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47BF3B9D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="688CFCB2" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C7BB2B9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6456210A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11DDCB2D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10D4AB82" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0922785F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19463049" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EC90C55" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20680C3F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="750ABEED" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41090B8E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A56DF1E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C62C281" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C965CE5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EAD57B5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DB476C1" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0727F9C3" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19514096" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CCF5379" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A3F4378" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A2D80AA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BB87BFB" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65E84386" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="538F4D5E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DB544E0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71B64E83" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D0FD63D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2178E5B1" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32977B08" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54E7CCCE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77D9B82C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75109B46" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DAC1784" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71049DE8" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56CFA5C3" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47F52765" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F653BD3" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A6132A0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DE9516F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B2A073F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38A9ACD0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1825FCEE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E8F0C70" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7800BF84" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1819A851" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58A1B007" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="474E86D5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D5D31D7" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="014FCB0D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03EEABEB" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75CCB455" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DE18DBA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E194B29" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23E49F28" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="509A9A3A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75CD9CBF" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="553E3430" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1313B342" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="617DC13D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B4A7A65" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06997E9F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6895504F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A2E55A5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4996F066" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6676C043" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37CEC3A9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13866AC9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F59F321" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AE57D11" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A411B98" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35B70CD1" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DE43399" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76200F67" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46CD4F8B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14817175" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B23F52C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D85D34A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="173212F2" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B3B15BC" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A37C197" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FFECDA0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F9142C9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64431B56" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F95221A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F03EAD9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C3C2335" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="436D3FCF" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15031B16" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FB19D0F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72B00DAD" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73C1C5AE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3008FB9A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6613471C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52DC1105" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28A77DC7" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="201C021E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="638DBEE2" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0027E715" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38DF465C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20A948CA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32BC7D4F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D418329" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1568C4CB" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4349EF26" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BAAC121" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32616491" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28F9CCE1" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C7CA48A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D2A6A59" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42E737ED" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B06BFC4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45F897FA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="149AC835" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FA7D728" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76D1BFDC" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="700AD19D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47CE32DE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FB037BA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="250C6C12" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13D8307E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27650835" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00CB41A2" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="228A9F71" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73292244" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B07D945" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B2F3417" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75BC425D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D199697" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F24570E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1944C3A6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27E71AAB" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="054B9F1D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16C0ACA4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74B69018" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40F3088D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67653755" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35293F35" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ACDB312" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53C1A6F4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="676DBAF9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C87DB76" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66AF4227" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE8943E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DD87367" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DE77E5A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E674629" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B7E6ED8" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74A02CB5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="121C2915" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66A89E1A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AFD94BA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28562FE9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C4F0B7D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43CD1FAE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A48EBCE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31D39F28" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="353BAEFA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DDBDE65" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C55F0F9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="126D2DCF" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B4A1708" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B9AE56F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68EF99AB" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="217FD3A4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="190263DD" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E0D4D03" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EE65A36" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16DFD067" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05B7B61B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="559BC5C2" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D7BE8A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="068C67A9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43833A2A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72ED4549" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6183814D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7881CE5C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="109D06FC" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D34C3CE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B573C93" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51ED0F01" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="650A032C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DEA0C39" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C6C94DE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25FEB371" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BDDDA7E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D3EC9D2" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62C9A409" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55622CA5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65253276" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31199B8A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0980E54E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DA26E5B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FF56145" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E95A1E8" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78F63150" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="731B657B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="152C3759" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="228D99BB" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="577718B1" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5629BD16" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5415222A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47681A68" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E7FA6D4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="074D34E4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76B63744" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27D2BBC1" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08B8767B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28C53B06" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18D4FF98" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C1BE209" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E25B863" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31A8E1F5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63553CDA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="700E4414" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EAE7A3D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E22177A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7990773F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="293D4C00" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D982749" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="357DF646" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72E2FF85" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="620B6DF7" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22B0177F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11E993DD" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A583920" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AE5F05E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16B5C17D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2216E109" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11217C62" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34FE1EC4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55C08F1A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B10EEC8" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21E47AF9" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BF56475" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="535FD1EE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="554DC0D0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2314188F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51F8E479" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48B5480A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="338D61B3" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16BAAFF1" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA9CEC7" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30B37F5F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79F5B9BD" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B6D5739" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D34A89A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5688E684" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D4FD83B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D94587C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="034E2772" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46A70EAE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01900800" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58947145" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57A5C431" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="603D0F02" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3768E329" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DC92099" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FF7F38D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="499E1074" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EF4A3B6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="359B9D3C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DED3530" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44FC75FE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="617239E3" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52B39102" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="155493CC" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41C016E8" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="683A136A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BA22401" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C48E7C0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04FB532E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EEFA87E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EDC35F8" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05580E05" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="169F5BBD" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D9817FB" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B23E2D0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F0F3675" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E3FEFFE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="353036F6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="031A9784" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00AA611B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D545264" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="070DC8C6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="318DD888" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DF7E71A" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6268E7AE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5465218D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E1407FD" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E4CBFAD" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19EC8465" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A32A443" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14114811" w14:textId="25929F39" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E2DCA10" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C722F23" w14:textId="04F3047C" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="001B46BD" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664441" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="490A2287" wp14:editId="2FD925B4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>4655820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="margin">
+                  <wp:posOffset>8128000</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2668905" cy="1459865"/>
+                <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+                <wp:wrapNone/>
+                <wp:docPr id="80224174" name="Text Box 54"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2668905" cy="1459865"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="0F599B60" w14:textId="2F0789EB" w:rsidR="002256EF" w:rsidRDefault="00CF704A" w:rsidP="008A2124">
+                            <w:pPr>
+                              <w:ind w:left="630"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00CF704A">
+                              <w:rPr>
+                                <w:noProof/>
+                              </w:rPr>
+                              <w:drawing>
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="237E8D97" wp14:editId="338C313E">
+                                  <wp:extent cx="2177586" cy="1228090"/>
+                                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                                  <wp:docPr id="2033330067" name="Picture 56"/>
+                                  <wp:cNvGraphicFramePr>
+                                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                                  </wp:cNvGraphicFramePr>
+                                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                        <pic:nvPicPr>
+                                          <pic:cNvPr id="0" name="Picture 3"/>
+                                          <pic:cNvPicPr>
+                                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                                          </pic:cNvPicPr>
+                                        </pic:nvPicPr>
+                                        <pic:blipFill>
+                                          <a:blip r:embed="rId17">
+                                            <a:extLst>
+                                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                              </a:ext>
+                                            </a:extLst>
+                                          </a:blip>
+                                          <a:srcRect/>
+                                          <a:stretch>
+                                            <a:fillRect/>
+                                          </a:stretch>
+                                        </pic:blipFill>
+                                        <pic:spPr bwMode="auto">
+                                          <a:xfrm>
+                                            <a:off x="0" y="0"/>
+                                            <a:ext cx="2182429" cy="1230822"/>
+                                          </a:xfrm>
+                                          <a:prstGeom prst="rect">
+                                            <a:avLst/>
+                                          </a:prstGeom>
+                                          <a:noFill/>
+                                          <a:ln>
+                                            <a:noFill/>
+                                          </a:ln>
+                                        </pic:spPr>
+                                      </pic:pic>
+                                    </a:graphicData>
+                                  </a:graphic>
+                                </wp:inline>
+                              </w:drawing>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="490A2287" id="Text Box 54" o:spid="_x0000_s1074" type="#_x0000_t202" style="position:absolute;margin-left:366.6pt;margin-top:640pt;width:210.15pt;height:114.95pt;z-index:-251652039;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpKjQgMwIAAF0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwkUKCDCirKiqrTa&#10;XYld7dk4NrHkeFzbkNBf37HDV7c9Vb04M57x88yb58zv2lqTg3BegSlov5dTIgyHUpldQV9f1p8m&#10;lPjATMk0GFHQo/D0bvHxw7yxMzGACnQpHEEQ42eNLWgVgp1lmeeVqJnvgRUGgxJczQK6bpeVjjWI&#10;XutskOfjrAFXWgdceI+7912QLhK+lIKHJym9CEQXFGsLaXVp3cY1W8zZbOeYrRQ/lcH+oYqaKYOX&#10;XqDuWWBk79QfULXiDjzI0ONQZyCl4iL1gN3083fdbCpmReoFyfH2QpP/f7D88bCxz46E9iu0OMBI&#10;SGP9zONm7KeVro5frJRgHCk8XmgTbSAcNwfj8WSajyjhGOsPR9PJeBRxsutx63z4JqAm0Siow7kk&#10;utjhwYcu9ZwSb/OgVblWWicnakGstCMHhlPUIRWJ4L9laUOago4/j/IEbCAe75C1wVquTUUrtNuW&#10;qLKgw8m54y2URyTCQacRb/laYbEPzIdn5lAU2DsKPTzhIjXgZXCyKKnA/fzbfszHWWGUkgZFVlD/&#10;Y8+coER/NzjFaX84jKpMznD0ZYCOu41sbyNmX68AGejjk7I8mTE/6LMpHdRv+B6W8VYMMcPx7oKG&#10;s7kKnfTxPXGxXKYk1KFl4cFsLI/QkfE4ipf2jTl7mlfAUT/CWY5s9m5sXW48aWC5DyBVmmkkumP1&#10;xD9qOKni9N7iI7n1U9b1r7D4BQAA//8DAFBLAwQUAAYACAAAACEAsmfeRuQAAAAOAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPS0/DMBCE70j8B2uRuCBqN1ZoG+JUCPGQeqPhIW5uvCQRsR3FbhL+PdsT&#10;3HY0n2Zn8u1sOzbiEFrvFCwXAhi6ypvW1Qpey8frNbAQtTO68w4V/GCAbXF+luvM+Mm94LiPNaMQ&#10;FzKtoImxzzgPVYNWh4Xv0ZH35QerI8mh5mbQE4XbjidC3HCrW0cfGt3jfYPV9/5oFXxe1R+7MD+9&#10;TTKV/cPzWK7eTanU5cV8dwss4hz/YDjVp+pQUKeDPzoTWKdgJWVCKBnJWtCqE7JMZQrsQFcqNhvg&#10;Rc7/zyh+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKkqNCAzAgAAXQQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALJn3kbkAAAADgEAAA8AAAAA&#10;AAAAAAAAAAAAjQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="0F599B60" w14:textId="2F0789EB" w:rsidR="002256EF" w:rsidRDefault="00CF704A" w:rsidP="008A2124">
+                      <w:pPr>
+                        <w:ind w:left="630"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00CF704A">
+                        <w:rPr>
+                          <w:noProof/>
+                        </w:rPr>
+                        <w:drawing>
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="237E8D97" wp14:editId="338C313E">
+                            <wp:extent cx="2177586" cy="1228090"/>
+                            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                            <wp:docPr id="397834991" name="Picture 56"/>
+                            <wp:cNvGraphicFramePr>
+                              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                            </wp:cNvGraphicFramePr>
+                            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                  <pic:nvPicPr>
+                                    <pic:cNvPr id="0" name="Picture 3"/>
+                                    <pic:cNvPicPr>
+                                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                                    </pic:cNvPicPr>
+                                  </pic:nvPicPr>
+                                  <pic:blipFill>
+                                    <a:blip r:embed="rId21">
+                                      <a:extLst>
+                                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                        </a:ext>
+                                      </a:extLst>
+                                    </a:blip>
+                                    <a:srcRect/>
+                                    <a:stretch>
+                                      <a:fillRect/>
+                                    </a:stretch>
+                                  </pic:blipFill>
+                                  <pic:spPr bwMode="auto">
+                                    <a:xfrm>
+                                      <a:off x="0" y="0"/>
+                                      <a:ext cx="2182429" cy="1230822"/>
+                                    </a:xfrm>
+                                    <a:prstGeom prst="rect">
+                                      <a:avLst/>
+                                    </a:prstGeom>
+                                    <a:noFill/>
+                                    <a:ln>
+                                      <a:noFill/>
+                                    </a:ln>
+                                  </pic:spPr>
+                                </pic:pic>
+                              </a:graphicData>
+                            </a:graphic>
+                          </wp:inline>
+                        </w:drawing>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin" anchory="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7006E1A4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="707DC490" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C72574B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1280422F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5576E4D1" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04EBB7E3" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5855A424" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A16935C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3950B3DE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75ACB482" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79E2CE1E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="609216A3" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C25616F" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6383D052" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52DD09C5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AF9CDE0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AA296ED" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="702DFA76" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AE3AF04" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FD40D29" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B6E176E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DE1607D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BADB606" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C1DB0B5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="657F6228" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A7234E1" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42B136D0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C63F469" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3745485B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="265676A2" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7095FE4D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ADE2A71" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72C5CE25" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09D78978" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="137D9480" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2226CCB1" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75FACD8E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48CF1556" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FC0A414" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3359918D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="207F7134" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69CB1822" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04E67DA4" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="437C5C41" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C36775C" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A2D8933" w14:textId="4DBC76C4" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8661"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7CFD78" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="436CBC61" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="021C6A35" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38559F58" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63603532" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14784FFF" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62BEA011" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D19532D" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12306302" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D3DFC68" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06627A33" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35EFE280" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44E35A86" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EF1A4E6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65475E91" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71D4B794" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FFA6F8E" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54FDCDCC" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E520396" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="339401E5" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F5C02E0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EE6A2F7" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="784A5E64" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="169A82D6" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71731B66" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56FEB647" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13710935" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="729BC320" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C0B7C26" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D29E1CA" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EBD3AE0" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="677E2396" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3807A25B" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="616F7FFC" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11F22973" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FABF2B2" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73921BF7" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26940DAE" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08524841" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4791AF96" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06D40FDB" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5883A777" w14:textId="77777777" w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidRDefault="002256EF" w:rsidP="002256EF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002256EF" w:rsidRPr="002256EF" w:rsidSect="00311D95">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="460" w:right="360" w:bottom="0" w:left="340" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="460" w:right="360" w:bottom="0" w:left="340" w:header="720" w:footer="88" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="26D91D94" w14:textId="77777777" w:rsidR="002B4E53" w:rsidRDefault="002B4E53" w:rsidP="00311D95">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="12C93589" w14:textId="77777777" w:rsidR="002B4E53" w:rsidRDefault="002B4E53" w:rsidP="00311D95">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -11312,50 +12754,201 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="548C80E9" w14:textId="14F42E3A" w:rsidR="00311D95" w:rsidRPr="00311D95" w:rsidRDefault="00311D95" w:rsidP="00311D95">
+    <w:pPr>
+      <w:spacing w:line="183" w:lineRule="exact"/>
+      <w:ind w:left="20"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>TAFDC</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:spacing w:val="-5"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>CCFS</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:spacing w:val="-4"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">(Rev. </w:t>
+    </w:r>
+    <w:r w:rsidR="00C802BE">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>/2026)</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:spacing w:val="-4"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:spacing w:val="-4"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>25-64</w:t>
+    </w:r>
+    <w:r w:rsidR="00233F92">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>-1220-</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri"/>
+        <w:color w:val="211E1F"/>
+        <w:spacing w:val="-5"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>05</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0157B800" w14:textId="77777777" w:rsidR="002B4E53" w:rsidRDefault="002B4E53" w:rsidP="00311D95">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6C7B1CAB" w14:textId="77777777" w:rsidR="002B4E53" w:rsidRDefault="002B4E53" w:rsidP="00311D95">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="130015E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9578B5A8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -12238,687 +13831,556 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="372D7A39"/>
+    <w:nsid w:val="3A575C66"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="63DA3E12"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="726" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="231F20"/>
+        <w:w w:val="113"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1780" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2840" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3900" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4960" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6020" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7080" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8140" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9200" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3ACB50C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FF8E390"/>
-    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="0" w:tplc="C9AC5E98">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="721" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:w w:val="113"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="1" w:tplc="9CCAA03A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="981" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:w w:val="125"/>
         <w:position w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="2" w:tplc="D3807CDC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1610" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="3" w:tplc="84F29814">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2240" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="4" w:tplc="B038FB9A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2870" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="5" w:tplc="1096BB1A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3500" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="6" w:tplc="63FAFA00">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4130" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="7" w:tplc="6E5E6C20">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4760" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="8" w:tplc="9EEE9A46">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5390" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3A575C66"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EFF6BE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="63DA3E12"/>
-    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+    <w:tmpl w:val="6C080E08"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="726" w:hanging="340"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B5A087B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1DD03DC6"/>
+    <w:lvl w:ilvl="0" w:tplc="4456284A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="651" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:w w:val="125"/>
+        <w:position w:val="3"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C56EAEFE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1061" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E5B4EFCC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1462" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0640104E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1863" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F244A8D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="83A4A970">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2665" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="CD6E97C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3066" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AA84075C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3467" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CD163ADC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3868" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59D51782"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A73AF9CE"/>
+    <w:lvl w:ilvl="0" w:tplc="568A557A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="721" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
-        <w:color w:val="231F20"/>
-[...121 lines deleted...]
-        <w:color w:val="auto"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:w w:val="113"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9CCAA03A">
+    <w:lvl w:ilvl="1" w:tplc="E1A03EBA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="981" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:w w:val="125"/>
         <w:position w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D3807CDC">
-[...337 lines deleted...]
-    </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1610" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2240" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
@@ -12960,51 +14422,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4760" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5390" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B1047DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63DA3E12"/>
     <w:lvl w:ilvl="0" w:tplc="A03CCD32">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="700" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="231F20"/>
         <w:w w:val="113"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7B32D114">
@@ -13082,51 +14544,51 @@
     <w:lvl w:ilvl="7" w:tplc="73168F5E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8114" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9DC070F2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9174" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C310C35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBEEA67A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="513" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1233" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13195,51 +14657,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5553" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6273" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EBC1A0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="931ACD7A"/>
     <w:lvl w:ilvl="0" w:tplc="5E766CB0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="851" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="161CB948">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1908" w:hanging="360"/>
       </w:pPr>
@@ -13311,51 +14773,51 @@
     <w:lvl w:ilvl="7" w:tplc="2ED65312">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8196" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3F8C4600">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9244" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61861A0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5FA4BBE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1376" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2096" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13424,51 +14886,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6416" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7136" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="643B07A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF9431F4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13537,51 +14999,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6ED6477C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A48C742"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="513" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1233" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13650,51 +15112,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5553" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6273" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74151A96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30405112"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13763,51 +15225,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B6B7ABB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE0CC63C"/>
     <w:lvl w:ilvl="0" w:tplc="DA78F06C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13852,51 +15314,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EC76A31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63DA3E12"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="700" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="231F20"/>
         <w:w w:val="113"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
@@ -13978,576 +15440,594 @@
       <w:pPr>
         <w:ind w:left="8114" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9174" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="737168745">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="890851105">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1369916249">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1416826066">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1548104712">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2046901984">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="150366616">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1883052395">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="320932850">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1637761506">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="673462101">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1269700524">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1369916249">
-[...28 lines deleted...]
-  </w:num>
   <w:num w:numId="13" w16cid:durableId="537015547">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1151673099">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2050688772">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="797378296">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="176968249">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="90858880">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="437987067">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="896009473">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1621842779">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1814172200">
     <w:abstractNumId w:val="6"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B7AA4"/>
     <w:rsid w:val="00004E52"/>
     <w:rsid w:val="00005868"/>
     <w:rsid w:val="00006EB3"/>
     <w:rsid w:val="0000717C"/>
     <w:rsid w:val="00015EA8"/>
     <w:rsid w:val="000314F7"/>
     <w:rsid w:val="00036716"/>
     <w:rsid w:val="0003723B"/>
     <w:rsid w:val="0004795D"/>
     <w:rsid w:val="000652FE"/>
     <w:rsid w:val="000713D3"/>
     <w:rsid w:val="00071AFA"/>
     <w:rsid w:val="00071DF0"/>
-    <w:rsid w:val="0007620B"/>
     <w:rsid w:val="00077343"/>
     <w:rsid w:val="0008095F"/>
     <w:rsid w:val="000824CB"/>
     <w:rsid w:val="000852B0"/>
     <w:rsid w:val="00093AFE"/>
     <w:rsid w:val="000A1430"/>
     <w:rsid w:val="000B50D8"/>
     <w:rsid w:val="000C72F8"/>
-    <w:rsid w:val="000C794F"/>
+    <w:rsid w:val="000E02E7"/>
     <w:rsid w:val="000E1129"/>
     <w:rsid w:val="000E11CD"/>
     <w:rsid w:val="000E3785"/>
     <w:rsid w:val="000E70AF"/>
     <w:rsid w:val="000F6315"/>
     <w:rsid w:val="001017E6"/>
     <w:rsid w:val="00112357"/>
     <w:rsid w:val="0011329E"/>
     <w:rsid w:val="001140D5"/>
+    <w:rsid w:val="001158D6"/>
     <w:rsid w:val="001178DA"/>
     <w:rsid w:val="00123CE1"/>
     <w:rsid w:val="00141C05"/>
     <w:rsid w:val="00167E1A"/>
     <w:rsid w:val="001701EE"/>
     <w:rsid w:val="001724EF"/>
     <w:rsid w:val="00172A54"/>
     <w:rsid w:val="00173394"/>
     <w:rsid w:val="0017367B"/>
     <w:rsid w:val="00173B62"/>
     <w:rsid w:val="001801B1"/>
     <w:rsid w:val="00184029"/>
     <w:rsid w:val="00186D01"/>
     <w:rsid w:val="001A1883"/>
     <w:rsid w:val="001A549D"/>
     <w:rsid w:val="001A715A"/>
+    <w:rsid w:val="001B46BD"/>
     <w:rsid w:val="001B7AA4"/>
     <w:rsid w:val="001C0D76"/>
     <w:rsid w:val="001C7154"/>
     <w:rsid w:val="001E799D"/>
     <w:rsid w:val="001F65B3"/>
     <w:rsid w:val="00202F21"/>
     <w:rsid w:val="00211C22"/>
     <w:rsid w:val="00214BA8"/>
     <w:rsid w:val="00215465"/>
     <w:rsid w:val="00215713"/>
     <w:rsid w:val="00217BAB"/>
+    <w:rsid w:val="002256EF"/>
+    <w:rsid w:val="00227EB5"/>
     <w:rsid w:val="00232D25"/>
+    <w:rsid w:val="00233F92"/>
     <w:rsid w:val="002473CF"/>
     <w:rsid w:val="00250432"/>
     <w:rsid w:val="0025675B"/>
     <w:rsid w:val="00256D21"/>
+    <w:rsid w:val="002659E2"/>
     <w:rsid w:val="00273BE7"/>
     <w:rsid w:val="00281243"/>
     <w:rsid w:val="002829D3"/>
     <w:rsid w:val="00285F50"/>
     <w:rsid w:val="002871BF"/>
     <w:rsid w:val="0029309F"/>
     <w:rsid w:val="002A3091"/>
+    <w:rsid w:val="002B0023"/>
     <w:rsid w:val="002B39D7"/>
     <w:rsid w:val="002B3A7B"/>
+    <w:rsid w:val="002B4E53"/>
     <w:rsid w:val="002B78A4"/>
     <w:rsid w:val="002C7DC5"/>
     <w:rsid w:val="002D674D"/>
     <w:rsid w:val="002E4AD4"/>
     <w:rsid w:val="002E5674"/>
     <w:rsid w:val="002F05F7"/>
     <w:rsid w:val="00300968"/>
     <w:rsid w:val="00304651"/>
     <w:rsid w:val="00311BC5"/>
+    <w:rsid w:val="00311D95"/>
     <w:rsid w:val="00316692"/>
     <w:rsid w:val="003216AE"/>
     <w:rsid w:val="00327F1B"/>
     <w:rsid w:val="00332FF8"/>
+    <w:rsid w:val="00334E34"/>
     <w:rsid w:val="003364F5"/>
     <w:rsid w:val="0035202A"/>
     <w:rsid w:val="00367F81"/>
     <w:rsid w:val="00371972"/>
     <w:rsid w:val="003832A5"/>
+    <w:rsid w:val="003849A5"/>
     <w:rsid w:val="003B612D"/>
     <w:rsid w:val="003C1BF9"/>
     <w:rsid w:val="003C5402"/>
     <w:rsid w:val="003D1782"/>
     <w:rsid w:val="003D6B3A"/>
     <w:rsid w:val="00402278"/>
     <w:rsid w:val="00402DAF"/>
     <w:rsid w:val="00406D7E"/>
     <w:rsid w:val="00410BCB"/>
     <w:rsid w:val="00417DA5"/>
     <w:rsid w:val="00424542"/>
     <w:rsid w:val="00424B7F"/>
     <w:rsid w:val="004364AC"/>
     <w:rsid w:val="00452346"/>
     <w:rsid w:val="00457348"/>
     <w:rsid w:val="00481159"/>
     <w:rsid w:val="004841E1"/>
     <w:rsid w:val="004909B6"/>
     <w:rsid w:val="0049391C"/>
-    <w:rsid w:val="004A4AE4"/>
     <w:rsid w:val="004A56BE"/>
     <w:rsid w:val="004A6619"/>
     <w:rsid w:val="004B1D93"/>
-    <w:rsid w:val="004B3289"/>
     <w:rsid w:val="004B5008"/>
     <w:rsid w:val="004B6F95"/>
     <w:rsid w:val="004C2A47"/>
     <w:rsid w:val="004C2F0A"/>
     <w:rsid w:val="004C3300"/>
+    <w:rsid w:val="004C46DA"/>
     <w:rsid w:val="004C7C54"/>
     <w:rsid w:val="004D3252"/>
     <w:rsid w:val="004D576E"/>
     <w:rsid w:val="004E04FE"/>
     <w:rsid w:val="004F1D9C"/>
     <w:rsid w:val="004F1EDC"/>
     <w:rsid w:val="004F2DB2"/>
-    <w:rsid w:val="004F5E25"/>
     <w:rsid w:val="00514A7C"/>
     <w:rsid w:val="00516886"/>
-    <w:rsid w:val="0052124F"/>
+    <w:rsid w:val="00523DB8"/>
     <w:rsid w:val="00523F78"/>
     <w:rsid w:val="00532D8D"/>
     <w:rsid w:val="00537EC4"/>
+    <w:rsid w:val="00546A27"/>
     <w:rsid w:val="0056064D"/>
     <w:rsid w:val="005636E1"/>
     <w:rsid w:val="0056453E"/>
     <w:rsid w:val="00573752"/>
     <w:rsid w:val="00577F29"/>
     <w:rsid w:val="00591F66"/>
     <w:rsid w:val="005B05DB"/>
     <w:rsid w:val="005B6292"/>
     <w:rsid w:val="005B674C"/>
-    <w:rsid w:val="005C21BC"/>
     <w:rsid w:val="005C4B3D"/>
     <w:rsid w:val="005D7861"/>
     <w:rsid w:val="005E26D1"/>
     <w:rsid w:val="005E58F4"/>
     <w:rsid w:val="005F15E8"/>
     <w:rsid w:val="005F4478"/>
     <w:rsid w:val="005F66DD"/>
     <w:rsid w:val="0060001D"/>
     <w:rsid w:val="0060254C"/>
     <w:rsid w:val="00604A0A"/>
     <w:rsid w:val="00610A3D"/>
     <w:rsid w:val="00613804"/>
     <w:rsid w:val="00616179"/>
     <w:rsid w:val="00620CB9"/>
-    <w:rsid w:val="00622721"/>
     <w:rsid w:val="00635278"/>
     <w:rsid w:val="0063720A"/>
     <w:rsid w:val="00642FD5"/>
     <w:rsid w:val="006466A2"/>
-    <w:rsid w:val="00656AAF"/>
     <w:rsid w:val="00657241"/>
     <w:rsid w:val="00657BDD"/>
     <w:rsid w:val="00663B9D"/>
     <w:rsid w:val="00682101"/>
     <w:rsid w:val="006934AC"/>
     <w:rsid w:val="00693BC7"/>
     <w:rsid w:val="006A3D05"/>
     <w:rsid w:val="006B02C3"/>
     <w:rsid w:val="006C2DE5"/>
     <w:rsid w:val="006D35EB"/>
     <w:rsid w:val="006E1EC9"/>
     <w:rsid w:val="006E2845"/>
     <w:rsid w:val="006E55BC"/>
     <w:rsid w:val="006E669A"/>
-    <w:rsid w:val="006E68CE"/>
     <w:rsid w:val="006F3BA1"/>
     <w:rsid w:val="00700839"/>
+    <w:rsid w:val="00706958"/>
     <w:rsid w:val="00712005"/>
     <w:rsid w:val="00715B0C"/>
     <w:rsid w:val="0072313E"/>
     <w:rsid w:val="007310BF"/>
     <w:rsid w:val="00733D68"/>
     <w:rsid w:val="007643CA"/>
     <w:rsid w:val="0077250D"/>
     <w:rsid w:val="007747B1"/>
     <w:rsid w:val="00776578"/>
     <w:rsid w:val="007767F1"/>
     <w:rsid w:val="00776DCF"/>
     <w:rsid w:val="00781174"/>
     <w:rsid w:val="00783B4B"/>
     <w:rsid w:val="00784657"/>
     <w:rsid w:val="007857C3"/>
     <w:rsid w:val="00787701"/>
     <w:rsid w:val="00787A77"/>
     <w:rsid w:val="00790484"/>
     <w:rsid w:val="00792702"/>
     <w:rsid w:val="0079386D"/>
     <w:rsid w:val="00794594"/>
     <w:rsid w:val="007A6844"/>
     <w:rsid w:val="007A7660"/>
     <w:rsid w:val="007B3D98"/>
-    <w:rsid w:val="007B7A7B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007C10EE"/>
     <w:rsid w:val="007C26D5"/>
     <w:rsid w:val="007C2AF1"/>
     <w:rsid w:val="007D0647"/>
     <w:rsid w:val="007D18A2"/>
     <w:rsid w:val="007D49B4"/>
     <w:rsid w:val="007D5776"/>
     <w:rsid w:val="007E509C"/>
-    <w:rsid w:val="007F6B7E"/>
     <w:rsid w:val="00800119"/>
     <w:rsid w:val="00804F26"/>
-    <w:rsid w:val="00820473"/>
     <w:rsid w:val="00827116"/>
     <w:rsid w:val="0083059E"/>
     <w:rsid w:val="00832594"/>
     <w:rsid w:val="008544A8"/>
     <w:rsid w:val="00860BDC"/>
     <w:rsid w:val="00875FA6"/>
     <w:rsid w:val="008A0ADB"/>
+    <w:rsid w:val="008A2124"/>
     <w:rsid w:val="008B1D90"/>
     <w:rsid w:val="008B1E25"/>
     <w:rsid w:val="008D0D15"/>
     <w:rsid w:val="008E0A8F"/>
     <w:rsid w:val="008E2B0A"/>
     <w:rsid w:val="008E6768"/>
     <w:rsid w:val="008F549E"/>
     <w:rsid w:val="008F5ACB"/>
     <w:rsid w:val="008F6E94"/>
     <w:rsid w:val="0090031E"/>
+    <w:rsid w:val="0090680F"/>
     <w:rsid w:val="00912892"/>
     <w:rsid w:val="009230F7"/>
     <w:rsid w:val="00934DFE"/>
     <w:rsid w:val="00935CA7"/>
     <w:rsid w:val="00943033"/>
     <w:rsid w:val="00943BE7"/>
     <w:rsid w:val="009564EF"/>
     <w:rsid w:val="00957329"/>
-    <w:rsid w:val="00963DD9"/>
+    <w:rsid w:val="0096557B"/>
     <w:rsid w:val="00966A18"/>
     <w:rsid w:val="009712B6"/>
     <w:rsid w:val="00974692"/>
     <w:rsid w:val="00976AFC"/>
+    <w:rsid w:val="00983367"/>
     <w:rsid w:val="009869DB"/>
     <w:rsid w:val="00986B75"/>
     <w:rsid w:val="00992A68"/>
     <w:rsid w:val="009A41F7"/>
     <w:rsid w:val="009B7E6A"/>
     <w:rsid w:val="009C00FE"/>
     <w:rsid w:val="009C15FA"/>
     <w:rsid w:val="009C1F79"/>
     <w:rsid w:val="009C2AF9"/>
     <w:rsid w:val="009C461C"/>
     <w:rsid w:val="009C6C3D"/>
     <w:rsid w:val="009D07F2"/>
     <w:rsid w:val="009D38BE"/>
     <w:rsid w:val="009D6945"/>
-    <w:rsid w:val="009F6F83"/>
     <w:rsid w:val="00A01588"/>
     <w:rsid w:val="00A016CC"/>
     <w:rsid w:val="00A041C2"/>
+    <w:rsid w:val="00A054BC"/>
     <w:rsid w:val="00A06A55"/>
     <w:rsid w:val="00A0748F"/>
     <w:rsid w:val="00A13967"/>
     <w:rsid w:val="00A16791"/>
-    <w:rsid w:val="00A2328F"/>
     <w:rsid w:val="00A27BF7"/>
     <w:rsid w:val="00A32467"/>
     <w:rsid w:val="00A3281A"/>
     <w:rsid w:val="00A42E65"/>
     <w:rsid w:val="00A5430D"/>
     <w:rsid w:val="00A634A0"/>
     <w:rsid w:val="00A67555"/>
     <w:rsid w:val="00A72526"/>
     <w:rsid w:val="00A756EB"/>
     <w:rsid w:val="00A819DB"/>
+    <w:rsid w:val="00A829CB"/>
     <w:rsid w:val="00A921E9"/>
     <w:rsid w:val="00A959AB"/>
     <w:rsid w:val="00AA3A1E"/>
-    <w:rsid w:val="00AA7EE4"/>
     <w:rsid w:val="00AB08FD"/>
     <w:rsid w:val="00AB0F54"/>
     <w:rsid w:val="00AB3F55"/>
     <w:rsid w:val="00AB469F"/>
     <w:rsid w:val="00AC2ECA"/>
     <w:rsid w:val="00AC5A9D"/>
     <w:rsid w:val="00AD1BE4"/>
     <w:rsid w:val="00AD7670"/>
+    <w:rsid w:val="00AE23D6"/>
     <w:rsid w:val="00AF42EB"/>
     <w:rsid w:val="00B02A46"/>
     <w:rsid w:val="00B05BF2"/>
     <w:rsid w:val="00B17261"/>
+    <w:rsid w:val="00B311BB"/>
     <w:rsid w:val="00B3581C"/>
     <w:rsid w:val="00B4092F"/>
     <w:rsid w:val="00B40944"/>
     <w:rsid w:val="00B43561"/>
     <w:rsid w:val="00B44512"/>
     <w:rsid w:val="00B62392"/>
     <w:rsid w:val="00B72C9C"/>
     <w:rsid w:val="00B76A6C"/>
     <w:rsid w:val="00B8382A"/>
-    <w:rsid w:val="00B917B3"/>
     <w:rsid w:val="00BB7D43"/>
     <w:rsid w:val="00BE3020"/>
     <w:rsid w:val="00BE3922"/>
     <w:rsid w:val="00BE3A13"/>
     <w:rsid w:val="00BF792B"/>
     <w:rsid w:val="00C05388"/>
+    <w:rsid w:val="00C0732A"/>
     <w:rsid w:val="00C118E6"/>
     <w:rsid w:val="00C26226"/>
     <w:rsid w:val="00C50F3B"/>
     <w:rsid w:val="00C51309"/>
+    <w:rsid w:val="00C56EB4"/>
     <w:rsid w:val="00C610D4"/>
     <w:rsid w:val="00C64751"/>
     <w:rsid w:val="00C647FE"/>
     <w:rsid w:val="00C67DC8"/>
-    <w:rsid w:val="00C75616"/>
     <w:rsid w:val="00C8007B"/>
+    <w:rsid w:val="00C802BE"/>
     <w:rsid w:val="00CA0E33"/>
     <w:rsid w:val="00CA4FF0"/>
     <w:rsid w:val="00CA60A6"/>
-    <w:rsid w:val="00CA62AC"/>
     <w:rsid w:val="00CB0A6E"/>
     <w:rsid w:val="00CB51E9"/>
     <w:rsid w:val="00CC0A10"/>
     <w:rsid w:val="00CC19B8"/>
     <w:rsid w:val="00CC7FEE"/>
+    <w:rsid w:val="00CD31B1"/>
+    <w:rsid w:val="00CD3CE1"/>
     <w:rsid w:val="00CD507C"/>
     <w:rsid w:val="00CD5F7C"/>
     <w:rsid w:val="00CE2851"/>
     <w:rsid w:val="00CE5BEC"/>
+    <w:rsid w:val="00CF704A"/>
+    <w:rsid w:val="00D00990"/>
     <w:rsid w:val="00D035F0"/>
     <w:rsid w:val="00D1080D"/>
     <w:rsid w:val="00D13A71"/>
     <w:rsid w:val="00D23BC5"/>
     <w:rsid w:val="00D30D52"/>
     <w:rsid w:val="00D419FF"/>
     <w:rsid w:val="00D436B2"/>
     <w:rsid w:val="00D47BF4"/>
     <w:rsid w:val="00D47F36"/>
     <w:rsid w:val="00D50244"/>
+    <w:rsid w:val="00D55688"/>
     <w:rsid w:val="00D64156"/>
-    <w:rsid w:val="00D81425"/>
     <w:rsid w:val="00D85E02"/>
     <w:rsid w:val="00D955F6"/>
     <w:rsid w:val="00DA070B"/>
     <w:rsid w:val="00DC223D"/>
     <w:rsid w:val="00DD449B"/>
     <w:rsid w:val="00DD7829"/>
     <w:rsid w:val="00DE0A4E"/>
     <w:rsid w:val="00DE0B13"/>
     <w:rsid w:val="00DE4D8F"/>
     <w:rsid w:val="00DF227D"/>
+    <w:rsid w:val="00DF57E2"/>
     <w:rsid w:val="00E01951"/>
     <w:rsid w:val="00E0433D"/>
     <w:rsid w:val="00E13B7F"/>
     <w:rsid w:val="00E1651B"/>
     <w:rsid w:val="00E21960"/>
+    <w:rsid w:val="00E25261"/>
     <w:rsid w:val="00E31A7C"/>
     <w:rsid w:val="00E333A5"/>
     <w:rsid w:val="00E36B59"/>
     <w:rsid w:val="00E5210E"/>
     <w:rsid w:val="00E547D6"/>
     <w:rsid w:val="00E56875"/>
     <w:rsid w:val="00E56E6A"/>
     <w:rsid w:val="00E601E4"/>
     <w:rsid w:val="00E630EE"/>
+    <w:rsid w:val="00E74685"/>
     <w:rsid w:val="00E8786F"/>
     <w:rsid w:val="00E92DE9"/>
     <w:rsid w:val="00E94F2F"/>
     <w:rsid w:val="00E951CD"/>
     <w:rsid w:val="00E954E8"/>
     <w:rsid w:val="00E95529"/>
     <w:rsid w:val="00EB2982"/>
     <w:rsid w:val="00EB2A87"/>
     <w:rsid w:val="00EB5B69"/>
     <w:rsid w:val="00EC2539"/>
     <w:rsid w:val="00ED0DA3"/>
     <w:rsid w:val="00ED55D1"/>
     <w:rsid w:val="00ED5EFA"/>
     <w:rsid w:val="00ED7C1C"/>
     <w:rsid w:val="00EE3689"/>
     <w:rsid w:val="00F027C4"/>
     <w:rsid w:val="00F06621"/>
     <w:rsid w:val="00F066E4"/>
+    <w:rsid w:val="00F12FCA"/>
     <w:rsid w:val="00F136D2"/>
-    <w:rsid w:val="00F171C0"/>
     <w:rsid w:val="00F172EB"/>
     <w:rsid w:val="00F4064A"/>
     <w:rsid w:val="00F44C94"/>
     <w:rsid w:val="00F53B79"/>
     <w:rsid w:val="00F5413F"/>
     <w:rsid w:val="00F62101"/>
     <w:rsid w:val="00F6528F"/>
     <w:rsid w:val="00F7214A"/>
     <w:rsid w:val="00F804A2"/>
     <w:rsid w:val="00F83446"/>
     <w:rsid w:val="00F84FF4"/>
     <w:rsid w:val="00F85FFF"/>
-    <w:rsid w:val="00F91BE2"/>
-    <w:rsid w:val="00F97E9C"/>
     <w:rsid w:val="00FA01CC"/>
     <w:rsid w:val="00FB6947"/>
     <w:rsid w:val="00FB7703"/>
     <w:rsid w:val="00FC21DB"/>
     <w:rsid w:val="00FD1750"/>
     <w:rsid w:val="00FE0603"/>
     <w:rsid w:val="00FE492C"/>
     <w:rsid w:val="00FF1164"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2BCA0B57"/>
-  <w15:docId w15:val="{4CA935F0-5587-4ECA-93A1-C746834D4411}"/>
+  <w15:docId w15:val="{CD719944-7965-457E-BCA6-1FEA9F9E21E0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -15091,113 +16571,123 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C5402"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C5402"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00311D95"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
+    <w:rsid w:val="00311D95"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0052124F"/>
+    <w:rsid w:val="00311D95"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00311D95"/>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="792015485">
-[...24 lines deleted...]
-    </w:div>
     <w:div w:id="1186139411">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eeclead.force.com/EEC_ChildCareSearch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eeclead.force.com/EEC_ChildCareSearch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eeclead.force.com/EEC_CCRRSearch." TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eeclead.force.com/EEC_CCRRSearch." TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/contact-dtas-employment-staff" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/contact-dtas-employment-staff" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eeclead.force.com/EEC_ChildCareSearch" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eeclead.force.com/EEC_ChildCareSearch" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15460,66 +16950,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <DocType xmlns="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9">Flyer</DocType>
     <Submit_x0020_CC_x0020_for_x0020_Approval_x0028_1_x0029_ xmlns="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </Submit_x0020_CC_x0020_for_x0020_Approval_x0028_1_x0029_>
     <_Status xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Draft</_Status>
-    <Revision xmlns="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9">New</Revision>
+    <Revision xmlns="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9">Update</Revision>
     <ApprovalHistory xmlns="274ef558-69ec-46f6-9da0-9805eca0e004" xsi:nil="true"/>
     <Submit_x0020_CC_x0020_for_x0020_Approval xmlns="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </Submit_x0020_CC_x0020_for_x0020_Approval>
     <Program xmlns="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9">
       <Value>EA</Value>
+      <Value>SNAP</Value>
     </Program>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F059222C13885E40ADE5DD11FB7C2554" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d7a785279ac41eed9f71b6df50d30c9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="274ef558-69ec-46f6-9da0-9805eca0e004" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9" xmlns:ns5="ad197fc8-da42-4142-8624-144fd15b3d64" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ee743ec033803abe6f7f1bcd8632de62" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F059222C13885E40ADE5DD11FB7C2554" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="881a20cae220bb28783d715cb5782db3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="274ef558-69ec-46f6-9da0-9805eca0e004" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9" xmlns:ns5="ad197fc8-da42-4142-8624-144fd15b3d64" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6fe04cd1861abfc14c450cec2d01ed43" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="274ef558-69ec-46f6-9da0-9805eca0e004"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9"/>
     <xsd:import namespace="ad197fc8-da42-4142-8624-144fd15b3d64"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ApprovalHistory" minOccurs="0"/>
                 <xsd:element ref="ns3:_Status" minOccurs="0"/>
                 <xsd:element ref="ns4:Program" minOccurs="0"/>
                 <xsd:element ref="ns4:DocType"/>
                 <xsd:element ref="ns4:Revision"/>
                 <xsd:element ref="ns4:Submit_x0020_CC_x0020_for_x0020_Approval" minOccurs="0"/>
                 <xsd:element ref="ns5:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns5:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:Submit_x0020_CC_x0020_for_x0020_Approval_x0028_1_x0029_" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -15760,200 +17251,152 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB6C8917-AC30-43E2-B5C1-102E89717F7B}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="274ef558-69ec-46f6-9da0-9805eca0e004"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
-    <ds:schemaRef ds:uri="274ef558-69ec-46f6-9da0-9805eca0e004"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="ad197fc8-da42-4142-8624-144fd15b3d64"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{462960FB-B91D-4473-B721-B830A4E51542}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09494A72-98F3-4EBA-A4CF-C93639386884}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="274ef558-69ec-46f6-9da0-9805eca0e004"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="e8b1d0a8-b64d-41e9-a10e-b55ca514ecd9"/>
     <ds:schemaRef ds:uri="ad197fc8-da42-4142-8624-144fd15b3d64"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88290927-D963-44BD-9179-FFB637679168}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2</Words>
-  <Characters>368</Characters>
+  <Words>0</Words>
+  <Characters>679</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DTA SNAP Child Care Fact Sheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>369</CharactersWithSpaces>
+  <CharactersWithSpaces>679</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...56 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>DTA SNAP Child Care Fact Sheet</dc:title>
+  <dc:title>DTA TAFDC Child Care Fact Sheet</dc:title>
   <dc:subject>DTA SNAP Child Care Fact Sheet</dc:subject>
   <dc:creator>Stancill, Dana (DTA)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:contentStatus>Final</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-08-16T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 17.3 (Macintosh)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2022-09-23T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Adobe PDF Library 16.0.7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
     <vt:lpwstr>0x010100F059222C13885E40ADE5DD11FB7C2554</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_docset_NoMedatataSyncRequired">
     <vt:lpwstr>True</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="GrammarlyDocumentId">
+    <vt:lpwstr>dbfd2b5d-ddd6-457f-a8b4-f3cda988b56b</vt:lpwstr>
+  </property>
 </Properties>
 </file>