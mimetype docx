--- v0 (2025-10-27)
+++ v1 (2026-03-31)
@@ -39,130 +39,129 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Religious and Medical Exemptions to Immunizations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="395496C0" w14:textId="77777777" w:rsidR="00A37F7F" w:rsidRPr="00644662" w:rsidRDefault="00644662" w:rsidP="009B0187">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Childcare/Preschool Immunization Survey</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D280EE6" w14:textId="2FAFEA79" w:rsidR="00386B53" w:rsidRDefault="00AE6980" w:rsidP="009B0187">
+    <w:p w14:paraId="7D280EE6" w14:textId="765997F0" w:rsidR="00386B53" w:rsidRDefault="00AE6980" w:rsidP="009B0187">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00644662">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>MASSACHUSETTS</w:t>
       </w:r>
       <w:r w:rsidR="00D2267A" w:rsidRPr="00644662">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1991-20</w:t>
       </w:r>
       <w:r w:rsidR="00834BC8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00386115">
+      <w:r w:rsidR="00CE1D52">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EAB3537" w14:textId="77777777" w:rsidR="000B0B20" w:rsidRPr="000649B7" w:rsidRDefault="000B0B20" w:rsidP="009B0187">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="116"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2054"/>
         <w:gridCol w:w="1622"/>
         <w:gridCol w:w="1622"/>
         <w:gridCol w:w="1623"/>
         <w:gridCol w:w="1622"/>
         <w:gridCol w:w="1622"/>
         <w:gridCol w:w="1622"/>
         <w:gridCol w:w="1623"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="6DC64382" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="6DC64382" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
-          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="717FB302" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -371,7471 +370,7730 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A8224AF" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total % Exemptions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00386115" w:rsidRPr="00386115" w14:paraId="329CFBFC" w14:textId="77777777" w:rsidTr="00A14C7F">
+      <w:tr w:rsidR="00CE1D52" w:rsidRPr="00386115" w14:paraId="088AFDFE" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CCA91D4" w14:textId="10D0D9F2" w:rsidR="00386115" w:rsidRPr="00386115" w:rsidRDefault="00386115" w:rsidP="00386115">
+          <w:p w14:paraId="6B03BBED" w14:textId="4E4CE3FB" w:rsidR="00CE1D52" w:rsidRPr="00CE1D52" w:rsidRDefault="00CE1D52" w:rsidP="00CE1D52">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00386115">
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
-[...9 lines deleted...]
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2025-26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1249408B" w14:textId="5EA702A8" w:rsidR="00386115" w:rsidRPr="00EC23A4" w:rsidRDefault="00386115" w:rsidP="00386115">
-[...235 lines deleted...]
-          <w:p w14:paraId="6A18CED4" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="094D51F6" w14:textId="76D2EB2C" w:rsidR="00CE1D52" w:rsidRPr="00CE1D52" w:rsidRDefault="00CE1D52" w:rsidP="00CE1D52">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00386115">
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
-[...59 lines deleted...]
-              <w:t>113</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>90,367</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="764DFC57" w14:textId="1494F2C5" w:rsidR="00CE1D52" w:rsidRPr="00CE1D52" w:rsidRDefault="00CE1D52" w:rsidP="00CE1D52">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...18 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28D69BBB" w14:textId="313225BE" w:rsidR="00CE1D52" w:rsidRPr="00CE1D52" w:rsidRDefault="00CE1D52" w:rsidP="00CE1D52">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...78 lines deleted...]
-              <w:t>936</w:t>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C210DCE" w14:textId="6BDEAA03" w:rsidR="00CE1D52" w:rsidRPr="00CE1D52" w:rsidRDefault="00CE1D52" w:rsidP="00CE1D52">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,083</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1B6C82" w14:textId="582D1393" w:rsidR="00CE1D52" w:rsidRPr="00CE1D52" w:rsidRDefault="00CE1D52" w:rsidP="00CE1D52">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="561E7471" w14:textId="5454CA30" w:rsidR="00CE1D52" w:rsidRPr="00CE1D52" w:rsidRDefault="00CE1D52" w:rsidP="00CE1D52">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...20 lines deleted...]
-              <w:t>1.06</w:t>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6965FC3F" w14:textId="53DD80D5" w:rsidR="00CE1D52" w:rsidRPr="00CE1D52" w:rsidRDefault="00CE1D52" w:rsidP="00CE1D52">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="5993AA99" w14:textId="77777777" w:rsidTr="00A14C7F">
+      <w:tr w:rsidR="00386115" w:rsidRPr="00386115" w14:paraId="329CFBFC" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="3BF53659" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CCA91D4" w14:textId="10D0D9F2" w:rsidR="00386115" w:rsidRPr="00386115" w:rsidRDefault="00386115" w:rsidP="00386115">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...60 lines deleted...]
-              <w:t>116</w:t>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2024-25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1249408B" w14:textId="5EA702A8" w:rsidR="00386115" w:rsidRPr="00CE1D52" w:rsidRDefault="00386115" w:rsidP="00386115">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>94,528</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3DD5C3" w14:textId="481DC78A" w:rsidR="00386115" w:rsidRPr="00CE1D52" w:rsidRDefault="00386115" w:rsidP="00386115">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>135</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...107 lines deleted...]
-              <w:t>808</w:t>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="223E5556" w14:textId="397CD12D" w:rsidR="00386115" w:rsidRPr="00CE1D52" w:rsidRDefault="00386115" w:rsidP="00386115">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5C8042" w14:textId="04716F3D" w:rsidR="00386115" w:rsidRPr="00CE1D52" w:rsidRDefault="00386115" w:rsidP="00386115">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>964</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B150C7" w14:textId="0EC51A01" w:rsidR="00386115" w:rsidRPr="00CE1D52" w:rsidRDefault="00386115" w:rsidP="00386115">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14748BE2" w14:textId="48D02C6D" w:rsidR="00386115" w:rsidRPr="00CE1D52" w:rsidRDefault="00386115" w:rsidP="00386115">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00003707">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE1D52">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>099</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...20 lines deleted...]
-              <w:t>1.03</w:t>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5627094F" w14:textId="5CAA8A20" w:rsidR="00386115" w:rsidRPr="00CE1D52" w:rsidRDefault="00386115" w:rsidP="00386115">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE1D52">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="6810C8A8" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="53B75999" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11048946" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="6A18CED4" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2023-24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76130629" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...23 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="54C39DEA" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00EC23A4" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC23A4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>88,674</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52E05AE3" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>135</w:t>
+          <w:p w14:paraId="6F8E005B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00EC23A4" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC23A4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="040BAA62" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...23 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="35B0A7E8" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00EC23A4" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC23A4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E942500" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...23 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="55264B11" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00EC23A4" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC23A4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>823</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="245C6212" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...23 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="391AB892" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00EC23A4" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC23A4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="072B03B1" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>753</w:t>
+          <w:p w14:paraId="51279A5F" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00EC23A4" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC23A4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>936</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="183944CA" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.94</w:t>
+          <w:p w14:paraId="775A0679" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00EC23A4" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC23A4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="39E9CAC0" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="5993AA99" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66EEB59D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="3BF53659" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2020-21</w:t>
+              <w:t>2022-23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EBA270B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>54,941</w:t>
+          <w:p w14:paraId="4932C029" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>78,672</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7678B71F" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>150</w:t>
+          <w:p w14:paraId="3B02B7D7" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10161048" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.27</w:t>
+          <w:p w14:paraId="72538FDD" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="397B62EA" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>535</w:t>
+          <w:p w14:paraId="0AC30C8C" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>692</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D8E6CCB" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.97</w:t>
+          <w:p w14:paraId="77C502B0" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF09404" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>685</w:t>
+          <w:p w14:paraId="5C05241B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>808</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="076B495B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>1.25</w:t>
+          <w:p w14:paraId="4C46F78D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="05F7F415" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="6810C8A8" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59140569" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="11048946" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2019-20</w:t>
+              <w:t>2021-22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="702068EE" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>99,620</w:t>
+          <w:p w14:paraId="76130629" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>80,329</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26665FDC" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>172</w:t>
+          <w:p w14:paraId="52E05AE3" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>135</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="407835E4" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="040BAA62" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EB843CB" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>836</w:t>
+          <w:p w14:paraId="4E942500" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>618</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E0DA606" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.84</w:t>
+          <w:p w14:paraId="245C6212" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA727DE" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>1,008</w:t>
+          <w:p w14:paraId="072B03B1" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>753</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43B15ADF" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>1.01</w:t>
+          <w:p w14:paraId="183944CA" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="6CDCBF87" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="39E9CAC0" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="145B7FA8" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EEB59D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2018-19</w:t>
+              <w:t>2020-21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...19 lines deleted...]
-              <w:t>100,731</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EBA270B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>54,941</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...19 lines deleted...]
-              <w:t>277</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7678B71F" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="07176C06" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10161048" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...19 lines deleted...]
-              <w:t>837</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="397B62EA" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>535</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...19 lines deleted...]
-              <w:t>0.83</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D8E6CCB" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...19 lines deleted...]
-              <w:t>1,114</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF09404" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>685</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...19 lines deleted...]
-              <w:t>1.11</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="076B495B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="538098E4" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="05F7F415" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6BAC9B05" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59140569" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2017-18</w:t>
-[...57 lines deleted...]
-              <w:t>211</w:t>
+              <w:t>2019-20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="702068EE" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>99,620</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26665FDC" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>172</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...107 lines deleted...]
-              <w:t>965</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="407835E4" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB843CB" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>836</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0DA606" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA727DE" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...20 lines deleted...]
-              <w:t>0.98</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B15ADF" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="2F9B1FBA" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="6CDCBF87" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="077655EC" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="145B7FA8" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2016-17</w:t>
-[...57 lines deleted...]
-              <w:t>268</w:t>
+              <w:t>2018-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="153D0216" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>100,731</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6085C65B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>277</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="37489746" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07176C06" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...78 lines deleted...]
-              <w:t>1,006</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2897E94A" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>837</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66DD7DD1" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A30B522" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...20 lines deleted...]
-              <w:t>1.01</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A1BD02" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="3AE688C5" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="538098E4" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6D1CF8A9" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAC9B05" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2015-16</w:t>
-[...57 lines deleted...]
-              <w:t>249</w:t>
+              <w:t>2017-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C40E1E" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>98,972</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="175E861E" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>211</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...107 lines deleted...]
-              <w:t>1,072</w:t>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="204BF1FC" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8F1628" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>754</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3851CC8E" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35213D20" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>965</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...20 lines deleted...]
-              <w:t>0.97</w:t>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5732D0C9" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.98</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="6D725814" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="2F9B1FBA" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="3919D38B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="077655EC" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2014-15</w:t>
+              <w:t>2016-17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...19 lines deleted...]
-              <w:t>101,875</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61CAF235" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>99,960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...19 lines deleted...]
-              <w:t>339</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41BAD34A" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>268</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...19 lines deleted...]
-              <w:t>0.33</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37489746" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...19 lines deleted...]
-              <w:t>861</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E026A7" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>738</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...19 lines deleted...]
-              <w:t>0.85</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1037C6C9" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...19 lines deleted...]
-              <w:t>1,200</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D1D912" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...19 lines deleted...]
-              <w:t>1.18</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B816F63" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="45815B38" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="3AE688C5" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="56A9D779" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D1CF8A9" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2013-14</w:t>
-[...57 lines deleted...]
-              <w:t>319</w:t>
+              <w:t>2015-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B7C6049" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>110,276</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8691C8" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>249</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...107 lines deleted...]
-              <w:t>1,204</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E938783" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC28EF9" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>823</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF3ACF7" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="253F56A6" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,072</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...20 lines deleted...]
-              <w:t>1.12</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09EBECC2" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.97</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="1CD83728" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="6D725814" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="0E955B46" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3919D38B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2012-13</w:t>
-[...55 lines deleted...]
-              <w:t>310</w:t>
+              <w:t>2014-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED55D81" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>101,875</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A70E7D1" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>339</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...103 lines deleted...]
-              <w:t>1,233</w:t>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="687A217A" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30633C62" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>861</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A104721" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D859A6D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...19 lines deleted...]
-              <w:t>1.06</w:t>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59820E7B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="00997738" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="45815B38" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2DC8BD31" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A9D779" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2011-12</w:t>
-[...49 lines deleted...]
-              <w:t>397</w:t>
+              <w:t>2013-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CBC1F7D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>107,739</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6810D2C7" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>319</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...92 lines deleted...]
-              <w:t>1,276</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68730A5C" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2061651C" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>885</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5370960C" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21393103" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,204</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...17 lines deleted...]
-              <w:t>1.08</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1A1416" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="06CEBDBA" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="1CD83728" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1A7F5CB6" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E955B46" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2010-11</w:t>
-[...49 lines deleted...]
-              <w:t>375</w:t>
+              <w:t>2012-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12DB3D70" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>116,290</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FD09D38" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>310</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...92 lines deleted...]
-              <w:t>1,213</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="012C5BA4" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC46471" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>923</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="124E0FEE" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C5EA60" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,233</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...17 lines deleted...]
-              <w:t>1.03</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBD3CF4" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="59E2E47D" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="00997738" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4451426A" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="2DC8BD31" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...50 lines deleted...]
-              <w:t>407</w:t>
+              <w:t>2011-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="090EDB78" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>118,106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0635D4" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>397</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48E76938" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>1,136</w:t>
+          <w:p w14:paraId="7B4BD86F" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27BB1309" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>879</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED60BB9" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="048C8EAE" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,276</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="719AC776" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>1.00</w:t>
+          <w:p w14:paraId="1F4A4DDA" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="5BF65C86" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="06CEBDBA" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70647B87" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="1A7F5CB6" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2008-09</w:t>
-[...49 lines deleted...]
-              <w:t>402</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>2010-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="231482E5" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>118,183</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64EE42D3" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>375</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EDF7B11" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="2386809E" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0.32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E8115C4" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...65 lines deleted...]
-              <w:t>1,115</w:t>
+          <w:p w14:paraId="7A00F507" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>838</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11C50043" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA7C169" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A64E6C9" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.90</w:t>
+          <w:p w14:paraId="37B3C664" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="4B2C343A" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="59E2E47D" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="154860AA" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="4451426A" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2007-08</w:t>
-[...49 lines deleted...]
-              <w:t>341</w:t>
+              <w:t>2009-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6DBF09" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>114,315</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1946B701" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>407</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D5F98D3" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>1,051</w:t>
+          <w:p w14:paraId="48E76938" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70BC6A99" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>729</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="075266F2" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F441306" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,136</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DECA96B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.81</w:t>
+          <w:p w14:paraId="719AC776" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="23C8CD5F" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="5BF65C86" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79DC8469" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="70647B87" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2006-07</w:t>
-[...49 lines deleted...]
-              <w:t>354</w:t>
+              <w:t>2008-09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E3EE5D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>123,887</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="183C5D99" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>402</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76BD3836" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>1,039</w:t>
+          <w:p w14:paraId="5EDF7B11" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8115C4" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>713</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="792CCAD4" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="466E23EC" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01FEB740" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.77</w:t>
+          <w:p w14:paraId="0A64E6C9" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="5E6B2861" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="4B2C343A" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="697B750D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="154860AA" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2005-06</w:t>
-[...49 lines deleted...]
-              <w:t>389</w:t>
+              <w:t>2007-08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B12763" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>129,705</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B40BB55" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>341</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05925DA0" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>1,008</w:t>
+          <w:p w14:paraId="2D5F98D3" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4776B4B0" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>710</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFE9C34" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BB4FAE" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,051</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68B40D32" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.76</w:t>
+          <w:p w14:paraId="0DECA96B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="3170D862" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="23C8CD5F" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF8FCAF" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="79DC8469" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2004-05</w:t>
-[...49 lines deleted...]
-              <w:t>414</w:t>
+              <w:t>2006-07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD0AD34" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>134,435</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F915D83" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>354</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="163B12A5" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>1,014</w:t>
+          <w:p w14:paraId="76BD3836" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="542276B6" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>685</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49311123" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6B5091" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,039</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4D3ED8" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.75</w:t>
+          <w:p w14:paraId="01FEB740" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.77</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="0839F611" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="5E6B2861" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="512A015D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="697B750D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2003-04</w:t>
-[...49 lines deleted...]
-              <w:t>442</w:t>
+              <w:t>2005-06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="404665C4" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>133,166</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67BAD536" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>389</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35F63A9B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>1,066</w:t>
+          <w:p w14:paraId="05925DA0" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B1E70E8" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>619</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39DE4D72" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="204DEE1A" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0290CDF6" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.81</w:t>
+          <w:p w14:paraId="68B40D32" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.76</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="11EAA8E4" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="3170D862" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32A19749" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="4FF8FCAF" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2002-03</w:t>
-[...49 lines deleted...]
-              <w:t>445</w:t>
+              <w:t>2004-05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E02B18C" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>135,438</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="686217E1" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>414</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7376B1D8" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>997</w:t>
+          <w:p w14:paraId="163B12A5" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7346F9BD" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04E7B18A" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4792A192" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E014616" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="5F4D3ED8" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0.75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="2EC2ED95" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="0839F611" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="725DDFB5" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="512A015D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2001-02</w:t>
-[...49 lines deleted...]
-              <w:t>381</w:t>
+              <w:t>2003-04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53833DDA" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>131,629</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE8B1B4" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>442</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4603D905" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>893</w:t>
+          <w:p w14:paraId="35F63A9B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42331BA8" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>624</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB8E395" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78FFA604" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,066</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E1F3863" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.73</w:t>
+          <w:p w14:paraId="0290CDF6" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="5B465E2A" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="11EAA8E4" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="072128C7" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="32A19749" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2000-01</w:t>
-[...49 lines deleted...]
-              <w:t>478</w:t>
+              <w:t>2002-03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C35A353" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>133,702</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30C7939D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>445</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="668B1CBA" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>917</w:t>
+          <w:p w14:paraId="7376B1D8" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B919412" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>552</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AEA3FE6" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A2075C" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>997</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE466BE" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.77</w:t>
+          <w:p w14:paraId="7E014616" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="0255177A" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="2EC2ED95" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3597549D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="725DDFB5" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1999-00</w:t>
-[...49 lines deleted...]
-              <w:t>649</w:t>
+              <w:t>2001-02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="165C1B64" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>122,640</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66938FE3" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>381</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="494404D7" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...49 lines deleted...]
-          <w:p w14:paraId="644C0844" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="4603D905" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0.31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53E6014D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>1,018</w:t>
+          <w:p w14:paraId="1CA981B1" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>512</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE113DB" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC38703" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>893</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39CCD6B1" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.86</w:t>
+          <w:p w14:paraId="1E1F3863" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="6897C56F" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="5B465E2A" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15724843" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="072128C7" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1998-99</w:t>
-[...49 lines deleted...]
-              <w:t>464</w:t>
+              <w:t>2000-01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E25FDE3" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>119,672</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3289ABA8" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>478</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32F9FE8C" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>763</w:t>
+          <w:p w14:paraId="668B1CBA" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D9FD77" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>439</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22DD754E" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E9F839" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>917</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67DB7155" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.64</w:t>
+          <w:p w14:paraId="3EE466BE" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.77</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="2D707945" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="0255177A" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="217E2152" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="3597549D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1997-98</w:t>
-[...49 lines deleted...]
-              <w:t>575</w:t>
+              <w:t>1999-00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0995DF55" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>118,349</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A5809E" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>649</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40BA941D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>805</w:t>
+          <w:p w14:paraId="494404D7" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="517A84F8" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>369</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="644C0844" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E6014D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B119AE8" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.69</w:t>
+          <w:p w14:paraId="39CCD6B1" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="379F3904" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="6897C56F" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EE90E61" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-            <w:pPr>
+          <w:p w14:paraId="15724843" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:pStyle w:val="Header"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4320"/>
+                <w:tab w:val="clear" w:pos="8640"/>
+              </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1996-97</w:t>
-[...49 lines deleted...]
-              <w:t>303</w:t>
+              <w:t>1998-99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C4AFADF" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>118,672</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43872743" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>464</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18F5D977" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>518</w:t>
+          <w:p w14:paraId="32F9FE8C" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA70618" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>299</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A19A44" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA7EA7B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>763</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="572167FD" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.47</w:t>
+          <w:p w14:paraId="67DB7155" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="53A415DD" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="2D707945" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="725B1BB4" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-            <w:pPr>
+          <w:p w14:paraId="217E2152" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:pStyle w:val="Header"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4320"/>
+                <w:tab w:val="clear" w:pos="8640"/>
+              </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1995-96</w:t>
-[...49 lines deleted...]
-              <w:t>292</w:t>
+              <w:t>1997-98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED11323" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>116,830</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35D82971" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>575</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5931BABE" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>486</w:t>
+          <w:p w14:paraId="40BA941D" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D101FD" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>230</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D461E7F" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="060CFB4E" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>805</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53DCAB4A" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.40</w:t>
+          <w:p w14:paraId="3B119AE8" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="13AA58FF" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="379F3904" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58E7B346" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="4EE90E61" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1994-95</w:t>
-[...49 lines deleted...]
-              <w:t>199</w:t>
+              <w:t>1996-97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD96F8F" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>110,221</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7999B65C" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>303</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36BD8FFE" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>388</w:t>
+          <w:p w14:paraId="18F5D977" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA46F64" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>215</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01521BE9" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46055F2F" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>518</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="218F5B32" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.33</w:t>
+          <w:p w14:paraId="572167FD" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="2ABABB22" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="53A415DD" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0924DB39" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="725B1BB4" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1993-94</w:t>
-[...49 lines deleted...]
-              <w:t>191</w:t>
+              <w:t>1995-96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C42ACA5" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>111,150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E61148" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>292</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F067B83" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...90 lines deleted...]
-              <w:t>415</w:t>
+          <w:p w14:paraId="5931BABE" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D5DEB7" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>194</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECE0E90" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62117C5B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>486</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="359B87EF" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.37</w:t>
+          <w:p w14:paraId="53DCAB4A" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="0BF35769" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="13AA58FF" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58A9E2FD" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="58E7B346" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1992-93</w:t>
-[...49 lines deleted...]
-              <w:t>245</w:t>
+              <w:t>1994-95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD56529" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>109,012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5496C2D7" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>199</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF76E6C" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...49 lines deleted...]
-          <w:p w14:paraId="7DE5B132" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+          <w:p w14:paraId="36BD8FFE" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FCBB99B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>433</w:t>
+          <w:p w14:paraId="2149CD9B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>189</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27616DFB" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC4F246" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>388</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="759C659E" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
-[...15 lines deleted...]
-              <w:t>0.39</w:t>
+          <w:p w14:paraId="218F5B32" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="54BA01CF" w14:textId="77777777" w:rsidTr="00C90AAA">
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="2ABABB22" w14:textId="77777777" w:rsidTr="003B265C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w14:paraId="0924DB39" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1993-94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FAD01A" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>106,147</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="620E70B3" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>191</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F067B83" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BD2D6E" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72848A75" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C09EDE" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>415</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="359B87EF" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="0BF35769" w14:textId="77777777" w:rsidTr="003B265C">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2054" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A9E2FD" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1992-93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0875E35F" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>102,730</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA076B9" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>245</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF76E6C" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52540F8F" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE5B132" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FCBB99B" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>433</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="759C659E" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386115">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E107A" w:rsidRPr="00386115" w14:paraId="54BA01CF" w14:textId="77777777" w:rsidTr="003B265C">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2054" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w14:paraId="116D181C" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1991-92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -7992,1333 +8250,974 @@
             <w:tcW w:w="1623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BB47358" w14:textId="77777777" w:rsidR="006E107A" w:rsidRPr="00386115" w:rsidRDefault="006E107A" w:rsidP="009B0187">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386115">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0.39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="393997C2" w14:textId="2C2C0AFD" w:rsidR="006E107A" w:rsidRDefault="006E107A" w:rsidP="00D44F9D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13862" w:type="dxa"/>
+        <w:tblW w:w="10296" w:type="dxa"/>
+        <w:tblInd w:w="612" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1266"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1754"/>
+        <w:gridCol w:w="576"/>
+        <w:gridCol w:w="9720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00953D5C" w:rsidRPr="00953D5C" w14:paraId="3B5A9C19" w14:textId="77777777" w:rsidTr="00953D5C">
+      <w:tr w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w14:paraId="005E587F" w14:textId="77777777" w:rsidTr="00920B4E">
         <w:trPr>
-          <w:trHeight w:val="1394"/>
+          <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1266" w:type="dxa"/>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03143AEC" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
+          <w:p w14:paraId="643039FC" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00953D5C">
+            <w:r w:rsidRPr="00AC0DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Note</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="609B7F7A" w14:textId="77777777" w:rsidR="00920B4E" w:rsidRPr="00AC0DED" w:rsidRDefault="00920B4E" w:rsidP="00AC0DED">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F162F59" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Rates for exemptions are rounded and may slightly under- or overestimate true immunization rates and not always add up to 100%.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4876606F" w14:textId="77777777" w:rsidR="00920B4E" w:rsidRPr="00AC0DED" w:rsidRDefault="00920B4E" w:rsidP="00AC0DED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w14:paraId="5D088CDF" w14:textId="77777777" w:rsidTr="00920B4E">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E75AF44" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0DED">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12596" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="9720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A25131A" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
+          <w:p w14:paraId="43D1A736" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00953D5C">
+            <w:r w:rsidRPr="00AC0DED">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>In preparing these data reports, we follow-up with schools reporting numerically illogical survey entries and correct them whenever possible. Beginning with the 2017-18 school year, the survey submission deadline was extended from late October to mid-December at which point no additional surveys were accepted. In prior years, additional surveys were accepted after the deadline. Beginning with the 2021-2022 school year, the survey deadline occurs in late January/early February.</w:t>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>In preparing these data reports, we follow up with schools reporting numerically illogical survey entries and correct them whenever possible. Beginning with the 2017-18 school year, the survey submission deadline was extended from late October to mid-December, at which point no additional surveys were accepted.  In prior years, additional surveys were accepted after the deadline. Beginning with the 2021-2022 school year, the survey deadline occurs in late January/early February.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00953D5C" w:rsidRPr="00953D5C" w14:paraId="1E51BCA6" w14:textId="77777777" w:rsidTr="00953D5C">
+      <w:tr w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w14:paraId="240187B6" w14:textId="77777777" w:rsidTr="00920B4E">
         <w:trPr>
-          <w:trHeight w:val="263"/>
+          <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1266" w:type="dxa"/>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E2338C9" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
+          <w:p w14:paraId="2C112114" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7226" w:type="dxa"/>
+            <w:tcW w:w="9720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4846385B" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
+          <w:p w14:paraId="282EBC7B" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00953D5C">
+            <w:r w:rsidRPr="00AC0DED">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2024-25: No school data was omitted from this report due to data discrepancy.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1862" w:type="dxa"/>
+              <w:t>2025-26: Data for 2 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w14:paraId="44B63F8B" w14:textId="77777777" w:rsidTr="00920B4E">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48ECE3E2" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
+          <w:p w14:paraId="69C02077" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1753" w:type="dxa"/>
+            <w:tcW w:w="9720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42EF335D" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
-[...9 lines deleted...]
-            <w:tcW w:w="1753" w:type="dxa"/>
+          <w:p w14:paraId="0AAA5CC9" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2024-25: No school data was omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w14:paraId="33690EEC" w14:textId="77777777" w:rsidTr="00920B4E">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D923D97" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
-[...14 lines deleted...]
-            <w:tcW w:w="1266" w:type="dxa"/>
+          <w:p w14:paraId="1EB09E00" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40BEEA45" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
-[...10 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="78AA2C0E" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2023-24: Data for 12 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w14:paraId="3810A898" w14:textId="77777777" w:rsidTr="00920B4E">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="772E3B38" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
+          <w:p w14:paraId="606E34B2" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00953D5C">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE87D02" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2023-24: Data for 12 programs omitted from this report due to data discrepancies.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1753" w:type="dxa"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2022-23: No school data was omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w14:paraId="3B035F0C" w14:textId="77777777" w:rsidTr="00920B4E">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43A2D199" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
+          <w:p w14:paraId="7220943A" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1753" w:type="dxa"/>
+            <w:tcW w:w="9720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="584FB6F8" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="66E35A12" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2021-22: Data for 47 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00953D5C" w:rsidRPr="00953D5C" w14:paraId="2B3C45A7" w14:textId="77777777" w:rsidTr="00953D5C">
+      <w:tr w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w14:paraId="19E4D3E7" w14:textId="77777777" w:rsidTr="00920B4E">
         <w:trPr>
-          <w:trHeight w:val="263"/>
+          <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1266" w:type="dxa"/>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="628B01F4" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
-[...9 lines deleted...]
-            <w:tcW w:w="7226" w:type="dxa"/>
+          <w:p w14:paraId="0B622887" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09D6C89B" w14:textId="64600B35" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
+          <w:p w14:paraId="4FB97C5D" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00953D5C">
+            <w:r w:rsidRPr="00AC0DED">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2022-23: No school data</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001917F0">
+              <w:t>2020-21: Data for 5 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w14:paraId="658F3336" w14:textId="77777777" w:rsidTr="00920B4E">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA20FC5" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> was</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00953D5C">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3643E404" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> omitted from this report due to data discrepancy.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1862" w:type="dxa"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="RANGE!B46"/>
+            <w:r w:rsidRPr="00AC0DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2019-20: Data for 27 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w14:paraId="149941BA" w14:textId="77777777" w:rsidTr="00920B4E">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FDAA96B" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
+          <w:p w14:paraId="41AC7C94" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1753" w:type="dxa"/>
+            <w:tcW w:w="9720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52A22FCF" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
-[...9 lines deleted...]
-            <w:tcW w:w="1753" w:type="dxa"/>
+          <w:p w14:paraId="11340B11" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2018-19: Data for 30 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w14:paraId="74FBC52C" w14:textId="77777777" w:rsidTr="00920B4E">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3310EC0C" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
-[...14 lines deleted...]
-            <w:tcW w:w="1266" w:type="dxa"/>
+          <w:p w14:paraId="567B3909" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4248E179" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
-[...10 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="5047FE83" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2017-18: Data for 87 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w14:paraId="08C79CF7" w14:textId="77777777" w:rsidTr="00920B4E">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00FEB594" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
+          <w:p w14:paraId="79C8242A" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00953D5C">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2050C7" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2021-22: Data for 47 programs omitted from this report due to data discrepancies.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1753" w:type="dxa"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2016-17: Data for 61 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w14:paraId="591223FD" w14:textId="77777777" w:rsidTr="00920B4E">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4688A158" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
+          <w:p w14:paraId="6CDD6BD2" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1753" w:type="dxa"/>
+            <w:tcW w:w="9720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02A277C1" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
-[...48 lines deleted...]
-          <w:p w14:paraId="7E72FD28" w14:textId="77777777" w:rsidR="00953D5C" w:rsidRPr="00953D5C" w:rsidRDefault="00953D5C" w:rsidP="00953D5C">
+          <w:p w14:paraId="057E4B0F" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="00AC0DED" w:rsidRDefault="00AC0DED" w:rsidP="00AC0DED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00953D5C">
+            <w:r w:rsidRPr="00AC0DED">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2020-21: Data for 5 programs omitted from this report due to data discrepancies.</w:t>
-[...556 lines deleted...]
-              </w:rPr>
               <w:t>2015-16: Data for 35 programs omitted from this report due to data discrepancies.</w:t>
             </w:r>
-          </w:p>
-[...43 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="393997C2" w14:textId="2C2C0AFD" w:rsidR="006E107A" w:rsidRPr="009D59E8" w:rsidRDefault="006E107A" w:rsidP="00D44F9D">
+    <w:p w14:paraId="0C697C83" w14:textId="77777777" w:rsidR="00AC0DED" w:rsidRPr="009D59E8" w:rsidRDefault="00AC0DED" w:rsidP="00D44F9D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="006E107A" w:rsidRPr="009D59E8" w:rsidSect="00D85090">
+    <w:sectPr w:rsidR="00AC0DED" w:rsidRPr="009D59E8" w:rsidSect="00D85090">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52A62FB9" w14:textId="77777777" w:rsidR="006F40DE" w:rsidRDefault="006F40DE" w:rsidP="00A063D0">
+    <w:p w14:paraId="7206717E" w14:textId="77777777" w:rsidR="008C6E81" w:rsidRDefault="008C6E81" w:rsidP="00A063D0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="242253AA" w14:textId="77777777" w:rsidR="006F40DE" w:rsidRDefault="006F40DE" w:rsidP="00A063D0">
+    <w:p w14:paraId="472D4FA3" w14:textId="77777777" w:rsidR="008C6E81" w:rsidRDefault="008C6E81" w:rsidP="00A063D0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="47BC5DDF" w14:textId="77777777" w:rsidR="006F40DE" w:rsidRDefault="006F40DE"/>
+    <w:p w14:paraId="490F257B" w14:textId="77777777" w:rsidR="008C6E81" w:rsidRDefault="008C6E81"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -9328,197 +9227,233 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B9D42A2" w14:textId="77777777" w:rsidR="008F0D7E" w:rsidRPr="008F0D7E" w:rsidRDefault="008F0D7E" w:rsidP="001D3826">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="140CEFF5" w14:textId="6D4E17AC" w:rsidR="00D85090" w:rsidRPr="00D85090" w:rsidRDefault="00D85090" w:rsidP="001D3826">
+  <w:p w14:paraId="140CEFF5" w14:textId="3A14C034" w:rsidR="00D85090" w:rsidRPr="00D85090" w:rsidRDefault="00D85090" w:rsidP="001D3826">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D85090">
       <w:rPr>
         <w:b/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Source: Massachusetts Department of Public Health Immunization Division, Childcare/Preschool Immunization Surveys, 19</w:t>
     </w:r>
     <w:r w:rsidR="005A71D3" w:rsidRPr="00B15A9B">
       <w:rPr>
         <w:b/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>91</w:t>
     </w:r>
     <w:r w:rsidRPr="00D85090">
       <w:rPr>
         <w:b/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>-202</w:t>
     </w:r>
-    <w:r w:rsidR="00191469">
+    <w:r w:rsidR="00CE1D52">
       <w:rPr>
         <w:b/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4F5E41D3" w14:textId="6C3C23F8" w:rsidR="00D85090" w:rsidRPr="00D85090" w:rsidRDefault="00D85090" w:rsidP="001D3826">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6E1021DA" w14:textId="7A7AB331" w:rsidR="00D85090" w:rsidRPr="00D85090" w:rsidRDefault="00D85090" w:rsidP="00C91AB3">
+  <w:p w14:paraId="6E1021DA" w14:textId="35CC3918" w:rsidR="00D85090" w:rsidRPr="00D85090" w:rsidRDefault="00D85090" w:rsidP="00C91AB3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="7200"/>
         <w:tab w:val="right" w:pos="14400"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D85090">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Update</w:t>
     </w:r>
     <w:r w:rsidR="001917F0">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>d 04/24/2025</w:t>
+      <w:t xml:space="preserve">d </w:t>
+    </w:r>
+    <w:r w:rsidR="00CE1D52">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>03</w:t>
+    </w:r>
+    <w:r w:rsidR="001917F0">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00CE1D52">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00D71620">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>8</w:t>
+    </w:r>
+    <w:r w:rsidR="001917F0">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="00CE1D52">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00D85090">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t>Massachusetts Department of Public Health Immunization Division</w:t>
     </w:r>
     <w:r w:rsidR="00C91AB3" w:rsidRPr="008F0D7E">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00D85090">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Childcare/Preschool</w:t>
     </w:r>
     <w:r w:rsidR="00C91AB3" w:rsidRPr="008F0D7E">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Exemptions</w:t>
     </w:r>
     <w:r w:rsidR="005A71D3" w:rsidRPr="008F0D7E">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>91</w:t>
     </w:r>
     <w:r w:rsidRPr="00D85090">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>-2</w:t>
     </w:r>
-    <w:r w:rsidR="00191469">
+    <w:r w:rsidR="00CE1D52">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A4C65D3" w14:textId="77777777" w:rsidR="006F40DE" w:rsidRDefault="006F40DE" w:rsidP="00A063D0">
+    <w:p w14:paraId="083EBE03" w14:textId="77777777" w:rsidR="008C6E81" w:rsidRDefault="008C6E81" w:rsidP="00A063D0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A30C922" w14:textId="77777777" w:rsidR="006F40DE" w:rsidRDefault="006F40DE" w:rsidP="00A063D0">
+    <w:p w14:paraId="6F8C8E8D" w14:textId="77777777" w:rsidR="008C6E81" w:rsidRDefault="008C6E81" w:rsidP="00A063D0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1F9510E8" w14:textId="77777777" w:rsidR="006F40DE" w:rsidRDefault="006F40DE"/>
+    <w:p w14:paraId="546F58C6" w14:textId="77777777" w:rsidR="008C6E81" w:rsidRDefault="008C6E81"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="300A862D" w14:textId="77777777" w:rsidR="000C23C7" w:rsidRDefault="000C23C7" w:rsidP="00644662">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>MASSACHUSETTS DEPARTMENT OF PUBLIC HEALTH</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1ECA4B95" w14:textId="77777777" w:rsidR="000C23C7" w:rsidRDefault="00DD0B0D" w:rsidP="00644662">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>IMMUNIZATION</w:t>
     </w:r>
     <w:r w:rsidR="00644662">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
@@ -9617,333 +9552,352 @@
         <w:ind w:left="4500" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5220" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="183906823">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:displayBackgroundShape/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyMjMzMrIwsjA3szAxtDRS0lEKTi0uzszPAykwrgUAY8MioSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00A37F7F"/>
+    <w:rsid w:val="00003707"/>
     <w:rsid w:val="0002033B"/>
     <w:rsid w:val="000470D9"/>
     <w:rsid w:val="00056CBA"/>
     <w:rsid w:val="00062D27"/>
     <w:rsid w:val="00063AAD"/>
     <w:rsid w:val="000649B7"/>
     <w:rsid w:val="00065BAD"/>
     <w:rsid w:val="00065E14"/>
     <w:rsid w:val="000727E1"/>
     <w:rsid w:val="000851C4"/>
     <w:rsid w:val="000979D1"/>
     <w:rsid w:val="000A01B2"/>
     <w:rsid w:val="000A0E04"/>
     <w:rsid w:val="000B0B20"/>
     <w:rsid w:val="000B0B35"/>
     <w:rsid w:val="000C23C7"/>
     <w:rsid w:val="000C7AEA"/>
     <w:rsid w:val="0010422B"/>
     <w:rsid w:val="00105B6A"/>
     <w:rsid w:val="00115D4B"/>
     <w:rsid w:val="00117409"/>
     <w:rsid w:val="00135588"/>
     <w:rsid w:val="0013681B"/>
     <w:rsid w:val="00140326"/>
     <w:rsid w:val="00146629"/>
     <w:rsid w:val="001660FD"/>
     <w:rsid w:val="00184AF5"/>
     <w:rsid w:val="00191469"/>
     <w:rsid w:val="001917F0"/>
     <w:rsid w:val="00193605"/>
     <w:rsid w:val="00194E58"/>
     <w:rsid w:val="001B0FD1"/>
     <w:rsid w:val="001B1922"/>
     <w:rsid w:val="001B7838"/>
     <w:rsid w:val="001D12D7"/>
     <w:rsid w:val="001D35D2"/>
     <w:rsid w:val="001D3826"/>
+    <w:rsid w:val="001E327C"/>
     <w:rsid w:val="001F18DF"/>
     <w:rsid w:val="00211ECC"/>
     <w:rsid w:val="00243E02"/>
     <w:rsid w:val="00244789"/>
     <w:rsid w:val="00254C3C"/>
     <w:rsid w:val="002751C0"/>
     <w:rsid w:val="002770CC"/>
     <w:rsid w:val="002A37C8"/>
     <w:rsid w:val="002B0954"/>
     <w:rsid w:val="002B3574"/>
     <w:rsid w:val="002E4B41"/>
     <w:rsid w:val="002E61B3"/>
     <w:rsid w:val="00300E5D"/>
     <w:rsid w:val="0031388E"/>
     <w:rsid w:val="003338DF"/>
     <w:rsid w:val="00335AE8"/>
     <w:rsid w:val="0035074A"/>
     <w:rsid w:val="0035732A"/>
     <w:rsid w:val="00363E0F"/>
     <w:rsid w:val="00366A4F"/>
     <w:rsid w:val="00377A0A"/>
     <w:rsid w:val="00386115"/>
     <w:rsid w:val="00386B53"/>
     <w:rsid w:val="003B0FF9"/>
+    <w:rsid w:val="003B265C"/>
     <w:rsid w:val="003C1373"/>
     <w:rsid w:val="003D171D"/>
     <w:rsid w:val="003D4350"/>
     <w:rsid w:val="003E04B8"/>
     <w:rsid w:val="0041404B"/>
     <w:rsid w:val="00432040"/>
     <w:rsid w:val="00445E5B"/>
     <w:rsid w:val="00455861"/>
     <w:rsid w:val="0047072F"/>
     <w:rsid w:val="0047292B"/>
     <w:rsid w:val="004815CD"/>
     <w:rsid w:val="00487B11"/>
     <w:rsid w:val="00496855"/>
     <w:rsid w:val="004A3F9B"/>
     <w:rsid w:val="004B2499"/>
     <w:rsid w:val="004B40C8"/>
     <w:rsid w:val="004D38F9"/>
     <w:rsid w:val="004E031A"/>
     <w:rsid w:val="004E09DF"/>
     <w:rsid w:val="0050040F"/>
     <w:rsid w:val="0051322D"/>
+    <w:rsid w:val="00564A77"/>
     <w:rsid w:val="00564BF1"/>
     <w:rsid w:val="00595575"/>
     <w:rsid w:val="005A02F3"/>
     <w:rsid w:val="005A66FE"/>
     <w:rsid w:val="005A71D3"/>
     <w:rsid w:val="005B13E3"/>
     <w:rsid w:val="005C631C"/>
     <w:rsid w:val="005D35D9"/>
     <w:rsid w:val="00602181"/>
     <w:rsid w:val="006111B7"/>
     <w:rsid w:val="00613D4D"/>
     <w:rsid w:val="00614BFF"/>
     <w:rsid w:val="006205B7"/>
     <w:rsid w:val="00620675"/>
     <w:rsid w:val="00632803"/>
     <w:rsid w:val="00636604"/>
     <w:rsid w:val="00644662"/>
     <w:rsid w:val="006508FE"/>
     <w:rsid w:val="00664A25"/>
     <w:rsid w:val="006670EC"/>
     <w:rsid w:val="006722E5"/>
     <w:rsid w:val="00684DC5"/>
     <w:rsid w:val="0068667C"/>
     <w:rsid w:val="00686D37"/>
+    <w:rsid w:val="006B1CDA"/>
     <w:rsid w:val="006C24A2"/>
     <w:rsid w:val="006C45F0"/>
     <w:rsid w:val="006D167F"/>
     <w:rsid w:val="006D22BE"/>
     <w:rsid w:val="006E107A"/>
     <w:rsid w:val="006F1D89"/>
     <w:rsid w:val="006F1EED"/>
     <w:rsid w:val="006F40DE"/>
+    <w:rsid w:val="00701623"/>
     <w:rsid w:val="00701774"/>
     <w:rsid w:val="00716CB1"/>
     <w:rsid w:val="007179D1"/>
     <w:rsid w:val="00723903"/>
+    <w:rsid w:val="007326B6"/>
     <w:rsid w:val="00767A71"/>
+    <w:rsid w:val="0078090C"/>
     <w:rsid w:val="00782FA2"/>
     <w:rsid w:val="00793FB7"/>
     <w:rsid w:val="00794C3D"/>
     <w:rsid w:val="007A3DD6"/>
     <w:rsid w:val="007B18FC"/>
     <w:rsid w:val="007C6842"/>
     <w:rsid w:val="007C697C"/>
     <w:rsid w:val="007D6626"/>
     <w:rsid w:val="0082176E"/>
     <w:rsid w:val="00834BC8"/>
     <w:rsid w:val="0084235F"/>
+    <w:rsid w:val="00844FCC"/>
     <w:rsid w:val="0084534C"/>
     <w:rsid w:val="0084734F"/>
     <w:rsid w:val="00856606"/>
     <w:rsid w:val="00881BF3"/>
     <w:rsid w:val="00890B0A"/>
     <w:rsid w:val="008A1AE0"/>
     <w:rsid w:val="008A2307"/>
     <w:rsid w:val="008A3AF4"/>
     <w:rsid w:val="008A3C63"/>
     <w:rsid w:val="008B13E4"/>
+    <w:rsid w:val="008B7398"/>
     <w:rsid w:val="008C669B"/>
+    <w:rsid w:val="008C6E81"/>
     <w:rsid w:val="008D4A03"/>
     <w:rsid w:val="008E051D"/>
     <w:rsid w:val="008E6882"/>
     <w:rsid w:val="008F0D7E"/>
     <w:rsid w:val="008F5888"/>
     <w:rsid w:val="00907FBD"/>
     <w:rsid w:val="00913DF7"/>
+    <w:rsid w:val="00920B4E"/>
     <w:rsid w:val="009504A1"/>
     <w:rsid w:val="00953D5C"/>
     <w:rsid w:val="0095726B"/>
     <w:rsid w:val="009679E4"/>
     <w:rsid w:val="00970E1E"/>
     <w:rsid w:val="009A06B7"/>
     <w:rsid w:val="009A4433"/>
     <w:rsid w:val="009B0187"/>
     <w:rsid w:val="009D59E8"/>
     <w:rsid w:val="009F533C"/>
     <w:rsid w:val="00A04A37"/>
     <w:rsid w:val="00A063D0"/>
     <w:rsid w:val="00A14C7F"/>
     <w:rsid w:val="00A15DA6"/>
     <w:rsid w:val="00A205E5"/>
     <w:rsid w:val="00A2433F"/>
     <w:rsid w:val="00A37F7F"/>
     <w:rsid w:val="00A433CC"/>
+    <w:rsid w:val="00AA3226"/>
     <w:rsid w:val="00AB6DFF"/>
+    <w:rsid w:val="00AC0DED"/>
     <w:rsid w:val="00AC42DF"/>
+    <w:rsid w:val="00AC4F56"/>
     <w:rsid w:val="00AD4B2E"/>
     <w:rsid w:val="00AE5456"/>
     <w:rsid w:val="00AE6980"/>
     <w:rsid w:val="00B15A9B"/>
     <w:rsid w:val="00B2153B"/>
     <w:rsid w:val="00B2391B"/>
     <w:rsid w:val="00B27079"/>
     <w:rsid w:val="00B442CF"/>
     <w:rsid w:val="00B5591A"/>
     <w:rsid w:val="00B67993"/>
     <w:rsid w:val="00B72C0E"/>
     <w:rsid w:val="00B9246E"/>
     <w:rsid w:val="00B92986"/>
     <w:rsid w:val="00BA7C8C"/>
     <w:rsid w:val="00C00B99"/>
     <w:rsid w:val="00C0329A"/>
     <w:rsid w:val="00C25D4A"/>
     <w:rsid w:val="00C369B5"/>
     <w:rsid w:val="00C42F70"/>
     <w:rsid w:val="00C46860"/>
     <w:rsid w:val="00C46FBB"/>
     <w:rsid w:val="00C4726B"/>
     <w:rsid w:val="00C54F4B"/>
     <w:rsid w:val="00C5649E"/>
     <w:rsid w:val="00C66633"/>
     <w:rsid w:val="00C73FC4"/>
     <w:rsid w:val="00C769B6"/>
     <w:rsid w:val="00C90AAA"/>
     <w:rsid w:val="00C91AB3"/>
     <w:rsid w:val="00CA7FD3"/>
     <w:rsid w:val="00CB1EF5"/>
     <w:rsid w:val="00CB49D8"/>
     <w:rsid w:val="00CB59CA"/>
     <w:rsid w:val="00CD783C"/>
     <w:rsid w:val="00CE0F1D"/>
+    <w:rsid w:val="00CE1D52"/>
     <w:rsid w:val="00CE7687"/>
     <w:rsid w:val="00CF0534"/>
     <w:rsid w:val="00D0165E"/>
     <w:rsid w:val="00D02003"/>
     <w:rsid w:val="00D11C0D"/>
     <w:rsid w:val="00D2242E"/>
     <w:rsid w:val="00D2267A"/>
     <w:rsid w:val="00D26D7C"/>
     <w:rsid w:val="00D33099"/>
     <w:rsid w:val="00D44F9D"/>
     <w:rsid w:val="00D45079"/>
     <w:rsid w:val="00D47F72"/>
     <w:rsid w:val="00D62491"/>
     <w:rsid w:val="00D67CF3"/>
+    <w:rsid w:val="00D71620"/>
     <w:rsid w:val="00D7672F"/>
     <w:rsid w:val="00D85090"/>
     <w:rsid w:val="00D92CBA"/>
     <w:rsid w:val="00D93F5D"/>
     <w:rsid w:val="00DC0A38"/>
     <w:rsid w:val="00DC6921"/>
     <w:rsid w:val="00DD0B0D"/>
     <w:rsid w:val="00DD55CA"/>
     <w:rsid w:val="00DD7D1B"/>
     <w:rsid w:val="00DE5C63"/>
     <w:rsid w:val="00E01900"/>
     <w:rsid w:val="00E078C3"/>
     <w:rsid w:val="00E10B3C"/>
     <w:rsid w:val="00E1528A"/>
     <w:rsid w:val="00E3089A"/>
     <w:rsid w:val="00E35E47"/>
     <w:rsid w:val="00E3758B"/>
     <w:rsid w:val="00E4444A"/>
     <w:rsid w:val="00E44F99"/>
     <w:rsid w:val="00E500EB"/>
     <w:rsid w:val="00E52005"/>
     <w:rsid w:val="00E52815"/>
     <w:rsid w:val="00E61D4B"/>
     <w:rsid w:val="00E66B1A"/>
     <w:rsid w:val="00E810DF"/>
     <w:rsid w:val="00EA74CE"/>
     <w:rsid w:val="00EA7F22"/>
     <w:rsid w:val="00EB127B"/>
     <w:rsid w:val="00EC203B"/>
     <w:rsid w:val="00EC23A4"/>
     <w:rsid w:val="00EC43D7"/>
     <w:rsid w:val="00ED6535"/>
     <w:rsid w:val="00F21CB2"/>
     <w:rsid w:val="00F3298E"/>
     <w:rsid w:val="00F47695"/>
     <w:rsid w:val="00F53307"/>
+    <w:rsid w:val="00F566BC"/>
     <w:rsid w:val="00F642FB"/>
     <w:rsid w:val="00F75927"/>
     <w:rsid w:val="00F94A41"/>
     <w:rsid w:val="00FA0546"/>
     <w:rsid w:val="00FC1C36"/>
     <w:rsid w:val="00FD4DB4"/>
     <w:rsid w:val="00FD7871"/>
     <w:rsid w:val="00FE2D34"/>
     <w:rsid w:val="00FE3C74"/>
     <w:rsid w:val="00FE6906"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
@@ -10381,50 +10335,52 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1644460633">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
@@ -10694,67 +10650,53 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>467</Words>
-  <Characters>2667</Characters>
+  <Words>505</Words>
+  <Characters>2881</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3128</CharactersWithSpaces>
+  <CharactersWithSpaces>3380</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>