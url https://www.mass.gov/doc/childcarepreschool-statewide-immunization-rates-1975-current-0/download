--- v0 (2025-10-27)
+++ v1 (2026-03-31)
@@ -102,118 +102,117 @@
         <w:t>/Preschool</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37B0E242" w14:textId="77777777" w:rsidR="00A56B30" w:rsidRPr="00A56B30" w:rsidRDefault="00A56B30" w:rsidP="00A56B30">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Percent Up-to-Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17E4C8E8" w14:textId="77777777" w:rsidR="0071054B" w:rsidRPr="00A56B30" w:rsidRDefault="00A56B30" w:rsidP="00A56B30">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Childcare/Preschool Immunization Survey</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EFC3855" w14:textId="043FE072" w:rsidR="00A56B30" w:rsidRPr="00A56B30" w:rsidRDefault="00A56B30" w:rsidP="00A56B30">
+    <w:p w14:paraId="3EFC3855" w14:textId="1B5843D7" w:rsidR="00A56B30" w:rsidRPr="00A56B30" w:rsidRDefault="00A56B30" w:rsidP="00A56B30">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A56B30">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>MASSACHUSETTS 1975-20</w:t>
       </w:r>
       <w:r w:rsidR="000B2ED4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00D276DB">
+      <w:r w:rsidR="000C2235">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D09FCBA" w14:textId="77777777" w:rsidR="003060CB" w:rsidRDefault="003060CB" w:rsidP="00675F98">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14835" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="132" w:type="dxa"/>
           <w:right w:w="132" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1296"/>
         <w:gridCol w:w="1172"/>
         <w:gridCol w:w="1392"/>
         <w:gridCol w:w="1393"/>
         <w:gridCol w:w="1393"/>
         <w:gridCol w:w="1222"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="1461"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="1366"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003060CB" w:rsidRPr="00D276DB" w14:paraId="0EBBB1D1" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="003060CB" w:rsidRPr="00D276DB" w14:paraId="0EBBB1D1" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="864"/>
-          <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33316255" w14:textId="77777777" w:rsidR="003060CB" w:rsidRPr="00D276DB" w:rsidRDefault="003060CB" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -708,2566 +707,2931 @@
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Series Complete</w:t>
             </w:r>
             <w:r w:rsidR="00206BA2" w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D276DB" w:rsidRPr="00D276DB" w14:paraId="0ED9FCB0" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00180100" w:rsidRPr="00D276DB" w14:paraId="01C23EC2" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0FE5D725" w14:textId="559711E0" w:rsidR="00D276DB" w:rsidRPr="00D276DB" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D5E2ACF" w14:textId="3677AFFD" w:rsidR="00180100" w:rsidRPr="00180100" w:rsidRDefault="00180100" w:rsidP="00180100">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D276DB">
+            <w:r w:rsidRPr="00180100">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2024-25</w:t>
+              <w:t>2025-26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7F7B6BBF" w14:textId="1964F398" w:rsidR="00D276DB" w:rsidRPr="00D276DB" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="709CEE9C" w14:textId="28A74584" w:rsidR="00180100" w:rsidRPr="00180100" w:rsidRDefault="00180100" w:rsidP="00180100">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D276DB">
+            <w:r w:rsidRPr="00180100">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>94,528</w:t>
+              <w:t>90,367</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1392" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3CE17F44" w14:textId="50E1C909" w:rsidR="00D276DB" w:rsidRPr="00D276DB" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7AC557" w14:textId="3422B32B" w:rsidR="00180100" w:rsidRPr="00180100" w:rsidRDefault="00180100" w:rsidP="00180100">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D276DB">
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180100">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>96.5</w:t>
+              <w:t>96.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="31DC175D" w14:textId="00EA4EAB" w:rsidR="00D276DB" w:rsidRPr="00D276DB" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33F17F63" w14:textId="324046C6" w:rsidR="00180100" w:rsidRPr="00180100" w:rsidRDefault="00180100" w:rsidP="00180100">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D276DB">
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180100">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>96.8</w:t>
+              <w:t>96.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="63792572" w14:textId="37D894EB" w:rsidR="00D276DB" w:rsidRPr="00D276DB" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52B0B834" w14:textId="66E7DEB6" w:rsidR="00180100" w:rsidRPr="00180100" w:rsidRDefault="00180100" w:rsidP="00180100">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D276DB">
+            <w:r w:rsidRPr="00180100">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>97.6</w:t>
+              <w:t>97.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1222" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="399E7E60" w14:textId="0AD5C7F4" w:rsidR="00D276DB" w:rsidRPr="00D276DB" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6097886B" w14:textId="6857E294" w:rsidR="00180100" w:rsidRPr="00180100" w:rsidRDefault="00180100" w:rsidP="00180100">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D276DB">
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180100">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1062FB4D" w14:textId="46648CA5" w:rsidR="00D276DB" w:rsidRPr="00D276DB" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30594F6F" w14:textId="0E9C2847" w:rsidR="00180100" w:rsidRPr="00180100" w:rsidRDefault="00180100" w:rsidP="00180100">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D276DB">
+            <w:r w:rsidRPr="00180100">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4911A4" w14:textId="17C1DD79" w:rsidR="00180100" w:rsidRPr="00180100" w:rsidRDefault="00180100" w:rsidP="00180100">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D276DB">
+            <w:r w:rsidRPr="00180100">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="40E0D662" w14:textId="7EC06B08" w:rsidR="00D276DB" w:rsidRPr="00D276DB" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2736A2E3" w14:textId="035A2ED9" w:rsidR="00180100" w:rsidRPr="00180100" w:rsidRDefault="00180100" w:rsidP="00180100">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D276DB">
+            <w:r w:rsidRPr="00180100">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>0.3</w:t>
+              <w:t>0.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0C8D3D1B" w14:textId="36D7207F" w:rsidR="00D276DB" w:rsidRPr="00D276DB" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76139DED" w14:textId="35C3DDAD" w:rsidR="00180100" w:rsidRPr="00180100" w:rsidRDefault="00180100" w:rsidP="00180100">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D276DB">
+            <w:r w:rsidRPr="00180100">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>97.2</w:t>
+              <w:t>97.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="216DDD92" w14:textId="76067516" w:rsidR="00D276DB" w:rsidRPr="00D276DB" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:shd w:val="clear" w:color="FFFFFF" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="699E8787" w14:textId="361BFB15" w:rsidR="00180100" w:rsidRPr="00180100" w:rsidRDefault="00180100" w:rsidP="00180100">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D276DB">
+            <w:r w:rsidRPr="00180100">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>94.2</w:t>
+              <w:t>94.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC089C" w:rsidRPr="00D276DB" w14:paraId="1F2ADEFC" w14:textId="77777777" w:rsidTr="009419DB">
+      <w:tr w:rsidR="00D276DB" w:rsidRPr="00D276DB" w14:paraId="0ED9FCB0" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76E1ABF2" w14:textId="4642D416" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
+          <w:p w14:paraId="0FE5D725" w14:textId="559711E0" w:rsidR="00D276DB" w:rsidRPr="00D276DB" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2023-24</w:t>
+              <w:t>2024-25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A8E51F5" w14:textId="0CCF1F7F" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>88,674</w:t>
+          <w:p w14:paraId="7F7B6BBF" w14:textId="1964F398" w:rsidR="00D276DB" w:rsidRPr="00180100" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180100">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>94,528</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50EB0556" w14:textId="00F7F3E7" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D276DB">
+          <w:p w14:paraId="3CE17F44" w14:textId="50E1C909" w:rsidR="00D276DB" w:rsidRPr="00180100" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180100">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63388C35" w14:textId="43549133" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D276DB">
+          <w:p w14:paraId="31DC175D" w14:textId="00EA4EAB" w:rsidR="00D276DB" w:rsidRPr="00180100" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180100">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63792572" w14:textId="37D894EB" w:rsidR="00D276DB" w:rsidRPr="00180100" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180100">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="399E7E60" w14:textId="0AD5C7F4" w:rsidR="00D276DB" w:rsidRPr="00180100" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180100">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1062FB4D" w14:textId="46648CA5" w:rsidR="00D276DB" w:rsidRPr="00180100" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180100">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="404F64F5" w14:textId="1A7467D7" w:rsidR="00D276DB" w:rsidRPr="00180100" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180100">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1393" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B67B08A" w14:textId="1E5338C8" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
-[...21 lines deleted...]
-            <w:tcW w:w="1222" w:type="dxa"/>
+          <w:p w14:paraId="40E0D662" w14:textId="7EC06B08" w:rsidR="00D276DB" w:rsidRPr="00180100" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180100">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23EC4519" w14:textId="79B61B22" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
-[...138 lines deleted...]
-              <w:t>97.4</w:t>
+          <w:p w14:paraId="0C8D3D1B" w14:textId="36D7207F" w:rsidR="00D276DB" w:rsidRPr="00180100" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180100">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0464840F" w14:textId="7CF14CF5" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>94.4</w:t>
+          <w:p w14:paraId="216DDD92" w14:textId="76067516" w:rsidR="00D276DB" w:rsidRPr="00180100" w:rsidRDefault="00D276DB" w:rsidP="00D276DB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180100">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>94.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="4D547FD2" w14:textId="77777777" w:rsidTr="009419DB">
+      <w:tr w:rsidR="00EC089C" w:rsidRPr="00D276DB" w14:paraId="1F2ADEFC" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B582288" w14:textId="23FACB93" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+          <w:p w14:paraId="76E1ABF2" w14:textId="4642D416" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2022-23</w:t>
+              <w:t>2023-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F3197F1" w14:textId="676094ED" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...17 lines deleted...]
-              <w:t>78,672</w:t>
+          <w:p w14:paraId="4A8E51F5" w14:textId="0CCF1F7F" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>88,674</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C9EDEE7" w14:textId="7F3E2FB8" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...17 lines deleted...]
-              <w:t>96.6</w:t>
+          <w:p w14:paraId="50EB0556" w14:textId="00F7F3E7" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25DA2268" w14:textId="0FB9AE11" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...17 lines deleted...]
-              <w:t>97.1</w:t>
+          <w:p w14:paraId="63388C35" w14:textId="43549133" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C66A535" w14:textId="61577E57" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...6 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="0B67B08A" w14:textId="1E5338C8" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>97.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1222" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48DCA949" w14:textId="7496CA56" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...17 lines deleted...]
-              <w:t>96.8</w:t>
+          <w:p w14:paraId="23EC4519" w14:textId="79B61B22" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="545736DA" w14:textId="57DD3350" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...17 lines deleted...]
-              <w:t>96.6</w:t>
+          <w:p w14:paraId="3A2394F1" w14:textId="5A3BD652" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30E0212A" w14:textId="5C065775" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...5 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="0215B89F" w14:textId="4499E214" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>97.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2165052D" w14:textId="7A5603B5" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...6 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="165861CA" w14:textId="5E82EE62" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B845CAD" w14:textId="50D93FA6" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...17 lines deleted...]
-              <w:t>97.3</w:t>
+          <w:p w14:paraId="57AC3470" w14:textId="60000CA0" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FE41DB5" w14:textId="396B97C0" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...17 lines deleted...]
-              <w:t>94.5</w:t>
+          <w:p w14:paraId="0464840F" w14:textId="7CF14CF5" w:rsidR="00EC089C" w:rsidRPr="00D276DB" w:rsidRDefault="00EC089C" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>94.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="0DE0619D" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="4D547FD2" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="612ED6F0" w14:textId="522477CC" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+          <w:p w14:paraId="3B582288" w14:textId="23FACB93" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2021-22</w:t>
+              <w:t>2022-23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF89B63" w14:textId="1F4FCA36" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>80,329</w:t>
+          <w:p w14:paraId="3F3197F1" w14:textId="676094ED" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>78,672</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="486E1BE0" w14:textId="3CB2B5F1" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>96.2</w:t>
+          <w:p w14:paraId="6C9EDEE7" w14:textId="7F3E2FB8" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43304454" w14:textId="62727228" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>97.4</w:t>
+          <w:p w14:paraId="25DA2268" w14:textId="0FB9AE11" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DBA3032" w14:textId="1587827F" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>95.9</w:t>
+          <w:p w14:paraId="3C66A535" w14:textId="61577E57" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1222" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AD7B44C" w14:textId="1D4D8861" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>96.0</w:t>
+          <w:p w14:paraId="48DCA949" w14:textId="7496CA56" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="202CA20D" w14:textId="39A6AAD7" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>96.8</w:t>
+          <w:p w14:paraId="545736DA" w14:textId="57DD3350" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B51896A" w14:textId="4C9CA8D1" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...14 lines deleted...]
-              <w:t>96.6</w:t>
+          <w:p w14:paraId="30E0212A" w14:textId="5C065775" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3211864B" w14:textId="2E0D49FB" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>0.2</w:t>
+          <w:p w14:paraId="2165052D" w14:textId="7A5603B5" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6559BC8B" w14:textId="6888820A" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>96.8</w:t>
+          <w:p w14:paraId="3B845CAD" w14:textId="50D93FA6" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EA2FD68" w14:textId="6C7C3A8E" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>93.4</w:t>
+          <w:p w14:paraId="5FE41DB5" w14:textId="396B97C0" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>94.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="34A04728" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="0DE0619D" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53C1D420" w14:textId="33C45753" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+          <w:p w14:paraId="612ED6F0" w14:textId="522477CC" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-              <w:t>2020-21</w:t>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2021-22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DF3BC7F" w14:textId="36E67295" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>54,941</w:t>
+          <w:p w14:paraId="5CF89B63" w14:textId="1F4FCA36" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>80,329</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A93420F" w14:textId="7BE049D4" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>97.3</w:t>
+          <w:p w14:paraId="486E1BE0" w14:textId="3CB2B5F1" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E59FED6" w14:textId="70FF47CB" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>97.5</w:t>
+          <w:p w14:paraId="43304454" w14:textId="62727228" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D9212DB" w14:textId="12995223" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>98.3</w:t>
+          <w:p w14:paraId="2DBA3032" w14:textId="1587827F" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>95.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1222" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67EA67D2" w14:textId="14E0906F" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>97.2</w:t>
+          <w:p w14:paraId="5AD7B44C" w14:textId="1D4D8861" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="269DE4B1" w14:textId="6CEA6876" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>97.0</w:t>
+          <w:p w14:paraId="202CA20D" w14:textId="39A6AAD7" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="125B2861" w14:textId="2E505BDF" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>97.8</w:t>
+          <w:p w14:paraId="6B51896A" w14:textId="4C9CA8D1" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E28CF0E" w14:textId="6B35C813" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>0.1</w:t>
+          <w:p w14:paraId="3211864B" w14:textId="2E0D49FB" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E9C204F" w14:textId="644C7628" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>97.9</w:t>
+          <w:p w14:paraId="6559BC8B" w14:textId="6888820A" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16903079" w14:textId="7D23E9E9" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>94.9</w:t>
+          <w:p w14:paraId="3EA2FD68" w14:textId="6C7C3A8E" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>93.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="5385E94E" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="34A04728" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03D6A207" w14:textId="30C80957" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+          <w:p w14:paraId="53C1D420" w14:textId="33C45753" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2019-20</w:t>
+              <w:t>2020-21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C128783" w14:textId="7C05A4F0" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>99,620</w:t>
+          <w:p w14:paraId="4DF3BC7F" w14:textId="36E67295" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>54,941</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DE5836E" w14:textId="27E32390" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+          <w:p w14:paraId="1A93420F" w14:textId="7BE049D4" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E59FED6" w14:textId="70FF47CB" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9212DB" w14:textId="12995223" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>98.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67EA67D2" w14:textId="14E0906F" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="269DE4B1" w14:textId="6CEA6876" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>97.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1393" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78F000CD" w14:textId="2D30D33A" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...21 lines deleted...]
-            <w:tcW w:w="1393" w:type="dxa"/>
+          <w:p w14:paraId="125B2861" w14:textId="2E505BDF" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A5BC39E" w14:textId="1798D4F5" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+          <w:p w14:paraId="4E28CF0E" w14:textId="6B35C813" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9C204F" w14:textId="644C7628" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>97.9</w:t>
-            </w:r>
-[...153 lines deleted...]
-              <w:t>97.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF73A57" w14:textId="38D6B679" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>94.6</w:t>
+          <w:p w14:paraId="16903079" w14:textId="7D23E9E9" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>94.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="5E9B2F8C" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="5385E94E" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53543D09" w14:textId="7BFDCBA9" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+          <w:p w14:paraId="03D6A207" w14:textId="30C80957" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2018-19</w:t>
+              <w:t>2019-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...20 lines deleted...]
-              <w:t>100,731</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C128783" w14:textId="7C05A4F0" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>99,620</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...20 lines deleted...]
-              <w:t>96.8</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE5836E" w14:textId="27E32390" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...20 lines deleted...]
-              <w:t>97.1</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78F000CD" w14:textId="2D30D33A" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...20 lines deleted...]
-              <w:t>97.8</w:t>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5BC39E" w14:textId="1798D4F5" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1222" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="246D075C" w14:textId="30193A38" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D6C43B7" w14:textId="5D170AE7" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6E899D" w14:textId="15EFC023" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...26 lines deleted...]
-            <w:tcW w:w="1350" w:type="dxa"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A22679" w14:textId="134C6171" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...26 lines deleted...]
-            <w:tcW w:w="1461" w:type="dxa"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BAAD304" w14:textId="47EA28A9" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...26 lines deleted...]
-            <w:tcW w:w="1530" w:type="dxa"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="336DF906" w14:textId="4E68AE79" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...30 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74C5AD6D" w14:textId="2744880A" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
-[...15 lines deleted...]
-              <w:t>95.9</w:t>
+          <w:p w14:paraId="1CF73A57" w14:textId="38D6B679" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>94.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="21880CA3" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="5E9B2F8C" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53543D09" w14:textId="7BFDCBA9" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2018-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61B66B18" w14:textId="54A25F0E" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>100,731</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E3755FB" w14:textId="5D68E86A" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BEA44FE" w14:textId="1B7A579C" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="056590B4" w14:textId="225D803C" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="246D075C" w14:textId="30193A38" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C01038" w14:textId="41B9F718" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>96.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="343AE5DF" w14:textId="0DFE744D" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52917853" w14:textId="7044CC00" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31C1D99A" w14:textId="7D4BF83A" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>97.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74C5AD6D" w14:textId="2744880A" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D276DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>95.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="21880CA3" w14:textId="77777777" w:rsidTr="009C4750">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+            <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="027BFEEE" w14:textId="7488BEB9" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -3564,51 +3928,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20DEE1C5" w14:textId="130ADBCC" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>95.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="6BAB29A0" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="6BAB29A0" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B597EAC" w14:textId="419098B3" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -3913,51 +4277,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="292781CC" w14:textId="7E2ABABC" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>95.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="0F1BF4BE" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="0F1BF4BE" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2068DA02" w14:textId="7697C4F3" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -4262,51 +4626,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2131D097" w14:textId="36890379" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>95.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="6FE3BD5E" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="6FE3BD5E" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E88E63B" w14:textId="406E1C57" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -4611,51 +4975,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E4B0AA3" w14:textId="265429CE" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>94.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="3E47B4B5" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="3E47B4B5" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EE4BB28" w14:textId="47E89092" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -4960,51 +5324,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="335AD26F" w14:textId="16342F26" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>95.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="6E9A84B2" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="6E9A84B2" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FEC4910" w14:textId="33112C96" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -5309,51 +5673,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E76CCC5" w14:textId="56D71AB0" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>95.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="6C36FE73" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="6C36FE73" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38E1866B" w14:textId="3017EA65" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -5658,84 +6022,85 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C9ADDAC" w14:textId="0A933125" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>95.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="1969645E" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="1969645E" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14CC825B" w14:textId="2C10FB93" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2010-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04B1AB36" w14:textId="073FC093" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -6007,85 +6372,84 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61EE98D1" w14:textId="5A9A5E58" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>94.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="1F1499FA" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="1F1499FA" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B3C26D6" w14:textId="0D6E6B6D" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2009-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DAAE4E4" w14:textId="2B40DFF4" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -6357,51 +6721,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D72FB03" w14:textId="0A20D2CD" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>95.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="2B413C38" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="2B413C38" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7463D745" w14:textId="4A57298D" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -6706,51 +7070,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EB7C65A" w14:textId="43D0758B" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="56E8FB93" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="56E8FB93" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00AFFBCD" w14:textId="657350B5" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -7055,51 +7419,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6585BE78" w14:textId="00B2DD0A" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="157788DC" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="157788DC" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43082B84" w14:textId="099A565F" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -7404,51 +7768,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="053676C8" w14:textId="1134C9A4" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>97.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="52AF0AAD" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="52AF0AAD" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25CA2E39" w14:textId="707C37F5" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -7753,51 +8117,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D4D89DE" w14:textId="1C39CB07" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="0DB5B2D4" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="0DB5B2D4" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20396099" w14:textId="4686098D" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -8102,51 +8466,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49CB0CC5" w14:textId="33D0FA28" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>97.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="7609DE78" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="7609DE78" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E9A354D" w14:textId="39F79834" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -8451,51 +8815,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EAE76A2" w14:textId="49A0C0C9" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>97.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="5E8D8ABF" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="5E8D8ABF" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73A89594" w14:textId="19BB68A3" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -8800,51 +9164,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="697F953F" w14:textId="43427151" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="24B6338F" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="24B6338F" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77109AB3" w14:textId="51626621" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -9149,51 +9513,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ED2B6A8" w14:textId="066A3AA5" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="27A4D87D" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="27A4D87D" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CE4B768" w14:textId="40B2CDD7" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -9498,51 +9862,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AB75E2E" w14:textId="421528A8" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="2E37A970" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="2E37A970" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A11FBB6" w14:textId="78205A7F" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -9847,51 +10211,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59AF1EA6" w14:textId="0C36E029" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="66295A24" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="66295A24" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="286BED14" w14:textId="78BE3791" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -10196,51 +10560,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A541152" w14:textId="00823D98" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>95.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="16A0C770" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="16A0C770" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B7411BC" w14:textId="4C1E2D94" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -10545,51 +10909,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FA8B7D2" w14:textId="12BA772D" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="3981FE91" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="3981FE91" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="310FC67D" w14:textId="7CA67C6A" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -10894,51 +11258,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C4AB802" w14:textId="41E07A92" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="05C614DA" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="05C614DA" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B0FD259" w14:textId="17526A12" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -11232,51 +11596,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C12514F" w14:textId="77ACCC6F" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>96.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="2D60D1CD" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="2D60D1CD" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B1A97CF" w14:textId="150E7743" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -11581,51 +11945,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E54918F" w14:textId="1F27DACA" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="75CF9B5C" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="75CF9B5C" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="765D62F3" w14:textId="6711BAD6" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -11930,51 +12294,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="522879A5" w14:textId="0D2E95FD" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="1B85B486" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="1B85B486" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38881242" w14:textId="67A5D60A" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -12279,85 +12643,84 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E804FE3" w14:textId="3294E517" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="214ECBBF" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="214ECBBF" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="736B324C" w14:textId="599A0056" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1991-92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72758198" w14:textId="52A391D1" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -12629,83 +12992,84 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E6845E9" w14:textId="26BDF842" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="635E6466" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="635E6466" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66EB1887" w14:textId="02278DDB" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1990-91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6418F172" w14:textId="54F4C000" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -12977,51 +13341,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C14571A" w14:textId="0355DFA4" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="63F6A369" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="63F6A369" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="373E82E2" w14:textId="64DF7082" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -13316,51 +13680,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="427A2BFF" w14:textId="1D0708AD" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="1E4AF621" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="1E4AF621" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07E7E1D1" w14:textId="2A5F6685" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -13664,51 +14028,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56127CCF" w14:textId="011352D2" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="7FA2BC92" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="7FA2BC92" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CD11D2A" w14:textId="4F3F550D" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -14002,51 +14366,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="486256A4" w14:textId="174FC00A" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="784EF568" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="784EF568" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21293BEE" w14:textId="79B344A2" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -14351,51 +14715,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69157C50" w14:textId="03B21C19" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="594E74F9" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="594E74F9" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="082989A6" w14:textId="2BC217A8" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -14700,51 +15064,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="626F0CE4" w14:textId="74C254AC" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="716BCA15" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="716BCA15" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31EA4EBF" w14:textId="080E4CB9" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -15049,51 +15413,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708D225A" w14:textId="7210C69C" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="48476C83" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="48476C83" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F347D57" w14:textId="08D0BB32" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -15398,51 +15762,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60E18F68" w14:textId="7BB4169A" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="25D6697F" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="25D6697F" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="771AAE5C" w14:textId="523BDCCB" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -15747,51 +16111,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F1DD08C" w14:textId="20ADDDE0" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="2A22E6FD" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="2A22E6FD" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D99F06C" w14:textId="42830190" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -16096,51 +16460,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="087FCE88" w14:textId="240BF1F5" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="5639AEFE" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="5639AEFE" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18043880" w14:textId="41FEBA1E" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -16445,51 +16809,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A81878A" w14:textId="7CDA952B" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="408CD5EF" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="408CD5EF" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DFB3BD5" w14:textId="67910FBD" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -16794,51 +17158,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C8DA201" w14:textId="5CCC83A6" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="19ACE2EA" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="19ACE2EA" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75F7F5EE" w14:textId="2AAC4796" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -17143,51 +17507,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D379DC8" w14:textId="4FD3A5B9" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="1B8273D2" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="1B8273D2" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1889FC02" w14:textId="0AA3AF1E" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -17492,51 +17856,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21DFA325" w14:textId="5B2C0445" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="6503283C" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="6503283C" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76A20DA9" w14:textId="745EC887" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -17831,51 +18195,51 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20CC9F2C" w14:textId="6D528110" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="5E827602" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w14:paraId="5E827602" w14:textId="77777777" w:rsidTr="009C4750">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="452B6A0D" w14:textId="34D6B8C2" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -18181,2860 +18545,1439 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DDE918B" w14:textId="19B516B4" w:rsidR="00C14BEF" w:rsidRPr="00D276DB" w:rsidRDefault="00C14BEF" w:rsidP="001057C7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D276DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="6B4696D2" w14:textId="574C665C" w:rsidR="003060CB" w:rsidRDefault="003060CB" w:rsidP="00CE4004">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13160" w:type="dxa"/>
+        <w:tblW w:w="12376" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="222"/>
+        <w:gridCol w:w="576"/>
+        <w:gridCol w:w="11800"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A279AC" w:rsidRPr="00A279AC" w14:paraId="37141281" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="6D3BF9F3" w14:textId="77777777" w:rsidTr="00537BAD">
         <w:trPr>
-          <w:trHeight w:val="1020"/>
+          <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57745276" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC">
+          <w:p w14:paraId="70A546E0" w14:textId="77777777" w:rsidR="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Note</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E4DDAE4" w14:textId="77777777" w:rsidR="00537BAD" w:rsidRPr="0046456E" w:rsidRDefault="00537BAD" w:rsidP="0046456E">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F021A74" w14:textId="77777777" w:rsidR="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A279AC">
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Rates for vaccines are rounded and may slightly under- or overestimate true immunization rates and not always add up to 100%.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BD31E3D" w14:textId="77777777" w:rsidR="00537BAD" w:rsidRPr="0046456E" w:rsidRDefault="00537BAD" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="74D35AE1" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30F0DFC8" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23C5C2EA" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...7 lines deleted...]
-            <w:gridSpan w:val="10"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>In preparing these data reports, we follow up with schools reporting numerically illogical survey entries and correct them whenever possible. Beginning with the 2017-18 school year, the survey submission deadline was extended from late October to mid-December, at which point no additional surveys were accepted. In prior years, additional surveys were accepted after the deadline. Beginning with the 2021-2022 school year, the survey deadline occurs in late January/early February.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="594FF0D1" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="248C57E1" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC">
+          <w:p w14:paraId="6B525BB4" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A279AC">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5194ECDE" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A279AC">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>In preparing these data reports, we follow-up with schools reporting numerically illogical survey entries and correct them whenever possible. Beginning with the 2017-18 school year, the survey submission deadline was extended from late October to mid-December at which point no additional surveys were accepted.  In prior years, additional surveys were accepted after the deadline. Beginning with the 2021-2022 school year, the survey deadline occurs in late January/early February.</w:t>
+              <w:t>2025-26: Data for 2 programs omitted from this report due to data discrepancies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A279AC" w:rsidRPr="00A279AC" w14:paraId="41101FA4" w14:textId="77777777" w:rsidTr="00A279AC">
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="3F4A848B" w14:textId="77777777" w:rsidTr="00537BAD">
         <w:trPr>
-          <w:trHeight w:val="255"/>
+          <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1816A872" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC">
+          <w:p w14:paraId="6AD6588A" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11514" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="11800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3848DF21" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC">
+          <w:p w14:paraId="3C0FA570" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A279AC">
+            <w:r w:rsidRPr="0046456E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2024-25: No school data was omitted from this report due to data discrepancy.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+              <w:t>2024-25: No school data was omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="2E89ECAF" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EA4B3ED" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC">
+          <w:p w14:paraId="28CB8D95" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="54" w:type="dxa"/>
+            <w:tcW w:w="11800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F977B1D" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...3 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+          <w:p w14:paraId="240352BD" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2023-24: Data for 12 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="02E601B1" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="215AF695" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...3 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+          <w:p w14:paraId="7C49CF1C" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39B26D19" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...3 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+          <w:p w14:paraId="369B67B3" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2022-23: No school data was omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="6B0E7DEB" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D10300D" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1376" w:type="dxa"/>
+          <w:p w14:paraId="4CDB979A" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="229AA3E8" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...4 lines deleted...]
-            <w:gridSpan w:val="5"/>
+          <w:p w14:paraId="1F53C08C" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2021-22: Data for 47 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="5A917D32" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="218EC024" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC">
+          <w:p w14:paraId="26019004" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A279AC">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24FEB5CF" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2023-24: Data for 12 programs omitted from this report due to data discrepancies.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2020-21: Data for 5 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="42AD7D82" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C6DFC24" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC">
+          <w:p w14:paraId="1A7CCD72" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="54" w:type="dxa"/>
+            <w:tcW w:w="11800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="226EF3D5" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...3 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+          <w:p w14:paraId="40E23F91" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="RANGE!B62"/>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2019-20: Data for 27 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="6294C166" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="158CE482" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...3 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+          <w:p w14:paraId="14B4CA48" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5927168F" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...3 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+          <w:p w14:paraId="76C0EEC4" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2018-19: Data for 30 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="5DEF00A4" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B9942CA" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1376" w:type="dxa"/>
+          <w:p w14:paraId="7FCC4AFB" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2267EEDA" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...4 lines deleted...]
-            <w:gridSpan w:val="5"/>
+          <w:p w14:paraId="5B6572B9" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2017-18: Data for 87 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="20BC9692" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0842E070" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC">
+          <w:p w14:paraId="34F880D3" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A279AC">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C72F20C" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2022-23: No school data was omitted from this report due to data discrepancy.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2016-17: Data for 61 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="20E385FC" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08A8E7DB" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC">
+          <w:p w14:paraId="7DE91B34" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="54" w:type="dxa"/>
+            <w:tcW w:w="11800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52D374C1" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...3 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+          <w:p w14:paraId="72C5949F" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2015-16: Data for 35 programs omitted from this report due to data discrepancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="74A864A6" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1532F2CC" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...3 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+          <w:p w14:paraId="5397CF84" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E99380D" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...3 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+          <w:p w14:paraId="0200D2EC" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Diphtheria, tetanus, pertussis vaccine.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="7D400571" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3708308D" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1376" w:type="dxa"/>
+          <w:p w14:paraId="7B2A27FE" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11A9C072" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...4 lines deleted...]
-            <w:gridSpan w:val="5"/>
+          <w:p w14:paraId="1B4D3D94" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Measles, mumps, rubella vaccine.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="56799193" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="384892DB" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC">
-            <w:pPr>
+          <w:p w14:paraId="1C1DC67A" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A279AC">
+            <w:r w:rsidRPr="0046456E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5336B34C" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC">
-[...1428 lines deleted...]
-          <w:p w14:paraId="17C4CDC1" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC">
+          <w:p w14:paraId="3D53E4B4" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A279AC">
+            <w:r w:rsidRPr="0046456E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Haemophilus influenzae</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A279AC">
+            <w:r w:rsidRPr="0046456E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> type B vaccine.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="71AE0D26" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7416191C" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC">
-            <w:pPr>
+          <w:p w14:paraId="10D2997C" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:i/>
-                <w:iCs/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0ECE49A0" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...3 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+          <w:p w14:paraId="7A56DECB" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Hepatitis B vaccine.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="5717AA21" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AEB3BBF" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...3 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+          <w:p w14:paraId="3D3B714D" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D5FBFD7" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...3 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+          <w:p w14:paraId="2C76729D" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Includes students with 1 dose of varicella vaccine or a documented reliable history of chickenpox disease.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046456E" w:rsidRPr="0046456E" w14:paraId="357E495E" w14:textId="77777777" w:rsidTr="00537BAD">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D4F7072" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...3 lines deleted...]
-            <w:tcW w:w="54" w:type="dxa"/>
+          <w:p w14:paraId="41E69D90" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B99C159" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
-[...54 lines deleted...]
-              <w:jc w:val="right"/>
+          <w:p w14:paraId="47377487" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="0046456E" w:rsidRDefault="0046456E" w:rsidP="0046456E">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A279AC">
+            <w:r w:rsidRPr="0046456E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:vertAlign w:val="superscript"/>
-[...395 lines deleted...]
-                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4 DTaP/DTP + 3 Polio + 1 MMR + 3 Hib + 3 Hep B + 1 Varicella</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...119 lines deleted...]
-          <w:p w14:paraId="614AFE22" w14:textId="77777777" w:rsidR="00A279AC" w:rsidRPr="00A279AC" w:rsidRDefault="00A279AC" w:rsidP="00A279AC"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6B4696D2" w14:textId="574C665C" w:rsidR="003060CB" w:rsidRPr="00EC089C" w:rsidRDefault="003060CB" w:rsidP="00CE4004">
+    <w:p w14:paraId="2B2C651A" w14:textId="77777777" w:rsidR="0046456E" w:rsidRPr="00EC089C" w:rsidRDefault="0046456E" w:rsidP="00CE4004">
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003060CB" w:rsidRPr="00EC089C" w:rsidSect="001057C7">
+    <w:sectPr w:rsidR="0046456E" w:rsidRPr="00EC089C" w:rsidSect="001057C7">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C4019AC" w14:textId="77777777" w:rsidR="00C22849" w:rsidRDefault="00C22849">
+    <w:p w14:paraId="1A3A349F" w14:textId="77777777" w:rsidR="00664BEE" w:rsidRDefault="00664BEE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DD4C9DD" w14:textId="77777777" w:rsidR="00C22849" w:rsidRDefault="00C22849">
+    <w:p w14:paraId="3FD4F0D3" w14:textId="77777777" w:rsidR="00664BEE" w:rsidRDefault="00664BEE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
@@ -21049,176 +19992,194 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B03F33D" w14:textId="77777777" w:rsidR="00EE103A" w:rsidRPr="00E65FA5" w:rsidRDefault="00EE103A" w:rsidP="00FF7E7A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="7200"/>
         <w:tab w:val="right" w:pos="14400"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="31972DB3" w14:textId="1471C36D" w:rsidR="00EE103A" w:rsidRPr="00E65FA5" w:rsidRDefault="00EE103A" w:rsidP="00FF7E7A">
+  <w:p w14:paraId="31972DB3" w14:textId="1D5B6FEE" w:rsidR="00EE103A" w:rsidRPr="00E65FA5" w:rsidRDefault="00EE103A" w:rsidP="00FF7E7A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="7200"/>
         <w:tab w:val="right" w:pos="14400"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E65FA5">
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Source: Massachusetts Department of Public Health Immunization Division, </w:t>
     </w:r>
     <w:r w:rsidR="003F57E5">
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Childcare/Preschool</w:t>
     </w:r>
     <w:r w:rsidRPr="00E65FA5">
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> Immunization Surveys, 1975-202</w:t>
     </w:r>
-    <w:r w:rsidR="00D276DB">
+    <w:r w:rsidR="000C2235">
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0FC0EAE5" w14:textId="77777777" w:rsidR="00EE103A" w:rsidRPr="00E65FA5" w:rsidRDefault="00EE103A" w:rsidP="00FF7E7A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="6120"/>
         <w:tab w:val="center" w:pos="7200"/>
         <w:tab w:val="right" w:pos="12960"/>
         <w:tab w:val="right" w:pos="14400"/>
       </w:tabs>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="71F04ECE" w14:textId="56DFDA5D" w:rsidR="00444B0D" w:rsidRPr="00EE103A" w:rsidRDefault="00EE103A" w:rsidP="00FF7E7A">
+  <w:p w14:paraId="71F04ECE" w14:textId="62FF78A2" w:rsidR="00444B0D" w:rsidRPr="00EE103A" w:rsidRDefault="00EE103A" w:rsidP="00FF7E7A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="7200"/>
         <w:tab w:val="right" w:pos="14400"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00E65FA5">
       <w:t>Update</w:t>
     </w:r>
     <w:r w:rsidR="007A2A34">
-      <w:t>d 04/24/2025</w:t>
+      <w:t>d 0</w:t>
+    </w:r>
+    <w:r w:rsidR="000C2235">
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidR="007A2A34">
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="000C2235">
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00AC2943">
+      <w:t>8</w:t>
+    </w:r>
+    <w:r w:rsidR="007A2A34">
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="000C2235">
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00FF7E7A">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00E65FA5">
       <w:t>Massachusetts Department of Public Health Immunization Division</w:t>
     </w:r>
     <w:r w:rsidR="00FF7E7A">
       <w:tab/>
       <w:t>Childcare</w:t>
     </w:r>
     <w:r w:rsidR="003F57E5">
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="00FF7E7A">
       <w:t>Preschool</w:t>
     </w:r>
     <w:r w:rsidRPr="00E65FA5">
       <w:rPr>
         <w:noProof/>
         <w:snapToGrid w:val="0"/>
       </w:rPr>
       <w:t>Coverage75-2</w:t>
     </w:r>
-    <w:r w:rsidR="00D276DB">
+    <w:r w:rsidR="000C2235">
       <w:rPr>
         <w:noProof/>
         <w:snapToGrid w:val="0"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4305159A" w14:textId="77777777" w:rsidR="00C22849" w:rsidRDefault="00C22849">
+    <w:p w14:paraId="3BEEC33C" w14:textId="77777777" w:rsidR="00664BEE" w:rsidRDefault="00664BEE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56ADE926" w14:textId="77777777" w:rsidR="00C22849" w:rsidRDefault="00C22849">
+    <w:p w14:paraId="7E5038B5" w14:textId="77777777" w:rsidR="00664BEE" w:rsidRDefault="00664BEE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0CF70E89" w14:textId="77777777" w:rsidR="00444B0D" w:rsidRDefault="00444B0D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>MASSACHUSETTS DEPARTMENT OF PUBLIC HEALTH</w:t>
     </w:r>
   </w:p>
@@ -21487,339 +20448,363 @@
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyMjMzMja2NDU1NzMxtDRS0lEKTi0uzszPAykwqQUAGtcoLSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00BF75B5"/>
     <w:rsid w:val="00006B7B"/>
     <w:rsid w:val="00007070"/>
     <w:rsid w:val="00010F3C"/>
     <w:rsid w:val="00014021"/>
+    <w:rsid w:val="00017CE4"/>
     <w:rsid w:val="00040E9B"/>
     <w:rsid w:val="0004114C"/>
     <w:rsid w:val="0004130C"/>
     <w:rsid w:val="000428BB"/>
     <w:rsid w:val="000428EA"/>
     <w:rsid w:val="00065BAD"/>
     <w:rsid w:val="00071069"/>
     <w:rsid w:val="00077631"/>
     <w:rsid w:val="00087F26"/>
     <w:rsid w:val="000948D2"/>
     <w:rsid w:val="000B2ED4"/>
     <w:rsid w:val="000B6BD8"/>
     <w:rsid w:val="000C1612"/>
     <w:rsid w:val="000C1A7B"/>
+    <w:rsid w:val="000C2235"/>
     <w:rsid w:val="000C244B"/>
     <w:rsid w:val="000D5CE6"/>
     <w:rsid w:val="001057C7"/>
+    <w:rsid w:val="00105B02"/>
     <w:rsid w:val="00106277"/>
     <w:rsid w:val="00121CDE"/>
     <w:rsid w:val="00133B51"/>
     <w:rsid w:val="00150DE5"/>
     <w:rsid w:val="00151B25"/>
     <w:rsid w:val="00155B04"/>
     <w:rsid w:val="00170483"/>
+    <w:rsid w:val="00180100"/>
     <w:rsid w:val="00190BB4"/>
     <w:rsid w:val="001A4B4D"/>
     <w:rsid w:val="001B56B5"/>
     <w:rsid w:val="001B5BD9"/>
     <w:rsid w:val="001B60EA"/>
     <w:rsid w:val="001C549D"/>
     <w:rsid w:val="001E4A0F"/>
     <w:rsid w:val="001F0C84"/>
     <w:rsid w:val="001F516F"/>
     <w:rsid w:val="00206BA2"/>
+    <w:rsid w:val="00220593"/>
     <w:rsid w:val="00234BE7"/>
     <w:rsid w:val="002542B5"/>
     <w:rsid w:val="00254DEB"/>
     <w:rsid w:val="00256939"/>
     <w:rsid w:val="00267A06"/>
+    <w:rsid w:val="002805B3"/>
     <w:rsid w:val="00281998"/>
     <w:rsid w:val="00286017"/>
     <w:rsid w:val="002A08D1"/>
     <w:rsid w:val="002A49F6"/>
+    <w:rsid w:val="002A4C6A"/>
     <w:rsid w:val="002B3A7A"/>
     <w:rsid w:val="002B7285"/>
     <w:rsid w:val="002E2B07"/>
     <w:rsid w:val="002F27B9"/>
     <w:rsid w:val="002F677A"/>
+    <w:rsid w:val="002F77E0"/>
     <w:rsid w:val="003060CB"/>
     <w:rsid w:val="00321445"/>
     <w:rsid w:val="003415D9"/>
     <w:rsid w:val="00351659"/>
     <w:rsid w:val="00374656"/>
+    <w:rsid w:val="0037707B"/>
     <w:rsid w:val="00382BCA"/>
     <w:rsid w:val="00391EB4"/>
     <w:rsid w:val="003A05F3"/>
     <w:rsid w:val="003B51C4"/>
     <w:rsid w:val="003C7873"/>
     <w:rsid w:val="003D0CD0"/>
     <w:rsid w:val="003D3A5D"/>
     <w:rsid w:val="003D3E62"/>
     <w:rsid w:val="003D746F"/>
     <w:rsid w:val="003E6D80"/>
     <w:rsid w:val="003F57E5"/>
     <w:rsid w:val="00414B0B"/>
     <w:rsid w:val="00444B0D"/>
     <w:rsid w:val="00452E6D"/>
+    <w:rsid w:val="0046456E"/>
     <w:rsid w:val="00466995"/>
     <w:rsid w:val="00472CCF"/>
     <w:rsid w:val="004760CF"/>
     <w:rsid w:val="004766F4"/>
     <w:rsid w:val="004A3F54"/>
     <w:rsid w:val="004B31FD"/>
     <w:rsid w:val="004B51A9"/>
     <w:rsid w:val="004B5D69"/>
     <w:rsid w:val="004D32A9"/>
     <w:rsid w:val="004D3D1D"/>
     <w:rsid w:val="005023CF"/>
     <w:rsid w:val="0050260A"/>
     <w:rsid w:val="00504F5B"/>
     <w:rsid w:val="0052481A"/>
     <w:rsid w:val="00530CD6"/>
     <w:rsid w:val="00530D89"/>
+    <w:rsid w:val="00532952"/>
     <w:rsid w:val="00534C31"/>
     <w:rsid w:val="005361DE"/>
     <w:rsid w:val="00536AA7"/>
+    <w:rsid w:val="00537BAD"/>
     <w:rsid w:val="005442AD"/>
     <w:rsid w:val="00553969"/>
     <w:rsid w:val="005604C5"/>
     <w:rsid w:val="00574DE4"/>
     <w:rsid w:val="00591161"/>
     <w:rsid w:val="00593585"/>
     <w:rsid w:val="005A2301"/>
     <w:rsid w:val="005A36DC"/>
     <w:rsid w:val="005B1A89"/>
     <w:rsid w:val="005B2E03"/>
     <w:rsid w:val="005B2FF8"/>
     <w:rsid w:val="005B4F07"/>
     <w:rsid w:val="005C6421"/>
     <w:rsid w:val="005C7647"/>
     <w:rsid w:val="005D58E1"/>
     <w:rsid w:val="005F36DE"/>
     <w:rsid w:val="00612FE2"/>
     <w:rsid w:val="00617DFB"/>
     <w:rsid w:val="00625D90"/>
     <w:rsid w:val="006503F1"/>
     <w:rsid w:val="006543CE"/>
     <w:rsid w:val="006549BF"/>
     <w:rsid w:val="00660F0D"/>
+    <w:rsid w:val="00664BEE"/>
     <w:rsid w:val="00665B18"/>
     <w:rsid w:val="00674E5F"/>
     <w:rsid w:val="00675F98"/>
     <w:rsid w:val="006922F9"/>
     <w:rsid w:val="00695539"/>
     <w:rsid w:val="006A618F"/>
     <w:rsid w:val="006B6F2C"/>
     <w:rsid w:val="006C024C"/>
+    <w:rsid w:val="006C5F35"/>
     <w:rsid w:val="006D38FC"/>
     <w:rsid w:val="006D5B1C"/>
     <w:rsid w:val="00702E7F"/>
     <w:rsid w:val="0071054B"/>
     <w:rsid w:val="0072068B"/>
     <w:rsid w:val="00732798"/>
     <w:rsid w:val="00742BD9"/>
     <w:rsid w:val="00747026"/>
     <w:rsid w:val="0074709D"/>
     <w:rsid w:val="00751BF9"/>
     <w:rsid w:val="00775274"/>
     <w:rsid w:val="007772D1"/>
     <w:rsid w:val="00786D38"/>
     <w:rsid w:val="007A2A34"/>
     <w:rsid w:val="007A7F09"/>
     <w:rsid w:val="007C7624"/>
     <w:rsid w:val="007D57D8"/>
     <w:rsid w:val="007D78C0"/>
     <w:rsid w:val="007F2CF7"/>
     <w:rsid w:val="007F6EF7"/>
     <w:rsid w:val="00806CAA"/>
     <w:rsid w:val="0083031A"/>
     <w:rsid w:val="008368EB"/>
     <w:rsid w:val="00847201"/>
     <w:rsid w:val="00854B1E"/>
     <w:rsid w:val="008649B3"/>
     <w:rsid w:val="008668F8"/>
     <w:rsid w:val="00877949"/>
     <w:rsid w:val="00877E6E"/>
     <w:rsid w:val="00882DE2"/>
     <w:rsid w:val="00885894"/>
     <w:rsid w:val="00893DAB"/>
     <w:rsid w:val="008A4C46"/>
     <w:rsid w:val="008A56A9"/>
+    <w:rsid w:val="008B10AD"/>
     <w:rsid w:val="008C39E5"/>
     <w:rsid w:val="008C61D2"/>
     <w:rsid w:val="008E46FA"/>
     <w:rsid w:val="0090074A"/>
     <w:rsid w:val="0092392C"/>
     <w:rsid w:val="0093557A"/>
     <w:rsid w:val="009419DB"/>
+    <w:rsid w:val="00956D79"/>
     <w:rsid w:val="009744B8"/>
     <w:rsid w:val="00994404"/>
     <w:rsid w:val="009A3007"/>
     <w:rsid w:val="009A6A7C"/>
     <w:rsid w:val="009A6BD9"/>
+    <w:rsid w:val="009C4750"/>
     <w:rsid w:val="009C6BC2"/>
     <w:rsid w:val="009D09C9"/>
     <w:rsid w:val="009D7D92"/>
     <w:rsid w:val="00A03303"/>
     <w:rsid w:val="00A0575E"/>
     <w:rsid w:val="00A16F17"/>
     <w:rsid w:val="00A279AC"/>
     <w:rsid w:val="00A4535B"/>
     <w:rsid w:val="00A52BC4"/>
     <w:rsid w:val="00A56B30"/>
     <w:rsid w:val="00A73B59"/>
     <w:rsid w:val="00A810D3"/>
     <w:rsid w:val="00A8588E"/>
     <w:rsid w:val="00AA5619"/>
     <w:rsid w:val="00AB3F5D"/>
+    <w:rsid w:val="00AC2943"/>
+    <w:rsid w:val="00AC4F56"/>
     <w:rsid w:val="00AD0F6F"/>
     <w:rsid w:val="00AE552F"/>
     <w:rsid w:val="00AF0A1A"/>
     <w:rsid w:val="00AF13E0"/>
     <w:rsid w:val="00AF7BA5"/>
     <w:rsid w:val="00B024A5"/>
     <w:rsid w:val="00B11D25"/>
     <w:rsid w:val="00B13FBA"/>
+    <w:rsid w:val="00B14508"/>
     <w:rsid w:val="00B20027"/>
     <w:rsid w:val="00B223FF"/>
     <w:rsid w:val="00B264E1"/>
     <w:rsid w:val="00B35E81"/>
     <w:rsid w:val="00B36A82"/>
     <w:rsid w:val="00B43B38"/>
     <w:rsid w:val="00B47BBC"/>
     <w:rsid w:val="00B82131"/>
+    <w:rsid w:val="00B82B10"/>
     <w:rsid w:val="00BB770C"/>
     <w:rsid w:val="00BC0F8B"/>
     <w:rsid w:val="00BC1CC8"/>
     <w:rsid w:val="00BC56B0"/>
     <w:rsid w:val="00BD645E"/>
     <w:rsid w:val="00BE541A"/>
     <w:rsid w:val="00BF6347"/>
     <w:rsid w:val="00BF75B5"/>
     <w:rsid w:val="00BF79D5"/>
     <w:rsid w:val="00BF7F60"/>
     <w:rsid w:val="00C138F3"/>
     <w:rsid w:val="00C13D8C"/>
     <w:rsid w:val="00C14BEF"/>
     <w:rsid w:val="00C170AF"/>
     <w:rsid w:val="00C22849"/>
     <w:rsid w:val="00C26696"/>
     <w:rsid w:val="00C30DAF"/>
     <w:rsid w:val="00C435DC"/>
     <w:rsid w:val="00C447DD"/>
     <w:rsid w:val="00C44979"/>
     <w:rsid w:val="00C530EF"/>
     <w:rsid w:val="00C54826"/>
     <w:rsid w:val="00C63E76"/>
     <w:rsid w:val="00C66D12"/>
     <w:rsid w:val="00C7202A"/>
     <w:rsid w:val="00C73F8C"/>
     <w:rsid w:val="00C87B0C"/>
     <w:rsid w:val="00C92D28"/>
     <w:rsid w:val="00C96EF7"/>
     <w:rsid w:val="00CB094E"/>
     <w:rsid w:val="00CB0E33"/>
     <w:rsid w:val="00CB3EA1"/>
     <w:rsid w:val="00CB6FAC"/>
     <w:rsid w:val="00CC2EE7"/>
     <w:rsid w:val="00CC3509"/>
     <w:rsid w:val="00CD783C"/>
     <w:rsid w:val="00CE4004"/>
     <w:rsid w:val="00CE6F23"/>
     <w:rsid w:val="00CF5932"/>
     <w:rsid w:val="00D005AF"/>
     <w:rsid w:val="00D06D92"/>
     <w:rsid w:val="00D071DD"/>
+    <w:rsid w:val="00D11252"/>
     <w:rsid w:val="00D22763"/>
     <w:rsid w:val="00D2292D"/>
     <w:rsid w:val="00D276DB"/>
     <w:rsid w:val="00D279BC"/>
     <w:rsid w:val="00D30A8F"/>
     <w:rsid w:val="00D57183"/>
     <w:rsid w:val="00D61296"/>
     <w:rsid w:val="00D7770C"/>
     <w:rsid w:val="00D91DFF"/>
     <w:rsid w:val="00D9526F"/>
     <w:rsid w:val="00D95E8F"/>
     <w:rsid w:val="00DA0387"/>
     <w:rsid w:val="00DA08A9"/>
     <w:rsid w:val="00DC384C"/>
     <w:rsid w:val="00DD464E"/>
     <w:rsid w:val="00DE5925"/>
     <w:rsid w:val="00DE7562"/>
     <w:rsid w:val="00DF02B6"/>
     <w:rsid w:val="00DF3636"/>
+    <w:rsid w:val="00DF4EAD"/>
     <w:rsid w:val="00E30CD3"/>
     <w:rsid w:val="00E412E0"/>
     <w:rsid w:val="00E41ECC"/>
     <w:rsid w:val="00E47DB2"/>
     <w:rsid w:val="00E6023B"/>
     <w:rsid w:val="00E64F66"/>
     <w:rsid w:val="00E76C2E"/>
     <w:rsid w:val="00E90024"/>
     <w:rsid w:val="00EA2E58"/>
     <w:rsid w:val="00EB476C"/>
     <w:rsid w:val="00EC089C"/>
     <w:rsid w:val="00EC607C"/>
     <w:rsid w:val="00EE103A"/>
     <w:rsid w:val="00EE35F0"/>
     <w:rsid w:val="00F06221"/>
     <w:rsid w:val="00F1721E"/>
     <w:rsid w:val="00F17E76"/>
     <w:rsid w:val="00F244F6"/>
     <w:rsid w:val="00F31EFD"/>
     <w:rsid w:val="00F320B3"/>
     <w:rsid w:val="00F42A3B"/>
     <w:rsid w:val="00F43528"/>
     <w:rsid w:val="00F676FC"/>
     <w:rsid w:val="00F7612E"/>
     <w:rsid w:val="00F776A6"/>
     <w:rsid w:val="00F81A39"/>
     <w:rsid w:val="00F9110D"/>
     <w:rsid w:val="00FA24EF"/>
     <w:rsid w:val="00FA28D8"/>
     <w:rsid w:val="00FA4633"/>
     <w:rsid w:val="00FD1205"/>
     <w:rsid w:val="00FD1867"/>
     <w:rsid w:val="00FD335F"/>
     <w:rsid w:val="00FD50C3"/>
+    <w:rsid w:val="00FE2C5A"/>
     <w:rsid w:val="00FE6A38"/>
     <w:rsid w:val="00FE7982"/>
     <w:rsid w:val="00FF56DB"/>
     <w:rsid w:val="00FF7E7A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -22306,50 +21291,52 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1594244063">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
@@ -22645,52 +21632,53 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A60544D5-7960-4126-82E3-D762F2440D12}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8247FA4E-B0AE-41DA-BE5B-146F2B289A7F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>720</Words>
-  <Characters>4104</Characters>
+  <Words>748</Words>
+  <Characters>4265</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4815</CharactersWithSpaces>
+  <CharactersWithSpaces>5003</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>