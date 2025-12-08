--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -1,5727 +1,6104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p>
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w14:paraId="4D13015A" w14:textId="77777777" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
+      <w:pPr>
+        <w:framePr w:w="6926" w:hSpace="187" w:wrap="notBeside" w:vAnchor="page" w:hAnchor="page" w:x="2884" w:y="711"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk203127234"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>The Commonwealth of Massachusetts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D27BA80" w14:textId="77777777" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
+      <w:pPr>
+        <w:pStyle w:val="ExecOffice"/>
+        <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Executive Office of Health and Human Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FE9E88A" w14:textId="635A6638" w:rsidR="00D76119" w:rsidRDefault="000537DA" w:rsidP="00D76119">
+      <w:pPr>
+        <w:pStyle w:val="ExecOffice"/>
+        <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Department of Public Health</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0958205A" w14:textId="77777777" w:rsidR="006D06D9" w:rsidRPr="00951305" w:rsidRDefault="000537DA" w:rsidP="000F315B">
+      <w:pPr>
+        <w:pStyle w:val="ExecOffice"/>
+        <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00951305">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>250 Washington Street, Boston, MA 02108-4619</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10BFC7A4" w14:textId="1D6C16C5" w:rsidR="0017749A" w:rsidRPr="0017749A" w:rsidRDefault="0017749A" w:rsidP="000F315B">
+      <w:pPr>
+        <w:pStyle w:val="ExecOffice"/>
+        <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017749A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>617-624-6000 | mass.gov/dph</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14DDC802" w14:textId="3FA133ED" w:rsidR="00BA4055" w:rsidRDefault="00E814A1" w:rsidP="00E814A1">
+      <w:pPr>
+        <w:framePr w:w="2300" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="940" w:y="-951"/>
+        <w:ind w:left="630"/>
+        <w:rPr>
+          <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="898573" cy="1064418"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2651EE28" wp14:editId="302A2CF4">
+            <wp:extent cx="962025" cy="1152525"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2" name="Image 2"/>
+            <wp:docPr id="1" name="Picture 1" descr="Massachusetts state seal"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="Image 2"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="1" name="Picture 1" descr="Massachusetts state seal"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:blip r:embed="rId10" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="898573" cy="1064418"/>
+                      <a:ext cx="962025" cy="1152525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...77 lines deleted...]
-          <w:sz w:val="14"/>
+    </w:p>
+    <w:p w14:paraId="33866557" w14:textId="7B11C513" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="0072610D"/>
+    <w:p w14:paraId="5523EF4D" w14:textId="77777777" w:rsidR="00802852" w:rsidRDefault="00802852" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00802852">
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70EB315F" w14:textId="77777777" w:rsidR="00802852" w:rsidRDefault="00E814A1" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Maura T. Healey</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25BE71A6" w14:textId="51C5E49E" w:rsidR="0088305B" w:rsidRDefault="00802852" w:rsidP="000C2E20">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Governor</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...743 lines deleted...]
-          <w:sz w:val="14"/>
+    <w:p w14:paraId="19D02B02" w14:textId="77777777" w:rsidR="00951305" w:rsidRDefault="0088305B" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088305B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kimberley Driscoll</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45EA865C" w14:textId="703E4E09" w:rsidR="00FC6B42" w:rsidRPr="0088305B" w:rsidRDefault="0088305B" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Lieutenant Governor</w:t>
+      </w:r>
+      <w:r w:rsidR="00237280" w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723AD3B1" w14:textId="5030074F" w:rsidR="007D1D51" w:rsidRDefault="00802852" w:rsidP="00802852">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kiame Mahaniah, MD</w:t>
+      </w:r>
+      <w:r w:rsidR="000164B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, MBA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51314366" w14:textId="498AF08B" w:rsidR="00033154" w:rsidRDefault="00237280" w:rsidP="007D1D51">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Secretary</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...170 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId5"/>
+    <w:p w14:paraId="49013D2D" w14:textId="509F30C9" w:rsidR="00951305" w:rsidRPr="00951305" w:rsidRDefault="00951305" w:rsidP="00802852">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00951305">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Robert Goldstein, MD, PhD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA03CA8" w14:textId="7173ADCA" w:rsidR="00802852" w:rsidRDefault="00951305" w:rsidP="00951305">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00802852" w:rsidSect="00802852">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:footer="784" w:header="0" w:top="560" w:bottom="980" w:left="380" w:right="300"/>
-[...5 lines deleted...]
-          </w:cols>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720"/>
         </w:sectPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Commissione</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76751140" w14:textId="77777777" w:rsidR="00D10DDE" w:rsidRDefault="00D10DDE" w:rsidP="0072610D"/>
+    <w:p w14:paraId="17501EF1" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:spacing w:before="90"/>
-        <w:ind w:left="2972" w:right="3047" w:firstLine="0"/>
+        <w:ind w:left="2972" w:right="3047"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>INDIVIDUAL</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="77BFBA52" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="115BD387" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:spacing w:before="90"/>
-        <w:ind w:left="2972" w:right="3050" w:firstLine="0"/>
+        <w:ind w:left="2972" w:right="3050"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>CE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PROGRAM APPROVED</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t>STATUS </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">STATUS </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>APPLICATION</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0ACE9FB6" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="33D1CF67" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="1060" w:right="989"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:t>Certified</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>Community</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>Workers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>seeking</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>approval</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>continuing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>education</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>programs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>and activities must complete this application. The Board of Certification of Community Health Workers reviews and approves all applications.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="130E646F" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2A2FAAC7" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1780" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1780"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-        <w:ind w:left="1780" w:right="0" w:hanging="514"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Instructions</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="01B74D78" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="70239868" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="90"/>
         <w:ind w:left="1060"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:t>Please</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>submit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:t>all</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...3 lines deleted...]
-        <w:t>of the</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>documents</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...3 lines deleted...]
-        <w:t>listed </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">listed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>below:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...4 lines deleted...]
-    <w:p>
+    <w:p w14:paraId="209AC73F" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CDA70DC" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1960" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1960"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:ind w:right="1311"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>description</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>each</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Certified</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Community</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Worker</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(CHW)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>training,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>including the topics covered, the amount of time given to each topic and how the training is related to the role of a CHW</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...4 lines deleted...]
-    <w:p>
+    <w:p w14:paraId="132891E0" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1670EBDC" w14:textId="69D7ACD9" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1960" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1960"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...10 lines deleted...]
-        <w:t>Number of continuing education credits requested for the training with any of the following;</w:t>
+        <w:ind w:right="1292"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of continuing education credits requested for the training with any of the </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5C23">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>syllabus,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>outline,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>flyer,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>agenda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>objective</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>transcript</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>training</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...4 lines deleted...]
-    <w:p>
+    <w:p w14:paraId="05151438" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14B54BCA" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1960" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1960"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:ind w:right="1811"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>copy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>certificate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>given</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>successful</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>completion</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>training</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>email verification of completion of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>the training from the training organization</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0A2934A4" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="69D52A27" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="31BF0B50" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1780" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1780"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-        <w:ind w:left="1780" w:right="0" w:hanging="607"/>
+        <w:ind w:hanging="607"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Applicant </w:t>
+        <w:t xml:space="preserve">Applicant </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0921BA2F" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6DF04070" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:pos="5535" w:val="left" w:leader="none"/>
-          <w:tab w:pos="9033" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="5535"/>
+          <w:tab w:val="left" w:pos="9033"/>
         </w:tabs>
         <w:spacing w:before="90"/>
         <w:ind w:left="1060"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
-        <w:t>Name: </w:t>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr/>
-        <w:t>Certification #: </w:t>
+        <w:t>Certification #</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="34E4FEB3" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="500BF62A" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:pos="10421" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="10421"/>
         </w:tabs>
         <w:spacing w:before="90"/>
         <w:ind w:left="1060"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
-        <w:t>Address of Record (Street): </w:t>
+        <w:t xml:space="preserve">Address of Record (Street): </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="75EF7AA1" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7F40565D" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:pos="6361" w:val="left" w:leader="none"/>
-[...1 lines deleted...]
-          <w:tab w:pos="10380" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="6361"/>
+          <w:tab w:val="left" w:pos="7680"/>
+          <w:tab w:val="left" w:pos="10380"/>
         </w:tabs>
         <w:spacing w:before="90"/>
         <w:ind w:left="1060"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
-        <w:t>City/Town: </w:t>
+        <w:t>City/Town</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr/>
-        <w:t>State </w:t>
+        <w:t xml:space="preserve">State </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-        <w:t>Zip Code </w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">Zip Code </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="623E32EE" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0734CC20" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:pos="6380" w:val="left" w:leader="none"/>
-          <w:tab w:pos="10407" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="6380"/>
+          <w:tab w:val="left" w:pos="10407"/>
         </w:tabs>
         <w:spacing w:before="90"/>
         <w:ind w:left="1060"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
-        <w:t>Email Address: </w:t>
+        <w:t>Email Address</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr/>
         <w:t>Phone</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p>
-[...2 lines deleted...]
-        <w:sectPr>
+    <w:p w14:paraId="0F879E2D" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:sectPr w:rsidR="00001A65" w:rsidSect="00001A65">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:header="0" w:footer="784" w:top="560" w:bottom="980" w:left="380" w:right="300"/>
+          <w:pgMar w:top="560" w:right="300" w:bottom="980" w:left="380" w:header="0" w:footer="784" w:gutter="0"/>
+          <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="60CBE0D0" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1780" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1780"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="79" w:after="0"/>
-        <w:ind w:left="1780" w:right="0" w:hanging="701"/>
+        <w:spacing w:before="79"/>
+        <w:ind w:hanging="701"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Individual</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t> Attestation</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> Attestation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="087C7BCF" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2AA66B6C" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:pos="5339" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="5339"/>
         </w:tabs>
         <w:spacing w:before="90"/>
         <w:ind w:left="1060"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-        <w:t>I, </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">I, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr/>
         <w:t>,</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>have</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>completed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...3 lines deleted...]
-        <w:t>continuing </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>continuing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>education</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p w14:paraId="4D73E30D" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:spacing w:before="2" w:line="230" w:lineRule="exact"/>
+        <w:ind w:left="1240"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(CHW</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Name)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="71DA5B3C" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1060" w:right="1563"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:t>programs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>activities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>which</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>am</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>requesting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>continuing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>education</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>credits</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>(CEs)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>the information that I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>have</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>submitted with this application about these</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>programs and activities is true and accurate.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="60EB141E" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="356F9E89" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1621CD3B" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:pos="7162" w:val="left" w:leader="none"/>
-          <w:tab w:pos="10268" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="7162"/>
+          <w:tab w:val="left" w:pos="10268"/>
         </w:tabs>
         <w:ind w:left="1060"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
-        <w:t>SIGNATURE: </w:t>
+        <w:t>SIGNATURE</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr/>
-        <w:t>DATE: </w:t>
+        <w:t>DATE</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="29CB13A5" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6EBD7828" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="75B780DA" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1BD721CF" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2738CA5B" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="48B7DBD3" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="50791487" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="501567F1" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="60416DC7" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="491D5458" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="053980C6" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0A0DE661" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="524BBE6D" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3ED5355D" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="146CFB7E" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="33F8C7EC" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6A1A7695" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="144427C5" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="15B66ACA" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="122B8008" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="29DB72AC" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="62CAFA10" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1FE81FE4" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="271C2CC5" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7EEE4B38" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="16C89264" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="27A4C14C" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="76985892" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4D8AE2AF" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="642720F9" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487587840">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4712ED32" wp14:editId="3C227739">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>843076</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>148896</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6088380" cy="558165"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="3" name="Textbox 3"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks/>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvPr id="3" name="Textbox 3"/>
-                      <wps:cNvSpPr txBox="1"/>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6088380" cy="558165"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="C0C0C0"/>
                         </a:solidFill>
                         <a:ln w="6095">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p>
+                          <w:p w14:paraId="7433A617" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
                             <w:pPr>
                               <w:spacing w:before="18"/>
-                              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
-                              <w:jc w:val="left"/>
+                              <w:ind w:left="108"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>Board</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-3"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>Use</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-2"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-4"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>Only</w:t>
                             </w:r>
                           </w:p>
-                          <w:p>
+                          <w:p w14:paraId="7C77C01B" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:spacing w:before="3"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p>
+                          <w:p w14:paraId="1911C07A" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
                             <w:pPr>
-                              <w:spacing w:before="0"/>
-[...1 lines deleted...]
-                              <w:jc w:val="left"/>
+                              <w:ind w:left="108"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>Approved</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-1"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>by Board on:</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="58"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-1"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-1"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>/</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-1"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-1"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-1"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>/ -</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-1"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="1"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-1"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-10"/>
-                                <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape style="position:absolute;margin-left:66.384003pt;margin-top:11.72417pt;width:479.4pt;height:43.95pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" type="#_x0000_t202" id="docshape2" filled="true" fillcolor="#c0c0c0" stroked="true" strokeweight=".47998pt" strokecolor="#000000">
+              <v:shapetype w14:anchorId="4712ED32" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Textbox 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:66.4pt;margin-top:11.7pt;width:479.4pt;height:43.95pt;z-index:-251659776;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAikXxhywEAALIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SLWoWo6QpaLUJa&#10;AdIuH+A4dhPheIzHbdK/Z+ykLdcXRCI5Y8/4zJwzk8392Bt2Uh47sBVfLnLOlJXQdPZQ8S/PD68K&#10;zjAI2wgDVlX8rJDfb1++2AyuVHfQgmmUZwRisRxcxdsQXJllKFvVC1yAU5acGnwvAm39IWu8GAi9&#10;N9ldnq+zAXzjPEiFSKf7ycm3CV9rJcMnrVEFZipOtYW0+rTWcc22G1EevHBtJ+cyxD9U0YvOUtIr&#10;1F4EwY6++w2q76QHBB0WEvoMtO6kShyIzTL/hc1TK5xKXEgcdFeZ8P/Byo+nJ/fZszC+g5EamEig&#10;ewT5FUmbbHBYzjFRUyyRoiPRUfs+fokCo4uk7fmqpxoDk3S4zovidUEuSb7VqliuV1Hw7HbbeQzv&#10;FfQsGhX31K9UgTg9YphCLyExGYLpmofOmLTxh3pnPDsJ6u0uj++M/lOYsWyIpbxZTdz+CpGn508Q&#10;sYS9wHZKldDnMGNnjSZZokBhrEeqPJo1NGfSdqDxqjh+OwqvODMfLPUvzuLF8Bejvhg+mB2kiY1E&#10;Lbw9BtBdEuSGO2emwUiSzkMcJ+/HfYq6/Wrb7wAAAP//AwBQSwMEFAAGAAgAAAAhAPqp0qDeAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+VeAdrK/VWnB8UlTQOQlSVuPRQ6AOYeHEi&#10;4nUUGxLevsupvc1oRrPfVpvZ9eKGY+g8KUiXCQikxpuOrIKf4+frG4gQNRnde0IFdwywqRdPlS6N&#10;n+gbb4doBY9QKLWCNsahlDI0LTodln5A4uzsR6cj29FKM+qJx10vsyQppNMd8YVWD7hrsbkcrk7B&#10;eTtb81HI/RSOl/V9WFm//5qUenmet+8gIs7xrwwPfEaHmplO/komiJ59njF6VJDlKxCPQrJOCxAn&#10;Vmmag6wr+f+H+hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAikXxhywEAALIDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD6qdKg3gAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAACUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMAUAAAAA&#10;" fillcolor="silver" strokeweight=".16931mm">
+                <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p>
+                    <w:p w14:paraId="7433A617" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
                       <w:pPr>
                         <w:spacing w:before="18"/>
-                        <w:ind w:left="108" w:right="0" w:firstLine="0"/>
-                        <w:jc w:val="left"/>
+                        <w:ind w:left="108"/>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>Board</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-3"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>Use</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-2"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-4"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>Only</w:t>
                       </w:r>
                     </w:p>
-                    <w:p>
+                    <w:p w14:paraId="7C77C01B" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="3"/>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p>
+                    <w:p w14:paraId="1911C07A" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
                       <w:pPr>
-                        <w:spacing w:before="0"/>
-[...1 lines deleted...]
-                        <w:jc w:val="left"/>
+                        <w:ind w:left="108"/>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>Approved</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-1"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>by Board on:</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="58"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-1"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-1"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>/</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-1"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-1"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-1"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>/ -</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-1"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="1"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-1"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-10"/>
-                          <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
-                <v:fill type="solid"/>
-[...1 lines deleted...]
-                <w10:wrap type="topAndBottom"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="4C28E2A6" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
-        <w:sectPr>
+        <w:sectPr w:rsidR="00001A65" w:rsidSect="00001A65">
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:header="0" w:footer="784" w:top="1360" w:bottom="980" w:left="380" w:right="300"/>
+          <w:pgMar w:top="1360" w:right="300" w:bottom="980" w:left="380" w:header="0" w:footer="784" w:gutter="0"/>
+          <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="578BCD40" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1960" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1960"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="79" w:after="0"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="1.  A description of each Certified Comm" w:id="1"/>
+        <w:spacing w:before="79"/>
+        <w:ind w:right="1373"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="1.__A_description_of_each_Certified_Comm"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
-        <w:rPr/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>description</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>each</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Certified</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Community</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Worker</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(CHW)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>training</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>including the topics covered, the amount of time given to each topic and how the training is related to the role of a CHW.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...11 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="294DED03" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D8A60FC" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:ind w:left="1780"/>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Title:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...20 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="30B775AB" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0929FDF6" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:ind w:left="1780"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>Training</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>Date/Training</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Time:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...20 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="2B007BDE" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C9CC1A6" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:ind w:left="1780"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>Training</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Location:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...19 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="34BDDA84" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7274D24A" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:ind w:left="1780"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>Training</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Description</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...17 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="06B46702" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51E07099" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:ind w:left="1780"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>How</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>training</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>related</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>role</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>Community</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Worker?</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...7 lines deleted...]
-    <w:p>
+    <w:p w14:paraId="06218B86" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00001A65">
+      <w:pPr>
+        <w:ind w:left="1780"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A4C7241" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7690331C" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14F388AA" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E66460C" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0144493A" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="576E7215" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58F813B3" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="417DD945" w14:textId="77777777" w:rsidR="0012553A" w:rsidRDefault="0012553A" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DCD30B5" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00001A65">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CA28236" w14:textId="23D01A92" w:rsidR="00001A65" w:rsidRPr="0012553A" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1960" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1960"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="2. Number of continuing education credit" w:id="2"/>
+        <w:ind w:right="1733"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="2._Number_of_continuing_education_credit"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
-        <w:rPr/>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>continuing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>education</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>credits</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>requested</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>training</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>syllabus, outline and objectives or transcript for the training.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...7 lines deleted...]
-    <w:p>
+    <w:p w14:paraId="016A52B9" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="left"/>
         <w:tblInd w:w="1785" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
-          <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="5398"/>
         <w:gridCol w:w="1551"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00001A65" w14:paraId="36DACDFD" w14:textId="77777777" w:rsidTr="00A824B0">
         <w:trPr>
-          <w:trHeight w:val="551" w:hRule="atLeast"/>
+          <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="66F4357B" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Time:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5398" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="41B4AB51" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Topic:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4B1D1C7D" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="276" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Instructional </w:t>
+              <w:t xml:space="preserve">Instructional </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Time:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00001A65" w14:paraId="1B7BEFAF" w14:textId="77777777" w:rsidTr="00A824B0">
         <w:trPr>
-          <w:trHeight w:val="551" w:hRule="atLeast"/>
+          <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="031D2FF1" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5398" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="11C4D98A" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="47DA4453" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00001A65" w14:paraId="1084ED55" w14:textId="77777777" w:rsidTr="00A824B0">
         <w:trPr>
-          <w:trHeight w:val="551" w:hRule="atLeast"/>
+          <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7CA6C3A5" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5398" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="24AC7E30" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0871CAFC" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00001A65" w14:paraId="481EE398" w14:textId="77777777" w:rsidTr="00A824B0">
         <w:trPr>
-          <w:trHeight w:val="551" w:hRule="atLeast"/>
+          <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="569189CE" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5398" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="286078F5" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="180D0FAB" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00396D2A" w14:paraId="39968EE8" w14:textId="77777777" w:rsidTr="00A824B0">
         <w:trPr>
-          <w:trHeight w:val="553" w:hRule="atLeast"/>
+          <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0A79EFCF" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5398" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="02F19D5D" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2E9F01" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00396D2A" w14:paraId="47E5CCDB" w14:textId="77777777" w:rsidTr="00A824B0">
+        <w:trPr>
+          <w:trHeight w:val="551"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F156A9F" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5398" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A81BB5" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="233BCAF5" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00396D2A" w14:paraId="6B461D08" w14:textId="77777777" w:rsidTr="00A824B0">
+        <w:trPr>
+          <w:trHeight w:val="551"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3056C7D8" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5398" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3D7167" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C343E48" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00396D2A" w14:paraId="2E273EA8" w14:textId="77777777" w:rsidTr="00A824B0">
+        <w:trPr>
+          <w:trHeight w:val="551"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15A89D1C" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5398" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="009FFCBD" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AF8FAB" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00396D2A" w14:paraId="11B2491D" w14:textId="77777777" w:rsidTr="00A824B0">
+        <w:trPr>
+          <w:trHeight w:val="551"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E39F0F6" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5398" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FDDE568" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB6B108" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00001A65" w14:paraId="03475172" w14:textId="77777777" w:rsidTr="00A824B0">
+        <w:trPr>
+          <w:trHeight w:val="553"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="640E1B34" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5398" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3683B1" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="2266E310" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="257" w:lineRule="exact"/>
               <w:ind w:left="2342"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t> Requesting:</w:t>
+              <w:t xml:space="preserve"> Requesting:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="60219468" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00A824B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-    <w:p>
+    <w:p w14:paraId="27973D69" w14:textId="77777777" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00001A65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="03FFA4E5" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00001A65">
       <w:pPr>
         <w:spacing w:before="90"/>
-        <w:ind w:left="1600" w:right="0" w:firstLine="0"/>
-[...13 lines deleted...]
-      <w:r>
+        <w:ind w:left="1600"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31680C40" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00001A65">
+      <w:pPr>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="1600"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39E1BB38" w14:textId="69EB41E3" w:rsidR="00396D2A" w:rsidRPr="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="90" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:rPr/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00396D2A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00001A65" w:rsidRPr="00396D2A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>earning</w:t>
+      </w:r>
+      <w:r w:rsidR="00001A65" w:rsidRPr="00396D2A">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Objectives:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72AE8466" w14:textId="0170225F" w:rsidR="00001A65" w:rsidRDefault="00001A65" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
         <w:t>As</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>result</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>attending</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>this</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>training,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>participants</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>should</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>able</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>to:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...9 lines deleted...]
-    <w:p>
+    <w:p w14:paraId="140D8308" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1530"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47237CBA" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1530"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18558155" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1530"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37318CE2" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1530"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46E169E1" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1530"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EE5DF7D" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1530"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30CF29C6" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1530"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AA30BB5" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1530"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03073052" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1530"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="028A19BE" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1530"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F6E5DF4" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1530"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68B4BE34" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1530"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D59AF2E" w14:textId="77777777" w:rsidR="00ED0E22" w:rsidRDefault="00ED0E22" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1530"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E710897" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1530"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2854B54D" w14:textId="4B0EA646" w:rsidR="00396D2A" w:rsidRPr="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:spacing w:before="90" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00396D2A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00396D2A">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70867CCE" w14:textId="2C2CDC2D" w:rsidR="00396D2A" w:rsidRPr="00396D2A" w:rsidRDefault="00001A65" w:rsidP="00396D2A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1960" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1960"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="79" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:before="79"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>copy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>the certificate given for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>successful</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>completion</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>training.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...13 lines deleted...]
-    <w:p>
+    <w:p w14:paraId="001A733A" w14:textId="77777777" w:rsidR="00396D2A" w:rsidRPr="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1960"/>
+        </w:tabs>
+        <w:spacing w:before="79"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66002CFE" w14:textId="57EFEA55" w:rsidR="00396D2A" w:rsidRPr="00396D2A" w:rsidRDefault="00396D2A" w:rsidP="00396D2A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1960" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1960"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="79" w:after="0"/>
-[...70 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+        <w:spacing w:before="79"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00396D2A" w:rsidRPr="00396D2A" w:rsidSect="00001A65">
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1360" w:right="300" w:bottom="280" w:left="380" w:header="0" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74BAC1E1" w14:textId="77777777" w:rsidR="007210FB" w:rsidRPr="009908FF" w:rsidRDefault="007210FB" w:rsidP="0072610D"/>
+    <w:sectPr w:rsidR="007210FB" w:rsidRPr="009908FF" w:rsidSect="00802852">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:footer="0" w:header="0" w:top="1360" w:bottom="280" w:left="380" w:right="300"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="77480CCC" w14:textId="77777777" w:rsidR="0008484C" w:rsidRDefault="0008484C" w:rsidP="0008484C">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="12B5364F" w14:textId="77777777" w:rsidR="0008484C" w:rsidRDefault="0008484C" w:rsidP="0008484C">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="0"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
-    <w:charset w:val="0"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Rounded MT Bold">
     <w:altName w:val="Arial Rounded MT Bold"/>
-    <w:charset w:val="0"/>
+    <w:panose1 w:val="020F0704030504030204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="LinePrinter">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
-  <w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="101D09DA" w14:textId="5ED0822F" w:rsidR="0008484C" w:rsidRDefault="0008484C" w:rsidP="0008484C">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
-      <w:rPr/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487467520">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05098385" wp14:editId="59074514">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>902004</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9420690</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2551430" cy="194310"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="Textbox 1"/>
+              <wp:docPr id="1607263247" name="Textbox 1"/>
               <wp:cNvGraphicFramePr>
-                <a:graphicFrameLocks/>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
-              <a:graphic>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvPr id="1" name="Textbox 1"/>
-                    <wps:cNvSpPr txBox="1"/>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2551430" cy="194310"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p>
+                        <w:p w14:paraId="2F4BF5AF" w14:textId="77777777" w:rsidR="0008484C" w:rsidRDefault="0008484C" w:rsidP="0008484C">
                           <w:pPr>
                             <w:pStyle w:val="BodyText"/>
                             <w:spacing w:before="10"/>
                             <w:ind w:left="20"/>
                           </w:pPr>
                           <w:r>
-                            <w:rPr/>
                             <w:t>12-10-2019</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-1"/>
                             </w:rPr>
-                            <w:t> </w:t>
+                            <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
-                            <w:rPr/>
                             <w:t>Approved</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-1"/>
                             </w:rPr>
-                            <w:t> </w:t>
+                            <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
-                            <w:rPr/>
                             <w:t>Status</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-1"/>
                             </w:rPr>
-                            <w:t> </w:t>
+                            <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-2"/>
                             </w:rPr>
                             <w:t>Application</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" o:spt="202" coordsize="21600,21600" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="05098385" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape style="position:absolute;margin-left:71.024002pt;margin-top:741.786621pt;width:200.9pt;height:15.3pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-15848960" type="#_x0000_t202" id="docshape1" filled="false" stroked="false">
+            <v:shape id="Textbox 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:71pt;margin-top:741.8pt;width:200.9pt;height:15.3pt;z-index:-251657728;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZUKBblQEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSPxD5bvxNm0RbDKpgIqEFIF&#10;lUo/wPHa2RVrj5lxspu/Z+xuEgS3ios99ozfvPfG69vJD+JgkXoIjawWSylsMND2YdfIpx+f37yT&#10;gpIOrR4g2EYeLcnbzetX6zHWdgUdDK1FwSCB6jE2sksp1kqR6azXtIBoAycdoNeJj7hTLeqR0f2g&#10;VsvlWzUCthHBWCK+vXtOyk3Bd86a9N05skkMjWRuqaxY1m1e1Wat6x3q2PVmpqFfwMLrPnDTM9Sd&#10;Tlrssf8HyvcGgcClhQGvwLne2KKB1VTLv9Q8djraooXNoXi2if4frPl2eIwPKNL0ESYeYBFB8R7M&#10;T2Jv1Bipnmuyp1QTV2ehk0Ofd5Yg+CF7ezz7aackDF+ubm6q6ytOGc5V76+vqmK4uryOSOmLBS9y&#10;0EjkeRUG+nBPKffX9alkJvPcPzNJ03bikhxuoT2yiJHn2Ej6tddopRi+BjYqD/0U4CnYngJMwyco&#10;XyNrCfBhn8D1pfMFd+7MEyiE5t+SR/znuVRd/vTmNwAAAP//AwBQSwMEFAAGAAgAAAAhAOGHJk/e&#10;AAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMT8tOwzAQvCPxD9YicaMOfUQlxKkqBCckRBoOHJ14&#10;m1iN1yF22/D3bE/ltrMzmke+mVwvTjgG60nB4ywBgdR4Y6lV8FW9PaxBhKjJ6N4TKvjFAJvi9ibX&#10;mfFnKvG0i61gEwqZVtDFOGRShqZDp8PMD0jM7f3odGQ4ttKM+szmrpfzJEml05Y4odMDvnTYHHZH&#10;p2D7TeWr/fmoP8t9aavqKaH39KDU/d20fQYRcYpXMVzqc3UouFPtj2SC6Bkv57wlXo71IgXBktVy&#10;wWtqfq2YBVnk8v+K4g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAZUKBblQEAABsDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDhhyZP3gAAAA0B&#10;AAAPAAAAAAAAAAAAAAAAAO8DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA+gQAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p>
+                  <w:p w14:paraId="2F4BF5AF" w14:textId="77777777" w:rsidR="0008484C" w:rsidRDefault="0008484C" w:rsidP="0008484C">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:before="10"/>
                       <w:ind w:left="20"/>
                     </w:pPr>
                     <w:r>
-                      <w:rPr/>
                       <w:t>12-10-2019</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-1"/>
                       </w:rPr>
-                      <w:t> </w:t>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
-                      <w:rPr/>
                       <w:t>Approved</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-1"/>
                       </w:rPr>
-                      <w:t> </w:t>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
-                      <w:rPr/>
                       <w:t>Status</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-1"/>
                       </w:rPr>
-                      <w:t> </w:t>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-2"/>
                       </w:rPr>
                       <w:t>Application</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
-              <w10:wrap type="none"/>
+              <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
+  <w:p w14:paraId="131F21AD" w14:textId="35E2F4A7" w:rsidR="0008484C" w:rsidRDefault="0008484C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="027A61F1" w14:textId="77777777" w:rsidR="0008484C" w:rsidRDefault="0008484C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
-  <w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2CB33973" w14:textId="1B35416B" w:rsidR="00001A65" w:rsidRDefault="00001A65">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-</w:ftr>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6C265C39" w14:textId="77777777" w:rsidR="0008484C" w:rsidRDefault="0008484C" w:rsidP="0008484C">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="11709000" w14:textId="77777777" w:rsidR="0008484C" w:rsidRDefault="0008484C" w:rsidP="0008484C">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="110D559D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0">
+    <w:tmpl w:val="37FAEFE8"/>
+    <w:lvl w:ilvl="0" w:tplc="5DCCE13E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1780" w:hanging="514"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="AA24D60E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1960" w:hanging="360"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="2" w:tplc="55A27B60">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3026" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="3" w:tplc="B50E87EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4093" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="4" w:tplc="87A65D42">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="5" w:tplc="27C86A6C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6226" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="6" w:tplc="0AA26D42">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7293" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="7" w:tplc="0D90A41C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="8" w:tplc="713A3C66">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9426" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="568881546">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="59"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="006D77A6"/>
+    <w:rsid w:val="00001A65"/>
+    <w:rsid w:val="0000218B"/>
+    <w:rsid w:val="000164B3"/>
+    <w:rsid w:val="00026083"/>
+    <w:rsid w:val="00033154"/>
+    <w:rsid w:val="00042048"/>
+    <w:rsid w:val="000537DA"/>
+    <w:rsid w:val="0008484C"/>
+    <w:rsid w:val="000A1DE1"/>
+    <w:rsid w:val="000B7D96"/>
+    <w:rsid w:val="000C2E20"/>
+    <w:rsid w:val="000F315B"/>
+    <w:rsid w:val="001125C0"/>
+    <w:rsid w:val="0012553A"/>
+    <w:rsid w:val="0015268B"/>
+    <w:rsid w:val="0015709E"/>
+    <w:rsid w:val="0017749A"/>
+    <w:rsid w:val="00177C77"/>
+    <w:rsid w:val="001A7E66"/>
+    <w:rsid w:val="001B6693"/>
+    <w:rsid w:val="0021698C"/>
+    <w:rsid w:val="00237280"/>
+    <w:rsid w:val="00260D54"/>
+    <w:rsid w:val="00276957"/>
+    <w:rsid w:val="00276DCC"/>
+    <w:rsid w:val="002A132F"/>
+    <w:rsid w:val="002D1C21"/>
+    <w:rsid w:val="00301022"/>
+    <w:rsid w:val="00357A68"/>
+    <w:rsid w:val="00375EAD"/>
+    <w:rsid w:val="00385812"/>
+    <w:rsid w:val="00392D0B"/>
+    <w:rsid w:val="00396D2A"/>
+    <w:rsid w:val="003A7AFC"/>
+    <w:rsid w:val="003C60EF"/>
+    <w:rsid w:val="004813AC"/>
+    <w:rsid w:val="004B37A0"/>
+    <w:rsid w:val="004B5CFB"/>
+    <w:rsid w:val="004D6B39"/>
+    <w:rsid w:val="004E0C3F"/>
+    <w:rsid w:val="00512956"/>
+    <w:rsid w:val="00530145"/>
+    <w:rsid w:val="005448AA"/>
+    <w:rsid w:val="00572A6E"/>
+    <w:rsid w:val="006C5960"/>
+    <w:rsid w:val="006D06D9"/>
+    <w:rsid w:val="006D77A6"/>
+    <w:rsid w:val="00702109"/>
+    <w:rsid w:val="007210FB"/>
+    <w:rsid w:val="0072610D"/>
+    <w:rsid w:val="007359C3"/>
+    <w:rsid w:val="00757006"/>
+    <w:rsid w:val="00771FEB"/>
+    <w:rsid w:val="007A3894"/>
+    <w:rsid w:val="007A5C23"/>
+    <w:rsid w:val="007B3F4B"/>
+    <w:rsid w:val="007B7347"/>
+    <w:rsid w:val="007D10F3"/>
+    <w:rsid w:val="007D1D51"/>
+    <w:rsid w:val="007E06B4"/>
+    <w:rsid w:val="007F3CDB"/>
+    <w:rsid w:val="00802852"/>
+    <w:rsid w:val="00850407"/>
+    <w:rsid w:val="0088305B"/>
+    <w:rsid w:val="009101F3"/>
+    <w:rsid w:val="00951305"/>
+    <w:rsid w:val="009730E5"/>
+    <w:rsid w:val="009908FF"/>
+    <w:rsid w:val="00995505"/>
+    <w:rsid w:val="009C4428"/>
+    <w:rsid w:val="009D48CD"/>
+    <w:rsid w:val="00A5547C"/>
+    <w:rsid w:val="00A65101"/>
+    <w:rsid w:val="00B403BF"/>
+    <w:rsid w:val="00B608D9"/>
+    <w:rsid w:val="00BA15C5"/>
+    <w:rsid w:val="00BA4055"/>
+    <w:rsid w:val="00BA7FB6"/>
+    <w:rsid w:val="00C20BFE"/>
+    <w:rsid w:val="00C24F3E"/>
+    <w:rsid w:val="00C46D29"/>
+    <w:rsid w:val="00CC1778"/>
+    <w:rsid w:val="00CE575B"/>
+    <w:rsid w:val="00CF3DE8"/>
+    <w:rsid w:val="00D0493F"/>
+    <w:rsid w:val="00D10DDE"/>
+    <w:rsid w:val="00D56F91"/>
+    <w:rsid w:val="00D76119"/>
+    <w:rsid w:val="00D8671C"/>
+    <w:rsid w:val="00D91390"/>
+    <w:rsid w:val="00DA57C3"/>
+    <w:rsid w:val="00DC3855"/>
+    <w:rsid w:val="00E242A8"/>
+    <w:rsid w:val="00E274B8"/>
+    <w:rsid w:val="00E72707"/>
+    <w:rsid w:val="00E814A1"/>
+    <w:rsid w:val="00E92038"/>
+    <w:rsid w:val="00ED0E22"/>
+    <w:rsid w:val="00EE3732"/>
+    <w:rsid w:val="00EF0780"/>
+    <w:rsid w:val="00F0586E"/>
+    <w:rsid w:val="00F43932"/>
+    <w:rsid w:val="00FA575E"/>
+    <w:rsid w:val="00FC6B42"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="4299AB33"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{DCFA160E-D377-4B05-982F-B9CF6A55D325}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...8 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="000537DA"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:styleId="TableNormal" w:default="1" w:type="table">
-[...1 lines deleted...]
-    <w:uiPriority w:val="2"/>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ExecOffice">
+    <w:name w:val="Exec Office"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="000537DA"/>
+    <w:pPr>
+      <w:framePr w:w="6927" w:hSpace="187" w:wrap="notBeside" w:vAnchor="text" w:hAnchor="page" w:x="3594" w:y="1"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Weld">
+    <w:name w:val="Weld"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="000537DA"/>
+    <w:pPr>
+      <w:framePr w:hSpace="187" w:wrap="notBeside" w:vAnchor="text" w:hAnchor="page" w:x="546" w:y="141"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Governor">
+    <w:name w:val="Governor"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="000537DA"/>
+    <w:pPr>
+      <w:framePr w:hSpace="187" w:wrap="notBeside" w:vAnchor="text" w:hAnchor="page" w:x="546" w:y="141"/>
+      <w:spacing w:after="120"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:sz w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="00CE575B"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:rsid w:val="00FC6B42"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
+    <w:rsid w:val="00FC6B42"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00572A6E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:pPr/>
+    <w:rsid w:val="00001A65"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="BodyText" w:type="paragraph">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
-    <w:pPr/>
+    <w:rsid w:val="00001A65"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="Title" w:type="paragraph">
-[...15 lines deleted...]
-  <w:style w:styleId="ListParagraph" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00001A65"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
       <w:ind w:left="1960" w:hanging="360"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="TableParagraph" w:type="paragraph">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:pPr/>
+    <w:rsid w:val="00001A65"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:rsid w:val="0008484C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:rsid w:val="0008484C"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0008484C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0008484C"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="781614722">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+</w:webSettings>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/board-of-certification-of-community-health-workers" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
 
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\KMarshall\DPH%20Letterhead.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B0F2FAA928F6D64BB16ED70B5ACF963F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7432218a972c9ec232d3a9b6f06fcc42">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ae916ade-957f-4a2f-93c3-592a84a0e75c" xmlns:ns3="e10e4db1-d899-403d-9807-651178ead3da" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="32b2b4497390a973007cec6a698f283a" ns2:_="" ns3:_="">
+    <xsd:import namespace="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
+    <xsd:import namespace="e10e4db1-d899-403d-9807-651178ead3da"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ae916ade-957f-4a2f-93c3-592a84a0e75c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e10e4db1-d899-403d-9807-651178ead3da" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4deacaf4-c60b-4f8e-ba39-6419a80e96c9}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e10e4db1-d899-403d-9807-651178ead3da">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e10e4db1-d899-403d-9807-651178ead3da" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ae916ade-957f-4a2f-93c3-592a84a0e75c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E00FE09-04B5-4F2D-BE35-4F00C3FBD9A1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55F539BB-9888-4AE4-B08D-D8DEA85C8A27}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
+    <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1FC13ED-9ACC-4689-9EBE-D1CEF212FA91}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
+    <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>DPH Letterhead</Template>
   <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>350</Words>
+  <Characters>2124</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr> </vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2470</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title> </dc:title>
+  <dc:subject/>
   <dc:creator>Kyle Marshall</dc:creator>
+  <cp:keywords/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2024-03-15T00:00:00Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100B0F2FAA928F6D64BB16ED70B5ACF963F</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
-[...6 lines deleted...]
-    <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>