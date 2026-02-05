--- v0 (2025-10-11)
+++ v1 (2026-02-05)
@@ -1,175 +1,209 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\MISCELLANEOUS EXCISE\LICENSE LISTS\Q3 2025 In Progress\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cummingse\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C22D6108-7FA0-486E-A3F2-D1BC4287F3E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3132A6B5-E4EE-499D-BCA3-B1460AD50F16}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-105" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Details" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Details!$A$6:$I$6</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="611" uniqueCount="354">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="819" uniqueCount="475">
   <si>
     <t>License Type</t>
   </si>
   <si>
     <t>Commence Month</t>
   </si>
   <si>
     <t>License Id</t>
   </si>
   <si>
     <t>Business Name</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip</t>
   </si>
   <si>
     <t>Commence Date</t>
   </si>
   <si>
     <t>10/01/2025 - 09/30/2026</t>
   </si>
   <si>
-    <t>Cigar Distributors as of 10/6/2025</t>
+    <t>Cigar Distributors as of 1/2/2026</t>
   </si>
   <si>
     <t>License CT-CDL</t>
   </si>
   <si>
+    <t>November</t>
+  </si>
+  <si>
+    <t>76452864</t>
+  </si>
+  <si>
+    <t>BHAGAT DISTRIBUTORS INC</t>
+  </si>
+  <si>
+    <t>1227 WALT WHITMAN RD</t>
+  </si>
+  <si>
+    <t>MELVILLE</t>
+  </si>
+  <si>
+    <t>NEW YORK</t>
+  </si>
+  <si>
+    <t>11747</t>
+  </si>
+  <si>
     <t>October</t>
   </si>
   <si>
     <t>85627904</t>
   </si>
   <si>
     <t>CORE-MARK US, LLC</t>
   </si>
   <si>
     <t>355 MAIN ST</t>
   </si>
   <si>
     <t>WHITINSVILLE</t>
   </si>
   <si>
     <t>MASSACHUSETTS</t>
   </si>
   <si>
     <t>01588</t>
   </si>
   <si>
     <t>88380416</t>
   </si>
   <si>
     <t>HAROLD LEVINSON ASSOCIATES, INC</t>
   </si>
   <si>
     <t>21 BANFI PLZ N</t>
   </si>
   <si>
     <t>FARMINGDALE</t>
   </si>
   <si>
-    <t>NEW YORK</t>
-[...1 lines deleted...]
-  <si>
     <t>11735</t>
   </si>
   <si>
     <t>104502272</t>
   </si>
   <si>
     <t>BAY STATE WINE &amp; SPIRITS, INC.</t>
   </si>
   <si>
     <t>2740 WASHINGTON ST</t>
   </si>
   <si>
     <t>CANTON</t>
   </si>
   <si>
     <t>02021</t>
   </si>
   <si>
+    <t>125735936</t>
+  </si>
+  <si>
+    <t>ALTADIS USA LLC</t>
+  </si>
+  <si>
+    <t>6473 S FALKENBURG RD</t>
+  </si>
+  <si>
+    <t>RIVERVIEW</t>
+  </si>
+  <si>
+    <t>FLORIDA</t>
+  </si>
+  <si>
+    <t>33578</t>
+  </si>
+  <si>
     <t>145789952</t>
   </si>
   <si>
     <t>FUENTE &amp; NEWMAN PREMIUM CIGARS</t>
   </si>
   <si>
     <t>2701 N 16TH ST</t>
   </si>
   <si>
     <t>TAMPA</t>
   </si>
   <si>
-    <t>FLORIDA</t>
-[...1 lines deleted...]
-  <si>
     <t>33605</t>
   </si>
   <si>
     <t>186553344</t>
   </si>
   <si>
     <t>47 MARKET ST</t>
   </si>
   <si>
     <t>GARDINER</t>
   </si>
   <si>
     <t>MAINE</t>
   </si>
   <si>
     <t>04345</t>
   </si>
   <si>
     <t>232297472</t>
   </si>
   <si>
     <t>LAYALINA WHOLESALE LLC</t>
   </si>
   <si>
     <t>23 PELHAM STREET</t>
@@ -339,50 +373,65 @@
   <si>
     <t>4471 NW 36TH ST</t>
   </si>
   <si>
     <t>MIAMI SPRINGS</t>
   </si>
   <si>
     <t>33166</t>
   </si>
   <si>
     <t>532321280</t>
   </si>
   <si>
     <t>SLC DISTRIBUTORS LLC</t>
   </si>
   <si>
     <t>2345 BOSTON RD</t>
   </si>
   <si>
     <t>WILBRAHAM</t>
   </si>
   <si>
     <t>01095</t>
   </si>
   <si>
+    <t>537498624</t>
+  </si>
+  <si>
+    <t>NEW ENGLAND DISTRIBUTORS LLC</t>
+  </si>
+  <si>
+    <t>532 N QUINCY ST</t>
+  </si>
+  <si>
+    <t>BROCKTON</t>
+  </si>
+  <si>
+    <t>02302</t>
+  </si>
+  <si>
     <t>538874880</t>
   </si>
   <si>
     <t>GERBY CLICK LLC</t>
   </si>
   <si>
     <t>5 JUDITH LN</t>
   </si>
   <si>
     <t>WALTHAM</t>
   </si>
   <si>
     <t>02452</t>
   </si>
   <si>
     <t>543069184</t>
   </si>
   <si>
     <t>558011392</t>
   </si>
   <si>
     <t>C &amp; S WHOLESALE GROCERS LLC</t>
   </si>
   <si>
     <t>100 KING SPRING RD</t>
@@ -390,158 +439,272 @@
   <si>
     <t>WINDSOR LOCKS</t>
   </si>
   <si>
     <t>CONNECTICUT</t>
   </si>
   <si>
     <t>06096</t>
   </si>
   <si>
     <t>564040704</t>
   </si>
   <si>
     <t>MAHANT KRUPA 56 LLC</t>
   </si>
   <si>
     <t>5601 MASPETH AVE</t>
   </si>
   <si>
     <t>MASPETH</t>
   </si>
   <si>
     <t>11378</t>
   </si>
   <si>
+    <t>591827968</t>
+  </si>
+  <si>
+    <t>AIR DISTRIBUTION USA, INC.</t>
+  </si>
+  <si>
+    <t>4841 SANDY PORTER RD</t>
+  </si>
+  <si>
+    <t>CHARLOTTE</t>
+  </si>
+  <si>
+    <t>NORTH CAROLINA</t>
+  </si>
+  <si>
+    <t>28273</t>
+  </si>
+  <si>
     <t>592122880</t>
   </si>
   <si>
     <t>HUSMAN DISTRIBUTORS, LLC</t>
   </si>
   <si>
     <t>BRAINARD ROAD</t>
   </si>
   <si>
     <t>HARTFORD</t>
   </si>
   <si>
     <t>06114</t>
   </si>
   <si>
+    <t>December</t>
+  </si>
+  <si>
+    <t>608801792</t>
+  </si>
+  <si>
+    <t>VIN BIN</t>
+  </si>
+  <si>
+    <t>91 MAIN ST</t>
+  </si>
+  <si>
+    <t>MARLBOROUGH</t>
+  </si>
+  <si>
+    <t>01752</t>
+  </si>
+  <si>
     <t>610046976</t>
   </si>
   <si>
     <t>GQ ENTERPRISES LLC</t>
   </si>
   <si>
     <t>12 RIDGE RD</t>
   </si>
   <si>
     <t>PEPPERELL</t>
   </si>
   <si>
     <t>01463</t>
   </si>
   <si>
+    <t>615158784</t>
+  </si>
+  <si>
+    <t>OLD MAN TOBACCO LLC</t>
+  </si>
+  <si>
+    <t>25003 PITKING RD</t>
+  </si>
+  <si>
+    <t>HOUSTON</t>
+  </si>
+  <si>
+    <t>TEXAS</t>
+  </si>
+  <si>
+    <t>77386</t>
+  </si>
+  <si>
     <t>642421760</t>
   </si>
   <si>
     <t>RYAN &amp; CASEY LIQUORS</t>
   </si>
   <si>
     <t>55 MAIN ST</t>
   </si>
   <si>
     <t>GREENFIELD</t>
   </si>
   <si>
     <t>01301</t>
   </si>
   <si>
     <t>642552832</t>
   </si>
   <si>
     <t>21 WHOLESALE DISTRIBUTION</t>
   </si>
   <si>
     <t>33 HANNON ST</t>
   </si>
   <si>
     <t>BOSTON</t>
   </si>
   <si>
     <t>02124</t>
   </si>
   <si>
     <t>644781056</t>
   </si>
   <si>
+    <t>664704000</t>
+  </si>
+  <si>
+    <t>NEW ENGLAND SMOKE DISTRIBUTION</t>
+  </si>
+  <si>
+    <t>460 AMHERST ST</t>
+  </si>
+  <si>
+    <t>NASHUA</t>
+  </si>
+  <si>
+    <t>NEW HAMPSHIRE</t>
+  </si>
+  <si>
+    <t>03063</t>
+  </si>
+  <si>
     <t>667718656</t>
   </si>
   <si>
     <t>WYMANS LIQUORS</t>
   </si>
   <si>
     <t>30 PLEASANT ST</t>
   </si>
   <si>
     <t>LEOMINSTER</t>
   </si>
   <si>
     <t>01453</t>
   </si>
   <si>
+    <t>719426560</t>
+  </si>
+  <si>
+    <t>ITG CIGARS INC</t>
+  </si>
+  <si>
+    <t>2601 TAMPA EAST BLVD</t>
+  </si>
+  <si>
+    <t>33619</t>
+  </si>
+  <si>
     <t>727749632</t>
   </si>
   <si>
     <t>MASTER G CASH AND CARRY CORP</t>
   </si>
   <si>
     <t>1625 BERLIN TPKE</t>
   </si>
   <si>
     <t>BERLIN</t>
   </si>
   <si>
     <t>06037</t>
   </si>
   <si>
+    <t>794792960</t>
+  </si>
+  <si>
+    <t>MINAS WINE &amp; SPIRIT</t>
+  </si>
+  <si>
+    <t>53 ELM ST</t>
+  </si>
+  <si>
+    <t>WESTFIELD</t>
+  </si>
+  <si>
+    <t>01085</t>
+  </si>
+  <si>
     <t>798004224</t>
   </si>
   <si>
     <t>QWD</t>
   </si>
   <si>
     <t>350 BEACHAM ST</t>
   </si>
   <si>
     <t>CHELSEA</t>
   </si>
   <si>
     <t>02150</t>
   </si>
   <si>
+    <t>820089856</t>
+  </si>
+  <si>
+    <t>150 TRONT ST</t>
+  </si>
+  <si>
+    <t>150 FRONT ST</t>
+  </si>
+  <si>
+    <t>WEST SPRINGFIELD</t>
+  </si>
+  <si>
+    <t>01089</t>
+  </si>
+  <si>
     <t>864588800</t>
   </si>
   <si>
     <t>DON RUPERTO CIGARS, LLC.</t>
   </si>
   <si>
     <t>380 CHARLES RIVER RD</t>
   </si>
   <si>
     <t>WATERTOWN</t>
   </si>
   <si>
     <t>02472</t>
   </si>
   <si>
     <t>871928832</t>
   </si>
   <si>
     <t>MCLANE NORTHEAST</t>
   </si>
   <si>
     <t>2828 MCLANE RD</t>
   </si>
   <si>
     <t>BALDWINSVILLE</t>
@@ -558,89 +721,125 @@
   <si>
     <t>52 MOUNT AUBURN ST</t>
   </si>
   <si>
     <t>879924224</t>
   </si>
   <si>
     <t>D GS TRADING</t>
   </si>
   <si>
     <t>219 WILLIAMS ST</t>
   </si>
   <si>
     <t>900109312</t>
   </si>
   <si>
     <t>ASSOCIATED GROCERS OF NEW ENGLAND INC</t>
   </si>
   <si>
     <t>11 COOPERATIVE WY PO6000</t>
   </si>
   <si>
     <t>PEMBROKE</t>
   </si>
   <si>
-    <t>NEW HAMPSHIRE</t>
-[...1 lines deleted...]
-  <si>
     <t>03275</t>
   </si>
   <si>
     <t>913216512</t>
   </si>
   <si>
     <t>916231168</t>
   </si>
   <si>
     <t>NEPA WHOLESALE</t>
   </si>
   <si>
     <t>4365 OKEECHOBEE BLVD</t>
   </si>
   <si>
     <t>WEST PALM BEACH</t>
   </si>
   <si>
     <t>33409</t>
   </si>
   <si>
     <t>960599040</t>
   </si>
   <si>
     <t>MAZAR DISTRIBUTORS INC</t>
   </si>
   <si>
     <t>370 COUNTY ST</t>
   </si>
   <si>
     <t>TAUNTON</t>
   </si>
   <si>
     <t>02780</t>
   </si>
   <si>
+    <t>974361600</t>
+  </si>
+  <si>
+    <t>SCRAPPYS LIQUOR LOCKER</t>
+  </si>
+  <si>
+    <t>577 EAST ST</t>
+  </si>
+  <si>
+    <t>CHICOPEE</t>
+  </si>
+  <si>
+    <t>01020</t>
+  </si>
+  <si>
+    <t>1049334784</t>
+  </si>
+  <si>
+    <t>VITAL TRADING</t>
+  </si>
+  <si>
+    <t>360 BROADWAY</t>
+  </si>
+  <si>
+    <t>1049465856</t>
+  </si>
+  <si>
+    <t>MASS WHOLESALE LLC</t>
+  </si>
+  <si>
+    <t>555 MAIN ST</t>
+  </si>
+  <si>
+    <t>HUDSON</t>
+  </si>
+  <si>
+    <t>01749</t>
+  </si>
+  <si>
     <t>1062245376</t>
   </si>
   <si>
     <t>GREENWOOD WINE AND SPIRITS</t>
   </si>
   <si>
     <t>969 MAIN ST</t>
   </si>
   <si>
     <t>WAKEFIELD</t>
   </si>
   <si>
     <t>01880</t>
   </si>
   <si>
     <t>1113101312</t>
   </si>
   <si>
     <t>C &amp; B RETAILER'S, INC.</t>
   </si>
   <si>
     <t>224 CENTRE AVE</t>
   </si>
   <si>
     <t>ABINGTON</t>
@@ -696,308 +895,449 @@
   <si>
     <t>WHITE BEAR LAKE</t>
   </si>
   <si>
     <t>55110</t>
   </si>
   <si>
     <t>1244173312</t>
   </si>
   <si>
     <t>1273664512</t>
   </si>
   <si>
     <t>LEAVITT &amp; PEIRCE INC</t>
   </si>
   <si>
     <t>1316 MASS AVE</t>
   </si>
   <si>
     <t>CAMBRIDGE</t>
   </si>
   <si>
     <t>02138</t>
   </si>
   <si>
+    <t>1284936704</t>
+  </si>
+  <si>
+    <t>PRIME CASH AND CARRY LLC</t>
+  </si>
+  <si>
+    <t>53 MANNING RD</t>
+  </si>
+  <si>
+    <t>ENFIELD</t>
+  </si>
+  <si>
+    <t>06082</t>
+  </si>
+  <si>
     <t>1298699264</t>
   </si>
   <si>
     <t>BOSTON WHOLESALE OUTLET INC</t>
   </si>
   <si>
     <t>47 SPRUCE ST</t>
   </si>
   <si>
+    <t>1314624512</t>
+  </si>
+  <si>
+    <t>49 CANTERBURY ST</t>
+  </si>
+  <si>
+    <t>WORCESTER</t>
+  </si>
+  <si>
+    <t>01610</t>
+  </si>
+  <si>
     <t>1427805184</t>
   </si>
   <si>
     <t>MARK'S WHOLESALE INC</t>
   </si>
   <si>
     <t>168 BEACHAM ST</t>
   </si>
   <si>
     <t>EVERETT</t>
   </si>
   <si>
     <t>02149</t>
   </si>
   <si>
     <t>1441960960</t>
   </si>
   <si>
     <t>PLEASANT WHOLESALE CIGAR</t>
   </si>
   <si>
     <t>13 IRVING ST</t>
   </si>
   <si>
     <t>MALDEN</t>
   </si>
   <si>
     <t>02148</t>
   </si>
   <si>
+    <t>1453560832</t>
+  </si>
+  <si>
+    <t>C.B. PERKINS LOUNGE &amp; BAR</t>
+  </si>
+  <si>
+    <t>649 MAIN ST</t>
+  </si>
+  <si>
+    <t>HYANNIS</t>
+  </si>
+  <si>
+    <t>02601</t>
+  </si>
+  <si>
     <t>1456411648</t>
   </si>
   <si>
     <t>CUMBERLAND FARMS INC</t>
   </si>
   <si>
     <t>FLANDERS RD</t>
   </si>
   <si>
     <t>WESTBORO</t>
   </si>
   <si>
     <t>01581</t>
   </si>
   <si>
     <t>1500550144</t>
   </si>
   <si>
     <t>SUMO IMPORTS LLC</t>
   </si>
   <si>
     <t>736B HARTFORD PIKE</t>
   </si>
   <si>
     <t>DAYVILLE</t>
   </si>
   <si>
     <t>06241</t>
   </si>
   <si>
     <t>1503564800</t>
   </si>
   <si>
     <t>APS DISTRIBUTORS</t>
   </si>
   <si>
     <t>1501 GREEN RD</t>
   </si>
   <si>
     <t>POMPANO BEACH</t>
   </si>
   <si>
     <t>33064</t>
   </si>
   <si>
+    <t>1503826944</t>
+  </si>
+  <si>
+    <t>POUR LE PAYS (PLP)</t>
+  </si>
+  <si>
+    <t>30 UPLAND ST</t>
+  </si>
+  <si>
+    <t>HOLBROOK</t>
+  </si>
+  <si>
+    <t>02343</t>
+  </si>
+  <si>
+    <t>1504089088</t>
+  </si>
+  <si>
+    <t>HUSTLEVAN LLC</t>
+  </si>
+  <si>
+    <t>16 COURT AVE</t>
+  </si>
+  <si>
+    <t>02301</t>
+  </si>
+  <si>
     <t>1532924928</t>
   </si>
   <si>
     <t>VKRD WHOLESALER LLC</t>
   </si>
   <si>
     <t>104 MAIN ST</t>
   </si>
   <si>
     <t>WINCHESTER</t>
   </si>
   <si>
     <t>03470</t>
   </si>
   <si>
+    <t>1545704448</t>
+  </si>
+  <si>
+    <t>TANGIERINO LOUNGE INC</t>
+  </si>
+  <si>
+    <t>83 MAIN ST</t>
+  </si>
+  <si>
+    <t>CHARLESTOWN</t>
+  </si>
+  <si>
+    <t>02129</t>
+  </si>
+  <si>
+    <t>1551651840</t>
+  </si>
+  <si>
+    <t>10428 W MCNAB RD</t>
+  </si>
+  <si>
+    <t>TAMARAC</t>
+  </si>
+  <si>
+    <t>33321</t>
+  </si>
+  <si>
+    <t>1556255744</t>
+  </si>
+  <si>
+    <t>STAR TRADING INC</t>
+  </si>
+  <si>
+    <t>670 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>ATTLEBORO</t>
+  </si>
+  <si>
+    <t>02703</t>
+  </si>
+  <si>
     <t>1573950464</t>
   </si>
   <si>
     <t>SPECIALTY CIGARS, LLC</t>
   </si>
   <si>
     <t>2100 E CARY ST</t>
   </si>
   <si>
     <t>23223</t>
   </si>
   <si>
     <t>1574540288</t>
   </si>
   <si>
     <t>390 BEACHAM ST</t>
   </si>
   <si>
     <t>1611437056</t>
   </si>
   <si>
     <t>IDN DISTRIBUTORS INC</t>
   </si>
   <si>
     <t>140 N 2ND ST</t>
   </si>
   <si>
     <t>STROUDSBURG</t>
   </si>
   <si>
     <t>PENNSYLVANIA</t>
   </si>
   <si>
     <t>18360</t>
   </si>
   <si>
     <t>1631753216</t>
   </si>
   <si>
     <t>J. POLEP DISTRIBUTION SERVICES</t>
   </si>
   <si>
     <t>705 MEADOW ST</t>
   </si>
   <si>
-    <t>CHICOPEE</t>
-[...1 lines deleted...]
-  <si>
     <t>01013</t>
   </si>
   <si>
+    <t>1689424896</t>
+  </si>
+  <si>
+    <t>HABIBI'S LOUNGE</t>
+  </si>
+  <si>
+    <t>1217A COMMONWEALTH AVE</t>
+  </si>
+  <si>
+    <t>ALLSTON</t>
+  </si>
+  <si>
+    <t>02134</t>
+  </si>
+  <si>
     <t>1702138880</t>
   </si>
   <si>
     <t>IZ TRADING</t>
   </si>
   <si>
     <t>665 CAMBRIDGE ST</t>
   </si>
   <si>
-    <t>WORCESTER</t>
-[...4 lines deleted...]
-  <si>
     <t>1708823552</t>
   </si>
   <si>
     <t>HOME AND MORE INC</t>
   </si>
   <si>
     <t>8 S BROADWAY</t>
   </si>
   <si>
     <t>LAWRENCE</t>
   </si>
   <si>
     <t>01843</t>
   </si>
   <si>
     <t>1733334016</t>
   </si>
   <si>
     <t>SUPER FOOD SERVICES, INC.</t>
   </si>
   <si>
     <t>4067 COUNTY ROAD 130</t>
   </si>
   <si>
     <t>BELLEFONTAINE</t>
   </si>
   <si>
     <t>OHIO</t>
   </si>
   <si>
     <t>43311</t>
   </si>
   <si>
     <t>1777374208</t>
   </si>
   <si>
     <t>BRENNAN'S SMOKE SHOP, INC.</t>
   </si>
   <si>
     <t>909 N MAIN ST</t>
   </si>
   <si>
-    <t>BROCKTON</t>
-[...4 lines deleted...]
-  <si>
     <t>1778291712</t>
   </si>
   <si>
     <t>A &amp; R DISTRIBUTOR INC</t>
   </si>
   <si>
     <t>233 PAGE BLVD</t>
   </si>
   <si>
     <t>SPRINGFIELD</t>
   </si>
   <si>
     <t>01104</t>
   </si>
   <si>
     <t>1781044224</t>
   </si>
   <si>
     <t>1795724288</t>
   </si>
   <si>
     <t>JULIOS LIQUORS</t>
   </si>
   <si>
     <t>140 TURNPIKE RD</t>
   </si>
   <si>
     <t>WESTBOROUGH</t>
   </si>
   <si>
+    <t>1807979520</t>
+  </si>
+  <si>
+    <t>STARBUZZ TOBACCO INC</t>
+  </si>
+  <si>
+    <t>825 COLUMBIA ST</t>
+  </si>
+  <si>
+    <t>BREA</t>
+  </si>
+  <si>
+    <t>92821</t>
+  </si>
+  <si>
     <t>1839764480</t>
   </si>
   <si>
     <t>TUFTS TOBACCO</t>
   </si>
   <si>
     <t>468 MAIN ST</t>
   </si>
   <si>
     <t>MEDFORD</t>
   </si>
   <si>
     <t>02155</t>
   </si>
   <si>
+    <t>1865978880</t>
+  </si>
+  <si>
+    <t>MK DISTRIBUTORS INC</t>
+  </si>
+  <si>
+    <t>34 CUMMINGS PARK</t>
+  </si>
+  <si>
+    <t>WOBURN</t>
+  </si>
+  <si>
+    <t>01801</t>
+  </si>
+  <si>
     <t>1866765312</t>
   </si>
   <si>
     <t>HBI INTERNATIONAL</t>
   </si>
   <si>
     <t>3401 W PAPAGO ST</t>
   </si>
   <si>
     <t>PHOENIX</t>
   </si>
   <si>
     <t>ARIZONA</t>
   </si>
   <si>
     <t>85009</t>
   </si>
   <si>
     <t>1916441600</t>
   </si>
   <si>
     <t>HARSHEEL INC</t>
   </si>
   <si>
     <t>34 RAILROAD AVE</t>
@@ -1023,63 +1363,87 @@
   <si>
     <t>1944622080</t>
   </si>
   <si>
     <t>MY DUTCH CIGAR INC</t>
   </si>
   <si>
     <t>200 EXCHANGE ST</t>
   </si>
   <si>
     <t>1945670656</t>
   </si>
   <si>
     <t>MCLANE/NORTHEAST-CONCORD</t>
   </si>
   <si>
     <t>932 MAPLE ST</t>
   </si>
   <si>
     <t>CONTOOCOOK</t>
   </si>
   <si>
     <t>03229</t>
   </si>
   <si>
+    <t>1968608256</t>
+  </si>
+  <si>
+    <t>NATIONAL TOBACCO COMPANY LP</t>
+  </si>
+  <si>
+    <t>5201 INTERCHANGE WAY</t>
+  </si>
+  <si>
+    <t>LOUISVILLE</t>
+  </si>
+  <si>
+    <t>KENTUCKY</t>
+  </si>
+  <si>
+    <t>40229</t>
+  </si>
+  <si>
     <t>1987613696</t>
   </si>
   <si>
     <t>PERETTIS CIGAR CO</t>
   </si>
   <si>
     <t>2 1/2 PARK SQ</t>
   </si>
   <si>
     <t>02116</t>
   </si>
   <si>
     <t>2005046272</t>
+  </si>
+  <si>
+    <t>2022085632</t>
+  </si>
+  <si>
+    <t>GENERAL CIGAR CO INC</t>
   </si>
   <si>
     <t>2032964608</t>
   </si>
   <si>
     <t>THE CIGARMANS SHOP</t>
   </si>
   <si>
     <t>181 W MAIN ST</t>
   </si>
   <si>
     <t>NORTON</t>
   </si>
   <si>
     <t>02766</t>
   </si>
   <si>
     <t>2058392576</t>
   </si>
   <si>
     <t>GRABBA-LEAF, LLC</t>
   </si>
   <si>
     <t>2839-2841 CENTER PORT CIRCLE</t>
   </si>
@@ -1498,2567 +1862,3033 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:I120"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="11.90625" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="11.6328125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="12.1796875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="13.26953125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.54296875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="35.1796875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="24.54296875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="15.1796875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.1796875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="5.26953125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="12.1796875" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:9" x14ac:dyDescent="0.35">
       <c r="D2" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.35">
       <c r="D4" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A6" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I6" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>13</v>
+        <v>208</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>14</v>
+        <v>209</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>15</v>
+        <v>210</v>
       </c>
       <c r="F7" s="4" t="s">
-        <v>16</v>
+        <v>211</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H7" s="4" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="I7" s="5">
-        <v>45931</v>
+        <v>45966</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>19</v>
+        <v>172</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>20</v>
+        <v>173</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>21</v>
+        <v>174</v>
       </c>
       <c r="F8" s="4" t="s">
-        <v>22</v>
+        <v>175</v>
       </c>
       <c r="G8" s="4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H8" s="4" t="s">
-        <v>24</v>
+        <v>176</v>
       </c>
       <c r="I8" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>12</v>
+        <v>150</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>25</v>
+        <v>299</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>26</v>
+        <v>300</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>27</v>
+        <v>300</v>
       </c>
       <c r="F9" s="4" t="s">
-        <v>28</v>
+        <v>301</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H9" s="4" t="s">
-        <v>29</v>
+        <v>302</v>
       </c>
       <c r="I9" s="5">
-        <v>45931</v>
+        <v>46006</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>30</v>
+        <v>399</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>31</v>
+        <v>400</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>32</v>
+        <v>401</v>
       </c>
       <c r="F10" s="4" t="s">
-        <v>33</v>
+        <v>402</v>
       </c>
       <c r="G10" s="4" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H10" s="4" t="s">
-        <v>35</v>
+        <v>403</v>
       </c>
       <c r="I10" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>36</v>
+        <v>139</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>14</v>
+        <v>140</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>37</v>
+        <v>141</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>38</v>
+        <v>142</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>39</v>
+        <v>143</v>
       </c>
       <c r="H11" s="4" t="s">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="I11" s="5">
-        <v>45931</v>
+        <v>45936</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A12" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C12" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G12" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H12" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="D12" s="4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I12" s="5">
-        <v>45931</v>
+        <v>45938</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>46</v>
+        <v>328</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>47</v>
+        <v>329</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>48</v>
+        <v>330</v>
       </c>
       <c r="F13" s="4" t="s">
-        <v>49</v>
+        <v>331</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="H13" s="4" t="s">
-        <v>50</v>
+        <v>332</v>
       </c>
       <c r="I13" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A14" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>51</v>
+        <v>229</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>52</v>
+        <v>230</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>53</v>
+        <v>231</v>
       </c>
       <c r="F14" s="4" t="s">
-        <v>54</v>
+        <v>232</v>
       </c>
       <c r="G14" s="4" t="s">
-        <v>34</v>
+        <v>182</v>
       </c>
       <c r="H14" s="4" t="s">
-        <v>55</v>
+        <v>233</v>
       </c>
       <c r="I14" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A15" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="F15" s="4" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H15" s="4" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="I15" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A16" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>62</v>
+        <v>14</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F16" s="4" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="G16" s="4" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="H16" s="4" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="I16" s="5">
-        <v>45931</v>
+        <v>45974</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A17" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>67</v>
+        <v>296</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>68</v>
+        <v>297</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>69</v>
+        <v>298</v>
       </c>
       <c r="F17" s="4" t="s">
-        <v>70</v>
+        <v>206</v>
       </c>
       <c r="G17" s="4" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="H17" s="4" t="s">
-        <v>72</v>
+        <v>207</v>
       </c>
       <c r="I17" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A18" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>73</v>
+        <v>396</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>74</v>
+        <v>397</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>75</v>
+        <v>398</v>
       </c>
       <c r="F18" s="4" t="s">
-        <v>76</v>
+        <v>120</v>
       </c>
       <c r="G18" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H18" s="4" t="s">
-        <v>77</v>
+        <v>341</v>
       </c>
       <c r="I18" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A19" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>78</v>
+        <v>263</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>79</v>
+        <v>264</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>80</v>
+        <v>265</v>
       </c>
       <c r="F19" s="4" t="s">
-        <v>81</v>
+        <v>266</v>
       </c>
       <c r="G19" s="4" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
       <c r="H19" s="4" t="s">
-        <v>83</v>
+        <v>267</v>
       </c>
       <c r="I19" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A20" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>84</v>
+        <v>128</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>85</v>
+        <v>129</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>86</v>
+        <v>130</v>
       </c>
       <c r="F20" s="4" t="s">
-        <v>87</v>
+        <v>131</v>
       </c>
       <c r="G20" s="4" t="s">
-        <v>88</v>
+        <v>132</v>
       </c>
       <c r="H20" s="4" t="s">
-        <v>89</v>
+        <v>133</v>
       </c>
       <c r="I20" s="5">
-        <v>45932</v>
+        <v>45931</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A21" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>90</v>
+        <v>313</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>91</v>
+        <v>314</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>92</v>
+        <v>315</v>
       </c>
       <c r="F21" s="4" t="s">
-        <v>93</v>
+        <v>316</v>
       </c>
       <c r="G21" s="4" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="H21" s="4" t="s">
-        <v>95</v>
+        <v>317</v>
       </c>
       <c r="I21" s="5">
-        <v>45933</v>
+        <v>45987</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A22" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
       <c r="E22" s="4" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="F22" s="4" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="G22" s="4" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="H22" s="4" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="I22" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A23" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>101</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>102</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>103</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>104</v>
       </c>
       <c r="G23" s="4" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="H23" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I23" s="5">
-        <v>45931</v>
+        <v>45933</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A24" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>106</v>
+        <v>20</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>108</v>
+        <v>22</v>
       </c>
       <c r="F24" s="4" t="s">
-        <v>109</v>
+        <v>23</v>
       </c>
       <c r="G24" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H24" s="4" t="s">
-        <v>110</v>
+        <v>25</v>
       </c>
       <c r="I24" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A25" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>111</v>
+        <v>47</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="F25" s="4" t="s">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="G25" s="4" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H25" s="4" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="I25" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A26" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>112</v>
+        <v>318</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>113</v>
+        <v>319</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>114</v>
+        <v>320</v>
       </c>
       <c r="F26" s="4" t="s">
-        <v>115</v>
+        <v>321</v>
       </c>
       <c r="G26" s="4" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="H26" s="4" t="s">
-        <v>117</v>
+        <v>322</v>
       </c>
       <c r="I26" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A27" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>118</v>
+        <v>226</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>119</v>
+        <v>227</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>120</v>
+        <v>228</v>
       </c>
       <c r="F27" s="4" t="s">
-        <v>121</v>
+        <v>206</v>
       </c>
       <c r="G27" s="4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H27" s="4" t="s">
-        <v>122</v>
+        <v>207</v>
       </c>
       <c r="I27" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A28" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>123</v>
+        <v>213</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>124</v>
+        <v>214</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>125</v>
+        <v>215</v>
       </c>
       <c r="F28" s="4" t="s">
-        <v>126</v>
+        <v>216</v>
       </c>
       <c r="G28" s="4" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="H28" s="4" t="s">
-        <v>127</v>
+        <v>217</v>
       </c>
       <c r="I28" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A29" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>128</v>
+        <v>107</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>129</v>
+        <v>108</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>130</v>
+        <v>109</v>
       </c>
       <c r="F29" s="4" t="s">
-        <v>131</v>
+        <v>110</v>
       </c>
       <c r="G29" s="4" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="H29" s="4" t="s">
-        <v>132</v>
+        <v>111</v>
       </c>
       <c r="I29" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A30" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>133</v>
+        <v>280</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>134</v>
+        <v>281</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>135</v>
+        <v>282</v>
       </c>
       <c r="F30" s="4" t="s">
-        <v>136</v>
+        <v>283</v>
       </c>
       <c r="G30" s="4" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="H30" s="4" t="s">
-        <v>137</v>
+        <v>284</v>
       </c>
       <c r="I30" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A31" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>138</v>
+        <v>42</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>139</v>
+        <v>43</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>140</v>
+        <v>44</v>
       </c>
       <c r="F31" s="4" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G31" s="4" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="H31" s="4" t="s">
-        <v>142</v>
+        <v>46</v>
       </c>
       <c r="I31" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A32" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>143</v>
+        <v>458</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>74</v>
+        <v>459</v>
       </c>
       <c r="E32" s="4" t="s">
-        <v>75</v>
+        <v>363</v>
       </c>
       <c r="F32" s="4" t="s">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="G32" s="4" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="H32" s="4" t="s">
-        <v>77</v>
+        <v>364</v>
       </c>
       <c r="I32" s="5">
-        <v>45931</v>
+        <v>45937</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A33" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>144</v>
+        <v>122</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>145</v>
+        <v>123</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>146</v>
+        <v>124</v>
       </c>
       <c r="F33" s="4" t="s">
-        <v>147</v>
+        <v>125</v>
       </c>
       <c r="G33" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H33" s="4" t="s">
-        <v>148</v>
+        <v>126</v>
       </c>
       <c r="I33" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A34" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="E34" s="4" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="F34" s="4" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="G34" s="4" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="H34" s="4" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="I34" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A35" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>154</v>
+        <v>465</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>155</v>
+        <v>466</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>156</v>
+        <v>467</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>157</v>
+        <v>331</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>158</v>
+        <v>332</v>
       </c>
       <c r="I35" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A36" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>159</v>
+        <v>258</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>160</v>
+        <v>259</v>
       </c>
       <c r="E36" s="4" t="s">
-        <v>161</v>
+        <v>260</v>
       </c>
       <c r="F36" s="4" t="s">
-        <v>162</v>
+        <v>261</v>
       </c>
       <c r="G36" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H36" s="4" t="s">
-        <v>163</v>
+        <v>262</v>
       </c>
       <c r="I36" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A37" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>164</v>
+        <v>377</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>165</v>
+        <v>378</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>166</v>
+        <v>379</v>
       </c>
       <c r="F37" s="4" t="s">
-        <v>167</v>
+        <v>380</v>
       </c>
       <c r="G37" s="4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H37" s="4" t="s">
-        <v>168</v>
+        <v>381</v>
       </c>
       <c r="I37" s="5">
-        <v>45931</v>
+        <v>45937</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A38" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>169</v>
+        <v>26</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>170</v>
+        <v>27</v>
       </c>
       <c r="E38" s="4" t="s">
-        <v>171</v>
+        <v>28</v>
       </c>
       <c r="F38" s="4" t="s">
-        <v>162</v>
+        <v>29</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="4" t="s">
-        <v>163</v>
+        <v>30</v>
       </c>
       <c r="I38" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A39" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>172</v>
+        <v>430</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>173</v>
+        <v>431</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>174</v>
+        <v>432</v>
       </c>
       <c r="F39" s="4" t="s">
-        <v>157</v>
+        <v>433</v>
       </c>
       <c r="G39" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H39" s="4" t="s">
-        <v>158</v>
+        <v>434</v>
       </c>
       <c r="I39" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A40" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>175</v>
+        <v>424</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>176</v>
+        <v>425</v>
       </c>
       <c r="E40" s="4" t="s">
-        <v>177</v>
+        <v>426</v>
       </c>
       <c r="F40" s="4" t="s">
-        <v>178</v>
+        <v>427</v>
       </c>
       <c r="G40" s="4" t="s">
-        <v>179</v>
+        <v>428</v>
       </c>
       <c r="H40" s="4" t="s">
-        <v>180</v>
+        <v>429</v>
       </c>
       <c r="I40" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A41" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>181</v>
+        <v>385</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>74</v>
+        <v>386</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>75</v>
+        <v>387</v>
       </c>
       <c r="F41" s="4" t="s">
-        <v>76</v>
+        <v>388</v>
       </c>
       <c r="G41" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H41" s="4" t="s">
-        <v>77</v>
+        <v>389</v>
       </c>
       <c r="I41" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A42" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>182</v>
+        <v>145</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>183</v>
+        <v>146</v>
       </c>
       <c r="E42" s="4" t="s">
-        <v>184</v>
+        <v>147</v>
       </c>
       <c r="F42" s="4" t="s">
-        <v>185</v>
+        <v>148</v>
       </c>
       <c r="G42" s="4" t="s">
-        <v>34</v>
+        <v>132</v>
       </c>
       <c r="H42" s="4" t="s">
-        <v>186</v>
+        <v>149</v>
       </c>
       <c r="I42" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A43" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>187</v>
+        <v>338</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>188</v>
+        <v>339</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>189</v>
+        <v>340</v>
       </c>
       <c r="F43" s="4" t="s">
-        <v>190</v>
+        <v>120</v>
       </c>
       <c r="G43" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H43" s="4" t="s">
-        <v>191</v>
+        <v>341</v>
       </c>
       <c r="I43" s="5">
-        <v>45931</v>
+        <v>45985</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A44" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>12</v>
+        <v>150</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>192</v>
+        <v>352</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>193</v>
+        <v>339</v>
       </c>
       <c r="E44" s="4" t="s">
-        <v>194</v>
+        <v>353</v>
       </c>
       <c r="F44" s="4" t="s">
-        <v>195</v>
+        <v>354</v>
       </c>
       <c r="G44" s="4" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="H44" s="4" t="s">
-        <v>196</v>
+        <v>355</v>
       </c>
       <c r="I44" s="5">
-        <v>45931</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A45" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>197</v>
+        <v>367</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>198</v>
+        <v>368</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>199</v>
+        <v>369</v>
       </c>
       <c r="F45" s="4" t="s">
-        <v>200</v>
+        <v>370</v>
       </c>
       <c r="G45" s="4" t="s">
-        <v>17</v>
+        <v>371</v>
       </c>
       <c r="H45" s="4" t="s">
-        <v>201</v>
+        <v>372</v>
       </c>
       <c r="I45" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A46" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>74</v>
+        <v>190</v>
       </c>
       <c r="E46" s="4" t="s">
-        <v>75</v>
+        <v>191</v>
       </c>
       <c r="F46" s="4" t="s">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="G46" s="4" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="H46" s="4" t="s">
-        <v>77</v>
+        <v>192</v>
       </c>
       <c r="I46" s="5">
-        <v>45931</v>
+        <v>45944</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A47" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>203</v>
+        <v>382</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>204</v>
+        <v>383</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>205</v>
+        <v>384</v>
       </c>
       <c r="F47" s="4" t="s">
-        <v>206</v>
+        <v>301</v>
       </c>
       <c r="G47" s="4" t="s">
-        <v>207</v>
+        <v>24</v>
       </c>
       <c r="H47" s="4" t="s">
-        <v>208</v>
+        <v>302</v>
       </c>
       <c r="I47" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A48" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>209</v>
+        <v>373</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>210</v>
+        <v>374</v>
       </c>
       <c r="E48" s="4" t="s">
-        <v>211</v>
+        <v>375</v>
       </c>
       <c r="F48" s="4" t="s">
-        <v>212</v>
+        <v>248</v>
       </c>
       <c r="G48" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H48" s="4" t="s">
-        <v>213</v>
+        <v>376</v>
       </c>
       <c r="I48" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A49" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>214</v>
+        <v>473</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>215</v>
+        <v>474</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>216</v>
+        <v>44</v>
       </c>
       <c r="F49" s="4" t="s">
-        <v>217</v>
+        <v>45</v>
       </c>
       <c r="G49" s="4" t="s">
-        <v>94</v>
+        <v>40</v>
       </c>
       <c r="H49" s="4" t="s">
-        <v>218</v>
+        <v>46</v>
       </c>
       <c r="I49" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A50" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>219</v>
+        <v>269</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>74</v>
+        <v>270</v>
       </c>
       <c r="E50" s="4" t="s">
-        <v>75</v>
+        <v>271</v>
       </c>
       <c r="F50" s="4" t="s">
-        <v>76</v>
+        <v>272</v>
       </c>
       <c r="G50" s="4" t="s">
-        <v>17</v>
+        <v>273</v>
       </c>
       <c r="H50" s="4" t="s">
-        <v>77</v>
+        <v>274</v>
       </c>
       <c r="I50" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A51" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>220</v>
+        <v>365</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>221</v>
+        <v>270</v>
       </c>
       <c r="E51" s="4" t="s">
-        <v>222</v>
+        <v>366</v>
       </c>
       <c r="F51" s="4" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="G51" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H51" s="4" t="s">
-        <v>224</v>
+        <v>207</v>
       </c>
       <c r="I51" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A52" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>225</v>
+        <v>468</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>226</v>
+        <v>469</v>
       </c>
       <c r="E52" s="4" t="s">
-        <v>227</v>
+        <v>470</v>
       </c>
       <c r="F52" s="4" t="s">
-        <v>157</v>
+        <v>471</v>
       </c>
       <c r="G52" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H52" s="4" t="s">
-        <v>158</v>
+        <v>472</v>
       </c>
       <c r="I52" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A53" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>228</v>
+        <v>405</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>229</v>
+        <v>406</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>230</v>
+        <v>407</v>
       </c>
       <c r="F53" s="4" t="s">
-        <v>231</v>
+        <v>408</v>
       </c>
       <c r="G53" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H53" s="4" t="s">
-        <v>232</v>
+        <v>322</v>
       </c>
       <c r="I53" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A54" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>233</v>
+        <v>78</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>234</v>
+        <v>79</v>
       </c>
       <c r="E54" s="4" t="s">
-        <v>235</v>
+        <v>80</v>
       </c>
       <c r="F54" s="4" t="s">
-        <v>236</v>
+        <v>81</v>
       </c>
       <c r="G54" s="4" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
       <c r="H54" s="4" t="s">
-        <v>237</v>
+        <v>83</v>
       </c>
       <c r="I54" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A55" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>238</v>
+        <v>52</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>239</v>
+        <v>53</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>240</v>
+        <v>54</v>
       </c>
       <c r="F55" s="4" t="s">
-        <v>241</v>
+        <v>55</v>
       </c>
       <c r="G55" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H55" s="4" t="s">
-        <v>242</v>
+        <v>56</v>
       </c>
       <c r="I55" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A56" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>243</v>
+        <v>286</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>244</v>
+        <v>287</v>
       </c>
       <c r="E56" s="4" t="s">
-        <v>245</v>
+        <v>288</v>
       </c>
       <c r="F56" s="4" t="s">
-        <v>246</v>
+        <v>289</v>
       </c>
       <c r="G56" s="4" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="H56" s="4" t="s">
-        <v>247</v>
+        <v>290</v>
       </c>
       <c r="I56" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A57" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>248</v>
+        <v>134</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>249</v>
+        <v>135</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>250</v>
+        <v>136</v>
       </c>
       <c r="F57" s="4" t="s">
-        <v>251</v>
+        <v>137</v>
       </c>
       <c r="G57" s="4" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H57" s="4" t="s">
-        <v>252</v>
+        <v>138</v>
       </c>
       <c r="I57" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A58" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>253</v>
+        <v>303</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>254</v>
+        <v>304</v>
       </c>
       <c r="E58" s="4" t="s">
-        <v>255</v>
+        <v>305</v>
       </c>
       <c r="F58" s="4" t="s">
-        <v>256</v>
+        <v>306</v>
       </c>
       <c r="G58" s="4" t="s">
-        <v>179</v>
+        <v>24</v>
       </c>
       <c r="H58" s="4" t="s">
-        <v>257</v>
+        <v>307</v>
       </c>
       <c r="I58" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A59" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="E59" s="4" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="F59" s="4" t="s">
-        <v>87</v>
+        <v>256</v>
       </c>
       <c r="G59" s="4" t="s">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="H59" s="4" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="I59" s="5">
-        <v>45931</v>
+        <v>45973</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A60" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>262</v>
+        <v>193</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="E60" s="4" t="s">
-        <v>263</v>
+        <v>195</v>
       </c>
       <c r="F60" s="4" t="s">
-        <v>157</v>
+        <v>196</v>
       </c>
       <c r="G60" s="4" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="H60" s="4" t="s">
-        <v>158</v>
+        <v>197</v>
       </c>
       <c r="I60" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A61" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>264</v>
+        <v>240</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>265</v>
+        <v>241</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>266</v>
+        <v>242</v>
       </c>
       <c r="F61" s="4" t="s">
-        <v>267</v>
+        <v>243</v>
       </c>
       <c r="G61" s="4" t="s">
-        <v>268</v>
+        <v>24</v>
       </c>
       <c r="H61" s="4" t="s">
-        <v>269</v>
+        <v>244</v>
       </c>
       <c r="I61" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A62" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>270</v>
+        <v>218</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>271</v>
+        <v>219</v>
       </c>
       <c r="E62" s="4" t="s">
-        <v>272</v>
+        <v>220</v>
       </c>
       <c r="F62" s="4" t="s">
-        <v>273</v>
+        <v>221</v>
       </c>
       <c r="G62" s="4" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="4" t="s">
-        <v>274</v>
+        <v>222</v>
       </c>
       <c r="I62" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A63" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>275</v>
+        <v>442</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>276</v>
+        <v>443</v>
       </c>
       <c r="E63" s="4" t="s">
-        <v>277</v>
+        <v>444</v>
       </c>
       <c r="F63" s="4" t="s">
-        <v>278</v>
+        <v>445</v>
       </c>
       <c r="G63" s="4" t="s">
-        <v>17</v>
+        <v>182</v>
       </c>
       <c r="H63" s="4" t="s">
-        <v>279</v>
+        <v>446</v>
       </c>
       <c r="I63" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A64" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>12</v>
+        <v>150</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>280</v>
+        <v>198</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>281</v>
+        <v>199</v>
       </c>
       <c r="E64" s="4" t="s">
-        <v>282</v>
+        <v>200</v>
       </c>
       <c r="F64" s="4" t="s">
-        <v>283</v>
+        <v>201</v>
       </c>
       <c r="G64" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H64" s="4" t="s">
-        <v>284</v>
+        <v>202</v>
       </c>
       <c r="I64" s="5">
-        <v>45931</v>
+        <v>45995</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A65" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>285</v>
+        <v>419</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>286</v>
+        <v>420</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>287</v>
+        <v>421</v>
       </c>
       <c r="F65" s="4" t="s">
-        <v>288</v>
+        <v>422</v>
       </c>
       <c r="G65" s="4" t="s">
-        <v>289</v>
+        <v>24</v>
       </c>
       <c r="H65" s="4" t="s">
-        <v>290</v>
+        <v>423</v>
       </c>
       <c r="I65" s="5">
-        <v>45931</v>
+        <v>45938</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A66" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>291</v>
+        <v>439</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>292</v>
+        <v>440</v>
       </c>
       <c r="E66" s="4" t="s">
-        <v>293</v>
+        <v>441</v>
       </c>
       <c r="F66" s="4" t="s">
-        <v>294</v>
+        <v>248</v>
       </c>
       <c r="G66" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H66" s="4" t="s">
-        <v>295</v>
+        <v>376</v>
       </c>
       <c r="I66" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A67" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>296</v>
+        <v>447</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>297</v>
+        <v>448</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>298</v>
+        <v>449</v>
       </c>
       <c r="F67" s="4" t="s">
-        <v>299</v>
+        <v>450</v>
       </c>
       <c r="G67" s="4" t="s">
-        <v>17</v>
+        <v>451</v>
       </c>
       <c r="H67" s="4" t="s">
-        <v>300</v>
+        <v>452</v>
       </c>
       <c r="I67" s="5">
-        <v>45931</v>
+        <v>45957</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A68" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>301</v>
+        <v>235</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>74</v>
+        <v>236</v>
       </c>
       <c r="E68" s="4" t="s">
-        <v>75</v>
+        <v>237</v>
       </c>
       <c r="F68" s="4" t="s">
-        <v>76</v>
+        <v>238</v>
       </c>
       <c r="G68" s="4" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="H68" s="4" t="s">
-        <v>77</v>
+        <v>239</v>
       </c>
       <c r="I68" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A69" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>302</v>
+        <v>117</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>303</v>
+        <v>118</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>304</v>
+        <v>119</v>
       </c>
       <c r="F69" s="4" t="s">
-        <v>305</v>
+        <v>120</v>
       </c>
       <c r="G69" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H69" s="4" t="s">
-        <v>242</v>
+        <v>121</v>
       </c>
       <c r="I69" s="5">
-        <v>45931</v>
+        <v>45954</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A70" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>306</v>
+        <v>178</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>307</v>
+        <v>179</v>
       </c>
       <c r="E70" s="4" t="s">
-        <v>308</v>
+        <v>180</v>
       </c>
       <c r="F70" s="4" t="s">
-        <v>309</v>
+        <v>181</v>
       </c>
       <c r="G70" s="4" t="s">
-        <v>17</v>
+        <v>182</v>
       </c>
       <c r="H70" s="4" t="s">
-        <v>310</v>
+        <v>183</v>
       </c>
       <c r="I70" s="5">
-        <v>45931</v>
+        <v>45946</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A71" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>311</v>
+        <v>161</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>312</v>
+        <v>162</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>313</v>
+        <v>163</v>
       </c>
       <c r="F71" s="4" t="s">
-        <v>314</v>
+        <v>164</v>
       </c>
       <c r="G71" s="4" t="s">
-        <v>315</v>
+        <v>165</v>
       </c>
       <c r="H71" s="4" t="s">
-        <v>316</v>
+        <v>166</v>
       </c>
       <c r="I71" s="5">
-        <v>45931</v>
+        <v>45964</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A72" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>317</v>
+        <v>453</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>318</v>
+        <v>454</v>
       </c>
       <c r="E72" s="4" t="s">
-        <v>319</v>
+        <v>455</v>
       </c>
       <c r="F72" s="4" t="s">
-        <v>320</v>
+        <v>175</v>
       </c>
       <c r="G72" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H72" s="4" t="s">
-        <v>321</v>
+        <v>456</v>
       </c>
       <c r="I72" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A73" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>322</v>
+        <v>308</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>323</v>
+        <v>309</v>
       </c>
       <c r="E73" s="4" t="s">
-        <v>324</v>
+        <v>310</v>
       </c>
       <c r="F73" s="4" t="s">
-        <v>33</v>
+        <v>311</v>
       </c>
       <c r="G73" s="4" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H73" s="4" t="s">
-        <v>325</v>
+        <v>312</v>
       </c>
       <c r="I73" s="5">
-        <v>45933</v>
+        <v>45931</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A74" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="E74" s="4" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="F74" s="4" t="s">
-        <v>273</v>
+        <v>336</v>
       </c>
       <c r="G74" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H74" s="4" t="s">
-        <v>274</v>
+        <v>337</v>
       </c>
       <c r="I74" s="5">
-        <v>45931</v>
+        <v>45953</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A75" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>329</v>
+        <v>291</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>330</v>
+        <v>292</v>
       </c>
       <c r="E75" s="4" t="s">
-        <v>331</v>
+        <v>293</v>
       </c>
       <c r="F75" s="4" t="s">
-        <v>332</v>
+        <v>294</v>
       </c>
       <c r="G75" s="4" t="s">
-        <v>179</v>
+        <v>132</v>
       </c>
       <c r="H75" s="4" t="s">
-        <v>333</v>
+        <v>295</v>
       </c>
       <c r="I75" s="5">
-        <v>45931</v>
+        <v>45950</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A76" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>334</v>
+        <v>203</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>335</v>
+        <v>204</v>
       </c>
       <c r="E76" s="4" t="s">
-        <v>336</v>
+        <v>205</v>
       </c>
       <c r="F76" s="4" t="s">
-        <v>141</v>
+        <v>206</v>
       </c>
       <c r="G76" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H76" s="4" t="s">
-        <v>337</v>
+        <v>207</v>
       </c>
       <c r="I76" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A77" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>338</v>
+        <v>57</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="E77" s="4" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="F77" s="4" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="G77" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H77" s="4" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="I77" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A78" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B78" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C78" s="4" t="s">
-        <v>339</v>
+        <v>167</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>340</v>
+        <v>168</v>
       </c>
       <c r="E78" s="4" t="s">
-        <v>341</v>
+        <v>169</v>
       </c>
       <c r="F78" s="4" t="s">
-        <v>342</v>
+        <v>170</v>
       </c>
       <c r="G78" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H78" s="4" t="s">
-        <v>343</v>
+        <v>171</v>
       </c>
       <c r="I78" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A79" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>344</v>
+        <v>223</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>345</v>
+        <v>224</v>
       </c>
       <c r="E79" s="4" t="s">
-        <v>346</v>
+        <v>225</v>
       </c>
       <c r="F79" s="4" t="s">
-        <v>251</v>
+        <v>216</v>
       </c>
       <c r="G79" s="4" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H79" s="4" t="s">
-        <v>252</v>
+        <v>217</v>
       </c>
       <c r="I79" s="5">
         <v>45931</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A80" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>347</v>
+        <v>245</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>348</v>
+        <v>246</v>
       </c>
       <c r="E80" s="4" t="s">
-        <v>349</v>
+        <v>247</v>
       </c>
       <c r="F80" s="4" t="s">
-        <v>350</v>
+        <v>248</v>
       </c>
       <c r="G80" s="4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H80" s="4" t="s">
-        <v>351</v>
+        <v>249</v>
       </c>
       <c r="I80" s="5">
-        <v>45931</v>
+        <v>45973</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A81" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B81" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C81" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="E81" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="F81" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G81" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H81" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="I81" s="5">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A82" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B82" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C82" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>362</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>363</v>
+      </c>
+      <c r="F82" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="G82" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="H82" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="I82" s="5">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A83" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B83" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C83" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="F83" s="4" t="s">
+        <v>359</v>
+      </c>
+      <c r="G83" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H83" s="4" t="s">
+        <v>360</v>
+      </c>
+      <c r="I83" s="5">
+        <v>45946</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A84" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B84" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C81" s="4" t="s">
-[...52 lines deleted...]
-      <c r="I84" s="5"/>
+      <c r="C84" s="4" t="s">
+        <v>409</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>410</v>
+      </c>
+      <c r="E84" s="4" t="s">
+        <v>411</v>
+      </c>
+      <c r="F84" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="G84" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="H84" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="I84" s="5">
+        <v>45985</v>
+      </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A85" s="4"/>
-[...7 lines deleted...]
-      <c r="I85" s="5"/>
+      <c r="A85" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B85" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C85" s="4" t="s">
+        <v>323</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>325</v>
+      </c>
+      <c r="F85" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="G85" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="H85" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="I85" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A86" s="4"/>
-[...7 lines deleted...]
-      <c r="I86" s="5"/>
+      <c r="A86" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B86" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C86" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="F86" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="G86" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="H86" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="I86" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A87" s="4"/>
-[...7 lines deleted...]
-      <c r="I87" s="5"/>
+      <c r="A87" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B87" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C87" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>391</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="F87" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="G87" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="H87" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="I87" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A88" s="4"/>
-[...7 lines deleted...]
-      <c r="I88" s="5"/>
+      <c r="A88" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B88" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C88" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="F88" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="G88" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="H88" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="I88" s="5">
+        <v>45932</v>
+      </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A89" s="4"/>
-[...7 lines deleted...]
-      <c r="I89" s="5"/>
+      <c r="A89" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B89" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C89" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="F89" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="G89" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H89" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="I89" s="5">
+        <v>45939</v>
+      </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A90" s="4"/>
-[...7 lines deleted...]
-      <c r="I90" s="5"/>
+      <c r="A90" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B90" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C90" s="4" t="s">
+        <v>435</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="E90" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="F90" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G90" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H90" s="4" t="s">
+        <v>438</v>
+      </c>
+      <c r="I90" s="5">
+        <v>45933</v>
+      </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A91" s="4"/>
-[...7 lines deleted...]
-      <c r="I91" s="5"/>
+      <c r="A91" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B91" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C91" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="E91" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="F91" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="G91" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H91" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="I91" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A92" s="4"/>
-[...7 lines deleted...]
-      <c r="I92" s="5"/>
+      <c r="A92" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B92" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C92" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="E92" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="F92" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="G92" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H92" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="I92" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A93" s="4"/>
-[...7 lines deleted...]
-      <c r="I93" s="5"/>
+      <c r="A93" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B93" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C93" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E93" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F93" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G93" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H93" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="I93" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A94" s="4"/>
-[...7 lines deleted...]
-      <c r="I94" s="5"/>
+      <c r="A94" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B94" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C94" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E94" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F94" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G94" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H94" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="I94" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A95" s="4"/>
-[...7 lines deleted...]
-      <c r="I95" s="5"/>
+      <c r="A95" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B95" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C95" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E95" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F95" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G95" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H95" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="I95" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A96" s="4"/>
-[...7 lines deleted...]
-      <c r="I96" s="5"/>
+      <c r="A96" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B96" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C96" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E96" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F96" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G96" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H96" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="I96" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A97" s="4"/>
-[...7 lines deleted...]
-      <c r="I97" s="5"/>
+      <c r="A97" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B97" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C97" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E97" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F97" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G97" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H97" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="I97" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A98" s="4"/>
-[...7 lines deleted...]
-      <c r="I98" s="5"/>
+      <c r="A98" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B98" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C98" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E98" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F98" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G98" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H98" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="I98" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A99" s="4"/>
-[...7 lines deleted...]
-      <c r="I99" s="5"/>
+      <c r="A99" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B99" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C99" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E99" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F99" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G99" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H99" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="I99" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A100" s="4"/>
-[...7 lines deleted...]
-      <c r="I100" s="5"/>
+      <c r="A100" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B100" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C100" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E100" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F100" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G100" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H100" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="I100" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A101" s="4"/>
-[...7 lines deleted...]
-      <c r="I101" s="5"/>
+      <c r="A101" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B101" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C101" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>415</v>
+      </c>
+      <c r="E101" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="F101" s="4" t="s">
+        <v>417</v>
+      </c>
+      <c r="G101" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H101" s="4" t="s">
+        <v>418</v>
+      </c>
+      <c r="I101" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A102" s="4"/>
-[...7 lines deleted...]
-      <c r="I102" s="5"/>
+      <c r="A102" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B102" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C102" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="E102" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="F102" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="G102" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H102" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="I102" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A103" s="4"/>
-[...7 lines deleted...]
-      <c r="I103" s="5"/>
+      <c r="A103" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B103" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="C103" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="E103" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="F103" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="G103" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H103" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="I103" s="5">
+        <v>46000</v>
+      </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A104" s="4"/>
-[...7 lines deleted...]
-      <c r="I104" s="5"/>
+      <c r="A104" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B104" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C104" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="E104" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="F104" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="G104" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H104" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="I104" s="5">
+        <v>45974</v>
+      </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A105" s="4"/>
-[...7 lines deleted...]
-      <c r="I105" s="5"/>
+      <c r="A105" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B105" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C105" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>343</v>
+      </c>
+      <c r="E105" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="F105" s="4" t="s">
+        <v>345</v>
+      </c>
+      <c r="G105" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="H105" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="I105" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A106" s="4"/>
-[...7 lines deleted...]
-      <c r="I106" s="5"/>
+      <c r="A106" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B106" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C106" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="E106" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="F106" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="G106" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H106" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="I106" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A107" s="4"/>
-[...7 lines deleted...]
-      <c r="I107" s="5"/>
+      <c r="A107" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B107" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C107" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="E107" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="F107" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="G107" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H107" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="I107" s="5">
+        <v>45931</v>
+      </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A108" s="4"/>
       <c r="B108" s="4"/>
       <c r="C108" s="4"/>
       <c r="D108" s="4"/>
       <c r="E108" s="4"/>
       <c r="F108" s="4"/>
       <c r="G108" s="4"/>
       <c r="H108" s="4"/>
       <c r="I108" s="5"/>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A109" s="4"/>
       <c r="B109" s="4"/>
       <c r="C109" s="4"/>
       <c r="D109" s="4"/>
       <c r="E109" s="4"/>
       <c r="F109" s="4"/>
       <c r="G109" s="4"/>
       <c r="H109" s="4"/>
       <c r="I109" s="5"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A110" s="4"/>
@@ -4160,52 +4990,61 @@
       <c r="I118" s="5"/>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A119" s="4"/>
       <c r="B119" s="4"/>
       <c r="C119" s="4"/>
       <c r="D119" s="4"/>
       <c r="E119" s="4"/>
       <c r="F119" s="4"/>
       <c r="G119" s="4"/>
       <c r="H119" s="4"/>
       <c r="I119" s="5"/>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A120" s="4"/>
       <c r="B120" s="4"/>
       <c r="C120" s="4"/>
       <c r="D120" s="4"/>
       <c r="E120" s="4"/>
       <c r="F120" s="4"/>
       <c r="G120" s="4"/>
       <c r="H120" s="4"/>
       <c r="I120" s="5"/>
     </row>
   </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:I107">
+    <sortCondition ref="D7:D107"/>
+  </sortState>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{c4bc3177-0536-4996-8eb6-21250ea187dc}" enabled="1" method="Standard" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" contentBits="0" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Details</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>