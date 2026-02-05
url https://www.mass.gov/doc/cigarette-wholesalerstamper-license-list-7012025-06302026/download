--- v0 (2025-10-11)
+++ v1 (2026-02-05)
@@ -1,119 +1,120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\piccolov\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\MKRXH7OF\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cummingse\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A5B3020E-863F-4B3E-BFD6-71B205CF907C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{29350EBE-7809-411E-8292-D008EBACA48E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-105" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Details" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Details!$7:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Details!$7:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="677" uniqueCount="369">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="685" uniqueCount="374">
   <si>
     <t>Business Name</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>License Type</t>
   </si>
   <si>
     <t>License Id</t>
   </si>
   <si>
     <t>Zip</t>
   </si>
   <si>
     <t>Commence Date</t>
   </si>
   <si>
     <t>Commence Month</t>
   </si>
   <si>
     <t>Massachusetts Department of Revenue</t>
   </si>
   <si>
     <t>Non-Retailer Licenses</t>
   </si>
   <si>
     <t>July 1, 2025 - June 30, 2026</t>
   </si>
   <si>
-    <t>As of 10/6/2025</t>
+    <t>As of 1/2/2026</t>
   </si>
   <si>
     <t>License CTL Stamper</t>
   </si>
   <si>
     <t>July</t>
   </si>
   <si>
     <t>1905664</t>
   </si>
   <si>
     <t>ASSOCIATED GROCERS OF NEW ENGLAND INC</t>
   </si>
   <si>
     <t>11 COOPERATIVE WY PO6000</t>
   </si>
   <si>
     <t>PEMBROKE</t>
   </si>
   <si>
     <t>NEW HAMPSHIRE</t>
   </si>
   <si>
     <t>03275</t>
   </si>
@@ -690,50 +691,71 @@
   <si>
     <t>705 MEADOW ST</t>
   </si>
   <si>
     <t>CHICOPEE</t>
   </si>
   <si>
     <t>01013</t>
   </si>
   <si>
     <t>899552256</t>
   </si>
   <si>
     <t>BOZZUTO'S INC</t>
   </si>
   <si>
     <t>275 SCHOOLHOUSE RD</t>
   </si>
   <si>
     <t>CHESHIRE</t>
   </si>
   <si>
     <t>06410</t>
   </si>
   <si>
+    <t>License CTL Vending Mach Op</t>
+  </si>
+  <si>
+    <t>October</t>
+  </si>
+  <si>
+    <t>908497920</t>
+  </si>
+  <si>
+    <t>POLIZZI VENDING</t>
+  </si>
+  <si>
+    <t>7 CHASE RD</t>
+  </si>
+  <si>
+    <t>STONEHAM</t>
+  </si>
+  <si>
+    <t>02180</t>
+  </si>
+  <si>
     <t>931468288</t>
   </si>
   <si>
     <t>BJ'S WHOLESALE CLUB, 216</t>
   </si>
   <si>
     <t>175 HIGHLAND AVE</t>
   </si>
   <si>
     <t>SEEKONK</t>
   </si>
   <si>
     <t>02771</t>
   </si>
   <si>
     <t>954799104</t>
   </si>
   <si>
     <t>GRAND RIVER ENTERPRISES SIX NATIONS LTD</t>
   </si>
   <si>
     <t>2176 CHIEFSWOOD RD</t>
   </si>
   <si>
     <t>OHSWEKEN</t>
@@ -895,56 +917,50 @@
     <t>1416172544</t>
   </si>
   <si>
     <t>XCALIBER INTERNATINAL LTD LLC</t>
   </si>
   <si>
     <t>ONE TOBACCO RD</t>
   </si>
   <si>
     <t>PRYOR</t>
   </si>
   <si>
     <t>OKLAHOMA</t>
   </si>
   <si>
     <t>74361</t>
   </si>
   <si>
     <t>1424430080</t>
   </si>
   <si>
     <t>BJ'S WHOLESALE CLUB #50</t>
   </si>
   <si>
     <t>85 CEDAR ST</t>
-  </si>
-[...4 lines deleted...]
-    <t>02180</t>
   </si>
   <si>
     <t>August</t>
   </si>
   <si>
     <t>1444713472</t>
   </si>
   <si>
     <t>NORTHEASTERN UNIVERSITY</t>
   </si>
   <si>
     <t>360 HUNTINGTON AVE</t>
   </si>
   <si>
     <t>02115</t>
   </si>
   <si>
     <t>1468339200</t>
   </si>
   <si>
     <t>BJ'S WHOLESALE CLUB #23</t>
   </si>
   <si>
     <t>460 STATE RD</t>
   </si>
@@ -2041,87 +2057,141 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:I90"/>
+  <dimension ref="A1:I91"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="23.54296875" style="1" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="12.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="23.54296875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="13.26953125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.54296875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="36.54296875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="23" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="15.7265625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.1796875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6" customWidth="1"/>
+    <col min="9" max="9" width="12.1796875" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
+    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A1" s="1"/>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+    </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A2" s="1"/>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
       <c r="D2" s="4" t="s">
         <v>9</v>
       </c>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A3" s="1"/>
+      <c r="B3" s="1"/>
+      <c r="C3" s="1"/>
       <c r="D3" s="4" t="s">
         <v>10</v>
       </c>
+      <c r="E3" s="1"/>
+      <c r="F3" s="1"/>
+      <c r="G3" s="1"/>
+      <c r="H3" s="1"/>
+      <c r="I3" s="1"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A4" s="1"/>
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
       <c r="D4" s="4" t="s">
         <v>11</v>
       </c>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A5" s="1"/>
+      <c r="B5" s="1"/>
+      <c r="C5" s="1"/>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
+      <c r="E5" s="1"/>
+      <c r="F5" s="1"/>
+      <c r="G5" s="1"/>
+      <c r="H5" s="1"/>
+      <c r="I5" s="1"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A6" s="1"/>
+      <c r="B6" s="1"/>
+      <c r="C6" s="1"/>
+      <c r="D6" s="1"/>
+      <c r="E6" s="1"/>
+      <c r="F6" s="1"/>
+      <c r="G6" s="1"/>
+      <c r="H6" s="1"/>
+      <c r="I6" s="1"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A7" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>3</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>6</v>
@@ -2348,240 +2418,240 @@
       </c>
       <c r="E15" s="5" t="s">
         <v>185</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>186</v>
       </c>
       <c r="G15" s="5" t="s">
         <v>63</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>187</v>
       </c>
       <c r="I15" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A16" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="I16" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A17" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>185</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>186</v>
       </c>
       <c r="G17" s="5" t="s">
         <v>63</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>187</v>
       </c>
       <c r="I17" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A18" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>82</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="I18" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A19" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="G19" s="5" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="I19" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A20" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>63</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="I20" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A21" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="G21" s="5" t="s">
         <v>63</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="I21" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>63</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="I22" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A23" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G23" s="5" t="s">
@@ -2812,196 +2882,196 @@
       </c>
       <c r="E31" s="5" t="s">
         <v>216</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>217</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>45</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>218</v>
       </c>
       <c r="I31" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A32" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="G32" s="5" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="I32" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A33" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>168</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>169</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>170</v>
       </c>
       <c r="G33" s="5" t="s">
         <v>57</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>171</v>
       </c>
       <c r="I33" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A34" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="G34" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="I34" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A35" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>90</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>91</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>92</v>
       </c>
       <c r="G35" s="5" t="s">
         <v>57</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>93</v>
       </c>
       <c r="I35" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A36" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>111</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>112</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>113</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>114</v>
       </c>
       <c r="I36" s="6">
         <v>45845</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A37" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>31</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>32</v>
       </c>
       <c r="G37" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="I37" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A38" s="5" t="s">
         <v>150</v>
       </c>
       <c r="B38" s="5" t="s">
@@ -3015,80 +3085,80 @@
       </c>
       <c r="E38" s="5" t="s">
         <v>153</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>154</v>
       </c>
       <c r="G38" s="5" t="s">
         <v>19</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>155</v>
       </c>
       <c r="I38" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A39" s="5" t="s">
         <v>150</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>100</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="G39" s="5" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="I39" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A40" s="5" t="s">
         <v>150</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>105</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>106</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>107</v>
       </c>
       <c r="G40" s="5" t="s">
         <v>108</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>109</v>
       </c>
       <c r="I40" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A41" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B41" s="5" t="s">
@@ -3218,1358 +3288,1393 @@
       </c>
       <c r="E45" s="5" t="s">
         <v>190</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>191</v>
       </c>
       <c r="G45" s="5" t="s">
         <v>192</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>193</v>
       </c>
       <c r="I45" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A46" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="G46" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>34</v>
       </c>
       <c r="I46" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A47" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="G47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="I47" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A48" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>139</v>
       </c>
       <c r="G48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="I48" s="6">
         <v>45895</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A49" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="G49" s="5" t="s">
         <v>57</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="I49" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A50" s="5" t="s">
-        <v>28</v>
+        <v>219</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>14</v>
+        <v>220</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>29</v>
+        <v>221</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>30</v>
+        <v>222</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>31</v>
+        <v>223</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>32</v>
+        <v>224</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>34</v>
+        <v>225</v>
       </c>
       <c r="I50" s="6">
-        <v>45839</v>
+        <v>45945</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A51" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>91</v>
+        <v>31</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>92</v>
+        <v>32</v>
       </c>
       <c r="G51" s="5" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="I51" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A52" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>110</v>
+        <v>89</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>111</v>
+        <v>90</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>112</v>
+        <v>91</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="G52" s="5" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>114</v>
+        <v>93</v>
       </c>
       <c r="I52" s="6">
-        <v>45845</v>
+        <v>45839</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A53" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>167</v>
+        <v>110</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>168</v>
+        <v>111</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>169</v>
+        <v>112</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>170</v>
+        <v>113</v>
       </c>
       <c r="G53" s="5" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="H53" s="5" t="s">
-        <v>171</v>
+        <v>114</v>
       </c>
       <c r="I53" s="6">
-        <v>45839</v>
+        <v>45845</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A54" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>247</v>
+        <v>167</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>248</v>
+        <v>168</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>249</v>
+        <v>169</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>250</v>
+        <v>170</v>
       </c>
       <c r="G54" s="5" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>251</v>
+        <v>171</v>
       </c>
       <c r="I54" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A55" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="F55" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="D55" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G55" s="5" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>20</v>
+        <v>258</v>
       </c>
       <c r="I55" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A56" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G56" s="5" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="I56" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A57" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>305</v>
+        <v>265</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>100</v>
+        <v>42</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>101</v>
+        <v>43</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>102</v>
+        <v>44</v>
       </c>
       <c r="G57" s="5" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="I57" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A58" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>145</v>
+        <v>100</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>146</v>
+        <v>101</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>147</v>
+        <v>102</v>
       </c>
       <c r="G58" s="5" t="s">
-        <v>148</v>
+        <v>33</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>149</v>
+        <v>103</v>
       </c>
       <c r="I58" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A59" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>158</v>
+        <v>146</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="G59" s="5" t="s">
-        <v>33</v>
+        <v>148</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
       <c r="I59" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A60" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>179</v>
+        <v>158</v>
       </c>
       <c r="F60" s="5" t="s">
-        <v>180</v>
+        <v>159</v>
       </c>
       <c r="G60" s="5" t="s">
-        <v>181</v>
+        <v>33</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>182</v>
+        <v>160</v>
       </c>
       <c r="I60" s="6">
-        <v>45866</v>
+        <v>45839</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A61" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>200</v>
+        <v>178</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>201</v>
+        <v>179</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>202</v>
+        <v>180</v>
       </c>
       <c r="G61" s="5" t="s">
-        <v>33</v>
+        <v>181</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>203</v>
+        <v>182</v>
       </c>
       <c r="I61" s="6">
-        <v>45839</v>
+        <v>45866</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A62" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="G62" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
       <c r="I62" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A63" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="G63" s="5" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="I63" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A64" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>233</v>
+        <v>217</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>234</v>
+        <v>45</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>235</v>
+        <v>218</v>
       </c>
       <c r="I64" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A65" s="5" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>36</v>
+        <v>356</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>38</v>
+        <v>239</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>39</v>
+        <v>240</v>
       </c>
       <c r="G65" s="5" t="s">
-        <v>33</v>
+        <v>241</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>40</v>
+        <v>242</v>
       </c>
       <c r="I65" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A66" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>67</v>
+        <v>38</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="G66" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H66" s="5" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="I66" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A67" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>68</v>
       </c>
       <c r="G67" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H67" s="5" t="s">
         <v>69</v>
       </c>
       <c r="I67" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A68" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="G68" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="I68" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A69" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="G69" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>88</v>
+        <v>77</v>
       </c>
       <c r="I69" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A70" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="G70" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H70" s="5" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="I70" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A71" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="G71" s="5" t="s">
-        <v>108</v>
+        <v>33</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="I71" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A72" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>128</v>
+        <v>106</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>129</v>
+        <v>107</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>33</v>
+        <v>108</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>130</v>
+        <v>109</v>
       </c>
       <c r="I72" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A73" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>172</v>
+        <v>126</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>173</v>
+        <v>127</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>174</v>
+        <v>128</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>175</v>
+        <v>129</v>
       </c>
       <c r="G73" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>176</v>
+        <v>130</v>
       </c>
       <c r="I73" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A74" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>194</v>
+        <v>172</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>195</v>
+        <v>173</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>196</v>
+        <v>174</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>197</v>
+        <v>175</v>
       </c>
       <c r="G74" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>198</v>
+        <v>176</v>
       </c>
       <c r="I74" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A75" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="G75" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="I75" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A76" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>219</v>
+        <v>204</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>220</v>
+        <v>205</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>221</v>
+        <v>206</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>222</v>
+        <v>207</v>
       </c>
       <c r="G76" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H76" s="5" t="s">
-        <v>223</v>
+        <v>208</v>
       </c>
       <c r="I76" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A77" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>252</v>
+        <v>226</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>253</v>
+        <v>227</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>255</v>
+        <v>229</v>
       </c>
       <c r="G77" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>256</v>
+        <v>230</v>
       </c>
       <c r="I77" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A78" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="D78" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="D78" s="5" t="s">
+      <c r="E78" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="E78" s="5" t="s">
+      <c r="F78" s="5" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="G78" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="I78" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A79" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="E79" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D79" s="5" t="s">
+      <c r="F79" s="5" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
       <c r="G79" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="I79" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A80" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>285</v>
+        <v>276</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>287</v>
+        <v>278</v>
       </c>
       <c r="F80" s="5" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="G80" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>289</v>
+        <v>280</v>
       </c>
       <c r="I80" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A81" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="F81" s="5" t="s">
-        <v>298</v>
+        <v>224</v>
       </c>
       <c r="G81" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>299</v>
+        <v>225</v>
       </c>
       <c r="I81" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A82" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="G82" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="I82" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A83" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="D83" s="5" t="s">
         <v>313</v>
       </c>
-      <c r="D83" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" s="5" t="s">
-        <v>153</v>
+        <v>314</v>
       </c>
       <c r="F83" s="5" t="s">
-        <v>154</v>
+        <v>315</v>
       </c>
       <c r="G83" s="5" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>155</v>
+        <v>316</v>
       </c>
       <c r="I83" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A84" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>322</v>
+        <v>152</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>323</v>
+        <v>153</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>212</v>
+        <v>154</v>
       </c>
       <c r="G84" s="5" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>324</v>
+        <v>155</v>
       </c>
       <c r="I84" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A85" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>338</v>
+        <v>326</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>339</v>
+        <v>327</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>340</v>
+        <v>328</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>341</v>
+        <v>212</v>
       </c>
       <c r="G85" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>342</v>
+        <v>329</v>
       </c>
       <c r="I85" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A86" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="F86" s="5" t="s">
         <v>346</v>
-      </c>
-[...7 lines deleted...]
-        <v>349</v>
       </c>
       <c r="G86" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="I86" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A87" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="D87" s="5" t="s">
         <v>352</v>
       </c>
-      <c r="D87" s="5" t="s">
+      <c r="E87" s="5" t="s">
         <v>353</v>
       </c>
-      <c r="E87" s="5" t="s">
+      <c r="F87" s="5" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="G87" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="I87" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A88" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>357</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>358</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>359</v>
       </c>
       <c r="F88" s="5" t="s">
         <v>360</v>
       </c>
       <c r="G88" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>361</v>
       </c>
       <c r="I88" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A89" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>362</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>100</v>
+        <v>363</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>243</v>
+        <v>364</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>244</v>
+        <v>365</v>
       </c>
       <c r="G89" s="5" t="s">
-        <v>245</v>
+        <v>33</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>246</v>
+        <v>366</v>
       </c>
       <c r="I89" s="6">
         <v>45839</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A90" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>365</v>
+        <v>100</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>366</v>
+        <v>250</v>
       </c>
       <c r="F90" s="5" t="s">
-        <v>367</v>
+        <v>251</v>
       </c>
       <c r="G90" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="I90" s="6">
+        <v>45839</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A91" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="G91" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="H90" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I90" s="6">
+      <c r="H91" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="I91" s="6">
         <v>45839</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:I90">
-    <sortCondition ref="A8:A90"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:I91">
+    <sortCondition ref="A8:A91"/>
   </sortState>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddHeader>Details</oddHeader>
     <oddFooter>Printed &amp;D &amp;T, &amp;F, Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{c4bc3177-0536-4996-8eb6-21250ea187dc}" enabled="1" method="Standard" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" contentBits="0" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">