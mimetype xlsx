--- v0 (2025-11-06)
+++ v1 (2026-01-02)
@@ -1,216 +1,264 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/vivian_lam_mass_gov/Documents/Documents/CARC RARC/2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/pam_sousa_mass_gov/Documents/Attachments/HomeDrive/#12-16/New folder/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="20" documentId="8_{B2F7B211-034E-43F8-BDA9-F9D9C9A58738}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3A394020-BC33-45E5-9095-E703798A7028}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{49CA978D-4979-4907-8315-C30A5B9B4A35}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="30195" yWindow="1395" windowWidth="21600" windowHeight="11235" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Consolidated Change Log" sheetId="2" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Consolidated Change Log'!$A$4:$WUG$4</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Consolidated Change Log'!$A$1:$I$30</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Consolidated Change Log'!$4:$4</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="52">
   <si>
     <t>EOB CODE</t>
   </si>
   <si>
     <t>EOB CODE DESCRIPTION</t>
   </si>
   <si>
     <t>ADJUSTMENT REASON CODE DESCRIPTION</t>
   </si>
   <si>
     <t>REMARK CODE</t>
   </si>
   <si>
     <t>REMARK CODE DESCRIPTION</t>
   </si>
   <si>
     <t>ADD/ MODIFY</t>
   </si>
   <si>
     <t>ADJUST.
 REASON 
 CODE</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>Effective Date</t>
   </si>
   <si>
     <t>ADD</t>
   </si>
   <si>
-    <t>N390</t>
-[...34 lines deleted...]
-  <si>
     <t>CARC &amp; RARC</t>
   </si>
   <si>
-    <t>BHUC CANNOT HAVE OTHER PAYER</t>
-[...41 lines deleted...]
-    <t>SEPARATELY BILLED SERVICES/TESTS HAVE BEEN BUNDLED AS THEY ARE CONSIDERED COMPONENTS OF THE SAME PROCEDURE. SEPARATE PAYMENT IS NOT-ALLOWED.</t>
+    <t>EVV CANNOT PARSE RESPONSE</t>
+  </si>
+  <si>
+    <t>N130</t>
+  </si>
+  <si>
+    <t>CONSULT PLAN BENEFIT DOCUMENTS/GUIDELINES FOR INFORMATION ABOUT RESTRICTIONS FOR THIS SERVICE</t>
+  </si>
+  <si>
+    <t>EVV SWITCH IS OFF</t>
+  </si>
+  <si>
+    <t>MMIS CANNOT CONNECT TO EVV</t>
+  </si>
+  <si>
+    <t>TIMEOUT FROM EVV CALL</t>
+  </si>
+  <si>
+    <t>FINAL EDIT EVV CANNOT PARSE RESPONSE</t>
+  </si>
+  <si>
+    <t>FINAL EDIT EVV SWITCH IS OFF</t>
+  </si>
+  <si>
+    <t>FINAL EDIT MMIS CANNOT CONNECT TO EVV</t>
+  </si>
+  <si>
+    <t>FINAL EDIT TIMEOUT FROM EVV CALL</t>
+  </si>
+  <si>
+    <t>FINAL EDIT EVV BAD / INVALID RESPONSE</t>
+  </si>
+  <si>
+    <t>CLAIM EXCLUDED FROM EVV: EVV EXEMPTED MEMBER/PCA</t>
+  </si>
+  <si>
+    <t>ORIGINAL PAYMENT DECISION IS BEING MAINTAINED. UPON REVIEW, IT WAS DETERMINED THAT THIS CLAIM WAS PROCESSED PROPERLY</t>
+  </si>
+  <si>
+    <t>N883</t>
+  </si>
+  <si>
+    <t>ALERT: PROCEESSED ACCORDING TO STATE LAW</t>
+  </si>
+  <si>
+    <t>CLAIM EXCLUDED FROM EVV: EVV EXEMPTED GAFC ALRS</t>
+  </si>
+  <si>
+    <t>CLAIM EXCLUDED FROM EVV: EVV EXEMPTED PROC/MOD</t>
+  </si>
+  <si>
+    <t>CLAIM EXCLUDED FROM EVV (DTLS &gt; 99)</t>
+  </si>
+  <si>
+    <t>EVV: PASS</t>
+  </si>
+  <si>
+    <t>EVV UNTS &lt; UNITS ALLOWED</t>
+  </si>
+  <si>
+    <t>N820</t>
+  </si>
+  <si>
+    <t>EVV SYSTEM UNITS DO NOT MEET REQUIREMENTS OF VISIT</t>
+  </si>
+  <si>
+    <t>EVV UNTS &gt; UNITS ALLOWED</t>
+  </si>
+  <si>
+    <t>EVV NO VISIT FOUND</t>
+  </si>
+  <si>
+    <t>N821</t>
+  </si>
+  <si>
+    <t>ELECTRONIC VISIT VERIFICATION SYSTEM VISIT NOT FOUND</t>
+  </si>
+  <si>
+    <t>EVV/CLAIM MISMATCH</t>
+  </si>
+  <si>
+    <t>EVV REVIEW</t>
+  </si>
+  <si>
+    <t>EVV SPECIAL HANDLING</t>
+  </si>
+  <si>
+    <t>EVV INVALID RESPONSE</t>
+  </si>
+  <si>
+    <t>CLAIM/SERVICE LACKS INFORMATION OR HAS SUBMISSION/BILLING ERROR(S).</t>
+  </si>
+  <si>
+    <t>NON-COVERED CHARGE(S).</t>
+  </si>
+  <si>
+    <t>BYPASSING TIMELY FILLING BECAUSE ITS RMRP CLAIM</t>
+  </si>
+  <si>
+    <t>MA105</t>
+  </si>
+  <si>
+    <t>MISSING/INCOMPLETE/INVALID PROVIDER NUMBER FOR THIS PLACE OF SERVICE.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Add </t>
+  </si>
+  <si>
+    <t>INVALID MEMBER FOR RE-ENTRY CLAIM</t>
+  </si>
+  <si>
+    <t>CLAIM/SERVICE NOT COVERED WHEN PATIENT IS IN CUSTODY/INCARCERATED. APPLICABLE FEDERAL, STATE OR LOCAL AUTHORITY MAY COVER THE CLAIM/SERVICE.</t>
+  </si>
+  <si>
+    <t>N59</t>
+  </si>
+  <si>
+    <t>PLEASE REFER TO YOUR PROVIDER MANUAL FOR ADDITIONAL PROGRAM AND PROVIDER INFORMATION</t>
   </si>
   <si>
     <r>
-      <t>CARCs and RARCs CHANGE LOG 
-The following changes were incorporated into the MassHealth CARC/RARC list "</t>
+      <t xml:space="preserve">CARCs and RARCs CHANGE LOG 
+The following changes were incorporated into the MassHealth CARC/RARC list </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Date of Posting: 04/22/2025"</t>
+      <t>"Date of Posting: 12/17/2025"</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="0;[Red]0"/>
+  </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -296,92 +344,121 @@
     </border>
     <border>
       <left style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </left>
       <right style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </right>
       <top style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 4" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 5" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 6" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 7" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
       <color rgb="FFCCFFCC"/>
       <color rgb="FFCCECFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
@@ -658,334 +735,1764 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5AD6C67B-0D0B-4F91-B9AA-94BA77678068}">
-  <dimension ref="A1:J10"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9BC42553-E559-4BC2-AC4D-45A0D0E7D450}">
+  <dimension ref="A1:I69"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
-      <selection activeCell="D6" sqref="D6"/>
+    <sheetView tabSelected="1" topLeftCell="C1" zoomScaleNormal="100" zoomScaleSheetLayoutView="75" workbookViewId="0">
+      <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="16.44140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="61.109375" customWidth="1"/>
+    <col min="1" max="1" width="6.7265625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="49" style="3" customWidth="1"/>
+    <col min="3" max="3" width="10.1796875" style="3" customWidth="1"/>
+    <col min="4" max="4" width="59.26953125" style="3" customWidth="1"/>
+    <col min="5" max="5" width="14.26953125" style="16" customWidth="1"/>
+    <col min="6" max="6" width="41.81640625" style="2" customWidth="1"/>
+    <col min="7" max="7" width="9.1796875" style="2" customWidth="1"/>
+    <col min="8" max="8" width="14.81640625" style="2" customWidth="1"/>
+    <col min="9" max="9" width="12.81640625" style="1" customWidth="1"/>
+    <col min="10" max="211" width="8.7265625" style="1"/>
+    <col min="212" max="212" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="213" max="213" width="38.81640625" style="1" customWidth="1"/>
+    <col min="214" max="214" width="5.54296875" style="1" customWidth="1"/>
+    <col min="215" max="215" width="23.1796875" style="1" customWidth="1"/>
+    <col min="216" max="216" width="5" style="1" customWidth="1"/>
+    <col min="217" max="217" width="47.453125" style="1" customWidth="1"/>
+    <col min="218" max="467" width="8.7265625" style="1"/>
+    <col min="468" max="468" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="469" max="469" width="38.81640625" style="1" customWidth="1"/>
+    <col min="470" max="470" width="5.54296875" style="1" customWidth="1"/>
+    <col min="471" max="471" width="23.1796875" style="1" customWidth="1"/>
+    <col min="472" max="472" width="5" style="1" customWidth="1"/>
+    <col min="473" max="473" width="47.453125" style="1" customWidth="1"/>
+    <col min="474" max="723" width="8.7265625" style="1"/>
+    <col min="724" max="724" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="725" max="725" width="38.81640625" style="1" customWidth="1"/>
+    <col min="726" max="726" width="5.54296875" style="1" customWidth="1"/>
+    <col min="727" max="727" width="23.1796875" style="1" customWidth="1"/>
+    <col min="728" max="728" width="5" style="1" customWidth="1"/>
+    <col min="729" max="729" width="47.453125" style="1" customWidth="1"/>
+    <col min="730" max="979" width="8.7265625" style="1"/>
+    <col min="980" max="980" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="981" max="981" width="38.81640625" style="1" customWidth="1"/>
+    <col min="982" max="982" width="5.54296875" style="1" customWidth="1"/>
+    <col min="983" max="983" width="23.1796875" style="1" customWidth="1"/>
+    <col min="984" max="984" width="5" style="1" customWidth="1"/>
+    <col min="985" max="985" width="47.453125" style="1" customWidth="1"/>
+    <col min="986" max="1235" width="8.7265625" style="1"/>
+    <col min="1236" max="1236" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1237" max="1237" width="38.81640625" style="1" customWidth="1"/>
+    <col min="1238" max="1238" width="5.54296875" style="1" customWidth="1"/>
+    <col min="1239" max="1239" width="23.1796875" style="1" customWidth="1"/>
+    <col min="1240" max="1240" width="5" style="1" customWidth="1"/>
+    <col min="1241" max="1241" width="47.453125" style="1" customWidth="1"/>
+    <col min="1242" max="1491" width="8.7265625" style="1"/>
+    <col min="1492" max="1492" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1493" max="1493" width="38.81640625" style="1" customWidth="1"/>
+    <col min="1494" max="1494" width="5.54296875" style="1" customWidth="1"/>
+    <col min="1495" max="1495" width="23.1796875" style="1" customWidth="1"/>
+    <col min="1496" max="1496" width="5" style="1" customWidth="1"/>
+    <col min="1497" max="1497" width="47.453125" style="1" customWidth="1"/>
+    <col min="1498" max="1747" width="8.7265625" style="1"/>
+    <col min="1748" max="1748" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1749" max="1749" width="38.81640625" style="1" customWidth="1"/>
+    <col min="1750" max="1750" width="5.54296875" style="1" customWidth="1"/>
+    <col min="1751" max="1751" width="23.1796875" style="1" customWidth="1"/>
+    <col min="1752" max="1752" width="5" style="1" customWidth="1"/>
+    <col min="1753" max="1753" width="47.453125" style="1" customWidth="1"/>
+    <col min="1754" max="2003" width="8.7265625" style="1"/>
+    <col min="2004" max="2004" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2005" max="2005" width="38.81640625" style="1" customWidth="1"/>
+    <col min="2006" max="2006" width="5.54296875" style="1" customWidth="1"/>
+    <col min="2007" max="2007" width="23.1796875" style="1" customWidth="1"/>
+    <col min="2008" max="2008" width="5" style="1" customWidth="1"/>
+    <col min="2009" max="2009" width="47.453125" style="1" customWidth="1"/>
+    <col min="2010" max="2259" width="8.7265625" style="1"/>
+    <col min="2260" max="2260" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2261" max="2261" width="38.81640625" style="1" customWidth="1"/>
+    <col min="2262" max="2262" width="5.54296875" style="1" customWidth="1"/>
+    <col min="2263" max="2263" width="23.1796875" style="1" customWidth="1"/>
+    <col min="2264" max="2264" width="5" style="1" customWidth="1"/>
+    <col min="2265" max="2265" width="47.453125" style="1" customWidth="1"/>
+    <col min="2266" max="2515" width="8.7265625" style="1"/>
+    <col min="2516" max="2516" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2517" max="2517" width="38.81640625" style="1" customWidth="1"/>
+    <col min="2518" max="2518" width="5.54296875" style="1" customWidth="1"/>
+    <col min="2519" max="2519" width="23.1796875" style="1" customWidth="1"/>
+    <col min="2520" max="2520" width="5" style="1" customWidth="1"/>
+    <col min="2521" max="2521" width="47.453125" style="1" customWidth="1"/>
+    <col min="2522" max="2771" width="8.7265625" style="1"/>
+    <col min="2772" max="2772" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2773" max="2773" width="38.81640625" style="1" customWidth="1"/>
+    <col min="2774" max="2774" width="5.54296875" style="1" customWidth="1"/>
+    <col min="2775" max="2775" width="23.1796875" style="1" customWidth="1"/>
+    <col min="2776" max="2776" width="5" style="1" customWidth="1"/>
+    <col min="2777" max="2777" width="47.453125" style="1" customWidth="1"/>
+    <col min="2778" max="3027" width="8.7265625" style="1"/>
+    <col min="3028" max="3028" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3029" max="3029" width="38.81640625" style="1" customWidth="1"/>
+    <col min="3030" max="3030" width="5.54296875" style="1" customWidth="1"/>
+    <col min="3031" max="3031" width="23.1796875" style="1" customWidth="1"/>
+    <col min="3032" max="3032" width="5" style="1" customWidth="1"/>
+    <col min="3033" max="3033" width="47.453125" style="1" customWidth="1"/>
+    <col min="3034" max="3283" width="8.7265625" style="1"/>
+    <col min="3284" max="3284" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3285" max="3285" width="38.81640625" style="1" customWidth="1"/>
+    <col min="3286" max="3286" width="5.54296875" style="1" customWidth="1"/>
+    <col min="3287" max="3287" width="23.1796875" style="1" customWidth="1"/>
+    <col min="3288" max="3288" width="5" style="1" customWidth="1"/>
+    <col min="3289" max="3289" width="47.453125" style="1" customWidth="1"/>
+    <col min="3290" max="3539" width="8.7265625" style="1"/>
+    <col min="3540" max="3540" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3541" max="3541" width="38.81640625" style="1" customWidth="1"/>
+    <col min="3542" max="3542" width="5.54296875" style="1" customWidth="1"/>
+    <col min="3543" max="3543" width="23.1796875" style="1" customWidth="1"/>
+    <col min="3544" max="3544" width="5" style="1" customWidth="1"/>
+    <col min="3545" max="3545" width="47.453125" style="1" customWidth="1"/>
+    <col min="3546" max="3795" width="8.7265625" style="1"/>
+    <col min="3796" max="3796" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3797" max="3797" width="38.81640625" style="1" customWidth="1"/>
+    <col min="3798" max="3798" width="5.54296875" style="1" customWidth="1"/>
+    <col min="3799" max="3799" width="23.1796875" style="1" customWidth="1"/>
+    <col min="3800" max="3800" width="5" style="1" customWidth="1"/>
+    <col min="3801" max="3801" width="47.453125" style="1" customWidth="1"/>
+    <col min="3802" max="4051" width="8.7265625" style="1"/>
+    <col min="4052" max="4052" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4053" max="4053" width="38.81640625" style="1" customWidth="1"/>
+    <col min="4054" max="4054" width="5.54296875" style="1" customWidth="1"/>
+    <col min="4055" max="4055" width="23.1796875" style="1" customWidth="1"/>
+    <col min="4056" max="4056" width="5" style="1" customWidth="1"/>
+    <col min="4057" max="4057" width="47.453125" style="1" customWidth="1"/>
+    <col min="4058" max="4307" width="8.7265625" style="1"/>
+    <col min="4308" max="4308" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4309" max="4309" width="38.81640625" style="1" customWidth="1"/>
+    <col min="4310" max="4310" width="5.54296875" style="1" customWidth="1"/>
+    <col min="4311" max="4311" width="23.1796875" style="1" customWidth="1"/>
+    <col min="4312" max="4312" width="5" style="1" customWidth="1"/>
+    <col min="4313" max="4313" width="47.453125" style="1" customWidth="1"/>
+    <col min="4314" max="4563" width="8.7265625" style="1"/>
+    <col min="4564" max="4564" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4565" max="4565" width="38.81640625" style="1" customWidth="1"/>
+    <col min="4566" max="4566" width="5.54296875" style="1" customWidth="1"/>
+    <col min="4567" max="4567" width="23.1796875" style="1" customWidth="1"/>
+    <col min="4568" max="4568" width="5" style="1" customWidth="1"/>
+    <col min="4569" max="4569" width="47.453125" style="1" customWidth="1"/>
+    <col min="4570" max="4819" width="8.7265625" style="1"/>
+    <col min="4820" max="4820" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4821" max="4821" width="38.81640625" style="1" customWidth="1"/>
+    <col min="4822" max="4822" width="5.54296875" style="1" customWidth="1"/>
+    <col min="4823" max="4823" width="23.1796875" style="1" customWidth="1"/>
+    <col min="4824" max="4824" width="5" style="1" customWidth="1"/>
+    <col min="4825" max="4825" width="47.453125" style="1" customWidth="1"/>
+    <col min="4826" max="5075" width="8.7265625" style="1"/>
+    <col min="5076" max="5076" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5077" max="5077" width="38.81640625" style="1" customWidth="1"/>
+    <col min="5078" max="5078" width="5.54296875" style="1" customWidth="1"/>
+    <col min="5079" max="5079" width="23.1796875" style="1" customWidth="1"/>
+    <col min="5080" max="5080" width="5" style="1" customWidth="1"/>
+    <col min="5081" max="5081" width="47.453125" style="1" customWidth="1"/>
+    <col min="5082" max="5331" width="8.7265625" style="1"/>
+    <col min="5332" max="5332" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5333" max="5333" width="38.81640625" style="1" customWidth="1"/>
+    <col min="5334" max="5334" width="5.54296875" style="1" customWidth="1"/>
+    <col min="5335" max="5335" width="23.1796875" style="1" customWidth="1"/>
+    <col min="5336" max="5336" width="5" style="1" customWidth="1"/>
+    <col min="5337" max="5337" width="47.453125" style="1" customWidth="1"/>
+    <col min="5338" max="5587" width="8.7265625" style="1"/>
+    <col min="5588" max="5588" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5589" max="5589" width="38.81640625" style="1" customWidth="1"/>
+    <col min="5590" max="5590" width="5.54296875" style="1" customWidth="1"/>
+    <col min="5591" max="5591" width="23.1796875" style="1" customWidth="1"/>
+    <col min="5592" max="5592" width="5" style="1" customWidth="1"/>
+    <col min="5593" max="5593" width="47.453125" style="1" customWidth="1"/>
+    <col min="5594" max="5843" width="8.7265625" style="1"/>
+    <col min="5844" max="5844" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5845" max="5845" width="38.81640625" style="1" customWidth="1"/>
+    <col min="5846" max="5846" width="5.54296875" style="1" customWidth="1"/>
+    <col min="5847" max="5847" width="23.1796875" style="1" customWidth="1"/>
+    <col min="5848" max="5848" width="5" style="1" customWidth="1"/>
+    <col min="5849" max="5849" width="47.453125" style="1" customWidth="1"/>
+    <col min="5850" max="6099" width="8.7265625" style="1"/>
+    <col min="6100" max="6100" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6101" max="6101" width="38.81640625" style="1" customWidth="1"/>
+    <col min="6102" max="6102" width="5.54296875" style="1" customWidth="1"/>
+    <col min="6103" max="6103" width="23.1796875" style="1" customWidth="1"/>
+    <col min="6104" max="6104" width="5" style="1" customWidth="1"/>
+    <col min="6105" max="6105" width="47.453125" style="1" customWidth="1"/>
+    <col min="6106" max="6355" width="8.7265625" style="1"/>
+    <col min="6356" max="6356" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6357" max="6357" width="38.81640625" style="1" customWidth="1"/>
+    <col min="6358" max="6358" width="5.54296875" style="1" customWidth="1"/>
+    <col min="6359" max="6359" width="23.1796875" style="1" customWidth="1"/>
+    <col min="6360" max="6360" width="5" style="1" customWidth="1"/>
+    <col min="6361" max="6361" width="47.453125" style="1" customWidth="1"/>
+    <col min="6362" max="6611" width="8.7265625" style="1"/>
+    <col min="6612" max="6612" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6613" max="6613" width="38.81640625" style="1" customWidth="1"/>
+    <col min="6614" max="6614" width="5.54296875" style="1" customWidth="1"/>
+    <col min="6615" max="6615" width="23.1796875" style="1" customWidth="1"/>
+    <col min="6616" max="6616" width="5" style="1" customWidth="1"/>
+    <col min="6617" max="6617" width="47.453125" style="1" customWidth="1"/>
+    <col min="6618" max="6867" width="8.7265625" style="1"/>
+    <col min="6868" max="6868" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6869" max="6869" width="38.81640625" style="1" customWidth="1"/>
+    <col min="6870" max="6870" width="5.54296875" style="1" customWidth="1"/>
+    <col min="6871" max="6871" width="23.1796875" style="1" customWidth="1"/>
+    <col min="6872" max="6872" width="5" style="1" customWidth="1"/>
+    <col min="6873" max="6873" width="47.453125" style="1" customWidth="1"/>
+    <col min="6874" max="7123" width="8.7265625" style="1"/>
+    <col min="7124" max="7124" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7125" max="7125" width="38.81640625" style="1" customWidth="1"/>
+    <col min="7126" max="7126" width="5.54296875" style="1" customWidth="1"/>
+    <col min="7127" max="7127" width="23.1796875" style="1" customWidth="1"/>
+    <col min="7128" max="7128" width="5" style="1" customWidth="1"/>
+    <col min="7129" max="7129" width="47.453125" style="1" customWidth="1"/>
+    <col min="7130" max="7379" width="8.7265625" style="1"/>
+    <col min="7380" max="7380" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7381" max="7381" width="38.81640625" style="1" customWidth="1"/>
+    <col min="7382" max="7382" width="5.54296875" style="1" customWidth="1"/>
+    <col min="7383" max="7383" width="23.1796875" style="1" customWidth="1"/>
+    <col min="7384" max="7384" width="5" style="1" customWidth="1"/>
+    <col min="7385" max="7385" width="47.453125" style="1" customWidth="1"/>
+    <col min="7386" max="7635" width="8.7265625" style="1"/>
+    <col min="7636" max="7636" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7637" max="7637" width="38.81640625" style="1" customWidth="1"/>
+    <col min="7638" max="7638" width="5.54296875" style="1" customWidth="1"/>
+    <col min="7639" max="7639" width="23.1796875" style="1" customWidth="1"/>
+    <col min="7640" max="7640" width="5" style="1" customWidth="1"/>
+    <col min="7641" max="7641" width="47.453125" style="1" customWidth="1"/>
+    <col min="7642" max="7891" width="8.7265625" style="1"/>
+    <col min="7892" max="7892" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7893" max="7893" width="38.81640625" style="1" customWidth="1"/>
+    <col min="7894" max="7894" width="5.54296875" style="1" customWidth="1"/>
+    <col min="7895" max="7895" width="23.1796875" style="1" customWidth="1"/>
+    <col min="7896" max="7896" width="5" style="1" customWidth="1"/>
+    <col min="7897" max="7897" width="47.453125" style="1" customWidth="1"/>
+    <col min="7898" max="8147" width="8.7265625" style="1"/>
+    <col min="8148" max="8148" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8149" max="8149" width="38.81640625" style="1" customWidth="1"/>
+    <col min="8150" max="8150" width="5.54296875" style="1" customWidth="1"/>
+    <col min="8151" max="8151" width="23.1796875" style="1" customWidth="1"/>
+    <col min="8152" max="8152" width="5" style="1" customWidth="1"/>
+    <col min="8153" max="8153" width="47.453125" style="1" customWidth="1"/>
+    <col min="8154" max="8403" width="8.7265625" style="1"/>
+    <col min="8404" max="8404" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8405" max="8405" width="38.81640625" style="1" customWidth="1"/>
+    <col min="8406" max="8406" width="5.54296875" style="1" customWidth="1"/>
+    <col min="8407" max="8407" width="23.1796875" style="1" customWidth="1"/>
+    <col min="8408" max="8408" width="5" style="1" customWidth="1"/>
+    <col min="8409" max="8409" width="47.453125" style="1" customWidth="1"/>
+    <col min="8410" max="8659" width="8.7265625" style="1"/>
+    <col min="8660" max="8660" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8661" max="8661" width="38.81640625" style="1" customWidth="1"/>
+    <col min="8662" max="8662" width="5.54296875" style="1" customWidth="1"/>
+    <col min="8663" max="8663" width="23.1796875" style="1" customWidth="1"/>
+    <col min="8664" max="8664" width="5" style="1" customWidth="1"/>
+    <col min="8665" max="8665" width="47.453125" style="1" customWidth="1"/>
+    <col min="8666" max="8915" width="8.7265625" style="1"/>
+    <col min="8916" max="8916" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8917" max="8917" width="38.81640625" style="1" customWidth="1"/>
+    <col min="8918" max="8918" width="5.54296875" style="1" customWidth="1"/>
+    <col min="8919" max="8919" width="23.1796875" style="1" customWidth="1"/>
+    <col min="8920" max="8920" width="5" style="1" customWidth="1"/>
+    <col min="8921" max="8921" width="47.453125" style="1" customWidth="1"/>
+    <col min="8922" max="9171" width="8.7265625" style="1"/>
+    <col min="9172" max="9172" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9173" max="9173" width="38.81640625" style="1" customWidth="1"/>
+    <col min="9174" max="9174" width="5.54296875" style="1" customWidth="1"/>
+    <col min="9175" max="9175" width="23.1796875" style="1" customWidth="1"/>
+    <col min="9176" max="9176" width="5" style="1" customWidth="1"/>
+    <col min="9177" max="9177" width="47.453125" style="1" customWidth="1"/>
+    <col min="9178" max="9427" width="8.7265625" style="1"/>
+    <col min="9428" max="9428" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9429" max="9429" width="38.81640625" style="1" customWidth="1"/>
+    <col min="9430" max="9430" width="5.54296875" style="1" customWidth="1"/>
+    <col min="9431" max="9431" width="23.1796875" style="1" customWidth="1"/>
+    <col min="9432" max="9432" width="5" style="1" customWidth="1"/>
+    <col min="9433" max="9433" width="47.453125" style="1" customWidth="1"/>
+    <col min="9434" max="9683" width="8.7265625" style="1"/>
+    <col min="9684" max="9684" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9685" max="9685" width="38.81640625" style="1" customWidth="1"/>
+    <col min="9686" max="9686" width="5.54296875" style="1" customWidth="1"/>
+    <col min="9687" max="9687" width="23.1796875" style="1" customWidth="1"/>
+    <col min="9688" max="9688" width="5" style="1" customWidth="1"/>
+    <col min="9689" max="9689" width="47.453125" style="1" customWidth="1"/>
+    <col min="9690" max="9939" width="8.7265625" style="1"/>
+    <col min="9940" max="9940" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9941" max="9941" width="38.81640625" style="1" customWidth="1"/>
+    <col min="9942" max="9942" width="5.54296875" style="1" customWidth="1"/>
+    <col min="9943" max="9943" width="23.1796875" style="1" customWidth="1"/>
+    <col min="9944" max="9944" width="5" style="1" customWidth="1"/>
+    <col min="9945" max="9945" width="47.453125" style="1" customWidth="1"/>
+    <col min="9946" max="10195" width="8.7265625" style="1"/>
+    <col min="10196" max="10196" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10197" max="10197" width="38.81640625" style="1" customWidth="1"/>
+    <col min="10198" max="10198" width="5.54296875" style="1" customWidth="1"/>
+    <col min="10199" max="10199" width="23.1796875" style="1" customWidth="1"/>
+    <col min="10200" max="10200" width="5" style="1" customWidth="1"/>
+    <col min="10201" max="10201" width="47.453125" style="1" customWidth="1"/>
+    <col min="10202" max="10451" width="8.7265625" style="1"/>
+    <col min="10452" max="10452" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10453" max="10453" width="38.81640625" style="1" customWidth="1"/>
+    <col min="10454" max="10454" width="5.54296875" style="1" customWidth="1"/>
+    <col min="10455" max="10455" width="23.1796875" style="1" customWidth="1"/>
+    <col min="10456" max="10456" width="5" style="1" customWidth="1"/>
+    <col min="10457" max="10457" width="47.453125" style="1" customWidth="1"/>
+    <col min="10458" max="10707" width="8.7265625" style="1"/>
+    <col min="10708" max="10708" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10709" max="10709" width="38.81640625" style="1" customWidth="1"/>
+    <col min="10710" max="10710" width="5.54296875" style="1" customWidth="1"/>
+    <col min="10711" max="10711" width="23.1796875" style="1" customWidth="1"/>
+    <col min="10712" max="10712" width="5" style="1" customWidth="1"/>
+    <col min="10713" max="10713" width="47.453125" style="1" customWidth="1"/>
+    <col min="10714" max="10963" width="8.7265625" style="1"/>
+    <col min="10964" max="10964" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10965" max="10965" width="38.81640625" style="1" customWidth="1"/>
+    <col min="10966" max="10966" width="5.54296875" style="1" customWidth="1"/>
+    <col min="10967" max="10967" width="23.1796875" style="1" customWidth="1"/>
+    <col min="10968" max="10968" width="5" style="1" customWidth="1"/>
+    <col min="10969" max="10969" width="47.453125" style="1" customWidth="1"/>
+    <col min="10970" max="11219" width="8.7265625" style="1"/>
+    <col min="11220" max="11220" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11221" max="11221" width="38.81640625" style="1" customWidth="1"/>
+    <col min="11222" max="11222" width="5.54296875" style="1" customWidth="1"/>
+    <col min="11223" max="11223" width="23.1796875" style="1" customWidth="1"/>
+    <col min="11224" max="11224" width="5" style="1" customWidth="1"/>
+    <col min="11225" max="11225" width="47.453125" style="1" customWidth="1"/>
+    <col min="11226" max="11475" width="8.7265625" style="1"/>
+    <col min="11476" max="11476" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11477" max="11477" width="38.81640625" style="1" customWidth="1"/>
+    <col min="11478" max="11478" width="5.54296875" style="1" customWidth="1"/>
+    <col min="11479" max="11479" width="23.1796875" style="1" customWidth="1"/>
+    <col min="11480" max="11480" width="5" style="1" customWidth="1"/>
+    <col min="11481" max="11481" width="47.453125" style="1" customWidth="1"/>
+    <col min="11482" max="11731" width="8.7265625" style="1"/>
+    <col min="11732" max="11732" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11733" max="11733" width="38.81640625" style="1" customWidth="1"/>
+    <col min="11734" max="11734" width="5.54296875" style="1" customWidth="1"/>
+    <col min="11735" max="11735" width="23.1796875" style="1" customWidth="1"/>
+    <col min="11736" max="11736" width="5" style="1" customWidth="1"/>
+    <col min="11737" max="11737" width="47.453125" style="1" customWidth="1"/>
+    <col min="11738" max="11987" width="8.7265625" style="1"/>
+    <col min="11988" max="11988" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11989" max="11989" width="38.81640625" style="1" customWidth="1"/>
+    <col min="11990" max="11990" width="5.54296875" style="1" customWidth="1"/>
+    <col min="11991" max="11991" width="23.1796875" style="1" customWidth="1"/>
+    <col min="11992" max="11992" width="5" style="1" customWidth="1"/>
+    <col min="11993" max="11993" width="47.453125" style="1" customWidth="1"/>
+    <col min="11994" max="12243" width="8.7265625" style="1"/>
+    <col min="12244" max="12244" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12245" max="12245" width="38.81640625" style="1" customWidth="1"/>
+    <col min="12246" max="12246" width="5.54296875" style="1" customWidth="1"/>
+    <col min="12247" max="12247" width="23.1796875" style="1" customWidth="1"/>
+    <col min="12248" max="12248" width="5" style="1" customWidth="1"/>
+    <col min="12249" max="12249" width="47.453125" style="1" customWidth="1"/>
+    <col min="12250" max="12499" width="8.7265625" style="1"/>
+    <col min="12500" max="12500" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12501" max="12501" width="38.81640625" style="1" customWidth="1"/>
+    <col min="12502" max="12502" width="5.54296875" style="1" customWidth="1"/>
+    <col min="12503" max="12503" width="23.1796875" style="1" customWidth="1"/>
+    <col min="12504" max="12504" width="5" style="1" customWidth="1"/>
+    <col min="12505" max="12505" width="47.453125" style="1" customWidth="1"/>
+    <col min="12506" max="12755" width="8.7265625" style="1"/>
+    <col min="12756" max="12756" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12757" max="12757" width="38.81640625" style="1" customWidth="1"/>
+    <col min="12758" max="12758" width="5.54296875" style="1" customWidth="1"/>
+    <col min="12759" max="12759" width="23.1796875" style="1" customWidth="1"/>
+    <col min="12760" max="12760" width="5" style="1" customWidth="1"/>
+    <col min="12761" max="12761" width="47.453125" style="1" customWidth="1"/>
+    <col min="12762" max="13011" width="8.7265625" style="1"/>
+    <col min="13012" max="13012" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13013" max="13013" width="38.81640625" style="1" customWidth="1"/>
+    <col min="13014" max="13014" width="5.54296875" style="1" customWidth="1"/>
+    <col min="13015" max="13015" width="23.1796875" style="1" customWidth="1"/>
+    <col min="13016" max="13016" width="5" style="1" customWidth="1"/>
+    <col min="13017" max="13017" width="47.453125" style="1" customWidth="1"/>
+    <col min="13018" max="13267" width="8.7265625" style="1"/>
+    <col min="13268" max="13268" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13269" max="13269" width="38.81640625" style="1" customWidth="1"/>
+    <col min="13270" max="13270" width="5.54296875" style="1" customWidth="1"/>
+    <col min="13271" max="13271" width="23.1796875" style="1" customWidth="1"/>
+    <col min="13272" max="13272" width="5" style="1" customWidth="1"/>
+    <col min="13273" max="13273" width="47.453125" style="1" customWidth="1"/>
+    <col min="13274" max="13523" width="8.7265625" style="1"/>
+    <col min="13524" max="13524" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13525" max="13525" width="38.81640625" style="1" customWidth="1"/>
+    <col min="13526" max="13526" width="5.54296875" style="1" customWidth="1"/>
+    <col min="13527" max="13527" width="23.1796875" style="1" customWidth="1"/>
+    <col min="13528" max="13528" width="5" style="1" customWidth="1"/>
+    <col min="13529" max="13529" width="47.453125" style="1" customWidth="1"/>
+    <col min="13530" max="13779" width="8.7265625" style="1"/>
+    <col min="13780" max="13780" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13781" max="13781" width="38.81640625" style="1" customWidth="1"/>
+    <col min="13782" max="13782" width="5.54296875" style="1" customWidth="1"/>
+    <col min="13783" max="13783" width="23.1796875" style="1" customWidth="1"/>
+    <col min="13784" max="13784" width="5" style="1" customWidth="1"/>
+    <col min="13785" max="13785" width="47.453125" style="1" customWidth="1"/>
+    <col min="13786" max="14035" width="8.7265625" style="1"/>
+    <col min="14036" max="14036" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14037" max="14037" width="38.81640625" style="1" customWidth="1"/>
+    <col min="14038" max="14038" width="5.54296875" style="1" customWidth="1"/>
+    <col min="14039" max="14039" width="23.1796875" style="1" customWidth="1"/>
+    <col min="14040" max="14040" width="5" style="1" customWidth="1"/>
+    <col min="14041" max="14041" width="47.453125" style="1" customWidth="1"/>
+    <col min="14042" max="14291" width="8.7265625" style="1"/>
+    <col min="14292" max="14292" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14293" max="14293" width="38.81640625" style="1" customWidth="1"/>
+    <col min="14294" max="14294" width="5.54296875" style="1" customWidth="1"/>
+    <col min="14295" max="14295" width="23.1796875" style="1" customWidth="1"/>
+    <col min="14296" max="14296" width="5" style="1" customWidth="1"/>
+    <col min="14297" max="14297" width="47.453125" style="1" customWidth="1"/>
+    <col min="14298" max="14547" width="8.7265625" style="1"/>
+    <col min="14548" max="14548" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14549" max="14549" width="38.81640625" style="1" customWidth="1"/>
+    <col min="14550" max="14550" width="5.54296875" style="1" customWidth="1"/>
+    <col min="14551" max="14551" width="23.1796875" style="1" customWidth="1"/>
+    <col min="14552" max="14552" width="5" style="1" customWidth="1"/>
+    <col min="14553" max="14553" width="47.453125" style="1" customWidth="1"/>
+    <col min="14554" max="14803" width="8.7265625" style="1"/>
+    <col min="14804" max="14804" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14805" max="14805" width="38.81640625" style="1" customWidth="1"/>
+    <col min="14806" max="14806" width="5.54296875" style="1" customWidth="1"/>
+    <col min="14807" max="14807" width="23.1796875" style="1" customWidth="1"/>
+    <col min="14808" max="14808" width="5" style="1" customWidth="1"/>
+    <col min="14809" max="14809" width="47.453125" style="1" customWidth="1"/>
+    <col min="14810" max="15059" width="8.7265625" style="1"/>
+    <col min="15060" max="15060" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15061" max="15061" width="38.81640625" style="1" customWidth="1"/>
+    <col min="15062" max="15062" width="5.54296875" style="1" customWidth="1"/>
+    <col min="15063" max="15063" width="23.1796875" style="1" customWidth="1"/>
+    <col min="15064" max="15064" width="5" style="1" customWidth="1"/>
+    <col min="15065" max="15065" width="47.453125" style="1" customWidth="1"/>
+    <col min="15066" max="15315" width="8.7265625" style="1"/>
+    <col min="15316" max="15316" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15317" max="15317" width="38.81640625" style="1" customWidth="1"/>
+    <col min="15318" max="15318" width="5.54296875" style="1" customWidth="1"/>
+    <col min="15319" max="15319" width="23.1796875" style="1" customWidth="1"/>
+    <col min="15320" max="15320" width="5" style="1" customWidth="1"/>
+    <col min="15321" max="15321" width="47.453125" style="1" customWidth="1"/>
+    <col min="15322" max="15571" width="8.7265625" style="1"/>
+    <col min="15572" max="15572" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15573" max="15573" width="38.81640625" style="1" customWidth="1"/>
+    <col min="15574" max="15574" width="5.54296875" style="1" customWidth="1"/>
+    <col min="15575" max="15575" width="23.1796875" style="1" customWidth="1"/>
+    <col min="15576" max="15576" width="5" style="1" customWidth="1"/>
+    <col min="15577" max="15577" width="47.453125" style="1" customWidth="1"/>
+    <col min="15578" max="15827" width="8.7265625" style="1"/>
+    <col min="15828" max="15828" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15829" max="15829" width="38.81640625" style="1" customWidth="1"/>
+    <col min="15830" max="15830" width="5.54296875" style="1" customWidth="1"/>
+    <col min="15831" max="15831" width="23.1796875" style="1" customWidth="1"/>
+    <col min="15832" max="15832" width="5" style="1" customWidth="1"/>
+    <col min="15833" max="15833" width="47.453125" style="1" customWidth="1"/>
+    <col min="15834" max="16083" width="8.7265625" style="1"/>
+    <col min="16084" max="16084" width="6.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="16085" max="16085" width="38.81640625" style="1" customWidth="1"/>
+    <col min="16086" max="16086" width="5.54296875" style="1" customWidth="1"/>
+    <col min="16087" max="16087" width="23.1796875" style="1" customWidth="1"/>
+    <col min="16088" max="16088" width="5" style="1" customWidth="1"/>
+    <col min="16089" max="16089" width="47.453125" style="1" customWidth="1"/>
+    <col min="16090" max="16382" width="8.7265625" style="1"/>
+    <col min="16383" max="16384" width="9.1796875" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A1" s="11" t="s">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="B1" s="22"/>
+      <c r="C1" s="22"/>
+      <c r="D1" s="22"/>
+      <c r="E1" s="22"/>
+      <c r="F1" s="22"/>
+      <c r="G1" s="22"/>
+      <c r="H1" s="22"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
+      <c r="F2" s="22"/>
+      <c r="G2" s="22"/>
+      <c r="H2" s="22"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A3" s="23"/>
+      <c r="B3" s="23"/>
+      <c r="C3" s="23"/>
+      <c r="D3" s="23"/>
+      <c r="E3" s="23"/>
+      <c r="F3" s="23"/>
+      <c r="G3" s="23"/>
+      <c r="H3" s="23"/>
+    </row>
+    <row r="4" spans="1:9" s="4" customFormat="1" ht="34.5" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="D4" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="25" x14ac:dyDescent="0.25">
+      <c r="A5" s="18">
+        <v>858</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" s="19">
+        <v>16</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I5" s="8">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="25" x14ac:dyDescent="0.25">
+      <c r="A6" s="18">
+        <v>859</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" s="19">
+        <v>16</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I6" s="8">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A7" s="18">
+        <v>2022</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" s="19">
+        <v>258</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I7" s="8">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A8" s="18">
+        <v>2101</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="19">
+        <v>193</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G8" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H8" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I8" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A9" s="18">
+        <v>2102</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" s="19">
+        <v>193</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G9" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H9" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I9" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A10" s="18">
+        <v>2103</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="19">
+        <v>193</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H10" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I10" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A11" s="18">
+        <v>2104</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="19">
+        <v>193</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G11" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H11" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I11" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A12" s="18">
+        <v>2105</v>
+      </c>
+      <c r="B12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="19">
+        <v>193</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="E12" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G12" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H12" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I12" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="25" x14ac:dyDescent="0.25">
+      <c r="A13" s="18">
+        <v>2106</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" s="19">
+        <v>16</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" s="19" t="s">
+        <v>31</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H13" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I13" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A14" s="18">
+        <v>2107</v>
+      </c>
+      <c r="B14" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C14" s="19">
+        <v>193</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="E14" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G14" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H14" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I14" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="25" x14ac:dyDescent="0.25">
+      <c r="A15" s="18">
+        <v>2108</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" s="19">
+        <v>16</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E15" s="19" t="s">
+        <v>35</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="G15" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H15" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I15" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="25" x14ac:dyDescent="0.25">
+      <c r="A16" s="18">
+        <v>2109</v>
+      </c>
+      <c r="B16" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C16" s="19">
+        <v>16</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" s="19" t="s">
+        <v>31</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G16" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H16" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I16" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A17" s="18">
+        <v>2110</v>
+      </c>
+      <c r="B17" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="B1" s="12"/>
-[...60 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="C17" s="19">
+        <v>96</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H17" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I17" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A18" s="18">
+        <v>2111</v>
+      </c>
+      <c r="B18" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" s="19">
+        <v>96</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H18" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I18" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A19" s="18">
+        <v>2112</v>
+      </c>
+      <c r="B19" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C19" s="19">
+        <v>96</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="C5" s="4">
-[...2 lines deleted...]
-      <c r="D5" s="4" t="s">
+      <c r="F19" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E5" s="4" t="s">
+      <c r="G19" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H19" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I19" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A20" s="18">
+        <v>2113</v>
+      </c>
+      <c r="B20" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="F5" s="4" t="s">
+      <c r="C20" s="19">
+        <v>96</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H20" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I20" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A21" s="18">
+        <v>2114</v>
+      </c>
+      <c r="B21" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="6" t="s">
+      <c r="C21" s="19">
+        <v>96</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E21" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H21" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I21" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A22" s="18">
+        <v>2115</v>
+      </c>
+      <c r="B22" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="H5" s="6" t="s">
+      <c r="C22" s="19">
+        <v>96</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E22" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H22" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I22" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A23" s="18">
+        <v>2116</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C23" s="19">
+        <v>96</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E23" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H23" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I23" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A24" s="18">
+        <v>2122</v>
+      </c>
+      <c r="B24" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="I5" s="9">
-[...8 lines deleted...]
-      <c r="B6" s="4" t="s">
+      <c r="C24" s="19">
+        <v>96</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E24" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H24" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I24" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A25" s="18">
+        <v>2123</v>
+      </c>
+      <c r="B25" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="C6" s="8">
-[...2 lines deleted...]
-      <c r="D6" s="4" t="s">
+      <c r="C25" s="19">
+        <v>96</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E25" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H25" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I25" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A26" s="18">
+        <v>2124</v>
+      </c>
+      <c r="B26" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="E6" s="4" t="s">
+      <c r="C26" s="19">
+        <v>96</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E26" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H26" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I26" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A27" s="18">
+        <v>2125</v>
+      </c>
+      <c r="B27" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="F6" s="6" t="s">
+      <c r="C27" s="19">
+        <v>96</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E27" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="H27" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="I27" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="18">
+        <v>2126</v>
+      </c>
+      <c r="B28" s="20" t="s">
         <v>21</v>
       </c>
-      <c r="G6" s="6" t="s">
+      <c r="C28" s="19">
+        <v>96</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E28" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="H6" s="6" t="s">
-[...80 lines deleted...]
-      <c r="E9" s="4" t="s">
+      <c r="H28" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F9" s="6" t="s">
-[...40 lines deleted...]
-      </c>
+      <c r="I28" s="8">
+        <v>45942</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A29" s="11"/>
+      <c r="B29" s="1"/>
+      <c r="C29" s="9"/>
+      <c r="E29" s="14"/>
+      <c r="F29" s="7"/>
+      <c r="G29" s="10"/>
+      <c r="H29" s="7"/>
+      <c r="I29" s="8"/>
+    </row>
+    <row r="30" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A30" s="11"/>
+      <c r="B30" s="11"/>
+      <c r="C30" s="9"/>
+      <c r="D30" s="7"/>
+      <c r="E30" s="14"/>
+      <c r="F30" s="7"/>
+      <c r="G30" s="10"/>
+      <c r="H30" s="7"/>
+      <c r="I30" s="8"/>
+    </row>
+    <row r="31" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A31" s="11"/>
+      <c r="B31" s="11"/>
+      <c r="C31" s="9"/>
+      <c r="D31" s="7"/>
+      <c r="E31" s="14"/>
+      <c r="F31" s="7"/>
+      <c r="G31" s="10"/>
+      <c r="H31" s="7"/>
+      <c r="I31" s="8"/>
+    </row>
+    <row r="32" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A32" s="11"/>
+      <c r="B32" s="11"/>
+      <c r="C32" s="9"/>
+      <c r="D32" s="7"/>
+      <c r="E32" s="14"/>
+      <c r="F32" s="7"/>
+      <c r="G32" s="10"/>
+      <c r="H32" s="7"/>
+      <c r="I32" s="8"/>
+    </row>
+    <row r="33" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A33" s="11"/>
+      <c r="B33" s="11"/>
+      <c r="C33" s="9"/>
+      <c r="D33" s="7"/>
+      <c r="E33" s="14"/>
+      <c r="F33" s="7"/>
+      <c r="G33" s="10"/>
+      <c r="H33" s="7"/>
+      <c r="I33" s="8"/>
+    </row>
+    <row r="34" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A34" s="11"/>
+      <c r="B34" s="11"/>
+      <c r="C34" s="9"/>
+      <c r="D34" s="7"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="7"/>
+      <c r="G34" s="10"/>
+      <c r="H34" s="7"/>
+      <c r="I34" s="8"/>
+    </row>
+    <row r="35" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A35" s="11"/>
+      <c r="B35" s="11"/>
+      <c r="C35" s="9"/>
+      <c r="D35" s="7"/>
+      <c r="E35" s="14"/>
+      <c r="F35" s="7"/>
+      <c r="G35" s="10"/>
+      <c r="H35" s="7"/>
+      <c r="I35" s="8"/>
+    </row>
+    <row r="36" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A36" s="11"/>
+      <c r="B36" s="11"/>
+      <c r="C36" s="9"/>
+      <c r="D36" s="7"/>
+      <c r="E36" s="14"/>
+      <c r="F36" s="7"/>
+      <c r="G36" s="10"/>
+      <c r="H36" s="7"/>
+      <c r="I36" s="8"/>
+    </row>
+    <row r="37" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A37" s="11"/>
+      <c r="B37" s="11"/>
+      <c r="C37" s="9"/>
+      <c r="D37" s="7"/>
+      <c r="E37" s="14"/>
+      <c r="F37" s="7"/>
+      <c r="G37" s="10"/>
+      <c r="H37" s="7"/>
+      <c r="I37" s="8"/>
+    </row>
+    <row r="38" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A38" s="11"/>
+      <c r="B38" s="11"/>
+      <c r="C38" s="9"/>
+      <c r="D38" s="7"/>
+      <c r="E38" s="14"/>
+      <c r="F38" s="7"/>
+      <c r="G38" s="10"/>
+      <c r="H38" s="7"/>
+      <c r="I38" s="8"/>
+    </row>
+    <row r="39" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A39" s="11"/>
+      <c r="B39" s="11"/>
+      <c r="C39" s="9"/>
+      <c r="D39" s="7"/>
+      <c r="E39" s="14"/>
+      <c r="F39" s="7"/>
+      <c r="G39" s="10"/>
+      <c r="H39" s="7"/>
+      <c r="I39" s="8"/>
+    </row>
+    <row r="40" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A40" s="11"/>
+      <c r="B40" s="11"/>
+      <c r="C40" s="9"/>
+      <c r="D40" s="7"/>
+      <c r="E40" s="14"/>
+      <c r="F40" s="7"/>
+      <c r="G40" s="10"/>
+      <c r="H40" s="7"/>
+      <c r="I40" s="8"/>
+    </row>
+    <row r="41" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A41" s="11"/>
+      <c r="B41" s="11"/>
+      <c r="C41" s="9"/>
+      <c r="D41" s="7"/>
+      <c r="E41" s="14"/>
+      <c r="F41" s="7"/>
+      <c r="G41" s="10"/>
+      <c r="H41" s="7"/>
+      <c r="I41" s="8"/>
+    </row>
+    <row r="42" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A42" s="11"/>
+      <c r="B42" s="11"/>
+      <c r="C42" s="9"/>
+      <c r="D42" s="7"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="7"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="7"/>
+      <c r="I42" s="8"/>
+    </row>
+    <row r="43" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A43" s="11"/>
+      <c r="B43" s="11"/>
+      <c r="C43" s="9"/>
+      <c r="D43" s="7"/>
+      <c r="E43" s="14"/>
+      <c r="F43" s="7"/>
+      <c r="G43" s="10"/>
+      <c r="H43" s="7"/>
+      <c r="I43" s="8"/>
+    </row>
+    <row r="44" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A44" s="11"/>
+      <c r="B44" s="11"/>
+      <c r="C44" s="9"/>
+      <c r="D44" s="7"/>
+      <c r="E44" s="14"/>
+      <c r="F44" s="7"/>
+      <c r="G44" s="10"/>
+      <c r="H44" s="7"/>
+      <c r="I44" s="8"/>
+    </row>
+    <row r="45" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A45" s="11"/>
+      <c r="B45" s="11"/>
+      <c r="C45" s="9"/>
+      <c r="D45" s="7"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="7"/>
+      <c r="G45" s="10"/>
+      <c r="H45" s="7"/>
+      <c r="I45" s="8"/>
+    </row>
+    <row r="46" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A46" s="11"/>
+      <c r="B46" s="11"/>
+      <c r="C46" s="9"/>
+      <c r="D46" s="7"/>
+      <c r="E46" s="14"/>
+      <c r="F46" s="7"/>
+      <c r="G46" s="10"/>
+      <c r="H46" s="7"/>
+      <c r="I46" s="8"/>
+    </row>
+    <row r="47" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A47" s="11"/>
+      <c r="B47" s="11"/>
+      <c r="C47" s="9"/>
+      <c r="D47" s="7"/>
+      <c r="E47" s="14"/>
+      <c r="F47" s="7"/>
+      <c r="G47" s="10"/>
+      <c r="H47" s="7"/>
+      <c r="I47" s="8"/>
+    </row>
+    <row r="48" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A48" s="11"/>
+      <c r="B48" s="11"/>
+      <c r="C48" s="9"/>
+      <c r="D48" s="7"/>
+      <c r="E48" s="14"/>
+      <c r="F48" s="7"/>
+      <c r="G48" s="10"/>
+      <c r="H48" s="7"/>
+      <c r="I48" s="8"/>
+    </row>
+    <row r="49" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A49" s="11"/>
+      <c r="B49" s="11"/>
+      <c r="C49" s="9"/>
+      <c r="D49" s="7"/>
+      <c r="E49" s="14"/>
+      <c r="F49" s="7"/>
+      <c r="G49" s="10"/>
+      <c r="H49" s="7"/>
+      <c r="I49" s="8"/>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" s="12"/>
+      <c r="B50" s="13"/>
+      <c r="C50" s="13"/>
+      <c r="D50" s="13"/>
+      <c r="E50" s="15"/>
+      <c r="F50" s="12"/>
+      <c r="G50" s="12"/>
+      <c r="H50" s="7"/>
+      <c r="I50" s="8"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" s="12"/>
+      <c r="B51" s="13"/>
+      <c r="C51" s="13"/>
+      <c r="D51" s="13"/>
+      <c r="E51" s="15"/>
+      <c r="F51" s="12"/>
+      <c r="G51" s="12"/>
+      <c r="H51" s="7"/>
+      <c r="I51" s="8"/>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" s="12"/>
+      <c r="B52" s="13"/>
+      <c r="C52" s="9"/>
+      <c r="D52" s="7"/>
+      <c r="E52" s="15"/>
+      <c r="F52" s="12"/>
+      <c r="G52" s="12"/>
+      <c r="H52" s="7"/>
+      <c r="I52" s="8"/>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="12"/>
+      <c r="B53" s="13"/>
+      <c r="C53" s="13"/>
+      <c r="D53" s="13"/>
+      <c r="E53" s="15"/>
+      <c r="F53" s="12"/>
+      <c r="G53" s="12"/>
+      <c r="H53" s="7"/>
+      <c r="I53" s="8"/>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="12"/>
+      <c r="B54" s="13"/>
+      <c r="C54" s="13"/>
+      <c r="D54" s="13"/>
+      <c r="E54" s="15"/>
+      <c r="F54" s="12"/>
+      <c r="G54" s="12"/>
+      <c r="H54" s="7"/>
+      <c r="I54" s="8"/>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="12"/>
+      <c r="B55" s="13"/>
+      <c r="C55" s="13"/>
+      <c r="D55" s="13"/>
+      <c r="E55" s="15"/>
+      <c r="F55" s="12"/>
+      <c r="G55" s="12"/>
+      <c r="H55" s="7"/>
+      <c r="I55" s="8"/>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="12"/>
+      <c r="B56" s="13"/>
+      <c r="C56" s="13"/>
+      <c r="D56" s="13"/>
+      <c r="E56" s="15"/>
+      <c r="F56" s="12"/>
+      <c r="G56" s="12"/>
+      <c r="H56" s="7"/>
+      <c r="I56" s="8"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" s="12"/>
+      <c r="B57" s="13"/>
+      <c r="C57" s="13"/>
+      <c r="D57" s="13"/>
+      <c r="E57" s="15"/>
+      <c r="F57" s="12"/>
+      <c r="G57" s="12"/>
+      <c r="H57" s="7"/>
+      <c r="I57" s="8"/>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="12"/>
+      <c r="B58" s="13"/>
+      <c r="C58" s="13"/>
+      <c r="D58" s="13"/>
+      <c r="E58" s="15"/>
+      <c r="F58" s="12"/>
+      <c r="G58" s="12"/>
+      <c r="H58" s="7"/>
+      <c r="I58" s="8"/>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" s="12"/>
+      <c r="B59" s="13"/>
+      <c r="C59" s="13"/>
+      <c r="D59" s="13"/>
+      <c r="E59" s="15"/>
+      <c r="F59" s="12"/>
+      <c r="G59" s="12"/>
+      <c r="H59" s="7"/>
+      <c r="I59" s="8"/>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" s="12"/>
+      <c r="B60" s="13"/>
+      <c r="C60" s="13"/>
+      <c r="D60" s="13"/>
+      <c r="E60" s="15"/>
+      <c r="F60" s="12"/>
+      <c r="G60" s="12"/>
+      <c r="H60" s="7"/>
+      <c r="I60" s="8"/>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="12"/>
+      <c r="B61" s="13"/>
+      <c r="C61" s="13"/>
+      <c r="D61" s="13"/>
+      <c r="E61" s="15"/>
+      <c r="F61" s="12"/>
+      <c r="G61" s="12"/>
+      <c r="H61" s="7"/>
+      <c r="I61" s="8"/>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="12"/>
+      <c r="B62" s="13"/>
+      <c r="C62" s="9"/>
+      <c r="D62" s="7"/>
+      <c r="E62" s="15"/>
+      <c r="F62" s="12"/>
+      <c r="G62" s="12"/>
+      <c r="H62" s="7"/>
+      <c r="I62" s="8"/>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="12"/>
+      <c r="B63" s="13"/>
+      <c r="C63" s="9"/>
+      <c r="D63" s="7"/>
+      <c r="E63" s="15"/>
+      <c r="F63" s="12"/>
+      <c r="G63" s="12"/>
+      <c r="H63" s="7"/>
+      <c r="I63" s="8"/>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" s="12"/>
+      <c r="B64" s="13"/>
+      <c r="C64" s="9"/>
+      <c r="D64" s="7"/>
+      <c r="E64" s="15"/>
+      <c r="F64" s="12"/>
+      <c r="G64" s="12"/>
+      <c r="H64" s="7"/>
+      <c r="I64" s="8"/>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" s="12"/>
+      <c r="B65" s="13"/>
+      <c r="C65" s="9"/>
+      <c r="D65" s="7"/>
+      <c r="E65" s="15"/>
+      <c r="F65" s="12"/>
+      <c r="G65" s="12"/>
+      <c r="H65" s="7"/>
+      <c r="I65" s="8"/>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" s="12"/>
+      <c r="B66" s="13"/>
+      <c r="C66" s="13"/>
+      <c r="D66" s="13"/>
+      <c r="E66" s="15"/>
+      <c r="F66" s="12"/>
+      <c r="G66" s="12"/>
+      <c r="H66" s="7"/>
+      <c r="I66" s="8"/>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" s="12"/>
+      <c r="B67" s="13"/>
+      <c r="C67" s="13"/>
+      <c r="D67" s="13"/>
+      <c r="E67" s="15"/>
+      <c r="F67" s="12"/>
+      <c r="G67" s="12"/>
+      <c r="H67" s="7"/>
+      <c r="I67" s="8"/>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="12"/>
+      <c r="B68" s="13"/>
+      <c r="C68" s="13"/>
+      <c r="D68" s="13"/>
+      <c r="E68" s="15"/>
+      <c r="F68" s="12"/>
+      <c r="G68" s="12"/>
+      <c r="H68" s="7"/>
+      <c r="I68" s="8"/>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" s="12"/>
+      <c r="B69" s="13"/>
+      <c r="C69" s="13"/>
+      <c r="D69" s="13"/>
+      <c r="E69" s="15"/>
+      <c r="F69" s="12"/>
+      <c r="G69" s="12"/>
+      <c r="H69" s="7"/>
+      <c r="I69" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:H3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="5" scale="60" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader xml:space="preserve">&amp;C&amp;"Arial,Bold"&amp;12
+</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Consolidated Change Log</vt:lpstr>
+      <vt:lpstr>'Consolidated Change Log'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Consolidated Change Log'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Boone, Christine (EHS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>