--- v1 (2026-01-02)
+++ v2 (2026-03-27)
@@ -1,254 +1,147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/pam_sousa_mass_gov/Documents/Attachments/HomeDrive/#12-16/New folder/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/pam_sousa_mass_gov/Documents/Attachments/HomeDrive/2-12/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{49CA978D-4979-4907-8315-C30A5B9B4A35}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{91428277-6B0C-40A4-8674-26A1B6E236FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Consolidated Change Log" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Consolidated Change Log'!$A$4:$WUG$4</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Consolidated Change Log'!$A$1:$I$30</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Consolidated Change Log'!$A$1:$I$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Consolidated Change Log'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="16">
   <si>
     <t>EOB CODE</t>
   </si>
   <si>
     <t>EOB CODE DESCRIPTION</t>
   </si>
   <si>
     <t>ADJUSTMENT REASON CODE DESCRIPTION</t>
   </si>
   <si>
     <t>REMARK CODE</t>
   </si>
   <si>
     <t>REMARK CODE DESCRIPTION</t>
   </si>
   <si>
     <t>ADD/ MODIFY</t>
   </si>
   <si>
     <t>ADJUST.
 REASON 
 CODE</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>Effective Date</t>
   </si>
   <si>
-    <t>ADD</t>
-[...1 lines deleted...]
-  <si>
     <t>CARC &amp; RARC</t>
-  </si>
-[...94 lines deleted...]
-    <t>NON-COVERED CHARGE(S).</t>
   </si>
   <si>
     <t>BYPASSING TIMELY FILLING BECAUSE ITS RMRP CLAIM</t>
   </si>
   <si>
-    <t>MA105</t>
+    <t>MODIFY</t>
   </si>
   <si>
-    <t>MISSING/INCOMPLETE/INVALID PROVIDER NUMBER FOR THIS PLACE OF SERVICE.</t>
+    <t>N432</t>
   </si>
   <si>
-    <t xml:space="preserve">Add </t>
+    <t>THE IMPACT OF PRIOR PAYER(S) ADJUDICATION INCLUDING PAYMENTS AND/OR ADJUSTMENTS.
+(USE ONLY WITH GROUP CODE OA)</t>
   </si>
   <si>
-    <t>INVALID MEMBER FOR RE-ENTRY CLAIM</t>
-[...8 lines deleted...]
-    <t>PLEASE REFER TO YOUR PROVIDER MANUAL FOR ADDITIONAL PROGRAM AND PROVIDER INFORMATION</t>
+    <t xml:space="preserve">ADJUSTMENT BASED ON A RECOVERY AUDIT </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">CARCs and RARCs CHANGE LOG 
 The following changes were incorporated into the MassHealth CARC/RARC list </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>"Date of Posting: 12/17/2025"</t>
+      <t>"Date of Posting: 02/12/2026"</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0;[Red]0"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -344,51 +237,51 @@
     </border>
     <border>
       <left style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </left>
       <right style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </right>
       <top style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -402,53 +295,50 @@
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 4" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 5" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 6" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 7" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
@@ -741,1718 +631,1059 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9BC42553-E559-4BC2-AC4D-45A0D0E7D450}">
-  <dimension ref="A1:I69"/>
+  <dimension ref="A1:I45"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="C1" zoomScaleNormal="100" zoomScaleSheetLayoutView="75" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="75" workbookViewId="0">
+      <selection sqref="A1:H3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="6.7265625" style="2" customWidth="1"/>
+    <col min="1" max="1" width="6.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="49" style="3" customWidth="1"/>
-    <col min="3" max="3" width="10.1796875" style="3" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="215" max="215" width="23.1796875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="10.140625" style="3" customWidth="1"/>
+    <col min="4" max="4" width="59.28515625" style="3" customWidth="1"/>
+    <col min="5" max="5" width="14.28515625" style="16" customWidth="1"/>
+    <col min="6" max="6" width="41.85546875" style="2" customWidth="1"/>
+    <col min="7" max="7" width="9.140625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="14.85546875" style="2" customWidth="1"/>
+    <col min="9" max="9" width="12.85546875" style="1" customWidth="1"/>
+    <col min="10" max="211" width="8.7109375" style="1"/>
+    <col min="212" max="212" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="213" max="213" width="38.85546875" style="1" customWidth="1"/>
+    <col min="214" max="214" width="5.5703125" style="1" customWidth="1"/>
+    <col min="215" max="215" width="23.140625" style="1" customWidth="1"/>
     <col min="216" max="216" width="5" style="1" customWidth="1"/>
-    <col min="217" max="217" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="471" max="471" width="23.1796875" style="1" customWidth="1"/>
+    <col min="217" max="217" width="47.42578125" style="1" customWidth="1"/>
+    <col min="218" max="467" width="8.7109375" style="1"/>
+    <col min="468" max="468" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="469" max="469" width="38.85546875" style="1" customWidth="1"/>
+    <col min="470" max="470" width="5.5703125" style="1" customWidth="1"/>
+    <col min="471" max="471" width="23.140625" style="1" customWidth="1"/>
     <col min="472" max="472" width="5" style="1" customWidth="1"/>
-    <col min="473" max="473" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="727" max="727" width="23.1796875" style="1" customWidth="1"/>
+    <col min="473" max="473" width="47.42578125" style="1" customWidth="1"/>
+    <col min="474" max="723" width="8.7109375" style="1"/>
+    <col min="724" max="724" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="725" max="725" width="38.85546875" style="1" customWidth="1"/>
+    <col min="726" max="726" width="5.5703125" style="1" customWidth="1"/>
+    <col min="727" max="727" width="23.140625" style="1" customWidth="1"/>
     <col min="728" max="728" width="5" style="1" customWidth="1"/>
-    <col min="729" max="729" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="983" max="983" width="23.1796875" style="1" customWidth="1"/>
+    <col min="729" max="729" width="47.42578125" style="1" customWidth="1"/>
+    <col min="730" max="979" width="8.7109375" style="1"/>
+    <col min="980" max="980" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="981" max="981" width="38.85546875" style="1" customWidth="1"/>
+    <col min="982" max="982" width="5.5703125" style="1" customWidth="1"/>
+    <col min="983" max="983" width="23.140625" style="1" customWidth="1"/>
     <col min="984" max="984" width="5" style="1" customWidth="1"/>
-    <col min="985" max="985" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="1239" max="1239" width="23.1796875" style="1" customWidth="1"/>
+    <col min="985" max="985" width="47.42578125" style="1" customWidth="1"/>
+    <col min="986" max="1235" width="8.7109375" style="1"/>
+    <col min="1236" max="1236" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1237" max="1237" width="38.85546875" style="1" customWidth="1"/>
+    <col min="1238" max="1238" width="5.5703125" style="1" customWidth="1"/>
+    <col min="1239" max="1239" width="23.140625" style="1" customWidth="1"/>
     <col min="1240" max="1240" width="5" style="1" customWidth="1"/>
-    <col min="1241" max="1241" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="1495" max="1495" width="23.1796875" style="1" customWidth="1"/>
+    <col min="1241" max="1241" width="47.42578125" style="1" customWidth="1"/>
+    <col min="1242" max="1491" width="8.7109375" style="1"/>
+    <col min="1492" max="1492" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1493" max="1493" width="38.85546875" style="1" customWidth="1"/>
+    <col min="1494" max="1494" width="5.5703125" style="1" customWidth="1"/>
+    <col min="1495" max="1495" width="23.140625" style="1" customWidth="1"/>
     <col min="1496" max="1496" width="5" style="1" customWidth="1"/>
-    <col min="1497" max="1497" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="1751" max="1751" width="23.1796875" style="1" customWidth="1"/>
+    <col min="1497" max="1497" width="47.42578125" style="1" customWidth="1"/>
+    <col min="1498" max="1747" width="8.7109375" style="1"/>
+    <col min="1748" max="1748" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1749" max="1749" width="38.85546875" style="1" customWidth="1"/>
+    <col min="1750" max="1750" width="5.5703125" style="1" customWidth="1"/>
+    <col min="1751" max="1751" width="23.140625" style="1" customWidth="1"/>
     <col min="1752" max="1752" width="5" style="1" customWidth="1"/>
-    <col min="1753" max="1753" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="2007" max="2007" width="23.1796875" style="1" customWidth="1"/>
+    <col min="1753" max="1753" width="47.42578125" style="1" customWidth="1"/>
+    <col min="1754" max="2003" width="8.7109375" style="1"/>
+    <col min="2004" max="2004" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2005" max="2005" width="38.85546875" style="1" customWidth="1"/>
+    <col min="2006" max="2006" width="5.5703125" style="1" customWidth="1"/>
+    <col min="2007" max="2007" width="23.140625" style="1" customWidth="1"/>
     <col min="2008" max="2008" width="5" style="1" customWidth="1"/>
-    <col min="2009" max="2009" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="2263" max="2263" width="23.1796875" style="1" customWidth="1"/>
+    <col min="2009" max="2009" width="47.42578125" style="1" customWidth="1"/>
+    <col min="2010" max="2259" width="8.7109375" style="1"/>
+    <col min="2260" max="2260" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2261" max="2261" width="38.85546875" style="1" customWidth="1"/>
+    <col min="2262" max="2262" width="5.5703125" style="1" customWidth="1"/>
+    <col min="2263" max="2263" width="23.140625" style="1" customWidth="1"/>
     <col min="2264" max="2264" width="5" style="1" customWidth="1"/>
-    <col min="2265" max="2265" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="2519" max="2519" width="23.1796875" style="1" customWidth="1"/>
+    <col min="2265" max="2265" width="47.42578125" style="1" customWidth="1"/>
+    <col min="2266" max="2515" width="8.7109375" style="1"/>
+    <col min="2516" max="2516" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2517" max="2517" width="38.85546875" style="1" customWidth="1"/>
+    <col min="2518" max="2518" width="5.5703125" style="1" customWidth="1"/>
+    <col min="2519" max="2519" width="23.140625" style="1" customWidth="1"/>
     <col min="2520" max="2520" width="5" style="1" customWidth="1"/>
-    <col min="2521" max="2521" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="2775" max="2775" width="23.1796875" style="1" customWidth="1"/>
+    <col min="2521" max="2521" width="47.42578125" style="1" customWidth="1"/>
+    <col min="2522" max="2771" width="8.7109375" style="1"/>
+    <col min="2772" max="2772" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2773" max="2773" width="38.85546875" style="1" customWidth="1"/>
+    <col min="2774" max="2774" width="5.5703125" style="1" customWidth="1"/>
+    <col min="2775" max="2775" width="23.140625" style="1" customWidth="1"/>
     <col min="2776" max="2776" width="5" style="1" customWidth="1"/>
-    <col min="2777" max="2777" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="3031" max="3031" width="23.1796875" style="1" customWidth="1"/>
+    <col min="2777" max="2777" width="47.42578125" style="1" customWidth="1"/>
+    <col min="2778" max="3027" width="8.7109375" style="1"/>
+    <col min="3028" max="3028" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3029" max="3029" width="38.85546875" style="1" customWidth="1"/>
+    <col min="3030" max="3030" width="5.5703125" style="1" customWidth="1"/>
+    <col min="3031" max="3031" width="23.140625" style="1" customWidth="1"/>
     <col min="3032" max="3032" width="5" style="1" customWidth="1"/>
-    <col min="3033" max="3033" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="3287" max="3287" width="23.1796875" style="1" customWidth="1"/>
+    <col min="3033" max="3033" width="47.42578125" style="1" customWidth="1"/>
+    <col min="3034" max="3283" width="8.7109375" style="1"/>
+    <col min="3284" max="3284" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3285" max="3285" width="38.85546875" style="1" customWidth="1"/>
+    <col min="3286" max="3286" width="5.5703125" style="1" customWidth="1"/>
+    <col min="3287" max="3287" width="23.140625" style="1" customWidth="1"/>
     <col min="3288" max="3288" width="5" style="1" customWidth="1"/>
-    <col min="3289" max="3289" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="3543" max="3543" width="23.1796875" style="1" customWidth="1"/>
+    <col min="3289" max="3289" width="47.42578125" style="1" customWidth="1"/>
+    <col min="3290" max="3539" width="8.7109375" style="1"/>
+    <col min="3540" max="3540" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3541" max="3541" width="38.85546875" style="1" customWidth="1"/>
+    <col min="3542" max="3542" width="5.5703125" style="1" customWidth="1"/>
+    <col min="3543" max="3543" width="23.140625" style="1" customWidth="1"/>
     <col min="3544" max="3544" width="5" style="1" customWidth="1"/>
-    <col min="3545" max="3545" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="3799" max="3799" width="23.1796875" style="1" customWidth="1"/>
+    <col min="3545" max="3545" width="47.42578125" style="1" customWidth="1"/>
+    <col min="3546" max="3795" width="8.7109375" style="1"/>
+    <col min="3796" max="3796" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3797" max="3797" width="38.85546875" style="1" customWidth="1"/>
+    <col min="3798" max="3798" width="5.5703125" style="1" customWidth="1"/>
+    <col min="3799" max="3799" width="23.140625" style="1" customWidth="1"/>
     <col min="3800" max="3800" width="5" style="1" customWidth="1"/>
-    <col min="3801" max="3801" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="4055" max="4055" width="23.1796875" style="1" customWidth="1"/>
+    <col min="3801" max="3801" width="47.42578125" style="1" customWidth="1"/>
+    <col min="3802" max="4051" width="8.7109375" style="1"/>
+    <col min="4052" max="4052" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4053" max="4053" width="38.85546875" style="1" customWidth="1"/>
+    <col min="4054" max="4054" width="5.5703125" style="1" customWidth="1"/>
+    <col min="4055" max="4055" width="23.140625" style="1" customWidth="1"/>
     <col min="4056" max="4056" width="5" style="1" customWidth="1"/>
-    <col min="4057" max="4057" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="4311" max="4311" width="23.1796875" style="1" customWidth="1"/>
+    <col min="4057" max="4057" width="47.42578125" style="1" customWidth="1"/>
+    <col min="4058" max="4307" width="8.7109375" style="1"/>
+    <col min="4308" max="4308" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4309" max="4309" width="38.85546875" style="1" customWidth="1"/>
+    <col min="4310" max="4310" width="5.5703125" style="1" customWidth="1"/>
+    <col min="4311" max="4311" width="23.140625" style="1" customWidth="1"/>
     <col min="4312" max="4312" width="5" style="1" customWidth="1"/>
-    <col min="4313" max="4313" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="4567" max="4567" width="23.1796875" style="1" customWidth="1"/>
+    <col min="4313" max="4313" width="47.42578125" style="1" customWidth="1"/>
+    <col min="4314" max="4563" width="8.7109375" style="1"/>
+    <col min="4564" max="4564" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4565" max="4565" width="38.85546875" style="1" customWidth="1"/>
+    <col min="4566" max="4566" width="5.5703125" style="1" customWidth="1"/>
+    <col min="4567" max="4567" width="23.140625" style="1" customWidth="1"/>
     <col min="4568" max="4568" width="5" style="1" customWidth="1"/>
-    <col min="4569" max="4569" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="4823" max="4823" width="23.1796875" style="1" customWidth="1"/>
+    <col min="4569" max="4569" width="47.42578125" style="1" customWidth="1"/>
+    <col min="4570" max="4819" width="8.7109375" style="1"/>
+    <col min="4820" max="4820" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4821" max="4821" width="38.85546875" style="1" customWidth="1"/>
+    <col min="4822" max="4822" width="5.5703125" style="1" customWidth="1"/>
+    <col min="4823" max="4823" width="23.140625" style="1" customWidth="1"/>
     <col min="4824" max="4824" width="5" style="1" customWidth="1"/>
-    <col min="4825" max="4825" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="5079" max="5079" width="23.1796875" style="1" customWidth="1"/>
+    <col min="4825" max="4825" width="47.42578125" style="1" customWidth="1"/>
+    <col min="4826" max="5075" width="8.7109375" style="1"/>
+    <col min="5076" max="5076" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5077" max="5077" width="38.85546875" style="1" customWidth="1"/>
+    <col min="5078" max="5078" width="5.5703125" style="1" customWidth="1"/>
+    <col min="5079" max="5079" width="23.140625" style="1" customWidth="1"/>
     <col min="5080" max="5080" width="5" style="1" customWidth="1"/>
-    <col min="5081" max="5081" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="5335" max="5335" width="23.1796875" style="1" customWidth="1"/>
+    <col min="5081" max="5081" width="47.42578125" style="1" customWidth="1"/>
+    <col min="5082" max="5331" width="8.7109375" style="1"/>
+    <col min="5332" max="5332" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5333" max="5333" width="38.85546875" style="1" customWidth="1"/>
+    <col min="5334" max="5334" width="5.5703125" style="1" customWidth="1"/>
+    <col min="5335" max="5335" width="23.140625" style="1" customWidth="1"/>
     <col min="5336" max="5336" width="5" style="1" customWidth="1"/>
-    <col min="5337" max="5337" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="5591" max="5591" width="23.1796875" style="1" customWidth="1"/>
+    <col min="5337" max="5337" width="47.42578125" style="1" customWidth="1"/>
+    <col min="5338" max="5587" width="8.7109375" style="1"/>
+    <col min="5588" max="5588" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5589" max="5589" width="38.85546875" style="1" customWidth="1"/>
+    <col min="5590" max="5590" width="5.5703125" style="1" customWidth="1"/>
+    <col min="5591" max="5591" width="23.140625" style="1" customWidth="1"/>
     <col min="5592" max="5592" width="5" style="1" customWidth="1"/>
-    <col min="5593" max="5593" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="5847" max="5847" width="23.1796875" style="1" customWidth="1"/>
+    <col min="5593" max="5593" width="47.42578125" style="1" customWidth="1"/>
+    <col min="5594" max="5843" width="8.7109375" style="1"/>
+    <col min="5844" max="5844" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5845" max="5845" width="38.85546875" style="1" customWidth="1"/>
+    <col min="5846" max="5846" width="5.5703125" style="1" customWidth="1"/>
+    <col min="5847" max="5847" width="23.140625" style="1" customWidth="1"/>
     <col min="5848" max="5848" width="5" style="1" customWidth="1"/>
-    <col min="5849" max="5849" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6103" max="6103" width="23.1796875" style="1" customWidth="1"/>
+    <col min="5849" max="5849" width="47.42578125" style="1" customWidth="1"/>
+    <col min="5850" max="6099" width="8.7109375" style="1"/>
+    <col min="6100" max="6100" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6101" max="6101" width="38.85546875" style="1" customWidth="1"/>
+    <col min="6102" max="6102" width="5.5703125" style="1" customWidth="1"/>
+    <col min="6103" max="6103" width="23.140625" style="1" customWidth="1"/>
     <col min="6104" max="6104" width="5" style="1" customWidth="1"/>
-    <col min="6105" max="6105" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6359" max="6359" width="23.1796875" style="1" customWidth="1"/>
+    <col min="6105" max="6105" width="47.42578125" style="1" customWidth="1"/>
+    <col min="6106" max="6355" width="8.7109375" style="1"/>
+    <col min="6356" max="6356" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6357" max="6357" width="38.85546875" style="1" customWidth="1"/>
+    <col min="6358" max="6358" width="5.5703125" style="1" customWidth="1"/>
+    <col min="6359" max="6359" width="23.140625" style="1" customWidth="1"/>
     <col min="6360" max="6360" width="5" style="1" customWidth="1"/>
-    <col min="6361" max="6361" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6615" max="6615" width="23.1796875" style="1" customWidth="1"/>
+    <col min="6361" max="6361" width="47.42578125" style="1" customWidth="1"/>
+    <col min="6362" max="6611" width="8.7109375" style="1"/>
+    <col min="6612" max="6612" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6613" max="6613" width="38.85546875" style="1" customWidth="1"/>
+    <col min="6614" max="6614" width="5.5703125" style="1" customWidth="1"/>
+    <col min="6615" max="6615" width="23.140625" style="1" customWidth="1"/>
     <col min="6616" max="6616" width="5" style="1" customWidth="1"/>
-    <col min="6617" max="6617" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6871" max="6871" width="23.1796875" style="1" customWidth="1"/>
+    <col min="6617" max="6617" width="47.42578125" style="1" customWidth="1"/>
+    <col min="6618" max="6867" width="8.7109375" style="1"/>
+    <col min="6868" max="6868" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6869" max="6869" width="38.85546875" style="1" customWidth="1"/>
+    <col min="6870" max="6870" width="5.5703125" style="1" customWidth="1"/>
+    <col min="6871" max="6871" width="23.140625" style="1" customWidth="1"/>
     <col min="6872" max="6872" width="5" style="1" customWidth="1"/>
-    <col min="6873" max="6873" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7127" max="7127" width="23.1796875" style="1" customWidth="1"/>
+    <col min="6873" max="6873" width="47.42578125" style="1" customWidth="1"/>
+    <col min="6874" max="7123" width="8.7109375" style="1"/>
+    <col min="7124" max="7124" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7125" max="7125" width="38.85546875" style="1" customWidth="1"/>
+    <col min="7126" max="7126" width="5.5703125" style="1" customWidth="1"/>
+    <col min="7127" max="7127" width="23.140625" style="1" customWidth="1"/>
     <col min="7128" max="7128" width="5" style="1" customWidth="1"/>
-    <col min="7129" max="7129" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7383" max="7383" width="23.1796875" style="1" customWidth="1"/>
+    <col min="7129" max="7129" width="47.42578125" style="1" customWidth="1"/>
+    <col min="7130" max="7379" width="8.7109375" style="1"/>
+    <col min="7380" max="7380" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7381" max="7381" width="38.85546875" style="1" customWidth="1"/>
+    <col min="7382" max="7382" width="5.5703125" style="1" customWidth="1"/>
+    <col min="7383" max="7383" width="23.140625" style="1" customWidth="1"/>
     <col min="7384" max="7384" width="5" style="1" customWidth="1"/>
-    <col min="7385" max="7385" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7639" max="7639" width="23.1796875" style="1" customWidth="1"/>
+    <col min="7385" max="7385" width="47.42578125" style="1" customWidth="1"/>
+    <col min="7386" max="7635" width="8.7109375" style="1"/>
+    <col min="7636" max="7636" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7637" max="7637" width="38.85546875" style="1" customWidth="1"/>
+    <col min="7638" max="7638" width="5.5703125" style="1" customWidth="1"/>
+    <col min="7639" max="7639" width="23.140625" style="1" customWidth="1"/>
     <col min="7640" max="7640" width="5" style="1" customWidth="1"/>
-    <col min="7641" max="7641" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7895" max="7895" width="23.1796875" style="1" customWidth="1"/>
+    <col min="7641" max="7641" width="47.42578125" style="1" customWidth="1"/>
+    <col min="7642" max="7891" width="8.7109375" style="1"/>
+    <col min="7892" max="7892" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7893" max="7893" width="38.85546875" style="1" customWidth="1"/>
+    <col min="7894" max="7894" width="5.5703125" style="1" customWidth="1"/>
+    <col min="7895" max="7895" width="23.140625" style="1" customWidth="1"/>
     <col min="7896" max="7896" width="5" style="1" customWidth="1"/>
-    <col min="7897" max="7897" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8151" max="8151" width="23.1796875" style="1" customWidth="1"/>
+    <col min="7897" max="7897" width="47.42578125" style="1" customWidth="1"/>
+    <col min="7898" max="8147" width="8.7109375" style="1"/>
+    <col min="8148" max="8148" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8149" max="8149" width="38.85546875" style="1" customWidth="1"/>
+    <col min="8150" max="8150" width="5.5703125" style="1" customWidth="1"/>
+    <col min="8151" max="8151" width="23.140625" style="1" customWidth="1"/>
     <col min="8152" max="8152" width="5" style="1" customWidth="1"/>
-    <col min="8153" max="8153" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8407" max="8407" width="23.1796875" style="1" customWidth="1"/>
+    <col min="8153" max="8153" width="47.42578125" style="1" customWidth="1"/>
+    <col min="8154" max="8403" width="8.7109375" style="1"/>
+    <col min="8404" max="8404" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8405" max="8405" width="38.85546875" style="1" customWidth="1"/>
+    <col min="8406" max="8406" width="5.5703125" style="1" customWidth="1"/>
+    <col min="8407" max="8407" width="23.140625" style="1" customWidth="1"/>
     <col min="8408" max="8408" width="5" style="1" customWidth="1"/>
-    <col min="8409" max="8409" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8663" max="8663" width="23.1796875" style="1" customWidth="1"/>
+    <col min="8409" max="8409" width="47.42578125" style="1" customWidth="1"/>
+    <col min="8410" max="8659" width="8.7109375" style="1"/>
+    <col min="8660" max="8660" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8661" max="8661" width="38.85546875" style="1" customWidth="1"/>
+    <col min="8662" max="8662" width="5.5703125" style="1" customWidth="1"/>
+    <col min="8663" max="8663" width="23.140625" style="1" customWidth="1"/>
     <col min="8664" max="8664" width="5" style="1" customWidth="1"/>
-    <col min="8665" max="8665" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8919" max="8919" width="23.1796875" style="1" customWidth="1"/>
+    <col min="8665" max="8665" width="47.42578125" style="1" customWidth="1"/>
+    <col min="8666" max="8915" width="8.7109375" style="1"/>
+    <col min="8916" max="8916" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8917" max="8917" width="38.85546875" style="1" customWidth="1"/>
+    <col min="8918" max="8918" width="5.5703125" style="1" customWidth="1"/>
+    <col min="8919" max="8919" width="23.140625" style="1" customWidth="1"/>
     <col min="8920" max="8920" width="5" style="1" customWidth="1"/>
-    <col min="8921" max="8921" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9175" max="9175" width="23.1796875" style="1" customWidth="1"/>
+    <col min="8921" max="8921" width="47.42578125" style="1" customWidth="1"/>
+    <col min="8922" max="9171" width="8.7109375" style="1"/>
+    <col min="9172" max="9172" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9173" max="9173" width="38.85546875" style="1" customWidth="1"/>
+    <col min="9174" max="9174" width="5.5703125" style="1" customWidth="1"/>
+    <col min="9175" max="9175" width="23.140625" style="1" customWidth="1"/>
     <col min="9176" max="9176" width="5" style="1" customWidth="1"/>
-    <col min="9177" max="9177" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9431" max="9431" width="23.1796875" style="1" customWidth="1"/>
+    <col min="9177" max="9177" width="47.42578125" style="1" customWidth="1"/>
+    <col min="9178" max="9427" width="8.7109375" style="1"/>
+    <col min="9428" max="9428" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9429" max="9429" width="38.85546875" style="1" customWidth="1"/>
+    <col min="9430" max="9430" width="5.5703125" style="1" customWidth="1"/>
+    <col min="9431" max="9431" width="23.140625" style="1" customWidth="1"/>
     <col min="9432" max="9432" width="5" style="1" customWidth="1"/>
-    <col min="9433" max="9433" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9687" max="9687" width="23.1796875" style="1" customWidth="1"/>
+    <col min="9433" max="9433" width="47.42578125" style="1" customWidth="1"/>
+    <col min="9434" max="9683" width="8.7109375" style="1"/>
+    <col min="9684" max="9684" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9685" max="9685" width="38.85546875" style="1" customWidth="1"/>
+    <col min="9686" max="9686" width="5.5703125" style="1" customWidth="1"/>
+    <col min="9687" max="9687" width="23.140625" style="1" customWidth="1"/>
     <col min="9688" max="9688" width="5" style="1" customWidth="1"/>
-    <col min="9689" max="9689" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9943" max="9943" width="23.1796875" style="1" customWidth="1"/>
+    <col min="9689" max="9689" width="47.42578125" style="1" customWidth="1"/>
+    <col min="9690" max="9939" width="8.7109375" style="1"/>
+    <col min="9940" max="9940" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9941" max="9941" width="38.85546875" style="1" customWidth="1"/>
+    <col min="9942" max="9942" width="5.5703125" style="1" customWidth="1"/>
+    <col min="9943" max="9943" width="23.140625" style="1" customWidth="1"/>
     <col min="9944" max="9944" width="5" style="1" customWidth="1"/>
-    <col min="9945" max="9945" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10199" max="10199" width="23.1796875" style="1" customWidth="1"/>
+    <col min="9945" max="9945" width="47.42578125" style="1" customWidth="1"/>
+    <col min="9946" max="10195" width="8.7109375" style="1"/>
+    <col min="10196" max="10196" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10197" max="10197" width="38.85546875" style="1" customWidth="1"/>
+    <col min="10198" max="10198" width="5.5703125" style="1" customWidth="1"/>
+    <col min="10199" max="10199" width="23.140625" style="1" customWidth="1"/>
     <col min="10200" max="10200" width="5" style="1" customWidth="1"/>
-    <col min="10201" max="10201" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10455" max="10455" width="23.1796875" style="1" customWidth="1"/>
+    <col min="10201" max="10201" width="47.42578125" style="1" customWidth="1"/>
+    <col min="10202" max="10451" width="8.7109375" style="1"/>
+    <col min="10452" max="10452" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10453" max="10453" width="38.85546875" style="1" customWidth="1"/>
+    <col min="10454" max="10454" width="5.5703125" style="1" customWidth="1"/>
+    <col min="10455" max="10455" width="23.140625" style="1" customWidth="1"/>
     <col min="10456" max="10456" width="5" style="1" customWidth="1"/>
-    <col min="10457" max="10457" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10711" max="10711" width="23.1796875" style="1" customWidth="1"/>
+    <col min="10457" max="10457" width="47.42578125" style="1" customWidth="1"/>
+    <col min="10458" max="10707" width="8.7109375" style="1"/>
+    <col min="10708" max="10708" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10709" max="10709" width="38.85546875" style="1" customWidth="1"/>
+    <col min="10710" max="10710" width="5.5703125" style="1" customWidth="1"/>
+    <col min="10711" max="10711" width="23.140625" style="1" customWidth="1"/>
     <col min="10712" max="10712" width="5" style="1" customWidth="1"/>
-    <col min="10713" max="10713" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10967" max="10967" width="23.1796875" style="1" customWidth="1"/>
+    <col min="10713" max="10713" width="47.42578125" style="1" customWidth="1"/>
+    <col min="10714" max="10963" width="8.7109375" style="1"/>
+    <col min="10964" max="10964" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10965" max="10965" width="38.85546875" style="1" customWidth="1"/>
+    <col min="10966" max="10966" width="5.5703125" style="1" customWidth="1"/>
+    <col min="10967" max="10967" width="23.140625" style="1" customWidth="1"/>
     <col min="10968" max="10968" width="5" style="1" customWidth="1"/>
-    <col min="10969" max="10969" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11223" max="11223" width="23.1796875" style="1" customWidth="1"/>
+    <col min="10969" max="10969" width="47.42578125" style="1" customWidth="1"/>
+    <col min="10970" max="11219" width="8.7109375" style="1"/>
+    <col min="11220" max="11220" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11221" max="11221" width="38.85546875" style="1" customWidth="1"/>
+    <col min="11222" max="11222" width="5.5703125" style="1" customWidth="1"/>
+    <col min="11223" max="11223" width="23.140625" style="1" customWidth="1"/>
     <col min="11224" max="11224" width="5" style="1" customWidth="1"/>
-    <col min="11225" max="11225" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11479" max="11479" width="23.1796875" style="1" customWidth="1"/>
+    <col min="11225" max="11225" width="47.42578125" style="1" customWidth="1"/>
+    <col min="11226" max="11475" width="8.7109375" style="1"/>
+    <col min="11476" max="11476" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11477" max="11477" width="38.85546875" style="1" customWidth="1"/>
+    <col min="11478" max="11478" width="5.5703125" style="1" customWidth="1"/>
+    <col min="11479" max="11479" width="23.140625" style="1" customWidth="1"/>
     <col min="11480" max="11480" width="5" style="1" customWidth="1"/>
-    <col min="11481" max="11481" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11735" max="11735" width="23.1796875" style="1" customWidth="1"/>
+    <col min="11481" max="11481" width="47.42578125" style="1" customWidth="1"/>
+    <col min="11482" max="11731" width="8.7109375" style="1"/>
+    <col min="11732" max="11732" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11733" max="11733" width="38.85546875" style="1" customWidth="1"/>
+    <col min="11734" max="11734" width="5.5703125" style="1" customWidth="1"/>
+    <col min="11735" max="11735" width="23.140625" style="1" customWidth="1"/>
     <col min="11736" max="11736" width="5" style="1" customWidth="1"/>
-    <col min="11737" max="11737" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11991" max="11991" width="23.1796875" style="1" customWidth="1"/>
+    <col min="11737" max="11737" width="47.42578125" style="1" customWidth="1"/>
+    <col min="11738" max="11987" width="8.7109375" style="1"/>
+    <col min="11988" max="11988" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11989" max="11989" width="38.85546875" style="1" customWidth="1"/>
+    <col min="11990" max="11990" width="5.5703125" style="1" customWidth="1"/>
+    <col min="11991" max="11991" width="23.140625" style="1" customWidth="1"/>
     <col min="11992" max="11992" width="5" style="1" customWidth="1"/>
-    <col min="11993" max="11993" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12247" max="12247" width="23.1796875" style="1" customWidth="1"/>
+    <col min="11993" max="11993" width="47.42578125" style="1" customWidth="1"/>
+    <col min="11994" max="12243" width="8.7109375" style="1"/>
+    <col min="12244" max="12244" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12245" max="12245" width="38.85546875" style="1" customWidth="1"/>
+    <col min="12246" max="12246" width="5.5703125" style="1" customWidth="1"/>
+    <col min="12247" max="12247" width="23.140625" style="1" customWidth="1"/>
     <col min="12248" max="12248" width="5" style="1" customWidth="1"/>
-    <col min="12249" max="12249" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12503" max="12503" width="23.1796875" style="1" customWidth="1"/>
+    <col min="12249" max="12249" width="47.42578125" style="1" customWidth="1"/>
+    <col min="12250" max="12499" width="8.7109375" style="1"/>
+    <col min="12500" max="12500" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12501" max="12501" width="38.85546875" style="1" customWidth="1"/>
+    <col min="12502" max="12502" width="5.5703125" style="1" customWidth="1"/>
+    <col min="12503" max="12503" width="23.140625" style="1" customWidth="1"/>
     <col min="12504" max="12504" width="5" style="1" customWidth="1"/>
-    <col min="12505" max="12505" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12759" max="12759" width="23.1796875" style="1" customWidth="1"/>
+    <col min="12505" max="12505" width="47.42578125" style="1" customWidth="1"/>
+    <col min="12506" max="12755" width="8.7109375" style="1"/>
+    <col min="12756" max="12756" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12757" max="12757" width="38.85546875" style="1" customWidth="1"/>
+    <col min="12758" max="12758" width="5.5703125" style="1" customWidth="1"/>
+    <col min="12759" max="12759" width="23.140625" style="1" customWidth="1"/>
     <col min="12760" max="12760" width="5" style="1" customWidth="1"/>
-    <col min="12761" max="12761" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13015" max="13015" width="23.1796875" style="1" customWidth="1"/>
+    <col min="12761" max="12761" width="47.42578125" style="1" customWidth="1"/>
+    <col min="12762" max="13011" width="8.7109375" style="1"/>
+    <col min="13012" max="13012" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13013" max="13013" width="38.85546875" style="1" customWidth="1"/>
+    <col min="13014" max="13014" width="5.5703125" style="1" customWidth="1"/>
+    <col min="13015" max="13015" width="23.140625" style="1" customWidth="1"/>
     <col min="13016" max="13016" width="5" style="1" customWidth="1"/>
-    <col min="13017" max="13017" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13271" max="13271" width="23.1796875" style="1" customWidth="1"/>
+    <col min="13017" max="13017" width="47.42578125" style="1" customWidth="1"/>
+    <col min="13018" max="13267" width="8.7109375" style="1"/>
+    <col min="13268" max="13268" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13269" max="13269" width="38.85546875" style="1" customWidth="1"/>
+    <col min="13270" max="13270" width="5.5703125" style="1" customWidth="1"/>
+    <col min="13271" max="13271" width="23.140625" style="1" customWidth="1"/>
     <col min="13272" max="13272" width="5" style="1" customWidth="1"/>
-    <col min="13273" max="13273" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13527" max="13527" width="23.1796875" style="1" customWidth="1"/>
+    <col min="13273" max="13273" width="47.42578125" style="1" customWidth="1"/>
+    <col min="13274" max="13523" width="8.7109375" style="1"/>
+    <col min="13524" max="13524" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13525" max="13525" width="38.85546875" style="1" customWidth="1"/>
+    <col min="13526" max="13526" width="5.5703125" style="1" customWidth="1"/>
+    <col min="13527" max="13527" width="23.140625" style="1" customWidth="1"/>
     <col min="13528" max="13528" width="5" style="1" customWidth="1"/>
-    <col min="13529" max="13529" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13783" max="13783" width="23.1796875" style="1" customWidth="1"/>
+    <col min="13529" max="13529" width="47.42578125" style="1" customWidth="1"/>
+    <col min="13530" max="13779" width="8.7109375" style="1"/>
+    <col min="13780" max="13780" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13781" max="13781" width="38.85546875" style="1" customWidth="1"/>
+    <col min="13782" max="13782" width="5.5703125" style="1" customWidth="1"/>
+    <col min="13783" max="13783" width="23.140625" style="1" customWidth="1"/>
     <col min="13784" max="13784" width="5" style="1" customWidth="1"/>
-    <col min="13785" max="13785" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14039" max="14039" width="23.1796875" style="1" customWidth="1"/>
+    <col min="13785" max="13785" width="47.42578125" style="1" customWidth="1"/>
+    <col min="13786" max="14035" width="8.7109375" style="1"/>
+    <col min="14036" max="14036" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14037" max="14037" width="38.85546875" style="1" customWidth="1"/>
+    <col min="14038" max="14038" width="5.5703125" style="1" customWidth="1"/>
+    <col min="14039" max="14039" width="23.140625" style="1" customWidth="1"/>
     <col min="14040" max="14040" width="5" style="1" customWidth="1"/>
-    <col min="14041" max="14041" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14295" max="14295" width="23.1796875" style="1" customWidth="1"/>
+    <col min="14041" max="14041" width="47.42578125" style="1" customWidth="1"/>
+    <col min="14042" max="14291" width="8.7109375" style="1"/>
+    <col min="14292" max="14292" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14293" max="14293" width="38.85546875" style="1" customWidth="1"/>
+    <col min="14294" max="14294" width="5.5703125" style="1" customWidth="1"/>
+    <col min="14295" max="14295" width="23.140625" style="1" customWidth="1"/>
     <col min="14296" max="14296" width="5" style="1" customWidth="1"/>
-    <col min="14297" max="14297" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14551" max="14551" width="23.1796875" style="1" customWidth="1"/>
+    <col min="14297" max="14297" width="47.42578125" style="1" customWidth="1"/>
+    <col min="14298" max="14547" width="8.7109375" style="1"/>
+    <col min="14548" max="14548" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14549" max="14549" width="38.85546875" style="1" customWidth="1"/>
+    <col min="14550" max="14550" width="5.5703125" style="1" customWidth="1"/>
+    <col min="14551" max="14551" width="23.140625" style="1" customWidth="1"/>
     <col min="14552" max="14552" width="5" style="1" customWidth="1"/>
-    <col min="14553" max="14553" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14807" max="14807" width="23.1796875" style="1" customWidth="1"/>
+    <col min="14553" max="14553" width="47.42578125" style="1" customWidth="1"/>
+    <col min="14554" max="14803" width="8.7109375" style="1"/>
+    <col min="14804" max="14804" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14805" max="14805" width="38.85546875" style="1" customWidth="1"/>
+    <col min="14806" max="14806" width="5.5703125" style="1" customWidth="1"/>
+    <col min="14807" max="14807" width="23.140625" style="1" customWidth="1"/>
     <col min="14808" max="14808" width="5" style="1" customWidth="1"/>
-    <col min="14809" max="14809" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15063" max="15063" width="23.1796875" style="1" customWidth="1"/>
+    <col min="14809" max="14809" width="47.42578125" style="1" customWidth="1"/>
+    <col min="14810" max="15059" width="8.7109375" style="1"/>
+    <col min="15060" max="15060" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15061" max="15061" width="38.85546875" style="1" customWidth="1"/>
+    <col min="15062" max="15062" width="5.5703125" style="1" customWidth="1"/>
+    <col min="15063" max="15063" width="23.140625" style="1" customWidth="1"/>
     <col min="15064" max="15064" width="5" style="1" customWidth="1"/>
-    <col min="15065" max="15065" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15319" max="15319" width="23.1796875" style="1" customWidth="1"/>
+    <col min="15065" max="15065" width="47.42578125" style="1" customWidth="1"/>
+    <col min="15066" max="15315" width="8.7109375" style="1"/>
+    <col min="15316" max="15316" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15317" max="15317" width="38.85546875" style="1" customWidth="1"/>
+    <col min="15318" max="15318" width="5.5703125" style="1" customWidth="1"/>
+    <col min="15319" max="15319" width="23.140625" style="1" customWidth="1"/>
     <col min="15320" max="15320" width="5" style="1" customWidth="1"/>
-    <col min="15321" max="15321" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15575" max="15575" width="23.1796875" style="1" customWidth="1"/>
+    <col min="15321" max="15321" width="47.42578125" style="1" customWidth="1"/>
+    <col min="15322" max="15571" width="8.7109375" style="1"/>
+    <col min="15572" max="15572" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15573" max="15573" width="38.85546875" style="1" customWidth="1"/>
+    <col min="15574" max="15574" width="5.5703125" style="1" customWidth="1"/>
+    <col min="15575" max="15575" width="23.140625" style="1" customWidth="1"/>
     <col min="15576" max="15576" width="5" style="1" customWidth="1"/>
-    <col min="15577" max="15577" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15831" max="15831" width="23.1796875" style="1" customWidth="1"/>
+    <col min="15577" max="15577" width="47.42578125" style="1" customWidth="1"/>
+    <col min="15578" max="15827" width="8.7109375" style="1"/>
+    <col min="15828" max="15828" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15829" max="15829" width="38.85546875" style="1" customWidth="1"/>
+    <col min="15830" max="15830" width="5.5703125" style="1" customWidth="1"/>
+    <col min="15831" max="15831" width="23.140625" style="1" customWidth="1"/>
     <col min="15832" max="15832" width="5" style="1" customWidth="1"/>
-    <col min="15833" max="15833" width="47.453125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="16087" max="16087" width="23.1796875" style="1" customWidth="1"/>
+    <col min="15833" max="15833" width="47.42578125" style="1" customWidth="1"/>
+    <col min="15834" max="16083" width="8.7109375" style="1"/>
+    <col min="16084" max="16084" width="6.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="16085" max="16085" width="38.85546875" style="1" customWidth="1"/>
+    <col min="16086" max="16086" width="5.5703125" style="1" customWidth="1"/>
+    <col min="16087" max="16087" width="23.140625" style="1" customWidth="1"/>
     <col min="16088" max="16088" width="5" style="1" customWidth="1"/>
-    <col min="16089" max="16089" width="47.453125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16383" max="16384" width="9.1796875" style="1" customWidth="1"/>
+    <col min="16089" max="16089" width="47.42578125" style="1" customWidth="1"/>
+    <col min="16090" max="16382" width="8.7109375" style="1"/>
+    <col min="16383" max="16384" width="9.140625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
-[...31 lines deleted...]
-    <row r="4" spans="1:9" s="4" customFormat="1" ht="34.5" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="B1" s="21"/>
+      <c r="C1" s="21"/>
+      <c r="D1" s="21"/>
+      <c r="E1" s="21"/>
+      <c r="F1" s="21"/>
+      <c r="G1" s="21"/>
+      <c r="H1" s="21"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
+      <c r="F2" s="21"/>
+      <c r="G2" s="21"/>
+      <c r="H2" s="21"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="22"/>
+      <c r="B3" s="22"/>
+      <c r="C3" s="22"/>
+      <c r="D3" s="22"/>
+      <c r="E3" s="22"/>
+      <c r="F3" s="22"/>
+      <c r="G3" s="22"/>
+      <c r="H3" s="22"/>
+    </row>
+    <row r="4" spans="1:9" s="4" customFormat="1" ht="36" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:9" ht="25" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:9" ht="41.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="18">
         <v>858</v>
       </c>
       <c r="B5" s="7" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="C5" s="19">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D5" s="7" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="E5" s="19" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="F5" s="7" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G5" s="10" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="H5" s="17" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I5" s="8">
         <v>46012</v>
       </c>
     </row>
-    <row r="6" spans="1:9" ht="25" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:9" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A6" s="18">
         <v>859</v>
       </c>
       <c r="B6" s="7" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="C6" s="19">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="E6" s="19" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="F6" s="7" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G6" s="10" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="H6" s="17" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I6" s="8">
         <v>46012</v>
       </c>
     </row>
-    <row r="7" spans="1:9" ht="37.5" x14ac:dyDescent="0.25">
-[...643 lines deleted...]
-      <c r="G29" s="10"/>
+    <row r="7" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A7" s="11"/>
+      <c r="B7" s="11"/>
+      <c r="C7" s="9"/>
+      <c r="D7" s="7"/>
+      <c r="E7" s="14"/>
+      <c r="F7" s="7"/>
+      <c r="G7" s="10"/>
+      <c r="H7" s="7"/>
+      <c r="I7" s="8"/>
+    </row>
+    <row r="8" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A8" s="11"/>
+      <c r="B8" s="11"/>
+      <c r="C8" s="9"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="14"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="10"/>
+      <c r="H8" s="7"/>
+      <c r="I8" s="8"/>
+    </row>
+    <row r="9" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A9" s="11"/>
+      <c r="B9" s="11"/>
+      <c r="C9" s="9"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="14"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="10"/>
+      <c r="H9" s="7"/>
+      <c r="I9" s="8"/>
+    </row>
+    <row r="10" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A10" s="11"/>
+      <c r="B10" s="11"/>
+      <c r="C10" s="9"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="14"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="10"/>
+      <c r="H10" s="7"/>
+      <c r="I10" s="8"/>
+    </row>
+    <row r="11" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A11" s="11"/>
+      <c r="B11" s="11"/>
+      <c r="C11" s="9"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="14"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="10"/>
+      <c r="H11" s="7"/>
+      <c r="I11" s="8"/>
+    </row>
+    <row r="12" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A12" s="11"/>
+      <c r="B12" s="11"/>
+      <c r="C12" s="9"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="14"/>
+      <c r="F12" s="7"/>
+      <c r="G12" s="10"/>
+      <c r="H12" s="7"/>
+      <c r="I12" s="8"/>
+    </row>
+    <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A13" s="11"/>
+      <c r="B13" s="11"/>
+      <c r="C13" s="9"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="14"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="10"/>
+      <c r="H13" s="7"/>
+      <c r="I13" s="8"/>
+    </row>
+    <row r="14" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A14" s="11"/>
+      <c r="B14" s="11"/>
+      <c r="C14" s="9"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="14"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="10"/>
+      <c r="H14" s="7"/>
+      <c r="I14" s="8"/>
+    </row>
+    <row r="15" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A15" s="11"/>
+      <c r="B15" s="11"/>
+      <c r="C15" s="9"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="14"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="10"/>
+      <c r="H15" s="7"/>
+      <c r="I15" s="8"/>
+    </row>
+    <row r="16" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A16" s="11"/>
+      <c r="B16" s="11"/>
+      <c r="C16" s="9"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="14"/>
+      <c r="F16" s="7"/>
+      <c r="G16" s="10"/>
+      <c r="H16" s="7"/>
+      <c r="I16" s="8"/>
+    </row>
+    <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A17" s="11"/>
+      <c r="B17" s="11"/>
+      <c r="C17" s="9"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="14"/>
+      <c r="F17" s="7"/>
+      <c r="G17" s="10"/>
+      <c r="H17" s="7"/>
+      <c r="I17" s="8"/>
+    </row>
+    <row r="18" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A18" s="11"/>
+      <c r="B18" s="11"/>
+      <c r="C18" s="9"/>
+      <c r="D18" s="7"/>
+      <c r="E18" s="14"/>
+      <c r="F18" s="7"/>
+      <c r="G18" s="10"/>
+      <c r="H18" s="7"/>
+      <c r="I18" s="8"/>
+    </row>
+    <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A19" s="11"/>
+      <c r="B19" s="11"/>
+      <c r="C19" s="9"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="14"/>
+      <c r="F19" s="7"/>
+      <c r="G19" s="10"/>
+      <c r="H19" s="7"/>
+      <c r="I19" s="8"/>
+    </row>
+    <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A20" s="11"/>
+      <c r="B20" s="11"/>
+      <c r="C20" s="9"/>
+      <c r="D20" s="7"/>
+      <c r="E20" s="14"/>
+      <c r="F20" s="7"/>
+      <c r="G20" s="10"/>
+      <c r="H20" s="7"/>
+      <c r="I20" s="8"/>
+    </row>
+    <row r="21" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A21" s="11"/>
+      <c r="B21" s="11"/>
+      <c r="C21" s="9"/>
+      <c r="D21" s="7"/>
+      <c r="E21" s="14"/>
+      <c r="F21" s="7"/>
+      <c r="G21" s="10"/>
+      <c r="H21" s="7"/>
+      <c r="I21" s="8"/>
+    </row>
+    <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A22" s="11"/>
+      <c r="B22" s="11"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="7"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="7"/>
+      <c r="G22" s="10"/>
+      <c r="H22" s="7"/>
+      <c r="I22" s="8"/>
+    </row>
+    <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A23" s="11"/>
+      <c r="B23" s="11"/>
+      <c r="C23" s="9"/>
+      <c r="D23" s="7"/>
+      <c r="E23" s="14"/>
+      <c r="F23" s="7"/>
+      <c r="G23" s="10"/>
+      <c r="H23" s="7"/>
+      <c r="I23" s="8"/>
+    </row>
+    <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A24" s="11"/>
+      <c r="B24" s="11"/>
+      <c r="C24" s="9"/>
+      <c r="D24" s="7"/>
+      <c r="E24" s="14"/>
+      <c r="F24" s="7"/>
+      <c r="G24" s="10"/>
+      <c r="H24" s="7"/>
+      <c r="I24" s="8"/>
+    </row>
+    <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A25" s="11"/>
+      <c r="B25" s="11"/>
+      <c r="C25" s="9"/>
+      <c r="D25" s="7"/>
+      <c r="E25" s="14"/>
+      <c r="F25" s="7"/>
+      <c r="G25" s="10"/>
+      <c r="H25" s="7"/>
+      <c r="I25" s="8"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="12"/>
+      <c r="B26" s="13"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="15"/>
+      <c r="F26" s="12"/>
+      <c r="G26" s="12"/>
+      <c r="H26" s="7"/>
+      <c r="I26" s="8"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="12"/>
+      <c r="B27" s="13"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="15"/>
+      <c r="F27" s="12"/>
+      <c r="G27" s="12"/>
+      <c r="H27" s="7"/>
+      <c r="I27" s="8"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="12"/>
+      <c r="B28" s="13"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="7"/>
+      <c r="E28" s="15"/>
+      <c r="F28" s="12"/>
+      <c r="G28" s="12"/>
+      <c r="H28" s="7"/>
+      <c r="I28" s="8"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="12"/>
+      <c r="B29" s="13"/>
+      <c r="C29" s="13"/>
+      <c r="D29" s="13"/>
+      <c r="E29" s="15"/>
+      <c r="F29" s="12"/>
+      <c r="G29" s="12"/>
       <c r="H29" s="7"/>
       <c r="I29" s="8"/>
     </row>
-    <row r="30" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G30" s="10"/>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="12"/>
+      <c r="B30" s="13"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="13"/>
+      <c r="E30" s="15"/>
+      <c r="F30" s="12"/>
+      <c r="G30" s="12"/>
       <c r="H30" s="7"/>
       <c r="I30" s="8"/>
     </row>
-    <row r="31" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G31" s="10"/>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="12"/>
+      <c r="B31" s="13"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="13"/>
+      <c r="E31" s="15"/>
+      <c r="F31" s="12"/>
+      <c r="G31" s="12"/>
       <c r="H31" s="7"/>
       <c r="I31" s="8"/>
     </row>
-    <row r="32" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G32" s="10"/>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="12"/>
+      <c r="B32" s="13"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="15"/>
+      <c r="F32" s="12"/>
+      <c r="G32" s="12"/>
       <c r="H32" s="7"/>
       <c r="I32" s="8"/>
     </row>
-    <row r="33" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G33" s="10"/>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="12"/>
+      <c r="B33" s="13"/>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="15"/>
+      <c r="F33" s="12"/>
+      <c r="G33" s="12"/>
       <c r="H33" s="7"/>
       <c r="I33" s="8"/>
     </row>
-    <row r="34" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G34" s="10"/>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="12"/>
+      <c r="B34" s="13"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="13"/>
+      <c r="E34" s="15"/>
+      <c r="F34" s="12"/>
+      <c r="G34" s="12"/>
       <c r="H34" s="7"/>
       <c r="I34" s="8"/>
     </row>
-    <row r="35" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G35" s="10"/>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A35" s="12"/>
+      <c r="B35" s="13"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="13"/>
+      <c r="E35" s="15"/>
+      <c r="F35" s="12"/>
+      <c r="G35" s="12"/>
       <c r="H35" s="7"/>
       <c r="I35" s="8"/>
     </row>
-    <row r="36" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G36" s="10"/>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="12"/>
+      <c r="B36" s="13"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="13"/>
+      <c r="E36" s="15"/>
+      <c r="F36" s="12"/>
+      <c r="G36" s="12"/>
       <c r="H36" s="7"/>
       <c r="I36" s="8"/>
     </row>
-    <row r="37" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G37" s="10"/>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="12"/>
+      <c r="B37" s="13"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="13"/>
+      <c r="E37" s="15"/>
+      <c r="F37" s="12"/>
+      <c r="G37" s="12"/>
       <c r="H37" s="7"/>
       <c r="I37" s="8"/>
     </row>
-    <row r="38" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B38" s="11"/>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="12"/>
+      <c r="B38" s="13"/>
       <c r="C38" s="9"/>
       <c r="D38" s="7"/>
-      <c r="E38" s="14"/>
-[...1 lines deleted...]
-      <c r="G38" s="10"/>
+      <c r="E38" s="15"/>
+      <c r="F38" s="12"/>
+      <c r="G38" s="12"/>
       <c r="H38" s="7"/>
       <c r="I38" s="8"/>
     </row>
-    <row r="39" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B39" s="11"/>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="12"/>
+      <c r="B39" s="13"/>
       <c r="C39" s="9"/>
       <c r="D39" s="7"/>
-      <c r="E39" s="14"/>
-[...1 lines deleted...]
-      <c r="G39" s="10"/>
+      <c r="E39" s="15"/>
+      <c r="F39" s="12"/>
+      <c r="G39" s="12"/>
       <c r="H39" s="7"/>
       <c r="I39" s="8"/>
     </row>
-    <row r="40" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B40" s="11"/>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="12"/>
+      <c r="B40" s="13"/>
       <c r="C40" s="9"/>
       <c r="D40" s="7"/>
-      <c r="E40" s="14"/>
-[...1 lines deleted...]
-      <c r="G40" s="10"/>
+      <c r="E40" s="15"/>
+      <c r="F40" s="12"/>
+      <c r="G40" s="12"/>
       <c r="H40" s="7"/>
       <c r="I40" s="8"/>
     </row>
-    <row r="41" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B41" s="11"/>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="12"/>
+      <c r="B41" s="13"/>
       <c r="C41" s="9"/>
       <c r="D41" s="7"/>
-      <c r="E41" s="14"/>
-[...1 lines deleted...]
-      <c r="G41" s="10"/>
+      <c r="E41" s="15"/>
+      <c r="F41" s="12"/>
+      <c r="G41" s="12"/>
       <c r="H41" s="7"/>
       <c r="I41" s="8"/>
     </row>
-    <row r="42" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G42" s="10"/>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="12"/>
+      <c r="B42" s="13"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="13"/>
+      <c r="E42" s="15"/>
+      <c r="F42" s="12"/>
+      <c r="G42" s="12"/>
       <c r="H42" s="7"/>
       <c r="I42" s="8"/>
     </row>
-    <row r="43" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G43" s="10"/>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="12"/>
+      <c r="B43" s="13"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="13"/>
+      <c r="E43" s="15"/>
+      <c r="F43" s="12"/>
+      <c r="G43" s="12"/>
       <c r="H43" s="7"/>
       <c r="I43" s="8"/>
     </row>
-    <row r="44" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G44" s="10"/>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="12"/>
+      <c r="B44" s="13"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="13"/>
+      <c r="E44" s="15"/>
+      <c r="F44" s="12"/>
+      <c r="G44" s="12"/>
       <c r="H44" s="7"/>
       <c r="I44" s="8"/>
     </row>
-    <row r="45" spans="1:9" ht="14.5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G45" s="10"/>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="12"/>
+      <c r="B45" s="13"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="13"/>
+      <c r="E45" s="15"/>
+      <c r="F45" s="12"/>
+      <c r="G45" s="12"/>
       <c r="H45" s="7"/>
       <c r="I45" s="8"/>
-    </row>
-[...262 lines deleted...]
-      <c r="I69" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:H3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="60" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;C&amp;"Arial,Bold"&amp;12
 </oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>