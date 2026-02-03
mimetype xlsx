--- v0 (2025-12-04)
+++ v1 (2026-02-03)
@@ -6,60 +6,61 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Agnes.Wierzbicki\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E50389CE-2EFF-483E-9806-C5B0F75957DE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C9F5EC27-8350-46C4-AD55-743051EA610F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="gSCM4Wl7DpNAt9YTgpBdOgLXwKVS7o80LYX7yIDXvBdRf14+wNYzbpvLM8yLMUUcVTLeJIVmzRhEz/cvXuBLGA==" workbookSaltValue="ubS5LF4baw/o+KK00eblxQ==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="1140" yWindow="1140" windowWidth="17200" windowHeight="9480" xr2:uid="{C0C051DA-1894-44C8-BE4F-2E426A006CF3}"/>
+    <workbookView xWindow="5240" yWindow="1170" windowWidth="12580" windowHeight="8490" xr2:uid="{C0C051DA-1894-44C8-BE4F-2E426A006CF3}"/>
   </bookViews>
   <sheets>
     <sheet name="Climate and Env Practices Form" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Climate and Env Practices Form'!$B$8:$E$82</definedName>
     <definedName name="_Toc521483315" localSheetId="0">'Climate and Env Practices Form'!#REF!</definedName>
     <definedName name="_Toc521483316" localSheetId="0">'Climate and Env Practices Form'!#REF!</definedName>
     <definedName name="_Toc521483317" localSheetId="0">'Climate and Env Practices Form'!#REF!</definedName>
     <definedName name="_Toc521483318" localSheetId="0">'Climate and Env Practices Form'!#REF!</definedName>
     <definedName name="_Toc521483337" localSheetId="0">'Climate and Env Practices Form'!#REF!</definedName>
     <definedName name="_Toc66890343" localSheetId="0">'Climate and Env Practices Form'!#REF!</definedName>
     <definedName name="_Toc80620510" localSheetId="0">'Climate and Env Practices Form'!#REF!</definedName>
     <definedName name="_Toc80620511" localSheetId="0">'Climate and Env Practices Form'!#REF!</definedName>
     <definedName name="_Toc80620513" localSheetId="0">'Climate and Env Practices Form'!#REF!</definedName>
     <definedName name="_Toc80620518" localSheetId="0">'Climate and Env Practices Form'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
@@ -243,62 +244,56 @@
   <c r="P43" i="7"/>
   <c r="P53" i="7"/>
   <c r="P68" i="7"/>
   <c r="P75" i="7"/>
   <c r="N57" i="7"/>
   <c r="N79" i="7"/>
   <c r="N80" i="7"/>
   <c r="N18" i="7"/>
   <c r="N56" i="7"/>
   <c r="N78" i="7"/>
   <c r="N70" i="7"/>
   <c r="N82" i="7"/>
   <c r="M84" i="7"/>
   <c r="N61" i="7" l="1"/>
   <c r="N48" i="7"/>
   <c r="N32" i="7"/>
   <c r="N20" i="7"/>
   <c r="P84" i="7"/>
   <c r="P88" i="7" s="1"/>
   <c r="N88" i="7" l="1"/>
   <c r="N84" i="7"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="98">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="98">
   <si>
     <t xml:space="preserve">  OBJECTIVE &amp; INSTRUCTIONS</t>
   </si>
   <si>
     <t>Guidance on Completing the Climate and Environmental Practices (CEP) Form</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Organizational Profile</t>
   </si>
   <si>
     <t>(Field 1)</t>
   </si>
   <si>
     <t>(Field 2)</t>
   </si>
   <si>
     <t xml:space="preserve">Legal Organization Name:  </t>
   </si>
   <si>
     <t xml:space="preserve">Legal Organization DBA:  </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="4"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>What is the number of full-time staff in your organization?</t>
     </r>
     <r>
@@ -382,93 +377,50 @@
     <t>Notes:</t>
   </si>
   <si>
     <t>Answer Value</t>
   </si>
   <si>
     <t>Validated Value</t>
   </si>
   <si>
     <t>Standard Weight</t>
   </si>
   <si>
     <t>Standard Validated Weighted Score</t>
   </si>
   <si>
     <t>Custom Weight</t>
   </si>
   <si>
     <t>Custom Validated Weighted Score</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
-        <color theme="1"/>
-[...41 lines deleted...]
-        <sz val="12"/>
         <color rgb="FF215C98"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>A.1.1 What climate and environmental focal areas are covered by your policy, strategy or plan?</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF215C98"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>From the list below, specify the environmental focal areas covered by your policy by selecting "Yes" from the drop-down menu in Field 1. If your policy is comprehensive, provide the chapter and page number(s) in Field 2 where the selected focal areas are discussed. If these areas are addressed in separate individual policies, provide a link or the name of the attached document for each policy.</t>
     </r>
@@ -490,91 +442,50 @@
   </si>
   <si>
     <t xml:space="preserve">   • Toxics reduction</t>
   </si>
   <si>
     <t xml:space="preserve">   • Low-emissions transportation (including logistics, as well as employee travel and commuting)</t>
   </si>
   <si>
     <t xml:space="preserve">   • Responsible sourcing (also called "green" or "sustainable" procurement)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">   • Other: </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Provide details in Field 2 for any additional environmental focal area not covered above.</t>
     </r>
   </si>
   <si>
     <t>B. Sustainability Practices</t>
-  </si>
-[...39 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="3" tint="0.249977111117893"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>B.1.1 What specific measures has your organization implemented in the last two years to improve sustainability at your facilities?</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF104861"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
@@ -713,101 +624,50 @@
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Other: </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Provide details in Field 2 for any additional measures not covered above.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
-        <color theme="1"/>
-[...49 lines deleted...]
-        <sz val="12"/>
         <color theme="3" tint="0.249977111117893"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">B.2.1 What specific measures has your organization implemented to ensure climate and environmental responsibility in your supply chain? </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 From the list below, specify the measures taken by selecting "Yes" from the drop-down menu in Field 1 and provide a summary of the actions in Field 2.  If available, include a link to a supporting document (such as a sustainability report) in Field 3, specifying the chapter/page number(s) where the measure is addressed.  If no link is available, attach the document to the bid and provide the document name in Field 3.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">   •</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
@@ -926,92 +786,50 @@
       <t xml:space="preserve"> Provide training and resources to suppliers to help them understand and meet the organization's environmental and social expectations. Provide a brief description of the training, including its objective, key topics, target audience, and delivery method in Field 2. Attach training materials to the bid and indicate name of file in Field 3.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">   • </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Other:</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Provide details in Field 2 for any additional measures not covered above. </t>
-    </r>
-[...40 lines deleted...]
-      <t>.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF215C98"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>B.3.1 What specific measures has your organization implemented to reduce the climate and environmental impact of transportation/distribution and/or employee business travel and commuting?</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 
 </t>
     </r>
     <r>
@@ -1145,180 +963,63 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Electric vehicle charging: </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Describe the number and types of electric vehicle charging stations available, and specify who can access them (e.g., employees, clients).</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">   • </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Low-emissions employee business travel: </t>
-[...20 lines deleted...]
-      </rPr>
       <t xml:space="preserve">Other: </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Provide details in Field 2 for any additional measures not covered above.</t>
     </r>
   </si>
   <si>
-    <r>
-[...51 lines deleted...]
-  <si>
     <t>C. Monitoring and Reporting</t>
-  </si>
-[...40 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="3" tint="0.249977111117893"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>C.1.1 What specific targets has your organization established?</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
@@ -1350,115 +1051,50 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (GHG emissions reduction)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">   • Low-emissions transportation</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (including logistics, as well as employee travel and commuting)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">   • Responsible sourcing</t>
   </si>
   <si>
     <t xml:space="preserve">   • Other</t>
-  </si>
-[...63 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="3" tint="0.249977111117893"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">C.3.1 Which Greenhouse Gas (GHG) emissions does your organization measure? </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
@@ -1573,82 +1209,50 @@
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Select up to four platforms from the drop-down menu in Field 1. If "Other" is selected, list the sustainability assessment platform or organization in Field 2.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">   • CDP (Carbon Disclosure Project) </t>
   </si>
   <si>
     <t xml:space="preserve">   • EcoVadis</t>
   </si>
   <si>
     <t xml:space="preserve">   • SBTi (Science-Based Target initiative)</t>
   </si>
   <si>
     <t>D. Certifications/Awards</t>
   </si>
   <si>
-    <r>
-[...30 lines deleted...]
-  <si>
     <t>Total evaluation points given by Sourcing:</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Total score for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Sourcing Bid Evaluation</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
@@ -1662,101 +1266,515 @@
     <t>A1</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>B1</t>
   </si>
   <si>
     <t>B2</t>
   </si>
   <si>
     <t>B3</t>
   </si>
   <si>
     <t>C1</t>
   </si>
   <si>
     <t>C3</t>
   </si>
   <si>
     <t>Climate and Environmental Practices Form Overview (video)</t>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">   • </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Low-emissions employee business travel: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Adopting strategies to minimize the environmental impact of business travel, such as reducing air travel, selecting sustainable transportation options, and offsetting carbon emissions.</t>
+    </r>
+  </si>
+  <si>
+    <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Objective:</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Bidders are encouraged to communicate existing business policies, practices and monitoring efforts that promote sustainability in their facilities and operations. This form is not meant to describe information about the products/services you would provide on the contract, but how you manage your business to minimize environmental and public health impacts and reduce your carbon footprint. This may include, but is not limited to: having a sustainability or environmental policy; implementing measures to improve energy efficiency at your facilities; monitoring and reporting greenhouse gas (GHG) emissions; and promoting employee training and awareness on sustainability and environmental stewardship, etc.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Instructions:</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Bidders must answer all questions to be considered responsive. Cells shaded beige in Fields 1, 2 and 3 are designated for Bidder input. For each question, select a response from the drop-down menu in Field 1. When requested, provide supporting evidence in Field 2, such as a description of the climate or environmental measure, and include links to relevant documents in Field 3. If supporting documents are unavailable online, attach them to the bid, naming the documents as follows: CEP_FORM_Q[enter question number]_[enter your organization name]. Responses without supporting evidence will not be credited. Note that Field 2 has a 250 character limit. If your response exceeds this, include it in a separate document, and specify the document name in Field 3.
+      <t xml:space="preserve"> Bidders must answer all questions to be considered responsive. Cells shaded beige in Fields 1, 2 and 3 are designated for Bidder input. For each question, select a response from the drop-down menu in Field 1. When requested, provide supporting evidence in Field 2, such as a description of the climate or environmental measure, and include links to relevant documents in Field 3. If supporting documents are unavailable online, attach them to the bid, naming the documents as follows: CEP_FORM_Q[enter question number]_[enter your organization name]. Responses without supporting evidence will not be credited. Note that Field 2 has a 250 character limit. If your response exceeds this, include it in a separate document, and specify the document name in Field 3. Bidders must submit the original, locked Excel file. Unlocking or altering it may result in the Bidder receiving no evaluation points for this form. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Questions regarding the completion of this form may be submitted during the bid Q&amp;A period.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Additional Guidance:</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> For further guidance, see the following links:</t>
+    </r>
+  </si>
+  <si>
+    <t>Organizational Profile</t>
+  </si>
+  <si>
+    <t>[name of contract here]</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>*A.1 Has your organization adopted a sustainability policy, strategy or plan?</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="3" tint="0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> If "No" skip to Question B.1.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+If "Yes," provide the date of issuance in Field 2 and a link or the name of the attached document for your policy, strategy or plan in Field 3. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">*B.1 Has your organization implemented specific measures in the last two years to improve sustainability at your facilities? </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>If "No" skip to Question B.2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>*B.2 Has your organization implemented specific measures in the last two years to ensure climate and environmental responsibility in your supply chain?</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="3" tint="0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>If "No" skip to Question B.3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">*B.3 Has your organization implemented specific measures in the last two years to reduce the climate and environmental impact of transportation/distribution and/or employee business travel and commuting? </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>If "No" skip to Question B.4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">*B.4 How many total hours per week does your organization dedicate to climate, sustainability, and/or environmental issues? </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Select the total number of hours per week from the drop-down menu in Field 1. In Field 2, provide the titles and roles of the staff members dedicating time to these areas, as well as the names of any consultants or consulting firms providing assistance if this work is outsourced.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">*B.5 Does your organization provide regular training for staff on its sustainability policies and practices? </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Select "Yes" or "No" from the drop-down menu in Field 1. In Field 2, provide a brief description of the training program, including its objective, key topics, target audience, and delivery method. In Field 3, provide a link to training-related materials (e.g., training agenda, slides, webinar, etc.), or attach the documents to the bid if no link is available, and specify the document name in Field 3.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">*C.1 Has your organization established specific targets to achieve its environmental objectives? </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>If "No" skip to Question C.2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>*C.2 Does your organization regularly communicate its climate and environmental achievements?</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>If "Yes," provide a description of these communications in Field 2, and a link to a supporting evidence, such as an annual sustainability report, newsletter, etc. in Field 3. If no link is available, attach the document to the bid and provide the document name in Field 3.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">*C.3 Does your organization measure Greenhouse Gas (GHG) emissions? </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="3" tint="0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>If "No" skip to Question D.1.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>*D.1 Has your organization earned any environmental or sustainability management certifications, endorsements, and/or awards during the past three years?</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF215C98"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">If "Yes" list the name of the certification, endorsement and/or award in Field 2 and provide a link to website or document name in Field 3. </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="45" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2491,51 +2509,51 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="6" tint="-0.499984740745262"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="187">
+  <cellXfs count="188">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -2737,64 +2755,55 @@
     <xf numFmtId="0" fontId="13" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="26" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="15" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="6" fillId="3" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="6" fillId="10" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="10" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -2876,134 +2885,77 @@
     <xf numFmtId="0" fontId="37" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="6" fillId="3" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="6" fillId="10" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="27" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="12" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="49" fontId="37" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="10" fontId="22" fillId="2" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="6" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="28" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="30" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="30" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="30" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...27 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="6" fillId="3" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    <xf numFmtId="9" fontId="6" fillId="10" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -3029,50 +2981,119 @@
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="30" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="30" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="30" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="14">
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
@@ -3181,51 +3202,51 @@
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>208340</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>294851</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1951261</xdr:colOff>
+      <xdr:colOff>1954436</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>60073</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D116B736-33B0-4E88-B083-DD10BAB57DDE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
@@ -3678,2279 +3699,2279 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=wx39AapsjNE" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=wx39AapsjNE" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/guidance-on-completing-the-cep-form/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=U3TBS6gw2ec" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=wx39AapsjNE" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/guidance-on-completing-the-cep-form/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{10533FAB-DF29-44AA-A16B-D0C5FD571CA7}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
   <dimension ref="A1:XFC116"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A9" zoomScale="56" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B9" sqref="B9:E9"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A17" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+      <selection activeCell="C82" sqref="C82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2.1796875" style="2" customWidth="1"/>
     <col min="2" max="2" width="60.7265625" style="1" customWidth="1"/>
     <col min="3" max="3" width="12.1796875" style="5" customWidth="1"/>
     <col min="4" max="4" width="49.453125" style="1" customWidth="1"/>
     <col min="5" max="5" width="40.81640625" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7265625" style="1" customWidth="1"/>
     <col min="7" max="7" width="6.26953125" customWidth="1"/>
-    <col min="8" max="8" width="12.7265625" style="1" hidden="1"/>
-[...7 lines deleted...]
-    <col min="16" max="16" width="17.453125" hidden="1"/>
+    <col min="8" max="10" width="0" style="1" hidden="1"/>
     <col min="16384" max="16384" width="6.26953125" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="31"/>
       <c r="B1" s="31"/>
       <c r="C1" s="32"/>
       <c r="D1" s="31"/>
       <c r="E1" s="31"/>
       <c r="F1" s="76"/>
     </row>
     <row r="2" spans="1:16" s="2" customFormat="1" ht="38.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A2" s="6"/>
       <c r="B2" s="7"/>
-      <c r="C2" s="151" t="s">
-        <v>0</v>
+      <c r="C2" s="175" t="s">
+        <v>87</v>
       </c>
-      <c r="D2" s="152"/>
-      <c r="E2" s="153"/>
+      <c r="D2" s="176"/>
+      <c r="E2" s="177"/>
       <c r="F2" s="77"/>
     </row>
     <row r="3" spans="1:16" s="2" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="6"/>
       <c r="B3" s="8"/>
       <c r="C3" s="9"/>
       <c r="D3" s="10"/>
       <c r="E3" s="10"/>
       <c r="F3" s="78"/>
     </row>
     <row r="4" spans="1:16" s="2" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="6"/>
       <c r="B4" s="8"/>
       <c r="C4" s="11"/>
       <c r="D4" s="10"/>
       <c r="F4" s="78"/>
     </row>
     <row r="5" spans="1:16" s="2" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="6"/>
       <c r="B5" s="8"/>
       <c r="C5" s="12"/>
       <c r="D5" s="17"/>
       <c r="E5" s="17"/>
       <c r="F5" s="79"/>
     </row>
     <row r="6" spans="1:16" s="2" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="6"/>
       <c r="B6" s="8"/>
       <c r="C6" s="12"/>
       <c r="D6" s="17"/>
       <c r="F6" s="79"/>
     </row>
     <row r="7" spans="1:16" s="2" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="6"/>
       <c r="B7" s="8"/>
       <c r="C7" s="12"/>
       <c r="D7" s="18"/>
       <c r="E7" s="13"/>
       <c r="F7" s="80"/>
     </row>
     <row r="8" spans="1:16" s="2" customFormat="1" ht="38.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="6"/>
-      <c r="B8" s="154" t="s">
-        <v>1</v>
+      <c r="B8" s="178" t="s">
+        <v>0</v>
       </c>
-      <c r="C8" s="154"/>
-[...1 lines deleted...]
-      <c r="E8" s="154"/>
+      <c r="C8" s="178"/>
+      <c r="D8" s="178"/>
+      <c r="E8" s="178"/>
       <c r="F8" s="81"/>
     </row>
-    <row r="9" spans="1:16" s="2" customFormat="1" ht="208.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:16" s="2" customFormat="1" ht="213" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="6"/>
-      <c r="B9" s="160" t="s">
-        <v>97</v>
+      <c r="B9" s="184" t="s">
+        <v>85</v>
       </c>
-      <c r="C9" s="161"/>
-[...1 lines deleted...]
-      <c r="E9" s="161"/>
+      <c r="C9" s="185"/>
+      <c r="D9" s="185"/>
+      <c r="E9" s="185"/>
       <c r="F9" s="82"/>
     </row>
     <row r="10" spans="1:16" s="2" customFormat="1" ht="44.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="6"/>
-      <c r="B10" s="162" t="s">
-        <v>2</v>
+      <c r="B10" s="186" t="s">
+        <v>1</v>
       </c>
-      <c r="C10" s="162"/>
-[...1 lines deleted...]
-        <v>96</v>
+      <c r="C10" s="186"/>
+      <c r="D10" s="187" t="s">
+        <v>83</v>
       </c>
-      <c r="E10" s="163"/>
+      <c r="E10" s="187"/>
       <c r="F10" s="82"/>
     </row>
     <row r="11" spans="1:16" s="2" customFormat="1" ht="38.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="6"/>
-      <c r="B11" s="111" t="s">
+      <c r="B11" s="108" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" s="140" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="182" t="s">
         <v>3</v>
       </c>
-      <c r="C11" s="144" t="s">
+      <c r="E11" s="183"/>
+      <c r="F11" s="82"/>
+    </row>
+    <row r="12" spans="1:16" s="3" customFormat="1" ht="32.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="19"/>
+      <c r="B12" s="33" t="s">
         <v>4</v>
       </c>
-      <c r="D11" s="158" t="s">
-[...12 lines deleted...]
-      <c r="E12" s="157"/>
+      <c r="C12" s="179"/>
+      <c r="D12" s="180"/>
+      <c r="E12" s="181"/>
       <c r="F12" s="83"/>
       <c r="G12" s="20"/>
       <c r="H12" s="20"/>
       <c r="I12" s="20"/>
       <c r="J12" s="20"/>
       <c r="K12" s="20"/>
       <c r="L12" s="20"/>
       <c r="M12" s="20"/>
       <c r="N12" s="20"/>
       <c r="O12" s="20"/>
       <c r="P12" s="20"/>
     </row>
     <row r="13" spans="1:16" s="3" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="19"/>
       <c r="B13" s="92" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
-      <c r="C13" s="148"/>
-[...1 lines deleted...]
-      <c r="E13" s="150"/>
+      <c r="C13" s="172"/>
+      <c r="D13" s="173"/>
+      <c r="E13" s="174"/>
       <c r="F13" s="83"/>
       <c r="G13" s="20"/>
       <c r="H13" s="20"/>
       <c r="I13" s="20"/>
       <c r="J13" s="20"/>
       <c r="K13" s="20"/>
       <c r="L13" s="20"/>
       <c r="M13" s="20"/>
       <c r="N13" s="20"/>
       <c r="O13" s="20"/>
       <c r="P13" s="20"/>
     </row>
     <row r="14" spans="1:16" s="3" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="19"/>
       <c r="B14" s="34" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
-      <c r="C14" s="145"/>
-[...1 lines deleted...]
-      <c r="E14" s="147"/>
+      <c r="C14" s="169"/>
+      <c r="D14" s="170"/>
+      <c r="E14" s="171"/>
       <c r="F14" s="83"/>
       <c r="G14" s="20"/>
       <c r="H14" s="21"/>
       <c r="I14" s="21"/>
       <c r="J14" s="21"/>
       <c r="K14" s="20"/>
       <c r="L14" s="20"/>
       <c r="M14" s="20"/>
       <c r="N14" s="20"/>
       <c r="O14" s="20"/>
       <c r="P14" s="20"/>
     </row>
     <row r="15" spans="1:16" s="3" customFormat="1" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="19"/>
       <c r="B15" s="35" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
-      <c r="C15" s="148"/>
-[...1 lines deleted...]
-      <c r="E15" s="150"/>
+      <c r="C15" s="172"/>
+      <c r="D15" s="173"/>
+      <c r="E15" s="174"/>
       <c r="F15" s="83"/>
       <c r="G15" s="20"/>
       <c r="H15" s="21"/>
       <c r="I15" s="21"/>
       <c r="J15" s="21"/>
       <c r="K15" s="20"/>
       <c r="L15" s="20"/>
       <c r="M15" s="20"/>
       <c r="N15" s="20"/>
       <c r="O15" s="20"/>
       <c r="P15" s="20"/>
     </row>
     <row r="16" spans="1:16" s="3" customFormat="1" ht="37" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="19"/>
       <c r="B16" s="36" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
-      <c r="C16" s="125"/>
-[...1 lines deleted...]
-      <c r="E16" s="150"/>
+      <c r="C16" s="122"/>
+      <c r="D16" s="172"/>
+      <c r="E16" s="174"/>
       <c r="F16" s="83"/>
       <c r="G16" s="20"/>
       <c r="H16" s="21"/>
       <c r="I16" s="21"/>
       <c r="J16" s="21"/>
-      <c r="K16" s="98" t="s">
+      <c r="K16" s="95" t="s">
+        <v>9</v>
+      </c>
+      <c r="L16" s="95" t="s">
+        <v>10</v>
+      </c>
+      <c r="M16" s="95" t="s">
         <v>11</v>
       </c>
-      <c r="L16" s="98" t="s">
+      <c r="N16" s="95" t="s">
         <v>12</v>
       </c>
-      <c r="M16" s="98" t="s">
-        <v>13</v>
+      <c r="O16" s="96" t="s">
+        <v>11</v>
       </c>
-      <c r="N16" s="98" t="s">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="P16" s="96" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:16" s="3" customFormat="1" ht="38.15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A17" s="19"/>
       <c r="B17" s="23" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C17" s="37" t="s">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D17" s="38" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
-      <c r="E17" s="112" t="s">
-        <v>16</v>
+      <c r="E17" s="109" t="s">
+        <v>14</v>
       </c>
       <c r="F17" s="84"/>
       <c r="G17" s="20"/>
-      <c r="H17" s="137" t="s">
+      <c r="H17" s="134" t="s">
+        <v>15</v>
+      </c>
+      <c r="I17" s="144" t="s">
+        <v>16</v>
+      </c>
+      <c r="J17" s="94" t="s">
         <v>17</v>
       </c>
-      <c r="I17" s="138" t="s">
+      <c r="K17" s="97" t="s">
         <v>18</v>
       </c>
-      <c r="J17" s="96" t="s">
+      <c r="L17" s="97" t="s">
         <v>19</v>
       </c>
-      <c r="K17" s="100" t="s">
+      <c r="M17" s="97" t="s">
         <v>20</v>
       </c>
-      <c r="L17" s="100" t="s">
+      <c r="N17" s="97" t="s">
         <v>21</v>
       </c>
-      <c r="M17" s="100" t="s">
+      <c r="O17" s="98" t="s">
         <v>22</v>
       </c>
-      <c r="N17" s="100" t="s">
+      <c r="P17" s="98" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:16" s="2" customFormat="1" ht="89.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="6"/>
       <c r="B18" s="39" t="s">
-        <v>26</v>
+        <v>88</v>
       </c>
-      <c r="C18" s="123"/>
-[...1 lines deleted...]
-      <c r="E18" s="124"/>
+      <c r="C18" s="120" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" s="121"/>
+      <c r="E18" s="121"/>
       <c r="F18" s="85"/>
-      <c r="H18" s="135">
+      <c r="H18" s="132">
         <v>0</v>
       </c>
-      <c r="I18" s="93"/>
-[...1 lines deleted...]
-      <c r="K18" s="113">
+      <c r="I18" s="143"/>
+      <c r="J18" s="141"/>
+      <c r="K18" s="110">
         <f>IF(C18="Yes", 1, 0)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
-      <c r="L18" s="113"/>
-      <c r="M18" s="114">
+      <c r="L18" s="110"/>
+      <c r="M18" s="111">
         <v>0.1</v>
       </c>
-      <c r="N18" s="115">
+      <c r="N18" s="112">
         <f>H18*K18*M18</f>
         <v>0</v>
       </c>
-      <c r="O18" s="116"/>
-      <c r="P18" s="115">
+      <c r="O18" s="113"/>
+      <c r="P18" s="112">
         <f>H18*K18*O18</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:16" s="2" customFormat="1" ht="67" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="28"/>
-      <c r="B19" s="172" t="s">
-        <v>27</v>
+      <c r="B19" s="154" t="s">
+        <v>24</v>
       </c>
-      <c r="C19" s="173"/>
-[...1 lines deleted...]
-      <c r="E19" s="174"/>
+      <c r="C19" s="155"/>
+      <c r="D19" s="155"/>
+      <c r="E19" s="156"/>
       <c r="F19" s="85"/>
-      <c r="H19" s="136"/>
-[...7 lines deleted...]
-      <c r="P19" s="102"/>
+      <c r="H19" s="133"/>
+      <c r="I19" s="145"/>
+      <c r="J19" s="142"/>
+      <c r="K19" s="93"/>
+      <c r="L19" s="93"/>
+      <c r="M19" s="93"/>
+      <c r="N19" s="99"/>
+      <c r="O19" s="93"/>
+      <c r="P19" s="99"/>
     </row>
     <row r="20" spans="1:16" s="2" customFormat="1" ht="31" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="6"/>
       <c r="B20" s="40" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
-      <c r="C20" s="123"/>
-[...1 lines deleted...]
-      <c r="E20" s="126"/>
+      <c r="C20" s="120" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" s="123"/>
+      <c r="E20" s="123"/>
       <c r="F20" s="85"/>
-      <c r="H20" s="135">
+      <c r="H20" s="132">
         <v>0</v>
       </c>
-      <c r="I20" s="93"/>
-[...1 lines deleted...]
-      <c r="K20" s="113">
+      <c r="I20" s="143"/>
+      <c r="J20" s="141"/>
+      <c r="K20" s="110">
         <f>IF(C20="Yes", 1, 0)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
-      <c r="L20" s="113">
+      <c r="L20" s="110">
         <f>H20*K20</f>
         <v>0</v>
       </c>
-      <c r="M20" s="122">
+      <c r="M20" s="119">
         <v>0.05</v>
       </c>
-      <c r="N20" s="142">
+      <c r="N20" s="138">
         <f>IF(COUNTIF(L20:L28,"&gt;0")=1,MAX(L20:L28)*M20,IF(COUNTIF(L20:L28,"&gt;0")=2,SUM(MAX(L20:L28)*M20,LARGE(L20:L28,2)*M21), SUM(MAX(L20:L28)*M20,LARGE(L20:L28,2)*M21, LARGE(L20:L28,3)*M22)))</f>
         <v>0</v>
       </c>
-      <c r="O20" s="118"/>
-      <c r="P20" s="115">
+      <c r="O20" s="115"/>
+      <c r="P20" s="112">
         <f>H20*K20*O20</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:16" s="2" customFormat="1" ht="31" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="6"/>
       <c r="B21" s="41" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
-      <c r="C21" s="123"/>
-[...1 lines deleted...]
-      <c r="E21" s="126"/>
+      <c r="C21" s="120"/>
+      <c r="D21" s="123"/>
+      <c r="E21" s="123"/>
       <c r="F21" s="85"/>
-      <c r="H21" s="135">
+      <c r="H21" s="132">
         <v>0</v>
       </c>
-      <c r="I21" s="93"/>
-[...1 lines deleted...]
-      <c r="K21" s="113">
+      <c r="I21" s="143"/>
+      <c r="J21" s="141"/>
+      <c r="K21" s="110">
         <f>IF(C21="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L21" s="113">
+      <c r="L21" s="110">
         <f t="shared" ref="L21:L28" si="0">H21*K21</f>
         <v>0</v>
       </c>
-      <c r="M21" s="122">
+      <c r="M21" s="119">
         <v>0.03</v>
       </c>
-      <c r="N21" s="115"/>
-[...1 lines deleted...]
-      <c r="P21" s="115">
+      <c r="N21" s="112"/>
+      <c r="O21" s="115"/>
+      <c r="P21" s="112">
         <f t="shared" ref="P21:P28" si="1">H21*K21*O21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:16" s="2" customFormat="1" ht="31" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="6"/>
       <c r="B22" s="42" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
-      <c r="C22" s="123"/>
-[...1 lines deleted...]
-      <c r="E22" s="126"/>
+      <c r="C22" s="120"/>
+      <c r="D22" s="123"/>
+      <c r="E22" s="123"/>
       <c r="F22" s="85"/>
-      <c r="H22" s="135">
+      <c r="H22" s="132">
         <v>0</v>
       </c>
-      <c r="I22" s="93"/>
-[...1 lines deleted...]
-      <c r="K22" s="113">
+      <c r="I22" s="143"/>
+      <c r="J22" s="141"/>
+      <c r="K22" s="110">
         <f t="shared" ref="K22:K28" si="2">IF(C22="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L22" s="113">
+      <c r="L22" s="110">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="M22" s="117">
+      <c r="M22" s="114">
         <v>0.02</v>
       </c>
-      <c r="N22" s="115"/>
-[...1 lines deleted...]
-      <c r="P22" s="115">
+      <c r="N22" s="112"/>
+      <c r="O22" s="115"/>
+      <c r="P22" s="112">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:16" s="2" customFormat="1" ht="31" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="6"/>
       <c r="B23" s="43" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
-      <c r="C23" s="123"/>
-[...1 lines deleted...]
-      <c r="E23" s="126"/>
+      <c r="C23" s="120"/>
+      <c r="D23" s="123"/>
+      <c r="E23" s="123"/>
       <c r="F23" s="85"/>
-      <c r="H23" s="135">
+      <c r="H23" s="132">
         <v>0</v>
       </c>
-      <c r="I23" s="93"/>
-[...1 lines deleted...]
-      <c r="K23" s="113">
+      <c r="I23" s="143"/>
+      <c r="J23" s="141"/>
+      <c r="K23" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="L23" s="113">
+      <c r="L23" s="110">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="M23" s="117"/>
-[...2 lines deleted...]
-      <c r="P23" s="115">
+      <c r="M23" s="114"/>
+      <c r="N23" s="112"/>
+      <c r="O23" s="115"/>
+      <c r="P23" s="112">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:16" s="2" customFormat="1" ht="31" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="6"/>
       <c r="B24" s="41" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
-      <c r="C24" s="123"/>
-[...1 lines deleted...]
-      <c r="E24" s="126"/>
+      <c r="C24" s="120"/>
+      <c r="D24" s="123"/>
+      <c r="E24" s="123"/>
       <c r="F24" s="85"/>
-      <c r="H24" s="135">
+      <c r="H24" s="132">
         <v>0</v>
       </c>
-      <c r="I24" s="93"/>
-[...1 lines deleted...]
-      <c r="K24" s="113">
+      <c r="I24" s="143"/>
+      <c r="J24" s="141"/>
+      <c r="K24" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="L24" s="113">
+      <c r="L24" s="110">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="M24" s="117"/>
-[...2 lines deleted...]
-      <c r="P24" s="115">
+      <c r="M24" s="114"/>
+      <c r="N24" s="112"/>
+      <c r="O24" s="115"/>
+      <c r="P24" s="112">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:16" s="2" customFormat="1" ht="31" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="6"/>
       <c r="B25" s="41" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
-      <c r="C25" s="123"/>
-[...1 lines deleted...]
-      <c r="E25" s="126"/>
+      <c r="C25" s="120"/>
+      <c r="D25" s="123"/>
+      <c r="E25" s="123"/>
       <c r="F25" s="85"/>
-      <c r="H25" s="135">
+      <c r="H25" s="132">
         <v>0</v>
       </c>
-      <c r="I25" s="93"/>
-[...1 lines deleted...]
-      <c r="K25" s="113">
+      <c r="I25" s="143"/>
+      <c r="J25" s="141"/>
+      <c r="K25" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="L25" s="113">
+      <c r="L25" s="110">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="M25" s="117"/>
-[...2 lines deleted...]
-      <c r="P25" s="115">
+      <c r="M25" s="114"/>
+      <c r="N25" s="112"/>
+      <c r="O25" s="115"/>
+      <c r="P25" s="112">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:16" s="2" customFormat="1" ht="37" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="6"/>
       <c r="B26" s="42" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
-      <c r="C26" s="123"/>
-[...1 lines deleted...]
-      <c r="E26" s="126"/>
+      <c r="C26" s="120"/>
+      <c r="D26" s="123"/>
+      <c r="E26" s="123"/>
       <c r="F26" s="85"/>
-      <c r="H26" s="135">
+      <c r="H26" s="132">
         <v>0</v>
       </c>
-      <c r="I26" s="93"/>
-[...1 lines deleted...]
-      <c r="K26" s="113">
+      <c r="I26" s="143"/>
+      <c r="J26" s="141"/>
+      <c r="K26" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="L26" s="113">
+      <c r="L26" s="110">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="M26" s="117"/>
-[...2 lines deleted...]
-      <c r="P26" s="115">
+      <c r="M26" s="114"/>
+      <c r="N26" s="112"/>
+      <c r="O26" s="115"/>
+      <c r="P26" s="112">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:16" s="2" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="6"/>
       <c r="B27" s="43" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
-      <c r="C27" s="123"/>
-[...1 lines deleted...]
-      <c r="E27" s="126"/>
+      <c r="C27" s="120"/>
+      <c r="D27" s="123"/>
+      <c r="E27" s="123"/>
       <c r="F27" s="85"/>
-      <c r="H27" s="135">
+      <c r="H27" s="132">
         <v>0</v>
       </c>
-      <c r="I27" s="93"/>
-[...1 lines deleted...]
-      <c r="K27" s="113">
+      <c r="I27" s="143"/>
+      <c r="J27" s="141"/>
+      <c r="K27" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="L27" s="113">
+      <c r="L27" s="110">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="M27" s="117"/>
-[...2 lines deleted...]
-      <c r="P27" s="115">
+      <c r="M27" s="114"/>
+      <c r="N27" s="112"/>
+      <c r="O27" s="115"/>
+      <c r="P27" s="112">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:16" s="2" customFormat="1" ht="43" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="6"/>
       <c r="B28" s="44" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
-      <c r="C28" s="123"/>
-[...1 lines deleted...]
-      <c r="E28" s="126"/>
+      <c r="C28" s="120"/>
+      <c r="D28" s="123"/>
+      <c r="E28" s="123"/>
       <c r="F28" s="85"/>
-      <c r="H28" s="135">
+      <c r="H28" s="132">
         <v>0</v>
       </c>
-      <c r="I28" s="93"/>
-[...1 lines deleted...]
-      <c r="K28" s="113">
+      <c r="I28" s="143"/>
+      <c r="J28" s="141"/>
+      <c r="K28" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="L28" s="113">
+      <c r="L28" s="110">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="M28" s="117"/>
-[...2 lines deleted...]
-      <c r="P28" s="115">
+      <c r="M28" s="114"/>
+      <c r="N28" s="112"/>
+      <c r="O28" s="115"/>
+      <c r="P28" s="112">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:16" s="2" customFormat="1" ht="38.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="6"/>
       <c r="B29" s="22" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C29" s="45" t="s">
-        <v>4</v>
+        <v>2</v>
       </c>
-      <c r="D29" s="105" t="s">
-        <v>5</v>
+      <c r="D29" s="102" t="s">
+        <v>3</v>
       </c>
-      <c r="E29" s="106" t="s">
-        <v>16</v>
+      <c r="E29" s="103" t="s">
+        <v>14</v>
       </c>
       <c r="F29" s="86"/>
-      <c r="H29" s="136"/>
-[...7 lines deleted...]
-      <c r="P29" s="102"/>
+      <c r="H29" s="133"/>
+      <c r="I29" s="145"/>
+      <c r="J29" s="142"/>
+      <c r="K29" s="93"/>
+      <c r="L29" s="93"/>
+      <c r="M29" s="93"/>
+      <c r="N29" s="99"/>
+      <c r="O29" s="93"/>
+      <c r="P29" s="99"/>
     </row>
     <row r="30" spans="1:16" s="2" customFormat="1" ht="61" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="6"/>
       <c r="B30" s="39" t="s">
-        <v>38</v>
+        <v>89</v>
       </c>
-      <c r="C30" s="123"/>
-[...11 lines deleted...]
-      <c r="P30" s="102"/>
+      <c r="C30" s="120" t="s">
+        <v>77</v>
+      </c>
+      <c r="D30" s="104"/>
+      <c r="E30" s="105"/>
+      <c r="F30" s="101"/>
+      <c r="H30" s="133"/>
+      <c r="I30" s="145"/>
+      <c r="J30" s="142"/>
+      <c r="K30" s="93"/>
+      <c r="L30" s="93"/>
+      <c r="M30" s="93"/>
+      <c r="N30" s="99"/>
+      <c r="O30" s="93"/>
+      <c r="P30" s="99"/>
     </row>
     <row r="31" spans="1:16" s="4" customFormat="1" ht="91.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="14"/>
-      <c r="B31" s="175" t="s">
-        <v>39</v>
+      <c r="B31" s="157" t="s">
+        <v>35</v>
       </c>
-      <c r="C31" s="176"/>
-[...1 lines deleted...]
-      <c r="E31" s="178"/>
+      <c r="C31" s="158"/>
+      <c r="D31" s="159"/>
+      <c r="E31" s="160"/>
       <c r="F31" s="87"/>
-      <c r="H31" s="136"/>
-[...7 lines deleted...]
-      <c r="P31" s="102"/>
+      <c r="H31" s="133"/>
+      <c r="I31" s="145"/>
+      <c r="J31" s="142"/>
+      <c r="K31" s="93"/>
+      <c r="L31" s="93"/>
+      <c r="M31" s="93"/>
+      <c r="N31" s="99"/>
+      <c r="O31" s="93"/>
+      <c r="P31" s="99"/>
     </row>
     <row r="32" spans="1:16" s="4" customFormat="1" ht="56.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="14"/>
       <c r="B32" s="46" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
-      <c r="C32" s="123"/>
-[...1 lines deleted...]
-      <c r="E32" s="127"/>
+      <c r="C32" s="120"/>
+      <c r="D32" s="124"/>
+      <c r="E32" s="124"/>
       <c r="F32" s="87"/>
-      <c r="H32" s="135">
+      <c r="H32" s="132">
         <v>0</v>
       </c>
-      <c r="I32" s="93"/>
-[...1 lines deleted...]
-      <c r="K32" s="113">
+      <c r="I32" s="143"/>
+      <c r="J32" s="141"/>
+      <c r="K32" s="110">
         <f>IF(C32="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L32" s="113">
+      <c r="L32" s="110">
         <f t="shared" ref="L32:L37" si="3">H32*K32</f>
         <v>0</v>
       </c>
-      <c r="M32" s="117">
+      <c r="M32" s="114">
         <v>0.1</v>
       </c>
-      <c r="N32" s="142">
+      <c r="N32" s="138">
         <f>IF(COUNTIF(L32:L37,"&gt;0")=1,MAX(L32:L37)*M32,IF(COUNTIF(L32:L37,"&gt;0")=2,SUM(MAX(L32:L37)*M32,LARGE(L32:L37,2)*M33), SUM(MAX(L32:L37)*M32,LARGE(L32:L37,2)*M33, LARGE(L32:L37,3)*M34)))</f>
         <v>0</v>
       </c>
-      <c r="O32" s="118"/>
-      <c r="P32" s="115">
+      <c r="O32" s="115"/>
+      <c r="P32" s="112">
         <f t="shared" ref="P32:P37" si="4">H32*K32*O32</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:16" s="4" customFormat="1" ht="89.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="14"/>
       <c r="B33" s="47" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
-      <c r="C33" s="123"/>
-[...1 lines deleted...]
-      <c r="E33" s="127"/>
+      <c r="C33" s="120"/>
+      <c r="D33" s="124"/>
+      <c r="E33" s="124"/>
       <c r="F33" s="87"/>
-      <c r="H33" s="135">
+      <c r="H33" s="132">
         <v>0</v>
       </c>
-      <c r="I33" s="93"/>
-[...1 lines deleted...]
-      <c r="K33" s="113">
+      <c r="I33" s="143"/>
+      <c r="J33" s="141"/>
+      <c r="K33" s="110">
         <f t="shared" ref="K33:K38" si="5">IF(C33="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L33" s="113">
+      <c r="L33" s="110">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="M33" s="117">
+      <c r="M33" s="114">
         <v>0.06</v>
       </c>
-      <c r="N33" s="115"/>
-[...1 lines deleted...]
-      <c r="P33" s="115">
+      <c r="N33" s="112"/>
+      <c r="O33" s="115"/>
+      <c r="P33" s="112">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:16" s="4" customFormat="1" ht="56.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="14"/>
       <c r="B34" s="48" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
-      <c r="C34" s="123"/>
-[...1 lines deleted...]
-      <c r="E34" s="127"/>
+      <c r="C34" s="120"/>
+      <c r="D34" s="124"/>
+      <c r="E34" s="124"/>
       <c r="F34" s="87"/>
-      <c r="H34" s="135">
+      <c r="H34" s="132">
         <v>0</v>
       </c>
-      <c r="I34" s="93"/>
-[...1 lines deleted...]
-      <c r="K34" s="113">
+      <c r="I34" s="143"/>
+      <c r="J34" s="141"/>
+      <c r="K34" s="110">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="L34" s="113">
+      <c r="L34" s="110">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="M34" s="117">
+      <c r="M34" s="114">
         <v>0.04</v>
       </c>
-      <c r="N34" s="115"/>
-[...1 lines deleted...]
-      <c r="P34" s="115">
+      <c r="N34" s="112"/>
+      <c r="O34" s="115"/>
+      <c r="P34" s="112">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:16" s="4" customFormat="1" ht="56.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="14"/>
       <c r="B35" s="47" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
-      <c r="C35" s="123"/>
-[...1 lines deleted...]
-      <c r="E35" s="127"/>
+      <c r="C35" s="120"/>
+      <c r="D35" s="124"/>
+      <c r="E35" s="124"/>
       <c r="F35" s="87"/>
-      <c r="H35" s="135">
+      <c r="H35" s="132">
         <v>0</v>
       </c>
-      <c r="I35" s="93"/>
-[...1 lines deleted...]
-      <c r="K35" s="113">
+      <c r="I35" s="143"/>
+      <c r="J35" s="141"/>
+      <c r="K35" s="110">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="L35" s="113">
+      <c r="L35" s="110">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="M35" s="117"/>
-[...2 lines deleted...]
-      <c r="P35" s="115">
+      <c r="M35" s="114"/>
+      <c r="N35" s="112"/>
+      <c r="O35" s="115"/>
+      <c r="P35" s="112">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:16" s="4" customFormat="1" ht="56.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="14"/>
       <c r="B36" s="48" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
-      <c r="C36" s="123"/>
-[...1 lines deleted...]
-      <c r="E36" s="127"/>
+      <c r="C36" s="120"/>
+      <c r="D36" s="124"/>
+      <c r="E36" s="124"/>
       <c r="F36" s="87"/>
-      <c r="H36" s="135">
+      <c r="H36" s="132">
         <v>0</v>
       </c>
-      <c r="I36" s="93"/>
-[...1 lines deleted...]
-      <c r="K36" s="113">
+      <c r="I36" s="143"/>
+      <c r="J36" s="141"/>
+      <c r="K36" s="110">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="L36" s="113">
+      <c r="L36" s="110">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="M36" s="117"/>
-[...2 lines deleted...]
-      <c r="P36" s="115">
+      <c r="M36" s="114"/>
+      <c r="N36" s="112"/>
+      <c r="O36" s="115"/>
+      <c r="P36" s="112">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:16" s="4" customFormat="1" ht="53.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="14"/>
       <c r="B37" s="49" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
-      <c r="C37" s="123"/>
-[...1 lines deleted...]
-      <c r="E37" s="128"/>
+      <c r="C37" s="120"/>
+      <c r="D37" s="125"/>
+      <c r="E37" s="125"/>
       <c r="F37" s="87"/>
-      <c r="H37" s="135">
+      <c r="H37" s="132">
         <v>0</v>
       </c>
-      <c r="I37" s="93"/>
-[...1 lines deleted...]
-      <c r="K37" s="113">
+      <c r="I37" s="143"/>
+      <c r="J37" s="141"/>
+      <c r="K37" s="110">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="L37" s="113">
+      <c r="L37" s="110">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="M37" s="117"/>
-[...2 lines deleted...]
-      <c r="P37" s="115">
+      <c r="M37" s="114"/>
+      <c r="N37" s="112"/>
+      <c r="O37" s="115"/>
+      <c r="P37" s="112">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:16" s="2" customFormat="1" ht="70" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="6"/>
       <c r="B38" s="39" t="s">
-        <v>46</v>
+        <v>90</v>
       </c>
-      <c r="C38" s="123"/>
-[...6 lines deleted...]
-      <c r="K38" s="94">
+      <c r="C38" s="120" t="s">
+        <v>77</v>
+      </c>
+      <c r="D38" s="104"/>
+      <c r="E38" s="105"/>
+      <c r="F38" s="101"/>
+      <c r="H38" s="133"/>
+      <c r="I38" s="145"/>
+      <c r="J38" s="142"/>
+      <c r="K38" s="93">
         <f t="shared" si="5"/>
-        <v>0</v>
+        <v>1</v>
       </c>
-      <c r="L38" s="94"/>
-[...3 lines deleted...]
-      <c r="P38" s="102"/>
+      <c r="L38" s="93"/>
+      <c r="M38" s="93"/>
+      <c r="N38" s="99"/>
+      <c r="O38" s="93"/>
+      <c r="P38" s="99"/>
     </row>
     <row r="39" spans="1:16" s="2" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="6"/>
-      <c r="B39" s="179" t="s">
-        <v>47</v>
+      <c r="B39" s="161" t="s">
+        <v>42</v>
       </c>
-      <c r="C39" s="180"/>
-[...1 lines deleted...]
-      <c r="E39" s="182"/>
+      <c r="C39" s="162"/>
+      <c r="D39" s="163"/>
+      <c r="E39" s="164"/>
       <c r="F39" s="88"/>
-      <c r="H39" s="136"/>
-[...7 lines deleted...]
-      <c r="P39" s="102"/>
+      <c r="H39" s="133"/>
+      <c r="I39" s="145"/>
+      <c r="J39" s="142"/>
+      <c r="K39" s="93"/>
+      <c r="L39" s="93"/>
+      <c r="M39" s="93"/>
+      <c r="N39" s="99"/>
+      <c r="O39" s="93"/>
+      <c r="P39" s="99"/>
     </row>
     <row r="40" spans="1:16" s="2" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="6"/>
       <c r="B40" s="50" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
-      <c r="C40" s="123"/>
-[...1 lines deleted...]
-      <c r="E40" s="124"/>
+      <c r="C40" s="120"/>
+      <c r="D40" s="121"/>
+      <c r="E40" s="121"/>
       <c r="F40" s="88"/>
-      <c r="H40" s="135">
+      <c r="H40" s="132">
         <v>0</v>
       </c>
-      <c r="I40" s="93"/>
-[...1 lines deleted...]
-      <c r="K40" s="113">
+      <c r="I40" s="143"/>
+      <c r="J40" s="141"/>
+      <c r="K40" s="110">
         <f>IF(C40="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L40" s="113">
+      <c r="L40" s="110">
         <f t="shared" ref="L40" si="6">H40*K40</f>
         <v>0</v>
       </c>
-      <c r="M40" s="117">
+      <c r="M40" s="114">
         <v>0.1</v>
       </c>
-      <c r="N40" s="142">
+      <c r="N40" s="138">
         <f>IF(COUNTIF(L40:L45,"&gt;0")&gt;0,MAX(L40:L45)*M40, 0)</f>
         <v>0</v>
       </c>
-      <c r="O40" s="118"/>
-      <c r="P40" s="115">
+      <c r="O40" s="115"/>
+      <c r="P40" s="112">
         <f t="shared" ref="P40" si="7">H40*K40*O40</f>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:16" s="2" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="6"/>
       <c r="B41" s="51" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
-      <c r="C41" s="123"/>
-[...1 lines deleted...]
-      <c r="E41" s="127"/>
+      <c r="C41" s="120"/>
+      <c r="D41" s="124"/>
+      <c r="E41" s="124"/>
       <c r="F41" s="88"/>
-      <c r="H41" s="135">
+      <c r="H41" s="132">
         <v>0</v>
       </c>
-      <c r="I41" s="93"/>
-[...1 lines deleted...]
-      <c r="K41" s="113">
+      <c r="I41" s="143"/>
+      <c r="J41" s="141"/>
+      <c r="K41" s="110">
         <f t="shared" ref="K41:K45" si="8">IF(C41="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L41" s="113">
+      <c r="L41" s="110">
         <f>H41*K41</f>
         <v>0</v>
       </c>
-      <c r="M41" s="117"/>
-[...2 lines deleted...]
-      <c r="P41" s="115">
+      <c r="M41" s="114"/>
+      <c r="N41" s="112"/>
+      <c r="O41" s="115"/>
+      <c r="P41" s="112">
         <f>H41*K41*O41</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:16" s="2" customFormat="1" ht="71.150000000000006" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="6"/>
       <c r="B42" s="52" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
-      <c r="C42" s="123"/>
-[...1 lines deleted...]
-        <v>51</v>
+      <c r="C42" s="120"/>
+      <c r="D42" s="124" t="s">
+        <v>46</v>
       </c>
-      <c r="E42" s="127" t="s">
-        <v>51</v>
+      <c r="E42" s="124" t="s">
+        <v>46</v>
       </c>
       <c r="F42" s="88"/>
-      <c r="H42" s="135">
+      <c r="H42" s="132">
         <v>0</v>
       </c>
-      <c r="I42" s="93"/>
-[...1 lines deleted...]
-      <c r="K42" s="113">
+      <c r="I42" s="143"/>
+      <c r="J42" s="141"/>
+      <c r="K42" s="110">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="L42" s="113">
+      <c r="L42" s="110">
         <f>H42*K42</f>
         <v>0</v>
       </c>
-      <c r="M42" s="117"/>
-[...2 lines deleted...]
-      <c r="P42" s="115">
+      <c r="M42" s="114"/>
+      <c r="N42" s="112"/>
+      <c r="O42" s="115"/>
+      <c r="P42" s="112">
         <f>H42*K42*O42</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:16" s="2" customFormat="1" ht="71.150000000000006" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="6"/>
       <c r="B43" s="53" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
-      <c r="C43" s="123"/>
-[...1 lines deleted...]
-      <c r="E43" s="127"/>
+      <c r="C43" s="120"/>
+      <c r="D43" s="124"/>
+      <c r="E43" s="124"/>
       <c r="F43" s="88"/>
-      <c r="H43" s="135">
+      <c r="H43" s="132">
         <v>0</v>
       </c>
-      <c r="I43" s="93"/>
-[...1 lines deleted...]
-      <c r="K43" s="113">
+      <c r="I43" s="143"/>
+      <c r="J43" s="141"/>
+      <c r="K43" s="110">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="L43" s="113">
+      <c r="L43" s="110">
         <f>H43*K43</f>
         <v>0</v>
       </c>
-      <c r="M43" s="117"/>
-[...2 lines deleted...]
-      <c r="P43" s="115">
+      <c r="M43" s="114"/>
+      <c r="N43" s="112"/>
+      <c r="O43" s="115"/>
+      <c r="P43" s="112">
         <f>H43*K43*O43</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:16" s="2" customFormat="1" ht="99.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="6"/>
       <c r="B44" s="51" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
-      <c r="C44" s="123"/>
-[...1 lines deleted...]
-      <c r="E44" s="127"/>
+      <c r="C44" s="120"/>
+      <c r="D44" s="124"/>
+      <c r="E44" s="124"/>
       <c r="F44" s="88"/>
-      <c r="H44" s="135">
+      <c r="H44" s="132">
         <v>0</v>
       </c>
-      <c r="I44" s="93"/>
-[...1 lines deleted...]
-      <c r="K44" s="113">
+      <c r="I44" s="143"/>
+      <c r="J44" s="141"/>
+      <c r="K44" s="110">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="L44" s="113">
+      <c r="L44" s="110">
         <f>H44*K44</f>
         <v>0</v>
       </c>
-      <c r="M44" s="117"/>
-[...2 lines deleted...]
-      <c r="P44" s="115">
+      <c r="M44" s="114"/>
+      <c r="N44" s="112"/>
+      <c r="O44" s="115"/>
+      <c r="P44" s="112">
         <f>H44*K44*O44</f>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:16" s="2" customFormat="1" ht="43.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="6"/>
       <c r="B45" s="52" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
-      <c r="C45" s="123"/>
-[...1 lines deleted...]
-      <c r="E45" s="128"/>
+      <c r="C45" s="120"/>
+      <c r="D45" s="125"/>
+      <c r="E45" s="125"/>
       <c r="F45" s="88"/>
-      <c r="H45" s="135">
+      <c r="H45" s="132">
         <v>0</v>
       </c>
-      <c r="I45" s="93"/>
-[...1 lines deleted...]
-      <c r="K45" s="113">
+      <c r="I45" s="143"/>
+      <c r="J45" s="141"/>
+      <c r="K45" s="110">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="L45" s="113">
+      <c r="L45" s="110">
         <f>H45*K45</f>
         <v>0</v>
       </c>
-      <c r="M45" s="117"/>
-[...2 lines deleted...]
-      <c r="P45" s="115">
+      <c r="M45" s="114"/>
+      <c r="N45" s="112"/>
+      <c r="O45" s="115"/>
+      <c r="P45" s="112">
         <f>H45*K45*O45</f>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:16" s="2" customFormat="1" ht="87.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="6"/>
       <c r="B46" s="39" t="s">
-        <v>55</v>
+        <v>91</v>
       </c>
-      <c r="C46" s="123"/>
-[...11 lines deleted...]
-      <c r="P46" s="102"/>
+      <c r="C46" s="120"/>
+      <c r="D46" s="104"/>
+      <c r="E46" s="105"/>
+      <c r="F46" s="101"/>
+      <c r="H46" s="133"/>
+      <c r="I46" s="145"/>
+      <c r="J46" s="142"/>
+      <c r="K46" s="93"/>
+      <c r="L46" s="93"/>
+      <c r="M46" s="93"/>
+      <c r="N46" s="99"/>
+      <c r="O46" s="93"/>
+      <c r="P46" s="99"/>
     </row>
     <row r="47" spans="1:16" s="2" customFormat="1" ht="85" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="6"/>
-      <c r="B47" s="167" t="s">
-        <v>56</v>
+      <c r="B47" s="149" t="s">
+        <v>50</v>
       </c>
-      <c r="C47" s="168"/>
-[...1 lines deleted...]
-      <c r="E47" s="170"/>
+      <c r="C47" s="150"/>
+      <c r="D47" s="151"/>
+      <c r="E47" s="152"/>
       <c r="F47" s="89"/>
-      <c r="H47" s="136"/>
-[...7 lines deleted...]
-      <c r="P47" s="102"/>
+      <c r="H47" s="133"/>
+      <c r="I47" s="145"/>
+      <c r="J47" s="142"/>
+      <c r="K47" s="93"/>
+      <c r="L47" s="93"/>
+      <c r="M47" s="93"/>
+      <c r="N47" s="99"/>
+      <c r="O47" s="93"/>
+      <c r="P47" s="99"/>
     </row>
     <row r="48" spans="1:16" s="2" customFormat="1" ht="43" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="6"/>
       <c r="B48" s="54" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
-      <c r="C48" s="123"/>
-[...1 lines deleted...]
-      <c r="E48" s="130"/>
+      <c r="C48" s="120"/>
+      <c r="D48" s="127"/>
+      <c r="E48" s="127"/>
       <c r="F48" s="88"/>
-      <c r="H48" s="135">
+      <c r="H48" s="132">
         <v>0</v>
       </c>
-      <c r="I48" s="93"/>
-[...1 lines deleted...]
-      <c r="K48" s="113">
+      <c r="I48" s="143"/>
+      <c r="J48" s="141"/>
+      <c r="K48" s="110">
         <f>IF(C48="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L48" s="113">
+      <c r="L48" s="110">
         <f t="shared" ref="L48:L57" si="9">H48*K48</f>
         <v>0</v>
       </c>
-      <c r="M48" s="117">
+      <c r="M48" s="114">
         <v>0.05</v>
       </c>
-      <c r="N48" s="142">
+      <c r="N48" s="138">
         <f>IF(COUNTIF(L48:L55,"&gt;0")=1,MAX(L48:L55)*M48,IF(COUNTIF(L48:L55,"&gt;0")=2,SUM(MAX(L48:L55)*M48,LARGE(L48:L55,2)*M49), SUM(MAX(L48:L55)*M48,LARGE(L48:L55,2)*M49, LARGE(L48:L55,3)*M50)))</f>
         <v>0</v>
       </c>
-      <c r="O48" s="118"/>
-      <c r="P48" s="115">
+      <c r="O48" s="115"/>
+      <c r="P48" s="112">
         <f t="shared" ref="P48:P57" si="10">H48*K48*O48</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:16" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A49" s="6"/>
       <c r="B49" s="55" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
-      <c r="C49" s="123"/>
-[...1 lines deleted...]
-      <c r="E49" s="130"/>
+      <c r="C49" s="120"/>
+      <c r="D49" s="127"/>
+      <c r="E49" s="127"/>
       <c r="F49" s="88"/>
-      <c r="H49" s="135">
+      <c r="H49" s="132">
         <v>0</v>
       </c>
-      <c r="I49" s="93"/>
-[...1 lines deleted...]
-      <c r="K49" s="113">
+      <c r="I49" s="143"/>
+      <c r="J49" s="141"/>
+      <c r="K49" s="110">
         <f t="shared" ref="K49:K55" si="11">IF(C49="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L49" s="113">
+      <c r="L49" s="110">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="M49" s="117">
+      <c r="M49" s="114">
         <v>0.03</v>
       </c>
-      <c r="N49" s="115"/>
-[...1 lines deleted...]
-      <c r="P49" s="115">
+      <c r="N49" s="112"/>
+      <c r="O49" s="115"/>
+      <c r="P49" s="112">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:16" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A50" s="6"/>
       <c r="B50" s="56" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
-      <c r="C50" s="123"/>
-[...1 lines deleted...]
-      <c r="E50" s="130"/>
+      <c r="C50" s="120"/>
+      <c r="D50" s="127"/>
+      <c r="E50" s="127"/>
       <c r="F50" s="88"/>
-      <c r="H50" s="135">
+      <c r="H50" s="132">
         <v>0</v>
       </c>
-      <c r="I50" s="93"/>
-[...1 lines deleted...]
-      <c r="K50" s="113">
+      <c r="I50" s="143"/>
+      <c r="J50" s="141"/>
+      <c r="K50" s="110">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="L50" s="113">
+      <c r="L50" s="110">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="M50" s="117">
+      <c r="M50" s="114">
         <v>0.02</v>
       </c>
-      <c r="N50" s="115"/>
-[...1 lines deleted...]
-      <c r="P50" s="115">
+      <c r="N50" s="112"/>
+      <c r="O50" s="115"/>
+      <c r="P50" s="112">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:16" s="2" customFormat="1" ht="43" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="6"/>
       <c r="B51" s="57" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
-      <c r="C51" s="123"/>
-[...1 lines deleted...]
-      <c r="E51" s="130"/>
+      <c r="C51" s="120"/>
+      <c r="D51" s="127"/>
+      <c r="E51" s="127"/>
       <c r="F51" s="88"/>
-      <c r="H51" s="135">
+      <c r="H51" s="132">
         <v>0</v>
       </c>
-      <c r="I51" s="93"/>
-[...1 lines deleted...]
-      <c r="K51" s="113">
+      <c r="I51" s="143"/>
+      <c r="J51" s="141"/>
+      <c r="K51" s="110">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="L51" s="113">
+      <c r="L51" s="110">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="M51" s="117"/>
-[...2 lines deleted...]
-      <c r="P51" s="115">
+      <c r="M51" s="114"/>
+      <c r="N51" s="112"/>
+      <c r="O51" s="115"/>
+      <c r="P51" s="112">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:16" s="2" customFormat="1" ht="51.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="6"/>
       <c r="B52" s="57" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
-      <c r="C52" s="123"/>
-[...1 lines deleted...]
-      <c r="E52" s="130"/>
+      <c r="C52" s="120"/>
+      <c r="D52" s="127"/>
+      <c r="E52" s="127"/>
       <c r="F52" s="88"/>
-      <c r="H52" s="135">
+      <c r="H52" s="132">
         <v>0</v>
       </c>
-      <c r="I52" s="93"/>
-[...1 lines deleted...]
-      <c r="K52" s="113">
+      <c r="I52" s="143"/>
+      <c r="J52" s="141"/>
+      <c r="K52" s="110">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="L52" s="113">
+      <c r="L52" s="110">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="M52" s="117"/>
-[...2 lines deleted...]
-      <c r="P52" s="115">
+      <c r="M52" s="114"/>
+      <c r="N52" s="112"/>
+      <c r="O52" s="115"/>
+      <c r="P52" s="112">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:16" s="2" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="6"/>
       <c r="B53" s="55" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
-      <c r="C53" s="123"/>
-[...1 lines deleted...]
-      <c r="E53" s="130"/>
+      <c r="C53" s="120"/>
+      <c r="D53" s="127"/>
+      <c r="E53" s="127"/>
       <c r="F53" s="88"/>
-      <c r="H53" s="135">
+      <c r="H53" s="132">
         <v>0</v>
       </c>
-      <c r="I53" s="93"/>
-[...1 lines deleted...]
-      <c r="K53" s="113">
+      <c r="I53" s="143"/>
+      <c r="J53" s="141"/>
+      <c r="K53" s="110">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="L53" s="113">
+      <c r="L53" s="110">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="M53" s="117"/>
-[...2 lines deleted...]
-      <c r="P53" s="115">
+      <c r="M53" s="114"/>
+      <c r="N53" s="112"/>
+      <c r="O53" s="115"/>
+      <c r="P53" s="112">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:16" s="2" customFormat="1" ht="52" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:16" s="2" customFormat="1" ht="62" x14ac:dyDescent="0.35">
       <c r="A54" s="6"/>
       <c r="B54" s="57" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
-      <c r="C54" s="123"/>
-[...1 lines deleted...]
-      <c r="E54" s="130"/>
+      <c r="C54" s="120"/>
+      <c r="D54" s="127"/>
+      <c r="E54" s="127"/>
       <c r="F54" s="88"/>
-      <c r="H54" s="135">
+      <c r="H54" s="132">
         <v>0</v>
       </c>
-      <c r="I54" s="93"/>
-[...1 lines deleted...]
-      <c r="K54" s="113">
+      <c r="I54" s="143"/>
+      <c r="J54" s="141"/>
+      <c r="K54" s="110">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="L54" s="113">
+      <c r="L54" s="110">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="M54" s="117"/>
-[...2 lines deleted...]
-      <c r="P54" s="115">
+      <c r="M54" s="114"/>
+      <c r="N54" s="112"/>
+      <c r="O54" s="115"/>
+      <c r="P54" s="112">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:16" s="2" customFormat="1" ht="43" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="6"/>
       <c r="B55" s="58" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
-      <c r="C55" s="123"/>
-[...1 lines deleted...]
-      <c r="E55" s="130"/>
+      <c r="C55" s="120"/>
+      <c r="D55" s="127"/>
+      <c r="E55" s="127"/>
       <c r="F55" s="88"/>
-      <c r="H55" s="135">
+      <c r="H55" s="132">
         <v>0</v>
       </c>
-      <c r="I55" s="93"/>
-[...1 lines deleted...]
-      <c r="K55" s="113">
+      <c r="I55" s="143"/>
+      <c r="J55" s="141"/>
+      <c r="K55" s="110">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="L55" s="113">
+      <c r="L55" s="110">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="M55" s="117"/>
-[...2 lines deleted...]
-      <c r="P55" s="115">
+      <c r="M55" s="114"/>
+      <c r="N55" s="112"/>
+      <c r="O55" s="115"/>
+      <c r="P55" s="112">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:16" s="2" customFormat="1" ht="126" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="6"/>
       <c r="B56" s="59" t="s">
-        <v>65</v>
+        <v>92</v>
       </c>
-      <c r="C56" s="141"/>
-[...1 lines deleted...]
-      <c r="E56" s="124"/>
+      <c r="C56" s="137"/>
+      <c r="D56" s="121"/>
+      <c r="E56" s="121"/>
       <c r="F56" s="88"/>
-      <c r="H56" s="135">
+      <c r="H56" s="132">
         <v>0</v>
       </c>
-      <c r="I56" s="93"/>
-[...2 lines deleted...]
-        <f>IF(C56="1-2",0.2,IF(C56="3-10",0.6,IF(C56="11-20",1,IF(C56="21-40",1,IF(C56="41+",1,0)))))</f>
+      <c r="I56" s="143"/>
+      <c r="J56" s="141"/>
+      <c r="K56" s="110">
+        <f>IF(C56="1-2 hrs",0.2,IF(C56="3-10 hrs",0.6,IF(C56="11-20 hrs",1,IF(C56="21-40 hrs",1,IF(C56="41+ hrs",1,0)))))</f>
         <v>0</v>
       </c>
-      <c r="L56" s="113">
+      <c r="L56" s="110">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="M56" s="117">
+      <c r="M56" s="114">
         <v>0.05</v>
       </c>
-      <c r="N56" s="115">
+      <c r="N56" s="112">
         <f t="shared" ref="N56:N57" si="12">H56*K56*M56</f>
         <v>0</v>
       </c>
-      <c r="O56" s="118"/>
-      <c r="P56" s="115">
+      <c r="O56" s="115"/>
+      <c r="P56" s="112">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:16" s="2" customFormat="1" ht="139" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="6"/>
       <c r="B57" s="39" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
-      <c r="C57" s="123"/>
-[...1 lines deleted...]
-      <c r="E57" s="131"/>
+      <c r="C57" s="120"/>
+      <c r="D57" s="128"/>
+      <c r="E57" s="128"/>
       <c r="F57" s="88"/>
-      <c r="H57" s="135">
+      <c r="H57" s="132">
         <v>0</v>
       </c>
-      <c r="I57" s="93"/>
-[...1 lines deleted...]
-      <c r="K57" s="113">
+      <c r="I57" s="143"/>
+      <c r="J57" s="141"/>
+      <c r="K57" s="110">
         <f>IF(C57="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L57" s="113">
+      <c r="L57" s="110">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="M57" s="117">
+      <c r="M57" s="114">
         <v>0.05</v>
       </c>
-      <c r="N57" s="115">
+      <c r="N57" s="112">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="O57" s="118"/>
-      <c r="P57" s="115">
+      <c r="O57" s="115"/>
+      <c r="P57" s="112">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:16" s="2" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="6"/>
       <c r="B58" s="22" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="C58" s="37" t="s">
-        <v>4</v>
+        <v>2</v>
       </c>
-      <c r="D58" s="109" t="s">
-        <v>5</v>
+      <c r="D58" s="106" t="s">
+        <v>3</v>
       </c>
-      <c r="E58" s="110" t="s">
-        <v>16</v>
+      <c r="E58" s="107" t="s">
+        <v>14</v>
       </c>
       <c r="F58" s="88"/>
-      <c r="H58" s="136"/>
-[...7 lines deleted...]
-      <c r="P58" s="102"/>
+      <c r="H58" s="133"/>
+      <c r="I58" s="145"/>
+      <c r="J58" s="142"/>
+      <c r="K58" s="93"/>
+      <c r="L58" s="93"/>
+      <c r="M58" s="93"/>
+      <c r="N58" s="99"/>
+      <c r="O58" s="93"/>
+      <c r="P58" s="99"/>
     </row>
     <row r="59" spans="1:16" s="2" customFormat="1" ht="62.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="6"/>
       <c r="B59" s="39" t="s">
-        <v>68</v>
+        <v>94</v>
       </c>
-      <c r="C59" s="132"/>
-[...1 lines deleted...]
-      <c r="E59" s="108"/>
+      <c r="C59" s="129"/>
+      <c r="D59" s="104"/>
+      <c r="E59" s="105"/>
       <c r="F59" s="88"/>
-      <c r="H59" s="136"/>
-[...7 lines deleted...]
-      <c r="P59" s="102"/>
+      <c r="H59" s="133"/>
+      <c r="I59" s="145"/>
+      <c r="J59" s="142"/>
+      <c r="K59" s="93"/>
+      <c r="L59" s="93"/>
+      <c r="M59" s="93"/>
+      <c r="N59" s="99"/>
+      <c r="O59" s="93"/>
+      <c r="P59" s="99"/>
     </row>
     <row r="60" spans="1:16" s="2" customFormat="1" ht="53.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="6"/>
-      <c r="B60" s="183" t="s">
-        <v>69</v>
+      <c r="B60" s="165" t="s">
+        <v>59</v>
       </c>
-      <c r="C60" s="184"/>
-[...1 lines deleted...]
-      <c r="E60" s="186"/>
+      <c r="C60" s="166"/>
+      <c r="D60" s="167"/>
+      <c r="E60" s="168"/>
       <c r="F60" s="88"/>
-      <c r="H60" s="136"/>
-[...7 lines deleted...]
-      <c r="P60" s="102"/>
+      <c r="H60" s="133"/>
+      <c r="I60" s="145"/>
+      <c r="J60" s="142"/>
+      <c r="K60" s="93"/>
+      <c r="L60" s="93"/>
+      <c r="M60" s="93"/>
+      <c r="N60" s="99"/>
+      <c r="O60" s="93"/>
+      <c r="P60" s="99"/>
     </row>
     <row r="61" spans="1:16" s="2" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="6"/>
       <c r="B61" s="61" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
-      <c r="C61" s="123"/>
-[...1 lines deleted...]
-      <c r="E61" s="124"/>
+      <c r="C61" s="120"/>
+      <c r="D61" s="121"/>
+      <c r="E61" s="121"/>
       <c r="F61" s="88"/>
-      <c r="H61" s="135">
+      <c r="H61" s="132">
         <v>0</v>
       </c>
-      <c r="I61" s="93"/>
-[...1 lines deleted...]
-      <c r="K61" s="113">
+      <c r="I61" s="143"/>
+      <c r="J61" s="141"/>
+      <c r="K61" s="110">
         <f>IF(C61="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L61" s="113">
+      <c r="L61" s="110">
         <f t="shared" ref="L61:L70" si="13">H61*K61</f>
         <v>0</v>
       </c>
-      <c r="M61" s="117">
+      <c r="M61" s="114">
         <v>0.03</v>
       </c>
-      <c r="N61" s="142">
+      <c r="N61" s="138">
         <f>IF(COUNTIF(L61:L69,"&gt;0")=1,MAX(L61:L69)*M61,IF(COUNTIF(L61:L69,"&gt;0")=2,SUM(MAX(L61:L69)*M61,LARGE(L61:L69,2)*M62), SUM(MAX(L61:L69)*M61,LARGE(L61:L69,2)*M62, LARGE(L61:L69,3)*M63)))</f>
         <v>0</v>
       </c>
-      <c r="O61" s="118"/>
-      <c r="P61" s="115">
+      <c r="O61" s="115"/>
+      <c r="P61" s="112">
         <f t="shared" ref="P61:P70" si="14">H61*K61*O61</f>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:16" s="2" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="6"/>
       <c r="B62" s="62" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
-      <c r="C62" s="123"/>
-[...1 lines deleted...]
-      <c r="E62" s="124"/>
+      <c r="C62" s="120"/>
+      <c r="D62" s="121"/>
+      <c r="E62" s="121"/>
       <c r="F62" s="88"/>
-      <c r="H62" s="135">
+      <c r="H62" s="132">
         <v>0</v>
       </c>
-      <c r="I62" s="93"/>
-[...1 lines deleted...]
-      <c r="K62" s="113">
+      <c r="I62" s="143"/>
+      <c r="J62" s="141"/>
+      <c r="K62" s="110">
         <f t="shared" ref="K62:K69" si="15">IF(C62="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L62" s="113">
+      <c r="L62" s="110">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="M62" s="117">
+      <c r="M62" s="114">
         <v>0.01</v>
       </c>
-      <c r="N62" s="115"/>
-[...1 lines deleted...]
-      <c r="P62" s="115">
+      <c r="N62" s="112"/>
+      <c r="O62" s="115"/>
+      <c r="P62" s="112">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:16" s="2" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="6"/>
       <c r="B63" s="62" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
-      <c r="C63" s="123"/>
-[...1 lines deleted...]
-      <c r="E63" s="124"/>
+      <c r="C63" s="120"/>
+      <c r="D63" s="121"/>
+      <c r="E63" s="121"/>
       <c r="F63" s="88"/>
-      <c r="H63" s="135">
+      <c r="H63" s="132">
         <v>0</v>
       </c>
-      <c r="I63" s="93"/>
-[...1 lines deleted...]
-      <c r="K63" s="113">
+      <c r="I63" s="143"/>
+      <c r="J63" s="141"/>
+      <c r="K63" s="110">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="L63" s="113">
+      <c r="L63" s="110">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="M63" s="117">
+      <c r="M63" s="114">
         <v>0.01</v>
       </c>
-      <c r="N63" s="115"/>
-[...1 lines deleted...]
-      <c r="P63" s="115">
+      <c r="N63" s="112"/>
+      <c r="O63" s="115"/>
+      <c r="P63" s="112">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:16" s="2" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="6"/>
       <c r="B64" s="62" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
-      <c r="C64" s="123"/>
-[...1 lines deleted...]
-      <c r="E64" s="124"/>
+      <c r="C64" s="120"/>
+      <c r="D64" s="121"/>
+      <c r="E64" s="121"/>
       <c r="F64" s="88"/>
-      <c r="H64" s="135">
+      <c r="H64" s="132">
         <v>0</v>
       </c>
-      <c r="I64" s="93"/>
-[...1 lines deleted...]
-      <c r="K64" s="113">
+      <c r="I64" s="143"/>
+      <c r="J64" s="141"/>
+      <c r="K64" s="110">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="L64" s="113">
+      <c r="L64" s="110">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="M64" s="117"/>
-[...2 lines deleted...]
-      <c r="P64" s="115">
+      <c r="M64" s="114"/>
+      <c r="N64" s="112"/>
+      <c r="O64" s="115"/>
+      <c r="P64" s="112">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:16" s="2" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A65" s="6"/>
       <c r="B65" s="63" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
-      <c r="C65" s="123"/>
-[...1 lines deleted...]
-      <c r="E65" s="124"/>
+      <c r="C65" s="120"/>
+      <c r="D65" s="121"/>
+      <c r="E65" s="121"/>
       <c r="F65" s="88"/>
-      <c r="H65" s="135">
+      <c r="H65" s="132">
         <v>0</v>
       </c>
-      <c r="I65" s="93"/>
-[...1 lines deleted...]
-      <c r="K65" s="113">
+      <c r="I65" s="143"/>
+      <c r="J65" s="141"/>
+      <c r="K65" s="110">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="L65" s="113">
+      <c r="L65" s="110">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="M65" s="117"/>
-[...2 lines deleted...]
-      <c r="P65" s="115">
+      <c r="M65" s="114"/>
+      <c r="N65" s="112"/>
+      <c r="O65" s="115"/>
+      <c r="P65" s="112">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:16" s="2" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="6"/>
       <c r="B66" s="64" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
-      <c r="C66" s="123"/>
-[...1 lines deleted...]
-      <c r="E66" s="124"/>
+      <c r="C66" s="120"/>
+      <c r="D66" s="121"/>
+      <c r="E66" s="121"/>
       <c r="F66" s="88"/>
-      <c r="H66" s="135">
+      <c r="H66" s="132">
         <v>0</v>
       </c>
-      <c r="I66" s="93"/>
-[...1 lines deleted...]
-      <c r="K66" s="113">
+      <c r="I66" s="143"/>
+      <c r="J66" s="141"/>
+      <c r="K66" s="110">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="L66" s="113">
+      <c r="L66" s="110">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="M66" s="117"/>
-[...2 lines deleted...]
-      <c r="P66" s="115">
+      <c r="M66" s="114"/>
+      <c r="N66" s="112"/>
+      <c r="O66" s="115"/>
+      <c r="P66" s="112">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:16" s="2" customFormat="1" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A67" s="6"/>
       <c r="B67" s="62" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
-      <c r="C67" s="123"/>
-[...1 lines deleted...]
-      <c r="E67" s="124"/>
+      <c r="C67" s="120"/>
+      <c r="D67" s="121"/>
+      <c r="E67" s="121"/>
       <c r="F67" s="88"/>
-      <c r="H67" s="135">
+      <c r="H67" s="132">
         <v>0</v>
       </c>
-      <c r="I67" s="93"/>
-[...1 lines deleted...]
-      <c r="K67" s="113">
+      <c r="I67" s="143"/>
+      <c r="J67" s="141"/>
+      <c r="K67" s="110">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="L67" s="113">
+      <c r="L67" s="110">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="M67" s="117"/>
-[...2 lines deleted...]
-      <c r="P67" s="115">
+      <c r="M67" s="114"/>
+      <c r="N67" s="112"/>
+      <c r="O67" s="115"/>
+      <c r="P67" s="112">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:16" s="2" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="6"/>
       <c r="B68" s="62" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
-      <c r="C68" s="123"/>
-[...1 lines deleted...]
-      <c r="E68" s="124"/>
+      <c r="C68" s="120"/>
+      <c r="D68" s="121"/>
+      <c r="E68" s="121"/>
       <c r="F68" s="88"/>
-      <c r="H68" s="135">
+      <c r="H68" s="132">
         <v>0</v>
       </c>
-      <c r="I68" s="93"/>
-[...1 lines deleted...]
-      <c r="K68" s="113">
+      <c r="I68" s="143"/>
+      <c r="J68" s="141"/>
+      <c r="K68" s="110">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="L68" s="113">
+      <c r="L68" s="110">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="M68" s="117"/>
-[...2 lines deleted...]
-      <c r="P68" s="115">
+      <c r="M68" s="114"/>
+      <c r="N68" s="112"/>
+      <c r="O68" s="115"/>
+      <c r="P68" s="112">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:16" s="2" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="6"/>
       <c r="B69" s="65" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
-      <c r="C69" s="123"/>
-[...1 lines deleted...]
-      <c r="E69" s="124"/>
+      <c r="C69" s="120"/>
+      <c r="D69" s="121"/>
+      <c r="E69" s="121"/>
       <c r="F69" s="88"/>
-      <c r="H69" s="135">
+      <c r="H69" s="132">
         <v>0</v>
       </c>
-      <c r="I69" s="93"/>
-[...1 lines deleted...]
-      <c r="K69" s="113">
+      <c r="I69" s="143"/>
+      <c r="J69" s="141"/>
+      <c r="K69" s="110">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="L69" s="113">
+      <c r="L69" s="110">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="M69" s="117"/>
-[...2 lines deleted...]
-      <c r="P69" s="115">
+      <c r="M69" s="114"/>
+      <c r="N69" s="112"/>
+      <c r="O69" s="115"/>
+      <c r="P69" s="112">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:16" s="2" customFormat="1" ht="110.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A70" s="6"/>
       <c r="B70" s="66" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
-      <c r="C70" s="133"/>
-[...1 lines deleted...]
-      <c r="E70" s="134"/>
+      <c r="C70" s="130"/>
+      <c r="D70" s="131"/>
+      <c r="E70" s="131"/>
       <c r="F70" s="88"/>
-      <c r="H70" s="135">
+      <c r="H70" s="132">
         <v>0</v>
       </c>
-      <c r="I70" s="93"/>
-[...1 lines deleted...]
-      <c r="K70" s="113">
+      <c r="I70" s="143"/>
+      <c r="J70" s="141"/>
+      <c r="K70" s="110">
         <f>IF(C70="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L70" s="113">
+      <c r="L70" s="110">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="M70" s="117">
+      <c r="M70" s="114">
         <v>0.05</v>
       </c>
-      <c r="N70" s="115">
+      <c r="N70" s="112">
         <f t="shared" ref="N70" si="16">H70*K70*M70</f>
         <v>0</v>
       </c>
-      <c r="O70" s="118"/>
-      <c r="P70" s="115">
+      <c r="O70" s="115"/>
+      <c r="P70" s="112">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:16" s="2" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="6"/>
       <c r="B71" s="67" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
-      <c r="C71" s="132"/>
-[...1 lines deleted...]
-      <c r="E71" s="108"/>
+      <c r="C71" s="129"/>
+      <c r="D71" s="104"/>
+      <c r="E71" s="105"/>
       <c r="F71" s="88"/>
-      <c r="H71" s="136"/>
-[...2 lines deleted...]
-      <c r="K71" s="94">
+      <c r="H71" s="133"/>
+      <c r="I71" s="145"/>
+      <c r="J71" s="142"/>
+      <c r="K71" s="93">
         <f>IF(C71="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L71" s="94"/>
-[...3 lines deleted...]
-      <c r="P71" s="102"/>
+      <c r="L71" s="93"/>
+      <c r="M71" s="93"/>
+      <c r="N71" s="99"/>
+      <c r="O71" s="93"/>
+      <c r="P71" s="99"/>
     </row>
     <row r="72" spans="1:16" s="2" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="6"/>
-      <c r="B72" s="167" t="s">
-        <v>76</v>
+      <c r="B72" s="149" t="s">
+        <v>64</v>
       </c>
-      <c r="C72" s="168"/>
-[...1 lines deleted...]
-      <c r="E72" s="170"/>
+      <c r="C72" s="150"/>
+      <c r="D72" s="151"/>
+      <c r="E72" s="152"/>
       <c r="F72" s="88"/>
-      <c r="H72" s="136"/>
-[...7 lines deleted...]
-      <c r="P72" s="102"/>
+      <c r="H72" s="133"/>
+      <c r="I72" s="145"/>
+      <c r="J72" s="142"/>
+      <c r="K72" s="93"/>
+      <c r="L72" s="93"/>
+      <c r="M72" s="93"/>
+      <c r="N72" s="99"/>
+      <c r="O72" s="93"/>
+      <c r="P72" s="99"/>
     </row>
     <row r="73" spans="1:16" s="2" customFormat="1" ht="47.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A73" s="6"/>
       <c r="B73" s="68" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
-      <c r="C73" s="133"/>
-[...1 lines deleted...]
-      <c r="E73" s="124"/>
+      <c r="C73" s="130"/>
+      <c r="D73" s="121"/>
+      <c r="E73" s="121"/>
       <c r="F73" s="88"/>
-      <c r="H73" s="135">
+      <c r="H73" s="132">
         <v>0</v>
       </c>
-      <c r="I73" s="93"/>
-[...1 lines deleted...]
-      <c r="K73" s="113">
+      <c r="I73" s="143"/>
+      <c r="J73" s="141"/>
+      <c r="K73" s="110">
         <f>IF(C73="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L73" s="113">
+      <c r="L73" s="110">
         <f t="shared" ref="L73:L82" si="17">H73*K73</f>
         <v>0</v>
       </c>
-      <c r="M73" s="117">
+      <c r="M73" s="114">
         <f>10/3*0.01</f>
         <v>3.3333333333333333E-2</v>
       </c>
-      <c r="N73" s="115">
+      <c r="N73" s="112">
         <f t="shared" ref="N73:N82" si="18">H73*K73*M73</f>
         <v>0</v>
       </c>
-      <c r="O73" s="118"/>
-      <c r="P73" s="115">
+      <c r="O73" s="115"/>
+      <c r="P73" s="112">
         <f t="shared" ref="P73:P82" si="19">H73*K73*O73</f>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:16" s="2" customFormat="1" ht="37" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A74" s="6"/>
       <c r="B74" s="69" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
-      <c r="C74" s="133"/>
-[...1 lines deleted...]
-      <c r="E74" s="124"/>
+      <c r="C74" s="130"/>
+      <c r="D74" s="121"/>
+      <c r="E74" s="121"/>
       <c r="F74" s="88"/>
-      <c r="H74" s="135">
+      <c r="H74" s="132">
         <v>0</v>
       </c>
-      <c r="I74" s="93"/>
-[...1 lines deleted...]
-      <c r="K74" s="113">
+      <c r="I74" s="143"/>
+      <c r="J74" s="141"/>
+      <c r="K74" s="110">
         <f t="shared" ref="K74:K75" si="20">IF(C74="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L74" s="113">
+      <c r="L74" s="110">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="M74" s="117">
+      <c r="M74" s="114">
         <f t="shared" ref="M74:M75" si="21">10/3*0.01</f>
         <v>3.3333333333333333E-2</v>
       </c>
-      <c r="N74" s="115">
+      <c r="N74" s="112">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="O74" s="118"/>
-      <c r="P74" s="115">
+      <c r="O74" s="115"/>
+      <c r="P74" s="112">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:16" s="2" customFormat="1" ht="56.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A75" s="6"/>
       <c r="B75" s="70" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
-      <c r="C75" s="129"/>
-[...1 lines deleted...]
-      <c r="E75" s="124"/>
+      <c r="C75" s="126"/>
+      <c r="D75" s="121"/>
+      <c r="E75" s="121"/>
       <c r="F75" s="88"/>
-      <c r="H75" s="135">
+      <c r="H75" s="132">
         <v>0</v>
       </c>
-      <c r="I75" s="93"/>
-[...1 lines deleted...]
-      <c r="K75" s="113">
+      <c r="I75" s="143"/>
+      <c r="J75" s="141"/>
+      <c r="K75" s="110">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="L75" s="113">
+      <c r="L75" s="110">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="M75" s="117">
+      <c r="M75" s="114">
         <f t="shared" si="21"/>
         <v>3.3333333333333333E-2</v>
       </c>
-      <c r="N75" s="115">
+      <c r="N75" s="112">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="O75" s="118"/>
-      <c r="P75" s="115">
+      <c r="O75" s="115"/>
+      <c r="P75" s="112">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:16" s="2" customFormat="1" ht="51.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="6"/>
-      <c r="B76" s="167" t="s">
-        <v>80</v>
+      <c r="B76" s="149" t="s">
+        <v>68</v>
       </c>
-      <c r="C76" s="168"/>
-[...1 lines deleted...]
-      <c r="E76" s="171"/>
+      <c r="C76" s="150"/>
+      <c r="D76" s="150"/>
+      <c r="E76" s="153"/>
       <c r="F76" s="88"/>
-      <c r="H76" s="136"/>
-[...7 lines deleted...]
-      <c r="P76" s="102"/>
+      <c r="H76" s="133"/>
+      <c r="I76" s="145"/>
+      <c r="J76" s="142"/>
+      <c r="K76" s="93"/>
+      <c r="L76" s="93"/>
+      <c r="M76" s="93"/>
+      <c r="N76" s="99"/>
+      <c r="O76" s="93"/>
+      <c r="P76" s="99"/>
     </row>
     <row r="77" spans="1:16" s="2" customFormat="1" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A77" s="6"/>
       <c r="B77" s="71" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
-      <c r="C77" s="129"/>
-[...1 lines deleted...]
-      <c r="E77" s="124"/>
+      <c r="C77" s="126"/>
+      <c r="D77" s="121"/>
+      <c r="E77" s="121"/>
       <c r="F77" s="88"/>
-      <c r="H77" s="135">
+      <c r="H77" s="132">
         <v>0</v>
       </c>
-      <c r="I77" s="93"/>
-[...1 lines deleted...]
-      <c r="K77" s="113">
+      <c r="I77" s="143"/>
+      <c r="J77" s="141"/>
+      <c r="K77" s="110">
         <f>IF(C77="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L77" s="113">
+      <c r="L77" s="110">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="M77" s="117">
+      <c r="M77" s="114">
         <v>0</v>
       </c>
-      <c r="N77" s="115">
+      <c r="N77" s="112">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="O77" s="118"/>
-      <c r="P77" s="115">
+      <c r="O77" s="115"/>
+      <c r="P77" s="112">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:16" s="2" customFormat="1" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A78" s="6"/>
       <c r="B78" s="72" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
-      <c r="C78" s="129"/>
-[...1 lines deleted...]
-      <c r="E78" s="124"/>
+      <c r="C78" s="126"/>
+      <c r="D78" s="121"/>
+      <c r="E78" s="121"/>
       <c r="F78" s="88"/>
-      <c r="H78" s="135">
+      <c r="H78" s="132">
         <v>0</v>
       </c>
-      <c r="I78" s="93"/>
-[...1 lines deleted...]
-      <c r="K78" s="113">
+      <c r="I78" s="143"/>
+      <c r="J78" s="141"/>
+      <c r="K78" s="110">
         <f t="shared" ref="K78:K80" si="22">IF(C78="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L78" s="113">
+      <c r="L78" s="110">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="M78" s="117">
+      <c r="M78" s="114">
         <v>0</v>
       </c>
-      <c r="N78" s="115">
+      <c r="N78" s="112">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="O78" s="118"/>
-      <c r="P78" s="115">
+      <c r="O78" s="115"/>
+      <c r="P78" s="112">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:16" s="2" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A79" s="6"/>
       <c r="B79" s="72" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
-      <c r="C79" s="129"/>
-[...1 lines deleted...]
-      <c r="E79" s="124"/>
+      <c r="C79" s="126"/>
+      <c r="D79" s="121"/>
+      <c r="E79" s="121"/>
       <c r="F79" s="88"/>
-      <c r="H79" s="135">
+      <c r="H79" s="132">
         <v>0</v>
       </c>
-      <c r="I79" s="93"/>
-[...1 lines deleted...]
-      <c r="K79" s="113">
+      <c r="I79" s="143"/>
+      <c r="J79" s="141"/>
+      <c r="K79" s="110">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="L79" s="113">
+      <c r="L79" s="110">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="M79" s="117">
+      <c r="M79" s="114">
         <v>0</v>
       </c>
-      <c r="N79" s="115">
+      <c r="N79" s="112">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="O79" s="118"/>
-      <c r="P79" s="115">
+      <c r="O79" s="115"/>
+      <c r="P79" s="112">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:16" s="2" customFormat="1" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A80" s="6"/>
       <c r="B80" s="73" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
-      <c r="C80" s="129"/>
-[...1 lines deleted...]
-      <c r="E80" s="124"/>
+      <c r="C80" s="126"/>
+      <c r="D80" s="121"/>
+      <c r="E80" s="121"/>
       <c r="F80" s="88"/>
-      <c r="H80" s="135">
+      <c r="H80" s="132">
         <v>0</v>
       </c>
-      <c r="I80" s="93"/>
-[...1 lines deleted...]
-      <c r="K80" s="113">
+      <c r="I80" s="143"/>
+      <c r="J80" s="141"/>
+      <c r="K80" s="110">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="L80" s="113">
+      <c r="L80" s="110">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="M80" s="117">
+      <c r="M80" s="114">
         <v>0</v>
       </c>
-      <c r="N80" s="115">
+      <c r="N80" s="112">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="O80" s="118"/>
-      <c r="P80" s="115">
+      <c r="O80" s="115"/>
+      <c r="P80" s="112">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:16383" s="2" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="6"/>
       <c r="B81" s="24" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="C81" s="37" t="s">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D81" s="74" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E81" s="60" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F81" s="88"/>
-      <c r="H81" s="136"/>
-[...7 lines deleted...]
-      <c r="P81" s="102"/>
+      <c r="H81" s="133"/>
+      <c r="I81" s="145"/>
+      <c r="J81" s="142"/>
+      <c r="K81" s="93"/>
+      <c r="L81" s="93"/>
+      <c r="M81" s="93"/>
+      <c r="N81" s="99"/>
+      <c r="O81" s="93"/>
+      <c r="P81" s="99"/>
     </row>
     <row r="82" spans="1:16383" s="2" customFormat="1" ht="101.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A82" s="6"/>
       <c r="B82" s="75" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
-      <c r="C82" s="129"/>
-[...1 lines deleted...]
-      <c r="E82" s="124"/>
+      <c r="C82" s="126"/>
+      <c r="D82" s="121"/>
+      <c r="E82" s="121"/>
       <c r="F82" s="90"/>
-      <c r="H82" s="135">
+      <c r="H82" s="132">
         <v>0</v>
       </c>
-      <c r="I82" s="93"/>
-[...1 lines deleted...]
-      <c r="K82" s="113">
+      <c r="I82" s="143"/>
+      <c r="J82" s="141"/>
+      <c r="K82" s="110">
         <f>IF(C82="Yes", 1, 0)</f>
         <v>0</v>
       </c>
-      <c r="L82" s="113">
+      <c r="L82" s="110">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="M82" s="117">
+      <c r="M82" s="114">
         <v>0.1</v>
       </c>
-      <c r="N82" s="115">
+      <c r="N82" s="112">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="O82" s="118"/>
-      <c r="P82" s="115">
+      <c r="O82" s="115"/>
+      <c r="P82" s="112">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:16383" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A83" s="29"/>
       <c r="B83" s="29"/>
       <c r="C83" s="30"/>
       <c r="D83" s="29"/>
       <c r="E83" s="29"/>
       <c r="F83" s="91"/>
       <c r="K83"/>
       <c r="L83"/>
       <c r="M83" s="25"/>
-      <c r="N83" s="103"/>
+      <c r="N83" s="100"/>
       <c r="O83" s="25"/>
       <c r="P83" s="25"/>
     </row>
     <row r="84" spans="1:16383" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="F84" s="15"/>
       <c r="M84" s="26">
         <f>SUM(M18:M82)</f>
         <v>1.0000000000000002</v>
       </c>
-      <c r="N84" s="143">
+      <c r="N84" s="139">
         <f>SUM(N18:N82)</f>
         <v>0</v>
       </c>
       <c r="O84" s="26">
         <f>SUM(O18:O82)</f>
         <v>0</v>
       </c>
       <c r="P84" s="26">
         <f>SUM(P18:P82)</f>
         <v>0</v>
       </c>
       <c r="Q84" s="1"/>
       <c r="R84" s="1"/>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
       <c r="X84" s="1"/>
       <c r="Y84" s="1"/>
       <c r="Z84" s="1"/>
       <c r="AA84" s="1"/>
       <c r="AB84" s="1"/>
       <c r="AC84" s="1"/>
       <c r="AD84" s="1"/>
@@ -38658,71 +38679,71 @@
       <c r="XEH85" s="1"/>
       <c r="XEI85" s="1"/>
       <c r="XEJ85" s="1"/>
       <c r="XEK85" s="1"/>
       <c r="XEL85" s="1"/>
       <c r="XEM85" s="1"/>
       <c r="XEN85" s="1"/>
       <c r="XEO85" s="1"/>
       <c r="XEP85" s="1"/>
       <c r="XEQ85" s="1"/>
       <c r="XER85" s="1"/>
       <c r="XES85" s="1"/>
       <c r="XET85" s="1"/>
       <c r="XEU85" s="1"/>
       <c r="XEV85" s="1"/>
       <c r="XEW85" s="1"/>
       <c r="XEX85" s="1"/>
       <c r="XEY85" s="1"/>
       <c r="XEZ85" s="1"/>
       <c r="XFA85" s="1"/>
       <c r="XFB85" s="1"/>
       <c r="XFC85" s="1"/>
     </row>
     <row r="86" spans="1:16383" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="87" spans="1:16383" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="I87" s="164" t="s">
-        <v>86</v>
+      <c r="I87" s="146" t="s">
+        <v>73</v>
       </c>
-      <c r="J87" s="164"/>
-[...3 lines deleted...]
-      <c r="N87" s="139"/>
+      <c r="J87" s="146"/>
+      <c r="K87" s="146"/>
+      <c r="L87" s="146"/>
+      <c r="M87" s="147"/>
+      <c r="N87" s="135"/>
       <c r="P87">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:16383" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="I88" s="166" t="s">
-        <v>87</v>
+      <c r="I88" s="148" t="s">
+        <v>74</v>
       </c>
-      <c r="J88" s="166"/>
-[...3 lines deleted...]
-      <c r="N88" s="140">
+      <c r="J88" s="148"/>
+      <c r="K88" s="148"/>
+      <c r="L88" s="148"/>
+      <c r="M88" s="148"/>
+      <c r="N88" s="136">
         <f>SUM(IF(I18="Yes", 0, N18),IF(I20="Yes", 0, N20),IF(I21="Yes", 0, N21),IF(I22="Yes", 0, N22),IF(I23="Yes", 0, N23),IF(I24="Yes", 0, N24),IF(I25="Yes", 0, N25),IF(I26="Yes", 0, N26),IF(I27="Yes", 0, N27),IF(I28="Yes", 0, N28),IF(I32="Yes", 0, N32),IF(I33="Yes", 0, N33),IF(I34="Yes", 0, N34),IF(I35="Yes", 0, N35),IF(I36="Yes", 0, N36),IF(I37="Yes", 0, N37),IF(I40="Yes", 0, N40),IF(I41="Yes", 0, N41),IF(I42="Yes", 0, N42),IF(I43="Yes", 0, N43),IF(I44="Yes", 0, N44),IF(I45="Yes", 0, N45),IF(I48="Yes", 0, N48),IF(I49="Yes", 0, N49),IF(I50="Yes", 0, N50),IF(I51="Yes", 0, N51),IF(I52="Yes", 0, N52),IF(I53="Yes", 0, N53),IF(I54="Yes", 0, N54),IF(I55="Yes", 0, N55),IF(I56="Yes", 0, N56),IF(I57="Yes", 0, N57),IF(I61="Yes", 0, N61),IF(I62="Yes", 0, N62),IF(I63="Yes", 0, N63),IF(I64="Yes", 0, N64),IF(I65="Yes", 0, N65),IF(I66="Yes", 0, N66),IF(I67="Yes", 0, N67),IF(I68="Yes", 0, N68),IF(I69="Yes", 0, N69),IF(I70="Yes", 0, N70),IF(I73="Yes", 0, N73),IF(I74="Yes", 0, N74),IF(I75="Yes", 0, N75),IF(I77="Yes", 0, N77),IF(I78="Yes", 0, N78),IF(I79="Yes", 0, N79),IF(I80="Yes", 0, N80),IF(I82="Yes", 0, N82))*N87</f>
         <v>0</v>
       </c>
       <c r="P88" s="27">
         <f>P87*P84</f>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:16383" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="O89" s="2"/>
       <c r="P89" s="27">
         <f>SUM(IF(I18="Yes", 0, P18),IF(I20="Yes", 0, P20),IF(I21="Yes", 0, P21),IF(I22="Yes", 0, P22),IF(I23="Yes", 0, P23),IF(I24="Yes", 0, P24),IF(I25="Yes", 0, P25),IF(I26="Yes", 0, P26),IF(I27="Yes", 0, P27),IF(I28="Yes", 0, P28),IF(I32="Yes", 0, P32),IF(I33="Yes", 0, P33),IF(I34="Yes", 0, P34),IF(I35="Yes", 0, P35),IF(I36="Yes", 0, P36),IF(I37="Yes", 0, P37),IF(I40="Yes", 0, P40),IF(I41="Yes", 0, P41),IF(I42="Yes", 0, P42),IF(I43="Yes", 0, P43),IF(I44="Yes", 0, P44),IF(I45="Yes", 0, P45),IF(I48="Yes", 0, P48),IF(I49="Yes", 0, P49),IF(I50="Yes", 0, P50),IF(I51="Yes", 0, P51),IF(I52="Yes", 0, P52),IF(I53="Yes", 0, P53),IF(I54="Yes", 0, P54),IF(I55="Yes", 0, P55),IF(I56="Yes", 0, P56),IF(I57="Yes", 0, P57),IF(I61="Yes", 0, P61),IF(I62="Yes", 0, P62),IF(I63="Yes", 0, P63),IF(I64="Yes", 0, P64),IF(I65="Yes", 0, P65),IF(I66="Yes", 0, P66),IF(I67="Yes", 0, P67),IF(I68="Yes", 0, P68),IF(I69="Yes", 0, P69),IF(I70="Yes", 0, P70),IF(I73="Yes", 0, P73),IF(I74="Yes", 0, P74),IF(I75="Yes", 0, P75),IF(I77="Yes", 0, P77),IF(I78="Yes", 0, P78),IF(I79="Yes", 0, P79),IF(I80="Yes", 0, P80),IF(I82="Yes", 0, P82))*P87</f>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:16383" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="K90" s="2"/>
       <c r="L90" s="2"/>
       <c r="M90" s="2"/>
       <c r="N90" s="2"/>
       <c r="O90" s="2"/>
       <c r="P90" s="2"/>
     </row>
     <row r="91" spans="1:16383" ht="15.65" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="K91" s="2"/>
@@ -38738,222 +38759,221 @@
       <c r="M92" s="2"/>
       <c r="N92" s="2"/>
       <c r="O92" s="2"/>
       <c r="P92" s="2"/>
     </row>
     <row r="93" spans="1:16383" ht="15.65" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="K93" s="2"/>
       <c r="L93" s="2"/>
       <c r="M93" s="2"/>
       <c r="N93" s="2"/>
       <c r="O93" s="2"/>
       <c r="P93" s="2"/>
     </row>
     <row r="94" spans="1:16383" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="K94" s="2"/>
       <c r="L94" s="2"/>
       <c r="M94" s="2"/>
       <c r="N94" s="2"/>
       <c r="O94" s="2"/>
       <c r="P94" s="2"/>
     </row>
     <row r="95" spans="1:16383" ht="15.65" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="K95" s="2"/>
       <c r="L95" s="2"/>
       <c r="M95" s="2"/>
-      <c r="N95" s="119" t="s">
-        <v>88</v>
+      <c r="N95" s="116" t="s">
+        <v>75</v>
       </c>
-      <c r="O95" s="120"/>
+      <c r="O95" s="117"/>
       <c r="P95" s="2"/>
     </row>
     <row r="96" spans="1:16383" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="K96" s="2"/>
       <c r="L96" s="2"/>
       <c r="M96" s="2"/>
-      <c r="N96" s="121" t="s">
-        <v>89</v>
+      <c r="N96" s="118" t="s">
+        <v>76</v>
       </c>
       <c r="O96" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="P96" s="2"/>
     </row>
     <row r="97" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="K97" s="2"/>
       <c r="L97" s="2"/>
       <c r="M97" s="2"/>
-      <c r="N97" s="121" t="s">
-        <v>90</v>
+      <c r="N97" s="118" t="s">
+        <v>77</v>
       </c>
       <c r="O97" t="str">
         <f>IF($C$18 = "Yes", "Yes", "")</f>
-        <v/>
+        <v>Yes</v>
       </c>
       <c r="P97" s="2"/>
     </row>
     <row r="98" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="K98" s="2"/>
       <c r="L98" s="2"/>
       <c r="M98" s="2"/>
-      <c r="N98" s="121"/>
+      <c r="N98" s="118"/>
       <c r="P98" s="2"/>
     </row>
     <row r="99" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
-      <c r="N99" s="121" t="s">
-        <v>91</v>
+      <c r="N99" s="118" t="s">
+        <v>78</v>
       </c>
       <c r="O99" t="s">
-        <v>91</v>
+        <v>78</v>
       </c>
       <c r="P99" s="1"/>
     </row>
     <row r="100" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
-      <c r="N100" s="121" t="s">
-        <v>90</v>
+      <c r="N100" s="118" t="s">
+        <v>77</v>
       </c>
       <c r="O100" t="str">
         <f>IF($C$30 = "Yes", "Yes", "")</f>
-        <v/>
+        <v>Yes</v>
       </c>
       <c r="P100" s="1"/>
     </row>
     <row r="101" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="N101" s="121"/>
+      <c r="N101" s="118"/>
     </row>
     <row r="102" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="N102" s="121" t="s">
-        <v>92</v>
+      <c r="N102" s="118" t="s">
+        <v>79</v>
       </c>
       <c r="O102" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
     </row>
     <row r="103" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="N103" s="121" t="s">
-        <v>90</v>
+      <c r="N103" s="118" t="s">
+        <v>77</v>
       </c>
       <c r="O103" t="str">
         <f>IF($C$38 = "Yes", "Yes", "")</f>
-        <v/>
+        <v>Yes</v>
       </c>
     </row>
     <row r="104" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="N104" s="121"/>
+      <c r="N104" s="118"/>
     </row>
     <row r="105" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="N105" s="121" t="s">
-        <v>93</v>
+      <c r="N105" s="118" t="s">
+        <v>80</v>
       </c>
       <c r="O105" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
     </row>
     <row r="106" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="N106" s="121" t="s">
-        <v>90</v>
+      <c r="N106" s="118" t="s">
+        <v>77</v>
       </c>
       <c r="O106" t="str">
         <f>IF($C$46 = "Yes", "Yes", "")</f>
         <v/>
       </c>
     </row>
     <row r="107" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="N107" s="121"/>
+      <c r="N107" s="118"/>
     </row>
     <row r="108" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="N108" s="121" t="s">
-        <v>94</v>
+      <c r="N108" s="118" t="s">
+        <v>81</v>
       </c>
       <c r="O108" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
     </row>
     <row r="109" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="N109" s="121" t="s">
-        <v>90</v>
+      <c r="N109" s="118" t="s">
+        <v>77</v>
       </c>
       <c r="O109" t="str">
         <f>IF($C$59 = "Yes", "Yes", "")</f>
         <v/>
       </c>
     </row>
     <row r="110" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="N110" s="121"/>
+      <c r="N110" s="118"/>
     </row>
     <row r="111" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="N111" s="121" t="s">
-        <v>95</v>
+      <c r="N111" s="118" t="s">
+        <v>82</v>
       </c>
       <c r="O111" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
     </row>
     <row r="112" spans="11:16" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="N112" s="121" t="s">
-        <v>90</v>
+      <c r="N112" s="118" t="s">
+        <v>77</v>
       </c>
       <c r="O112" t="str">
         <f>IF($C$71 = "Yes", "Yes", "")</f>
         <v/>
       </c>
     </row>
     <row r="113" spans="14:14" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="N113" s="121"/>
+      <c r="N113" s="118"/>
     </row>
     <row r="114" spans="14:14" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="115" spans="14:14" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="116" spans="14:14" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="j3DkGOOcfgDGUHCzX6Xg6Ld99PdXh5qXbXdusbcFUI2MgmXmnoJHHMk6BeighOuzRFbdV+WQhPptFrlI+MHnPA==" saltValue="dSbOdIwIHhNK1SImJxf5yw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="20">
-    <mergeCell ref="I87:M87"/>
-[...7 lines deleted...]
-    <mergeCell ref="B60:E60"/>
     <mergeCell ref="C14:E14"/>
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="D16:E16"/>
     <mergeCell ref="C2:E2"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="C12:E12"/>
     <mergeCell ref="D11:E11"/>
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="C13:E13"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="D10:E10"/>
+    <mergeCell ref="I87:M87"/>
+    <mergeCell ref="I88:M88"/>
+    <mergeCell ref="B72:E72"/>
+    <mergeCell ref="B76:E76"/>
+    <mergeCell ref="B19:E19"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="B39:E39"/>
+    <mergeCell ref="B47:E47"/>
+    <mergeCell ref="B60:E60"/>
   </mergeCells>
   <conditionalFormatting sqref="C12:C15 D16 D48:E57">
     <cfRule type="notContainsBlanks" dxfId="13" priority="45">
       <formula>LEN(TRIM(C12))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C18 C20:C28 C30 C40:C46 C48:C55 C57 C59 C61:C71 C73:C75 C77:C80 C82">
     <cfRule type="cellIs" dxfId="12" priority="30" operator="equal">
       <formula>"Yes"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C18 C30 C38 C46 C57 C59 C70:C71 C82">
     <cfRule type="cellIs" dxfId="11" priority="3" operator="equal">
       <formula>"No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C32:C38">
     <cfRule type="cellIs" dxfId="10" priority="1" operator="equal">
       <formula>"Yes"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C48:C55">
     <cfRule type="cellIs" dxfId="9" priority="70" operator="equal">
       <formula>"Yes"</formula>
     </cfRule>
@@ -39047,107 +39067,143 @@
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="B10" r:id="rId1" xr:uid="{D366F8DF-6747-40D9-8D87-9C61EE4C5E46}"/>
     <hyperlink ref="D10" r:id="rId2" display="Climate and Environmental Practices Form (video)" xr:uid="{D1718011-934E-4D92-9685-8AAA4F194CCA}"/>
     <hyperlink ref="D10:E10" r:id="rId3" display="Climate and Environmental Practices Form Overview (video)" xr:uid="{69F8FB5B-E115-467F-855B-0B01E61587B1}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...15 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="be13de5851f91174c7a1ab66af23eefd" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A528DB4F3B680049A1B6302570DB6599" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bc9aad976e1496f67de81552ecc85e50">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f5ac0d3a52bae470ab026609d665ea27" ns2:_="" ns3:_="">
     <xsd:import namespace="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e"/>
+    <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="09ce38db-efdb-4708-8c34-9908d67fb011" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c0b7012c-f701-4a59-bd35-95e7d22289f7}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="09ce38db-efdb-4708-8c34-9908d67fb011">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -39205,88 +39261,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF35521A-BCAC-4E8E-9A48-65A1F460F25F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{448BAFA9-D420-4A18-AC27-4E16FC47DCE7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5837875F-886E-41D6-8753-37A367FB8531}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="55a87ade-ca37-4be4-b5e7-89e6a0eeda8e"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C587E5A4-CBF4-4353-9D26-8599C6F163F5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF35521A-BCAC-4E8E-9A48-65A1F460F25F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -39304,27 +39382,30 @@
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gibo, Gianna (OSD)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A528DB4F3B680049A1B6302570DB6599</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>