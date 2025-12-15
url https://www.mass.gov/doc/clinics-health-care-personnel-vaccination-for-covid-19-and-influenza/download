--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -17,3284 +17,1876 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4D13015A" w14:textId="77777777" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
       <w:pPr>
         <w:framePr w:w="6926" w:hSpace="187" w:wrap="notBeside" w:vAnchor="page" w:hAnchor="page" w:x="2884" w:y="711"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk203127234"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>The Commonwealth of Massachusetts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D27BA80" w14:textId="77777777" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
       </w:pPr>
       <w:r>
         <w:t>Executive Office of Health and Human Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282AB46A" w14:textId="2210E354" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
+    <w:p w14:paraId="2FE9E88A" w14:textId="635A6638" w:rsidR="00D76119" w:rsidRDefault="000537DA" w:rsidP="00D76119">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
       </w:pPr>
       <w:r>
         <w:t>Department of Public Health</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CEDE4CE" w14:textId="18154016" w:rsidR="00C5233F" w:rsidRDefault="00C5233F" w:rsidP="000F315B">
+    <w:p w14:paraId="0958205A" w14:textId="77777777" w:rsidR="006D06D9" w:rsidRPr="00951305" w:rsidRDefault="000537DA" w:rsidP="000F315B">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="0910C808" w14:textId="46A53A13" w:rsidR="00C5233F" w:rsidRDefault="00C5233F" w:rsidP="000F315B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00951305">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>250 Washington Street, Boston, MA 02108-4619</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10BFC7A4" w14:textId="1D6C16C5" w:rsidR="0017749A" w:rsidRPr="0017749A" w:rsidRDefault="0017749A" w:rsidP="000F315B">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:framePr w:w="1927" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="940" w:y="-951"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017749A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>617-624-6000 | mass.gov/dph</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14DDC802" w14:textId="3FA133ED" w:rsidR="00BA4055" w:rsidRDefault="00E814A1" w:rsidP="00E814A1">
+      <w:pPr>
+        <w:framePr w:w="2300" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="940" w:y="-951"/>
+        <w:ind w:left="630"/>
         <w:rPr>
           <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1406FE77" wp14:editId="0F8708FE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2651EE28" wp14:editId="302A2CF4">
             <wp:extent cx="962025" cy="1152525"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Picture 1"/>
+            <wp:docPr id="1" name="Picture 1" descr="Massachusetts state seal"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="1" name="Picture 1" descr="Massachusetts state seal"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="962025" cy="1152525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4EA7C1" w14:textId="5CEB9796" w:rsidR="009908FF" w:rsidRDefault="000B7D96" w:rsidP="0072610D">
-[...554 lines deleted...]
-    <w:p w14:paraId="56218253" w14:textId="77777777" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="00BA2737">
+    <w:p w14:paraId="33866557" w14:textId="7B11C513" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="0072610D"/>
+    <w:p w14:paraId="5523EF4D" w14:textId="77777777" w:rsidR="00802852" w:rsidRDefault="00802852" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00802852">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70EB315F" w14:textId="77777777" w:rsidR="00802852" w:rsidRDefault="00E814A1" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Maura T. Healey</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25BE71A6" w14:textId="51C5E49E" w:rsidR="0088305B" w:rsidRDefault="00802852" w:rsidP="000C2E20">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Governor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D02B02" w14:textId="77777777" w:rsidR="00951305" w:rsidRDefault="0088305B" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088305B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kimberley Driscoll</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45EA865C" w14:textId="703E4E09" w:rsidR="00FC6B42" w:rsidRPr="0088305B" w:rsidRDefault="0088305B" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Lieutenant Governor</w:t>
+      </w:r>
+      <w:r w:rsidR="00237280" w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723AD3B1" w14:textId="5030074F" w:rsidR="007D1D51" w:rsidRDefault="00802852" w:rsidP="00802852">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kiame Mahaniah, MD</w:t>
+      </w:r>
+      <w:r w:rsidR="000164B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, MBA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51314366" w14:textId="498AF08B" w:rsidR="00033154" w:rsidRDefault="00237280" w:rsidP="007D1D51">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Secretary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49013D2D" w14:textId="509F30C9" w:rsidR="00951305" w:rsidRPr="00951305" w:rsidRDefault="00951305" w:rsidP="00802852">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00951305">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Robert Goldstein, MD, PhD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA03CA8" w14:textId="7173ADCA" w:rsidR="00802852" w:rsidRDefault="00951305" w:rsidP="00951305">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00802852" w:rsidSect="00802852">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Commissione</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76751140" w14:textId="77777777" w:rsidR="00D10DDE" w:rsidRDefault="00D10DDE" w:rsidP="0072610D"/>
+    <w:p w14:paraId="1C98345C" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Memorandum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E917DFF" w14:textId="77777777" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="00BA2737">
+    <w:p w14:paraId="161D5ECD" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F089E0C" w14:textId="11506D4F" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="7CA5E9B7">
+    <w:p w14:paraId="7FCAACD8" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7CA5E9B7">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TO:</w:t>
       </w:r>
       <w:r w:rsidRPr="7CA5E9B7">
         <w:rPr>
           <w:rStyle w:val="tabchar"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Clinic Chief Executive Officers or Practice Managers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A42F58" w14:textId="624ACA12" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="65664844">
+    <w:p w14:paraId="1D55DA86" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="65664844">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>FROM</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>FROM:</w:t>
+      </w:r>
       <w:r w:rsidRPr="65664844">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="65664844">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve">          </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Teryl Smith, RN, MPH Director </w:t>
       </w:r>
       <w:r w:rsidRPr="65664844">
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB0C6A3" w14:textId="1DBE7DE7" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="7CA5E9B7">
+    <w:p w14:paraId="01AD0A7E" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7CA5E9B7">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Bureau of Health Care Safety and Quality</w:t>
       </w:r>
       <w:r w:rsidRPr="7CA5E9B7">
         <w:rPr>
           <w:rStyle w:val="tabchar"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="7CA5E9B7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB55965" w14:textId="7D2CA00B" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="7CA5E9B7">
+    <w:p w14:paraId="66784602" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7CA5E9B7">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>SUBJECT:</w:t>
       </w:r>
       <w:r w:rsidRPr="7CA5E9B7">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="7CA5E9B7">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Clinic Personnel Vaccination for COVID-19 and Influenza</w:t>
       </w:r>
       <w:r w:rsidRPr="7CA5E9B7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37334757" w14:textId="13A70278" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="65664844">
+    <w:p w14:paraId="2F22AA73" w14:textId="52E50EDC" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="65664844">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>DATE</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>DATE:</w:t>
+      </w:r>
       <w:r w:rsidRPr="65664844">
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
+          <w:rStyle w:val="tabchar"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>September 30, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF1C196" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRPr="00204E25" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>:</w:t>
-[...57 lines deleted...]
-    <w:p w14:paraId="7760B786" w14:textId="1CF10F6E" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="00BA2737">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="589C8017" w14:textId="217D2F23" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">The purpose of this memorandum is to inform Massachusetts </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="37771251">
+        <w:t>The purpose of this memorandum is to inform Massachusetts licensed clinics of the steps needed to fulfill the Massachusetts Department of Public Health (DPH) requirement to vaccinate healthcare personnel (HCP) for influenza and SARS-CoV-2 (COVID-19) and to report data in accordance with DPH guidelines outlined in this memorandum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06EAE214" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">licensed </w:t>
-[...51 lines deleted...]
-    <w:p w14:paraId="06952C8D" w14:textId="77777777" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="00BA2737">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BEFC612" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>COVID-19 and Influenza Vaccination Requirement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23DAC4A3" w14:textId="77777777" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="00BA2737">
+    <w:p w14:paraId="388E9235" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1925C27F" w14:textId="13AE1EBE" w:rsidR="00A53F49" w:rsidRPr="002B0F99" w:rsidRDefault="00BA2737" w:rsidP="0510C9E9">
+    <w:p w14:paraId="508BC3DC" w14:textId="00704E40" w:rsidR="002A7DD4" w:rsidRPr="002B0F99" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6D65EE5E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">As a condition of licensure, under 105 CMR 140.150, DPH clinic licensure regulations require </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">that </w:t>
+        <w:t>As a condition of licensure, under 105 CMR 140.150, DPH clinic licensure regulations require that licensed clinics ensure all HCP are vaccinated annually with seasonal influenza vaccine and</w:t>
       </w:r>
       <w:r w:rsidRPr="6D65EE5E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:t>licensed clinics ensure all HCP are vaccinated annually with seasonal influenza vaccine and</w:t>
+          <w:color w:val="881798"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="6D65EE5E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are up to date with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D65EE5E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>vaccine doses for COVID-19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D65EE5E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="881798"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="6D65EE5E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve">are up to date with </w:t>
+        <w:t xml:space="preserve">as recommended by the Centers for </w:t>
       </w:r>
       <w:r w:rsidRPr="6D65EE5E">
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
-[...2 lines deleted...]
-        <w:t>vaccine doses for COVID-19</w:t>
+          <w:rStyle w:val="spellingerror"/>
+        </w:rPr>
+        <w:t>Disease</w:t>
       </w:r>
       <w:r w:rsidRPr="6D65EE5E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:color w:val="881798"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Control and Prevention (CDC), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D65EE5E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unless an individual is exempt from vaccination. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7DD4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>On September 17, 2025, DPH, in alignment with the Northeast Public Health Collaboration, issued recommendations regarding COVID-19 vaccinations available here</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C88BC62">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="006552A5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> https://www.mass.gov/info-details/dph-recommended-guidance-for-vaccines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="2C88BC62">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7DD4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Based on clinical evidence and in alignment with the Northeast Public Health Collaboration and CDC recommendations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D65EE5E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">being up to date with vaccine doses for COVID-19 means that </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6D65EE5E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HCP must receive one </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1155D0C8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>-2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1155D0C8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="6D65EE5E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-[...124 lines deleted...]
-    <w:p w14:paraId="58A34738" w14:textId="77777777" w:rsidR="00A53F49" w:rsidRPr="002B0F99" w:rsidRDefault="00A53F49" w:rsidP="00A53F49">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>COVID-19 vaccine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C88BC62">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE5A923" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRPr="002B0F99" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B0F99">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>   </w:t>
       </w:r>
       <w:r w:rsidRPr="002B0F99">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C550A58" w14:textId="74D474A9" w:rsidR="00033154" w:rsidRDefault="00BA2737" w:rsidP="00BA2737">
+    <w:p w14:paraId="319671DE" w14:textId="6AC2FFE6" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">HCP means </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA2737">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>an individual or individuals who either work at or come to the licensed clinic site and who are employed by or affiliated with the clinic, whether directly, by contract with another entity, or as an independent contractor, paid or unpaid including, but not limited to, employees, members of the medical staff, contract employees or staff, students, and volunteers, whether or not such individual(s) provide direct care.</w:t>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2737">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> individual or individuals who either work at or come to the licensed clinic site and who are employed by or affiliated with the clinic, whether directly, by contract with another entity, or as an independent contractor, paid or unpaid including, but not limited to, employees, members of the medical staff, contract employees or staff, students, and volunteers, whether or not such individual(s) provide direct care.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA2737">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA2737">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="158C804B" w14:textId="4A226B54" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="00BA2737">
+    <w:p w14:paraId="6DF8FDA5" w14:textId="73717263" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7DD4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vaccination of HCP is an important component of the strategy to protect Massachusetts residents from morbidity and mortality from respiratory infections including influenza and COVID-19. Vaccinated healthcare workers are less likely to transmit SARS-CoV-2 to vulnerable patient.  HCP are also at higher risk of exposure and infection with SARS-CoV-2. Prevention of both influenza and COVID-19 in HCP is vital to maintaining healthcare capacity and protecting the patients they care for. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB8706D" w14:textId="3BD69F77" w:rsidR="002A7DD4" w:rsidRPr="001418EA" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All HCP, who are not subject to an exemption, must </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>receive a 2025-2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> COVID-19 vaccine and seasonal influenza vaccine no later than March 31, 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. While clinics </w:t>
+      </w:r>
+      <w:r>
+        <w:t>are not required to procure vaccines for, or administer vaccines to their HCP directly, they are required to ensure that all HCP are vaccinated, unless exempt, in accordance with these guidelines. Clinics may choose to host a health care provider to administer vaccines to their HCP and may bill health insurance for those HCP that provide their insurance information. Additionally, clinics may direct HCP to a local pharmacy or health care provider for the administration of these vaccines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01BDBFD2" w14:textId="4A46673F" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...101 lines deleted...]
-      <w:r w:rsidR="001418EA">
+      <w:r w:rsidRPr="20E4FD49">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
         <w:t>HCP</w:t>
       </w:r>
-      <w:r w:rsidR="72447B98">
+      <w:r w:rsidRPr="20E4FD49">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subject to the vaccination requirement exemption, the clinic may choose to require that such </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>exempted HCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="20E4FD49">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> take mitigation measures in addition to continuing to self-assess for any signs or symptoms of illness. Mitigation measures that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001418EA">
-[...47 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="20E4FD49">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>For individual</w:t>
-[...5 lines deleted...]
-        <w:t>s</w:t>
+        <w:t xml:space="preserve">clinics may require exempt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>HCP</w:t>
       </w:r>
       <w:r w:rsidRPr="20E4FD49">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">are </w:t>
+        <w:t xml:space="preserve"> include, but are not limited to:</w:t>
       </w:r>
       <w:r w:rsidRPr="20E4FD49">
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
-[...94 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="152B59F4" w14:textId="507E10A7" w:rsidR="00BA2737" w:rsidRPr="004E49B9" w:rsidRDefault="10496854" w:rsidP="1155D0C8">
+    <w:p w14:paraId="677493EF" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRPr="004E49B9" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
       </w:pPr>
       <w:r>
-        <w:t>W</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="52BE8637" w14:textId="0F51AF50" w:rsidR="00BA2737" w:rsidRDefault="516F1EE9" w:rsidP="1155D0C8">
+        <w:t>Wearing a facemask during all patient care encounters for the duration of the respiratory illness season; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E5C1DF3" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
       </w:pPr>
       <w:r>
-        <w:t>A</w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="722FD9F9" w14:textId="02DF7EB3" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="1155D0C8">
+        <w:t xml:space="preserve">Avoiding direct patient care. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF5FA39" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve">DPH </w:t>
-[...55 lines deleted...]
-      <w:hyperlink r:id="rId11">
+        <w:t xml:space="preserve">DPH continues to recommend that HCP use personal protective equipment (PPE) consistent with the Department’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="1155D0C8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Comprehensive PPE Guidance</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A53F49" w:rsidRPr="1155D0C8">
+      <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="257C4431" w14:textId="77777777" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="00BA2737">
+    <w:p w14:paraId="2D8D3BCB" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DA22F30" w14:textId="530C3AE5" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="1155D0C8">
+    <w:p w14:paraId="1E3BA17B" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Documentation</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Requirements</w:t>
+        <w:t>Documentation Requirements</w:t>
       </w:r>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F91F7A" w14:textId="77777777" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="00BA2737">
+    <w:p w14:paraId="70AEB124" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D395966" w14:textId="0B7793BF" w:rsidR="00BA2737" w:rsidRDefault="00A53F49" w:rsidP="0510C9E9">
+    <w:p w14:paraId="78CE9A86" w14:textId="78142E73" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="29096F2E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve">The </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">clinic licensure </w:t>
+        <w:t xml:space="preserve">The clinic licensure regulations direct that clinics require and maintain for each </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>of their HCP</w:t>
       </w:r>
       <w:r w:rsidRPr="29096F2E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>regulation</w:t>
-[...5 lines deleted...]
-        <w:t>s</w:t>
+        <w:t xml:space="preserve"> proof of current seasonal influenza vaccination and COVID-19 vaccination or the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>HCP’s</w:t>
       </w:r>
       <w:r w:rsidRPr="29096F2E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t>direct that</w:t>
+        <w:t xml:space="preserve"> exemption statement.  These records must be maintained via a central system to track the vaccination status of all HCP and must be available to DPH upon request. Examples of individual proof of current vaccination include but are not limited to:</w:t>
       </w:r>
       <w:r w:rsidRPr="29096F2E">
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
-[...184 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C275BDE" w14:textId="6D3DDC10" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="1155D0C8">
+    <w:p w14:paraId="290B0EFA" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>Copy of CDC Vaccination Card</w:t>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Copy of CDC Vaccination Card.</w:t>
       </w:r>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CFC4E3B" w14:textId="1E70CE00" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="1155D0C8">
+    <w:p w14:paraId="284A4FE2" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>Copy of MA Immunization Information System (MIIS) Vaccination Record</w:t>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Copy of MA Immunization Information System (MIIS) Vaccination Record.</w:t>
       </w:r>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36520D91" w14:textId="147E200E" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="1155D0C8">
+    <w:p w14:paraId="45E75A62" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>Copy of vaccination from an electronic health record</w:t>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Copy of vaccination from an electronic health record. </w:t>
       </w:r>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
+          <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="1155D0C8">
-[...6 lines deleted...]
-    <w:p w14:paraId="04DF4F3E" w14:textId="2FFFD8AB" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="1155D0C8">
+    </w:p>
+    <w:p w14:paraId="57832DCD" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">COVID-19 </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="spellingerror"/>
         </w:rPr>
         <w:t>SmartHealthcard</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the Commonwealth’s </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="spellingerror"/>
         </w:rPr>
         <w:t>MyVaxRecords</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve"> public portal</w:t>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> public portal.</w:t>
       </w:r>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05EFAFA8" w14:textId="77777777" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="00BA2737">
+    <w:p w14:paraId="5E810742" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57326100" w14:textId="6FEEC354" w:rsidR="00BA2737" w:rsidRDefault="5BEA0880" w:rsidP="0510C9E9">
+    <w:p w14:paraId="17005D80" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="29096F2E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>Exemption</w:t>
-[...55 lines deleted...]
-      <w:r w:rsidR="00BA2737" w:rsidRPr="29096F2E">
+        <w:t>Exemption statements from HCP must include a signed statement certifying they received information about the risks and benefits of COVID-19 and/or influenza vaccination. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="29096F2E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72CA5824" w14:textId="57A44D65" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="00BA2737">
+    <w:p w14:paraId="040FA7E8" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="553A0052" w14:textId="17473884" w:rsidR="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="1155D0C8">
+    <w:p w14:paraId="67A92FCB" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1155D0C8">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Clinic Reporting</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="62B4A213" w:rsidRPr="1155D0C8">
+        <w:t>Clinic Reporting Requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609B67A5" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Requirements</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB49A3" w:rsidRPr="1155D0C8">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44E40A2B" w14:textId="7B06E749" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="768F0AA4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To comply with the clinic licensure regulations, all Massachusetts licensed clinics must annually report their aggregate HCP COVID-19 and influenza data through an online survey in REDCap. To access the online survey, please click on the following link: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="752EC455">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://redcap.link/ma-hcp-covidandfluvaccination</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="752EC455">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="0078D4"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="768F0AA4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="0078D4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="768F0AA4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Only reports submitted through REDCap will be accepted. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B66FCAB" w14:textId="3946DC53" w:rsidR="002A7DD4" w:rsidRPr="004E49B9" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each licensed clinic is required to report the following no later than </w:t>
+      </w:r>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>May 15, 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F81F49" w14:textId="22FC0F4A" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Number of HCP who worked at the licensed clinic for at least 1 day between October 1, 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and March 31, 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D51467" w14:textId="3E871820" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Number of HCP who received 2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>-2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> influenza vaccine as of March 31, 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067C87F1" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="49587EAC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of HCP who are exempt from the influenza vaccine (unvaccinated at time of reporting). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7277D7D4" w14:textId="68A77443" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of HCP who </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>received 2025-2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> COVID-19 vaccine as of March 31, 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65664844">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9FD174" w14:textId="7B242F5D" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1155D0C8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of HCP who are exempt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2025-2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1155D0C8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> COVID-19 vaccine (unvaccinated at time of reporting).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60334FA4" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>:</w:t>
-[...530 lines deleted...]
-    <w:p w14:paraId="59EBC6D7" w14:textId="015A5A0C" w:rsidR="00BA2737" w:rsidRPr="00BA2737" w:rsidRDefault="00BA2737" w:rsidP="00BA2737">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B833433" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRPr="00BA2737" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>To assist clinics in documenting, monitoring and tracking HCP COVID-19 &amp; influenza vaccination data throughout the respiratory season, DPH has developed a Facility COVID-19 &amp; Flu Tracking Tool, available at the following link:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="005001AB">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Health Care</w:t>
-[...11 lines deleted...]
-          <w:t>Personnel Influenza Vaccination References and Resources | Mass.gov</w:t>
+          <w:t>Health Care Personnel Influenza Vaccination References and Resources | Mass.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="557A8B37" w14:textId="77777777" w:rsidR="00033154" w:rsidRDefault="00033154" w:rsidP="0072610D"/>
-    <w:p w14:paraId="0583EBDE" w14:textId="30D14370" w:rsidR="0D83C1A7" w:rsidRPr="00A953FC" w:rsidRDefault="0D83C1A7" w:rsidP="1155D0C8">
+    <w:p w14:paraId="63765866" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4"/>
+    <w:p w14:paraId="4E2A3305" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRPr="00A953FC" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A953FC">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please note </w:t>
-[...3 lines deleted...]
-          <w:rStyle w:val="eop"/>
+        <w:t xml:space="preserve">Please note the clinic licensure regulations do not allow reporting an unknown vaccination status. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A953FC">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">the clinic licensure </w:t>
-[...3 lines deleted...]
-          <w:rStyle w:val="eop"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43F42B38" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4"/>
+    <w:p w14:paraId="092AEC79" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">regulations do not </w:t>
-[...49 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="04BCB962">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Please submit questions concerning the reporting and data submission requirements to the Bureau of Health Care Safety and Quality at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
+      <w:hyperlink r:id="rId15">
         <w:r w:rsidRPr="04BCB962">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>dhcq.fludata@state.ma.us</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745B79DD" w14:textId="77777777" w:rsidR="009D32A8" w:rsidRPr="009908FF" w:rsidRDefault="009D32A8" w:rsidP="0072610D"/>
-    <w:sectPr w:rsidR="009D32A8" w:rsidRPr="009908FF">
+    <w:p w14:paraId="4EBE8B5D" w14:textId="77777777" w:rsidR="002A7DD4" w:rsidRPr="009908FF" w:rsidRDefault="002A7DD4" w:rsidP="002A7DD4"/>
+    <w:p w14:paraId="74BAC1E1" w14:textId="77777777" w:rsidR="007210FB" w:rsidRPr="009908FF" w:rsidRDefault="007210FB" w:rsidP="0072610D"/>
+    <w:sectPr w:rsidR="007210FB" w:rsidRPr="009908FF" w:rsidSect="00802852">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79D8F899" w14:textId="77777777" w:rsidR="009B3BCE" w:rsidRDefault="009B3BCE">
+    <w:p w14:paraId="2F601901" w14:textId="77777777" w:rsidR="00B97542" w:rsidRDefault="00B97542" w:rsidP="002A7DD4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B498AD7" w14:textId="77777777" w:rsidR="009B3BCE" w:rsidRDefault="009B3BCE">
+    <w:p w14:paraId="26941623" w14:textId="77777777" w:rsidR="00B97542" w:rsidRDefault="00B97542" w:rsidP="002A7DD4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Rounded MT Bold">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020F0704030504030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="LinePrinter">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E98C149" w14:textId="77777777" w:rsidR="009B3BCE" w:rsidRDefault="009B3BCE">
+    <w:p w14:paraId="2AABDEA3" w14:textId="77777777" w:rsidR="00B97542" w:rsidRDefault="00B97542" w:rsidP="002A7DD4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="314ADE18" w14:textId="77777777" w:rsidR="009B3BCE" w:rsidRDefault="009B3BCE">
+    <w:p w14:paraId="04E15070" w14:textId="77777777" w:rsidR="00B97542" w:rsidRDefault="00B97542" w:rsidP="002A7DD4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...55 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04C63E88"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="561CF190"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
@@ -3408,389 +2000,50 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="141B583F"/>
-[...337 lines deleted...]
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C69A9B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B18DF4C"/>
     <w:lvl w:ilvl="0" w:tplc="07164E66">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="213EBB7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3859,280 +2112,54 @@
     <w:lvl w:ilvl="7" w:tplc="CBAE7BA2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8C9A57AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...226 lines deleted...]
-    <w:nsid w:val="459E02D7"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FA52B05"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="37CE272E"/>
+    <w:tmpl w:val="447EFF5A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -4234,910 +2261,262 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...490 lines deleted...]
-  <w:num w:numId="2" w16cid:durableId="259801183">
+  <w:num w:numId="1" w16cid:durableId="1392271791">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1011029667">
-[...8 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="157814827">
+  <w:num w:numId="2" w16cid:durableId="252512440">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1981884854">
-[...14 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="1126893464">
+  <w:num w:numId="3" w16cid:durableId="1126893464">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="96"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D77A6"/>
     <w:rsid w:val="0000218B"/>
+    <w:rsid w:val="000164B3"/>
     <w:rsid w:val="00033154"/>
     <w:rsid w:val="00042048"/>
     <w:rsid w:val="000537DA"/>
-    <w:rsid w:val="0006776A"/>
+    <w:rsid w:val="000669A4"/>
+    <w:rsid w:val="00095EE0"/>
     <w:rsid w:val="000A1DE1"/>
     <w:rsid w:val="000B7D96"/>
+    <w:rsid w:val="000C2E20"/>
     <w:rsid w:val="000F315B"/>
     <w:rsid w:val="001125C0"/>
-    <w:rsid w:val="00116691"/>
-    <w:rsid w:val="001418EA"/>
     <w:rsid w:val="0015268B"/>
-    <w:rsid w:val="00161C6C"/>
+    <w:rsid w:val="0015709E"/>
+    <w:rsid w:val="0017749A"/>
     <w:rsid w:val="00177C77"/>
-    <w:rsid w:val="001A6DF4"/>
+    <w:rsid w:val="001A7E66"/>
     <w:rsid w:val="001B6693"/>
     <w:rsid w:val="0021698C"/>
+    <w:rsid w:val="00237280"/>
     <w:rsid w:val="00260D54"/>
     <w:rsid w:val="00276957"/>
     <w:rsid w:val="00276DCC"/>
-    <w:rsid w:val="002910B8"/>
     <w:rsid w:val="002A132F"/>
-    <w:rsid w:val="002B0F99"/>
+    <w:rsid w:val="002A7DD4"/>
+    <w:rsid w:val="002B2323"/>
+    <w:rsid w:val="002B7C2F"/>
     <w:rsid w:val="002D1C21"/>
     <w:rsid w:val="00301022"/>
+    <w:rsid w:val="00357A68"/>
     <w:rsid w:val="00375EAD"/>
-    <w:rsid w:val="00383E21"/>
     <w:rsid w:val="00385812"/>
     <w:rsid w:val="00392D0B"/>
-    <w:rsid w:val="003A14E6"/>
     <w:rsid w:val="003A7AFC"/>
     <w:rsid w:val="003C60EF"/>
-    <w:rsid w:val="00432255"/>
     <w:rsid w:val="004813AC"/>
     <w:rsid w:val="004B37A0"/>
     <w:rsid w:val="004B5CFB"/>
     <w:rsid w:val="004D6B39"/>
     <w:rsid w:val="004E0C3F"/>
-    <w:rsid w:val="004E49B9"/>
-    <w:rsid w:val="005001AB"/>
+    <w:rsid w:val="00511529"/>
     <w:rsid w:val="00512956"/>
     <w:rsid w:val="00530145"/>
     <w:rsid w:val="005448AA"/>
-    <w:rsid w:val="005A5C56"/>
-    <w:rsid w:val="0065A51A"/>
+    <w:rsid w:val="00572A6E"/>
+    <w:rsid w:val="006540BC"/>
+    <w:rsid w:val="006552A5"/>
     <w:rsid w:val="006D06D9"/>
     <w:rsid w:val="006D77A6"/>
+    <w:rsid w:val="006E7ACA"/>
     <w:rsid w:val="00702109"/>
+    <w:rsid w:val="007210FB"/>
     <w:rsid w:val="0072610D"/>
+    <w:rsid w:val="007359C3"/>
+    <w:rsid w:val="00745C2F"/>
     <w:rsid w:val="00757006"/>
-    <w:rsid w:val="0076115E"/>
-    <w:rsid w:val="0079269B"/>
+    <w:rsid w:val="007633CA"/>
+    <w:rsid w:val="00771FEB"/>
     <w:rsid w:val="007B3F4B"/>
     <w:rsid w:val="007B7347"/>
     <w:rsid w:val="007D10F3"/>
+    <w:rsid w:val="007D1D51"/>
+    <w:rsid w:val="007E06B4"/>
+    <w:rsid w:val="007E229C"/>
     <w:rsid w:val="007F3CDB"/>
-    <w:rsid w:val="00832EFE"/>
+    <w:rsid w:val="00802852"/>
+    <w:rsid w:val="00807104"/>
+    <w:rsid w:val="00850407"/>
+    <w:rsid w:val="00853F54"/>
+    <w:rsid w:val="00864337"/>
+    <w:rsid w:val="0088305B"/>
+    <w:rsid w:val="00951305"/>
+    <w:rsid w:val="0095159C"/>
     <w:rsid w:val="009730E5"/>
     <w:rsid w:val="009908FF"/>
     <w:rsid w:val="00995505"/>
-    <w:rsid w:val="009B3BCE"/>
     <w:rsid w:val="009C4428"/>
-    <w:rsid w:val="009D32A8"/>
     <w:rsid w:val="009D48CD"/>
-    <w:rsid w:val="009E7EE4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A53F49"/>
+    <w:rsid w:val="00A1134D"/>
+    <w:rsid w:val="00A5547C"/>
     <w:rsid w:val="00A65101"/>
-    <w:rsid w:val="00A953FC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AF719B"/>
+    <w:rsid w:val="00B30581"/>
     <w:rsid w:val="00B403BF"/>
-    <w:rsid w:val="00B55D2E"/>
     <w:rsid w:val="00B608D9"/>
-    <w:rsid w:val="00BA2737"/>
+    <w:rsid w:val="00B97542"/>
+    <w:rsid w:val="00BA15C5"/>
     <w:rsid w:val="00BA4055"/>
     <w:rsid w:val="00BA7FB6"/>
     <w:rsid w:val="00C20BFE"/>
-    <w:rsid w:val="00C32D00"/>
     <w:rsid w:val="00C46D29"/>
-    <w:rsid w:val="00C5233F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CC0782"/>
     <w:rsid w:val="00CC1778"/>
-    <w:rsid w:val="00CD570F"/>
     <w:rsid w:val="00CE575B"/>
     <w:rsid w:val="00CF3DE8"/>
     <w:rsid w:val="00D0493F"/>
+    <w:rsid w:val="00D10DDE"/>
     <w:rsid w:val="00D56F91"/>
-    <w:rsid w:val="00D6686A"/>
+    <w:rsid w:val="00D76119"/>
     <w:rsid w:val="00D8671C"/>
     <w:rsid w:val="00D91390"/>
     <w:rsid w:val="00DA57C3"/>
     <w:rsid w:val="00DC3855"/>
-    <w:rsid w:val="00DE0B67"/>
     <w:rsid w:val="00E242A8"/>
-    <w:rsid w:val="00E243FA"/>
     <w:rsid w:val="00E274B8"/>
     <w:rsid w:val="00E72707"/>
-    <w:rsid w:val="00EA6CAC"/>
+    <w:rsid w:val="00E814A1"/>
+    <w:rsid w:val="00E92038"/>
+    <w:rsid w:val="00EB74BB"/>
+    <w:rsid w:val="00EE3732"/>
+    <w:rsid w:val="00EF0780"/>
+    <w:rsid w:val="00F0514E"/>
     <w:rsid w:val="00F0586E"/>
+    <w:rsid w:val="00F135C5"/>
     <w:rsid w:val="00F43932"/>
-    <w:rsid w:val="00F5345A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F96556"/>
+    <w:rsid w:val="00FA3979"/>
     <w:rsid w:val="00FA575E"/>
     <w:rsid w:val="00FC6B42"/>
-    <w:rsid w:val="011CC434"/>
-[...141 lines deleted...]
-    <w:rsid w:val="7E58C672"/>
+    <w:rsid w:val="2C88BC62"/>
+    <w:rsid w:val="752EC455"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4299AB33"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{DCFA160E-D377-4B05-982F-B9CF6A55D325}"/>
+  <w15:docId w15:val="{76BA0FCB-AE89-427F-94BA-426B22C86765}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footnote text" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footnote reference" w:uiPriority="99"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5467,292 +2846,244 @@
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00FC6B42"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00FC6B42"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00572A6E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00BA2737"/>
+    <w:rsid w:val="002A7DD4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00BA2737"/>
+    <w:rsid w:val="002A7DD4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00BA2737"/>
+    <w:rsid w:val="002A7DD4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tabchar">
     <w:name w:val="tabchar"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00BA2737"/>
+    <w:rsid w:val="002A7DD4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="spellingerror">
     <w:name w:val="spellingerror"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00BA2737"/>
+    <w:rsid w:val="002A7DD4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="contextualspellingandgrammarerror">
     <w:name w:val="contextualspellingandgrammarerror"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00BA2737"/>
-[...49 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="002A7DD4"/>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="002A7DD4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="002A7DD4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="002A7DD4"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar1">
+    <w:name w:val="Footnote Text Char1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="002A7DD4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
+    <w:rsid w:val="002A7DD4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
-[...4 lines deleted...]
-    <w:rsid w:val="001A6DF4"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:rsid w:val="000669A4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:rsid w:val="000669A4"/>
     <w:rPr>
       <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:rsid w:val="000669A4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:rsid w:val="000669A4"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:rsid w:val="000669A4"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:rsid w:val="000669A4"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="000669A4"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B55D2E"/>
+    <w:rsid w:val="00B30581"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...25 lines deleted...]
-      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="295571714">
-[...37 lines deleted...]
-    </w:div>
     <w:div w:id="781614722">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-care-personnel-influenza-vaccination-references-and-resources" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redcap.link/ma-hcp-covidandfluvaccination" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/updated-comprehensive-personal-protective-equipment-2/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhcq.fludata@state.ma.us" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redcap.link/ma-hcp-covidandfluvaccination" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/updated-comprehensive-personal-protective-equipment-2/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="%20https:/www.mass.gov/info-details/dph-recommended-guidance-for-vaccines" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhcq.fludata@state.ma.us" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-care-personnel-influenza-vaccination-references-and-resources" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\KMarshall\DPH%20Letterhead.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -6023,125 +3354,198 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009601A6858227C846BEFA69E4B03380E3" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="409eff13f0ca2c40bd30be95d754713f">
-[...2 lines deleted...]
-    <xsd:import namespace="dcadab36-1c69-4410-9845-0bf25bbcf585"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B0F2FAA928F6D64BB16ED70B5ACF963F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7432218a972c9ec232d3a9b6f06fcc42">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ae916ade-957f-4a2f-93c3-592a84a0e75c" xmlns:ns3="e10e4db1-d899-403d-9807-651178ead3da" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="32b2b4497390a973007cec6a698f283a" ns2:_="" ns3:_="">
+    <xsd:import namespace="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
+    <xsd:import namespace="e10e4db1-d899-403d-9807-651178ead3da"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5e534dad-a852-42fd-82d2-5a0d78a5662f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ae916ade-957f-4a2f-93c3-592a84a0e75c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dcadab36-1c69-4410-9845-0bf25bbcf585" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e10e4db1-d899-403d-9807-651178ead3da" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4deacaf4-c60b-4f8e-ba39-6419a80e96c9}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e10e4db1-d899-403d-9807-651178ead3da">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -6199,132 +3603,234 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <TaxCatchAll xmlns="e10e4db1-d899-403d-9807-651178ead3da" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ae916ade-957f-4a2f-93c3-592a84a0e75c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27C3A75B-ED09-4D10-BDB1-BDFCC58978EE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E00FE09-04B5-4F2D-BE35-4F00C3FBD9A1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55F539BB-9888-4AE4-B08D-D8DEA85C8A27}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="5e534dad-a852-42fd-82d2-5a0d78a5662f"/>
-    <ds:schemaRef ds:uri="dcadab36-1c69-4410-9845-0bf25bbcf585"/>
+    <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
+    <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1FC13ED-9ACC-4689-9EBE-D1CEF212FA91}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="dcadab36-1c69-4410-9845-0bf25bbcf585"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="5e534dad-a852-42fd-82d2-5a0d78a5662f"/>
+    <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
+    <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>DPH Letterhead</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5216</Characters>
+  <Pages>1</Pages>
+  <Words>1009</Words>
+  <Characters>5754</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>12</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr> </vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6119</CharactersWithSpaces>
+  <CharactersWithSpaces>6750</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="30" baseType="variant">
+      <vt:variant>
+        <vt:i4>5046388</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:dhcq.fludata@state.ma.us</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3997809</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/health-care-personnel-influenza-vaccination-references-and-resources</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4718606</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://redcap.link/ma-hcp-covidandfluvaccination</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3014696</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/doc/updated-comprehensive-personal-protective-equipment-2/download</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2883700</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https:/www.mass.gov/info-details/dph-recommended-guidance-for-vaccines</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Kyle Marshall</dc:creator>
+  <dc:creator>Fillo, Katherine</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101009601A6858227C846BEFA69E4B03380E3</vt:lpwstr>
+    <vt:lpwstr>0x010100B0F2FAA928F6D64BB16ED70B5ACF963F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>