--- v0 (2025-11-08)
+++ v1 (2026-02-08)
@@ -1,144 +1,146 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="009F0053" w:rsidP="009F0053" w:rsidRDefault="001F6A42" w14:paraId="532851D5" w14:textId="4DDD460C">
+    <w:p w14:paraId="532851D5" w14:textId="4DDD460C" w:rsidR="009F0053" w:rsidRDefault="001F6A42" w:rsidP="009F0053">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rapò</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009F0053" w:rsidR="009F0053">
+      <w:r w:rsidR="009F0053" w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> COASTSWEEP </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009F0053" w:rsidR="009F0053">
+      <w:r w:rsidR="009F0053" w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Netwayaj</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009F0053" w:rsidR="009F0053">
+      <w:r w:rsidR="009F0053" w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009F0053" w:rsidR="009F0053">
+      <w:r w:rsidR="009F0053" w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Plaj</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009F0053" w:rsidR="009F0053">
+      <w:r w:rsidR="009F0053" w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/Sit</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6A42" w:rsidP="009F0053" w:rsidRDefault="001F6A42" w14:paraId="4C67C9A0" w14:textId="77777777">
+    <w:p w14:paraId="4C67C9A0" w14:textId="77777777" w:rsidR="001F6A42" w:rsidRDefault="001F6A42" w:rsidP="009F0053">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="009F0053" w:rsidP="009F0053" w:rsidRDefault="009F0053" w14:paraId="508C5FE5" w14:textId="354E101A">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="508C5FE5" w14:textId="354E101A" w:rsidR="009F0053" w:rsidRPr="00E7570D" w:rsidRDefault="009F0053" w:rsidP="009F0053">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kòdonatè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
@@ -366,504 +368,360 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>netwayaj</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> la. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-    <w:p w:rsidRPr="001F6A42" w:rsidR="00DE4E3C" w:rsidRDefault="009F0053" w14:paraId="5D8917E2" w14:textId="4F0CF8F7">
+      <w:r w:rsidRPr="00E7570D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Mèsi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D8917E2" w14:textId="4F0CF8F7" w:rsidR="00DE4E3C" w:rsidRPr="00E7570D" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:spacing w:before="229"/>
         <w:ind w:left="359"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001F6A42">
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7570D">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001F6A42">
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fòm sa a disponib tou </w:t>
+      </w:r>
+      <w:r w:rsidR="001F6A42" w:rsidRPr="00E7570D">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001F6A42">
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>anliy sou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7570D">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...90 lines deleted...]
-        <w:r w:rsidRPr="001F6A42" w:rsidR="000E54F5">
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidR="000E54F5" w:rsidRPr="00E7570D">
           <w:rPr>
             <w:b/>
             <w:i/>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
+            <w:lang w:val="pt-PT"/>
           </w:rPr>
           <w:t>https://www.mass.gov/forms/coastsweep-beachsite-cleanup-report</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="001F6A42" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="6F660F91" w14:textId="77777777">
+    <w:p w14:paraId="6F660F91" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="00E7570D" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="009F0053" w14:paraId="39701F0B" w14:textId="344A6AA5">
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39701F0B" w14:textId="344A6AA5" w:rsidR="00DE4E3C" w:rsidRPr="009F0053" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5026"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F0053" w:rsidR="000E54F5">
+      <w:r w:rsidR="000E54F5" w:rsidRPr="009F0053">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="009F0053" w:rsidR="000E54F5">
+      <w:r w:rsidR="000E54F5" w:rsidRPr="009F0053">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F0053" w:rsidR="000E54F5">
+      <w:r w:rsidR="000E54F5" w:rsidRPr="009F0053">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="1D63BC18" w14:textId="77777777">
+    <w:p w14:paraId="1D63BC18" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="009F0053" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="009F0053" w14:paraId="1633A90E" w14:textId="566D1022">
+    <w:p w14:paraId="1633A90E" w14:textId="566D1022" w:rsidR="00DE4E3C" w:rsidRPr="009F0053" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5036"/>
         </w:tabs>
         <w:ind w:left="359"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Telefòn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009F0053" w:rsidR="000E54F5">
+      <w:r w:rsidR="000E54F5" w:rsidRPr="009F0053">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F0053" w:rsidR="000E54F5">
+      <w:r w:rsidR="000E54F5" w:rsidRPr="009F0053">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="009F0053" w14:paraId="56E94ABD" w14:textId="214ECD87">
+    <w:p w14:paraId="56E94ABD" w14:textId="214ECD87" w:rsidR="00DE4E3C" w:rsidRPr="009F0053" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5016"/>
         </w:tabs>
         <w:spacing w:before="229"/>
         <w:ind w:left="359"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Adrès</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>elektronik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F0053" w:rsidR="000E54F5">
+      <w:r w:rsidR="000E54F5" w:rsidRPr="009F0053">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="009F0053" w:rsidR="000E54F5">
+      <w:r w:rsidR="000E54F5" w:rsidRPr="009F0053">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F0053" w:rsidR="000E54F5">
+      <w:r w:rsidR="000E54F5" w:rsidRPr="009F0053">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="4EE50788" w14:textId="77777777">
-[...7 lines deleted...]
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidP="6E80C9E1" w:rsidRDefault="009F0053" w14:paraId="435EC233" w14:textId="3F3B8BEF">
+    <w:p w14:paraId="4EE50788" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="009F0053" w:rsidRDefault="00DE4E3C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="435EC233" w14:textId="3F3B8BEF" w:rsidR="00DE4E3C" w:rsidRPr="00E7570D" w:rsidRDefault="009F0053" w:rsidP="6E80C9E1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="10586"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="359"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="6E80C9E1" w:rsidR="009F0053">
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7570D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="6E80C9E1" w:rsidR="009F0053">
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>Òganizasyon/Afilasyon (si aplikab</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E7570D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="6E80C9E1" w:rsidR="009F0053">
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>) :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E7570D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...34 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="es-AR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F0053" w:rsidR="000E54F5">
+      <w:r w:rsidR="000E54F5" w:rsidRPr="009F0053">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="254CF78B" w14:textId="77777777">
-[...7 lines deleted...]
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="009F0053" w14:paraId="14C1613F" w14:textId="02AB8DB2">
+    <w:p w14:paraId="254CF78B" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="009F0053" w:rsidRDefault="00DE4E3C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14C1613F" w14:textId="02AB8DB2" w:rsidR="00DE4E3C" w:rsidRPr="00E7570D" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="10624"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="359"/>
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7570D">
         <w:t>Adrès</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000E54F5" w:rsidRPr="00E7570D">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F0053" w:rsidR="000E54F5">
+      <w:r w:rsidR="000E54F5" w:rsidRPr="00E7570D">
         <w:rPr>
           <w:u w:val="single"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE4E3C" w:rsidRDefault="009F0053" w14:paraId="59BC67E1" w14:textId="31C1C54B">
+    <w:p w14:paraId="59BC67E1" w14:textId="31C1C54B" w:rsidR="00DE4E3C" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4540"/>
           <w:tab w:val="left" w:pos="10647"/>
         </w:tabs>
         <w:spacing w:before="228"/>
         <w:ind w:left="359"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="009F0053">
+        <w:t xml:space="preserve">Dat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:t>Netwayaj</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000E54F5">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="000E54F5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000E54F5">
         <w:rPr>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -871,319 +729,240 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Plaj</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>/Sit</w:t>
       </w:r>
       <w:r w:rsidR="000E54F5">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="000E54F5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="2BEA1335" w14:textId="77777777">
+    <w:p w14:paraId="2BEA1335" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE4E3C" w:rsidRDefault="009F0053" w14:paraId="4DEFA461" w14:textId="43F3CB9B">
+    <w:p w14:paraId="4DEFA461" w14:textId="43F3CB9B" w:rsidR="00DE4E3C" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5972"/>
         </w:tabs>
         <w:ind w:left="359"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Sit la</w:t>
+      <w:r w:rsidRPr="009F0053">
+        <w:t>Vil/Komin Sit la</w:t>
       </w:r>
       <w:r w:rsidR="000E54F5">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="000E54F5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE4E3C" w:rsidRDefault="009F0053" w14:paraId="7D820C0E" w14:textId="5C3F68DA">
+    <w:p w14:paraId="7D820C0E" w14:textId="5C3F68DA" w:rsidR="00DE4E3C" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8497"/>
         </w:tabs>
         <w:spacing w:before="229"/>
         <w:ind w:left="359"/>
       </w:pPr>
       <w:r w:rsidRPr="009F0053">
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:t>Gwoup</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:t>itilize</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:t xml:space="preserve"> nan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:t>Aplikasyon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:t xml:space="preserve"> Clean Swell</w:t>
       </w:r>
       <w:r w:rsidR="001F6A42">
         <w:t xml:space="preserve"> la</w:t>
       </w:r>
       <w:r w:rsidR="000E54F5">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="000E54F5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="011567BB" w14:textId="77777777">
+    <w:p w14:paraId="011567BB" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F0053" w:rsidRDefault="009F0053" w14:paraId="6EC2FD41" w14:textId="77777777">
+    <w:p w14:paraId="6EC2FD41" w14:textId="77777777" w:rsidR="009F0053" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:ind w:left="359"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nimewo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Netwayaj</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="009F0053" w:rsidP="009F0053" w:rsidRDefault="009F0053" w14:paraId="25FD177D" w14:textId="243DD925">
+    <w:p w14:paraId="25FD177D" w14:textId="243DD925" w:rsidR="009F0053" w:rsidRPr="00E7570D" w:rsidRDefault="009F0053" w:rsidP="009F0053">
       <w:pPr>
         <w:ind w:firstLine="359"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...47 lines deleted...]
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="03B82783" w14:textId="79EA153E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7570D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Nimewo total si disponib)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B82783" w14:textId="79EA153E" w:rsidR="00DE4E3C" w:rsidRPr="00E7570D" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:ind w:left="359"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="4AD080A1" w14:textId="77777777">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AD080A1" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="00E7570D" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="009F0053" w14:paraId="3BE36CE1" w14:textId="4FB37EE7">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BE36CE1" w14:textId="4FB37EE7" w:rsidR="00DE4E3C" w:rsidRPr="00E7570D" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3524"/>
         </w:tabs>
         <w:ind w:left="359"/>
-        <w:rPr>
-[...28 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7570D">
+        <w:t>Kantite Moun</w:t>
+      </w:r>
+      <w:r w:rsidR="000E54F5" w:rsidRPr="00E7570D">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F0053" w:rsidR="000E54F5">
+      <w:r w:rsidR="000E54F5" w:rsidRPr="00E7570D">
         <w:rPr>
           <w:u w:val="single"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE4E3C" w:rsidRDefault="009F0053" w14:paraId="1ED4C15E" w14:textId="484D0AAC">
+    <w:p w14:paraId="1ED4C15E" w14:textId="484D0AAC" w:rsidR="00DE4E3C" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7904"/>
         </w:tabs>
         <w:spacing w:before="229"/>
         <w:ind w:left="359"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Pwa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -1255,93 +1034,92 @@
       </w:r>
       <w:r w:rsidR="000E54F5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="000E54F5">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000E54F5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="630AED84" w14:textId="77777777">
+    <w:p w14:paraId="630AED84" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE4E3C" w:rsidRDefault="009F0053" w14:paraId="3546CDE6" w14:textId="3E0B4312">
+    <w:p w14:paraId="3546CDE6" w14:textId="3E0B4312" w:rsidR="00DE4E3C" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4482"/>
         </w:tabs>
         <w:ind w:left="359"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:t>Distans</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:t>Netwaye</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000E54F5">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="000E54F5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="009F0053" w:rsidP="009F0053" w:rsidRDefault="009F0053" w14:paraId="2A5E1F1E" w14:textId="25FD8461">
-[...4 lines deleted...]
-          <w:lang w:val="es-ES"/>
+    <w:p w14:paraId="2A5E1F1E" w14:textId="25FD8461" w:rsidR="009F0053" w:rsidRPr="00E7570D" w:rsidRDefault="009F0053" w:rsidP="009F0053">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Disponib</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> nan </w:t>
       </w:r>
@@ -1353,297 +1131,196 @@
         </w:rPr>
         <w:t>Aplikasyon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Clean Swell</w:t>
       </w:r>
       <w:r w:rsidR="001F6A42">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> la</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-          <w:lang w:val="es-ES"/>
+      <w:r w:rsidRPr="00E7570D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Si</w:t>
       </w:r>
-      <w:r w:rsidR="001F6A42">
-[...3 lines deleted...]
-          <w:lang w:val="es-ES"/>
+      <w:r w:rsidR="001F6A42" w:rsidRPr="00E7570D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>non</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...81 lines deleted...]
-    <w:p w:rsidR="00DE4E3C" w:rsidRDefault="009F0053" w14:paraId="0EDD8F62" w14:textId="2C64F7B9">
+      <w:r w:rsidRPr="00E7570D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, tanpri estime an mil oswa kilomèt)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EDD8F62" w14:textId="2C64F7B9" w:rsidR="00DE4E3C" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4494"/>
         </w:tabs>
         <w:spacing w:before="229"/>
         <w:ind w:left="359"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:t>Kantite</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Sak Ranpli</w:t>
+      </w:r>
       <w:r w:rsidR="000E54F5">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="000E54F5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="64D25D45" w14:textId="77777777">
+    <w:p w14:paraId="64D25D45" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F0053" w:rsidRDefault="009F0053" w14:paraId="60CB73F1" w14:textId="77777777">
+    <w:p w14:paraId="60CB73F1" w14:textId="77777777" w:rsidR="009F0053" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:ind w:left="359"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ki </w:t>
+      <w:r w:rsidRPr="009F0053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bèt ki </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>anvlope</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="009F0053" w:rsidP="009F0053" w:rsidRDefault="009F0053" w14:paraId="14615595" w14:textId="5A189603">
+    <w:p w14:paraId="14615595" w14:textId="5A189603" w:rsidR="009F0053" w:rsidRPr="009F0053" w:rsidRDefault="009F0053" w:rsidP="009F0053">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Tanpri</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001F6A42">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>fè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001F6A42">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>lis bè</w:t>
-[...8 lines deleted...]
-        <w:t>t</w:t>
+        <w:t xml:space="preserve">lis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F0053">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>bèt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> yo te </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>jwenn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
@@ -1755,772 +1432,511 @@
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> kisa yo te </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>anvlope</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009F0053">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="40A29D88" w14:textId="77777777">
+    <w:p w14:paraId="40A29D88" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="009F0053" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="39824452" w14:textId="77777777">
+    <w:p w14:paraId="39824452" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="009F0053" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="5583D66E" w14:textId="77777777">
+    <w:p w14:paraId="5583D66E" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="009F0053" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="3DC60F3B" w14:textId="77777777">
+    <w:p w14:paraId="3DC60F3B" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="009F0053" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="72431908" w14:textId="77777777">
+    <w:p w14:paraId="72431908" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="009F0053" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="13243681" w14:textId="77777777">
+    <w:p w14:paraId="13243681" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="009F0053" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F0053" w:rsidRDefault="009F0053" w14:paraId="1D50A8F5" w14:textId="77777777">
+    <w:p w14:paraId="1D50A8F5" w14:textId="77777777" w:rsidR="009F0053" w:rsidRPr="00E7570D" w:rsidRDefault="009F0053">
       <w:pPr>
         <w:ind w:left="359"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7570D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Deskripsyon Aktivite:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB0563B" w14:textId="48C4ABB4" w:rsidR="009F0053" w:rsidRPr="001F6A42" w:rsidRDefault="009F0053" w:rsidP="009F0053">
+      <w:pPr>
+        <w:ind w:firstLine="359"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7570D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tanpri, bay yon lis nenpòt atik enteresan, etranj, oswa amizan yo te kolekte pandan netwayaj la, epi rakonte nou sou nenpòt aktivite ki te fèt pandan netwayaj la. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F6A42">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Epitou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F6A42">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F6A42">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>tanpri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F6A42">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pataje foto, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F6A42">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>nan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F6A42">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009F0053">
-[...56 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="001F6A42" w:rsidRPr="001F6A42">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>adrès</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001F6A42" w:rsidRPr="001F6A42">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009F0053">
-[...10 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="001F6A42" w:rsidRPr="001F6A42">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>elektronik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F6A42">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009F0053">
-[...10 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="001F6A42">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F6A42">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009F0053">
-[...237 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="001F6A42">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Epitou, tanpri pataje foto, nan </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>anba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001F6A42">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ki anba a.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="001F6A42" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="463EE4A6" w14:textId="77777777">
+        <w:t xml:space="preserve"> a.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="463EE4A6" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="001F6A42" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001F6A42" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="75D67D95" w14:textId="77777777">
+    <w:p w14:paraId="75D67D95" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="001F6A42" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001F6A42" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="409CAFB2" w14:textId="77777777">
+    <w:p w14:paraId="409CAFB2" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="001F6A42" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001F6A42" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="560D0F29" w14:textId="77777777">
+    <w:p w14:paraId="560D0F29" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="001F6A42" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001F6A42" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="4E0B8D62" w14:textId="77777777">
+    <w:p w14:paraId="4E0B8D62" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="001F6A42" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001F6A42" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="2C3BBB40" w14:textId="77777777">
+    <w:p w14:paraId="2C3BBB40" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="001F6A42" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001F6A42" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="0A8B4724" w14:textId="77777777">
+    <w:p w14:paraId="0A8B4724" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="001F6A42" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001F6A42" w:rsidR="00DE4E3C" w:rsidRDefault="00DE4E3C" w14:paraId="1C34EF18" w14:textId="77777777">
+    <w:p w14:paraId="1C34EF18" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRPr="001F6A42" w:rsidRDefault="00DE4E3C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009F0053" w:rsidR="009F0053" w:rsidP="009F0053" w:rsidRDefault="009F0053" w14:paraId="65469E8B" w14:textId="77777777">
-[...69 lines deleted...]
-    <w:p w:rsidR="00DE4E3C" w:rsidP="009F0053" w:rsidRDefault="00DE4E3C" w14:paraId="35C53C58" w14:textId="74C283C9">
+    <w:p w14:paraId="65469E8B" w14:textId="77777777" w:rsidR="009F0053" w:rsidRPr="00E7570D" w:rsidRDefault="009F0053" w:rsidP="009F0053">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7570D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Nenpòt lòt kòmantè?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C53C58" w14:textId="74C283C9" w:rsidR="00DE4E3C" w:rsidRPr="00E7570D" w:rsidRDefault="00DE4E3C" w:rsidP="009F0053">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="359"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId7"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00DE4E3C" w:rsidRPr="00E7570D">
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="640" w:right="720" w:bottom="980" w:left="360" w:header="0" w:footer="790" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000E54F5" w:rsidRDefault="000E54F5" w14:paraId="5583F6C0" w14:textId="77777777">
+    <w:p w14:paraId="3140A140" w14:textId="77777777" w:rsidR="000E54F5" w:rsidRDefault="000E54F5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000E54F5" w:rsidRDefault="000E54F5" w14:paraId="41AEE02F" w14:textId="77777777">
+    <w:p w14:paraId="49705054" w14:textId="77777777" w:rsidR="000E54F5" w:rsidRDefault="000E54F5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00DE4E3C" w:rsidRDefault="000E54F5" w14:paraId="5587F506" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5587F506" w14:textId="77777777" w:rsidR="00DE4E3C" w:rsidRDefault="000E54F5">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487546880" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70CA5B0D" wp14:editId="101FE325">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70CA5B0D" wp14:editId="101FE325">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>447675</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9420225</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6867525" cy="152400"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Textbox 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6867525" cy="152400"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00DE4E3C" w:rsidRDefault="009F0053" w14:paraId="01330BEB" w14:textId="724956A8">
+                        <w:p w14:paraId="01330BEB" w14:textId="724956A8" w:rsidR="00DE4E3C" w:rsidRDefault="009F0053">
                           <w:pPr>
                             <w:pStyle w:val="BodyText"/>
                             <w:spacing w:before="12"/>
                             <w:ind w:left="20"/>
                           </w:pPr>
                           <w:r w:rsidRPr="009F0053">
                             <w:t xml:space="preserve">Gen </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="009F0053">
                             <w:t>kesyon</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
                           <w:r w:rsidRPr="009F0053">
                             <w:t xml:space="preserve">? </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="009F0053">
                             <w:t>Tanpri</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
                           <w:r w:rsidRPr="009F0053">
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
@@ -2550,58 +1966,58 @@
                                 <w:u w:val="single" w:color="0000FF"/>
                               </w:rPr>
                               <w:t>coastsweep@mass.gov</w:t>
                             </w:r>
                           </w:hyperlink>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="70CA5B0D">
+            <v:shapetype w14:anchorId="70CA5B0D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textbox 1" style="position:absolute;margin-left:35.25pt;margin-top:741.75pt;width:540.75pt;height:12pt;z-index:-15769600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDrC+ZKqAEAAD8DAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO2yAQvVfqPyDuDU7UpCsrzqrtqlWl&#10;VVtptx+AMcSohqEMiZ2/70Cc7Kq9rfYCAzzmvTcz29vJDeyoI1rwDV8uKs60V9BZv2/4r8cv7244&#10;wyR9JwfwuuEnjfx29/bNdgy1XkEPQ6cjoyQe6zE0vE8p1EKg6rWTuICgPT0aiE4mOsa96KIcKbsb&#10;xKqqNmKE2IUISiPS7d35ke9KfmO0Sj+MQZ3Y0HDSlsoay9rmVey2st5HGXqrZhnyBSqctJ5Ir6nu&#10;ZJLsEO1/qZxVERBMWihwAoyxShcP5GZZ/ePmoZdBFy9UHAzXMuHrpVXfjz8jsx31jjMvHbXoUU+p&#10;hYktc3HGgDVhHgKh0vQJpgzMRjHcg/qNBBHPMOcPSOiMmUx0eSebjD5S/U/XmhMJU3S5udl8WK/W&#10;nCl6W65X76vSFPH0O0RMXzU4loOGR+ppUSCP95gyv6wvkFnMmT/LSlM7zS5a6E5kYqReNxz/HGTU&#10;nA3fPBUzD8YliJegvQQxDZ+hjE/24uHjIYGxhTlTnPPOzNSlImieqDwGz88F9TT3u78AAAD//wMA&#10;UEsDBBQABgAIAAAAIQDzxzBd4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyH&#10;yEjcWLJBt1GaThOCExKiKweOaeO11RqnNNlW/j3eCW7P9tPz97LN5HpxwjF0njTMZwoEUu1tR42G&#10;z/L1bg0iREPW9J5Qww8G2OTXV5lJrT9TgaddbASHUEiNhjbGIZUy1C06E2Z+QOLb3o/ORB7HRtrR&#10;nDnc9XKh1FI60xF/aM2Azy3Wh93Radh+UfHSfb9XH8W+6MryUdHb8qD17c20fQIRcYp/ZrjgMzrk&#10;zFT5I9kgeg0rlbCT9w/re1YXxzxZcL2KVaJWCcg8k/9b5L8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA6wvmSqgBAAA/AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA88cwXeEAAAANAQAADwAAAAAAAAAAAAAAAAACBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAABAFAAAAAA==&#10;">
+            <v:shape id="Textbox 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:35.25pt;margin-top:741.75pt;width:540.75pt;height:12pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOhXJQlAEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bv1GlFyypqugJWIKQV&#10;IC18gOvYTUTsMTNuk/49Y2/aIrghLuOxPX7z3htv7yc/iJNF6iE0crmopLDBQNuHQyO/f/vw6k4K&#10;Sjq0eoBgG3m2JO93L19sx1jbFXQwtBYFgwSqx9jILqVYK0Wms17TAqINfOkAvU68xYNqUY+M7ge1&#10;qqqNGgHbiGAsEZ8+PF/KXcF3zpr0xTmySQyNZG6pRCxxn6PabXV9QB273sw09D+w8LoP3PQK9aCT&#10;Fkfs/4LyvUEgcGlhwCtwrje2aGA1y+oPNU+djrZoYXMoXm2i/wdrPp+e4lcUaXoHEw+wiKD4COYH&#10;sTdqjFTPNdlTqomrs9DJoc8rSxD8kL09X/20UxKGDzd3mzfr1VoKw3fL9ep1VQxXt9cRKX204EVO&#10;Gok8r8JAnx4p5f66vpTMZJ77ZyZp2k9cktM9tGcWMfIcG0k/jxqtFMOnwEbloV8SvCT7S4JpeA/l&#10;a2QtAd4eE7i+dL7hzp15AoXQ/FvyiH/fl6rbn979AgAA//8DAFBLAwQUAAYACAAAACEA88cwXeEA&#10;AAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FiyQbdRmk4TghMSoisHjmnj&#10;tdUapzTZVv493gluz/bT8/eyzeR6ccIxdJ40zGcKBFLtbUeNhs/y9W4NIkRD1vSeUMMPBtjk11eZ&#10;Sa0/U4GnXWwEh1BIjYY2xiGVMtQtOhNmfkDi296PzkQex0ba0Zw53PVyodRSOtMRf2jNgM8t1ofd&#10;0WnYflHx0n2/Vx/FvujK8lHR2/Kg9e3NtH0CEXGKf2a44DM65MxU+SPZIHoNK5Wwk/cP63tWF8c8&#10;WXC9ilWiVgnIPJP/W+S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM6FclCUAQAAGwMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPPHMF3hAAAA&#10;DQEAAA8AAAAAAAAAAAAAAAAA7gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00DE4E3C" w:rsidRDefault="009F0053" w14:paraId="01330BEB" w14:textId="724956A8">
+                  <w:p w14:paraId="01330BEB" w14:textId="724956A8" w:rsidR="00DE4E3C" w:rsidRDefault="009F0053">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:before="12"/>
                       <w:ind w:left="20"/>
                     </w:pPr>
                     <w:r w:rsidRPr="009F0053">
                       <w:t xml:space="preserve">Gen </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="009F0053">
                       <w:t>kesyon</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                     <w:r w:rsidRPr="009F0053">
                       <w:t xml:space="preserve">? </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="009F0053">
                       <w:t>Tanpri</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                     <w:r w:rsidRPr="009F0053">
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
@@ -2625,215 +2041,228 @@
                     </w:r>
                     <w:hyperlink r:id="rId2">
                       <w:r w:rsidR="000E54F5">
                         <w:rPr>
                           <w:color w:val="0000FF"/>
                           <w:spacing w:val="-2"/>
                           <w:u w:val="single" w:color="0000FF"/>
                         </w:rPr>
                         <w:t>coastsweep@mass.gov</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000E54F5" w:rsidRDefault="000E54F5" w14:paraId="153CBB4D" w14:textId="77777777">
+    <w:p w14:paraId="3A851938" w14:textId="77777777" w:rsidR="000E54F5" w:rsidRDefault="000E54F5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000E54F5" w:rsidRDefault="000E54F5" w14:paraId="15C331EA" w14:textId="77777777">
+    <w:p w14:paraId="740F3999" w14:textId="77777777" w:rsidR="000E54F5" w:rsidRDefault="000E54F5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DE4E3C"/>
+    <w:rsid w:val="000A70CB"/>
     <w:rsid w:val="000E54F5"/>
+    <w:rsid w:val="001A69E6"/>
     <w:rsid w:val="001F6A42"/>
+    <w:rsid w:val="00411118"/>
+    <w:rsid w:val="00466A40"/>
+    <w:rsid w:val="0050624A"/>
+    <w:rsid w:val="00515637"/>
+    <w:rsid w:val="00987980"/>
     <w:rsid w:val="009F0053"/>
     <w:rsid w:val="00DE4E3C"/>
+    <w:rsid w:val="00E7570D"/>
+    <w:rsid w:val="00E9725D"/>
     <w:rsid w:val="6E80C9E1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6246DFA4"/>
   <w15:docId w15:val="{F9FA303E-F4E3-47B7-99D5-38390001ABB5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2989,52 +2418,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -3101,182 +2530,182 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="80"/>
       <w:ind w:left="360"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TableParagraph" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0053"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009F0053"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0053"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009F0053"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/forms/coastsweep-beachsite-cleanup-report" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/forms/coastsweep-beachsite-cleanup-report" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:coastsweep@mass.gov" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:coastsweep@mass.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3535,52 +2964,63 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001B99F2764389D14292225351B0A44177" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9c041ca2768beeef2b8ecf4b18efa988">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a19951b7-df7b-4791-9833-7eead592f30e" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="825232bca4ba92a72d98b6849f6de347" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a19951b7-df7b-4791-9833-7eead592f30e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="7b83dbe2-6fd2-449a-a932-0d75829bf641" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001B99F2764389D14292225351B0A44177" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fa926dd95cf8f512ab8b3936f00a53d4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a19951b7-df7b-4791-9833-7eead592f30e" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af85006c158d9711332a852b9187dcf6" ns2:_="" ns3:_="">
     <xsd:import namespace="a19951b7-df7b-4791-9833-7eead592f30e"/>
     <xsd:import namespace="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -3747,106 +3187,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9539513A-C522-4AEE-BA06-107505E9E543}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{521AB43F-DD14-4DB2-89E9-E9B49C48DB06}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a19951b7-df7b-4791-9833-7eead592f30e"/>
+    <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8A18DBD-8DB7-4AAD-A332-A2C2C66653BC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E86769C-242B-4FE1-BC89-BB8D9712A483}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a19951b7-df7b-4791-9833-7eead592f30e"/>
+    <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{521AB43F-DD14-4DB2-89E9-E9B49C48DB06}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8A18DBD-8DB7-4AAD-A332-A2C2C66653BC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>171</Words>
+  <Characters>979</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>Commonwealth of Massachusetts</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1148</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>COASTSWEEP Site Report-PDF</dc:title>
-  <dc:subject>COASTSWEEP Site Report-PDF</dc:subject>
+  <dc:title>COASTSWEEP Site Report-Haitian Creole</dc:title>
+  <dc:subject>COASTSWEEP Site Report-Haitian Creole</dc:subject>
   <dc:creator>Massachusetts Office of Coastal Zone Management (CZM)</dc:creator>
-  <cp:keywords>COASTSWEEP Site Report-PDF</cp:keywords>
+  <cp:keywords>COASTSWEEP Site Report-Haitian Creole</cp:keywords>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x0101001B99F2764389D14292225351B0A44177</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Created">
     <vt:filetime>2025-05-09T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 25 for Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="LastSaved">
     <vt:filetime>2025-05-23T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Order">
     <vt:lpwstr>333700.000000</vt:lpwstr>