--- v0 (2025-11-08)
+++ v1 (2026-02-07)
@@ -1,573 +1,572 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7AD415BC" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7AD415BC" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung20"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Báo Cáo Dọn Dẹp Bãi Biển/Địa Điểm của COASTSWEEP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3552C15D" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3552C15D" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Điều Phối Viên Dọn Dẹp: Vui lòng nộp một báo cáo cho mỗi bãi biển/địa điểm được dọn dẹp ngay sau khi dọn xong. Xin cảm ơn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D0CE33" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="42D0CE33" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Mẫu đơn này cũng có sẵn trực tuyến tại:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="008D7FB3">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00F949A0" w:rsidRPr="008D7FB3">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="008D7FB3">
+        <w:r w:rsidR="00F949A0" w:rsidRPr="008D7FB3">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.mass. gov/forms/coastsweep-beachsite-cleanup-report</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F8343F5" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5F8343F5" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="4653"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Tên​:</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D2E824" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="49D2E824" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="4653"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Điện Thoại:</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B209AA0" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3B209AA0" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="4653"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD8B507" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6CD8B507" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="10253"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Tổ Chức/Cơ Quan Liên Kết (nếu có):</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50A5C3A1" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="50A5C3A1" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="10253"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Địa Chỉ:</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="024EDB86" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="024EDB86" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="4133"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="10253"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Ngày Dọn Dẹp:</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> Tên Bãi Biển/Địa Điểm:</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2648439A" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2648439A" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="5606"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Thành Phố/Thị Trấn của Địa Điểm:</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D562CF6" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3D562CF6" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="8126"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Tên Nhóm được sử dụng trong Ứng Dụng Clean Swell:</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E07A4D2" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2E07A4D2" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Thống Kê Buổi Dọn Dẹp</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="764AE2C1" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="764AE2C1" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(Tổng số nếu có)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31E9F77B" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="31E9F77B" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="3149"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Số Người Dọn Dẹp:</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C7FCC7" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="77C7FCC7" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="7546"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Khối Lượng Rác Thải </w:t>
       </w:r>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(vui lòng ước tính bằng pound hoặc kilogam):</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3948FE" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4E3948FE" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="4133"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Quãng Đường Đã Dọn Dẹp:</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06B204EE" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="06B204EE" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(Xem trong ứng dụng Clean Swell. Nếu không có, vui lòng ước tính theo dặm hoặc kilômet)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7673CAF7" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7673CAF7" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="4133"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Số Túi Rác Đã Thu Gom:</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="533E61E3" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="533E61E3" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Động Vật Bị Mắc Kẹt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B3E1A8F" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1B3E1A8F" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:spacing w:after="1340"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vui lòng liệt kê các loài động vật bị mắc kẹt được tìm thấy trong quá trình dọn dẹp, nếu có, và chúng bị mắc kẹt vào thứ gì.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388D924D" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="388D924D" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Mô Tả Hoạt Động:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A327036" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2A327036" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:spacing w:after="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Hãy liệt kê những vật dụng thú vị, kỳ lạ hoặc bất ngờ mà quý vị đã thu thập được trong quá trình dọn dẹp, đồng thời chia sẻ về các hoạt động đã diễn ra trong suốt buổi dọn dẹp đó. Ngoài ra, vui lòng chia sẻ hình ảnh qua email bên dưới.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C079218" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6C079218" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:spacing w:after="1340"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Quý vị có nhận xét nào khác không?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="797C91AF" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="797C91AF" w14:textId="77777777" w:rsidR="00F949A0" w:rsidRPr="008D7FB3" w:rsidRDefault="00991635">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7FB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Quý vị có câu hỏi? Vui lòng liên hệ với nhân viên COASTSWEEP tại</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="008D7FB3">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00F949A0" w:rsidRPr="008D7FB3">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="008D7FB3">
+        <w:r w:rsidR="00F949A0" w:rsidRPr="008D7FB3">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>coastsweep@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00F949A0" w:rsidRPr="008D7FB3">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="691" w:right="744" w:bottom="515" w:left="691" w:header="263" w:footer="87" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="293EED3F" w14:textId="77777777" w:rsidR="00DA38E9" w:rsidRDefault="00DA38E9">
@@ -592,110 +591,114 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft Sans Serif">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="771D46F9" w14:textId="77777777" w:rsidR="00DA38E9" w:rsidRDefault="00DA38E9"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4F8CFB70" w14:textId="77777777" w:rsidR="00DA38E9" w:rsidRDefault="00DA38E9"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
-  <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F949A0"/>
+    <w:rsid w:val="00047AD0"/>
+    <w:rsid w:val="001B2D00"/>
+    <w:rsid w:val="00897363"/>
     <w:rsid w:val="008D7FB3"/>
+    <w:rsid w:val="00991635"/>
+    <w:rsid w:val="00CA7162"/>
     <w:rsid w:val="00DA38E9"/>
     <w:rsid w:val="00E604BB"/>
     <w:rsid w:val="00F949A0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="vi-VN" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -1187,51 +1190,51 @@
     <w:name w:val="Văn bản nội dung"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Vnbnnidung"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="quot;mailto:coastsweep@mass.gov&amp;quot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="quot;https:/www.mass.gov/forms/coastsweep-beachsite-cleanup-report%26quot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../quot;mailto:coastsweep@mass.gov%26quot" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../quot;https:/www.mass.gov/forms/coastsweep-beachsite-cleanup-report%26quot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1518,52 +1521,72 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001B99F2764389D14292225351B0A44177" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9c041ca2768beeef2b8ecf4b18efa988">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a19951b7-df7b-4791-9833-7eead592f30e" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="825232bca4ba92a72d98b6849f6de347" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a19951b7-df7b-4791-9833-7eead592f30e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="7b83dbe2-6fd2-449a-a932-0d75829bf641" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001B99F2764389D14292225351B0A44177" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fa926dd95cf8f512ab8b3936f00a53d4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a19951b7-df7b-4791-9833-7eead592f30e" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af85006c158d9711332a852b9187dcf6" ns2:_="" ns3:_="">
     <xsd:import namespace="a19951b7-df7b-4791-9833-7eead592f30e"/>
     <xsd:import namespace="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -1730,98 +1753,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16C0622F-5EDD-442D-A44C-B2075BC8A71D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29E61B77-95F2-4D95-9AA3-492B452BAC25}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29E61B77-95F2-4D95-9AA3-492B452BAC25}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{413EFD55-5C15-4EA2-9C7B-641BBB7F7C5E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a19951b7-df7b-4791-9833-7eead592f30e"/>
+    <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{413EFD55-5C15-4EA2-9C7B-641BBB7F7C5E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01D82C04-5DF0-4C6D-9979-2D0748295CC7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a19951b7-df7b-4791-9833-7eead592f30e"/>
+    <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>207</Words>
-  <Characters>1186</Characters>
+  <Words>209</Words>
+  <Characters>1193</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1391</CharactersWithSpaces>
+  <CharactersWithSpaces>1400</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>COASTSWEEP Site Report-PDF</dc:title>
-  <dc:subject>COASTSWEEP Site Report-PDF</dc:subject>
+  <dc:title>COASTSWEEP Site Report-Vietnamese</dc:title>
+  <dc:subject>COASTSWEEP Site Report-Vietnamese</dc:subject>
   <dc:creator>Massachusetts Office of Coastal Zone Management (CZM)</dc:creator>
-  <cp:keywords>COASTSWEEP Site Report-PDF</cp:keywords>
+  <cp:keywords>COASTSWEEP Site Report-Vietnamese</cp:keywords>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001B99F2764389D14292225351B0A44177</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>