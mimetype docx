--- v0 (2025-11-08)
+++ v1 (2026-02-07)
@@ -2000,180 +2000,152 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A7E6C89982BBFA40AD8012DACA8A907F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e64021b8216100b2ca45c954cd69c0c5">
-[...2 lines deleted...]
-    <xsd:import namespace="338e5083-a46f-4766-8e64-ee827b9e16b3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001B99F2764389D14292225351B0A44177" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a395516a2a3351bf46f9c8fe4cfe248d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a19951b7-df7b-4791-9833-7eead592f30e" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8672ece6b2be1bd525e183faf620b12a" ns2:_="" ns3:_="">
+    <xsd:import namespace="a19951b7-df7b-4791-9833-7eead592f30e"/>
+    <xsd:import namespace="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e12619c7-9a19-4dc6-ad29-a355e3b803fe" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a19951b7-df7b-4791-9833-7eead592f30e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="12" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="12" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="16" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="338e5083-a46f-4766-8e64-ee827b9e16b3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7b83dbe2-6fd2-449a-a932-0d75829bf641" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
-[...25 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4849ad2a-2ca5-43ab-86ed-7830c2893a31}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="338e5083-a46f-4766-8e64-ee827b9e16b3">
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e521af78-0745-4cab-a9ea-c150cb8fd0ff}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7b83dbe2-6fd2-449a-a932-0d75829bf641">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -2243,84 +2215,69 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e12619c7-9a19-4dc6-ad29-a355e3b803fe">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a19951b7-df7b-4791-9833-7eead592f30e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="338e5083-a46f-4766-8e64-ee827b9e16b3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="7b83dbe2-6fd2-449a-a932-0d75829bf641" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBB48720-61AE-4E0A-AA44-378BB052F6B0}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AABBB4F0-203F-4CBA-BEDF-41901F310480}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78ECD2DC-7EDA-41C2-B0CD-82311D476D5E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e12619c7-9a19-4dc6-ad29-a355e3b803fe"/>
     <ds:schemaRef ds:uri="338e5083-a46f-4766-8e64-ee827b9e16b3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8E5DF95-E7B9-43B6-9DDF-09AF70FC07F0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
@@ -2335,38 +2292,38 @@
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2729</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>rlacey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Order">
     <vt:r8>330000</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x010100A7E6C89982BBFA40AD8012DACA8A907F</vt:lpwstr>
+    <vt:lpwstr>0x0101001B99F2764389D14292225351B0A44177</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>