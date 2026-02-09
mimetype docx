--- v0 (2025-11-08)
+++ v1 (2026-02-09)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="20AC99C5" w14:textId="3BE27ED2" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15747072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E3B96A8" wp14:editId="5F0F9B59">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>653795</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>7533131</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="318770" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Graphic 1"/>
                 <wp:cNvGraphicFramePr>
@@ -86,51 +86,51 @@
                               <a:lnTo>
                                 <a:pt x="318516" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1E4E6065" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.5pt;margin-top:593.15pt;width:25.1pt;height:.5pt;z-index:15747072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="318770,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQByNs+4MgIAANwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05aNO2MOMXQosWA&#10;oivQDD0rshwbk0WNUmLn70fJVuKtpw3zQabMJ+qRj/Tqtm81Oyh0DZiCL2ZzzpSRUDZmV/Dvm4dP&#10;N5w5L0wpNBhV8KNy/Hb98cOqs7m6gBp0qZBREOPyzha89t7mWeZkrVrhZmCVIWcF2ApPW9xlJYqO&#10;orc6u5jPl1kHWFoEqZyjr/eDk69j/KpS0n+rKqc80wUnbj6uGNdtWLP1SuQ7FLZu5EhD/AOLVjSG&#10;Lj2FuhdesD0270K1jURwUPmZhDaDqmqkijlQNov5H9m81sKqmAsVx9lTmdz/CyufDy/ImpK048yI&#10;liR6HKuxCMXprMsJ82pfMKTn7BPIH44c2W+esHEjpq+wDVhKjvWx0sdTpVXvmaSPl4ub62vSQ5Jr&#10;eXkVdchEno7KvfOPCmIYcXhyfpCpTJaokyV7k0wksYPMOsrsOSOZkTOSeTvIbIUP5wK3YLLuzKMe&#10;aQRfCwe1gYjyIQHierVYcpayIJ5niDZTKGU0QSVfetsYbsAs55+XgRUFS+70HmCTW/8GmyqZgkkN&#10;Tg33hJzjhac60OXTSjvQTfnQaB1yd7jb3mlkBxEmJz4j3wksNsGge+iALZRH6qaOGqjg7udeoOJM&#10;fzXUr2H2koHJ2CYDvb6DOKGx7Oj8pn8TaJkls+Ce2uYZ0jSIPLUE8Q+AARtOGviy91A1oV8it4HR&#10;uKERivmP4x5mdLqPqPNPaf0LAAD//wMAUEsDBBQABgAIAAAAIQDyVTSQ4AAAAA0BAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9PT4NAEMXvJn6HzZh4s0vB/gmyNMbEo0axMR637BQI7Cxhl0L99E696G3e&#10;zMub38t2s+3ECQffOFKwXEQgkEpnGqoU7D+e77YgfNBkdOcIFZzRwy6/vsp0atxE73gqQiU4hHyq&#10;FdQh9KmUvqzRar9wPRLfjm6wOrAcKmkGPXG47WQcRWtpdUP8odY9PtVYtsVoFWw+43PTru5fp2+P&#10;b+PXcY8vRavU7c38+AAi4Bz+zHDBZ3TImengRjJedKyjhLsEHpbbdQLiYlklMYjD72qTgMwz+b9F&#10;/gMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQByNs+4MgIAANwEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDyVTSQ4AAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAAIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m318516,l,,,6096r318516,l318516,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="05DA5B92" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.5pt;margin-top:593.15pt;width:25.1pt;height:.5pt;z-index:15747072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="318770,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpDga1IAIAALgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05aNO2MOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmNspw3zQabMJ+rxkfTmvm81Oyl0DZiCrxZLzpSRUDbmUPBvu6cP&#10;d5w5L0wpNBhV8LNy/H77/t2ms7m6ghp0qZBREOPyzha89t7mWeZkrVrhFmCVIWcF2ApPWzxkJYqO&#10;orc6u1ou11kHWFoEqZyjr4+Dk29j/KpS0n+tKqc80wUnbj6uGNd9WLPtRuQHFLZu5EhD/AOLVjSG&#10;Lp1CPQov2BGbP0K1jURwUPmFhDaDqmqkijlQNqvlb9m81cKqmAuJ4+wkk/t/YeXL6c2+YqDu7DPI&#10;H44UyTrr8skTNm7E9BW2AUvEWR9VPE8qqt4zSR+vV3e3t6S1JNf6+iZqnIk8HZVH5z8riGHE6dn5&#10;oQRlskSdLNmbZCIVMpRQxxJ6zqiEyBmVcD+U0AofzgVuwWTdhUc90gi+Fk5qBxHlQwLE9Wa15ixl&#10;QTwvEG3mUMpohkq+9LYx3IBZLz+uAysKltzpPcBmt/4NNimZgkkNTg33hJzjhZMOdPlcaQe6KZ8a&#10;rUPuDg/7B43sJMJUxGfkO4PFJhjqHjpgD+X5FVlHo1Jw9/MoUHGmvxjqxTBXycBk7JOBXj9AnL4o&#10;Ozq/678LtMySWXBPbfMCqdNFnlqC+AfAgA0nDXw6eqia0C+R28Bo3NB4xPzHUQ7zN99H1OWHs/0F&#10;AAD//wMAUEsDBBQABgAIAAAAIQDyVTSQ4AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT4NA&#10;EMXvJn6HzZh4s0vB/gmyNMbEo0axMR637BQI7Cxhl0L99E696G3ezMub38t2s+3ECQffOFKwXEQg&#10;kEpnGqoU7D+e77YgfNBkdOcIFZzRwy6/vsp0atxE73gqQiU4hHyqFdQh9KmUvqzRar9wPRLfjm6w&#10;OrAcKmkGPXG47WQcRWtpdUP8odY9PtVYtsVoFWw+43PTru5fp2+Pb+PXcY8vRavU7c38+AAi4Bz+&#10;zHDBZ3TImengRjJedKyjhLsEHpbbdQLiYlklMYjD72qTgMwz+b9F/gMAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBpDga1IAIAALgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDyVTSQ4AAAAA0BAAAPAAAAAAAAAAAAAAAAAHoEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" path="m318516,l,,,6096r318516,l318516,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15747584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74C789E2" wp14:editId="26019A2A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1133855</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>7533131</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="8467725" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
@@ -172,136 +172,142 @@
                               <a:lnTo>
                                 <a:pt x="8467344" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5E7695A9" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:89.3pt;margin-top:593.15pt;width:666.75pt;height:.5pt;z-index:15747584;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="8467725,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7gz+iNQIAAOEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5ymadoZcYqhRYsB&#10;RVegGXZWZDk2JouaqMTOvx8lW6m3nTbMB5kyn6j3+OH1bd9qdlQOGzAFv5jNOVNGQtmYfcG/bh8+&#10;3HCGXphSaDCq4CeF/Hbz/t26s7laQA26VI5REIN5Zwtee2/zLENZq1bgDKwy5KzAtcLT1u2z0omO&#10;orc6W8znq6wDV1oHUiHS1/vByTcxflUp6b9UFSrPdMGJm4+ri+surNlmLfK9E7Zu5EhD/AOLVjSG&#10;Lj2HuhdesINr/gjVNtIBQuVnEtoMqqqRKmogNRfz39S81sKqqIWSg/acJvx/YeXz8cWxpiz4gjMj&#10;WirR45iNRUhOZzEnzKt9cUEe2ieQ35Ec2S+esMER01euDVgSx/qY6dM506r3TNLHm+Xq+npxxZkk&#10;3+ryKhYiE3k6Kw/oHxXEOOL4hH6oU5ksUSdL9iaZjqod6qxjnT1nVGfHGdV5N9TZCh/OBXLBZN2E&#10;SD3yCM4WjmoLEeaDhMD2crnkLAkhpm8YbaZYarIJKvnS28Z4A2Y1/7gKvChYcqf3AJte+1fglM0U&#10;TmpANdwUdMcrz7mg66fZRtBN+dBoHeSj2+/utGNHEcYnPiPjCSx2wlD80AY7KE/UUh11UcHxx0E4&#10;xZn+bKhpwwAmwyVjlwzn9R3EMY2Zd+i3/TfhLLNkFtxT7zxDGgmRp7Yg/gEwYMNJA58OHqom9Ezk&#10;NjAaNzRHUf8482FQp/uIevszbX4CAAD//wMAUEsDBBQABgAIAAAAIQBG/DUA4QAAAA4BAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqPOjplGIU1EkbkWIgMTViU0csNdR7LaBp2fL&#10;BW47u6PZb+rt4iw76jmMHgWkqwSYxt6rEQcBry8PNyWwECUqaT1qAV86wLa5vKhlpfwJn/WxjQOj&#10;EAyVFGBinCrOQ2+0k2HlJ410e/ezk5HkPHA1yxOFO8uzJCm4kyPSByMnfW90/9kenIDvXW/Mfp+t&#10;c9sl7ePH2+6pKxYhrq+Wu1tgUS/xzwxnfEKHhpg6f0AVmCW9KQuy0pCWRQ7sbFmnWQqs+91tcuBN&#10;zf/XaH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAu4M/ojUCAADhBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEARvw1AOEAAAAOAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m8467344,l,,,6096r8467344,l8467344,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="24E04F2B" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:89.3pt;margin-top:593.15pt;width:666.75pt;height:.5pt;z-index:15747584;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="8467725,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABSTe+IwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07TNO2MOMXQosOA&#10;oivQDD0rshwbk0VNVGLn70fJVmpspxXzQabMJ+rxkfT6tm81OyqHDZiCX8zmnCkjoWzMvuA/tg+f&#10;bjhDL0wpNBhV8JNCfrv5+GHd2VwtoAZdKscoiMG8swWvvbd5lqGsVStwBlYZclbgWuFp6/ZZ6URH&#10;0VudLebzVdaBK60DqRDp6/3g5JsYv6qU9N+rCpVnuuDEzcfVxXUX1myzFvneCVs3cqQh3sGiFY2h&#10;S8+h7oUX7OCav0K1jXSAUPmZhDaDqmqkijlQNhfzP7J5qYVVMRcSB+1ZJvx/YeXT8cU+u0Ad7SPI&#10;n0iKZJ3F/OwJGxwxfeXagCXirI8qns4qqt4zSR9vlqvr68UVZ5J8q8urKHIm8nRWHtB/VRDjiOMj&#10;+qEGZbJEnSzZm2Q6qmSooY419JxRDR1nVMPdUEMrfDgXyAWTdRMi9cgjOFs4qi1EmA8pBLaXyyVn&#10;KRFi+obRZoqlBpqgki+9bYw3YFbzz6vAi4Ild3oPsOm1/wROaqZwUgOq4aaQd7zyrAVdP1UbQTfl&#10;Q6N1SB/dfnenHTuKMBrxGRlPYLEThuKHNthBeXp2rKN5KTj+OginONPfDDVkGK5kuGTskuG8voM4&#10;glF5h37bvwpnmSWz4J565wlSu4s8tQXxD4ABG04a+HLwUDWhZyK3gdG4oRmJ+Y/zHIZwuo+ot7/O&#10;5jcAAAD//wMAUEsDBBQABgAIAAAAIQBG/DUA4QAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUjcqPOjplGIU1EkbkWIgMTViU0csNdR7LaBp2fLBW47u6PZb+rt4iw76jmMHgWk&#10;qwSYxt6rEQcBry8PNyWwECUqaT1qAV86wLa5vKhlpfwJn/WxjQOjEAyVFGBinCrOQ2+0k2HlJ410&#10;e/ezk5HkPHA1yxOFO8uzJCm4kyPSByMnfW90/9kenIDvXW/Mfp+tc9sl7ePH2+6pKxYhrq+Wu1tg&#10;US/xzwxnfEKHhpg6f0AVmCW9KQuy0pCWRQ7sbFmnWQqs+91tcuBNzf/XaH4AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAAUk3viMCAAC9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEARvw1AOEAAAAOAQAADwAAAAAAAAAAAAAAAAB9BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" path="m8467344,l,,,6096r8467344,l8467344,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15748096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="268408DD" wp14:editId="3254C454">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>412503</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>5714</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1077067" cy="340001"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Image 3" descr="https://maps.massgis.state.ma.us/map_ol/img/czm_sda2.png "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Image 3" descr="https://maps.massgis.state.ma.us/map_ol/img/czm_sda2.png "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1077067" cy="340001"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FC0F0C">
         <w:t>Volontè</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FC0F0C" w:rsidRPr="00FC0F0C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FC0F0C">
         <w:t>COASTSWEEP</w:t>
       </w:r>
       <w:r w:rsidR="00FC0F0C">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FC0F0C">
         <w:t>Enskripsyon</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00FC0F0C">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Abandon</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1893D636" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3093"/>
         </w:tabs>
         <w:spacing w:before="136"/>
         <w:ind w:right="518"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
@@ -365,90 +371,104 @@
                               <w:gridCol w:w="4508"/>
                               <w:gridCol w:w="2384"/>
                             </w:tblGrid>
                             <w:tr w:rsidR="00DF1346" w14:paraId="64F8256D" w14:textId="77777777">
                               <w:trPr>
                                 <w:trHeight w:val="206"/>
                               </w:trPr>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="3820" w:type="dxa"/>
                                 </w:tcPr>
                                 <w:p w14:paraId="5806616D" w14:textId="1A059045" w:rsidR="00DF1346" w:rsidRDefault="00FC0F0C">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
                                     <w:tabs>
                                       <w:tab w:val="left" w:pos="6169"/>
                                     </w:tabs>
                                     <w:spacing w:line="187" w:lineRule="exact"/>
                                     <w:ind w:left="50" w:right="-2362"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
+                                  <w:proofErr w:type="spellStart"/>
                                   <w:r w:rsidRPr="00FC0F0C">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:spacing w:val="-2"/>
                                       <w:w w:val="80"/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                     <w:t>Ò</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="00FC0F0C">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:spacing w:val="-2"/>
                                       <w:w w:val="80"/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                     <w:t>ganizat</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="00FC0F0C">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:spacing w:val="-2"/>
                                       <w:w w:val="80"/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                     <w:t>è</w:t>
                                   </w:r>
+                                  <w:proofErr w:type="spellEnd"/>
                                   <w:r w:rsidRPr="00FC0F0C">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:spacing w:val="-2"/>
                                       <w:w w:val="80"/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
-                                    <w:t xml:space="preserve"> Netwayaj</w:t>
+                                    <w:t xml:space="preserve"> </w:t>
                                   </w:r>
+                                  <w:proofErr w:type="spellStart"/>
+                                  <w:r w:rsidRPr="00FC0F0C">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial"/>
+                                      <w:b/>
+                                      <w:spacing w:val="-2"/>
+                                      <w:w w:val="80"/>
+                                      <w:sz w:val="18"/>
+                                    </w:rPr>
+                                    <w:t>Netwayaj</w:t>
+                                  </w:r>
+                                  <w:proofErr w:type="spellEnd"/>
                                   <w:r w:rsidR="0084580A">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:w w:val="90"/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                     <w:t>:</w:t>
                                   </w:r>
                                   <w:r w:rsidR="0084580A">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:spacing w:val="63"/>
                                       <w:w w:val="90"/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                   <w:r w:rsidR="0084580A">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:u w:val="single"/>
@@ -461,52 +481,64 @@
                                 <w:tcPr>
                                   <w:tcW w:w="4508" w:type="dxa"/>
                                 </w:tcPr>
                                 <w:p w14:paraId="07D4785B" w14:textId="3CD70629" w:rsidR="00DF1346" w:rsidRDefault="00FC0F0C">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
                                     <w:tabs>
                                       <w:tab w:val="left" w:pos="5501"/>
                                     </w:tabs>
                                     <w:spacing w:line="187" w:lineRule="exact"/>
                                     <w:ind w:left="2457" w:right="-994"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00FC0F0C">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:spacing w:val="-2"/>
                                       <w:w w:val="80"/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
-                                    <w:t>Dat Netwayaj</w:t>
+                                    <w:t xml:space="preserve">Dat </w:t>
                                   </w:r>
+                                  <w:proofErr w:type="spellStart"/>
+                                  <w:r w:rsidRPr="00FC0F0C">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial"/>
+                                      <w:b/>
+                                      <w:spacing w:val="-2"/>
+                                      <w:w w:val="80"/>
+                                      <w:sz w:val="18"/>
+                                    </w:rPr>
+                                    <w:t>Netwayaj</w:t>
+                                  </w:r>
+                                  <w:proofErr w:type="spellEnd"/>
                                   <w:r w:rsidR="0084580A">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:w w:val="90"/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                     <w:t>:</w:t>
                                   </w:r>
                                   <w:r w:rsidR="0084580A">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:spacing w:val="42"/>
                                       <w:w w:val="90"/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                   <w:r w:rsidR="0084580A">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:u w:val="single"/>
@@ -516,161 +548,197 @@
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="2384" w:type="dxa"/>
                                 </w:tcPr>
                                 <w:p w14:paraId="7D19E1CB" w14:textId="2B9398E7" w:rsidR="00DF1346" w:rsidRDefault="00FC0F0C">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
                                     <w:spacing w:line="187" w:lineRule="exact"/>
                                     <w:ind w:left="1098"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial"/>
                                       <w:b/>
                                       <w:spacing w:val="-2"/>
                                       <w:w w:val="80"/>
                                       <w:sz w:val="18"/>
                                     </w:rPr>
-                                    <w:t>Kote Netwayaj:</w:t>
+                                    <w:t xml:space="preserve">Kote </w:t>
+                                  </w:r>
+                                  <w:proofErr w:type="spellStart"/>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial"/>
+                                      <w:b/>
+                                      <w:spacing w:val="-2"/>
+                                      <w:w w:val="80"/>
+                                      <w:sz w:val="18"/>
+                                    </w:rPr>
+                                    <w:t>Netwayaj</w:t>
+                                  </w:r>
+                                  <w:proofErr w:type="spellEnd"/>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial"/>
+                                      <w:b/>
+                                      <w:spacing w:val="-2"/>
+                                      <w:w w:val="80"/>
+                                      <w:sz w:val="18"/>
+                                    </w:rPr>
+                                    <w:t>:</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                             </w:tr>
                           </w:tbl>
                           <w:p w14:paraId="1EC0AA08" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="00DF1346">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:spacing w:before="0"/>
                               <w:ind w:left="0"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="78FC8D46" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textbox 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:24.9pt;margin-top:6.8pt;width:541.65pt;height:10.3pt;z-index:15748608;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYiQJFqgEAAD8DAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuGyEQvVfqPyDuNes0Sd2V11HbqFWl&#10;qKmU5ANYFryoC0MZ7F3/fQe8dqL2FvUCAzzemzcz65vJDWyvI1rwDV8uKs60V9BZv2340+PXdyvO&#10;MEnfyQG8bvhBI7/ZvH2zHkOtL6CHodOREYnHegwN71MKtRCoeu0kLiBoT48GopOJjnEruihHYneD&#10;uKiqazFC7EIEpRHp9vb4yDeF3xit0r0xqBMbGk65pbLGsrZ5FZu1rLdRht6qOQ35iiyctJ5Ez1S3&#10;Mkm2i/YfKmdVBASTFgqcAGOs0sUDuVlWf7l56GXQxQsVB8O5TPj/aNWP/c/IbNfwS868dNSiRz2l&#10;FiZ2mYszBqwJ8xAIlabPMFGTi1EMd6B+IUHEC8zxAxI6F2My0eWdbDL6SPU/nGtOIkzR5fXqw+rj&#10;1RVnit6W76vVsjRFPP8OEdM3DY7loOGReloykPs7TFlf1ifInMxRP6eVpnaaXbTQHcjESL1uOP7e&#10;yag5G757KmYejFMQT0F7CmIavkAZn+zFw6ddAmOLcpY48s7K1KWS0DxReQxengvqee43fwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAC71t0rfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V&#10;+AdrK3ErTgiKShoHoaqcKlWE9NCjEy+JRbwOsYH072tO9Lgzo5m3+WYyPbvi6LQlAfEiAobUWKWp&#10;FfBd7V5egTkvScneEgr4RQebYvaUy0zZG5V4PfiWhRJymRTQeT9knLumQyPdwg5IwTva0UgfzrHl&#10;apS3UG56voyilBupKSx0csD3DpvT4WIEbH+o/NDnr3pfHktdVeuIPtOTEPPnafsGzOPkH2G44wd0&#10;KAJTbS+kHOsFrNaB3Ac9SYHd/ThJYmC1gGS1BF7k/P8HxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAGIkCRaoBAAA/AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEALvW3St8AAAAJAQAADwAAAAAAAAAAAAAAAAAEBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAABAFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape id="Textbox 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:24.9pt;margin-top:6.8pt;width:541.65pt;height:10.3pt;z-index:15748608;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHpZEVlQEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSPxD5bvxJuilrDKpgIqEFIF&#10;lUo/wPHa2RVrj5lxspu/Z+xuEgS3ist4bI/fvPfG69vJD+JgkXoIjVwuKilsMND2YdfIpx+f36yk&#10;oKRDqwcItpFHS/J28/rVeoy1vYIOhtaiYJBA9Rgb2aUUa6XIdNZrWkC0gS8doNeJt7hTLeqR0f2g&#10;rqrqRo2AbUQwlohP754v5abgO2dN+u4c2SSGRjK3VCKWuM1Rbda63qGOXW9mGvoFLLzuAzc9Q93p&#10;pMUe+3+gfG8QCFxaGPAKnOuNLRpYzbL6S81jp6MtWtgcimeb6P/Bmm+Hx/iAIk0fYeIBFhEU78H8&#10;JPZGjZHquSZ7SjVxdRY6OfR5ZQmCH7K3x7OfdkrC8OHN6t3q/fW1FIbvlm+r1bIYri6vI1L6YsGL&#10;nDQSeV6FgT7cU8r9dX0qmck8989M0rSduCSnW2iPLGLkOTaSfu01WimGr4GNykM/JXhKtqcE0/AJ&#10;ytfIWgJ82Cdwfel8wZ078wQKofm35BH/uS9Vlz+9+Q0AAP//AwBQSwMEFAAGAAgAAAAhAC71t0rf&#10;AAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+AdrK3ErTgiKShoHoaqcKlWE9NCj&#10;Ey+JRbwOsYH072tO9Lgzo5m3+WYyPbvi6LQlAfEiAobUWKWpFfBd7V5egTkvScneEgr4RQebYvaU&#10;y0zZG5V4PfiWhRJymRTQeT9knLumQyPdwg5IwTva0UgfzrHlapS3UG56voyilBupKSx0csD3DpvT&#10;4WIEbH+o/NDnr3pfHktdVeuIPtOTEPPnafsGzOPkH2G44wd0KAJTbS+kHOsFrNaB3Ac9SYHd/ThJ&#10;YmC1gGS1BF7k/P8HxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAB6WRFZUBAAAbAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEALvW3St8AAAAJ&#10;AQAADwAAAAAAAAAAAAAAAADvAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPsEAAAA&#10;AA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:tbl>
                       <w:tblPr>
                         <w:tblW w:w="0" w:type="auto"/>
                         <w:tblInd w:w="67" w:type="dxa"/>
                         <w:tblLayout w:type="fixed"/>
                         <w:tblCellMar>
                           <w:left w:w="0" w:type="dxa"/>
                           <w:right w:w="0" w:type="dxa"/>
                         </w:tblCellMar>
                         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
                       </w:tblPr>
                       <w:tblGrid>
                         <w:gridCol w:w="3820"/>
                         <w:gridCol w:w="4508"/>
                         <w:gridCol w:w="2384"/>
                       </w:tblGrid>
                       <w:tr w:rsidR="00DF1346" w14:paraId="64F8256D" w14:textId="77777777">
                         <w:trPr>
                           <w:trHeight w:val="206"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="3820" w:type="dxa"/>
                           </w:tcPr>
                           <w:p w14:paraId="5806616D" w14:textId="1A059045" w:rsidR="00DF1346" w:rsidRDefault="00FC0F0C">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="6169"/>
                               </w:tabs>
                               <w:spacing w:line="187" w:lineRule="exact"/>
                               <w:ind w:left="50" w:right="-2362"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00FC0F0C">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:spacing w:val="-2"/>
                                 <w:w w:val="80"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>Ò</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FC0F0C">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:spacing w:val="-2"/>
                                 <w:w w:val="80"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>ganizat</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FC0F0C">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:spacing w:val="-2"/>
                                 <w:w w:val="80"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>è</w:t>
                             </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00FC0F0C">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:spacing w:val="-2"/>
                                 <w:w w:val="80"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> Netwayaj</w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00FC0F0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:spacing w:val="-2"/>
+                                <w:w w:val="80"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>Netwayaj</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidR="0084580A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:w w:val="90"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
                             <w:r w:rsidR="0084580A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:spacing w:val="63"/>
                                 <w:w w:val="90"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="0084580A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:u w:val="single"/>
@@ -683,52 +751,64 @@
                           <w:tcPr>
                             <w:tcW w:w="4508" w:type="dxa"/>
                           </w:tcPr>
                           <w:p w14:paraId="07D4785B" w14:textId="3CD70629" w:rsidR="00DF1346" w:rsidRDefault="00FC0F0C">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="5501"/>
                               </w:tabs>
                               <w:spacing w:line="187" w:lineRule="exact"/>
                               <w:ind w:left="2457" w:right="-994"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FC0F0C">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:spacing w:val="-2"/>
                                 <w:w w:val="80"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>Dat Netwayaj</w:t>
+                              <w:t xml:space="preserve">Dat </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00FC0F0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:spacing w:val="-2"/>
+                                <w:w w:val="80"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>Netwayaj</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidR="0084580A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:w w:val="90"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
                             <w:r w:rsidR="0084580A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:spacing w:val="42"/>
                                 <w:w w:val="90"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="0084580A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:u w:val="single"/>
@@ -738,383 +818,4509 @@
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="2384" w:type="dxa"/>
                           </w:tcPr>
                           <w:p w14:paraId="7D19E1CB" w14:textId="2B9398E7" w:rsidR="00DF1346" w:rsidRDefault="00FC0F0C">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
                               <w:spacing w:line="187" w:lineRule="exact"/>
                               <w:ind w:left="1098"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:spacing w:val="-2"/>
                                 <w:w w:val="80"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>Kote Netwayaj:</w:t>
+                              <w:t xml:space="preserve">Kote </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:spacing w:val="-2"/>
+                                <w:w w:val="80"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>Netwayaj</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:spacing w:val="-2"/>
+                                <w:w w:val="80"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
                     </w:tbl>
                     <w:p w14:paraId="1EC0AA08" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="00DF1346">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="0"/>
                         <w:ind w:left="0"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
           <w:w w:val="82"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8D9F91" w14:textId="560BE3E1" w:rsidR="00DF1346" w:rsidRDefault="00FC0F0C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="37"/>
       </w:pPr>
-      <w:r w:rsidRPr="00FC0F0C">
-[...3 lines deleted...]
-        <w:t>Mwen, yon patisipan nan aktivite COASTSWEEP la, dakò pou swiv tout enstriksyon netwayaj jan òganizatè lokal yo/oswa manadjè plaj yo endike. Mwen konprann travay mwen ofri pou m fè a epi mwen deklare ke mwen kalifye e mwen kapab fizikman fè travay ak aktivite mwen ofri pou m fè a. Mwen konprann ke mwen ka kolekte divès kalite debri nan lanmè, tankou vè kase, m</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, yon </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>patisipan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>aktivite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> COASTSWEEP la, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>dakò</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>swiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tout </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>enstriksyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>netwayaj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>jan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>òganizatè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>lokal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>oswa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>manadjè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>plaj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>endike</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>konprann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>travay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ofri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>fè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> epi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>deklare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>kalifye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>kapab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>fizikman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>fè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>travay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>aktivite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ofri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>fè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>konprann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ka </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>kolekte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>divès</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>kalite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>debri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>lanmè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>tankou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>vè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>kase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="004E63D4">
         <w:rPr>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t>ò</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC0F0C">
         <w:rPr>
           <w:w w:val="80"/>
         </w:rPr>
-        <w:t xml:space="preserve">so metal, ak lòt materyèl ki ka blese si yo pa manyen yo byen. Tout materyèl ki gen kontni enkoni, ki lou, oswa ki </w:t>
-      </w:r>
+        <w:t>so</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> metal, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>lòt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>materyèl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki ka </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>blese</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>manyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>byen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Tout </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>materyèl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki gen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>kontni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>enkoni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>lou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>oswa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004E63D4">
         <w:rPr>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t>biza</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC0F0C">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> (debri medikal, veso chimik, bidon 55 galon, fe datifis...) ap rete kote yo ye san yo pa manyen yo, yo pral note kote yo ye, epi yo pral avize pèsonèl ki fòme. COASTSWEEP se yon òganizasyon ki baze sou volont</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>debri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>medikal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>veso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>chimik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bidon 55 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>galon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>fe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>datifis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">...) ap rete </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>kote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ye </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>san</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>manyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pral</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> note </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>kote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ye, epi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pral</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>avize</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pèsonèl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>fòme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. COASTSWEEP se yon </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>òganizasyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>baze</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sou </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>volont</w:t>
       </w:r>
       <w:r w:rsidR="004E63D4">
         <w:rPr>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t>arya</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC0F0C">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> epi li pa responsab pou nenpòt blesi ki rive pandan netwayaj la</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> epi li pa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>responsab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>nenpòt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>blesi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki rive pandan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>netwayaj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la</w:t>
       </w:r>
       <w:r w:rsidR="0084580A">
         <w:rPr>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="262F8898" w14:textId="13282C7B" w:rsidR="00DF1346" w:rsidRPr="00FC0F0C" w:rsidRDefault="00FC0F0C" w:rsidP="00FC0F0C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="60"/>
         <w:ind w:right="163"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC0F0C">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>libere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004E63D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t>Fonkomen</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FC0F0C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E63D4" w:rsidRPr="004E63D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
         </w:rPr>
-        <w:t>Massachusetts</w:t>
+        <w:t xml:space="preserve">Massachusetts </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Biwo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Jesyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Zòn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Kotyè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E63D4" w:rsidRPr="004E63D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">la, Biwo Jesyon Zòn Kotyè </w:t>
+        <w:t xml:space="preserve">Massachusetts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(CZM), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>anplwaye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ajan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de tout </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>responsablite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>reklamasyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pèt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>domaj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>depans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>oswa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>blesi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kit se sou </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>moun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>oswa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>byen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ki ka rive </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>akòz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>aksyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pandan m ap </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>patisipe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>aktivite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>volontè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> COASTSWEEP. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>dakò</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004E63D4">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E63D4">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>tou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>dedomaje</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>defann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, epi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>libere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E63D4">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Fonkomen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E63D4" w:rsidRPr="004E63D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
         </w:rPr>
-        <w:t>Massachusetts</w:t>
-[...63 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Massachusetts </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, CZM, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>anplwaye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ajan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de tout </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>responsablite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>nenpòt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>domaj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>oswa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>blesi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>rezilte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>aksyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pandan m ap </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>patisipe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>aktivite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>volontè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CZM </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>otorize</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>oswa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>sponsorize</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>parèt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>andeyò</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> limit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>aktivite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>otorize</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>rekonèt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>lè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>patisipe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>aktivite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>volontè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>sa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>resevwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>okenn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>nominasyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>sèvis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>leta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a, epi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> p ap </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>resevwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>okenn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>salè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>oswa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pèman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan men </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Kominote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Kidonk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>konprann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pa gen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>dwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Konpansasyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Travayè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pa ka </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>fè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>okenn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>reklamasyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>kont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CZM </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>nenpòt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>blesi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pèt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>oswa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>domaj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sou </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>moun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (kit se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>blesi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>fizik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>oswa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>lanmò</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>oswa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>byen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki rive pandan m ap </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>patisipe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>travay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>volontè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> COASTSWEEP epi, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>anplis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pral</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bay </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pwòp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>asirans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0084580A">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08980012" w14:textId="514E092E" w:rsidR="00DF1346" w:rsidRDefault="00FC0F0C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="57"/>
         <w:ind w:right="37"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Foto </w:t>
       </w:r>
       <w:r w:rsidR="0084580A">
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0084580A">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0084580A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anplis, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>lè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>siyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bay </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>konsantman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>foto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pandan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>netwayaj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ka </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>itilize</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004E63D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t>Fonkomen</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FC0F0C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E63D4" w:rsidRPr="004E63D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
         </w:rPr>
-        <w:t>Massachusetts</w:t>
+        <w:t xml:space="preserve">Massachusetts </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, CZM, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ocean Conservancy nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>piblikasyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>prezantasyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sou sit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>entènèt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, epi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>voye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bay </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>nenpòt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>medya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ogmante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>piblisite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Netwayaj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Kotyè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Entènasyonal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la epi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>fè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>moun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>konnen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pwoblèm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>debri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>lanmè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Anplis, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>afime</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>posede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>dwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>nenpòt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>foto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>soumèt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> epi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>dakò</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>transfere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>dwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>sa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bay </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E63D4">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Fonkomen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E63D4" w:rsidRPr="004E63D4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...41 lines deleted...]
-        <w:t>la, CZM, ak Ocean Conservancy</w:t>
+        <w:t xml:space="preserve">Massachusetts </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, CZM, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC0F0C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ocean Conservancy</w:t>
       </w:r>
       <w:r w:rsidR="0084580A">
         <w:rPr>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A4765A4" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="00DF1346">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
@@ -1127,155 +5333,225 @@
       </w:tblGrid>
       <w:tr w:rsidR="00DF1346" w14:paraId="4613C8AA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="491"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14541" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53693DC7" w14:textId="77777777" w:rsidR="00FC0F0C" w:rsidRDefault="00FC0F0C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2800"/>
                 <w:tab w:val="left" w:pos="5980"/>
                 <w:tab w:val="left" w:pos="11687"/>
               </w:tabs>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FC0F0C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Mwen te li akseptasyon an</w:t>
+              <w:t>Mwen</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FC0F0C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC0F0C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>te</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC0F0C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> li </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC0F0C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>akseptasyon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC0F0C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> an </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67D0888F" w14:textId="5A1B2FF4" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2800"/>
                 <w:tab w:val="left" w:pos="5980"/>
                 <w:tab w:val="left" w:pos="11687"/>
               </w:tabs>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="50"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00FC0F0C" w:rsidRPr="00FC0F0C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>tcheke &amp; Inisyal</w:t>
+              <w:t>tcheke</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FC0F0C" w:rsidRPr="00FC0F0C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00FC0F0C" w:rsidRPr="00FC0F0C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Inisyal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="00FC0F0C">
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>on</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00FC0F0C">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Adrès</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00FC0F0C" w:rsidRPr="00FC0F0C">
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Kontak Ijans (Non, #)</w:t>
+              <w:t xml:space="preserve">Kontak </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00FC0F0C" w:rsidRPr="00FC0F0C">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Ijans</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FC0F0C" w:rsidRPr="00FC0F0C">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Non, #)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF1346" w14:paraId="0119082E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="344"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14541" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0005FF1F" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="25"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
@@ -1346,51 +5622,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="585AAC95" id="Group 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:16.95pt;width:666pt;height:.5pt;z-index:-15822848;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhQ61HdgIAABEGAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X512S9AZcYqhXYsB&#10;RVegHXZWZPkDk0VNUuL034+iLcdogQHLfJApkaLI90iurw6dZnvlfAum4OdnC86UkVC2pi74j+fb&#10;D5ec+SBMKTQYVfAX5fnV5v27dW9zdQEN6FI5hk6Mz3tb8CYEm2eZl43qhD8DqwwqK3CdCLh1dVY6&#10;0aP3TmcXi8Uq68GV1oFU3uPpzaDkG/JfVUqG71XlVWC64BhboNXRuo1rtlmLvHbCNq0cwxAnRNGJ&#10;1uCjk6sbEQTbufaNq66VDjxU4UxCl0FVtVJRDpjN+eJVNncOdpZyqfO+thNMCO0rnE52Kx/2j461&#10;ZcGXnBnRIUX0KltGaHpb52hx5+yTfXRDfijeg/zlUZ291sd9fTQ+VK6LlzBNdiDMXybM1SEwiYeX&#10;n5aXSCRnEnWrj8uREtkgb28uyebr365lIh+epMCmQHqLteWP8Pn/g++pEVYRKz6CM8K3OsI3FNNq&#10;AJBsInoEp8/9COTJ2ExJilzufLhTQBiL/b0PQzWXSRJNkuTBJNFhT8Ru0NQNgTPsBscZdsN26AYr&#10;QrwXiYsi62ckNSNHUdnBXj0DmYXI1MRkIhkjPdpoM7dFvmdWSZf+lvwNNqvFZ0ISnSV1+g9m82f/&#10;yZgqbeZWavAqVvWQ9yQQFng4R9uDbsvbVuuYvnf19lo7thdxyNAXkcQrMzMsyUR+lLZQvmDl9Dh5&#10;Cu5/74RTnOlvBmszjqkkuCRsk+CCvgYaZoS88+H58FM4yyyKBQ/YVw+QSlTkqSxiUpNtvGngyy5A&#10;1caaodiGiMYNtgtJNHcolXFGxsE235PVcZJv/gAAAP//AwBQSwMEFAAGAAgAAAAhADkf7azfAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj09rwkAQxe+FfodlCr3VzT9LjdmISNuTFNRC8bYmYxLM&#10;zobsmsRv3/HUHt+bH2/ey1aTacWAvWssKQhnAQikwpYNVQq+Dx8vbyCc11Tq1hIquKGDVf74kOm0&#10;tCPtcNj7SnAIuVQrqL3vUildUaPRbmY7JL6dbW+0Z9lXsuz1yOGmlVEQvEqjG+IPte5wU2Nx2V+N&#10;gs9Rj+s4fB+2l/PmdjzMv362ISr1/DStlyA8Tv4Phnt9rg45dzrZK5VOtKyjKGRUQRwvQNyBZJ6w&#10;c2InWYDMM/l/Qv4LAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4UOtR3YCAAARBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAOR/trN8AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAADQBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
+                    <v:group w14:anchorId="721B68E7" id="Group 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:16.95pt;width:666pt;height:.5pt;z-index:-15822848;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcT/FHbAIAAO8FAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X5x2a9AZdYqhXYMB&#10;RVegHXZWZPkDk0WNUuL034+SLcdogQHLfLCfRIoiH595dX3oNNsrdC2Ygp8tlpwpI6FsTV3wH893&#10;Hy45c16YUmgwquAvyvHr9ft3V73N1Tk0oEuFjIIYl/e24I33Ns8yJxvVCbcAqwwZK8BOeFpinZUo&#10;eore6ex8uVxlPWBpEaRyjnZvByNfx/hVpaT/XlVOeaYLTrn5+Mb43oZ3tr4SeY3CNq0c0xAnZNGJ&#10;1tClU6hb4QXbYfsmVNdKBAeVX0joMqiqVqpYA1VztnxVzQZhZ2Mtdd7XdqKJqH3F08lh5cN+g/bJ&#10;PuKQPcF7kL8c8ZL1ts7n9rCuj86HCrtwiIpgh8joy8SoOngmafPy08UltYkzSbbVx4uRcNlQV94c&#10;ks3Xvx3LRD5cGRObEuktKccdyXH/R85TI6yKnLtQ/COytqTUOTOiI/1uRqmsgnLC1eQT2BtXbiTy&#10;ZG6mIkUud85vFESOxf7e+UGrZUKiSUgeTIJIig9a11HrnjPSOnJGWt8OWrfCh3OhcQGyftakZuxR&#10;MHawV88Q3Xzo1NTJ1GTK9OijzdyX+j3zSrb0tTHe4LNafo5MUrBkTt/BbX7tPzlHpc3CSg1OEYO0&#10;FeqeQOSCNudsO9BteddqHcp3WG9vNLK9CCMkPoFJOjJzI0m6fGh+QFsoX0g5PYml4O73TqDiTH8z&#10;pM0whBLABLYJoNc3EEdVZB6dfz78FGiZJVhwT//VAySJijzJIhQ1+YaTBr7sPFRt0EzMbchoXNDv&#10;ElGcKrGUcQKGsTVfR6/jnF7/AQAA//8DAFBLAwQUAAYACAAAACEAOR/trN8AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPT2vCQBDF74V+h2UKvdXNP0uN2YhI25MU1ELxtiZjEszOhuyaxG/f8dQe&#10;35sfb97LVpNpxYC9aywpCGcBCKTClg1VCr4PHy9vIJzXVOrWEiq4oYNV/viQ6bS0I+1w2PtKcAi5&#10;VCuove9SKV1Ro9FuZjskvp1tb7Rn2Vey7PXI4aaVURC8SqMb4g+17nBTY3HZX42Cz1GP6zh8H7aX&#10;8+Z2PMy/frYhKvX8NK2XIDxO/g+Ge32uDjl3OtkrlU60rKMoZFRBHC9A3IFknrBzYidZgMwz+X9C&#10;/gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAcT/FHbAIAAO8FAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA5H+2s3wAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAMYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;">
                       <v:shape id="Graphic 6" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDBPf0PwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva+oeqnRNi1RWFLz4j70+mrdt2ealNNHWb28EweMwM79hltlgGnGjztWWFcymEQji&#10;wuqaSwXn08/nAoTzyBoby6TgTg6ydPSxxETbng90O/pSBAi7BBVU3reJlK6oyKCb2pY4eH+2M+iD&#10;7EqpO+wD3DTyK4piabDmsFBhS3lFxf/xahQstvEhWvf6vtK/F7PZzeuc9rlSk/Gw+gbhafDv8Ku9&#10;1QpieF4JN0CmDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDBPf0PwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m8458200,l,,,6096r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF1346" w14:paraId="5EA4A4E6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="369"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
@@ -1477,51 +5753,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="0FC78921" id="Group 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15822336;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWEeoseAIAABEGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtO3DAQfa/Uf7D8XrLQsmwjsqiCgioh&#10;isRWffY6zkV1PO7Yu1n+vmMnzkYgVSrNQzLOHM/lzOXy6tBptlfoWjAFPz1ZcKaMhLI1dcF/bG4/&#10;rDhzXphSaDCq4M/K8av1+3eXvc3VGTSgS4WMjBiX97bgjfc2zzInG9UJdwJWGVJWgJ3wdMQ6K1H0&#10;ZL3T2dliscx6wNIiSOUc/b0ZlHwd7VeVkv57VTnlmS44xebjG+N7G97Z+lLkNQrbtHIMQ7whik60&#10;hpxOpm6EF2yH7StTXSsRHFT+REKXQVW1UsUcKJvTxYts7hB2NuZS531tJ5qI2hc8vdmsfNg/ImvL&#10;gl9wZkRHJYpe2UWgprd1Tog7tE/2EYf8SLwH+cuROnupD+f6CD5U2IVLlCY7RM6fJ87VwTNJP1ef&#10;zldUSM4k6ZYfz8eSyIbq9uqSbL7+7Vom8sFlDGwKpLfUW+5In/s/+p4aYVWsigvkjPRRnyf6hmZa&#10;DQRGTGAv0ulyNxL5Zm6mJEUud87fKYgci/2980M3l0kSTZLkwSQRaSbCNOg4DZ4zmgbkjKZhO0yD&#10;FT7cC4ULIutnRWrGGgVlB3u1gQjzoVJTJVORKdIjRps5luo9QyVd+tpob8AsF5+XIS4yltTpO8Dm&#10;bv8JHDttZlZqcGrwFPKOLicuCDdn24Fuy9tW65C+w3p7rZHtRVgy8RkjnsGoJVPxg7SF8pk6p6fN&#10;U3D3eydQcaa/GerNsKaSgEnYJgG9voa4zCLz6Pzm8FOgZZbEgnuaqwdILSry1BYUfwAM2HDTwJed&#10;h6oNPRNjGyIaDzQuUYp7JzIx7siw2ObniDpu8vUfAAAA//8DAFBLAwQUAAYACAAAACEAJfh+pt8A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2UKvdVNorYSsxGRticpqIXibc2O&#10;STA7G7JrEv99x1N7fG8+3ryXrUbbiB47XztSEE8iEEiFMzWVCr4PHy8LED5oMrpxhApu6GGVPz5k&#10;OjVuoB32+1AKDiGfagVVCG0qpS8qtNpPXIvEt7PrrA4su1KaTg8cbhuZRNGrtLom/lDpFjcVFpf9&#10;1Sr4HPSwnsbv/fZy3tyOh/nXzzZGpZ6fxvUSRMAx/MFwr8/VIedOJ3cl40XDOkliRhVM33jTHZjN&#10;Z+yc2FlEIPNM/p+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCWEeoseAIAABEGAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAl+H6m3wAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;">
+                    <v:group w14:anchorId="66087630" id="Group 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15822336;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDapYnbAIAAO8FAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X512a5AZdYqhXYMB&#10;RVegGXZWZPkDk0WNUuL034+SLcdogQHrfJAp84kiH595dX3sNDsodC2Ygp+fLThTRkLZmrrgP7Z3&#10;H1acOS9MKTQYVfBn5fj1+v27q97m6gIa0KVCRkGMy3tb8MZ7m2eZk43qhDsDqww5K8BOeNpinZUo&#10;eore6exisVhmPWBpEaRyjr7eDk6+jvGrSkn/vaqc8kwXnHLzccW47sKara9EXqOwTSvHNMQbsuhE&#10;a+jSKdSt8ILtsX0VqmslgoPKn0noMqiqVqpYA1VzvnhRzQZhb2Mtdd7XdqKJqH3B05vDyofDBu2T&#10;fcQhezLvQf5yxEvW2zqf+8O+PoGPFXbhEBXBjpHR54lRdfRM0sfVp8sVtYkzSb7lx8uRcNlQV14d&#10;ks3Xvx3LRD5cGRObEuktKcedyHH/R85TI6yKnLtQ/COytqQ6ODOiI/1uRqmsgnLC1YQJ7I07NxL5&#10;Zm6mIkUu985vFESOxeHe+UGrZbJEkyx5NMlEUnzQuo5a95yR1pEz0vpu0LoVPpwLjQsm62dNasYe&#10;BWcHB7WFCPOhU1MnU5Mp0xNGmzmW+j1DJV962xhvwCwXn5chLwqW3Ok9wObX/hM4Km0WVmpwargp&#10;1B2vnLgg3JxtB7ot71qtQ/kO692NRnYQYYTEZ8x4BiNJunxofrB2UD6TcnoSS8Hd771AxZn+Zkib&#10;YQglA5OxSwZ6fQNxVEXm0fnt8adAyyyZBff0Xz1AkqjIkywo/wAYsOGkgS97D1UbNBNzGzIaN/S7&#10;RCtOlcjEOAHD2JrvI+o0p9d/AAAA//8DAFBLAwQUAAYACAAAACEAJfh+pt8AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2UKvdVNorYSsxGRticpqIXibc2OSTA7G7JrEv99x1N7&#10;fG8+3ryXrUbbiB47XztSEE8iEEiFMzWVCr4PHy8LED5oMrpxhApu6GGVPz5kOjVuoB32+1AKDiGf&#10;agVVCG0qpS8qtNpPXIvEt7PrrA4su1KaTg8cbhuZRNGrtLom/lDpFjcVFpf91Sr4HPSwnsbv/fZy&#10;3tyOh/nXzzZGpZ6fxvUSRMAx/MFwr8/VIedOJ3cl40XDOkliRhVM33jTHZjNZ+yc2FlEIPNM/p+Q&#10;/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCDapYnbAIAAO8FAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAl+H6m3wAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAMYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;">
                       <v:shape id="Graphic 8" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDf7szmwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa4NA&#10;FMTvhXyH5RV6q2tzsMG6ihhSUugl/+j14b6oxH0r7lbNt+8WCj0OM78ZJisW04uJRtdZVvASxSCI&#10;a6s7bhScT7vnDQjnkTX2lknBnRwU+eohw1TbmQ80HX0jQgm7FBW03g+plK5uyaCL7EAcvKsdDfog&#10;x0bqEedQbnq5juNEGuw4LLQ4UNVSfTt+GwWbfXKIt7O+l/rrYt4/XruKPiulnh6X8g2Ep8X/h//o&#10;vQ4c/F4JN0DmPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDf7szmwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m8458200,l,,,6096r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="219A844D" wp14:editId="3FD2375E">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="9" name="Group 9"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1570,51 +5846,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="3B8B5031" id="Group 9" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCO+vOQfQIAAAwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVFtr2zAUfh/sPwi9r05SljWmThntWgal&#10;KzRlz4osX5gsaUdKnP77HR1biWlhsM4P9pHPp3P5zuXy6tBptlfgW2sKPj+bcaaMtGVr6oI/b24/&#10;XXDmgzCl0Naogr8oz6/WHz9c9i5XC9tYXSpgaMT4vHcFb0JweZZ52ahO+DPrlEFlZaETAY9QZyWI&#10;Hq13OlvMZsust1A6sFJ5j39vBiVfk/2qUjL8qCqvAtMFx9gCvYHe2/jO1pcir0G4ppVjGOIdUXSi&#10;Nej0aOpGBMF20L4x1bUSrLdVOJO2y2xVtVJRDpjNfPYqmzuwO0e51HlfuyNNSO0rnt5tVj7sH4G1&#10;ZcFXnBnRYYnIK1tFanpX54i4A/fkHmHID8V7K395VGev9fFcn8CHCrp4CdNkB+L85ci5OgQm8ef5&#10;bHVxgZWRqFqefx4rIhss25s7svn2l1uZyAeHFNYxjN5hZ/kTef7/yHtqhFNUEx+pGcmbYwaJvaGX&#10;8A8RSKjI3njyI5Hv5eaYpcjlzoc7ZYlisb/3AV1gB5ZJEk2S5MEkEXAk4jBoGobAGQ4DcIbDsB2G&#10;wYkQ70VTUWT9qUbNWKKo6+xebSyhQiwU1vH8y4KzVGGM8wTRZgpFriaopEtfR+YGzHK2Wsao0FhS&#10;p+8Am3j9FyzVZmJUauvV4CfmTA6PPCBuyrS3ui1vW61j7h7q7bUGthdxv9AzxjuBYT/6fKh7lLa2&#10;fMG26XHpFNz/3glQnOnvBhsTsw5JgCRskwBBX1vaY0Q7+LA5/BTgmEOx4AFH6sGm/hR5agmMPwIG&#10;bLxp7NddsFUb+4ViGyIaDzgrJNHKISbG9Rh32vRMqNMSX/8BAAD//wMAUEsDBBQABgAIAAAAIQDp&#10;nwGw2QAAAAIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKt&#10;IL1Ns9MkNDsbstsk/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4EL&#10;BVgW11c5ZtaP/EHDNlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40d&#10;rWsqT9uzM/A24rh6SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zH&#10;uaw4SCYBXeT6P3rxDQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI7685B9AgAADAYAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEA&#10;AA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;">
+                    <v:group w14:anchorId="1DDF3276" id="Group 9" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQLB5OcAIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1r2zAUfR/sPwi9L04blrWmThntGgal&#10;KzRlz4osfzBZV7tS4vTf70q2EtPCYJ0f5Cvfo/tx7rGurg+dZnuFrgVT8LPZnDNlJJStqQv+vLn7&#10;dMGZ88KUQoNRBX9Rjl+vPn646m2uzqEBXSpkFMS4vLcFb7y3eZY52ahOuBlYZchZAXbC0xbrrETR&#10;U/ROZ+fz+TLrAUuLIJVz9PV2cPJVjF9VSvofVeWUZ7rgVJuPK8Z1G9ZsdSXyGoVtWjmWId5RRSda&#10;Q0mPoW6FF2yH7ZtQXSsRHFR+JqHLoKpaqWIP1M3Z/FU3a4Sdjb3UeV/bI01E7Sue3h1WPuzXaJ/s&#10;Iw7Vk3kP8pcjXrLe1vnUH/b1CXyosAuHqAl2iIy+HBlVB88kfVzMLy8uiHdJruXi88i3bGgob87I&#10;5ttfTmUiHxLGso5l9JZ0407UuP+j5qkRVkXGXWj9EVlbkqypAyM6ku96VAp9IYZCckIF9sadG4l8&#10;LzfHLkUud86vFUSKxf7e+UGqZbJEkyx5MMlEEnyQuo5S95yR1JEzkvp2kLoVPpwLcwsm608zasYR&#10;BV8He7WBiPJhUDTHxZdzztKEqc4TRJsplLiaoJIvvW0MN2CW88tlqIqCJXd6D7BJ1n/BxtlMgkoN&#10;Tg15Qs8x4ZEHwk2ZdqDb8q7VOvTusN7eaGR7EW6P+Iz1TmCkR5cPcw/WFsoXkk1PQim4+70TqDjT&#10;3w0Jk7r2ycBkbJOBXt9AvKUi7ej85vBToGWWzIJ7+qUeIOlT5EkSVH8ADNhw0sDXnYeqDXqJtQ0V&#10;jRv6V6IVL5TIxHj5hRtruo+o0xW9+gMAAP//AwBQSwMEFAAGAAgAAAAhAOmfAbDZAAAAAgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdxH+UNJtSinoqgq0gvU2z0yQ0Oxuy2yT9&#10;9o5e9DLweI83v5cvJ9eqgfrQeDaQzhJQxKW3DVcGPnevd3NQISJbbD2TgQsFWBbXVzlm1o/8QcM2&#10;VkpKOGRooI6xy7QOZU0Ow8x3xOIdfe8wiuwrbXscpdy1+j5JnrXDhuVDjR2taypP27Mz8DbiuHpI&#10;X4bN6bi+7HdP71+blIy5vZlWC1CRpvgXhh98QYdCmA7+zDao1oAMib9XvMe5rDhIJgFd5Po/evEN&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0CweTnACAADqBQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6Z8BsNkAAAACAQAADwAAAAAAAAAAAAAA&#10;AADKBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;">
                       <v:shape id="Graphic 10" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAm/o9CwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;EIXvgv8hjOBNUxV16RpFhIXFm7qLHodmti3bTEoStf575yB4m+G9ee+b1aZzjbpRiLVnA5NxBoq4&#10;8Lbm0sDP6Wv0ASomZIuNZzLwoAibdb+3wtz6Ox/odkylkhCOORqoUmpzrWNRkcM49i2xaH8+OEyy&#10;hlLbgHcJd42eZtlCO6xZGipsaVdR8X+8OgN6tj9Prnpx4NBe9vP4e17WOzZmOOi2n6ASdeltfl1/&#10;W8EXevlFBtDrJwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAm/o9CwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m309372,l,,,6096r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="28F874C6" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -1712,51 +5988,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="7F0D1543" id="Group 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15821824;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUP1tJeAIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtq3DAQfS/0H4TeG+9um7CYeENJmlAI&#10;aSAb+qyV5QuVNepIu978fUey5TUJFJr6wR55juZy5nJ5dew0Oyh0LZiCL88WnCkjoWxNXfDn7e2n&#10;NWfOC1MKDUYV/EU5frX5+OGyt7laQQO6VMjIiHF5bwveeG/zLHOyUZ1wZ2CVIWUF2AlPR6yzEkVP&#10;1judrRaLi6wHLC2CVM7R35tByTfRflUp6X9UlVOe6YJTbD6+Mb534Z1tLkVeo7BNK8cwxDui6ERr&#10;yOlk6kZ4wfbYvjHVtRLBQeXPJHQZVFUrVcyBslkuXmVzh7C3MZc672s70UTUvuLp3Wblw+ERWVtS&#10;7ZacGdFRjaJbRmcip7d1Tpg7tE/2EYcMSbwH+cuROnutD+f6BD5W2IVLlCg7RtZfJtbV0TNJP9df&#10;ztdUSs4k6S4+n49FkQ1V7s0l2Xz727VM5IPLGNgUSG+pu9yJQPd/BD41wqpYFxfISQSuTgQO/bRc&#10;DRRGVOAvEupyN1L5bnamNEUu987fKYgsi8O980NHl0kSTZLk0SQRaS7CROg4EZ4zmgjkjCZiN0yE&#10;FT7cC6ULIutnZWrGKgVlBwe1hQjzoVZTLVOZKdITRps5lio+QyVd+tpob8BcLBfrEBcZS+r0HWBz&#10;t/8Ejr02Mys1ODV4CnlHlxMXhJuz7UC35W2rdUjfYb271sgOIiya+IwRz2DUlKn4QdpB+UK909P2&#10;Kbj7vReoONPfDXVnWFVJwCTskoBeX0NcaJF5dH57/CnQMktiwT1N1gOkJhV5aguKPwAGbLhp4Ove&#10;Q9WGnomxDRGNBxqYKMXdE5kY92RYbvNzRJ22+eYPAAAA//8DAFBLAwQUAAYACAAAACEAJfh+pt8A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2UKvdVNorYSsxGRticpqIXibc2O&#10;STA7G7JrEv99x1N7fG8+3ryXrUbbiB47XztSEE8iEEiFMzWVCr4PHy8LED5oMrpxhApu6GGVPz5k&#10;OjVuoB32+1AKDiGfagVVCG0qpS8qtNpPXIvEt7PrrA4su1KaTg8cbhuZRNGrtLom/lDpFjcVFpf9&#10;1Sr4HPSwnsbv/fZy3tyOh/nXzzZGpZ6fxvUSRMAx/MFwr8/VIedOJ3cl40XDOkliRhVM33jTHZjN&#10;Z+yc2FlEIPNM/p+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCUP1tJeAIAABUGAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAl+H6m3wAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;">
+                    <v:group w14:anchorId="1FCE2C24" id="Group 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15821824;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKnp/1bQIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVN9r2zAQfh/sfxB6X512awkmThntGgal&#10;K7Rlz4os/2CyTjspcfrf7yRbjmlhsMwP8sn36XT33edbXR86zfYKXQum4OdnC86UkVC2pi74y/Pd&#10;pyVnzgtTCg1GFfxVOX69/vhh1dtcXUADulTIKIhxeW8L3nhv8yxzslGdcGdglSFnBdgJT1ussxJF&#10;T9E7nV0sFldZD1haBKmco6+3g5OvY/yqUtL/qCqnPNMFp9x8XDGu27Bm65XIaxS2aeWYhjghi060&#10;hi6dQt0KL9gO23ehulYiOKj8mYQug6pqpYo1UDXnizfVbBB2NtZS531tJ5qI2jc8nRxWPuw3aJ/s&#10;Iw7Zk3kP8pcjXrLe1vncH/b1EXyosAuHqAh2iIy+Toyqg2eSPi6/XC6pTZxJ8l19vhwJlw115d0h&#10;2Xz727FM5MOVMbEpkd6SctyRHPd/5Dw1wqrIuQvFPyJrSxL2BWdGdCTgzagV+kIchcsJFfgbd26k&#10;8mR2pjJFLnfObxRElsX+3vlBrWWyRJMseTDJRNJ8ULuOaveckdqRM1L7dlC7FT6cC60LJutnbWrG&#10;LgVnB3v1DBHmQ6+mXqY2U6ZHjDZzLHV8hkq+9LYx3oC5Ol8sQ14ULLnTe4DNr/0ncNTaLKzU4NRw&#10;U6g7XjlxQbg52w50W961WofyHdbbG41sL8IQic+Y8QxGonT50PxgbaF8Je30pJaCu987gYoz/d2Q&#10;OsMYSgYmY5sM9PoG4rCKzKPzz4efAi2zZBbc05/1AEmkIk+yoPwDYMCGkwa+7jxUbdBMzG3IaNzQ&#10;DxOtOFciE+MMDINrvo+o46Re/wEAAP//AwBQSwMEFAAGAAgAAAAhACX4fqbfAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odlCr3VTaK2ErMRkbYnKaiF4m3NjkkwOxuyaxL/fcdT&#10;e3xvPt68l61G24geO187UhBPIhBIhTM1lQq+Dx8vCxA+aDK6cYQKbuhhlT8+ZDo1bqAd9vtQCg4h&#10;n2oFVQhtKqUvKrTaT1yLxLez66wOLLtSmk4PHG4bmUTRq7S6Jv5Q6RY3FRaX/dUq+Bz0sJ7G7/32&#10;ct7cjof51882RqWen8b1EkTAMfzBcK/P1SHnTid3JeNFwzpJYkYVTN940x2YzWfsnNhZRCDzTP6f&#10;kP8CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAyp6f9W0CAADxBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJfh+pt8AAAAKAQAADwAAAAAAAAAA&#10;AAAAAADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;">
                       <v:shape id="Graphic 12" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBvDx//wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na4NA&#10;EL0H+h+WKeQW13qwwbqKWBoSyCVpS6+DO1WpOyvuJpp/ny0UepvH+5y8XMwgrjS53rKCpygGQdxY&#10;3XOr4OP9bbMF4TyyxsEyKbiRg7J4WOWYaTvzia5n34oQwi5DBZ33Yyalazoy6CI7Egfu204GfYBT&#10;K/WEcwg3g0ziOJUGew4NHY5Ud9T8nC9GwXafnuLXWd8q/fVpdofnvqZjrdT6caleQHha/L/4z73X&#10;YX4Cv7+EA2RxBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG8PH//BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m8458200,l,,,6108r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="763FCADD" wp14:editId="085668BD">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="13" name="Group 13"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1805,51 +6081,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="2432DAD0" id="Group 13" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAv+grSfAIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtO3DAQfa/Uf7D8XrIXuoWILKqgoEoI&#10;kKDqs9dxLqrjccfezfL3HTvxbgRSpdI8JOPM8VzOXC4u951mO4WuBVPw+cmMM2UklK2pC/7j+ebT&#10;GWfOC1MKDUYV/EU5frn++OGit7laQAO6VMjIiHF5bwveeG/zLHOyUZ1wJ2CVIWUF2AlPR6yzEkVP&#10;1judLWazVdYDlhZBKufo7/Wg5Otov6qU9A9V5ZRnuuAUm49vjO9NeGfrC5HXKGzTyjEM8Y4oOtEa&#10;cnowdS28YFts35jqWongoPInEroMqqqVKuZA2cxnr7K5RdjamEud97U90ETUvuLp3Wbl/e4RWVtS&#10;7ZacGdFRjaJbRmcip7d1TphbtE/2EYcMSbwD+cuROnutD+f6CN5X2IVLlCjbR9ZfDqyrvWeSfi5n&#10;52dnVBtJqtXy81gT2VDh3tyRzbe/3MpEPjiMYR3C6C31ljvS5/6PvqdGWBWr4gI1ib7TI31DN81P&#10;BwIjKrAX6XS5G4l8LzeHLEUut87fKogUi92d80M7l0kSTZLk3iQRaSjCOOg4Dp4zGgfkjMZhM4yD&#10;FT7cC3ULIuuPNWrGEgVdBzv1DBHlQ6GojssvC85ShSnOI0SbKZSqPUElXfraaG7ArGbnqxAVGUvq&#10;9B1gE6//go1dNjEqNTg1+Ak5R4cHHgg3ZdqBbsubVuuQu8N6c6WR7UTYMPEZ453AqB9T3YO0gfKF&#10;2qantVNw93srUHGmvxtqzLCjkoBJ2CQBvb6CuMki7ej88/6nQMssiQX3NFL3kPpT5KklKP4AGLDh&#10;poGvWw9VG/olxjZENB5oVqIUl05kYlyQYatNzxF1XOPrPwAAAP//AwBQSwMEFAAGAAgAAAAhAOmf&#10;AbDZAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdxH+UNJtSinoqgq0g&#10;vU2z0yQ0Oxuy2yT99o5e9DLweI83v5cvJ9eqgfrQeDaQzhJQxKW3DVcGPnevd3NQISJbbD2TgQsF&#10;WBbXVzlm1o/8QcM2VkpKOGRooI6xy7QOZU0Ow8x3xOIdfe8wiuwrbXscpdy1+j5JnrXDhuVDjR2t&#10;aypP27Mz8DbiuHpIX4bN6bi+7HdP71+blIy5vZlWC1CRpvgXhh98QYdCmA7+zDao1oAMib9XvMe5&#10;rDhIJgFd5Po/evENAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAL/oK0nwCAAAOBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6Z8BsNkAAAACAQAA&#10;DwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
+                    <v:group w14:anchorId="1E076E7E" id="Group 13" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZXvU8cQIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X50mW5YadYqhXYMB&#10;RVegHXZWZPkDk0WNUuL034+SrcRogQHrfJAp84kiH595eXXoNNsrdC2Ygp+fzThTRkLZmrrgP55u&#10;P6w4c16YUmgwquDPyvGr9ft3l73N1Rwa0KVCRkGMy3tb8MZ7m2eZk43qhDsDqww5K8BOeNpinZUo&#10;eore6Ww+my2zHrC0CFI5R19vBidfx/hVpaT/XlVOeaYLTrn5uGJct2HN1pcir1HYppVjGuINWXSi&#10;NXTpMdSN8ILtsH0VqmslgoPKn0noMqiqVqpYA1VzPntRzQZhZ2Mtdd7X9kgTUfuCpzeHlff7DdpH&#10;+4BD9mTegfzliJest3U+9Yd9fQIfKuzCISqCHSKjz0dG1cEzSR8Xs4vViniX5FouPo18y4aa8uqM&#10;bL7+5VQm8uHCmNYxjd6SbtyJGvd/1Dw2wqrIuAulPyBrS5L1R86M6Ei+m1Ep9IUYCpcTKrA37txI&#10;5Fu5OVYpcrlzfqMgUiz2d84PUi2TJZpkyYNJJpLgg9R1lLrnjKSOnJHUt4PUrfDhXOhbMFl/6lEz&#10;tij4OtirJ4goHxpFfVx8nnOWOkx5niDaTKHU7Qkq+dLbxnADZjm7WIasKFhyp/cAm9z6L9iosklQ&#10;qcGp4Z5Qc7zwyAPhpkw70G1522odandYb681sr0I0yM+Y74TGOnR5UPfg7WF8plk05NQCu5+7wQq&#10;zvQ3Q8IM8ycZmIxtMtDra4hTKtKOzj8dfgq0zJJZcE+/1D0kfYo8SYLyD4ABG04a+LLzULVBLzG3&#10;IaNxQ/9KtOJAiUyMwy9MrOk+ok4jev0HAAD//wMAUEsDBBQABgAIAAAAIQDpnwGw2QAAAAIBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKtIL1Ns9MkNDsbstsk&#10;/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4ELBVgW11c5ZtaP/EHD&#10;NlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40drWsqT9uzM/A24rh6&#10;SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zHuaw4SCYBXeT6P3rx&#10;DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJle9TxxAgAA6gUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEAAA8AAAAAAAAAAAAA&#10;AAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
                       <v:shape id="Graphic 14" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBZxYlBvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7WtOqqVFMRQVi86a7ocWjGtthMShK1+++NIOxtHu9zlqvONOJOzteWFaTDBARxYXXN&#10;pYLfn+3nHIQPyBoby6Tgjzys8t7HEjNtH7yn+yGUIoawz1BBFUKbSemLigz6oW2JI3exzmCI0JVS&#10;O3zEcNPIUZJMpcGaY0OFLW0qKq6Hm1Egx7tTepPTPbv2vPvyx9Os3rBSg363XoAI1IV/8dv9reP8&#10;Cbx+iQfI/AkAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBZxYlBvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m309372,l,,,6096r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="398E66A8" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -1947,51 +6223,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="35EF2328" id="Group 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15821312;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyoI4qeAIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X5x2S9AZdYqhXYMB&#10;RVegGXZWZPkDkyWNUuLk34+iI8dogQHrfJApkaLI90he3xw6zfYKfGtNwS9mc86UkbZsTV3wH5v7&#10;D1ec+SBMKbQ1quBH5fnN6v27697l6tI2VpcKGDoxPu9dwZsQXJ5lXjaqE35mnTKorCx0IuAW6qwE&#10;0aP3TmeX8/ky6y2UDqxU3uPp3aDkK/JfVUqG71XlVWC64BhboBVo3cY1W12LvAbhmlaewhBviKIT&#10;rcFHR1d3Igi2g/aVq66VYL2twkzaLrNV1UpFOWA2F/MX2azB7hzlUud97UaYENoXOL3ZrXzcPwFr&#10;S+RuwZkRHXJEzzLcIzi9q3O0WYN7dk8wZIjig5W/PKqzl/q4r8/Ghwq6eAkTZQdC/Tiirg6BSTy8&#10;+rS4Qio5k6hbflycSJENMvfqkmy+/u1aJvLhSQpsDKR3WF3+DKD/PwCfG+EU8eIjOAnA5RnAoZ4u&#10;lgOEZBXxI0B97k9QvhmdMU2Ry50Pa2UJZbF/8GGo6DJJokmSPJgkAvZF7AhNHRE4w44AzrAjtkNH&#10;OBHivUhdFFk/oak5sRSVnd2rjSWzELkauUw0Y6RnG22mtsj4xCrp0t+Rv8FmOf9MSKKzpE7/wWz6&#10;7D8ZU61N3EptvYp1PeQ9CoQFHk7R9la35X2rdUzfQ7291cD2Ig4a+iKSeGVihkWZyI/S1pZHrJ0e&#10;p0/B/e+dAMWZ/mawOuOoSgIkYZsECPrW0kAj5MGHzeGnAMccigUP2FmPNhWpyFNZxKRG23jT2C+7&#10;YKs21gzFNkR02mDDkESzh1I5zck43KZ7sjpP89UfAAAA//8DAFBLAwQUAAYACAAAACEAJfh+pt8A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2UKvdVNorYSsxGRticpqIXibc2O&#10;STA7G7JrEv99x1N7fG8+3ryXrUbbiB47XztSEE8iEEiFMzWVCr4PHy8LED5oMrpxhApu6GGVPz5k&#10;OjVuoB32+1AKDiGfagVVCG0qpS8qtNpPXIvEt7PrrA4su1KaTg8cbhuZRNGrtLom/lDpFjcVFpf9&#10;1Sr4HPSwnsbv/fZy3tyOh/nXzzZGpZ6fxvUSRMAx/MFwr8/VIedOJ3cl40XDOkliRhVM33jTHZjN&#10;Z+yc2FlEIPNM/p+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyoI4qeAIAABUGAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAl+H6m3wAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;">
+                    <v:group w14:anchorId="6DA30026" id="Group 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15821312;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDb9GtPbgIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X5x2a9AZdYqhXYMB&#10;RVegHXZWZPkDk0WNUuL034+SLcdogQHLfLCfRIoiH595dX3oNNsrdC2Ygp8tlpwpI6FsTV3wH893&#10;Hy45c16YUmgwquAvyvHr9ft3V73N1Tk0oEuFjIIYl/e24I33Ns8yJxvVCbcAqwwZK8BOeFpinZUo&#10;eore6ex8uVxlPWBpEaRyjnZvByNfx/hVpaT/XlVOeaYLTrn5+Mb43oZ3tr4SeY3CNq0c0xAnZNGJ&#10;1tClU6hb4QXbYfsmVNdKBAeVX0joMqiqVqpYA1VztnxVzQZhZ2Mtdd7XdqKJqH3F08lh5cN+g/bJ&#10;PuKQPcF7kL8c8ZL1ts7n9rCuj86HCrtwiIpgh8joy8SoOngmafPy08UltYkzSbbVx4uRcNlQV94c&#10;ks3Xvx3LRD5cGRObEuktKccdyXH/R85TI6yKnLtQ/COytiRhrzgzoiMBb0at0A5xFC4nr8DfuHIj&#10;lSezM5UpcrlzfqMgsiz2984Pai0TEk1C8mASRNJ8ULuOaveckdqRM1L7dlC7FT6cC60LkPWzNjVj&#10;l4Kxg716hujmQ6+mXqY2U6ZHH23mvtTxmVeypa+N8Qaf1fJzZJKCJXP6Dm7za//JOWptFlZqcIoY&#10;pK1Q9wQiF7Q5Z9uBbsu7VutQvsN6e6OR7UUYIvEJTNKRmRuJ0uVD8wPaQvlC2ulJLQV3v3cCFWf6&#10;myF1hjGUACawTQC9voE4rCLz6Pzz4adAyyzBgnv6sx4giVTkSRahqMk3nDTwZeehaoNmYm5DRuOC&#10;fpiI4lyJpYwzMAyu+Tp6HSf1+g8AAAD//wMAUEsDBBQABgAIAAAAIQAl+H6m3wAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJtzY5JMDsbsmsS/33H&#10;U3t8bz7evJetRtuIHjtfO1IQTyIQSIUzNZUKvg8fLwsQPmgyunGECm7oYZU/PmQ6NW6gHfb7UAoO&#10;IZ9qBVUIbSqlLyq02k9ci8S3s+usDiy7UppODxxuG5lE0au0uib+UOkWNxUWl/3VKvgc9LCexu/9&#10;9nLe3I6H+dfPNkalnp/G9RJEwDH8wXCvz9Uh504ndyXjRcM6SWJGFUzfeNMdmM1n7JzYWUQg80z+&#10;n5D/AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANv0a09uAgAA8QUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACX4fqbfAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
                       <v:shape id="Graphic 16" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAQNBn8wAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4v+B/CCN7W1D1U6ZoWqawoePHFXodmti3bTEoTbf33RhC8zcf3nGU2mEbcqHO1ZQWzaQSCuLC6&#10;5lLB+fTzuQDhPLLGxjIpuJODLB19LDHRtucD3Y6+FCGEXYIKKu/bREpXVGTQTW1LHLg/2xn0AXal&#10;1B32Idw08iuKYmmw5tBQYUt5RcX/8WoULLbxIVr3+r7Svxez2c3rnPa5UpPxsPoG4Wnwb/HLvdVh&#10;fgzPX8IBMn0AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEDQZ/MAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m8458200,l,,,6096r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E53E9B3" wp14:editId="14393000">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="17" name="Group 17"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2040,51 +6316,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="1EE9F613" id="Group 17" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDx0wgPfAIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu2zAMfR+wfxD0vjoXrE2NOsXQrsWA&#10;oivQDHtWZPmCyZJGKXH696PoyDFaYMA6P8iUSFHkOSSvrg+dZnsFvrWm4POzGWfKSFu2pi74j83d&#10;pxVnPghTCm2NKviL8vx6/fHDVe9ytbCN1aUChk6Mz3tX8CYEl2eZl43qhD+zThlUVhY6EXALdVaC&#10;6NF7p7PFbHae9RZKB1Yq7/H0dlDyNfmvKiXD96ryKjBdcIwt0Aq0buOara9EXoNwTSuPYYh3RNGJ&#10;1uCjo6tbEQTbQfvGVddKsN5W4UzaLrNV1UpFOWA289mrbO7B7hzlUud97UaYENpXOL3brXzcPwFr&#10;S+TugjMjOuSInmW4R3B6V+docw/u2T3BkCGKD1b+8qjOXuvjvj4ZHyro4iVMlB0I9ZcRdXUITOLh&#10;cna5WiE3ElXny89HTmSDxL25I5uvf7mViXx4kMIaw+gd1pY/wef/D77nRjhFrPgITYIPCz3BN1TT&#10;fDUASFYRPYLT5/4I5HuxGbMUudz5cK8sQSz2Dz4M5VwmSTRJkgeTRMCmiO2gqR0CZ9gOwBm2w3Zo&#10;BydCvBd5iyLrTxw1R4qirrN7tbFkFSJRyOPyYsFZYhjjPJloMzVFtidWSZf+jtwNNufzGcGIzpI6&#10;/Qezyav/YktVNnEqtfUqFvSQ8ygQDng4Rdpb3ZZ3rdYxdw/19kYD24s4YeiLKOKViRnWY+I9Sltb&#10;vmDZ9Dh2Cu5/7wQozvQ3g4UZZ1QSIAnbJEDQN5YmGcEOPmwOPwU45lAseMCWerSpPkWeSiImNdrG&#10;m8Z+2QVbtbFeKLYhouMGe4UkGjqUynFAxqk23ZPVaYyv/wAAAP//AwBQSwMEFAAGAAgAAAAhAOmf&#10;AbDZAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdxH+UNJtSinoqgq0g&#10;vU2z0yQ0Oxuy2yT99o5e9DLweI83v5cvJ9eqgfrQeDaQzhJQxKW3DVcGPnevd3NQISJbbD2TgQsF&#10;WBbXVzlm1o/8QcM2VkpKOGRooI6xy7QOZU0Ow8x3xOIdfe8wiuwrbXscpdy1+j5JnrXDhuVDjR2t&#10;aypP27Mz8DbiuHpIX4bN6bi+7HdP71+blIy5vZlWC1CRpvgXhh98QYdCmA7+zDao1oAMib9XvMe5&#10;rDhIJgFd5Po/evENAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8dMID3wCAAAOBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6Z8BsNkAAAACAQAA&#10;DwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
+                    <v:group w14:anchorId="1E73867F" id="Group 17" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgOaJkcQIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X50mWNcZdYqhXYMB&#10;RVegGXZWZPkDk0WNUuL034+SLcdogQHrfLCfRIoiH595dX3sNDsodC2Ygp+fLThTRkLZmrrgP7Z3&#10;Hy45c16YUmgwquDPyvHr9ft3V73N1RIa0KVCRkGMy3tb8MZ7m2eZk43qhDsDqwwZK8BOeFpinZUo&#10;eore6Wy5WFxkPWBpEaRyjnZvByNfx/hVpaT/XlVOeaYLTrn5+Mb43oV3tr4SeY3CNq0c0xBvyKIT&#10;raFLp1C3wgu2x/ZVqK6VCA4qfyahy6CqWqliDVTN+eJFNRuEvY211Hlf24kmovYFT28OKx8OG7RP&#10;9hGH7Aneg/zliJest3U+t4d1fXI+VtiFQ1QEO0ZGnydG1dEzSZurxefLS+Jdkuli9XHkWzbUlFdn&#10;ZPP1L6cykQ8XxrSmNHpLunEnatz/UfPUCKsi4y6U/oisLUnWJGIjOpLvZlQK7RBD4XLyCuyNKzcS&#10;+VZupipFLvfObxREisXh3vlBqmVCoklIHk2CSIIPUtdR6p4zkjpyRlLfDVK3wodzoW8Bsv7Uo2Zs&#10;UbB1cFBbiF4+NIr6uPq05Cx1mPI8uWgzd6Vuz7ySLX1tDDf4XJwvIo0ULJnTd3Cb3fovvlFls6BS&#10;g1PEHm2FmicQeaDNOdMOdFvetVqH2h3WuxuN7CDC9IhPYJGOzNxIjy4f+h7QDspnkk1PQim4+70X&#10;qDjT3wwJM8yfBDCBXQLo9Q3EKRVpR+e3x58CLbMEC+7pl3qApE+RJ0mEoibfcNLAl72Hqg16ibkN&#10;GY0L+lciigMlljIOvzCx5uvodRrR6z8AAAD//wMAUEsDBBQABgAIAAAAIQDpnwGw2QAAAAIBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKtIL1Ns9MkNDsbstsk&#10;/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4ELBVgW11c5ZtaP/EHD&#10;NlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40drWsqT9uzM/A24rh6&#10;SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zHuaw4SCYBXeT6P3rx&#10;DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKA5omRxAgAA6gUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEAAA8AAAAAAAAAAAAA&#10;AAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
                       <v:shape id="Graphic 18" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDYiINEwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;EIXvgv8hjOBNUxV16RpFhIXFm7qLHodmti3bTEoStf575yB4m+G9ee+b1aZzjbpRiLVnA5NxBoq4&#10;8Lbm0sDP6Wv0ASomZIuNZzLwoAibdb+3wtz6Ox/odkylkhCOORqoUmpzrWNRkcM49i2xaH8+OEyy&#10;hlLbgHcJd42eZtlCO6xZGipsaVdR8X+8OgN6tj9Prnpx4NBe9vP4e17WOzZmOOi2n6ASdeltfl1/&#10;W8EXWPlFBtDrJwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDYiINEwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m309372,l,,,6108r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F68CF76" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -2182,51 +6458,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="49D6436C" id="Group 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15820800;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4mTfhegIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtq3DAQfS/0H4Teu96kzZKYeENJmlAI&#10;aSAJfdbK8oXKkjrSrjd/39HY8poECt36wR55juZy5nJ5te802ynwrTUFP1ksOVNG2rI1dcFfnm8/&#10;nXPmgzCl0Naogr8qz6/WHz9c9i5Xp7axulTA0Ijxee8K3oTg8izzslGd8AvrlEFlZaETAY9QZyWI&#10;Hq13OjtdLldZb6F0YKXyHv/eDEq+JvtVpWT4UVVeBaYLjrEFegO9N/GdrS9FXoNwTSvHMMQRUXSi&#10;Neh0MnUjgmBbaN+Z6loJ1tsqLKTtMltVrVSUA2ZzsnyTzR3YraNc6ryv3UQTUvuGp6PNyofdI7C2&#10;xNpdcGZEhzUitwzPSE7v6hwxd+Ce3CMMGaJ4b+Uvj+rsrT6e6wN4X0EXL2GibE+sv06sq31gEn+e&#10;fzk7x1JyJlG3+nw2FkU2WLl3l2Tz7W/XMpEPLimwKZDeYXf5A4H+/wh8aoRTVBcfyRkJPMUUEoFD&#10;P+EfopBQkb/x5Ecqj2ZnSlPkcuvDnbLEstjd+4A+sA3LJIkmSXJvkgg4F3EiNE1E4AwnAjjDidgM&#10;E+FEiPeiqSiyflamZqxSVHZ2p54twUKs1VTLVGaM9IDRZo5FumaopEtfR/YGzGp5sYpxobGkTt8B&#10;Nnf7T2Aq0Mys1NarwVPMm1xOXCBuzra3ui1vW61j+h7qzbUGthNx0dAzRjyDYVP6fCh+lDa2fMXe&#10;6XH7FNz/3gpQnOnvBrsT8w5JgCRskgBBX1taaMQ8+PC8/ynAMYdiwQNO1oNNTSry1BYYfwQM2HjT&#10;2K/bYKs29gzFNkQ0HnBgSKLdQ0yMezIut/mZUIdtvv4DAAD//wMAUEsDBBQABgAIAAAAIQAl+H6m&#10;3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJt&#10;zY5JMDsbsmsS/33HU3t8bz7evJetRtuIHjtfO1IQTyIQSIUzNZUKvg8fLwsQPmgyunGECm7oYZU/&#10;PmQ6NW6gHfb7UAoOIZ9qBVUIbSqlLyq02k9ci8S3s+usDiy7UppODxxuG5lE0au0uib+UOkWNxUW&#10;l/3VKvgc9LCexu/99nLe3I6H+dfPNkalnp/G9RJEwDH8wXCvz9Uh504ndyXjRcM6SWJGFUzfeNMd&#10;mM1n7JzYWUQg80z+n5D/AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADiZN+F6AgAAFQYA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACX4fqbfAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAA1AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;">
+                    <v:group w14:anchorId="694B8261" id="Group 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15820800;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJ1ME0bQIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtq3DAQfS/0H4TeG2+2zZKaeENJmqUQ&#10;0kBS+qyV5QuVNepIu978fUey5TUJFLr1gzzyHM3lzLGurg+dZnuFrgVT8POzBWfKSChbUxf8x/Pd&#10;h0vOnBemFBqMKviLcvx6/f7dVW9ztYQGdKmQURDj8t4WvPHe5lnmZKM64c7AKkPOCrATnrZYZyWK&#10;nqJ3OlsuFqusBywtglTO0dfbwcnXMX5VKem/V5VTnumCU20+rhjXbViz9ZXIaxS2aeVYhjihik60&#10;hpJOoW6FF2yH7ZtQXSsRHFT+TEKXQVW1UsUeqJvzxatuNgg7G3up8762E01E7SueTg4rH/YbtE/2&#10;EYfqybwH+csRL1lv63zuD/v6CD5U2IVD1AQ7REZfJkbVwTNJHy8/XVzSmDiT5Ft9vBgJlw1N5c0h&#10;2Xz927FM5EPKWNhUSG9JOe5Ijvs/cp4aYVXk3IXmH5G1ZcGX1IIRHQl4M2qFvhBHITmhAn/jzo1U&#10;nszO1KbI5c75jYLIstjfOz+otUyWaJIlDyaZSJoPatdR7Z4zUjtyRmrfDmq3wodzYXTBZP1sTM04&#10;peDsYK+eIcJ8mNU0yzRmqvSI0WaOJbpmqORLbxvjDZjV4vMq1EXBkju9B9g87T+B44BmYaUGp4ZM&#10;oe+YcuKCcHO2Hei2vGu1Du07rLc3GtlehEskPmPFMxiJ0uXD8IO1hfKFtNOTWgrufu8EKs70N0Pq&#10;pL59MjAZ22Sg1zcQL6vIPDr/fPgp0DJLZsE9/VkPkEQq8iQLqj8ABmw4aeDLzkPVBs3E2oaKxg39&#10;MNGK90pkYrwDw8U130fU8aZe/wEAAP//AwBQSwMEFAAGAAgAAAAhACX4fqbfAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odlCr3VTaK2ErMRkbYnKaiF4m3NjkkwOxuyaxL/fcdT&#10;e3xvPt68l61G24geO187UhBPIhBIhTM1lQq+Dx8vCxA+aDK6cYQKbuhhlT8+ZDo1bqAd9vtQCg4h&#10;n2oFVQhtKqUvKrTaT1yLxLez66wOLLtSmk4PHG4bmUTRq7S6Jv5Q6RY3FRaX/dUq+Bz0sJ7G7/32&#10;ct7cjof51882RqWen8b1EkTAMfzBcK/P1SHnTid3JeNFwzpJYkYVTN940x2YzWfsnNhZRCDzTP6f&#10;kP8CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASdTBNG0CAADxBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJfh+pt8AAAAKAQAADwAAAAAAAAAA&#10;AAAAAADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;">
                       <v:shape id="Graphic 20" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA+/e6uvAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+7CsIw&#10;FN0F/yFcwU1THVSqUaSiKLj4wvXSXNtic1OaaOvfm0FwPJz3YtWaUrypdoVlBaNhBII4tbrgTMH1&#10;sh3MQDiPrLG0TAo+5GC17HYWGGvb8IneZ5+JEMIuRgW591UspUtzMuiGtiIO3MPWBn2AdSZ1jU0I&#10;N6UcR9FEGiw4NORYUZJT+jy/jILZfnKKNo3+rPX9ZnaHaZHQMVGq32vXcxCeWv8X/9x7rWAc1ocv&#10;4QfI5RcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA+/e6uvAAAANsAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;" path="m8458200,l,,,6096r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="127DA95D" wp14:editId="79D71405">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="21" name="Group 21"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2275,51 +6551,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="6AD686D8" id="Group 21" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8A0i5ewIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtq3DAQfS/0H4TeG++FbhMTbyhJEwoh&#10;DWRDn7WyfKGypI60683fdzS2dk0ChaZ+sEeeo7mcuVxeHTrN9gp8a03B52czzpSRtmxNXfDnze2n&#10;c858EKYU2hpV8Bfl+dX644fL3uVqYRurSwUMjRif967gTQguzzIvG9UJf2adMqisLHQi4BHqrATR&#10;o/VOZ4vZbJX1FkoHVirv8e/NoORrsl9VSoYfVeVVYLrgGFugN9B7G9/Z+lLkNQjXtHIMQ7wjik60&#10;Bp0eTd2IINgO2jemulaC9bYKZ9J2ma2qVirKAbOZz15lcwd25yiXOu9rd6QJqX3F07vNyof9I7C2&#10;LPhizpkRHdaI3DI8Izm9q3PE3IF7co8wZIjivZW/PKqz1/p4rk/gQwVdvISJsgOx/nJkXR0Ck/hz&#10;Obs4P8faSFStlp/HmsgGC/fmjmy+/eVWJvLBIYV1DKN32Fv+RJ//P/qeGuEUVcVHahJ9ixN9Qzct&#10;FgOBhIrsEZ0+9yOR7+XmmKXI5c6HO2WJYrG/92Fo5zJJokmSPJgkAg5FHAdN4xA4w3EAznActsM4&#10;OBHivVi3KLL+VKNmLFHUdXavNpZQIRYK67j8giykCmOcJ4g2UyhWe4JKuvR1ZG7ArGYXqxgVGkvq&#10;9B1gE6//gqUumxiV2no1+Ik5k8MjD4ibMu2tbsvbVuuYu4d6e62B7UXcMPSM8U5g2I+p7lHa2vIF&#10;26bHtVNw/3snQHGmvxtszLijkgBJ2CYBgr62tMmIdvBhc/gpwDGHYsEDjtSDTf0p8tQSGH8EDNh4&#10;09ivu2CrNvYLxTZENB5wVkiipUNMjAsybrXpmVCnNb7+AwAA//8DAFBLAwQUAAYACAAAACEA6Z8B&#10;sNkAAAACAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm93Ef5Q0m1KKeiqCrSC9&#10;TbPTJDQ7G7LbJP32jl70MvB4jze/ly8n16qB+tB4NpDOElDEpbcNVwY+d693c1AhIltsPZOBCwVY&#10;FtdXOWbWj/xBwzZWSko4ZGigjrHLtA5lTQ7DzHfE4h197zCK7Cttexyl3LX6PkmetcOG5UONHa1r&#10;Kk/bszPwNuK4ekhfhs3puL7sd0/vX5uUjLm9mVYLUJGm+BeGH3xBh0KYDv7MNqjWgAyJv1e8x7ms&#10;OEgmAV3k+j968Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD8A0i5ewIAAA4GAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpnwGw2QAAAAIBAAAP&#10;AAAAAAAAAAAAAAAAANUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;">
+                    <v:group w14:anchorId="13CDB5A4" id="Group 21" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBGGA5zcQIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X5wmWNYadYqhXYMB&#10;RVegLXZWZPkDk0WNUuL034+SrcRogQHrfJAp84kiH595eXXoNNsrdC2Ygp/N5pwpI6FsTV3w56fb&#10;T+ecOS9MKTQYVfAX5fjV+uOHy97magEN6FIhoyDG5b0teOO9zbPMyUZ1ws3AKkPOCrATnrZYZyWK&#10;nqJ3OlvM56usBywtglTO0debwcnXMX5VKel/VJVTnumCU24+rhjXbViz9aXIaxS2aeWYhnhHFp1o&#10;DV16DHUjvGA7bN+E6lqJ4KDyMwldBlXVShVroGrO5q+q2SDsbKylzvvaHmkial/x9O6w8n6/Qfto&#10;H3DInsw7kL8c8ZL1ts6n/rCvT+BDhV04REWwQ2T05cioOngm6eNyfnF+TrxLcq2Wn0e+ZUNNeXNG&#10;Nt/+cioT+XBhTOuYRm9JN+5Ejfs/ah4bYVVk3IXSH5C1ZcEXC86M6Ei+m1Ep9IUYCpcTKrA37txI&#10;5Hu5OVYpcrlzfqMgUiz2d84PUi2TJZpkyYNJJpLgg9R1lLrnjKSOnJHUt4PUrfDhXOhbMFl/6lEz&#10;tij4OtirJ4goHxpFfVx+IRZShynPE0SbKZS6PUElX3rbGG7ArOYXq5AVBUvu9B5gk1v/BRtVNgkq&#10;NTg13BNqjhceeSDclGkHui1vW61D7Q7r7bVGthdhesRnzHcCIz26fOh7sLZQvpBsehJKwd3vnUDF&#10;mf5uSJhh/iQDk7FNBnp9DXFKRdrR+afDT4GWWTIL7umXuoekT5EnSVD+ATBgw0kDX3ceqjboJeY2&#10;ZDRu6F+JVhwokYlx+IWJNd1H1GlEr/8AAAD//wMAUEsDBBQABgAIAAAAIQDpnwGw2QAAAAIBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKtIL1Ns9MkNDsbstsk&#10;/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4ELBVgW11c5ZtaP/EHD&#10;NlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40drWsqT9uzM/A24rh6&#10;SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zHuaw4SCYBXeT6P3rx&#10;DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEYYDnNxAgAA6gUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEAAA8AAAAAAAAAAAAA&#10;AAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
                       <v:shape id="Graphic 22" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB3DH4TwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhf6D2EJvjWyHJMWNYkqgEHxzmpAcF2trm1orIym2+/dRodDjMDNvmG0xm16M5HxnWUG6SEAQ&#10;11Z33Cg4fX68vILwAVljb5kU/JCHYvf4sMVc24krGo+hERHCPkcFbQhDLqWvWzLoF3Ygjt6XdQZD&#10;lK6R2uEU4aaXWZKspcGO40KLA+1bqr+PN6NALstLepPrit1wLVf+fNl0e1bq+Wl+fwMRaA7/4b/2&#10;QSvIMvj9En+A3N0BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdwx+E8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m309372,l,,,6096r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="13BE6877" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -2417,51 +6693,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="05578093" id="Group 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.6pt;width:666pt;height:.5pt;z-index:-15820288;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVmtW6eQIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtq3DAQfS/0H4TeG282yZKaeENJmlAI&#10;aSBb+qyV5QuVNaqkXW/+vqOx5TUJFJr6wR55juZy5nJ1feg02yvnWzAFPz1ZcKaMhLI1dcF/bO4+&#10;XXLmgzCl0GBUwV+U59frjx+uepurJTSgS+UYGjE+723BmxBsnmVeNqoT/gSsMqiswHUi4NHVWelE&#10;j9Y7nS0Xi1XWgyutA6m8x7+3g5KvyX5VKRm+V5VXgemCY2yB3o7e2/jO1lcir52wTSvHMMQ7ouhE&#10;a9DpZOpWBMF2rn1jqmulAw9VOJHQZVBVrVSUA2ZzuniVzb2DnaVc6ryv7UQTUvuKp3eblY/7J8fa&#10;suDLM86M6LBG5JbhGcnpbZ0j5t7ZZ/vkhgxRfAD5y6M6e62P5/oIPlSui5cwUXYg1l8m1tUhMIk/&#10;L88vLrGUnEnUrc4uxqLIBiv35pJsvv7tWibywSUFNgXSW+wufyTQ/x+Bz42wiuriIzmJwPMjgUM/&#10;Lc8HCgkV+SNCfe5HKt/NzpSmyOXOh3sFxLLYP/gwdHSZJNEkSR5MEh3ORZwITRMROMOJcJzhRGyH&#10;ibAixHuxdFFk/axMzVilqOxgrzZAsBBrNdUylRkjPWK0mWOx4jNU0qWvJXsDZrX4vIpxobGkTt8B&#10;Nnf7T2DqtZlZqcGrwVPMm1xOXCBuzrYH3ZZ3rdYxfe/q7Y12bC/ioqFnjHgGw6ZMxY/SFsoX7J0e&#10;t0/B/e+dcIoz/c1gd8ZVlQSXhG0SXNA3QAuNmHc+bA4/hbPMoljwgJP1CKlJRZ7aAuOPgAEbbxr4&#10;sgtQtbFnKLYhovGAA0MS7R5iYtyTcbnNz4Q6bvP1HwAAAP//AwBQSwMEFAAGAAgAAAAhAKvWWwjf&#10;AAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odlCr3VTaK2ErMRkbYnKaiF4m3M&#10;jkkwuxuyaxL/fcdTe3xvPt68l61G04ieOl87qyCeRCDIFk7XtlTwffh4WYDwAa3GxllScCMPq/zx&#10;IcNUu8HuqN+HUnCI9SkqqEJoUyl9UZFBP3EtWb6dXWcwsOxKqTscONw0MomiV2mwtvyhwpY2FRWX&#10;/dUo+BxwWE/j9357OW9ux8P862cbk1LPT+N6CSLQGP5guNfn6pBzp5O7Wu1FwzpJYkYVTN8SEHdg&#10;Np+xc2JnkYDMM/l/Qv4LAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1ZrVunkCAAAVBgAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAq9ZbCN8AAAAK&#10;AQAADwAAAAAAAAAAAAAAAADTBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAN8FAAAA&#10;AA==&#10;">
+                    <v:group w14:anchorId="4EB5A1DF" id="Group 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.6pt;width:666pt;height:.5pt;z-index:-15820288;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBToqoYbgIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X512bdAadYqhXYMB&#10;RVegGXZWZPkDk0WNUuL034+SLcdogQHrfJAp84kiH595fXPoNNsrdC2Ygp+eLDhTRkLZmrrgPzb3&#10;ny45c16YUmgwquAvyvGb1ccP173N1Rk0oEuFjIIYl/e24I33Ns8yJxvVCXcCVhlyVoCd8LTFOitR&#10;9BS909nZYrHMesDSIkjlHH29G5x8FeNXlZL+e1U55ZkuOOXm44px3YY1W12LvEZhm1aOaYh3ZNGJ&#10;1tClU6g74QXbYfsmVNdKBAeVP5HQZVBVrVSxBqrmdPGqmjXCzsZa6ryv7UQTUfuKp3eHlY/7Ndpn&#10;+4RD9mQ+gPzliJest3U+94d9fQQfKuzCISqCHSKjLxOj6uCZpI+X5xeX1CbOJPmWny9GwmVDXXlz&#10;SDZf/3YsE/lwZUxsSqS3pBx3JMf9HznPjbAqcu5C8U/I2rLgZ+ecGdGRgNejVugLcRQuJ1Tgb9y5&#10;kcp3szOVKXK5c36tILIs9g/OD2otkyWaZMmDSSaS5oPadVS754zUjpyR2reD2q3w4VxoXTBZP2tT&#10;M3YpODvYqw1EmA+9mnqZ2kyZHjHazLHU8Rkq+dLbxngDZrm4Woa8KFhyp/cAm1/7T+CotVlYqcGp&#10;4aZQd7xy4oJwc7Yd6La8b7UO5Tust7ca2V6EIRKfMeMZjETp8qH5wdpC+ULa6UktBXe/dwIVZ/qb&#10;IXWGMZQMTMY2Gej1LcRhFZlH5zeHnwIts2QW3NOf9QhJpCJPsqD8A2DAhpMGvuw8VG3QTMxtyGjc&#10;0A8TrThXIhPjDAyDa76PqOOkXv0BAAD//wMAUEsDBBQABgAIAAAAIQCr1lsI3wAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJtzI5JMLsbsmsS/33H&#10;U3t8bz7evJetRtOInjpfO6sgnkQgyBZO17ZU8H34eFmA8AGtxsZZUnAjD6v88SHDVLvB7qjfh1Jw&#10;iPUpKqhCaFMpfVGRQT9xLVm+nV1nMLDsSqk7HDjcNDKJoldpsLb8ocKWNhUVl/3VKPgccFhP4/d+&#10;ezlvbsfD/OtnG5NSz0/jegki0Bj+YLjX5+qQc6eTu1rtRcM6SWJGFUzfEhB3YDafsXNiZ5GAzDP5&#10;f0L+CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFOiqhhuAgAA8QUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKvWWwjfAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
                       <v:shape id="Graphic 24" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBBxuitwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6qIK13TIhVFwYv/2OujeduWbV5KE2399kYQ9jjMzG+YZdqbWtypdZVlBZNxBII4&#10;t7riQsHlvPlcgHAeWWNtmRQ8yEGaDD6WGGvb8ZHuJ1+IAGEXo4LS+yaW0uUlGXRj2xAH79e2Bn2Q&#10;bSF1i12Am1pOo2guDVYcFkpsKCsp/zvdjILFbn6M1p1+rPTP1Wz3X1VGh0yp0bBffYPw1Pv/8Lu9&#10;0wqmM3h9CT9AJk8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQcborcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m8458200,l,,,6096r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2EDDCC9D" wp14:editId="0DFF8139">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="25" name="Group 25"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2510,51 +6786,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="0384E831" id="Group 25" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBSP/ZOfAIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X5wmaNYadYqhXYsB&#10;RVegGXZWZPkDk0VNUuL034+iI8dogQHrfJApkaLI90heXR86zfbK+RZMwc9mc86UkVC2pi74j83d&#10;pwvOfBCmFBqMKviL8vx6/fHDVW9ztYAGdKkcQyfG570teBOCzbPMy0Z1ws/AKoPKClwnAm5dnZVO&#10;9Oi909liPl9lPbjSOpDKezy9HZR8Tf6rSsnwvaq8CkwXHGMLtDpat3HN1lcir52wTSuPYYh3RNGJ&#10;1uCjo6tbEQTbufaNq66VDjxUYSahy6CqWqkoB8zmbP4qm3sHO0u51Hlf2xEmhPYVTu92Kx/3T461&#10;ZcEX55wZ0SFH9CzDPYLT2zpHm3tnn+2TGzJE8QHkL4/q7LU+7uuT8aFyXbyEibIDof4yoq4OgUk8&#10;XM4vLy6QG4mq1fL8yIlskLg3d2Tz9S+3MpEPD1JYYxi9xdryJ/j8/8H33AiriBUfoUnwrU7wDdW0&#10;WA0AklVEj+D0uT8C+V5sxixFLnc+3CsgiMX+wYehnMskiSZJ8mCS6LApYjtoaofAGbaD4wzbYTu0&#10;gxUh3ou8RZH1J46aI0VR18FebYCsQiQKeVx+XnCWGMY4TybaTE2R7YlV0qW/JXeDzWp+STCis6RO&#10;/8Fs8uq/2FKVTZxKDV7Fgh5yHgXCAQ+nSHvQbXnXah1z967e3mjH9iJOGPoiinhlYob1mHiP0hbK&#10;FyybHsdOwf3vnXCKM/3NYGHGGZUEl4RtElzQN0CTjGB3PmwOP4WzzKJY8IAt9QipPkWeSiImNdrG&#10;mwa+7AJUbawXim2I6LjBXiGJhg6lchyQcapN92R1GuPrPwAAAP//AwBQSwMEFAAGAAgAAAAhAOmf&#10;AbDZAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdxH+UNJtSinoqgq0g&#10;vU2z0yQ0Oxuy2yT99o5e9DLweI83v5cvJ9eqgfrQeDaQzhJQxKW3DVcGPnevd3NQISJbbD2TgQsF&#10;WBbXVzlm1o/8QcM2VkpKOGRooI6xy7QOZU0Ow8x3xOIdfe8wiuwrbXscpdy1+j5JnrXDhuVDjR2t&#10;aypP27Mz8DbiuHpIX4bN6bi+7HdP71+blIy5vZlWC1CRpvgXhh98QYdCmA7+zDao1oAMib9XvMe5&#10;rDhIJgFd5Po/evENAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUj/2TnwCAAAOBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6Z8BsNkAAAACAQAA&#10;DwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
+                    <v:group w14:anchorId="2D728A85" id="Group 25" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPauUBcgIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X52mWNYadYqhXYMB&#10;RVegLXZWZPkDk0WNUuL034+SLcdogQHrfLCfRIoiH595eXXoNNsrdC2Ygp+eLDhTRkLZmrrgz0+3&#10;n845c16YUmgwquAvyvGr9ccPl73N1RIa0KVCRkGMy3tb8MZ7m2eZk43qhDsBqwwZK8BOeFpinZUo&#10;eore6Wy5WKyyHrC0CFI5R7s3g5GvY/yqUtL/qCqnPNMFp9x8fGN8b8M7W1+KvEZhm1aOaYh3ZNGJ&#10;1tClU6gb4QXbYfsmVNdKBAeVP5HQZVBVrVSxBqrmdPGqmg3CzsZa6ryv7UQTUfuKp3eHlff7DdpH&#10;+4BD9gTvQP5yxEvW2zqf28O6PjofKuzCISqCHSKjLxOj6uCZpM2zxcX5OfEuybQ6+zzyLRtqypsz&#10;svn2l1OZyIcLY1pTGr0l3bgjNe7/qHlshFWRcRdKf0DWlgVfrjgzoiP5bkal0A4xFC4nr8DeuHIj&#10;ke/lZqpS5HLn/EZBpFjs75wfpFomJJqE5MEkiCT4IHUdpe45I6kjZyT17SB1K3w4F/oWIOuPPWrG&#10;FgVbB3v1BNHLh0ZRH8++LDlLHaY8jy7azF2p2zOvZEtfG8MNPqvFRaSRgiVz+g5us1v/xTeqbBZU&#10;anCK2KOtUPMEIg+0OWfagW7L21brULvDenutke1FmB7xCSzSkZkb6dHlQ98D2kL5QrLpSSgFd793&#10;AhVn+rshYYb5kwAmsE0Avb6GOKUi7ej80+GnQMsswYJ7+qXuIelT5EkSoajJN5w08HXnoWqDXmJu&#10;Q0bjgv6ViOJAiaWMwy9MrPk6eh1H9PoPAAAA//8DAFBLAwQUAAYACAAAACEA6Z8BsNkAAAACAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm93Ef5Q0m1KKeiqCrSC9TbPTJDQ7G7Lb&#10;JP32jl70MvB4jze/ly8n16qB+tB4NpDOElDEpbcNVwY+d693c1AhIltsPZOBCwVYFtdXOWbWj/xB&#10;wzZWSko4ZGigjrHLtA5lTQ7DzHfE4h197zCK7Cttexyl3LX6PkmetcOG5UONHa1rKk/bszPwNuK4&#10;ekhfhs3puL7sd0/vX5uUjLm9mVYLUJGm+BeGH3xBh0KYDv7MNqjWgAyJv1e8x7msOEgmAV3k+j96&#10;8Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPauUBcgIAAOoFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpnwGw2QAAAAIBAAAPAAAAAAAAAAAA&#10;AAAAAMwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;">
                       <v:shape id="Graphic 26" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAIN3gQwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhf6D2EJvjeyUOMWNYkqgUHyz05IcF2tjm1grIymx+/dRoZDjMDNvmE0xm0FcyfnesoJ0kYAg&#10;bqzuuVXwvf98eQPhA7LGwTIp+CUPxfbxYYO5thNXdK1DKyKEfY4KuhDGXErfdGTQL+xIHL2TdQZD&#10;lK6V2uEU4WaQyyTJpMGe40KHI+06as71xSiQr+UhvcisYjcey5X/Oaz7HSv1/DR/vIMINId7+L/9&#10;pRUsM/j7En+A3N4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACDd4EMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m309372,l,,,6096r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FFCC634" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -2652,51 +6928,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="33C27EDA" id="Group 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15819776;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDM9UkXegIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtO3DAQfa/Uf7D8XrJsy3YbkUUVFFQJ&#10;ARJUffY6zkV1PK7t3Sx/3/EkzkYgVSrNQzLOHM/lzOX84tBptlfOt2AKfnqy4EwZCWVr6oL/eLr+&#10;sObMB2FKocGogj8rzy8279+d9zZXS2hAl8oxNGJ83tuCNyHYPMu8bFQn/AlYZVBZgetEwKOrs9KJ&#10;Hq13OlsuFqusB1daB1J5j3+vBiXfkP2qUjLcV5VXgemCY2yB3o7e2/jONucir52wTSvHMMQbouhE&#10;a9DpZOpKBMF2rn1lqmulAw9VOJHQZVBVrVSUA2ZzuniRzY2DnaVc6ryv7UQTUvuCpzeblXf7B8fa&#10;suDLz5wZ0WGNyC3DM5LT2zpHzI2zj/bBDRmieAvyl0d19lIfz/URfKhcFy9houxArD9PrKtDYBJ/&#10;rj+drbGUnEnUrT6ejUWRDVbu1SXZfPvbtUzkg0sKbAqkt9hd/kig/z8CHxthFdXFR3ISgdjqicCh&#10;n5brgUJCRf6IUJ/7kco3szOlKXK58+FGAbEs9rc+DB1dJkk0SZIHk0SHcxEnQtNEBM5wIhxnOBHb&#10;YSKsCPFeLF0UWT8rUzNWKSo72KsnIFiItZpqmcqMkR4x2syxWPEZKunS15K9AbNafFnFuNBYUqfv&#10;AJu7/Scw9drMrNTg1eAp5k0uJy4QN2fbg27L61brmL539fZSO7YXcdHQM0Y8g2FTpuJHaQvlM/ZO&#10;j9un4P73TjjFmf5usDvjqkqCS8I2CS7oS6CFRsw7H54OP4WzzKJY8ICTdQepSUWe2gLjj4ABG28a&#10;+LoLULWxZyi2IaLxgANDEu0eYmLck3G5zc+EOm7zzR8AAAD//wMAUEsDBBQABgAIAAAAIQAl+H6m&#10;3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJt&#10;zY5JMDsbsmsS/33HU3t8bz7evJetRtuIHjtfO1IQTyIQSIUzNZUKvg8fLwsQPmgyunGECm7oYZU/&#10;PmQ6NW6gHfb7UAoOIZ9qBVUIbSqlLyq02k9ci8S3s+usDiy7UppODxxuG5lE0au0uib+UOkWNxUW&#10;l/3VKvgc9LCexu/99nLe3I6H+dfPNkalnp/G9RJEwDH8wXCvz9Uh504ndyXjRcM6SWJGFUzfeNMd&#10;mM1n7JzYWUQg80z+n5D/AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMz1SRd6AgAAFQYA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACX4fqbfAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAA1AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;">
+                    <v:group w14:anchorId="3500D6D3" id="Group 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15819776;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9OBdsbgIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X51ma9AZdYqhXYMB&#10;RVegHXZWZPkDk0WNUuL034+SLcdogQHLfJAp84kiH595dX3oNNsrdC2Ygp+fLThTRkLZmrrgP57v&#10;Plxy5rwwpdBgVMFflOPX6/fvrnqbqyU0oEuFjIIYl/e24I33Ns8yJxvVCXcGVhlyVoCd8LTFOitR&#10;9BS909lysVhlPWBpEaRyjr7eDk6+jvGrSkn/vaqc8kwXnHLzccW4bsOara9EXqOwTSvHNMQJWXSi&#10;NXTpFOpWeMF22L4J1bUSwUHlzyR0GVRVK1Wsgao5X7yqZoOws7GWOu9rO9FE1L7i6eSw8mG/Qftk&#10;H3HInsx7kL8c8ZL1ts7n/rCvj+BDhV04REWwQ2T0ZWJUHTyT9PHy08UltYkzSb7Vx4uRcNlQV94c&#10;ks3Xvx3LRD5cGRObEuktKccdyXH/R85TI6yKnLtQ/COytiz4kmRsREcC3oxaoS/EUbicUIG/cedG&#10;Kk9mZypT5HLn/EZBZFns750f1FomSzTJkgeTTCTNB7XrqHbPGakdOSO1bwe1W+HDudC6YLJ+1qZm&#10;7FJwdrBXzxBhPvRq6mVqM2V6xGgzx1LHZ6jkS28b4w2Y1eLzKuRFwZI7vQfY/Np/AketzcJKDU4N&#10;N4W645UTF4Sbs+1At+Vdq3Uo32G9vdHI9iIMkfiMGc9gJEqXD80P1hbKF9JOT2opuPu9E6g4098M&#10;qTOMoWRgMrbJQK9vIA6ryDw6/3z4KdAyS2bBPf1ZD5BEKvIkC8o/AAZsOGngy85D1QbNxNyGjMYN&#10;/TDRinMlMjHOwDC45vuIOk7q9R8AAAD//wMAUEsDBBQABgAIAAAAIQAl+H6m3wAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJtzY5JMDsbsmsS/33H&#10;U3t8bz7evJetRtuIHjtfO1IQTyIQSIUzNZUKvg8fLwsQPmgyunGECm7oYZU/PmQ6NW6gHfb7UAoO&#10;IZ9qBVUIbSqlLyq02k9ci8S3s+usDiy7UppODxxuG5lE0au0uib+UOkWNxUWl/3VKvgc9LCexu/9&#10;9nLe3I6H+dfPNkalnp/G9RJEwDH8wXCvz9Uh504ndyXjRcM6SWJGFUzfeNMdmM1n7JzYWUQg80z+&#10;n5D/AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH04F2xuAgAA8QUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACX4fqbfAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
                       <v:shape id="Graphic 28" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAi+KovAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+7CsIw&#10;FN0F/yFcwU1THVSqUaSiKLj4wvXSXNtic1OaaOvfm0FwPJz3YtWaUrypdoVlBaNhBII4tbrgTMH1&#10;sh3MQDiPrLG0TAo+5GC17HYWGGvb8IneZ5+JEMIuRgW591UspUtzMuiGtiIO3MPWBn2AdSZ1jU0I&#10;N6UcR9FEGiw4NORYUZJT+jy/jILZfnKKNo3+rPX9ZnaHaZHQMVGq32vXcxCeWv8X/9x7rWAcxoYv&#10;4QfI5RcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDAi+KovAAAANsAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;" path="m8458200,l,,,6096r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61A3D7BC" wp14:editId="65982D1F">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="29" name="Group 29"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2745,51 +7021,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="275F858A" id="Group 29" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGpTpSfgIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVFtr2zAUfh/sPwi9L04TlrWmThntGgal&#10;K7Rlz4osX5iso0lKnP77HR1biWlhsM4P9pHPp3P5zuXy6tBptlfOt2AKfjabc6aMhLI1dcGfn24/&#10;nXPmgzCl0GBUwV+U51frjx8ue5urBTSgS+UYGjE+723BmxBsnmVeNqoTfgZWGVRW4DoR8OjqrHSi&#10;R+udzhbz+SrrwZXWgVTe49+bQcnXZL+qlAw/qsqrwHTBMbZAb0fvbXxn60uR107YppVjGOIdUXSi&#10;Nej0aOpGBMF2rn1jqmulAw9VmEnoMqiqVirKAbM5m7/KZuNgZymXOu9re6QJqX3F07vNyvv9g2Nt&#10;WfDFBWdGdFgjcsvwjOT0ts4Rs3H20T64IUMU70D+8qjOXuvjuT6BD5Xr4iVMlB2I9Zcj6+oQmMSf&#10;y/nF+TnWRqJqtfw81kQ2WLg3d2Tz7S+3MpEPDimsYxi9xd7yJ/r8/9H32AirqCo+UjPSt8QMEn1D&#10;N+EfIpBQkb3x5Eci38vNMUuRy50PGwVEsdjf+YAusAfLJIkmSfJgkuhwKOI4aBqHwBmOg+MMx2E7&#10;jIMVId6LpqLI+lONmrFEUdfBXj0BoUIsFNZx+WXBWaowxnmCaDOFIlcTVNKlryVzA2Y1v1jFqNBY&#10;UqfvAJt4/Rcs1WZiVGrwavATcyaHRx4QN2Xag27L21brmLt39fZaO7YXccPQM8Y7gWE/+nyoe5S2&#10;UL5g2/S4dgruf++EU5zp7wYbE7MOSXBJ2CbBBX0NtMmIdufD0+GncJZZFAsecKTuIfWnyFNLYPwR&#10;MGDjTQNfdwGqNvYLxTZENB5wVkiipUNMjAsybrXpmVCnNb7+AwAA//8DAFBLAwQUAAYACAAAACEA&#10;6Z8BsNkAAAACAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm93Ef5Q0m1KKeiqC&#10;rSC9TbPTJDQ7G7LbJP32jl70MvB4jze/ly8n16qB+tB4NpDOElDEpbcNVwY+d693c1AhIltsPZOB&#10;CwVYFtdXOWbWj/xBwzZWSko4ZGigjrHLtA5lTQ7DzHfE4h197zCK7Cttexyl3LX6PkmetcOG5UON&#10;Ha1rKk/bszPwNuK4ekhfhs3puL7sd0/vX5uUjLm9mVYLUJGm+BeGH3xBh0KYDv7MNqjWgAyJv1e8&#10;x7msOEgmAV3k+j968Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDGpTpSfgIAAA4GAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpnwGw2QAAAAIB&#10;AAAPAAAAAAAAAAAAAAAAANgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;">
+                    <v:group w14:anchorId="5A497C3B" id="Group 29" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzJadJcAIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1r2zAUfR/sPwi9L04blrWmThntGgal&#10;KzRlz4osfzBZV7tS4vTf70q2EtPCYJ0f5Cvfo/tx7rGurg+dZnuFrgVT8LPZnDNlJJStqQv+vLn7&#10;dMGZ88KUQoNRBX9Rjl+vPn646m2uzqEBXSpkFMS4vLcFb7y3eZY52ahOuBlYZchZAXbC0xbrrETR&#10;U/ROZ+fz+TLrAUuLIJVz9PV2cPJVjF9VSvofVeWUZ7rgVJuPK8Z1G9ZsdSXyGoVtWjmWId5RRSda&#10;Q0mPoW6FF2yH7ZtQXSsRHFR+JqHLoKpaqWIP1M3Z/FU3a4Sdjb3UeV/bI01E7Sue3h1WPuzXaJ/s&#10;Iw7Vk3kP8pcjXrLe1vnUH/b1CXyosAuHqAl2iIy+HBlVB88kfVzMLy8uiHdJruXi88i3bGgob87I&#10;5ttfTmUiHxLGso5l9JZ0407UuP+j5qkRVkXGXWj9EVlbhi44M6Ij+a5HpdAXYigkJ1Rgb9y5kcj3&#10;cnPsUuRy5/xaQaRY7O+dH6RaJks0yZIHk0wkwQep6yh1zxlJHTkjqW8HqVvhw7kwt2Cy/jSjZhxR&#10;8HWwVxuIKB8GRXNcfDnnLE2Y6jxBtJlCiasJKvnS28ZwA2Y5v1yGqihYcqf3AJtk/RdsnM0kqNTg&#10;1JAn9BwTHnkg3JRpB7ot71qtQ+8O6+2NRrYX4faIz1jvBEZ6dPkw92BtoXwh2fQklIK73zuBijP9&#10;3ZAwqWufDEzGNhno9Q3EWyrSjs5vDj8FWmbJLLinX+oBkj5FniRB9QfAgA0nDXzdeajaoJdY21DR&#10;uKF/JVrxQolMjJdfuLGm+4g6XdGrPwAAAP//AwBQSwMEFAAGAAgAAAAhAOmfAbDZAAAAAgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdxH+UNJtSinoqgq0gvU2z0yQ0Oxuy2yT9&#10;9o5e9DLweI83v5cvJ9eqgfrQeDaQzhJQxKW3DVcGPnevd3NQISJbbD2TgQsFWBbXVzlm1o/8QcM2&#10;VkpKOGRooI6xy7QOZU0Ow8x3xOIdfe8wiuwrbXscpdy1+j5JnrXDhuVDjR2taypP27Mz8DbiuHpI&#10;X4bN6bi+7HdP71+blIy5vZlWC1CRpvgXhh98QYdCmA7+zDao1oAMib9XvMe5rDhIJgFd5Po/evEN&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8yWnSXACAADqBQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6Z8BsNkAAAACAQAADwAAAAAAAAAAAAAA&#10;AADKBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;">
                       <v:shape id="Graphic 30" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBtS9MivAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JCsIw&#10;EL0L/kMYwZumKi5Uo4ggiDc39Dg0Y1tsJiWJWv/eHASPj7cvVo2pxIucLy0rGPQTEMSZ1SXnCs6n&#10;bW8GwgdkjZVlUvAhD6tlu7XAVNs3H+h1DLmIIexTVFCEUKdS+qwgg75va+LI3a0zGCJ0udQO3zHc&#10;VHKYJBNpsOTYUGBNm4Kyx/FpFMjR/jp4ysmBXX3bj/3lOi03rFS306znIAI14S/+uXdawSiuj1/i&#10;D5DLLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBtS9MivAAAANsAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;" path="m309372,l,,,6096r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B359ECF" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -2887,51 +7163,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="71E970E2" id="Group 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15819264;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvNM5reAIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtq3DAQfS/0H4TeG+9umrCYeENJmlAI&#10;aSBb+qyV5QuVJXWkXW/+vqOx5TUJFJr6wR55juZy5nJ1few0OyjwrTUFX54tOFNG2rI1dcF/bO8+&#10;rTnzQZhSaGtUwV+U59ebjx+ueperlW2sLhUwNGJ83ruCNyG4PMu8bFQn/Jl1yqCystCJgEeosxJE&#10;j9Y7na0Wi8ust1A6sFJ5j39vByXfkP2qUjJ8ryqvAtMFx9gCvYHeu/jONlcir0G4ppVjGOIdUXSi&#10;Neh0MnUrgmB7aN+Y6loJ1tsqnEnbZbaqWqkoB8xmuXiVzT3YvaNc6ryv3UQTUvuKp3eblY+HJ2Bt&#10;WfDzJWdGdFgjcsvwjOT0rs4Rcw/u2T3BkCGKD1b+8qjOXuvjuT6BjxV08RImyo7E+svEujoGJvHn&#10;+vPFGkvJmUTd5fnFWBTZYOXeXJLN179dy0Q+uKTApkB6h93lTwT6/yPwuRFOUV18JCcRuDoROPTT&#10;+WqgkFCRPyLU536k8t3sTGmKXO59uFeWWBaHBx+Gji6TJJokyaNJIuBcxInQNBGBM5wI4AwnYjdM&#10;hBMh3ouliyLrZ2VqxipFZWcPamsJFmKtplqmMmOkJ4w2cyxWfIZKuvR1ZG/AXC4X6xgXGkvq9B1g&#10;c7f/BKZem5mV2no1eIp5k8uJC8TN2fZWt+Vdq3VM30O9u9HADiIuGnrGiGcwbMpU/CjtbPmCvdPj&#10;9im4/70XoDjT3wx2Z1xVSYAk7JIAQd9YWmjEPPiwPf4U4JhDseABJ+vRpiYVeWoLjD8CBmy8aeyX&#10;fbBVG3uGYhsiGg84MCTR7iEmxj0Zl9v8TKjTNt/8AQAA//8DAFBLAwQUAAYACAAAACEAJfh+pt8A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2UKvdVNorYSsxGRticpqIXibc2O&#10;STA7G7JrEv99x1N7fG8+3ryXrUbbiB47XztSEE8iEEiFMzWVCr4PHy8LED5oMrpxhApu6GGVPz5k&#10;OjVuoB32+1AKDiGfagVVCG0qpS8qtNpPXIvEt7PrrA4su1KaTg8cbhuZRNGrtLom/lDpFjcVFpf9&#10;1Sr4HPSwnsbv/fZy3tyOh/nXzzZGpZ6fxvUSRMAx/MFwr8/VIedOJ3cl40XDOkliRhVM33jTHZjN&#10;Z+yc2FlEIPNM/p+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDvNM5reAIAABUGAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAl+H6m3wAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;">
+                    <v:group w14:anchorId="0D7F344C" id="Group 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15819264;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDM1ziLbgIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVN9r2zAQfh/sfxB6X52mawmmThntGgal&#10;K7Rjz4os/2CyTjspcfrf7yRbjmlhsMwP8sn36XT33ee7vjl0mu0VuhZMwc/PFpwpI6FsTV3wHy/3&#10;n1acOS9MKTQYVfBX5fjN+uOH697magkN6FIhoyDG5b0teOO9zbPMyUZ1wp2BVYacFWAnPG2xzkoU&#10;PUXvdLZcLK6yHrC0CFI5R1/vBidfx/hVpaT/XlVOeaYLTrn5uGJct2HN1tcir1HYppVjGuKELDrR&#10;Grp0CnUnvGA7bN+F6lqJ4KDyZxK6DKqqlSrWQNWcL95Us0HY2VhLnfe1nWgiat/wdHJY+bjfoH22&#10;TzhkT+YDyF+OeMl6W+dzf9jXR/Chwi4coiLYITL6OjGqDp5J+rj6fLmiNnEmyXd1cTkSLhvqyrtD&#10;svn6t2OZyIcrY2JTIr0l5bgjOe7/yHluhFWRcxeKf0LWlgW/WHJmREcC3oxaoS/EUbicUIG/cedG&#10;Kk9mZypT5HLn/EZBZFnsH5wf1FomSzTJkgeTTCTNB7XrqHbPGakdOSO1bwe1W+HDudC6YLJ+1qZm&#10;7FJwdrBXLxBhPvRq6mVqM2V6xGgzx1LHZ6jkS28b4w2Yq/PFKuRFwZI7vQfY/Np/AketzcJKDU4N&#10;N4W645UTF4Sbs+1At+V9q3Uo32G9vdXI9iIMkfiMGc9gJEqXD80P1hbKV9JOT2opuPu9E6g4098M&#10;qTOMoWRgMrbJQK9vIQ6ryDw6/3L4KdAyS2bBPf1Zj5BEKvIkC8o/AAZsOGngy85D1QbNxNyGjMYN&#10;/TDRinMlMjHOwDC45vuIOk7q9R8AAAD//wMAUEsDBBQABgAIAAAAIQAl+H6m3wAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJtzY5JMDsbsmsS/33H&#10;U3t8bz7evJetRtuIHjtfO1IQTyIQSIUzNZUKvg8fLwsQPmgyunGECm7oYZU/PmQ6NW6gHfb7UAoO&#10;IZ9qBVUIbSqlLyq02k9ci8S3s+usDiy7UppODxxuG5lE0au0uib+UOkWNxUWl/3VKvgc9LCexu/9&#10;9nLe3I6H+dfPNkalnp/G9RJEwDH8wXCvz9Uh504ndyXjRcM6SWJGFUzfeNMdmM1n7JzYWUQg80z+&#10;n5D/AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMzXOItuAgAA8QUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACX4fqbfAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
                       <v:shape id="Graphic 32" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAkukOfwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6qCK13TIhVFwYv/2OujeduWbV5KE2399kYQ9jjMzG+YZdqbWtypdZVlBZNxBII4&#10;t7riQsHlvPlcgHAeWWNtmRQ8yEGaDD6WGGvb8ZHuJ1+IAGEXo4LS+yaW0uUlGXRj2xAH79e2Bn2Q&#10;bSF1i12Am1pOo2guDVYcFkpsKCsp/zvdjILFbn6M1p1+rPTP1Wz3X1VGh0yp0bBffYPw1Pv/8Lu9&#10;0wpmU3h9CT9AJk8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJLpDn8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m8458200,l,,,6108r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F9459BA" wp14:editId="69430C4F">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="33" name="Group 33"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2980,51 +7256,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="0C9AD4FB" id="Group 33" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBm4X4nfQIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVFtP2zAUfp+0/2D5fU1pWQcRKZpgoEkI&#10;kGDas+s4F82xvWO3Kf9+xydxG4E0aSwPyXHO53P5zuXict9ptlPgW2sKfjKbc6aMtGVr6oL/eL75&#10;dMaZD8KUQlujCv6iPL9cf/xw0btcLWxjdamAoRHj894VvAnB5VnmZaM64WfWKYPKykInAh6hzkoQ&#10;PVrvdLaYz1dZb6F0YKXyHv9eD0q+JvtVpWR4qCqvAtMFx9gCvYHem/jO1hcir0G4ppVjGOIdUXSi&#10;Nej0YOpaBMG20L4x1bUSrLdVmEnbZbaqWqkoB8zmZP4qm1uwW0e51HlfuwNNSO0rnt5tVt7vHoG1&#10;ZcGXS86M6LBG5JbhGcnpXZ0j5hbck3uEIUMU76z85VGdvdbHc30E7yvo4iVMlO2J9ZcD62ofmMSf&#10;y/n52RnWRqJqtfw81kQ2WLg3d2Tz7S+3MpEPDimsQxi9w97yR/r8/9H31AinqCo+UpPoOz3SN3TT&#10;8nQgkFCRPaLT534k8r3cHLIUudz6cKssUSx2dz4M7VwmSTRJknuTRMChiOOgaRwCZzgOwBmOw2YY&#10;BydCvBfrFkXWH2vUjCWKus7u1LMlVIiFwjouvyw4SxXGOI8QbaZQrPYElXTp68jcgFnNz1cxKjSW&#10;1Ok7wCZe/wVLXTYxKrX1avATcyaHBx4QN2XaW92WN63WMXcP9eZKA9uJuGHoGeOdwLAfU92jtLHl&#10;C7ZNj2un4P73VoDiTH832JhxRyUBkrBJAgR9ZWmTEe3gw/P+pwDHHIoFDzhS9zb1p8hTS2D8ETBg&#10;401jv26DrdrYLxTbENF4wFkhiZYOMTEuyLjVpmdCHdf4+g8AAAD//wMAUEsDBBQABgAIAAAAIQDp&#10;nwGw2QAAAAIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKt&#10;IL1Ns9MkNDsbstsk/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4EL&#10;BVgW11c5ZtaP/EHDNlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40d&#10;rWsqT9uzM/A24rh6SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zH&#10;uaw4SCYBXeT6P3rxDQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGbhfid9AgAADgYAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEA&#10;AA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;">
+                    <v:group w14:anchorId="3D059375" id="Group 33" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6V0w7cQIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X50mW5YadYqhXYMB&#10;RVegHXZWZPkDk0WNUuL034+SrcRogQHrfJAp84kiH595eXXoNNsrdC2Ygp+fzThTRkLZmrrgP55u&#10;P6w4c16YUmgwquDPyvGr9ft3l73N1Rwa0KVCRkGMy3tb8MZ7m2eZk43qhDsDqww5K8BOeNpinZUo&#10;eore6Ww+my2zHrC0CFI5R19vBidfx/hVpaT/XlVOeaYLTrn5uGJct2HN1pcir1HYppVjGuINWXSi&#10;NXTpMdSN8ILtsH0VqmslgoPKn0noMqiqVqpYA1VzPntRzQZhZ2Mtdd7X9kgTUfuCpzeHlff7DdpH&#10;+4BD9mTegfzliJest3U+9Yd9fQIfKuzCISqCHSKjz0dG1cEzSR8Xs4vViniX5FouPo18y4aa8uqM&#10;bL7+5VQm8uHCmNYxjd6SbtyJGvd/1Dw2wqrIuAulPyBrS6riI2dGdCTfzagU+kIMhcsJFdgbd24k&#10;8q3cHKsUudw5v1EQKRb7O+cHqZbJEk2y5MEkE0nwQeo6St1zRlJHzkjq20HqVvhwLvQtmKw/9agZ&#10;WxR8HezVE0SUD42iPi4+zzlLHaY8TxBtplDq9gSVfOltY7gBs5xdLENWFCy503uATW79F2xU2SSo&#10;1ODUcE+oOV545IFwU6Yd6La8bbUOtTust9ca2V6E6RGfMd8JjPTo8qHvwdpC+Uyy6UkoBXe/dwIV&#10;Z/qbIWGG+ZMMTMY2Gej1NcQpFWlH558OPwVaZsksuKdf6h6SPkWeJEH5B8CADScNfNl5qNqgl5jb&#10;kNG4oX8lWnGgRCbG4Rcm1nQfUacRvf4DAAD//wMAUEsDBBQABgAIAAAAIQDpnwGw2QAAAAIBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKtIL1Ns9MkNDsbstsk&#10;/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4ELBVgW11c5ZtaP/EHD&#10;NlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40drWsqT9uzM/A24rh6&#10;SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zHuaw4SCYBXeT6P3rx&#10;DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALpXTDtxAgAA6gUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEAAA8AAAAAAAAAAAAA&#10;AAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
                       <v:shape id="Graphic 34" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAScNUhwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva9p1/UM1lUUQxJu6ix4fzbMtNi8liVq//UYQPA4z8xtmsexMI27kfG1ZQTpMQBAX&#10;VtdcKvg9rD9nIHxA1thYJgUP8rDMex8LzLS9845u+1CKCGGfoYIqhDaT0hcVGfRD2xJH72ydwRCl&#10;K6V2eI9w08ivJJlIgzXHhQpbWlVUXPZXo0COtsf0Kic7du1pO/Z/x2m9YqUG/e5nDiJQF97hV3uj&#10;FYy+4fkl/gCZ/wMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAScNUhwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m309372,l,,,6096r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F5CDCBD" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -3122,51 +7398,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="4C022A49" id="Group 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15818752;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrorAVeQIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X5y2a5AadYqhXYMB&#10;RVegHXZWZPkDk0VNUuLk34+iI8dogQHrfJApkaLI90he3+w7zXbK+RZMwc9mc86UkVC2pi74j5f7&#10;T0vOfBCmFBqMKvhBeX6z+vjhure5OocGdKkcQyfG570teBOCzbPMy0Z1ws/AKoPKClwnAm5dnZVO&#10;9Oi909n5fL7IenCldSCV93h6Nyj5ivxXlZLhe1V5FZguOMYWaHW0buKara5FXjthm1YewxDviKIT&#10;rcFHR1d3Igi2de0bV10rHXiowkxCl0FVtVJRDpjN2fxVNmsHW0u51Hlf2xEmhPYVTu92Kx93T461&#10;ZcEvLjkzokOO6FmGewSnt3WONmtnn+2TGzJE8QHkL4/q7LU+7uuT8b5yXbyEibI9oX4YUVf7wCQe&#10;Lj9fLpFKziTqFheXR1Jkg8y9uSSbr3+7lol8eJICGwPpLVaXPwHo/w/A50ZYRbz4CE4CcHECcKin&#10;i8UAIVlF/AhQn/sjlO9GZ0xT5HLrw1oBoSx2Dz4MFV0mSTRJknuTRId9ETtCU0cEzrAjHGfYEZuh&#10;I6wI8V6kLoqsn9DUHFmKyg526gXILESuRi4TzRjpyUabqS0yPrFKuvS35G+wWcyvqBjRWVKn/2A2&#10;ffafjKnWJm6lBq9iXQ95jwJhgYdTtD3otrxvtY7pe1dvbrVjOxEHDX0RSbwyMcOiTORHaQPlAWun&#10;x+lTcP97K5ziTH8zWJ1xVCXBJWGTBBf0LdBAI+SdDy/7n8JZZlEseMDOeoRUpCJPZRGTGm3jTQNf&#10;tgGqNtYMxTZEdNxgw5BEs4dSOc7JONyme7I6TfPVHwAAAP//AwBQSwMEFAAGAAgAAAAhACX4fqbf&#10;AAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odlCr3VTaK2ErMRkbYnKaiF4m3N&#10;jkkwOxuyaxL/fcdTe3xvPt68l61G24geO187UhBPIhBIhTM1lQq+Dx8vCxA+aDK6cYQKbuhhlT8+&#10;ZDo1bqAd9vtQCg4hn2oFVQhtKqUvKrTaT1yLxLez66wOLLtSmk4PHG4bmUTRq7S6Jv5Q6RY3FRaX&#10;/dUq+Bz0sJ7G7/32ct7cjof51882RqWen8b1EkTAMfzBcK/P1SHnTid3JeNFwzpJYkYVTN940x2Y&#10;zWfsnNhZRCDzTP6fkP8CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAa6KwFXkCAAAVBgAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJfh+pt8AAAAK&#10;AQAADwAAAAAAAAAAAAAAAADTBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAN8FAAAA&#10;AA==&#10;">
+                    <v:group w14:anchorId="0AD3E14B" id="Group 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15818752;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/tGcsbgIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X522a9AadYqhXYMB&#10;RVegGXZWZPkDk0WNUuL034+SLcdogQHrfJAp84kiH595fXPoNNsrdC2Ygp+eLDhTRkLZmrrgPzb3&#10;ny45c16YUmgwquAvyvGb1ccP173N1Rk0oEuFjIIYl/e24I33Ns8yJxvVCXcCVhlyVoCd8LTFOitR&#10;9BS909nZYrHMesDSIkjlHH29G5x8FeNXlZL+e1U55ZkuOOXm44px3YY1W12LvEZhm1aOaYh3ZNGJ&#10;1tClU6g74QXbYfsmVNdKBAeVP5HQZVBVrVSxBqrmdPGqmjXCzsZa6ryv7UQTUfuKp3eHlY/7Ndpn&#10;+4RD9mQ+gPzliJest3U+94d9fQQfKuzCISqCHSKjLxOj6uCZpI+Xny8uqU2cSfItzy9GwmVDXXlz&#10;SDZf/3YsE/lwZUxsSqS3pBx3JMf9HznPjbAqcu5C8U/I2rLg50vOjOhIwOtRK/SFOAqXEyrwN+7c&#10;SOW72ZnKFLncOb9WEFkW+wfnB7WWyRJNsuTBJBNJ80HtOqrdc0ZqR85I7dtB7Vb4cC60Lpisn7Wp&#10;GbsUnB3s1QYizIdeTb1MbaZMjxht5ljq+AyVfOltY7wBs1xcXYS8KFhyp/cAm1/7T+CotVlYqcGp&#10;4aZQd7xy4oJwc7Yd6La8b7UO5Tust7ca2V6EIRKfMeMZjETp8qH5wdpC+ULa6UktBXe/dwIVZ/qb&#10;IXWGMZQMTMY2Gej1LcRhFZlH5zeHnwIts2QW3NOf9QhJpCJPsqD8A2DAhpMGvuw8VG3QTMxtyGjc&#10;0A8TrThXIhPjDAyDa76PqOOkXv0BAAD//wMAUEsDBBQABgAIAAAAIQAl+H6m3wAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJtzY5JMDsbsmsS/33H&#10;U3t8bz7evJetRtuIHjtfO1IQTyIQSIUzNZUKvg8fLwsQPmgyunGECm7oYZU/PmQ6NW6gHfb7UAoO&#10;IZ9qBVUIbSqlLyq02k9ci8S3s+usDiy7UppODxxuG5lE0au0uib+UOkWNxUWl/3VKvgc9LCexu/9&#10;9nLe3I6H+dfPNkalnp/G9RJEwDH8wXCvz9Uh504ndyXjRcM6SWJGFUzfeNMdmM1n7JzYWUQg80z+&#10;n5D/AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH+0ZyxuAgAA8QUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACX4fqbfAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
                       <v:shape id="Graphic 36" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBbgUWcxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9md0qxJC6ikQqFnoxWnp9ZF+T0OzbkN2a+O+7hYLHYWa+YdbbyXbiSoNvHWt4ThQI&#10;4sqZlmsNl/PrPAPhA7LBzjFpuJGH7eZhtsbcuJFPdC1DLSKEfY4amhD6XEpfNWTRJ64njt6XGyyG&#10;KIdamgHHCLedXCiVSostx4UGeyoaqr7LH6shO6YntR/NbWc+P+zhbdUW9F5o/fQ47V5ABJrCPfzf&#10;PhoNyxT+vsQfIDe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFuBRZzEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m8458200,l,,,6095r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37F0C5F9" wp14:editId="2AE7C317">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="37" name="Group 37"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3215,51 +7491,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="566251F4" id="Group 37" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4yHz6fQIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu2zAMfR+wfxD0vjoXrE2NOsXQrsWA&#10;oivQDHtWZPmCyaImKXH696PoyDFaYMA6P8iUSFHkOSSvrg+dZnvlfAum4POzGWfKSChbUxf8x+bu&#10;04ozH4QphQajCv6iPL9ef/xw1dtcLaABXSrH0InxeW8L3oRg8yzzslGd8GdglUFlBa4TAbeuzkon&#10;evTe6Wwxm51nPbjSOpDKezy9HZR8Tf6rSsnwvaq8CkwXHGMLtDpat3HN1lcir52wTSuPYYh3RNGJ&#10;1uCjo6tbEQTbufaNq66VDjxU4UxCl0FVtVJRDpjNfPYqm3sHO0u51Hlf2xEmhPYVTu92Kx/3T461&#10;ZcGXF5wZ0SFH9CzDPYLT2zpHm3tnn+2TGzJE8QHkL4/q7LU+7uuT8aFyXbyEibIDof4yoq4OgUk8&#10;XM4uVyvkRqLqfPn5yIlskLg3d2Tz9S+3MpEPD1JYYxi9xdryJ/j8/8H33AiriBUfoUnwYaEn+IZq&#10;Wq4GAMkqokdw+twfgXwvNmOWIpc7H+4VEMRi/+DDUM5lkkSTJHkwSXTYFLEdNLVD4AzbwXGG7bAd&#10;2sGKEO9F3qLI+hNHzZGiqOtgrzZAViEShTwuLxacJYYxzpOJNlNTZHtilXTpb8ndYHM+nxGM6Cyp&#10;038wm7z6L7ZUZROnUoNXsaCHnEeBcMDDKdIedFvetVrH3L2rtzfasb2IE4a+iCJemZhhPSbeo7SF&#10;8gXLpsexU3D/eyec4kx/M1iYcUYlwSVhmwQX9A3QJCPYnQ+bw0/hLLMoFjxgSz1Cqk+Rp5KISY22&#10;8aaBL7sAVRvrhWIbIjpusFdIoqFDqRwHZJxq0z1Zncb4+g8AAAD//wMAUEsDBBQABgAIAAAAIQDp&#10;nwGw2QAAAAIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKt&#10;IL1Ns9MkNDsbstsk/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4EL&#10;BVgW11c5ZtaP/EHDNlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40d&#10;rWsqT9uzM/A24rh6SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zH&#10;uaw4SCYBXeT6P3rxDQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALjIfPp9AgAADgYAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEA&#10;AA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;">
+                    <v:group w14:anchorId="65138ED4" id="Group 37" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDMBtjcQIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X50mWNcZdYqhXYMB&#10;RVegGXZWZPkDk0WNUuL034+SLcdogQHrfLCfRIoiH595dX3sNDsodC2Ygp+fLThTRkLZmrrgP7Z3&#10;Hy45c16YUmgwquDPyvHr9ft3V73N1RIa0KVCRkGMy3tb8MZ7m2eZk43qhDsDqwwZK8BOeFpinZUo&#10;eore6Wy5WFxkPWBpEaRyjnZvByNfx/hVpaT/XlVOeaYLTrn5+Mb43oV3tr4SeY3CNq0c0xBvyKIT&#10;raFLp1C3wgu2x/ZVqK6VCA4qfyahy6CqWqliDVTN+eJFNRuEvY211Hlf24kmovYFT28OKx8OG7RP&#10;9hGH7Aneg/zliJest3U+t4d1fXI+VtiFQ1QEO0ZGnydG1dEzSZurxefLS+Jdkuli9XHkWzbUlFdn&#10;ZPP1L6cykQ8XxrSmNHpLunEnatz/UfPUCKsi4y6U/oisLakKErERHcl3MyqFdoihcDl5BfbGlRuJ&#10;fCs3U5Uil3vnNwoixeJw7/wg1TIh0SQkjyZBJMEHqesodc8ZSR05I6nvBqlb4cO50LcAWX/qUTO2&#10;KNg6OKgtRC8fGkV9XH1acpY6THmeXLSZu1K3Z17Jlr42hht8Ls4XkUYKlszpO7jNbv0X36iyWVCp&#10;wSlij7ZCzROIPNDmnGkHui3vWq1D7Q7r3Y1GdhBhesQnsEhHZm6kR5cPfQ9oB+UzyaYnoRTc/d4L&#10;VJzpb4aEGeZPApjALgH0+gbilIq0o/Pb40+BllmCBff0Sz1A0qfIkyRCUZNvOGngy95D1Qa9xNyG&#10;jMYF/SsRxYESSxmHX5hY83X0Oo3o9R8AAAD//wMAUEsDBBQABgAIAAAAIQDpnwGw2QAAAAIBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKtIL1Ns9MkNDsbstsk&#10;/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4ELBVgW11c5ZtaP/EHD&#10;NlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40drWsqT9uzM/A24rh6&#10;SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zHuaw4SCYBXeT6P3rx&#10;DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIMwG2NxAgAA6gUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEAAA8AAAAAAAAAAAAA&#10;AAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
                       <v:shape id="Graphic 38" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCTPd8kvAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JCsIw&#10;EL0L/kMYwZumKi5Uo4ggiDc39Dg0Y1tsJiWJWv/eHASPj7cvVo2pxIucLy0rGPQTEMSZ1SXnCs6n&#10;bW8GwgdkjZVlUvAhD6tlu7XAVNs3H+h1DLmIIexTVFCEUKdS+qwgg75va+LI3a0zGCJ0udQO3zHc&#10;VHKYJBNpsOTYUGBNm4Kyx/FpFMjR/jp4ysmBXX3bj/3lOi03rFS306znIAI14S/+uXdawSiOjV/i&#10;D5DLLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCTPd8kvAAAANsAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;" path="m309372,l,,,6108r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="49C8714A" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -3357,51 +7633,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="03636A0B" id="Group 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15818240;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtCUcjegIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtq3DAQfS/0H4TeG2+uJGa9oSRNKIQ0&#10;kIQ+a2X5QmWNKmnXm7/vaGx5TQKFbv1gjzxHczlzWV7vOs22yvkWTMGPjxacKSOhbE1d8NeXuy+X&#10;nPkgTCk0GFXwN+X59erzp2Vvc3UCDehSOYZGjM97W/AmBJtnmZeN6oQ/AqsMKitwnQh4dHVWOtGj&#10;9U5nJ4vFRdaDK60DqbzHv7eDkq/IflUpGX5UlVeB6YJjbIHejt7r+M5WS5HXTtimlWMY4oAoOtEa&#10;dDqZuhVBsI1rP5jqWunAQxWOJHQZVFUrFeWA2Rwv3mVz72BjKZc672s70YTUvuPpYLPycfvkWFsW&#10;/PSKMyM6rBG5ZXhGcnpb54i5d/bZPrkhQxQfQP7yqM7e6+O53oN3leviJUyU7Yj1t4l1tQtM4s/L&#10;s/NLLCVnEnUXp+djUWSDlftwSTbf/nYtE/ngkgKbAuktdpffE+j/j8DnRlhFdfGRnJHAM0whETj0&#10;E/4hCgkV+RtPfqTyYHamNEUuNz7cKyCWxfbBB/SBbVgmSTRJkjuTRIdzESdC00QEznAiHGc4Eeth&#10;IqwI8V40FUXWz8rUjFWKyg626gUIFmKtplqmMmOke4w2cyzSNUMlXfpasjdgLhZX5zEuNJbU6TvA&#10;5m7/CUwFmpmVGrwaPMW8yeXEBeLmbHvQbXnXah3T965e32jHtiIuGnrGiGcwbEqfD8WP0hrKN+yd&#10;HrdPwf3vjXCKM/3dYHdi3iEJLgnrJLigb4AWGjHvfHjZ/RTOMotiwQNO1iOkJhV5aguMPwIGbLxp&#10;4OsmQNXGnqHYhojGAw4MSbR7iIlxT8blNj8Tar/NV38AAAD//wMAUEsDBBQABgAIAAAAIQAl+H6m&#10;3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJt&#10;zY5JMDsbsmsS/33HU3t8bz7evJetRtuIHjtfO1IQTyIQSIUzNZUKvg8fLwsQPmgyunGECm7oYZU/&#10;PmQ6NW6gHfb7UAoOIZ9qBVUIbSqlLyq02k9ci8S3s+usDiy7UppODxxuG5lE0au0uib+UOkWNxUW&#10;l/3VKvgc9LCexu/99nLe3I6H+dfPNkalnp/G9RJEwDH8wXCvz9Uh504ndyXjRcM6SWJGFUzfeNMd&#10;mM1n7JzYWUQg80z+n5D/AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO0JRyN6AgAAFQYA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACX4fqbfAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAA1AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;">
+                    <v:group w14:anchorId="2C435BD4" id="Group 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15818240;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhBoOqbQIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtO3DAQfa/Uf7D8XrJQFkFEFlVQVpUQ&#10;RYKqz17HuaiOxx17N8vfd+zE2QikSt3mwRlnjudy5sTXN/tOs51C14Ip+OnJgjNlJJStqQv+4+X+&#10;0yVnzgtTCg1GFfxVOX6z+vjhure5OoMGdKmQURDj8t4WvPHe5lnmZKM64U7AKkPOCrATnrZYZyWK&#10;nqJ3OjtbLC6yHrC0CFI5R1/vBidfxfhVpaT/XlVOeaYLTrX5uGJcN2HNVtcir1HYppVjGeKIKjrR&#10;Gko6hboTXrAttu9Cda1EcFD5EwldBlXVShV7oG5OF2+6WSNsbeylzvvaTjQRtW94OjqsfNyt0T7b&#10;JxyqJ/MB5C9HvGS9rfO5P+zrA3hfYRcOURNsHxl9nRhVe88kfbw8X17SmDiT5Lv4vBwJlw1N5d0h&#10;2Xz927FM5EPKWNhUSG9JOe5Ajvs/cp4bYVXk3IXmn5C1ZcHPqQUjOhLwetQKfSGOQnJCBf7GnRup&#10;PJqdqU2Ry63zawWRZbF7cH5Qa5ks0SRL7k0ykTQf1K6j2j1npHbkjNS+GdRuhQ/nwuiCyfrZmJpx&#10;SsHZwU69QIT5MKtplmnMVOkBo80cS3TNUMmX3jbGGzAXi6tlqIuCJXd6D7B52n8CxwHNwkoNTg2Z&#10;Qt8x5cQF4eZsO9Bted9qHdp3WG9uNbKdCJdIfMaKZzASpcuH4QdrA+UraacntRTc/d4KVJzpb4bU&#10;SX37ZGAyNslAr28hXlaReXT+Zf9ToGWWzIJ7+rMeIYlU5EkWVH8ADNhw0sCXrYeqDZqJtQ0VjRv6&#10;YaIV75XIxHgHhotrvo+ow029+gMAAP//AwBQSwMEFAAGAAgAAAAhACX4fqbfAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odlCr3VTaK2ErMRkbYnKaiF4m3NjkkwOxuyaxL/fcdT&#10;e3xvPt68l61G24geO187UhBPIhBIhTM1lQq+Dx8vCxA+aDK6cYQKbuhhlT8+ZDo1bqAd9vtQCg4h&#10;n2oFVQhtKqUvKrTaT1yLxLez66wOLLtSmk4PHG4bmUTRq7S6Jv5Q6RY3FRaX/dUq+Bz0sJ7G7/32&#10;ct7cjof51882RqWen8b1EkTAMfzBcK/P1SHnTid3JeNFwzpJYkYVTN940x2YzWfsnNhZRCDzTP6f&#10;kP8CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4QaDqm0CAADxBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJfh+pt8AAAAKAQAADwAAAAAAAAAA&#10;AAAAAADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;">
                       <v:shape id="Graphic 40" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDjIgsOvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LqsIw&#10;EN0L/kMYwZ2miqhUo0hFUbgbX7gdmrEtNpPSRFv/3iwuuDyc93LdmlK8qXaFZQWjYQSCOLW64EzB&#10;9bIbzEE4j6yxtEwKPuRgvep2lhhr2/CJ3mefiRDCLkYFufdVLKVLczLohrYiDtzD1gZ9gHUmdY1N&#10;CDelHEfRVBosODTkWFGSU/o8v4yC+WF6iraN/mz0/Wb2x1mR0F+iVL/XbhYgPLX+J/53H7SCSVgf&#10;voQfIFdfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOMiCw6+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m8458200,l,,,6095r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DABD92B" wp14:editId="44B74A1F">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="41" name="Group 41"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3450,51 +7726,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="2EB69097" id="Group 41" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwBOJGfAIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC8N7KdpY5gOSiSJigQ&#10;pAGSomeaohaU4rAkbTl/3+FItIUEKNBUB2moeZzlzbK62nea7ZTzLZiCz09mnCkjoWxNXfAfz7ef&#10;lpz5IEwpNBhV8Bfl+dX644dVb3O1gAZ0qRxDI8bnvS14E4LNs8zLRnXCn4BVBpUVuE4EPLo6K53o&#10;0Xqns8VsdpH14ErrQCrv8e/NoORrsl9VSobvVeVVYLrgGFugt6P3Jr6z9UrktRO2aeUYhnhHFJ1o&#10;DTo9mLoRQbCta9+Y6lrpwEMVTiR0GVRVKxXlgNnMZ6+yuXOwtZRLnfe1PdCE1L7i6d1m5cPu0bG2&#10;LPjZnDMjOqwRuWV4RnJ6W+eIuXP2yT66IUMU70H+8qjOXuvjuT6C95Xr4iVMlO2J9ZcD62ofmMSf&#10;p7PL5RJrI1F1cXo+1kQ2WLg3d2Tz9S+3MpEPDimsQxi9xd7yR/r8/9H31AirqCo+UpPoWxzpG7rp&#10;bDEQSKjIHtHpcz8S+V5uDlmKXG59uFNAFIvdvQ9DO5dJEk2S5N4k0eFQxHHQNA6BMxwHxxmOw2YY&#10;BytCvBfrFkXWH2vUjCWKug526hkIFWKhsI6nn5GFVGGM8wjRZgrFak9QSZe+lswNmIvZ5XmMCo0l&#10;dfoOsInXf8FSl02MSg1eDX5izuTwwAPipkx70G1522odc/eu3lxrx3Yibhh6xngnMOzHVPcobaB8&#10;wbbpce0U3P/eCqc4098MNmbcUUlwSdgkwQV9DbTJiHbnw/P+p3CWWRQLHnCkHiD1p8hTS2D8ETBg&#10;400DX7YBqjb2C8U2RDQecFZIoqVDTIwLMm616ZlQxzW+/gMAAP//AwBQSwMEFAAGAAgAAAAhAOmf&#10;AbDZAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdxH+UNJtSinoqgq0g&#10;vU2z0yQ0Oxuy2yT99o5e9DLweI83v5cvJ9eqgfrQeDaQzhJQxKW3DVcGPnevd3NQISJbbD2TgQsF&#10;WBbXVzlm1o/8QcM2VkpKOGRooI6xy7QOZU0Ow8x3xOIdfe8wiuwrbXscpdy1+j5JnrXDhuVDjR2t&#10;aypP27Mz8DbiuHpIX4bN6bi+7HdP71+blIy5vZlWC1CRpvgXhh98QYdCmA7+zDao1oAMib9XvMe5&#10;rDhIJgFd5Po/evENAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcATiRnwCAAAOBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6Z8BsNkAAAACAQAA&#10;DwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
+                    <v:group w14:anchorId="2C7569CF" id="Group 41" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1L4JAcgIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X50ma5cadYqhXYMB&#10;RVugHXZWZPkDk0WNUuL034+SrcRogQHrfJAp84kiH595ebXvNNspdC2Ygp+ezDhTRkLZmrrgP55v&#10;Py05c16YUmgwquAvyvGr1ccPl73N1Rwa0KVCRkGMy3tb8MZ7m2eZk43qhDsBqww5K8BOeNpinZUo&#10;eore6Ww+m51nPWBpEaRyjr7eDE6+ivGrSkn/UFVOeaYLTrn5uGJcN2HNVpcir1HYppVjGuIdWXSi&#10;NXTpIdSN8IJtsX0TqmslgoPKn0joMqiqVqpYA1VzOntVzRpha2Mtdd7X9kATUfuKp3eHlfe7Ndon&#10;+4hD9mTegfzliJest3U+9Yd9fQTvK+zCISqC7SOjLwdG1d4zSR8Xs4vlkniX5DpfnI18y4aa8uaM&#10;bL795VQm8uHCmNYhjd6SbtyRGvd/1Dw1wqrIuAulPyJry4J/nnNmREfyXY9KoS/EULicUIG9cedG&#10;It/LzaFKkcut82sFkWKxu3N+kGqZLNEkS+5NMpEEH6Suo9Q9ZyR15IykvhmkboUP50Lfgsn6Y4+a&#10;sUXB18FOPUNE+dAo6uPiC7GQOkx5HiHaTKHU7Qkq+dLbxnAD5nx2cRayomDJnd4DbHLrv2CjyiZB&#10;pQanhntCzfHCAw+EmzLtQLflbat1qN1hvbnWyHYiTI/4jPlOYKRHlw99D9YGyheSTU9CKbj7vRWo&#10;ONPfDQkzzJ9kYDI2yUCvryFOqUg7Ov+8/ynQMktmwT39UveQ9CnyJAnKPwAGbDhp4OvWQ9UGvcTc&#10;hozGDf0r0YoDJTIxDr8wsab7iDqO6NUfAAAA//8DAFBLAwQUAAYACAAAACEA6Z8BsNkAAAACAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm93Ef5Q0m1KKeiqCrSC9TbPTJDQ7G7Lb&#10;JP32jl70MvB4jze/ly8n16qB+tB4NpDOElDEpbcNVwY+d693c1AhIltsPZOBCwVYFtdXOWbWj/xB&#10;wzZWSko4ZGigjrHLtA5lTQ7DzHfE4h197zCK7Cttexyl3LX6PkmetcOG5UONHa1rKk/bszPwNuK4&#10;ekhfhs3puL7sd0/vX5uUjLm9mVYLUJGm+BeGH3xBh0KYDv7MNqjWgAyJv1e8x7msOEgmAV3k+j96&#10;8Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA1L4JAcgIAAOoFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpnwGw2QAAAAIBAAAPAAAAAAAAAAAA&#10;AAAAAMwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;">
                       <v:shape id="Graphic 42" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCq05uzwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvgt9heUJvutFaW1JXkYBQcot/sMdH9jUJzb4NuxtNv70rCD0OM/MbZr0dTCuu5HxjWcF8loAg&#10;Lq1uuFJwOu6nHyB8QNbYWiYFf+RhuxmP1phqe+OCrodQiQhhn6KCOoQuldKXNRn0M9sRR+/HOoMh&#10;SldJ7fAW4aaViyRZSYMNx4UaO8pqKn8PvVEgX/PLvJergl33nb/58+W9yVipl8mw+wQRaAj/4Wf7&#10;SytYLuDxJf4AubkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqtObs8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m309372,l,,,6095r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="642F8B43" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -3592,51 +7868,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="4BED19FD" id="Group 43" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15817728;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTm/VLeAIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtO3DAQfa/Uf7D8XrLAglYRWVRBQZUQ&#10;RWJRn72Oc1Ed2x17N8vfdzyJsxFIlUrzkIwzx3M5c7m6PnSa7RX41pqCn54sOFNG2rI1dcFfNndf&#10;Vpz5IEwptDWq4K/K8+v1509XvcvVmW2sLhUwNGJ83ruCNyG4PMu8bFQn/Il1yqCystCJgEeosxJE&#10;j9Y7nZ0tFpdZb6F0YKXyHv/eDkq+JvtVpWT4UVVeBaYLjrEFegO9t/Gdra9EXoNwTSvHMMQHouhE&#10;a9DpZOpWBMF20L4z1bUSrLdVOJG2y2xVtVJRDpjN6eJNNvdgd45yqfO+dhNNSO0bnj5sVj7un4C1&#10;ZcGX55wZ0WGNyC3DM5LTuzpHzD24Z/cEQ4YoPlj5y6M6e6uP5/oIPlTQxUuYKDsQ668T6+oQmMSf&#10;q+XFCkvJmUTd5fnFWBTZYOXeXZLNt79dy0Q+uKTApkB6h93ljwT6/yPwuRFOUV18JCcRuDwSOPTT&#10;cjlQSKjIHxHqcz9S+WF2pjRFLnc+3CtLLIv9gw9DR5dJEk2S5MEkEXAu4kRomojAGU4EcIYTsR0m&#10;wokQ78XSRZH1szI1Y5WisrN7tbEEC7FWUy1TmTHSI0abORYrPkMlXfo6sjdgLk8XqxgXGkvq9B1g&#10;c7f/BKZem5mV2no1eIp5k8uJC8TN2fZWt+Vdq3VM30O9vdHA9iIuGnrGiGcwbMpU/ChtbfmKvdPj&#10;9im4/70ToDjT3w12Z1xVSYAkbJMAQd9YWmjEPPiwOfwU4JhDseABJ+vRpiYVeWoLjD8CBmy8aezX&#10;XbBVG3uGYhsiGg84MCTR7iEmxj0Zl9v8TKjjNl//AQAA//8DAFBLAwQUAAYACAAAACEAJfh+pt8A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2UKvdVNorYSsxGRticpqIXibc2O&#10;STA7G7JrEv99x1N7fG8+3ryXrUbbiB47XztSEE8iEEiFMzWVCr4PHy8LED5oMrpxhApu6GGVPz5k&#10;OjVuoB32+1AKDiGfagVVCG0qpS8qtNpPXIvEt7PrrA4su1KaTg8cbhuZRNGrtLom/lDpFjcVFpf9&#10;1Sr4HPSwnsbv/fZy3tyOh/nXzzZGpZ6fxvUSRMAx/MFwr8/VIedOJ3cl40XDOkliRhVM33jTHZjN&#10;Z+yc2FlEIPNM/p+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBTm/VLeAIAABUGAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAl+H6m3wAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;">
+                    <v:group w14:anchorId="38BF792B" id="Group 43" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15817728;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBSZdwNbgIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVN9r2zAQfh/sfxB6X512bQkmThntGgal&#10;K7Rjz4os/2CyTjspcfrf7yRbjmlhsMwP8sn36XT33edb3Rw6zfYKXQum4OdnC86UkVC2pi74j5f7&#10;T0vOnBemFBqMKvircvxm/fHDqre5uoAGdKmQURDj8t4WvPHe5lnmZKM64c7AKkPOCrATnrZYZyWK&#10;nqJ3OrtYLK6zHrC0CFI5R1/vBidfx/hVpaT/XlVOeaYLTrn5uGJct2HN1iuR1yhs08oxDXFCFp1o&#10;DV06hboTXrAdtu9Cda1EcFD5MwldBlXVShVroGrOF2+q2SDsbKylzvvaTjQRtW94OjmsfNxv0D7b&#10;JxyyJ/MB5C9HvGS9rfO5P+zrI/hQYRcOURHsEBl9nRhVB88kfVxeXi2pTZxJ8l1/vhoJlw115d0h&#10;2Xz927FM5MOVMbEpkd6SctyRHPd/5Dw3wqrIuQvFPyFry4JfXnJmREcC3oxaoS/EUbicUIG/cedG&#10;Kk9mZypT5HLn/EZBZFnsH5wf1FomSzTJkgeTTCTNB7XrqHbPGakdOSO1bwe1W+HDudC6YLJ+1qZm&#10;7FJwdrBXLxBhPvRq6mVqM2V6xGgzx1LHZ6jkS28b4w2Y6/PFMuRFwZI7vQfY/Np/AketzcJKDU4N&#10;N4W645UTF4Sbs+1At+V9q3Uo32G9vdXI9iIMkfiMGc9gJEqXD80P1hbKV9JOT2opuPu9E6g4098M&#10;qTOMoWRgMrbJQK9vIQ6ryDw6/3L4KdAyS2bBPf1Zj5BEKvIkC8o/AAZsOGngy85D1QbNxNyGjMYN&#10;/TDRinMlMjHOwDC45vuIOk7q9R8AAAD//wMAUEsDBBQABgAIAAAAIQAl+H6m3wAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJtzY5JMDsbsmsS/33H&#10;U3t8bz7evJetRtuIHjtfO1IQTyIQSIUzNZUKvg8fLwsQPmgyunGECm7oYZU/PmQ6NW6gHfb7UAoO&#10;IZ9qBVUIbSqlLyq02k9ci8S3s+usDiy7UppODxxuG5lE0au0uib+UOkWNxUWl/3VKvgc9LCexu/9&#10;9nLe3I6H+dfPNkalnp/G9RJEwDH8wXCvz9Uh504ndyXjRcM6SWJGFUzfeNMdmM1n7JzYWUQg80z+&#10;n5D/AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFJl3A1uAgAA8QUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACX4fqbfAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
                       <v:shape id="Graphic 44" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCcGQ0NwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hvIW9aboiKtW0SMVFYS/+w+ujebbF5qU0WVu//UZY8DjMzG+YVdqbWjyodZVlBV/jCARx&#10;bnXFhYLzaTtagHAeWWNtmRQ8yUGaDAcrjLXt+ECPoy9EgLCLUUHpfRNL6fKSDLqxbYiDd7OtQR9k&#10;W0jdYhfgppaTKJpJgxWHhRIbykrK78dfo2Cxmx2iTaefa329mO/9vMroJ1Pq86NfL0F46v07/N/e&#10;aQXTKby+hB8gkz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnBkNDcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m8458200,l,,,6108r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2063A889" wp14:editId="2A455A66">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="45" name="Group 45"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3685,51 +7961,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="4B07245A" id="Group 45" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDeOFyxfQIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X52mbZYacYqhXYsB&#10;RVegHXZWZPkDk0VNUuL034+iI8dogQHrfJApkaLI90iurvadZjvlfAum4KcnM86UkVC2pi74j+fb&#10;T0vOfBCmFBqMKviL8vxq/fHDqre5mkMDulSOoRPj894WvAnB5lnmZaM64U/AKoPKClwnAm5dnZVO&#10;9Oi909l8NltkPbjSOpDKezy9GZR8Tf6rSsnwvaq8CkwXHGMLtDpaN3HN1iuR107YppWHMMQ7ouhE&#10;a/DR0dWNCIJtXfvGVddKBx6qcCKhy6CqWqkoB8zmdPYqmzsHW0u51Hlf2xEmhPYVTu92Kx92j461&#10;ZcHPLzgzokOO6FmGewSnt3WONnfOPtlHN2SI4j3IXx7V2Wt93NdH433lungJE2V7Qv1lRF3tA5N4&#10;eDa7XC6RG4mqxdnFgRPZIHFv7sjm619uZSIfHqSwxjB6i7Xlj/D5/4PvqRFWESs+QpPgWxzhG6rp&#10;fDEASFYRPYLT5/4A5HuxGbMUudz6cKeAIBa7ex+Gci6TJJokyb1JosOmiO2gqR0CZ9gOjjNsh83Q&#10;DlaEeC/yFkXWHzlqDhRFXQc79QxkFSJRyOPZ5zlniWGM82iizdQU2Z5YJV36W3I32Cxml1SH6Cyp&#10;038wm7z6L7ZUZROnUoNXsaCHnEeBcMDDKdIedFvetlrH3L2rN9fasZ2IE4a+iCJemZhhPSbeo7SB&#10;8gXLpsexU3D/eyuc4kx/M1iYcUYlwSVhkwQX9DXQJCPYnQ/P+5/CWWZRLHjAlnqAVJ8iTyURkxpt&#10;400DX7YBqjbWC8U2RHTYYK+QREOHUjkMyDjVpnuyOo7x9R8AAAD//wMAUEsDBBQABgAIAAAAIQDp&#10;nwGw2QAAAAIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKt&#10;IL1Ns9MkNDsbstsk/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4EL&#10;BVgW11c5ZtaP/EHDNlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40d&#10;rWsqT9uzM/A24rh6SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zH&#10;uaw4SCYBXeT6P3rxDQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN44XLF9AgAADgYAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEA&#10;AA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;">
+                    <v:group w14:anchorId="3A527BF3" id="Group 45" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8XWkycgIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X5w2a9YadYqhXYMB&#10;RVugHXZWZPkDk0WNUuL034+SrcRogQHrfJAp84kiH595ebXvNNspdC2Ygp/M5pwpI6FsTV3wH8+3&#10;n845c16YUmgwquAvyvGr1ccPl73N1Sk0oEuFjIIYl/e24I33Ns8yJxvVCTcDqww5K8BOeNpinZUo&#10;eore6ex0Pl9mPWBpEaRyjr7eDE6+ivGrSkn/UFVOeaYLTrn5uGJcN2HNVpcir1HYppVjGuIdWXSi&#10;NXTpIdSN8IJtsX0TqmslgoPKzyR0GVRVK1Wsgao5mb+qZo2wtbGWOu9re6CJqH3F07vDyvvdGu2T&#10;fcQhezLvQP5yxEvW2zqf+sO+PoL3FXbhEBXB9pHRlwOjau+ZpI+L+cX5OfEuybVcnI18y4aa8uaM&#10;bL795VQm8uHCmNYhjd6SbtyRGvd/1Dw1wqrIuAulPyJry4J/XnJmREfyXY9KoS/EULicUIG9cedG&#10;It/LzaFKkcut82sFkWKxu3N+kGqZLNEkS+5NMpEEH6Suo9Q9ZyR15IykvhmkboUP50Lfgsn6Y4+a&#10;sUXB18FOPUNE+dAo6uPiyylnqcOU5xGizRRK3Z6gki+9bQw3YJbzi7OQFQVL7vQeYJNb/wUbVTYJ&#10;KjU4NdwTao4XHngg3JRpB7otb1utQ+0O6821RrYTYXrEZ8x3AiM9unzoe7A2UL6QbHoSSsHd761A&#10;xZn+bkiYYf4kA5OxSQZ6fQ1xSkXa0fnn/U+BllkyC+7pl7qHpE+RJ0lQ/gEwYMNJA1+3Hqo26CXm&#10;NmQ0buhfiVYcKJGJcfiFiTXdR9RxRK/+AAAA//8DAFBLAwQUAAYACAAAACEA6Z8BsNkAAAACAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm93Ef5Q0m1KKeiqCrSC9TbPTJDQ7G7Lb&#10;JP32jl70MvB4jze/ly8n16qB+tB4NpDOElDEpbcNVwY+d693c1AhIltsPZOBCwVYFtdXOWbWj/xB&#10;wzZWSko4ZGigjrHLtA5lTQ7DzHfE4h197zCK7Cttexyl3LX6PkmetcOG5UONHa1rKk/bszPwNuK4&#10;ekhfhs3puL7sd0/vX5uUjLm9mVYLUJGm+BeGH3xBh0KYDv7MNqjWgAyJv1e8x7msOEgmAV3k+j96&#10;8Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB8XWkycgIAAOoFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpnwGw2QAAAAIBAAAPAAAAAAAAAAAA&#10;AAAAAMwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;">
                       <v:shape id="Graphic 46" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDV6J2wwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8oTedGNrU4muUoRCyU3bosdH9pkEs2/D7uZPv70rCD0OM/MbZrMbTSN6cr62rGAxT0AQ&#10;F1bXXCr4+f6crUD4gKyxsUwK/sjDbvs02WCm7cAH6o+hFBHCPkMFVQhtJqUvKjLo57Yljt7FOoMh&#10;SldK7XCIcNPIlyRJpcGa40KFLe0rKq7HziiQr/lp0cn0wK4952/+9/Re71mp5+n4sQYRaAz/4Uf7&#10;SytYpnD/En+A3N4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1eidsMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m309372,l,,,6095r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CE3B494" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -3827,51 +8103,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="7EBB9EDE" id="Group 47" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.6pt;width:666pt;height:.5pt;z-index:-15817216;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDj4V1tegIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtO3DAQfa/Uf7D8XrLQhW6jzaIKCqqE&#10;KBJUffY6zkV1PK7t3Sx/3/EkzkYgVSrNQzLOHM/lzGV9eeg02yvnWzAFPz1ZcKaMhLI1dcF/PN18&#10;WHHmgzCl0GBUwZ+V55eb9+/Wvc3VGTSgS+UYGjE+723BmxBsnmVeNqoT/gSsMqiswHUi4NHVWelE&#10;j9Y7nZ0tFhdZD660DqTyHv9eD0q+IftVpWT4XlVeBaYLjrEFejt6b+M726xFXjthm1aOYYg3RNGJ&#10;1qDTydS1CILtXPvKVNdKBx6qcCKhy6CqWqkoB8zmdPEim1sHO0u51Hlf24kmpPYFT282K+/3D461&#10;ZcGXnzgzosMakVuGZySnt3WOmFtnH+2DGzJE8Q7kL4/q7KU+nusj+FC5Ll7CRNmBWH+eWFeHwCT+&#10;XC3PV1hKziTqLj6ej0WRDVbu1SXZfP3btUzkg0sKbAqkt9hd/kig/z8CHxthFdXFR3ISgdjqicCh&#10;n5argUJCRf6IUJ/7kco3szOlKXK58+FWAbEs9nc+DB1dJkk0SZIHk0SHcxEnQtNEBM5wIhxnOBHb&#10;YSKsCPFeLF0UWT8rUzNWKSo72KsnIFiItZpqmcqMkR4x2syxWPEZKunS15K9AXOx+Hwe40JjSZ2+&#10;A2zu9p/A1Gszs1KDV4OnmDe5nLhA3JxtD7otb1qtY/re1dsr7dhexEVDzxjxDIZNmYofpS2Uz9g7&#10;PW6fgvvfO+EUZ/qbwe6MqyoJLgnbJLigr4AWGjHvfHg6/BTOMotiwQNO1j2kJhV5aguMPwIGbLxp&#10;4MsuQNXGnqHYhojGAw4MSbR7iIlxT8blNj8T6rjNN38AAAD//wMAUEsDBBQABgAIAAAAIQCr1lsI&#10;3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJt&#10;zI5JMLsbsmsS/33HU3t8bz7evJetRtOInjpfO6sgnkQgyBZO17ZU8H34eFmA8AGtxsZZUnAjD6v8&#10;8SHDVLvB7qjfh1JwiPUpKqhCaFMpfVGRQT9xLVm+nV1nMLDsSqk7HDjcNDKJoldpsLb8ocKWNhUV&#10;l/3VKPgccFhP4/d+ezlvbsfD/OtnG5NSz0/jegki0Bj+YLjX5+qQc6eTu1rtRcM6SWJGFUzfEhB3&#10;YDafsXNiZ5GAzDP5f0L+CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOPhXW16AgAAFQYA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKvWWwjfAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAA1AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;">
+                    <v:group w14:anchorId="62724ED7" id="Group 47" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.6pt;width:666pt;height:.5pt;z-index:-15817216;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDV6lXybgIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X512TdEadYqhXYMB&#10;RVegHXZWZPkDk0WNUuL034+SLcdogQHLfJAp84kiH595fbPvNNspdC2Ygp+eLDhTRkLZmrrgP17u&#10;P11y5rwwpdBgVMFfleM3q48frnubqzNoQJcKGQUxLu9twRvvbZ5lTjaqE+4ErDLkrAA74WmLdVai&#10;6Cl6p7OzxeIi6wFLiyCVc/T1bnDyVYxfVUr671XllGe64JSbjyvGdRPWbHUt8hqFbVo5piGOyKIT&#10;raFLp1B3wgu2xfZdqK6VCA4qfyKhy6CqWqliDVTN6eJNNWuErY211Hlf24kmovYNT0eHlY+7Ndpn&#10;+4RD9mQ+gPzliJest3U+94d9fQDvK+zCISqC7SOjrxOjau+ZpI+X58tLahNnknwXn5cj4bKhrrw7&#10;JJuvfzuWiXy4MiY2JdJbUo47kOP+j5znRlgVOXeh+CdkbVnwc5KxER0JeD1qhb4QR+FyQgX+xp0b&#10;qTyanalMkcut82sFkWWxe3B+UGuZLNEkS+5NMpE0H9Suo9o9Z6R25IzUvhnUboUP50Lrgsn6WZua&#10;sUvB2cFOvUCE+dCrqZepzZTpAaPNHEsdn6GSL71tjDdgLhZXy5AXBUvu9B5g82v/CRy1NgsrNTg1&#10;3BTqjldOXBBuzrYD3Zb3rdahfIf15lYj24kwROIzZjyDkShdPjQ/WBsoX0k7Paml4O73VqDiTH8z&#10;pM4whpKBydgkA72+hTisIvPo/Mv+p0DLLJkF9/RnPUISqciTLCj/ABiw4aSBL1sPVRs0E3MbMho3&#10;9MNEK86VyMQ4A8Pgmu8j6jCpV38AAAD//wMAUEsDBBQABgAIAAAAIQCr1lsI3wAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJtzI5JMLsbsmsS/33H&#10;U3t8bz7evJetRtOInjpfO6sgnkQgyBZO17ZU8H34eFmA8AGtxsZZUnAjD6v88SHDVLvB7qjfh1Jw&#10;iPUpKqhCaFMpfVGRQT9xLVm+nV1nMLDsSqk7HDjcNDKJoldpsLb8ocKWNhUVl/3VKPgccFhP4/d+&#10;ezlvbsfD/OtnG5NSz0/jegki0Bj+YLjX5+qQc6eTu1rtRcM6SWJGFUzfEhB3YDafsXNiZ5GAzDP5&#10;f0L+CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANXqVfJuAgAA8QUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKvWWwjfAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
                       <v:shape id="Graphic 48" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAdVAcIvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LqsIw&#10;EN0L/kMYwZ2miqhUo0hFUbgbX7gdmrEtNpPSRFv/3iwuuDyc93LdmlK8qXaFZQWjYQSCOLW64EzB&#10;9bIbzEE4j6yxtEwKPuRgvep2lhhr2/CJ3mefiRDCLkYFufdVLKVLczLohrYiDtzD1gZ9gHUmdY1N&#10;CDelHEfRVBosODTkWFGSU/o8v4yC+WF6iraN/mz0/Wb2x1mR0F+iVL/XbhYgPLX+J/53H7SCSRgb&#10;voQfIFdfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB1UBwi+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m8458200,l,,,6095r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="221A927D" wp14:editId="70728326">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="49" name="Group 49"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3920,51 +8196,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="01E9649E" id="Group 49" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+f71ZfQIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtO3DAQfa/Uf7D8XrILLV2izaIKCqqE&#10;KBJUffY6zkV1PO7Yu1n+vmMnzkYgVSrNQzLOHM/lzGV9eeg02yt0LZiCL08WnCkjoWxNXfAfTzcf&#10;Vpw5L0wpNBhV8Gfl+OXm/bt1b3N1Cg3oUiEjI8blvS14473Ns8zJRnXCnYBVhpQVYCc8HbHOShQ9&#10;We90drpYnGc9YGkRpHKO/l4PSr6J9qtKSf+9qpzyTBecYvPxjfG9De9ssxZ5jcI2rRzDEG+IohOt&#10;IaeTqWvhBdth+8pU10oEB5U/kdBlUFWtVDEHyma5eJHNLcLOxlzqvK/tRBNR+4KnN5uV9/sHZG1Z&#10;8I8XnBnRUY2iW0ZnIqe3dU6YW7SP9gGHDEm8A/nLkTp7qQ/n+gg+VNiFS5QoO0TWnyfW1cEzST/P&#10;FherFdVGkur87NNYE9lQ4V7dkc3Xv9zKRD44jGFNYfSWessd6XP/R99jI6yKVXGBmpE+inuib+im&#10;IZPgnFCBvUiny91I5Fu5mbIUudw5f6sgUiz2d84P7VwmSTRJkgeTRKShCOOg4zh4zmgckDMah+0w&#10;Dlb4cC/ULYisP9aoGUsUdB3s1RNElA+FojqefT7lLFWY4jxCtJlDiasZKunS10ZzA+Z8uViFqMhY&#10;UqfvAJt5/Rds7LKZUanBqcFPyDk6nHgg3JxpB7otb1qtQ+4O6+2VRrYXYcPEZ4x3BqN+THUP0hbK&#10;Z2qbntZOwd3vnUDFmf5mqDEpa58ETMI2Cej1FcRNFmlH558OPwVaZkksuKeRuofUnyJPLUHxB8CA&#10;DTcNfNl5qNrQLzG2IaLxQLMSpbh0IhPjggxbbX6OqOMa3/wBAAD//wMAUEsDBBQABgAIAAAAIQDp&#10;nwGw2QAAAAIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKt&#10;IL1Ns9MkNDsbstsk/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4EL&#10;BVgW11c5ZtaP/EHDNlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40d&#10;rWsqT9uzM/A24rh6SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zH&#10;uaw4SCYBXeT6P3rxDQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL5/vVl9AgAADgYAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEA&#10;AA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;">
+                    <v:group w14:anchorId="2535FCB0" id="Group 49" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB0zwaObwIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVO9r2zAQ/T7Y/yD0fXHasi4zccpo1zAo&#10;XaEZ+6zI8g8m67STEif//U6ylZgWBuvywTn5nk7v3j1reXPoNNsrdC2Ygl/M5pwpI6FsTV3wH5v7&#10;DwvOnBemFBqMKvhROX6zev9u2dtcXUIDulTIqIhxeW8L3nhv8yxzslGdcDOwylCyAuyEpyXWWYmi&#10;p+qdzi7n8+usBywtglTO0du7IclXsX5VKem/V5VTnumCEzcfnxif2/DMVkuR1yhs08qRhngDi060&#10;hg49lboTXrAdtq9Kda1EcFD5mYQug6pqpYo9UDcX8xfdrBF2NvZS531tTzKRtC90enNZ+bhfo322&#10;Tziwp/AB5C9HumS9rfNpPqzrM/hQYRc2URPsEBU9nhRVB88kvbyaf14sSHdJqeurj6PesqGhvNoj&#10;m69/2ZWJfDgw0jrR6C35xp2lcf8nzXMjrIqKu9D6E7K2LDjxZkZ0ZN/16JShk3A4oYJ6pFdYuVHI&#10;t2pz6lLkcuf8WkGUWOwfnB+sWqZINCmSB5NCJMMHq+todc8ZWR05I6tvB6tb4cO+MLcQsv48o2Yc&#10;Uch1sFcbiCgfBkVzvPp0yVmaMPE8Q7SZQkmrCSrl0r+N5QbM9cV8EVhRsZRO/wNscuq/YKPLJkWl&#10;BqeGc0LP8cCTDoSbKu1At+V9q3Xo3WG9vdXI9iLcHvE38p3AyI9p7iHaQnkk2/RklIK73zuBijP9&#10;zZAxqWufAkzBNgXo9S3EWyrKjs5vDj8FWmYpLLinT+oRkj9FnixB/ANgwIadBr7sPFRt8EvkNjAa&#10;F/StxCheKFGJ8fILN9Z0HVHnK3r1BwAA//8DAFBLAwQUAAYACAAAACEA6Z8BsNkAAAACAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm93Ef5Q0m1KKeiqCrSC9TbPTJDQ7G7LbJP32&#10;jl70MvB4jze/ly8n16qB+tB4NpDOElDEpbcNVwY+d693c1AhIltsPZOBCwVYFtdXOWbWj/xBwzZW&#10;Sko4ZGigjrHLtA5lTQ7DzHfE4h197zCK7Cttexyl3LX6PkmetcOG5UONHa1rKk/bszPwNuK4ekhf&#10;hs3puL7sd0/vX5uUjLm9mVYLUJGm+BeGH3xBh0KYDv7MNqjWgAyJv1e8x7msOEgmAV3k+j968Q0A&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB0zwaObwIAAOoFAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpnwGw2QAAAAIBAAAPAAAAAAAAAAAAAAAA&#10;AMkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzwUAAAAA&#10;">
                       <v:shape id="Graphic 50" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCwlDaCvAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JCsIw&#10;EL0L/kMYwZumKi5Uo4ggiDc39Dg0Y1tsJiWJWv/eHASPj7cvVo2pxIucLy0rGPQTEMSZ1SXnCs6n&#10;bW8GwgdkjZVlUvAhD6tlu7XAVNs3H+h1DLmIIexTVFCEUKdS+qwgg75va+LI3a0zGCJ0udQO3zHc&#10;VHKYJBNpsOTYUGBNm4Kyx/FpFMjR/jp4ysmBXX3bj/3lOi03rFS306znIAI14S/+uXdawTiuj1/i&#10;D5DLLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCwlDaCvAAAANsAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;" path="m309372,l,,,6108r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="074A6867" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -4062,51 +8338,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="3941A46E" id="Group 51" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15816704;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiKXEMeAIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtq3DAQfS/0H4TeG+9uu2Ex8YaSNKEQ&#10;0kAS+qyV5QuVJXWkXW/+vqOx5TUJFJr6wR55juZy5nJxeew0OyjwrTUFX54tOFNG2rI1dcGfn24+&#10;bTjzQZhSaGtUwV+U55fbjx8ueperlW2sLhUwNGJ83ruCNyG4PMu8bFQn/Jl1yqCystCJgEeosxJE&#10;j9Y7na0Wi/Ost1A6sFJ5j3+vByXfkv2qUjL8qCqvAtMFx9gCvYHeu/jOthcir0G4ppVjGOIdUXSi&#10;Neh0MnUtgmB7aN+Y6loJ1tsqnEnbZbaqWqkoB8xmuXiVzS3YvaNc6ryv3UQTUvuKp3eblfeHB2Bt&#10;WfD1kjMjOqwRuWV4RnJ6V+eIuQX36B5gyBDFOyt/eVRnr/XxXJ/Axwq6eAkTZUdi/WViXR0Dk/hz&#10;82W9wVJyJlF3/nk9FkU2WLk3l2Tz7W/XMpEPLimwKZDeYXf5E4H+/wh8bIRTVBcfyUkErk4EDv20&#10;Xg0UEiryR4T63I9UvpudKU2Ry70Pt8oSy+Jw58PQ0WWSRJMkeTRJBJyLOBGaJiJwhhMBnOFE7IaJ&#10;cCLEe7F0UWT9rEzNWKWo7OxBPVmChVirqZapzBjpCaPNHIsVn6GSLn0d2Rsw58vFJsaFxpI6fQfY&#10;3O0/ganXZmaltl4NnmLe5HLiAnFztr3VbXnTah3T91DvrjSwg4iLhp4x4hkMmzIVP0o7W75g7/S4&#10;fQruf+8FKM70d4PdGVdVEiAJuyRA0FeWFhoxDz48HX8KcMyhWPCAk3VvU5OKPLUFxh8BAzbeNPbr&#10;PtiqjT1DsQ0RjQccGJJo9xAT456My21+JtRpm2//AAAA//8DAFBLAwQUAAYACAAAACEAJfh+pt8A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2UKvdVNorYSsxGRticpqIXibc2O&#10;STA7G7JrEv99x1N7fG8+3ryXrUbbiB47XztSEE8iEEiFMzWVCr4PHy8LED5oMrpxhApu6GGVPz5k&#10;OjVuoB32+1AKDiGfagVVCG0qpS8qtNpPXIvEt7PrrA4su1KaTg8cbhuZRNGrtLom/lDpFjcVFpf9&#10;1Sr4HPSwnsbv/fZy3tyOh/nXzzZGpZ6fxvUSRMAx/MFwr8/VIedOJ3cl40XDOkliRhVM33jTHZjN&#10;Z+yc2FlEIPNM/p+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBiKXEMeAIAABUGAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAl+H6m3wAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;">
+                    <v:group w14:anchorId="3FB9E35A" id="Group 51" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15816704;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGDNEIbgIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVN9r2zAQfh/sfxB6X512awkmThntGgal&#10;K7Rlz4os/2CyTjspcfrf7yRbjmlhsMwP8sn36XT33edbXR86zfYKXQum4OdnC86UkVC2pi74y/Pd&#10;pyVnzgtTCg1GFfxVOX69/vhh1dtcXUADulTIKIhxeW8L3nhv8yxzslGdcGdglSFnBdgJT1ussxJF&#10;T9E7nV0sFldZD1haBKmco6+3g5OvY/yqUtL/qCqnPNMFp9x8XDGu27Bm65XIaxS2aeWYhjghi060&#10;hi6dQt0KL9gO23ehulYiOKj8mYQug6pqpYo1UDXnizfVbBB2NtZS531tJ5qI2jc8nRxWPuw3aJ/s&#10;Iw7Zk3kP8pcjXrLe1vncH/b1EXyosAuHqAh2iIy+Toyqg2eSPi6/XC6pTZxJ8l19vhwJlw115d0h&#10;2Xz727FM5MOVMbEpkd6SctyRHPd/5Dw1wqrIuQvFPyJry4JfXnBmREcC3oxaoS/EUbicUIG/cedG&#10;Kk9mZypT5HLn/EZBZFns750f1FomSzTJkgeTTCTNB7XrqHbPGakdOSO1bwe1W+HDudC6YLJ+1qZm&#10;7FJwdrBXzxBhPvRq6mVqM2V6xGgzx1LHZ6jkS28b4w2Yq/PFMuRFwZI7vQfY/Np/AketzcJKDU4N&#10;N4W645UTF4Sbs+1At+Vdq3Uo32G9vdHI9iIMkfiMGc9gJEqXD80P1hbKV9JOT2opuPu9E6g4098N&#10;qTOMoWRgMrbJQK9vIA6ryDw6/3z4KdAyS2bBPf1ZD5BEKvIkC8o/AAZsOGng685D1QbNxNyGjMYN&#10;/TDRinMlMjHOwDC45vuIOk7q9R8AAAD//wMAUEsDBBQABgAIAAAAIQAl+H6m3wAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJtzY5JMDsbsmsS/33H&#10;U3t8bz7evJetRtuIHjtfO1IQTyIQSIUzNZUKvg8fLwsQPmgyunGECm7oYZU/PmQ6NW6gHfb7UAoO&#10;IZ9qBVUIbSqlLyq02k9ci8S3s+usDiy7UppODxxuG5lE0au0uib+UOkWNxUWl/3VKvgc9LCexu/9&#10;9nLe3I6H+dfPNkalnp/G9RJEwDH8wXCvz9Uh504ndyXjRcM6SWJGFUzfeNMdmM1n7JzYWUQg80z+&#10;n5D/AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMYM0QhuAgAA8QUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACX4fqbfAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
                       <v:shape id="Graphic 52" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD5ZaY/wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6qgK13TIhVFwYv/2OujeduWbV5KE2399kYQ9jjMzG+YZdqbWtypdZVlBZNxBII4&#10;t7riQsHlvPlcgHAeWWNtmRQ8yEGaDD6WGGvb8ZHuJ1+IAGEXo4LS+yaW0uUlGXRj2xAH79e2Bn2Q&#10;bSF1i12Am1pOo2guDVYcFkpsKCsp/zvdjILFbn6M1p1+rPTP1Wz3X1VGh0yp0bBffYPw1Pv/8Lu9&#10;0wpmU3h9CT9AJk8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+WWmP8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m8458200,l,,,6108r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01CDBBC3" wp14:editId="4CA8E056">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="53" name="Group 53"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4155,51 +8431,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="593EC099" id="Group 53" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDq5tTYfQIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVFtP2zAUfp+0/2D5fU1pKYOIFE0w0CTE&#10;kGDas+s4F82xvWO3Kf9+xydxG4E0aSwPyXHO53P5zuXyat9ptlPgW2sKfjKbc6aMtGVr6oL/eL79&#10;dM6ZD8KUQlujCv6iPL9af/xw2btcLWxjdamAoRHj894VvAnB5VnmZaM64WfWKYPKykInAh6hzkoQ&#10;PVrvdLaYz8+y3kLpwErlPf69GZR8TfarSsnwvaq8CkwXHGML9AZ6b+I7W1+KvAbhmlaOYYh3RNGJ&#10;1qDTg6kbEQTbQvvGVNdKsN5WYSZtl9mqaqWiHDCbk/mrbO7Abh3lUud97Q40IbWveHq3WfmwewTW&#10;lgVfLTkzosMakVuGZySnd3WOmDtwT+4RhgxRvLfyl0d19lofz/URvK+gi5cwUbYn1l8OrKt9YBJ/&#10;LucX5+dYG4mqs+VqrIlssHBv7sjm619uZSIfHFJYhzB6h73lj/T5/6PvqRFOUVV8pCbRd3qkb+im&#10;1elAIKEie0Snz/1I5Hu5OWQpcrn14U5Zoljs7n0Y2rlMkmiSJPcmiYBDEcdB0zgEznAcgDMch80w&#10;Dk6EeC/WLYqsP9aoGUsUdZ3dqWdLqBALhXVcfl5wliqMcR4h2kyhWO0JKunS15G5AXM2v1jFqNBY&#10;UqfvAJt4/RcsddnEqNTWq8FPzJkcHnhA3JRpb3Vb3rZax9w91JtrDWwn4oahZ4x3AsN+THWP0saW&#10;L9g2Pa6dgvvfWwGKM/3NYGPGHZUESMImCRD0taVNRrSDD8/7nwIccygWPOBIPdjUnyJPLYHxR8CA&#10;jTeN/bINtmpjv1BsQ0TjAWeFJFo6xMS4IONWm54JdVzj6z8AAAD//wMAUEsDBBQABgAIAAAAIQDp&#10;nwGw2QAAAAIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKt&#10;IL1Ns9MkNDsbstsk/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4EL&#10;BVgW11c5ZtaP/EHDNlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40d&#10;rWsqT9uzM/A24rh6SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zH&#10;uaw4SCYBXeT6P3rxDQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOrm1Nh9AgAADgYAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEA&#10;AA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;">
+                    <v:group w14:anchorId="1E5BDE47" id="Group 53" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJYMAIcgIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X50ma5cadYqhXYMB&#10;RVugHXZWZPkDk0WNUuL034+SrcRogQHrfJAp84kiH595ebXvNNspdC2Ygp+ezDhTRkLZmrrgP55v&#10;Py05c16YUmgwquAvyvGr1ccPl73N1Rwa0KVCRkGMy3tb8MZ7m2eZk43qhDsBqww5K8BOeNpinZUo&#10;eore6Ww+m51nPWBpEaRyjr7eDE6+ivGrSkn/UFVOeaYLTrn5uGJcN2HNVpcir1HYppVjGuIdWXSi&#10;NXTpIdSN8IJtsX0TqmslgoPKn0joMqiqVqpYA1VzOntVzRpha2Mtdd7X9kATUfuKp3eHlfe7Ndon&#10;+4hD9mTegfzliJest3U+9Yd9fQTvK+zCISqC7SOjLwdG1d4zSR8Xs4vlkniX5DpfnI18y4aa8uaM&#10;bL795VQm8uHCmNYhjd6SbtyRGvd/1Dw1wqrIuAulPyJry4KffebMiI7kux6VQl+IoXA5oQJ7486N&#10;RL6Xm0OVIpdb59cKIsVid+f8INUyWaJJltybZCIJPkhdR6l7zkjqyBlJfTNI3QofzoW+BZP1xx41&#10;Y4uCr4OdeoaI8qFR1MfFlzlnqcOU5xGizRRK3Z6gki+9bQw3YM5nF2chKwqW3Ok9wCa3/gs2qmwS&#10;VGpwargn1BwvPPBAuCnTDnRb3rZah9od1ptrjWwnwvSIz5jvBEZ6dPnQ92BtoHwh2fQklIK731uB&#10;ijP93ZAww/xJBiZjkwz0+hrilIq0o/PP+58CLbNkFtzTL3UPSZ8iT5Kg/ANgwIaTBr5uPVRt0EvM&#10;bcho3NC/Eq04UCIT4/ALE2u6j6jjiF79AQAA//8DAFBLAwQUAAYACAAAACEA6Z8BsNkAAAACAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm93Ef5Q0m1KKeiqCrSC9TbPTJDQ7G7Lb&#10;JP32jl70MvB4jze/ly8n16qB+tB4NpDOElDEpbcNVwY+d693c1AhIltsPZOBCwVYFtdXOWbWj/xB&#10;wzZWSko4ZGigjrHLtA5lTQ7DzHfE4h197zCK7Cttexyl3LX6PkmetcOG5UONHa1rKk/bszPwNuK4&#10;ekhfhs3puL7sd0/vX5uUjLm9mVYLUJGm+BeGH3xBh0KYDv7MNqjWgAyJv1e8x7msOEgmAV3k+j96&#10;8Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJYMAIcgIAAOoFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpnwGw2QAAAAIBAAAPAAAAAAAAAAAA&#10;AAAAAMwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;">
                       <v:shape id="Graphic 54" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPrzCBwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Lq8Iw&#10;FIT3gv8hHMGdpj7vpRpFBEHc+cK7PDTntsXmpCRR6783guBymJlvmPmyMZW4k/OlZQWDfgKCOLO6&#10;5FzB6bjp/YLwAVljZZkUPMnDctFuzTHV9sF7uh9CLiKEfYoKihDqVEqfFWTQ921NHL1/6wyGKF0u&#10;tcNHhJtKDpNkKg2WHBcKrGldUHY93IwCOdpdBjc53bOr/3YTf778lGtWqttpVjMQgZrwDX/aW61g&#10;Mob3l/gD5OIFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz68wgcAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m309372,l,,,6095r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="77DE85D8" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -4297,51 +8573,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="5DB51A9B" id="Group 55" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15816192;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEtqRveAIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X5x2S5AZdYqhXYMB&#10;RVegHXZWZPkDkyWNUuLk34+iI8dogQHrfJApkaLI90heXR86zfYKfGtNwS9mc86UkbZsTV3wH893&#10;H1ac+SBMKbQ1quBH5fn1+v27q97l6tI2VpcKGDoxPu9dwZsQXJ5lXjaqE35mnTKorCx0IuAW6qwE&#10;0aP3TmeX8/ky6y2UDqxU3uPp7aDka/JfVUqG71XlVWC64BhboBVo3cY1W1+JvAbhmlaewhBviKIT&#10;rcFHR1e3Igi2g/aVq66VYL2twkzaLrNV1UpFOWA2F/MX2WzA7hzlUud97UaYENoXOL3ZrXzYPwJr&#10;y4IvFpwZ0SFH9CzDPYLTuzpHmw24J/cIQ4Yo3lv5y6M6e6mP+/psfKigi5cwUXYg1I8j6uoQmMTD&#10;1afFCqnkTKJu+XFxIkU2yNyrS7L5+rdrmciHJymwMZDeYXX5M4D+/wB8aoRTxIuP4CQAl2cAh3pa&#10;LAcIySriR4D63J+gfDM6Y5oilzsfNsoSymJ/78NQ0WWSRJMkeTBJBOyL2BGaOiJwhh0BnGFHbIeO&#10;cCLEe5G6KLJ+QlNzYikqO7tXz5bMQuRq5DLRjJGebbSZ2iLjE6ukS39H/gab5fwzIYnOkjr9B7Pp&#10;s/9kTLU2cSu19SrW9ZD3KBAWeDhF21vdlnet1jF9D/X2RgPbizho6ItI4pWJGRZlIj9KW1sesXZ6&#10;nD4F9793AhRn+pvB6oyjKgmQhG0SIOgbSwONkAcfng8/BTjmUCx4wM56sKlIRZ7KIiY12sabxn7Z&#10;BVu1sWYotiGi0wYbhiSaPZTKaU7G4Tbdk9V5mq//AAAA//8DAFBLAwQUAAYACAAAACEAJfh+pt8A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2UKvdVNorYSsxGRticpqIXibc2O&#10;STA7G7JrEv99x1N7fG8+3ryXrUbbiB47XztSEE8iEEiFMzWVCr4PHy8LED5oMrpxhApu6GGVPz5k&#10;OjVuoB32+1AKDiGfagVVCG0qpS8qtNpPXIvEt7PrrA4su1KaTg8cbhuZRNGrtLom/lDpFjcVFpf9&#10;1Sr4HPSwnsbv/fZy3tyOh/nXzzZGpZ6fxvUSRMAx/MFwr8/VIedOJ3cl40XDOkliRhVM33jTHZjN&#10;Z+yc2FlEIPNM/p+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBEtqRveAIAABUGAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAl+H6m3wAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;">
+                    <v:group w14:anchorId="3B603FA2" id="Group 55" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15816192;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXZiWybgIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X512S9AZdYqhXYMB&#10;RVegHXZWZPkDk0WNUuL034+SLcdogQHLfLCfRIoiH595dX3oNNsrdC2Ygp+fLThTRkLZmrrgP57v&#10;Plxy5rwwpdBgVMFflOPX6/fvrnqbqwtoQJcKGQUxLu9twRvvbZ5lTjaqE+4MrDJkrAA74WmJdVai&#10;6Cl6p7OLxWKV9YClRZDKOdq9HYx8HeNXlZL+e1U55ZkuOOXm4xvjexve2fpK5DUK27RyTEOckEUn&#10;WkOXTqFuhRdsh+2bUF0rERxU/kxCl0FVtVLFGqia88WrajYIOxtrqfO+thNNRO0rnk4OKx/2G7RP&#10;9hGH7Aneg/zliJest3U+t4d1fXQ+VNiFQ1QEO0RGXyZG1cEzSZuXn5aX1CbOJNlWH5cj4bKhrrw5&#10;JJuvfzuWiXy4MiY2JdJbUo47kuP+j5ynRlgVOXeh+EdkbVnw5YozIzoS8GbUCu0QR+Fy8gr8jSs3&#10;UnkyO1OZIpc75zcKIstif+/8oNYyIdEkJA8mQSTNB7XrqHbPGakdOSO1bwe1W+HDudC6AFk/a1Mz&#10;dikYO9irZ4huPvRq6mVqM2V69NFm7ksdn3klW/raGG/wWS0+RyYpWDKn7+A2v/afnKPWZmGlBqeI&#10;QdoKdU8gckGbc7Yd6La8a7UO5Tustzca2V6EIRKfwCQdmbmRKF0+ND+gLZQvpJ2e1FJw93snUHGm&#10;vxlSZxhDCWAC2wTQ6xuIwyoyj84/H34KtMwSLLinP+sBkkhFnmQRipp8w0kDX3YeqjZoJuY2ZDQu&#10;6IeJKM6VWMo4A8Pgmq+j13FSr/8AAAD//wMAUEsDBBQABgAIAAAAIQAl+H6m3wAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJtzY5JMDsbsmsS/33H&#10;U3t8bz7evJetRtuIHjtfO1IQTyIQSIUzNZUKvg8fLwsQPmgyunGECm7oYZU/PmQ6NW6gHfb7UAoO&#10;IZ9qBVUIbSqlLyq02k9ci8S3s+usDiy7UppODxxuG5lE0au0uib+UOkWNxUWl/3VKvgc9LCexu/9&#10;9nLe3I6H+dfPNkalnp/G9RJEwDH8wXCvz9Uh504ndyXjRcM6SWJGFUzfeNMdmM1n7JzYWUQg80z+&#10;n5D/AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANdmJbJuAgAA8QUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACX4fqbfAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
                       <v:shape id="Graphic 56" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCGXqA8xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9md0KxpC6ikQqFnoxWnp9ZF+T0OzbkN2a+O+7hYLHYWa+YdbbyXbiSoNvHWt4ThQI&#10;4sqZlmsNl/PrPAPhA7LBzjFpuJGH7eZhtsbcuJFPdC1DLSKEfY4amhD6XEpfNWTRJ64njt6XGyyG&#10;KIdamgHHCLedXCiVSostx4UGeyoaqr7LH6shO6YntR/NbWc+P+zhbdUW9F5o/fQ47V5ABJrCPfzf&#10;PhoNyxT+vsQfIDe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIZeoDzEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m8458200,l,,,6096r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30FF4211" wp14:editId="4B964CFC">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="57" name="Group 57"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4390,51 +8666,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="33315622" id="Group 57" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAi45E+fQIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X522SJsZdYqhXYMB&#10;RVegHXZWZPkDkyWNUuLk34+iI8dogQHLfJApkaLI90je3O46zbYKfGtNwc/PZpwpI23ZmrrgP14f&#10;Pi0480GYUmhrVMH3yvPb5ccPN73L1YVtrC4VMHRifN67gjchuDzLvGxUJ/yZdcqgsrLQiYBbqLMS&#10;RI/eO51dzGZXWW+hdGCl8h5P7wclX5L/qlIyfK8qrwLTBcfYAq1A6zqu2fJG5DUI17TyEIY4IYpO&#10;tAYfHV3diyDYBtp3rrpWgvW2CmfSdpmtqlYqygGzOZ+9yWYFduMolzrvazfChNC+welkt/Jp+wys&#10;LQs+v+bMiA45omcZ7hGc3tU52qzAvbhnGDJE8dHKXx7V2Vt93NdH410FXbyEibIdob4fUVe7wCQe&#10;Xs4+LxbIjUTV1eX8wIlskLh3d2Tz9S+3MpEPD1JYYxi9w9ryR/j8/8H30giniBUfoUnwYaEn+IZq&#10;mi8GAMkqokdw+twfgDwVmzFLkcuNDytlCWKxffRhKOcySaJJktyZJAI2RWwHTe0QOMN2AM6wHdZD&#10;OzgR4r3IWxRZf+SoOVAUdZ3dqldLViEShTxeXl9wlhjGOI8m2kxNke2JVdKlvyN3g83V+YxgRGdJ&#10;nf6D2eTVf7GlKps4ldp6FQt6yHkUCAc8nCLtrW7Lh1brmLuHen2ngW1FnDD0RRTxysQM6zHxHqW1&#10;LfdYNj2OnYL73xsBijP9zWBhxhmVBEjCOgkQ9J2lSUawgw+vu58CHHMoFjxgSz3ZVJ8iTyURkxpt&#10;401jv2yCrdpYLxTbENFhg71CEg0dSuUwIONUm+7J6jjGl38AAAD//wMAUEsDBBQABgAIAAAAIQDp&#10;nwGw2QAAAAIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKt&#10;IL1Ns9MkNDsbstsk/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4EL&#10;BVgW11c5ZtaP/EHDNlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40d&#10;rWsqT9uzM/A24rh6SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zH&#10;uaw4SCYBXeT6P3rxDQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACLjkT59AgAADgYAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEA&#10;AA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;">
+                    <v:group w14:anchorId="5766EC2C" id="Group 57" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmK9BrcQIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X502aNYadYqhXYMB&#10;RVegHXZWZPkDk0WNUuL034+SLcdogQHrfLCfRIoiH595dX3oNNsrdC2Ygp+eLDhTRkLZmrrgP57v&#10;Pl1w5rwwpdBgVMFflOPX648frnqbqzNoQJcKGQUxLu9twRvvbZ5lTjaqE+4ErDJkrAA74WmJdVai&#10;6Cl6p7OzxWKV9YClRZDKOdq9HYx8HeNXlZL+e1U55ZkuOOXm4xvjexve2fpK5DUK27RyTEO8I4tO&#10;tIYunULdCi/YDts3obpWIjio/ImELoOqaqWKNVA1p4tX1WwQdjbWUud9bSeaiNpXPL07rHzYb9A+&#10;2Uccsid4D/KXI16y3tb53B7W9dH5UGEXDlER7BAZfZkYVQfPJG0uF5cXF8S7JNNqeT7yLRtqypsz&#10;svn6l1OZyIcLY1pTGr0l3bgjNe7/qHlqhFWRcRdKf0TWlgU/JxEb0ZF8N6NSaIcYCpeTV2BvXLmR&#10;yPdyM1UpcrlzfqMgUiz2984PUi0TEk1C8mASRBJ8kLqOUveckdSRM5L6dpC6FT6cC30LkPXHHjVj&#10;i4Ktg716hujlQ6Ooj8vPZ5ylDlOeRxdt5q7U7ZlXsqWvjeEGn9XpItJIwZI5fQe32a3/4htVNgsq&#10;NThF7NFWqHkCkQfanDPtQLflXat1qN1hvb3RyPYiTI/4BBbpyMyN9Ojyoe8BbaF8Idn0JJSCu987&#10;gYoz/c2QMMP8SQAT2CaAXt9AnFKRdnT++fBToGWWYME9/VIPkPQp8iSJUNTkG04a+LLzULVBLzG3&#10;IaNxQf9KRHGgxFLG4Rcm1nwdvY4jev0HAAD//wMAUEsDBBQABgAIAAAAIQDpnwGw2QAAAAIBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKtIL1Ns9MkNDsbstsk&#10;/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4ELBVgW11c5ZtaP/EHD&#10;NlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40drWsqT9uzM/A24rh6&#10;SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zHuaw4SCYBXeT6P3rx&#10;DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOYr0GtxAgAA6gUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEAAA8AAAAAAAAAAAAA&#10;AAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
                       <v:shape id="Graphic 58" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBO4jqEvAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JCsIw&#10;EL0L/kMYwZumKi5Uo4ggiDc39Dg0Y1tsJiWJWv/eHASPj7cvVo2pxIucLy0rGPQTEMSZ1SXnCs6n&#10;bW8GwgdkjZVlUvAhD6tlu7XAVNs3H+h1DLmIIexTVFCEUKdS+qwgg75va+LI3a0zGCJ0udQO3zHc&#10;VHKYJBNpsOTYUGBNm4Kyx/FpFMjR/jp4ysmBXX3bj/3lOi03rFS306znIAI14S/+uXdawTiOjV/i&#10;D5DLLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBO4jqEvAAAANsAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;" path="m309372,l,,,6108r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="15709C9C" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -4532,51 +8808,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="3A1AE216" id="Group 59" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15815680;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBshra5ewIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtq3DAQfS/0H4TeG2/S7pKYeENJmlAI&#10;aSAb+qyV5QuVNepIu978fUey5TUJFJr6wR55juZy5nJ5deg02yt0LZiCn54sOFNGQtmauuDPm9tP&#10;55w5L0wpNBhV8Bfl+NX644fL3ubqDBrQpUJGRozLe1vwxnubZ5mTjeqEOwGrDCkrwE54OmKdlSh6&#10;st7p7GyxWGU9YGkRpHKO/t4MSr6O9qtKSf+jqpzyTBecYvPxjfG9De9sfSnyGoVtWjmGId4RRSda&#10;Q04nUzfCC7bD9o2prpUIDip/IqHLoKpaqWIOlM3p4lU2dwg7G3Op8762E01E7Sue3m1WPuwfkbVl&#10;wZcXnBnRUY2iW0ZnIqe3dU6YO7RP9hGHDEm8B/nLkTp7rQ/n+gg+VNiFS5QoO0TWXybW1cEzST/P&#10;vyzPqZScSdKtPi/HosiGKvfmkmy+/e1aJvLBZQxsCqS31F3uSKD7PwKfGmFVrIsL5IwEriiFRODQ&#10;T/QnUhhRgb/x5EYq383OlKbI5c75OwWRZbG/d558UBuWSRJNkuTBJBFpLsJE6DgRnjOaCOSMJmI7&#10;TIQVPtwLpoLI+lmZmrFKQdnBXm0gwnyo1VTLVGaK9IjRZo4lumaopEtfG+0NmNXiYhniImNJnb4D&#10;bO72n8CxQDOzUoNTg6eQd3Q5cUG4OdsOdFvetlqH9B3W22uNbC/CoonPGPEMRk3p8qH4QdpC+UK9&#10;09P2Kbj7vROoONPfDXUn5e2TgEnYJgG9voa40CLz6Pzm8FOgZZbEgnuarAdITSry1BYUfwAM2HDT&#10;wNedh6oNPRNjGyIaDzQwUYq7JzIx7smw3ObniDpu8/UfAAAA//8DAFBLAwQUAAYACAAAACEAJfh+&#10;pt8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2UKvdVNorYSsxGRticpqIXi&#10;bc2OSTA7G7JrEv99x1N7fG8+3ryXrUbbiB47XztSEE8iEEiFMzWVCr4PHy8LED5oMrpxhApu6GGV&#10;Pz5kOjVuoB32+1AKDiGfagVVCG0qpS8qtNpPXIvEt7PrrA4su1KaTg8cbhuZRNGrtLom/lDpFjcV&#10;Fpf91Sr4HPSwnsbv/fZy3tyOh/nXzzZGpZ6fxvUSRMAx/MFwr8/VIedOJ3cl40XDOkliRhVM33jT&#10;HZjNZ+yc2FlEIPNM/p+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBshra5ewIAABUG&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAl+H6m3wAA&#10;AAoBAAAPAAAAAAAAAAAAAAAAANUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;">
+                    <v:group w14:anchorId="46329784" id="Group 59" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15815680;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnTyTUbQIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVO9r2zAQ/T7Y/yD0fXXaraUzccpo1zAo&#10;XaEZ+6zI8g8m67STEqf//U6y5ZgWBsvywTn5nk7v3j1reXPoNNsrdC2Ygp+fLThTRkLZmrrgPzb3&#10;H645c16YUmgwquAvyvGb1ft3y97m6gIa0KVCRkWMy3tb8MZ7m2eZk43qhDsDqwwlK8BOeFpinZUo&#10;eqre6exisbjKesDSIkjlHL29G5J8FetXlZL+e1U55ZkuOHHz8YnxuQ3PbLUUeY3CNq0caYgTWHSi&#10;NXToVOpOeMF22L4p1bUSwUHlzyR0GVRVK1Xsgbo5X7zqZo2ws7GXOu9rO8lE0r7S6eSy8nG/Rvts&#10;n3BgT+EDyF+OdMl6W+fzfFjXR/Chwi5soibYISr6MimqDp5Jenn96fKaxsSZpNzVx8tRcNnQVN5s&#10;ks3Xv23LRD4cGYlNRHpLznFHcdz/ifPcCKui5i40/4SsLYk6tWBERwZej16hN6RROJxQQb9x5UYp&#10;T1ZnalPkcuf8WkFUWewfnB/cWqZINCmSB5NCJM8Ht+vods8ZuR05I7dvB7db4cO+MLoQsn42pmac&#10;Ukh2sFcbiDAfZjXNMo2ZmB4x2syxJNcMlXLp38Z6A+Zq8fky8KJiKZ3+B9j82H8CxwHNykoNTg0n&#10;hb7jkZMWhJur7UC35X2rdWjfYb291cj2Ilwi8TcynsHIlC4fhh+iLZQv5J2e3FJw93snUHGmvxly&#10;J/XtU4Ap2KYAvb6FeFlF5dH5zeGnQMsshQX39GU9QjKpyJMtiH8ADNiw08CXnYeqDZ6J3AZG44I+&#10;mBjFeyUqMd6B4eKaryPqeFOv/gAAAP//AwBQSwMEFAAGAAgAAAAhACX4fqbfAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odlCr3VTaK2ErMRkbYnKaiF4m3NjkkwOxuyaxL/fcdT&#10;e3xvPt68l61G24geO187UhBPIhBIhTM1lQq+Dx8vCxA+aDK6cYQKbuhhlT8+ZDo1bqAd9vtQCg4h&#10;n2oFVQhtKqUvKrTaT1yLxLez66wOLLtSmk4PHG4bmUTRq7S6Jv5Q6RY3FRaX/dUq+Bz0sJ7G7/32&#10;ct7cjof51882RqWen8b1EkTAMfzBcK/P1SHnTid3JeNFwzpJYkYVTN940x2YzWfsnNhZRCDzTP6f&#10;kP8CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA508k1G0CAADxBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJfh+pt8AAAAKAQAADwAAAAAAAAAA&#10;AAAAAADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;">
                       <v:shape id="Graphic 60" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCol1duwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na4NA&#10;EL0X8h+WCfRW1/ZggnEVMaRYyCVpS6+DO1GpOyvuVs2/7x4KPT7ed1asZhAzTa63rOA5ikEQN1b3&#10;3Cr4eD897UE4j6xxsEwK7uSgyDcPGabaLnyh+epbEULYpaig835MpXRNRwZdZEfiwN3sZNAHOLVS&#10;T7iEcDPIlzhOpMGeQ0OHI1UdNd/XH6NgXyeX+Ljoe6m/Ps3r266v6Fwp9bhdywMIT6v/F/+5a60g&#10;CevDl/ADZP4LAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqJdXbsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m8458200,l,,,6095r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58B4A82D" wp14:editId="25A49E3E">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="61" name="Group 61"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4625,51 +8901,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="4AD570C8" id="Group 61" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvM9GIewIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtq3DAQfS/0H4TeG++FbhMTbyhJEwoh&#10;DWRDn7WyfKGyRpW0683fdzS2dk0ChaZ+sEeeo7mcuVxeHTrN9sr5FkzB52czzpSRULamLvjz5vbT&#10;OWc+CFMKDUYV/EV5frX++OGyt7laQAO6VI6hEePz3ha8CcHmWeZlozrhz8Aqg8oKXCcCHl2dlU70&#10;aL3T2WI2W2U9uNI6kMp7/HszKPma7FeVkuFHVXkVmC44xhbo7ei9je9sfSny2gnbtHIMQ7wjik60&#10;Bp0eTd2IINjOtW9Mda104KEKZxK6DKqqlYpywGzms1fZ3DnYWcqlzvvaHmlCal/x9G6z8mH/6Fhb&#10;Fnw158yIDmtEbhmekZze1jli7px9so9uyBDFe5C/PKqz1/p4rk/gQ+W6eAkTZQdi/eXIujoEJvHn&#10;cnZxfo61kahaLT+PNZENFu7NHdl8+8utTOSDQwrrGEZvsbf8iT7/f/Q9NcIqqoqP1CT6Fif6hm5a&#10;LQYCCRXZIzp97kci38vNMUuRy50PdwqIYrG/92Fo5zJJokmSPJgkOhyKOA6axiFwhuPgOMNx2A7j&#10;YEWI92Ldosj6U42asURR18FebYBQIRYK67j8giykCmOcJ4g2UyhWe4JKuvS1ZG7ArGYXqxgVGkvq&#10;9B1gE6//gqUumxiVGrwa/MScyeGRB8RNmfag2/K21Trm7l29vdaO7UXcMPSM8U5g2I+p7lHaQvmC&#10;bdPj2im4/70TTnGmvxtszLijkuCSsE2CC/oaaJMR7c6HzeGncJZZFAsecKQeIPWnyFNLYPwRMGDj&#10;TQNfdwGqNvYLxTZENB5wVkiipUNMjAsybrXpmVCnNb7+AwAA//8DAFBLAwQUAAYACAAAACEA6Z8B&#10;sNkAAAACAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm93Ef5Q0m1KKeiqCrSC9&#10;TbPTJDQ7G7LbJP32jl70MvB4jze/ly8n16qB+tB4NpDOElDEpbcNVwY+d693c1AhIltsPZOBCwVY&#10;FtdXOWbWj/xBwzZWSko4ZGigjrHLtA5lTQ7DzHfE4h197zCK7Cttexyl3LX6PkmetcOG5UONHa1r&#10;Kk/bszPwNuK4ekhfhs3puL7sd0/vX5uUjLm9mVYLUJGm+BeGH3xBh0KYDv7MNqjWgAyJv1e8x7ms&#10;OEgmAV3k+j968Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAvM9GIewIAAA4GAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpnwGw2QAAAAIBAAAP&#10;AAAAAAAAAAAAAAAAANUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;">
+                    <v:group w14:anchorId="6F355A9D" id="Group 61" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAACnx8cQIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X5w2WNYadYqhXYMB&#10;RVegKXZWZPkDk0WNUuL034+SrcRogQHrfJAp84kiH595dX3oNNsrdC2Ygp/N5pwpI6FsTV3w583d&#10;pwvOnBemFBqMKviLcvx69fHDVW9zdQ4N6FIhoyDG5b0teOO9zbPMyUZ1ws3AKkPOCrATnrZYZyWK&#10;nqJ3Ojufz5dZD1haBKmco6+3g5OvYvyqUtL/qCqnPNMFp9x8XDGu27BmqyuR1yhs08oxDfGOLDrR&#10;Grr0GOpWeMF22L4J1bUSwUHlZxK6DKqqlSrWQNWczV9Vs0bY2VhLnfe1PdJE1L7i6d1h5cN+jfbJ&#10;PuKQPZn3IH854iXrbZ1P/WFfn8CHCrtwiIpgh8joy5FRdfBM0sfF/PLigniX5FouPo98y4aa8uaM&#10;bL795VQm8uHCmNYxjd6SbtyJGvd/1Dw1wqrIuAulPyJrS8r8nDMjOpLvelQKfSGGwuWECuyNOzcS&#10;+V5ujlWKXO6cXyuIFIv9vfODVMtkiSZZ8mCSiST4IHUdpe45I6kjZyT17SB1K3w4F/oWTNafetSM&#10;LQq+DvZqAxHlQ6Ooj4svxELqMOV5gmgzhVK3J6jkS28bww2Y5fxyGbKiYMmd3gNscuu/YKPKJkGl&#10;BqeGe0LN8cIjD4SbMu1At+Vdq3Wo3WG9vdHI9iJMj/iM+U5gpEeXD30P1hbKF5JNT0IpuPu9E6g4&#10;098NCTPMn2RgMrbJQK9vIE6pSDs6vzn8FGiZJbPgnn6pB0j6FHmSBOUfAAM2nDTwdeehaoNeYm5D&#10;RuOG/pVoxYESmRiHX5hY031EnUb06g8AAAD//wMAUEsDBBQABgAIAAAAIQDpnwGw2QAAAAIBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKtIL1Ns9MkNDsbstsk&#10;/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4ELBVgW11c5ZtaP/EHD&#10;NlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40drWsqT9uzM/A24rh6&#10;SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zHuaw4SCYBXeT6P3rx&#10;DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAAKfHxxAgAA6gUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEAAA8AAAAAAAAAAAAA&#10;AAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
                       <v:shape id="Graphic 62" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDhZsfTwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhf6D2EJvjeyUOMWNYkqgUHyz05IcF2tjm1grIymx+/dRoZDjMDNvmE0xm0FcyfnesoJ0kYAg&#10;bqzuuVXwvf98eQPhA7LGwTIp+CUPxfbxYYO5thNXdK1DKyKEfY4KuhDGXErfdGTQL+xIHL2TdQZD&#10;lK6V2uEU4WaQyyTJpMGe40KHI+06as71xSiQr+UhvcisYjcey5X/Oaz7HSv1/DR/vIMINId7+L/9&#10;pRVkS/j7En+A3N4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4WbH08MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m309372,l,,,6096r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="2533F8BD" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -4767,51 +9043,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="5F7EBDAF" id="Group 63" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15815168;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAokGBpeAIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtq3DAQfS/0H4TeG29uy2LiDSVpQiGk&#10;gWzos1aWL1TWqJJ2vfn7jsaW1yRQaOoHe+Q5msuZy9X1odNsr5xvwRT89GTBmTISytbUBX/Z3H1Z&#10;ceaDMKXQYFTBX5Xn1+vPn656m6szaECXyjE0Ynze24I3Idg8y7xsVCf8CVhlUFmB60TAo6uz0oke&#10;rXc6O1ssllkPrrQOpPIe/94OSr4m+1WlZPhRVV4FpguOsQV6O3pv4ztbX4m8dsI2rRzDEB+IohOt&#10;QaeTqVsRBNu59p2prpUOPFThREKXQVW1UlEOmM3p4k029w52lnKp8762E01I7RuePmxWPu6fHGvL&#10;gi/POTOiwxqRW4ZnJKe3dY6Ye2ef7ZMbMkTxAeQvj+rsrT6e6yP4ULkuXsJE2YFYf51YV4fAJP5c&#10;XVyusJScSdQtzy/HosgGK/fukmy+/e1aJvLBJQU2BdJb7C5/JND/H4HPjbCK6uIjOYnAiyOBQz8t&#10;LwYKCRX5I0J97kcqP8zOlKbI5c6HewXEstg/+DB0dJkk0SRJHkwSHc5FnAhNExE4w4lwnOFEbIeJ&#10;sCLEe7F0UWT9rEzNWKWo7GCvNkCwEGs11TKVGSM9YrSZY7HiM1TSpa8lewNmebpYxbjQWFKn7wCb&#10;u/0nMPXazKzU4NXgKeZNLicuEDdn24Nuy7tW65i+d/X2Rju2F3HR0DNGPINhU6biR2kL5Sv2To/b&#10;p+D+9044xZn+brA746pKgkvCNgku6BughUbMOx82h5/CWWZRLHjAyXqE1KQiT22B8UfAgI03DXzd&#10;Baja2DMU2xDReMCBIYl2DzEx7sm43OZnQh23+foPAAAA//8DAFBLAwQUAAYACAAAACEAJfh+pt8A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2UKvdVNorYSsxGRticpqIXibc2O&#10;STA7G7JrEv99x1N7fG8+3ryXrUbbiB47XztSEE8iEEiFMzWVCr4PHy8LED5oMrpxhApu6GGVPz5k&#10;OjVuoB32+1AKDiGfagVVCG0qpS8qtNpPXIvEt7PrrA4su1KaTg8cbhuZRNGrtLom/lDpFjcVFpf9&#10;1Sr4HPSwnsbv/fZy3tyOh/nXzzZGpZ6fxvUSRMAx/MFwr8/VIedOJ3cl40XDOkliRhVM33jTHZjN&#10;Z+yc2FlEIPNM/p+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAokGBpeAIAABUGAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAl+H6m3wAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;">
+                    <v:group w14:anchorId="748E4DBB" id="Group 63" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15815168;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBULHtzbQIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVN9r2zAQfh/sfxB6X5x2bQmmThntGgal&#10;K7Rjz4os/2CyTjspcfLf7yRbjmlhsM4P8sn36XT33ee7vjl0mu0VuhZMwc8WS86UkVC2pi74j5f7&#10;TyvOnBemFBqMKvhROX6z/vjhure5OocGdKmQURDj8t4WvPHe5lnmZKM64RZglSFnBdgJT1ussxJF&#10;T9E7nZ0vl1dZD1haBKmco693g5OvY/yqUtJ/ryqnPNMFp9x8XDGu27Bm62uR1yhs08oxDfGOLDrR&#10;Grp0CnUnvGA7bN+E6lqJ4KDyCwldBlXVShVroGrOlq+q2SDsbKylzvvaTjQRta94endY+bjfoH22&#10;TzhkT+YDyF+OeMl6W+dzf9jXJ/Chwi4coiLYITJ6nBhVB88kfVxdXK6oTZxJ8l19vhwJlw115c0h&#10;2Xz927FM5MOVMbEpkd6SctyJHPd/5Dw3wqrIuQvFPyFrS0r9gjMjOhLwZtQKfSGOwuWECvyNOzdS&#10;+W52pjJFLnfObxRElsX+wflBrWWyRJMseTDJRNJ8ULuOaveckdqRM1L7dlC7FT6cC60LJutnbWrG&#10;LgVnB3v1AhHmQ6+mXqY2U6YnjDZzLHV8hkq+9LYx3oC5OluuQl4ULLnTe4DNr/0ncNTaLKzU4NRw&#10;U6g7XjlxQbg52w50W963WofyHdbbW41sL8IQic+Y8QxGonT50PxgbaE8knZ6UkvB3e+dQMWZ/mZI&#10;nWEMJQOTsU0Gen0LcVhF5tH5l8NPgZZZMgvu6c96hCRSkSdZUP4BMGDDSQNfdh6qNmgm5jZkNG7o&#10;h4lWnCuRiXEGhsE130fUaVKv/wAAAP//AwBQSwMEFAAGAAgAAAAhACX4fqbfAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odlCr3VTaK2ErMRkbYnKaiF4m3NjkkwOxuyaxL/fcdT&#10;e3xvPt68l61G24geO187UhBPIhBIhTM1lQq+Dx8vCxA+aDK6cYQKbuhhlT8+ZDo1bqAd9vtQCg4h&#10;n2oFVQhtKqUvKrTaT1yLxLez66wOLLtSmk4PHG4bmUTRq7S6Jv5Q6RY3FRaX/dUq+Bz0sJ7G7/32&#10;ct7cjof51882RqWen8b1EkTAMfzBcK/P1SHnTid3JeNFwzpJYkYVTN940x2YzWfsnNhZRCDzTP6f&#10;kP8CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVCx7c20CAADxBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJfh+pt8AAAAKAQAADwAAAAAAAAAA&#10;AAAAAADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;">
                       <v:shape id="Graphic 64" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDXrFFtxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9md2KxJC6ikQqFnoxWnp9ZF+T0OzbkN2a+O+7hYLHYWa+YdbbyXbiSoNvHWt4ThQI&#10;4sqZlmsNl/PrPAPhA7LBzjFpuJGH7eZhtsbcuJFPdC1DLSKEfY4amhD6XEpfNWTRJ64njt6XGyyG&#10;KIdamgHHCLedXCiVSostx4UGeyoaqr7LH6shO6YntR/NbWc+P+zhbdUW9F5o/fQ47V5ABJrCPfzf&#10;PhoN6RL+vsQfIDe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANesUW3EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m8458200,l,,,6108r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="096F008A" wp14:editId="02747552">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="65" name="Group 65"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4860,51 +9136,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="6BF8AD9A" id="Group 65" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXIyhEfAIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVN9P3DAMfp+0/yHK+64HJzqo6KEJBpqE&#10;GBJMe86l6Q8tTTIndz3++znupVeBNGmsD6kTO479fbYvr/a9ZjsFvrOm5CeLJWfKSFt1pin5j+fb&#10;T+ec+SBMJbQ1quQvyvOr9ccPl4Mr1Kltra4UMHRifDG4krchuCLLvGxVL/zCOmVQWVvoRcAtNFkF&#10;YkDvvc5Ol8s8GyxUDqxU3uPpzajka/Jf10qG73XtVWC65BhboBVo3cQ1W1+KogHh2k4ewhDviKIX&#10;ncFHJ1c3Igi2he6Nq76TYL2tw0LaPrN13UlFOWA2J8tX2dyB3TrKpSmGxk0wIbSvcHq3W/mwewTW&#10;VSXPzzgzokeO6FmGewRncE2BNnfgntwjjBmieG/lL4/q7LU+7puj8b6GPl7CRNmeUH+ZUFf7wCQe&#10;rpYX5+fIjURVvjo7cCJbJO7NHdl+/cutTBTjgxTWFMbgsLb8ET7/f/A9tcIpYsVHaBJ8+RG+sZry&#10;fASQrCJ6BKcv/AHI92IzZSkKufXhTlmCWOzufRjLuUqSaJMk9yaJgE0R20FTOwTOsB2AM2yHzdgO&#10;ToR4L/IWRTYcOWoPFEVdb3fq2ZJViEQhj6vPp5wlhjHOo4k2c1Nke2aVdOnvyN1oky8vqA7RWVKn&#10;/2g2e/VfbKnKZk6ltl7Fgh5zngTCAQ/nSHuru+q20zrm7qHZXGtgOxEnDH0RRbwyM8N6TLxHaWOr&#10;FyybAcdOyf3vrQDFmf5msDDjjEoCJGGTBAj62tIkI9jBh+f9TwGOORRLHrClHmyqT1GkkohJTbbx&#10;prFftsHWXawXim2M6LDBXiGJhg6lchiQcarN92R1HOPrPwAAAP//AwBQSwMEFAAGAAgAAAAhAOmf&#10;AbDZAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdxH+UNJtSinoqgq0g&#10;vU2z0yQ0Oxuy2yT99o5e9DLweI83v5cvJ9eqgfrQeDaQzhJQxKW3DVcGPnevd3NQISJbbD2TgQsF&#10;WBbXVzlm1o/8QcM2VkpKOGRooI6xy7QOZU0Ow8x3xOIdfe8wiuwrbXscpdy1+j5JnrXDhuVDjR2t&#10;aypP27Mz8DbiuHpIX4bN6bi+7HdP71+blIy5vZlWC1CRpvgXhh98QYdCmA7+zDao1oAMib9XvMe5&#10;rDhIJgFd5Po/evENAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlyMoRHwCAAAOBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6Z8BsNkAAAACAQAA&#10;DwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
+                    <v:group w14:anchorId="521898CF" id="Group 65" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfVNA1cQIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X5w2aNYadYqhXYMB&#10;RVegGXZWZPkDk0WNUuL034+SrcRogQHrfJAp84kiH595fXPoNNsrdC2Ygp/N5pwpI6FsTV3wH5v7&#10;T5ecOS9MKTQYVfAX5fjN6uOH697m6hwa0KVCRkGMy3tb8MZ7m2eZk43qhJuBVYacFWAnPG2xzkoU&#10;PUXvdHY+ny+zHrC0CFI5R1/vBidfxfhVpaT/XlVOeaYLTrn5uGJct2HNVtcir1HYppVjGuIdWXSi&#10;NXTpMdSd8ILtsH0TqmslgoPKzyR0GVRVK1Wsgao5m7+qZo2ws7GWOu9re6SJqH3F07vDysf9Gu2z&#10;fcIhezIfQP5yxEvW2zqf+sO+PoEPFXbhEBXBDpHRlyOj6uCZpI+L+dXlJfEuybVcXIx8y4aa8uaM&#10;bL7+5VQm8uHCmNYxjd6SbtyJGvd/1Dw3wqrIuAulPyFrS8p8yZkRHcl3PSqFvhBD4XJCBfbGnRuJ&#10;fC83xypFLnfOrxVEisX+wflBqmWyRJMseTDJRBJ8kLqOUveckdSRM5L6dpC6FT6cC30LJutPPWrG&#10;FgVfB3u1gYjyoVHUx8Xnc85ShynPE0SbKZS6PUElX3rbGG7ALOdXFyErCpbc6T3AJrf+CzaqbBJU&#10;anBquCfUHC888kC4KdMOdFvet1qH2h3W21uNbC/C9IjPmO8ERnp0+dD3YG2hfCHZ9CSUgrvfO4GK&#10;M/3NkDDD/EkGJmObDPT6FuKUirSj85vDT4GWWTIL7umXeoSkT5EnSVD+ATBgw0kDX3YeqjboJeY2&#10;ZDRu6F+JVhwokYlx+IWJNd1H1GlEr/4AAAD//wMAUEsDBBQABgAIAAAAIQDpnwGw2QAAAAIBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKtIL1Ns9MkNDsbstsk&#10;/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4ELBVgW11c5ZtaP/EHD&#10;NlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40drWsqT9uzM/A24rh6&#10;SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zHuaw4SCYBXeT6P3rx&#10;DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF9U0DVxAgAA6gUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEAAA8AAAAAAAAAAAAA&#10;AAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
                       <v:shape id="Graphic 66" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCeXcHQwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NqsIw&#10;FIT3gu8QjuBOU6/cKtUoIlwQd/6hy0NzbIvNSUmi1re/EQSXw8x8w8yXranFg5yvLCsYDRMQxLnV&#10;FRcKjoe/wRSED8gaa8uk4EUelotuZ46Ztk/e0WMfChEh7DNUUIbQZFL6vCSDfmgb4uhdrTMYonSF&#10;1A6fEW5q+ZMkqTRYcVwosaF1SfltfzcK5Hh7Ht1lumPXXLa//nSeVGtWqt9rVzMQgdrwDX/aG60g&#10;TeH9Jf4AufgHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnl3B0MAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m309372,l,,,6095r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B310079" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -5002,51 +9278,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="106C865C" id="Group 67" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15814656;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCY6shPegIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtO3DAQfa/Uf7D8XrLQst1GZFEFBVVC&#10;gMRWffY6zkV1bHfs3Sx/3/EkzkYgVSrNQzLOHM/lzOXi8tBptlfgW2sKfnqy4EwZacvW1AX/sbn5&#10;sOLMB2FKoa1RBX9Wnl+u37+76F2uzmxjdamAoRHj894VvAnB5VnmZaM64U+sUwaVlYVOBDxCnZUg&#10;erTe6exssVhmvYXSgZXKe/x7PSj5muxXlZLhoaq8CkwXHGML9AZ6b+M7W1+IvAbhmlaOYYg3RNGJ&#10;1qDTydS1CILtoH1lqmslWG+rcCJtl9mqaqWiHDCb08WLbG7B7hzlUud97SaakNoXPL3ZrLzfPwJr&#10;y4IvP3NmRIc1IrcMz0hO7+ocMbfgntwjDBmieGflL4/q7KU+nusj+FBBFy9houxArD9PrKtDYBJ/&#10;rj6dr7CUnEnULT+ej0WRDVbu1SXZfPvbtUzkg0sKbAqkd9hd/kig/z8CnxrhFNXFR3ISgdjqicCh&#10;n5argUJCRf6IUJ/7kco3szOlKXK58+FWWWJZ7O98GDq6TJJokiQPJomAcxEnQtNEBM5wIoAznIjt&#10;MBFOhHgvli6KrJ+VqRmrFJWd3auNJViItZpqmcqMkR4x2syxWPEZKunS15G9AbNcfDmPcaGxpE7f&#10;ATZ3+09g6rWZWamtV4OnmDe5nLhA3Jxtb3Vb3rRax/Q91NsrDWwv4qKhZ4x4BsOmTMWP0taWz9g7&#10;PW6fgvvfOwGKM/3dYHfGVZUESMI2CRD0laWFRsyDD5vDTwGOORQLHnCy7m1qUpGntsD4I2DAxpvG&#10;ft0FW7WxZyi2IaLxgANDEu0eYmLck3G5zc+EOm7z9R8AAAD//wMAUEsDBBQABgAIAAAAIQAl+H6m&#10;3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJt&#10;zY5JMDsbsmsS/33HU3t8bz7evJetRtuIHjtfO1IQTyIQSIUzNZUKvg8fLwsQPmgyunGECm7oYZU/&#10;PmQ6NW6gHfb7UAoOIZ9qBVUIbSqlLyq02k9ci8S3s+usDiy7UppODxxuG5lE0au0uib+UOkWNxUW&#10;l/3VKvgc9LCexu/99nLe3I6H+dfPNkalnp/G9RJEwDH8wXCvz9Uh504ndyXjRcM6SWJGFUzfeNMd&#10;mM1n7JzYWUQg80z+n5D/AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJjqyE96AgAAFQYA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACX4fqbfAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAA1AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;">
+                    <v:group w14:anchorId="4CD7670E" id="Group 67" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.5pt;width:666pt;height:.5pt;z-index:-15814656;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTo/KMbQIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X512a9EZcYqhXYMB&#10;RVegGXZWZPkDk0WNUuL034+SLcdogQHLfJAp84kiH5+5vDl0mu0VuhZMwc/PFpwpI6FsTV3wH5v7&#10;D9ecOS9MKTQYVfAX5fjN6v27ZW9zdQEN6FIhoyDG5b0teOO9zbPMyUZ1wp2BVYacFWAnPG2xzkoU&#10;PUXvdHaxWFxlPWBpEaRyjr7eDU6+ivGrSkn/vaqc8kwXnHLzccW4bsOarZYir1HYppVjGuKELDrR&#10;Grp0CnUnvGA7bN+E6lqJ4KDyZxK6DKqqlSrWQNWcL15Vs0bY2VhLnfe1nWgial/xdHJY+bhfo322&#10;TzhkT+YDyF+OeMl6W+dzf9jXR/Chwi4coiLYITL6MjGqDp5J+nj96fKa2sSZJN/Vx8uRcNlQV94c&#10;ks3Xvx3LRD5cGRObEuktKccdyXH/R85zI6yKnLtQ/BOytqTUScZGdCTg9agV+kIchcsJFfgbd26k&#10;8mR2pjJFLnfOrxVElsX+wflBrWWyRJMseTDJRNJ8ULuOaveckdqRM1L7dlC7FT6cC60LJutnbWrG&#10;LgVnB3u1gQjzoVdTL1ObKdMjRps5ljo+QyVfetsYb8BcLT5fhrwoWHKn9wCbX/tP4Ki1WVipwanh&#10;plB3vHLignBzth3otrxvtQ7lO6y3txrZXoQhEp8x4xmMROnyofnB2kL5QtrpSS0Fd793AhVn+psh&#10;dYYxlAxMxjYZ6PUtxGEVmUfnN4efAi2zZBbc05/1CEmkIk+yoPwDYMCGkwa+7DxUbdBMzG3IaNzQ&#10;DxOtOFciE+MMDINrvo+o46Re/QEAAP//AwBQSwMEFAAGAAgAAAAhACX4fqbfAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odlCr3VTaK2ErMRkbYnKaiF4m3NjkkwOxuyaxL/fcdT&#10;e3xvPt68l61G24geO187UhBPIhBIhTM1lQq+Dx8vCxA+aDK6cYQKbuhhlT8+ZDo1bqAd9vtQCg4h&#10;n2oFVQhtKqUvKrTaT1yLxLez66wOLLtSmk4PHG4bmUTRq7S6Jv5Q6RY3FRaX/dUq+Bz0sJ7G7/32&#10;ct7cjof51882RqWen8b1EkTAMfzBcK/P1SHnTid3JeNFwzpJYkYVTN940x2YzWfsnNhZRCDzTP6f&#10;kP8CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA06PyjG0CAADxBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJfh+pt8AAAAKAQAADwAAAAAAAAAA&#10;AAAAAADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;">
                       <v:shape id="Graphic 68" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBW4VtowAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na4NA&#10;EL0X8h+WCfRW1/ZggnEVMaRYyCVpS6+DO1GpOyvuVs2/7x4KPT7ed1asZhAzTa63rOA5ikEQN1b3&#10;3Cr4eD897UE4j6xxsEwK7uSgyDcPGabaLnyh+epbEULYpaig835MpXRNRwZdZEfiwN3sZNAHOLVS&#10;T7iEcDPIlzhOpMGeQ0OHI1UdNd/XH6NgXyeX+Ljoe6m/Ps3r266v6Fwp9bhdywMIT6v/F/+5a60g&#10;CWPDl/ADZP4LAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVuFbaMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m8458200,l,,,6095r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75AF7FFA" wp14:editId="68CD7D66">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="69" name="Group 69"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -5095,51 +9371,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="35F0290C" id="Group 69" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3ZMmsfgIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVFtr2zAUfh/sPwi9r05SlqamThntWgal&#10;KzRjz4osX5iso0lKnP77HR1biWlhsM4P9pHPp3P5zuXq+tBptlfOt2AKPj+bcaaMhLI1dcF/bO4+&#10;rTjzQZhSaDCq4C/K8+v1xw9Xvc3VAhrQpXIMjRif97bgTQg2zzIvG9UJfwZWGVRW4DoR8OjqrHSi&#10;R+udzhaz2TLrwZXWgVTe49/bQcnXZL+qlAzfq8qrwHTBMbZAb0fvbXxn6yuR107YppVjGOIdUXSi&#10;Nej0aOpWBMF2rn1jqmulAw9VOJPQZVBVrVSUA2Yzn73K5t7BzlIudd7X9kgTUvuKp3eblY/7J8fa&#10;suDLS86M6LBG5JbhGcnpbZ0j5t7ZZ/vkhgxRfAD5y6M6e62P5/oEPlSui5cwUXYg1l+OrKtDYBJ/&#10;ns8uVyusjUTV8vzzWBPZYOHe3JHN17/cykQ+OKSwjmH0FnvLn+jz/0ffcyOsoqr4SM1I3wVmkOgb&#10;ugn/EIGEiuyNJz8S+V5ujlmKXO58uFdAFIv9gw/oAnuwTJJokiQPJokOhyKOg6ZxCJzhODjOcBy2&#10;wzhYEeK9aCqKrD/VqBlLFHUd7NUGCBViobCO5xcLzlKFMc4TRJspFLmaoJIufS2ZGzDL+WwVo0Jj&#10;SZ2+A2zi9V+wVJuJUanBq8FPzJkcHnlA3JRpD7ot71qtY+7e1dsb7dhexA1DzxjvBIb96POh7lHa&#10;QvmCbdPj2im4/70TTnGmvxlsTMw6JMElYZsEF/QN0CYj2p0Pm8NP4SyzKBY84Eg9QupPkaeWwPgj&#10;YMDGmwa+7AJUbewXim2IaDzgrJBES4eYGBdk3GrTM6FOa3z9BwAA//8DAFBLAwQUAAYACAAAACEA&#10;6Z8BsNkAAAACAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm93Ef5Q0m1KKeiqC&#10;rSC9TbPTJDQ7G7LbJP32jl70MvB4jze/ly8n16qB+tB4NpDOElDEpbcNVwY+d693c1AhIltsPZOB&#10;CwVYFtdXOWbWj/xBwzZWSko4ZGigjrHLtA5lTQ7DzHfE4h197zCK7Cttexyl3LX6PkmetcOG5UON&#10;Ha1rKk/bszPwNuK4ekhfhs3puL7sd0/vX5uUjLm9mVYLUJGm+BeGH3xBh0KYDv7MNqjWgAyJv1e8&#10;x7msOEgmAV3k+j968Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD3ZMmsfgIAAA4GAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpnwGw2QAAAAIB&#10;AAAPAAAAAAAAAAAAAAAAANgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;">
+                    <v:group w14:anchorId="51E31A7F" id="Group 69" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXxr+JcQIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1r2zAUfR/sPwi9r04T1qamThntGgal&#10;KzRjz4osfzBZV7tS4vTf70q2EtPCYJ0f5Cvfo/tx7rGubw6dZnuFrgVT8POzGWfKSChbUxf8x+b+&#10;05Iz54UphQajCv6iHL9Zffxw3dtczaEBXSpkFMS4vLcFb7y3eZY52ahOuDOwypCzAuyEpy3WWYmi&#10;p+idzuaz2UXWA5YWQSrn6Ovd4OSrGL+qlPTfq8opz3TBqTYfV4zrNqzZ6lrkNQrbtHIsQ7yjik60&#10;hpIeQ90JL9gO2zehulYiOKj8mYQug6pqpYo9UDfns1fdrBF2NvZS531tjzQRta94endY+bhfo322&#10;TzhUT+YDyF+OeMl6W+dTf9jXJ/Chwi4coibYITL6cmRUHTyT9HExu1ouiXdJrovF55Fv2dBQ3pyR&#10;zde/nMpEPiSMZR3L6C3pxp2ocf9HzXMjrIqMu9D6E7K2LPgldWBER/Jdj0qhL8RQSE6owN64cyOR&#10;7+Xm2KXI5c75tYJIsdg/OD9ItUyWaJIlDyaZSIIPUtdR6p4zkjpyRlLfDlK3wodzYW7BZP1pRs04&#10;ouDrYK82EFE+DIrmuLicc5YmTHWeINpMocTVBJV86W1juAFzcT5bhqooWHKn9wCbZP0XbJzNJKjU&#10;4NSQJ/QcEx55INyUaQe6Le9brUPvDuvtrUa2F+H2iM9Y7wRGenT5MPdgbaF8Idn0JJSCu987gYoz&#10;/c2QMKlrnwxMxjYZ6PUtxFsq0o7Obw4/BVpmySy4p1/qEZI+RZ4kQfUHwIANJw182Xmo2qCXWNtQ&#10;0bihfyVa8UKJTIyXX7ixpvuIOl3Rqz8AAAD//wMAUEsDBBQABgAIAAAAIQDpnwGw2QAAAAIBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3cR/lDSbUop6KoKtIL1Ns9MkNDsbstsk&#10;/faOXvQy8HiPN7+XLyfXqoH60Hg2kM4SUMSltw1XBj53r3dzUCEiW2w9k4ELBVgW11c5ZtaP/EHD&#10;NlZKSjhkaKCOscu0DmVNDsPMd8TiHX3vMIrsK217HKXctfo+SZ61w4blQ40drWsqT9uzM/A24rh6&#10;SF+Gzem4vux3T+9fm5SMub2ZVgtQkab4F4YffEGHQpgO/sw2qNaADIm/V7zHuaw4SCYBXeT6P3rx&#10;DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFfGv4lxAgAA6gUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmfAbDZAAAAAgEAAA8AAAAAAAAAAAAA&#10;AAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
                       <v:shape id="Graphic 70" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD7IWrivAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JCsIw&#10;EL0L/kMYwZumKi5Uo4ggiDc39Dg0Y1tsJiWJWv/eHASPj7cvVo2pxIucLy0rGPQTEMSZ1SXnCs6n&#10;bW8GwgdkjZVlUvAhD6tlu7XAVNs3H+h1DLmIIexTVFCEUKdS+qwgg75va+LI3a0zGCJ0udQO3zHc&#10;VHKYJBNpsOTYUGBNm4Kyx/FpFMjR/jp4ysmBXX3bj/3lOi03rFS306znIAI14S/+uXdawTSuj1/i&#10;D5DLLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD7IWrivAAAANsAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;" path="m309372,l,,,6108r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CA2EE91" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -5237,51 +9513,51 @@
                                         <a:pt x="8458200" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="4A4C9233" id="Group 71" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.6pt;width:666pt;height:.5pt;z-index:-15814144;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZIuQueQIAABUGAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtq3DAQfS/0H4TeG+9um2Qx8YaSNKEQ&#10;0kAS+qyV5QuVJXWkXW/+vqOx5TUJFJr6wR55juZy5nJxeeg02yvwrTUFX54sOFNG2rI1dcGfn24+&#10;rTnzQZhSaGtUwV+U55ebjx8ueperlW2sLhUwNGJ83ruCNyG4PMu8bFQn/Il1yqCystCJgEeosxJE&#10;j9Y7na0Wi7Ost1A6sFJ5j3+vByXfkP2qUjL8qCqvAtMFx9gCvYHe2/jONhcir0G4ppVjGOIdUXSi&#10;Neh0MnUtgmA7aN+Y6loJ1tsqnEjbZbaqWqkoB8xmuXiVzS3YnaNc6ryv3UQTUvuKp3eblff7B2Bt&#10;WfDzJWdGdFgjcsvwjOT0rs4Rcwvu0T3AkCGKd1b+8qjOXuvjuT6CDxV08RImyg7E+svEujoEJvHn&#10;+svpGkvJmUTd2efTsSiywcq9uSSbb3+7lol8cEmBTYH0DrvLHwn0/0fgYyOcorr4SE4icHUkcOin&#10;89VAIaEif0Soz/1I5bvZmdIUudz5cKsssSz2dz4MHV0mSTRJkgeTRMC5iBOhaSICZzgRwBlOxHaY&#10;CCdCvBdLF0XWz8rUjFWKys7u1ZMlWIi1mmqZyoyRHjHazLFY8Rkq6dLXkb0Bc7ZcrGNcaCyp03eA&#10;zd3+E5h6bWZWauvV4CnmTS4nLhA3Z9tb3ZY3rdYxfQ/19koD24u4aOgZI57BsClT8aO0teUL9k6P&#10;26fg/vdOgOJMfzfYnXFVJQGSsE0CBH1laaER8+DD0+GnAMccigUPOFn3NjWpyFNbYPwRMGDjTWO/&#10;7oKt2tgzFNsQ0XjAgSGJdg8xMe7JuNzmZ0Idt/nmDwAAAP//AwBQSwMEFAAGAAgAAAAhAKvWWwjf&#10;AAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odlCr3VTaK2ErMRkbYnKaiF4m3M&#10;jkkwuxuyaxL/fcdTe3xvPt68l61G04ieOl87qyCeRCDIFk7XtlTwffh4WYDwAa3GxllScCMPq/zx&#10;IcNUu8HuqN+HUnCI9SkqqEJoUyl9UZFBP3EtWb6dXWcwsOxKqTscONw0MomiV2mwtvyhwpY2FRWX&#10;/dUo+BxwWE/j9357OW9ux8P862cbk1LPT+N6CSLQGP5guNfn6pBzp5O7Wu1FwzpJYkYVTN8SEHdg&#10;Np+xc2JnkYDMM/l/Qv4LAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGSLkLnkCAAAVBgAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAq9ZbCN8AAAAK&#10;AQAADwAAAAAAAAAAAAAAAADTBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAN8FAAAA&#10;AA==&#10;">
+                    <v:group w14:anchorId="08C58D41" id="Group 71" o:spid="_x0000_s1026" style="position:absolute;margin-left:61.05pt;margin-top:18.6pt;width:666pt;height:.5pt;z-index:-15814144;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="84582,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDARXZ2bgIAAPEFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X51kaxcYdYqhXYMB&#10;RVegHXZWZPkDk0WNUuL034+SLcdogQHrfJAp84kiH595eXXsNDsodC2Ygi/PFpwpI6FsTV3wH0+3&#10;H9acOS9MKTQYVfBn5fjV5v27y97magUN6FIhoyDG5b0teOO9zbPMyUZ1wp2BVYacFWAnPG2xzkoU&#10;PUXvdLZaLC6yHrC0CFI5R19vBiffxPhVpaT/XlVOeaYLTrn5uGJcd2HNNpcir1HYppVjGuINWXSi&#10;NXTpFOpGeMH22L4K1bUSwUHlzyR0GVRVK1WsgapZLl5Us0XY21hLnfe1nWgial/w9Oaw8v6wRfto&#10;H3DInsw7kL8c8ZL1ts7n/rCvT+BjhV04REWwY2T0eWJUHT2T9HH96XxNbeJMku/i4/lIuGyoK68O&#10;yebr345lIh+ujIlNifSWlONO5Lj/I+exEVZFzl0o/gFZWxb884ozIzoS8HbUCn0hjsLlhAr8jTs3&#10;UvlmdqYyRS73zm8VRJbF4c75Qa1lskSTLHk0yUTSfFC7jmr3nJHakTNS+25QuxU+nAutCybrZ21q&#10;xi4FZwcH9QQR5kOvpl6mNlOmJ4w2cyx1fIZKvvS2Md6AuVgu1iEvCpbc6T3A5tf+EzhqbRZWanBq&#10;uCnUHa+cuCDcnG0Hui1vW61D+Q7r3bVGdhBhiMRnzHgGI1G6fGh+sHZQPpN2elJLwd3vvUDFmf5m&#10;SJ1hDCUDk7FLBnp9DXFYRebR+afjT4GWWTIL7unPuockUpEnWVD+ATBgw0kDX/YeqjZoJuY2ZDRu&#10;6IeJVpwrkYlxBobBNd9H1GlSb/4AAAD//wMAUEsDBBQABgAIAAAAIQCr1lsI3wAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2ithKzEZG2JymoheJtzI5JMLsbsmsS/33H&#10;U3t8bz7evJetRtOInjpfO6sgnkQgyBZO17ZU8H34eFmA8AGtxsZZUnAjD6v88SHDVLvB7qjfh1Jw&#10;iPUpKqhCaFMpfVGRQT9xLVm+nV1nMLDsSqk7HDjcNDKJoldpsLb8ocKWNhUVl/3VKPgccFhP4/d+&#10;ezlvbsfD/OtnG5NSz0/jegki0Bj+YLjX5+qQc6eTu1rtRcM6SWJGFUzfEhB3YDafsXNiZ5GAzDP5&#10;f0L+CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMBFdnZuAgAA8QUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKvWWwjfAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
                       <v:shape id="Graphic 72" o:spid="_x0000_s1027" style="position:absolute;width:84582;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8458200,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCy0PpfxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhfyD2EBvtZQckuBGMcYhJYVe7LT0ulhb29RaGUuJnb+vCoUeh5l5w+yz2fbiRqPvHGtYJQoE&#10;ce1Mx42G98vpaQfCB2SDvWPScCcP2WHxsMfUuIlLulWhERHCPkUNbQhDKqWvW7LoEzcQR+/LjRZD&#10;lGMjzYhThNterpXaSIsdx4UWBypaqr+rq9WwO29KdZzMPTefH/blddsV9FZo/bic82cQgebwH/5r&#10;n42G7Rp+v8QfIA8/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALLQ+l/EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m8458200,l,,,6108r8458200,l8458200,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FDEAA27" wp14:editId="5C3268D7">
                       <wp:extent cx="309880" cy="6350"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="73" name="Group 73"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -5330,51 +9606,51 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="41EA9D4D" id="Group 73" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCj/aAtfAIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC813LsrELkoEiaoECQ&#10;BEiKnmmKWlCKww5py/n7DinRFhKgQFMdpKHmcZY3y+XVrtNsq9C1YAp+NJtzpoyEsjV1wX+83H45&#10;58x5YUqhwaiCvyrHr1afP132NlcLaECXChkZMS7vbcEb722eZU42qhNuBlYZUlaAnfB0xDorUfRk&#10;vdPZYj4/zXrA0iJI5Rz9vRmUfBXtV5WS/rGqnPJMF5xi8/GN8b0O72x1KfIahW1aOYYhPhBFJ1pD&#10;TvemboQXbIPtO1NdKxEcVH4mocugqlqpYg6UzdH8TTZ3CBsbc6nzvrZ7mojaNzx92Kx82D4ha8uC&#10;ny05M6KjGkW3jM5ETm/rnDB3aJ/tEw4ZkngP8pcjdfZWH871AbyrsAuXKFG2i6y/7llXO88k/VzO&#10;L87PqTaSVKfLk7EmsqHCvbsjm29/uZWJfHAYw9qH0VvqLXegz/0ffc+NsCpWxQVqEn3HB/qGbjo7&#10;HgiMqMBepNPlbiTyo9zssxS53Dh/pyBSLLb3zg/tXCZJNEmSO5NEpKEI46DjOHjOaByQMxqH9TAO&#10;VvhwL9QtiKw/1KgZSxR0HWzVC0SUD4WiOi7PFpylClOcB4g2UyhVe4JKuvS10dyAOZ1fnISoyFhS&#10;p+8Am3j9F2zssolRqcGpwU/IOTrc80C4KdMOdFvetlqH3B3W62uNbCvChonPGO8ERv2Y6h6kNZSv&#10;1DY9rZ2Cu98bgYoz/d1QY4YdlQRMwjoJ6PU1xE0WaUfnX3Y/BVpmSSy4p5F6gNSfIk8tQfEHwIAN&#10;Nw183Xio2tAvMbYhovFAsxKluHQiE+OCDFtteo6owxpf/QEAAP//AwBQSwMEFAAGAAgAAAAhAOmf&#10;AbDZAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdxH+UNJtSinoqgq0g&#10;vU2z0yQ0Oxuy2yT99o5e9DLweI83v5cvJ9eqgfrQeDaQzhJQxKW3DVcGPnevd3NQISJbbD2TgQsF&#10;WBbXVzlm1o/8QcM2VkpKOGRooI6xy7QOZU0Ow8x3xOIdfe8wiuwrbXscpdy1+j5JnrXDhuVDjR2t&#10;aypP27Mz8DbiuHpIX4bN6bi+7HdP71+blIy5vZlWC1CRpvgXhh98QYdCmA7+zDao1oAMib9XvMe5&#10;rDhIJgFd5Po/evENAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAo/2gLXwCAAAOBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6Z8BsNkAAAACAQAA&#10;DwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
+                    <v:group w14:anchorId="00375BCD" id="Group 73" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqaXkPcgIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X50ma5sadYqhXYMB&#10;RVegHXZWZPkDk0WNUuL034+SrcRogQHrfJAp84kiH595db3vNNspdC2Ygp+ezDhTRkLZmrrgP57v&#10;Pi05c16YUmgwquAvyvHr1ccPV73N1Rwa0KVCRkGMy3tb8MZ7m2eZk43qhDsBqww5K8BOeNpinZUo&#10;eore6Ww+m51nPWBpEaRyjr7eDk6+ivGrSkn/vaqc8kwXnHLzccW4bsKara5EXqOwTSvHNMQ7suhE&#10;a+jSQ6hb4QXbYvsmVNdKBAeVP5HQZVBVrVSxBqrmdPaqmjXC1sZa6ryv7YEmovYVT+8OKx92a7RP&#10;9hGH7Mm8B/nLES9Zb+t86g/7+gjeV9iFQ1QE20dGXw6Mqr1nkj4uZpfLJfEuyXW+OBv5lg015c0Z&#10;2Xz9y6lM5MOFMa1DGr0l3bgjNe7/qHlqhFWRcRdKf0TWlgW/+MyZER3Jdz0qhb4QQ+FyQgX2xp0b&#10;iXwvN4cqRS63zq8VRIrF7t75QaplskSTLLk3yUQSfJC6jlL3nJHUkTOS+maQuhU+nAt9Cybrjz1q&#10;xhYFXwc79QwR5UOjqI+LizlnqcOU5xGizRRK3Z6gki+9bQw3YM5nl2chKwqW3Ok9wCa3/gs2qmwS&#10;VGpwargn1BwvPPBAuCnTDnRb3rVah9od1psbjWwnwvSIz5jvBEZ6dPnQ92BtoHwh2fQklIK731uB&#10;ijP9zZAww/xJBiZjkwz0+gbilIq0o/PP+58CLbNkFtzTL/UASZ8iT5Kg/ANgwIaTBr5sPVRt0EvM&#10;bcho3NC/Eq04UCIT4/ALE2u6j6jjiF79AQAA//8DAFBLAwQUAAYACAAAACEA6Z8BsNkAAAACAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm93Ef5Q0m1KKeiqCrSC9TbPTJDQ7G7Lb&#10;JP32jl70MvB4jze/ly8n16qB+tB4NpDOElDEpbcNVwY+d693c1AhIltsPZOBCwVYFtdXOWbWj/xB&#10;wzZWSko4ZGigjrHLtA5lTQ7DzHfE4h197zCK7Cttexyl3LX6PkmetcOG5UONHa1rKk/bszPwNuK4&#10;ekhfhs3puL7sd0/vX5uUjLm9mVYLUJGm+BeGH3xBh0KYDv7MNqjWgAyJv1e8x7msOEgmAV3k+j96&#10;8Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDqaXkPcgIAAOoFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpnwGw2QAAAAIBAAAPAAAAAAAAAAAA&#10;AAAAAMwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;">
                       <v:shape id="Graphic 74" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCEGmzhwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EBujZz/4kYJIRAovjlpSY+LtbVNrJWRFNt9+6hQyHGYmW+Y7X4wjejI+dqygtk0AUFc&#10;WF1zqeDzcnp9A+EDssbGMin4JQ/73ehli6m2PefUnUMpIoR9igqqENpUSl9UZNBPbUscvR/rDIYo&#10;XSm1wz7CTSPnSbKWBmuOCxW2dKyouJ3vRoFcZNfZXa5zdu13tvJf1019ZKUm4+HwDiLQEJ7h//aH&#10;VrBZwt+X+APk7gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCEGmzhwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m309372,l,,,6095r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="47039660" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -5464,189 +9740,201 @@
                                         <a:pt x="309372" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="4DD1F75D" id="Group 75" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDncAcnfAIAAA4GAAAOAAAAZHJzL2Uyb0RvYy54bWykVFtr2zAUfh/sPwi9r05SmmamThntWgal&#10;KzRjz4osX5isox0pcfrvdyRbiWlhsM4P9pHPp3P5zuXq+tBptlfoWjAFn5/NOFNGQtmauuA/Nnef&#10;Vpw5L0wpNBhV8Bfl+PX644er3uZqAQ3oUiEjI8blvS14473Ns8zJRnXCnYFVhpQVYCc8HbHOShQ9&#10;We90tpjNllkPWFoEqZyjv7eDkq+j/apS0n+vKqc80wWn2Hx8Y3xvwztbX4m8RmGbVo5hiHdE0YnW&#10;kNOjqVvhBdth+8ZU10oEB5U/k9BlUFWtVDEHymY+e5XNPcLOxlzqvK/tkSai9hVP7zYrH/dPyNqy&#10;4JcXnBnRUY2iW0ZnIqe3dU6Ye7TP9gmHDEl8APnLkTp7rQ/n+gQ+VNiFS5QoO0TWX46sq4Nnkn6e&#10;zz6vVlQbSarl+cVYE9lQ4d7ckc3Xv9zKRD44jGEdw+gt9ZY70ef+j77nRlgVq+ICNYm+5Ym+oZsu&#10;lwOBERXYi3S63I1EvpebY5Yilzvn7xVEisX+wfmhncskiSZJ8mCSiDQUYRx0HAfPGY0DckbjsB3G&#10;wQof7oW6BZH1pxo1Y4mCroO92kBE+VAoquP55YKzVGGK8wTRZgqlak9QSZe+NpobMMv5bBWiImNJ&#10;nb4DbOL1X7CxyyZGpQanBj8h5+jwyAPhpkw70G1512odcndYb280sr0IGyY+Y7wTGPVjqnuQtlC+&#10;UNv0tHYK7n7vBCrO9DdDjRl2VBIwCdskoNc3EDdZpB2d3xx+CrTMklhwTyP1CKk/RZ5aguIPgAEb&#10;bhr4svNQtaFfYmxDROOBZiVKcelEJsYFGbba9BxRpzW+/gMAAP//AwBQSwMEFAAGAAgAAAAhAOmf&#10;AbDZAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdxH+UNJtSinoqgq0g&#10;vU2z0yQ0Oxuy2yT99o5e9DLweI83v5cvJ9eqgfrQeDaQzhJQxKW3DVcGPnevd3NQISJbbD2TgQsF&#10;WBbXVzlm1o/8QcM2VkpKOGRooI6xy7QOZU0Ow8x3xOIdfe8wiuwrbXscpdy1+j5JnrXDhuVDjR2t&#10;aypP27Mz8DbiuHpIX4bN6bi+7HdP71+blIy5vZlWC1CRpvgXhh98QYdCmA7+zDao1oAMib9XvMe5&#10;rDhIJgFd5Po/evENAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA53AHJ3wCAAAOBgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6Z8BsNkAAAACAQAA&#10;DwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
+                    <v:group w14:anchorId="48FC0D2A" id="Group 75" o:spid="_x0000_s1026" style="width:24.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAajpkvcgIAAOoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X502WJoadYqhXYMB&#10;RVegHXZWZPkDk0WNUuL034+SrcRogQHLfJAp84kiH595fbPvNNspdC2Ygp+fzThTRkLZmrrgP17u&#10;Py05c16YUmgwquCvyvGb1ccP173N1QU0oEuFjIIYl/e24I33Ns8yJxvVCXcGVhlyVoCd8LTFOitR&#10;9BS909nFbLbIesDSIkjlHH29G5x8FeNXlZL+e1U55ZkuOOXm44px3YQ1W12LvEZhm1aOaYgTsuhE&#10;a+jSQ6g74QXbYvsuVNdKBAeVP5PQZVBVrVSxBqrmfPammjXC1sZa6ryv7YEmovYNTyeHlY+7Ndpn&#10;+4RD9mQ+gPzliJest3U+9Yd9fQTvK+zCISqC7SOjrwdG1d4zSR/ns6vlkniX5FrMP498y4aa8u6M&#10;bL7+5VQm8uHCmNYhjd6SbtyRGvd/1Dw3wqrIuAulPyFry4JfLjgzoiP5rkel0BdiKFxOqMDeuHMj&#10;kadyc6hS5HLr/FpBpFjsHpwfpFomSzTJknuTTCTBB6nrKHXPGUkdOSOpbwapW+HDudC3YLL+2KNm&#10;bFHwdbBTLxBRPjSK+ji/vOAsdZjyPEK0mUKp2xNU8qW3jeEGzOJ8tgxZUbDkTu8BNrn1X7BRZZOg&#10;UoNTwz2h5njhgQfCTZl2oNvyvtU61O6w3txqZDsRpkd8xnwnMNKjy4e+B2sD5SvJpiehFNz93gpU&#10;nOlvhoQZ5k8yMBmbZKDXtxCnVKQdnX/Z/xRomSWz4J5+qUdI+hR5kgTlHwADNpw08GXroWqDXmJu&#10;Q0bjhv6VaMWBEpkYh1+YWNN9RB1H9OoPAAAA//8DAFBLAwQUAAYACAAAACEA6Z8BsNkAAAACAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm93Ef5Q0m1KKeiqCrSC9TbPTJDQ7G7Lb&#10;JP32jl70MvB4jze/ly8n16qB+tB4NpDOElDEpbcNVwY+d693c1AhIltsPZOBCwVYFtdXOWbWj/xB&#10;wzZWSko4ZGigjrHLtA5lTQ7DzHfE4h197zCK7Cttexyl3LX6PkmetcOG5UONHa1rKk/bszPwNuK4&#10;ekhfhs3puL7sd0/vX5uUjLm9mVYLUJGm+BeGH3xBh0KYDv7MNqjWgAyJv1e8x7msOEgmAV3k+j96&#10;8Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAajpkvcgIAAOoFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpnwGw2QAAAAIBAAAPAAAAAAAAAAAA&#10;AAAAAMwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;">
                       <v:shape id="Graphic 76" o:spid="_x0000_s1027" style="position:absolute;width:309880;height:6350;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="309880,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAbhFcNwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva6pilWoUEQTxpu6ix0fzbIvNS0mi1n9vBMHjMDPfMPNla2pxJ+crywoG/QQEcW51&#10;xYWCv+PmdwrCB2SNtWVS8CQPy0XnZ46Ztg/e0/0QChEh7DNUUIbQZFL6vCSDvm8b4uhdrDMYonSF&#10;1A4fEW5qOUySVBqsOC6U2NC6pPx6uBkFcrQ7DW4y3bNrzrux/z9NqjUr1eu2qxmIQG34hj/trVYw&#10;SeH9Jf4AuXgBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAG4RXDcAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m309372,l,,,6108r309372,l309372,xe" fillcolor="black" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="55B251C9" w14:textId="77777777" w:rsidR="00DF1346" w:rsidRDefault="0084580A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="396E0ED3" w14:textId="77777777" w:rsidR="0084580A" w:rsidRDefault="0084580A"/>
     <w:sectPr w:rsidR="0084580A">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="480" w:right="720" w:bottom="0" w:left="360" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DF1346"/>
+    <w:rsid w:val="00154F5C"/>
+    <w:rsid w:val="002E0BC5"/>
+    <w:rsid w:val="00404F3D"/>
     <w:rsid w:val="004E63D4"/>
     <w:rsid w:val="0084580A"/>
     <w:rsid w:val="00DF1346"/>
     <w:rsid w:val="00FC0F0C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5290095E"/>
   <w15:docId w15:val="{B4150A58-CB9B-4187-B9B8-36F5E00D0AFB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6086,55 +10374,55 @@
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="141"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6389,180 +10677,172 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A7E6C89982BBFA40AD8012DACA8A907F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e64021b8216100b2ca45c954cd69c0c5">
-[...2 lines deleted...]
-    <xsd:import namespace="338e5083-a46f-4766-8e64-ee827b9e16b3"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a19951b7-df7b-4791-9833-7eead592f30e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="7b83dbe2-6fd2-449a-a932-0d75829bf641" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001B99F2764389D14292225351B0A44177" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fa926dd95cf8f512ab8b3936f00a53d4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a19951b7-df7b-4791-9833-7eead592f30e" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af85006c158d9711332a852b9187dcf6" ns2:_="" ns3:_="">
+    <xsd:import namespace="a19951b7-df7b-4791-9833-7eead592f30e"/>
+    <xsd:import namespace="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e12619c7-9a19-4dc6-ad29-a355e3b803fe" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a19951b7-df7b-4791-9833-7eead592f30e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="12" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="12" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="16" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="338e5083-a46f-4766-8e64-ee827b9e16b3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7b83dbe2-6fd2-449a-a932-0d75829bf641" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
-[...25 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4849ad2a-2ca5-43ab-86ed-7830c2893a31}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="338e5083-a46f-4766-8e64-ee827b9e16b3">
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e521af78-0745-4cab-a9ea-c150cb8fd0ff}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7b83dbe2-6fd2-449a-a932-0d75829bf641">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -6629,138 +10909,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DE26BCC-596E-426D-83E4-90A7CC749969}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{208E0819-52FC-4B26-B64E-39BDCC73CC3E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a19951b7-df7b-4791-9833-7eead592f30e"/>
+    <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{027461DF-BF94-44BC-ABF9-7BD77181D548}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{027461DF-BF94-44BC-ABF9-7BD77181D548}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{208E0819-52FC-4B26-B64E-39BDCC73CC3E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6573E3B3-3F9F-44B1-B1EF-1E8EA60A2353}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a19951b7-df7b-4791-9833-7eead592f30e"/>
+    <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>381</Words>
   <Characters>2176</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>COASTSWEEP Volunteer Sign-In Waiver Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2552</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>COASTSWEEP Volunteer Sign-In Waiver Form</dc:title>
-  <dc:subject>COASTSWEEP Volunteer Sign-In Waiver Form</dc:subject>
+  <dc:title>COASTSWEEP Volunteer Sign-In Waiver Form-Haitian Creole</dc:title>
+  <dc:subject>COASTSWEEP Volunteer Sign-In Waiver Form-Haitian Creole</dc:subject>
   <dc:creator>Massachusetts Office of Coastal Zone Management (CZM)</dc:creator>
-  <cp:keywords>COASTSWEEP Volunteer Sign-In Waiver Form</cp:keywords>
+  <cp:keywords>COASTSWEEP Volunteer Sign-In Waiver Form-Haitian Creole</cp:keywords>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x010100A7E6C89982BBFA40AD8012DACA8A907F</vt:lpwstr>
+    <vt:lpwstr>0x0101001B99F2764389D14292225351B0A44177</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Created">
     <vt:filetime>2025-05-09T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 25 for Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="LastSaved">
     <vt:filetime>2025-05-26T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Order">
     <vt:lpwstr>567300.000000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Producer">
     <vt:lpwstr>Adobe PDF Library 25.1.250</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="SourceModified">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>