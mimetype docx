--- v0 (2025-11-08)
+++ v1 (2026-02-08)
@@ -1,310 +1,4427 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="79F240CB" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="00000000">
+    <w:p w14:paraId="79F240CB" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="005E03DB">
       <w:pPr>
         <w:spacing w:line="1" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="125829378" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74951DE6" wp14:editId="17A8E87C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74951DE6" wp14:editId="1A2D9056">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>408305</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>12700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1090930" cy="365760"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="right"/>
-            <wp:docPr id="1" name="Shape 1"/>
+            <wp:docPr id="1" name="Shape 1" descr="Massachusetts Office of Coastal Zone Management (CZM) logo"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="Picture box 2"/>
+                    <pic:cNvPr id="1" name="Shape 1" descr="Massachusetts Office of Coastal Zone Management (CZM) logo"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7"/>
+                    <a:blip r:embed="rId10"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1090930" cy="365760"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DAC9F6F" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5DAC9F6F" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="005E03DB">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung30"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
-        <w:t>Đăng Ký/Thỏa Thuận Miễn Trừ Trách Nhiệm Tình Nguyện Viên của COASTSWEEP</w:t>
+        <w:t>Đăng Ký/Th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ỏ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>a Thu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n Mi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ễ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n Tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ừ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trách Nhi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>m Tình Nguy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n Viên c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>a COASTSWEEP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="426D508C" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="00000000">
+    <w:p w14:paraId="426D508C" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="005E03DB">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="6014"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="9264"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="13872"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Đơn Vị Tổ Chức Dọn Dẹp: </w:t>
+        <w:t>Đơn V</w:t>
       </w:r>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:tab/>
-        <w:t xml:space="preserve"> Ngày Dọn Dẹp: </w:t>
+        <w:t>ị</w:t>
       </w:r>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:tab/>
-        <w:t xml:space="preserve"> Địa Điểm Dọn Dẹp: </w:t>
+        <w:t xml:space="preserve"> T</w:t>
       </w:r>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>ổ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>c D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>n D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ẹ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">p: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:tab/>
+        <w:t xml:space="preserve"> Ngày D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>n D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ẹ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">p: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> Đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a Đi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>m D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>n D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ẹ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">p: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B7E1EC" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="00000000" w:rsidP="000579EB">
+    <w:p w14:paraId="76B7E1EC" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="005E03DB" w:rsidP="000579EB">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Tôi, người tham gia các hoạt động do COASTSWEEP tài trợ, đồng ý tuân thủ mọi hướng dẫn dọn dẹp theo quy định của đơn vị tổ chức dọn dẹp/quản lý bãi biển địa phương. Tôi hiểu công việc mà tôi đã tình nguyện làm và xin cam kết rằng tôi có đủ trình độ và khả năng về thể chất để hoàn thành công việc và hoạt động mà tôi đã tình nguyện làm. Tôi hiểu rằng tôi có thể thu thập nhiều loại rác thải  khác nhau trên biển, bao gồm thủy tinh vỡ, mảnh kim loại và các vật liệu khác có thể gây thương tích nếu xử lý không đúng cách. Tất cả các vật liệu có thành phần không rõ ràng, trọng lượng nặng hoặc không an toàn (rác thải y tế, thùng chứa hóa chất, thùng 55 gallon, pháo hoa...) sẽ được giữ nguyên tại chỗ, ghi chú vị trí và thông báo cho nhân viên được đào tạo. COASTSWEEP là một tổ chức hoạt động dựa trên tinh thần tình nguyện và không chịu trách nhiệm đối với bất kỳ chấn thương nào xảy ra trong quá trình dọn dẹp.</w:t>
+        <w:t>Tôi, ngư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i tham gia các ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng do COASTSWEEP tài tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ồ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng ý tuân th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i hư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ẫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ẹ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p theo quy đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a đơn v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ổ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ẹ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p/qu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n lý bãi bi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a phương. Tôi hi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u công vi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c mà tôi đã tình nguy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n làm và xin cam k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ằ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng tôi có đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trình đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và kh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> năng v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoàn thành công vi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c và ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng mà tôi đã tình nguy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n làm. Tôi hi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ằ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng tôi có th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thu th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p nhi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u lo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i rác th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i  khác nhau trên bi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n, bao g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ồ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>y tinh v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỡ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh kim lo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i và các v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t li</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u khác có th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gây thương tích n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ử</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lý không đúng cách. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> các v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t li</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u có thành ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ầ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n không rõ ràng, tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng lư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c không an toàn (rác th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i y t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, thùng ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a hóa ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t, thùng 55 gallon, pháo hoa...) s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ẽ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c gi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ữ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nguyên t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỗ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, ghi chú v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trí và thông báo cho nhân viên đư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c đào t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>o. COASTSWEEP là m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ổ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a trên tinh th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ầ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n tình nguy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n và không ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u trách nhi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỳ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n thương nào x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>y ra trong quá trình d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ẹ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07631D7D" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="00000000" w:rsidP="000579EB">
+    <w:p w14:paraId="07631D7D" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="005E03DB" w:rsidP="000579EB">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Tôi xin tuyên bố miễn trừ cho Khối Thịnh Vượng Chung Massachusetts, Văn Phòng Quản Lý Vùng Duyên Hải Massachusetts (CZM), cùng với nhân viên và đại diện của họ khỏi mọi trách nhiệm pháp lý, khiếu nại, tổn thất, thiệt hại, chi phí và/hoặc chấn thương – dù đối với người hay tài sản – có thể phát sinh từ hành động của tôi trong quá trình tham gia các hoạt động tình nguyện của COASTSWEEP. Tôi cũng đồng ý bồi thường, bảo vệ và miễn trừ trách nhiệm cho Khối Thịnh Vượng Chung Massachusetts, CZM, cùng với nhân viên và đại diện của họ khỏi mọi trách nhiệm pháp lý đối với bất kỳ thiệt hại hoặc chấn thương nào phát sinh từ hành động của tôi trong quá trình tham gia các hoạt động tình nguyện do CZM phê duyệt hoặc tài trợ, nếu những hành động đó bị xác định là nằm ngoài phạm vi hoạt động đã được phê duyệt. Tôi thừa nhận rằng, khi tham gia các hoạt động tình nguyện này, tôi không nhận được lệnh bổ nhiệm vào dịch vụ tiểu bang và tôi sẽ không nhận được lương hoặc thanh toán từ Khối Thịnh Vượng Chung. Vì vậy, tôi hiểu rằng tôi không có quyền nhận Bồi Thường của Người Lao Động và tôi không thể khiếu nại CZM về bất kỳ thương tích, mất mát hoặc thiệt hại nào đối với người (bao gồm thương tích cơ thể hoặc tử vong) hoặc tài sản phải chịu trong khi tham gia công tác tình nguyện của COASTSWEEP và tôi sẽ tự chịu trách nhiệm về bảo hiểm y tế của bản thân.</w:t>
+        <w:t>Tôi xin tuyên b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ễ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ừ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho Kh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh Vư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng Chung Massachusetts, Văn Phòng Qu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n Lý Vùng Duyên H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Massachusetts (CZM), cùng v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i nhân viên và đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỏ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i trách nhi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m pháp lý, khi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i, t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ổ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t, thi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i, chi phí và/ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n thương – dù đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i ngư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i hay tài s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n – có th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phát sinh t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ừ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hành đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a tôi trong quá trình tham gia các ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng tình nguy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a COASTSWEEP. Tôi cũng đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ồ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng ý b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ồ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i thư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng, b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>o v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và mi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ễ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ừ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trách nhi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m cho Kh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh Vư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng Chung Massachusetts, CZM, cùng v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i nhân viên và đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỏ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i trách nhi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m pháp lý đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỳ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n thương nào phát sinh t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ừ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hành đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a tôi trong quá trình tham gia các ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng tình nguy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n do CZM phê duy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c tài tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ữ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng hành đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng đó b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xác đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh là n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ằ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m ngoài ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m vi ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng đã đư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c phê duy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t. Tôi th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ừ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ằ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng, khi tham gia các ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng tình nguy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n này, tôi không nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n đư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ổ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nhi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m vào d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ch v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u bang và tôi s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ẽ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n đư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c lương ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c thanh toán t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ừ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh Vư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng Chung. Vì v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>y, tôi hi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ằ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng tôi không có quy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ồ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Thư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a Ngư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Lao Đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng và tôi không th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> khi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i CZM v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỳ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thương tích, m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t mát ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c thi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i nào đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i ngư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i (bao g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ồ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m thương tích cơ th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ử</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vong) ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c tài s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u trong khi tham gia công tác tình nguy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a COASTSWEEP và tôi s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ẽ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u trách nhi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>o hi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m y t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n thân.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="006EF68B" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="00000000" w:rsidP="000579EB">
+    <w:p w14:paraId="006EF68B" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="005E03DB" w:rsidP="000579EB">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ẢNH</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> - Ngoài ra, khi ký tên, tôi đồng ý rằng các bức ảnh chụp tôi trong quá trình dọn dẹp có thể được Khối Thịnh Vượng Chung Massachusetts, CZM và Ocean Conservancy sử dụng trong các ấn phẩm, bài thuyết trình, trên các trang web và gửi đến bất kỳ phương tiện truyền thông nào để tăng cường quảng bá cho Chương Trình Dọn Dẹp Bờ Biển Quốc Tế cũng như nâng cao nhận thức về vấn đề rác thải biển. Ngoài ra, quý vị khẳng định rằng quý vị sở hữu bản quyền đối với bất kỳ bức ảnh nào quý vị gửi và đồng ý chuyển giao những bản quyền đó cho Khối Thịnh Vượng Chung Massachusetts, CZM và Ocean Conservancy.</w:t>
+        <w:t>Ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Ngoài ra, khi ký tên, tôi đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ồ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng ý r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ằ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng các b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p tôi trong quá trình d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ẹ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p có th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c Kh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh Vư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng Chung Massachusetts, CZM và Ocean Conservancy s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ử</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ng trong các </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ẩ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m, bài thuy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t trình, trên các trang web và g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ử</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỳ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phương ti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n truy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n thông nào đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tăng cư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng qu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng bá cho Chương Trình D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ẹ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n Qu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cũng như nâng cao nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rác th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i bi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n. Ngoài ra, quý v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ẳ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ằ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng quý v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ữ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n quy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỳ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh nào quý v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ử</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i và đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ồ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng ý chuy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n giao nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ữ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>g b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n quy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n đó cho Kh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh Vư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng Chung Massachusetts, CZM và Ocean Conservancy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF4D377" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3BF4D377" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="005E03DB">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung20"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
-        <w:t>Tôi đã đọc thỏa thuận miễn trừ trách nhiệm</w:t>
+        <w:t>Tôi đã đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>c th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ỏ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>a thu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n mi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ễ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ừ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trách nhi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>m</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A615313" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="00000000" w:rsidP="000579EB">
+    <w:p w14:paraId="3A615313" w14:textId="77777777" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="005E03DB" w:rsidP="000579EB">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung20"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2750"/>
           <w:tab w:val="left" w:pos="6014"/>
           <w:tab w:val="left" w:pos="9923"/>
         </w:tabs>
         <w:spacing w:line="230" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
-        <w:t>(đánh dấu &amp; Ký nháy)</w:t>
+        <w:t>(đánh d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>u &amp; Ký nháy)</w:t>
       </w:r>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Tên</w:t>
       </w:r>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Địa Chỉ</w:t>
-[...7 lines deleted...]
-        <w:tab/>
+        <w:t>Đ</w:t>
       </w:r>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Thông Tin Liên Hệ Khẩn Cấp (Tên, #)</w:t>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>a Ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ỉ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Thông Tin Liên H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ẩ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>n C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000579EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>p (Tên, #)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E2719A8" w14:textId="145694E5" w:rsidR="00FF57B7" w:rsidRPr="000579EB" w:rsidRDefault="001F4BE5" w:rsidP="001F4BE5">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung20"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="373"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="792"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="14323"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="bookmark1"/>
       <w:bookmarkStart w:id="1" w:name="bookmark2"/>
       <w:bookmarkStart w:id="2" w:name="bookmark3"/>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="000579EB">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t>☐</w:t>
@@ -1135,74 +5252,74 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="373"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="792"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="14323"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FF57B7" w:rsidRPr="000579EB">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="490" w:right="759" w:bottom="204" w:left="610" w:header="62" w:footer="3" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DDAD0BD" w14:textId="77777777" w:rsidR="002E0B68" w:rsidRDefault="002E0B68">
+    <w:p w14:paraId="5D086131" w14:textId="77777777" w:rsidR="0091436E" w:rsidRDefault="0091436E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1375BB2E" w14:textId="77777777" w:rsidR="002E0B68" w:rsidRDefault="002E0B68">
+    <w:p w14:paraId="0F19EB67" w14:textId="77777777" w:rsidR="0091436E" w:rsidRDefault="0091436E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -1238,54 +5355,54 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51229BAE" w14:textId="77777777" w:rsidR="002E0B68" w:rsidRDefault="002E0B68"/>
+    <w:p w14:paraId="7000F32A" w14:textId="77777777" w:rsidR="0091436E" w:rsidRDefault="0091436E"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28936703" w14:textId="77777777" w:rsidR="002E0B68" w:rsidRDefault="002E0B68"/>
+    <w:p w14:paraId="3A9D21C3" w14:textId="77777777" w:rsidR="0091436E" w:rsidRDefault="0091436E"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11E94998"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3C62CD1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
@@ -1441,79 +5558,87 @@
     <w:lvl w:ilvl="8" w:tplc="042A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1241401895">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2047413427">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
-  <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FF57B7"/>
     <w:rsid w:val="000579EB"/>
     <w:rsid w:val="001F4BE5"/>
     <w:rsid w:val="002E0B68"/>
     <w:rsid w:val="00430CC9"/>
+    <w:rsid w:val="005E03DB"/>
+    <w:rsid w:val="007C4EAA"/>
+    <w:rsid w:val="0091436E"/>
+    <w:rsid w:val="00A15422"/>
+    <w:rsid w:val="00A17B56"/>
     <w:rsid w:val="00A24595"/>
+    <w:rsid w:val="00A41A05"/>
+    <w:rsid w:val="00AF6B22"/>
+    <w:rsid w:val="00B638CE"/>
     <w:rsid w:val="00EC5F9E"/>
     <w:rsid w:val="00FC10E9"/>
     <w:rsid w:val="00FF57B7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="vi-VN" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2029,59 +6154,111 @@
     <w:link w:val="Vnbnnidung"/>
     <w:pPr>
       <w:spacing w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Vnbnnidung20">
     <w:name w:val="Văn bản nội dung (2)"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Vnbnnidung2"/>
     <w:pPr>
       <w:spacing w:after="40" w:line="199" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B638CE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B638CE"/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B638CE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B638CE"/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2274,180 +6451,172 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A7E6C89982BBFA40AD8012DACA8A907F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e64021b8216100b2ca45c954cd69c0c5">
-[...2 lines deleted...]
-    <xsd:import namespace="338e5083-a46f-4766-8e64-ee827b9e16b3"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a19951b7-df7b-4791-9833-7eead592f30e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="7b83dbe2-6fd2-449a-a932-0d75829bf641" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001B99F2764389D14292225351B0A44177" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fa926dd95cf8f512ab8b3936f00a53d4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a19951b7-df7b-4791-9833-7eead592f30e" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af85006c158d9711332a852b9187dcf6" ns2:_="" ns3:_="">
+    <xsd:import namespace="a19951b7-df7b-4791-9833-7eead592f30e"/>
+    <xsd:import namespace="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e12619c7-9a19-4dc6-ad29-a355e3b803fe" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a19951b7-df7b-4791-9833-7eead592f30e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="12" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="12" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="16" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="338e5083-a46f-4766-8e64-ee827b9e16b3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7b83dbe2-6fd2-449a-a932-0d75829bf641" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
-[...25 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4849ad2a-2ca5-43ab-86ed-7830c2893a31}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="338e5083-a46f-4766-8e64-ee827b9e16b3">
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e521af78-0745-4cab-a9ea-c150cb8fd0ff}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7b83dbe2-6fd2-449a-a932-0d75829bf641">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -2514,114 +6683,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{258E9C64-B891-4CDE-B2ED-CA07ECE75F86}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{455C750E-9052-4C45-BE2B-C2821F10E184}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{455C750E-9052-4C45-BE2B-C2821F10E184}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D78450D-099A-4FCD-9A73-5D6BEFBFF27B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a19951b7-df7b-4791-9833-7eead592f30e"/>
+    <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D78450D-099A-4FCD-9A73-5D6BEFBFF27B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FDDF080-0EF2-4E2F-B334-2EBD7A10D526}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a19951b7-df7b-4791-9833-7eead592f30e"/>
+    <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>483</Words>
   <Characters>2759</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>COASTSWEEP Volunteer Sign-In Waiver Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3236</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>COASTSWEEP Volunteer Sign-In Waiver Form</dc:title>
-[...1 lines deleted...]
-</dc:subject>
+  <dc:title>COASTSWEEP Volunteer Sign-In Waiver Form-Vietnamese Translation</dc:title>
+  <dc:subject>COASTSWEEP Volunteer Sign-In Waiver Form-Vietnamese Translation</dc:subject>
   <dc:creator>Massachusetts Office of Coastal Zone Management (CZM)</dc:creator>
-  <cp:keywords>COASTSWEEP Volunteer Sign-In Waiver Form</cp:keywords>
+  <cp:keywords>COASTSWEEP Volunteer Sign-In Waiver Form-Vietnamese Translation</cp:keywords>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100A7E6C89982BBFA40AD8012DACA8A907F</vt:lpwstr>
+    <vt:lpwstr>0x0101001B99F2764389D14292225351B0A44177</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>