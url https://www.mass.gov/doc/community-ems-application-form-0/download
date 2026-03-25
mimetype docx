--- v0 (2025-10-31)
+++ v1 (2026-03-25)
@@ -1,11476 +1,16750 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0902179A" w14:textId="03AB61ED" w:rsidR="00B04791" w:rsidRPr="00B04791" w:rsidRDefault="004663D4" w:rsidP="00B04791">
+    <w:p w14:paraId="360D1BB0" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
+        <w:spacing w:before="69" w:line="418" w:lineRule="exact"/>
+        <w:ind w:left="8" w:right="14"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:bidi="ar-SA"/>
+          <w:sz w:val="37"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="37"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251641344" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="030565AE" wp14:editId="011A7046">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15728640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="470CF752" wp14:editId="5778E8E4">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
-              <wp:posOffset>613486</wp:posOffset>
+              <wp:posOffset>613410</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>197207</wp:posOffset>
+              <wp:posOffset>247650</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="895677" cy="1068720"/>
+            <wp:extent cx="895336" cy="1068323"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1" name="image1.png"/>
+            <wp:docPr id="2" name="Image 2"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image1.png"/>
+                    <pic:cNvPr id="2" name="Image 2"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="895677" cy="1068720"/>
+                      <a:ext cx="895336" cy="1068323"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00B04791" w:rsidRPr="00B04791">
-[...6 lines deleted...]
-        <w:t>The Commonwealth of Massachusetts</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="37"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="37"/>
+        </w:rPr>
+        <w:t>Commonwealth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="37"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="37"/>
+        </w:rPr>
+        <w:t>Massachusetts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30501862" w14:textId="77777777" w:rsidR="00B04791" w:rsidRPr="00B04791" w:rsidRDefault="00B04791" w:rsidP="00B04791">
+    <w:p w14:paraId="2FEC10DF" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:widowControl/>
-[...1 lines deleted...]
-        <w:autoSpaceDN/>
+        <w:spacing w:before="3" w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="2895" w:right="2910"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:bidi="ar-SA"/>
+          <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B04791">
-[...6 lines deleted...]
-        <w:t>Bureau of Healthcare Safety and Quality</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t>Bureau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t>Healthcare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t>Safety</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t>Quality Office of Emergency Medical Services Mobile Integrated Health Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC42C3D" w14:textId="77777777" w:rsidR="00B04791" w:rsidRPr="00B04791" w:rsidRDefault="00B04791" w:rsidP="00B04791">
+    <w:p w14:paraId="0E4FFE00" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:widowControl/>
-[...1 lines deleted...]
-        <w:autoSpaceDN/>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:right="14"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:bidi="ar-SA"/>
+          <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B04791">
-[...6 lines deleted...]
-        <w:t>Office of Emergency Medical Services</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t>67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t>Forest</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t>Street,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t>Marlborough,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t>MA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:t>01752</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE1E251" w14:textId="77777777" w:rsidR="00B04791" w:rsidRPr="00B04791" w:rsidRDefault="00B04791" w:rsidP="00B04791">
+    <w:p w14:paraId="2DD00850" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
-        <w:widowControl/>
-[...48 lines deleted...]
-          <w:sz w:val="17"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="535A0F77" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="20DBB563" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:sectPr w:rsidR="00D36EB6">
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27CA6604" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AB87322" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3125A45D" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C1F426E" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="264423BE" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="184"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F1C0931" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003D1C59">
           <w:footerReference w:type="default" r:id="rId8"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="1360" w:right="640" w:bottom="1160" w:left="640" w:header="720" w:footer="979" w:gutter="0"/>
+          <w:pgMar w:top="1280" w:right="360" w:bottom="1160" w:left="360" w:header="0" w:footer="979" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="093F7D47" w14:textId="77777777" w:rsidR="009A1CA4" w:rsidRDefault="009A1CA4" w:rsidP="009A1CA4">
-[...338 lines deleted...]
-    <w:p w14:paraId="2B31AF9B" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="11995620" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C2AA401" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
-[...81 lines deleted...]
-    <w:p w14:paraId="7AE273E8" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="4289BB61" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C85784D" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
-[...91 lines deleted...]
-    <w:p w14:paraId="1D7BF49D" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="38E64318" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3763FC09" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="74A8B4CD" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="800" w:right="788"/>
+        <w:spacing w:before="16"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="072D0873" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>INSTRUCTIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A9CD83" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Approval</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E3DFB19" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">EMS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD6C61F" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:sectPr w:rsidR="003D1C59">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1280" w:right="360" w:bottom="1160" w:left="360" w:header="0" w:footer="979" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720" w:equalWidth="0">
+            <w:col w:w="2963" w:space="71"/>
+            <w:col w:w="8486"/>
+          </w:cols>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C7B7D82" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="388AD3F2" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40F1BE16" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="1071"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">If the applicant does not </w:t>
+        <w:t>This application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>form</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>be completed by a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>public health aut</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="KATHLEEN_E._WALSH"/>
+      <w:bookmarkStart w:id="1" w:name="Secretary"/>
+      <w:bookmarkStart w:id="2" w:name="ROBERT_GOLDSTEIN,_MD,_PhD_Commissioner"/>
+      <w:bookmarkStart w:id="3" w:name="Tel:_617-624-6000"/>
+      <w:bookmarkStart w:id="4" w:name="www.mass.gov/dph"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:t>hority in partnership with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the primary ambulance service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the relevant local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>jurisdiction</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>wishes to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>apply for a Certificate of Approval to operate a Community EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Program. The application is intended for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>proposed service(s) of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the applicant, in the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>jurisdiction over</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the local public</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>health authority has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>authority and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>partnered ambulance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the primary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ambulance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>service.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>received</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Public Health (Department) at least 30 calendar days prior to anticipated commencement of Community EMS Program operations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15161D4C" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="18"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C6EB525" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2039"/>
+          <w:tab w:val="left" w:pos="3223"/>
+          <w:tab w:val="left" w:pos="4535"/>
+          <w:tab w:val="left" w:pos="4999"/>
+          <w:tab w:val="left" w:pos="6919"/>
+          <w:tab w:val="left" w:pos="7399"/>
+          <w:tab w:val="left" w:pos="8663"/>
+          <w:tab w:val="left" w:pos="9063"/>
+          <w:tab w:val="left" w:pos="9607"/>
+        </w:tabs>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="1079" w:right="1225"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Unless</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>otherwise,</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>responses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">format </w:t>
+      </w:r>
+      <w:r>
+        <w:t>specified.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Handwritten responses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or attachments will not be accepted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E27F954" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="267" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1079" w:right="1590"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Attachments should be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>labeled or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>marked</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>receive  a</w:t>
+        <w:t>so</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve">  response  from  the  Department  within 30  calendar days of its receipt of the completed  application,  the  applicant  may commence</w:t>
-[...7 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>identify</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>question</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>which they relate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E94B76D" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="255"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A4D9503" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="REVIEW"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>REVIEW</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5A4159" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A89C214" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1079"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Applications</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>reviewed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>order</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>received.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E775CD" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="268" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="1069"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>After</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>completed application is received</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the Department, the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Department will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>review the information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and will contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>applicant if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>clarifications or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>information for the submitted application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>materials are needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779EE8C0" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="268" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="1058"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>applicant does</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>not receive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>response</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>from the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>calendar days of its receipt of the completed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>application,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>applicant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">may commence </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
         <w:t>operations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C8A64F" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="2653FF31" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="242" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:sectPr w:rsidR="00D36EB6">
+        <w:sectPr w:rsidR="003D1C59">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="1360" w:right="640" w:bottom="1160" w:left="640" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="1280" w:right="360" w:bottom="1160" w:left="360" w:header="0" w:footer="979" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59A0F1A6" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="7F71D4F0" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="75"/>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="79"/>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:id="6" w:name="REGULATIONS"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>REGULATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E635C0D" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="4D02E8BB" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:ind w:left="800" w:right="790"/>
+        <w:spacing w:before="267"/>
+        <w:ind w:left="1080" w:right="1069"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">For complete information regarding approval of a Community EMS Program, please refer   to  </w:t>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>complete</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>regarding approval</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Program,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>please refer to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>105  CMR  173.000</w:t>
+          <w:t>105</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="40"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>CMR</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="40"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>173.000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>associated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">and    associated    sub-regulatory    guidance.    It    is the   applicant’s   responsibility   to   ensure   that   all   responses   are   consistent   with the requirements </w:t>
-[...16 lines deleted...]
-        <w:t>applicable.</w:t>
+        <w:t>sub-regulatory</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:t>guidance.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:t>It</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is the applicant’s responsibility to ensure that all responses are consistent with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the requirements of 105 CMR 173.000 and associated sub-regulatory</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>guidance, and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>any requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>specified by the Department, as applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A6216B" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="03A73D5B" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="255CEFE6" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="41E9835B" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="5"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="796BFEDA" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="366115D9" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:id="7" w:name="QUESTIONS"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
         <w:t>QUESTIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1CE928" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="458FECDD" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="11"/>
+        <w:spacing w:before="268" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1079" w:right="1074"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>additional information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>needed regarding the Community EMS Program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">application </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>process,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:t>please</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>MIH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">781-675-0478 or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r>
+          <w:rPr>
+            <w:spacing w:val="-2"/>
+          </w:rPr>
+          <w:t>MIH@mass.gov.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3D7EBB9E" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="275"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="APPLICATION_ATTACHMENT_CHECKLIST"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t>APPLICATION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ATTACHMENT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>CHECKLIST</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F0745D" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="125"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53297607" w14:textId="1B3EFD71" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="40ACF711" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="800" w:right="791"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1367"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">If additional information is needed regarding </w:t>
-[...65 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:position w:val="1"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251650560" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E51D96A" wp14:editId="2B2DA9D4">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487336960" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="548B6671" wp14:editId="02E5E14F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>1133475</wp:posOffset>
+                  <wp:posOffset>1137919</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-10160</wp:posOffset>
+                  <wp:posOffset>6935</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="92075" cy="187325"/>
-                <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+                <wp:extent cx="94615" cy="187325"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="98" name="Text Box 92"/>
+                <wp:docPr id="3" name="Textbox 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
-                        <a:spLocks noChangeArrowheads="1"/>
+                        <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="92075" cy="187325"/>
+                          <a:ext cx="94615" cy="187325"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-[...21 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="03DF73B4" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="1C7A4C44" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
-                              <w:pStyle w:val="BodyText"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+                                <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>□</w:t>
+                              <w:t></w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="6E51D96A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="548B6671" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 92" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:89.25pt;margin-top:-.8pt;width:7.25pt;height:14.75pt;z-index:-251665920;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBM1Pcl6QEAALYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mLxtao6TQ2DSEN&#10;hrTxAy6Ok1gkPnN2m5Rfz9lpyoA3xIt1OZ+/++67L9vrse/EQZM3aAu5Wiyl0FZhZWxTyK/P92+u&#10;pPABbAUdWl3Io/byevf61XZwuV5ji12lSTCI9fngCtmG4PIs86rVPfgFOm35skbqIfAnNVlFMDB6&#10;32Xr5fJdNiBVjlBp7zl7N13KXcKva63CY117HURXSOYW0knpLOOZ7baQNwSuNepEA/6BRQ/GctMz&#10;1B0EEHsyf0H1RhF6rMNCYZ9hXRul0ww8zWr5xzRPLTidZmFxvDvL5P8frPp8+ELCVIXc8KYs9Lyj&#10;Zz0G8R5HsVlHfQbncy57clwYRs7zntOs3j2g+uaFxdsWbKNviHBoNVTMbxVfZi+eTjg+gpTDJ6y4&#10;D+wDJqCxpj6Kx3IIRuc9Hc+7iVwUJzfr5eWFFIpvVleXb9cXqQHk81tHPnzQ2IsYFJJ48wkbDg8+&#10;RC6QzyWxlcV703Vp+539LcGFMZO4R7oT8TCW40mLEqsjT0E4mYnNz0GL9EOKgY1USP99D6Sl6D5a&#10;ViK6bg5oDso5AKv4aSGDFFN4GyZ37h2ZpmXkSWuLN6xWbdIoUdaJxYknmyNNeDJydN/L71T163fb&#10;/QQAAP//AwBQSwMEFAAGAAgAAAAhAG91vt7fAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;wkAQhe8m/ofNkHiDLRgLLd0SYvRkYiz14HHbDu2G7mztLlD/vcNJjy/z5c33st1ke3HB0RtHCpaL&#10;CARS7RpDrYLP8nW+AeGDpkb3jlDBD3rY5fd3mU4bd6UCL4fQCi4hn2oFXQhDKqWvO7TaL9yAxLej&#10;G60OHMdWNqO+crnt5SqKYmm1If7Q6QGfO6xPh7NVsP+i4sV8v1cfxbEwZZlE9BaflHqYTfstiIBT&#10;+IPhps/qkLNT5c7UeNFzXm+eGFUwX8YgbkDyyOMqBat1AjLP5P8F+S8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEATNT3JekBAAC2AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb3W+3t8AAAAJAQAADwAAAAAAAAAAAAAAAABDBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAE8FAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape id="Textbox 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:89.6pt;margin-top:.55pt;width:7.45pt;height:14.75pt;z-index:-15979520;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7R/7FkwEAABkDAAAOAAAAZHJzL2Uyb0RvYy54bWysUlFvEzEMfkfaf4jyvqYtbIxTrxMwgZAm&#10;QBr8gDSX9E67xMFOe9d/j5NeWwRvaC+OEzuf/X326n70vdhbpA5CLRezuRQ2GGi6sK3lzx+fru+k&#10;oKRDo3sItpYHS/J+ffVqNcTKLqGFvrEoGCRQNcRatinFSikyrfWaZhBt4KAD9DrxFbeqQT0wuu/V&#10;cj6/VQNgExGMJeLXh2NQrgu+c9akb86RTaKvJfeWisViN9mq9UpXW9Sx7czUhv6PLrzuAhc9Qz3o&#10;pMUOu3+gfGcQCFyaGfAKnOuMLRyYzWL+F5unVkdbuLA4FM8y0cvBmq/7p/gdRRo/wMgDLCQoPoJ5&#10;JtZGDZGqKSdrShVxdiY6OvT5ZAqCP7K2h7OedkzC8OO7N7eLGykMRxZ3b18vb7Lc6vI3IqXPFrzI&#10;Ti2Rp1Xq6/0jpWPqKWVq5Vg995HGzcgp2d1Ac2AKA0+xlvRrp9FK0X8JLFMe+cnBk7M5OZj6j1AW&#10;IzMJ8H6XwHWl8gV3qsz6l96nXckD/vNesi4bvf4NAAD//wMAUEsDBBQABgAIAAAAIQAgPTrG3AAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNOCAglxqgrBCQmRhgNHJ94m&#10;VuN1iN02/D3bE73NaEazb4v17AZxxClYTwqWiwQEUuuNpU7BV/129wQiRE1GD55QwS8GWJfXV4XO&#10;jT9Rhcdt7ASPUMi1gj7GMZcytD06HRZ+ROJs5yenI9upk2bSJx53g1wlSSqdtsQXej3iS4/tfntw&#10;CjbfVL3an4/ms9pVtq6zhN7TvVK3N/PmGUTEOf6X4YzP6FAyU+MPZIIY2D9mK66yWII459kDi0bB&#10;fZKCLAt5+UD5BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHtH/sWTAQAAGQMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACA9OsbcAAAACAEAAA8A&#10;AAAAAAAAAAAAAAAA7QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD2BAAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="03DF73B4" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                    <w:p w14:paraId="1C7A4C44" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                       <w:pPr>
-                        <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+                          <w:sz w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t>□</w:t>
+                        <w:t></w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <mc:AlternateContent>
-[...127 lines deleted...]
-        <w:t>This application and all required attachments.</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48014886" wp14:editId="744818B1">
+            <wp:extent cx="164465" cy="164464"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="Image 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="4" name="Image 4"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="164465" cy="164464"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>This application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>attachments.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F8C76E2" w14:textId="35C07984" w:rsidR="00D36EB6" w:rsidRDefault="00B04791">
+    <w:p w14:paraId="468F1480" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="36" w:line="268" w:lineRule="auto"/>
-        <w:ind w:left="1433" w:right="826" w:hanging="14"/>
+        <w:spacing w:before="41" w:line="264" w:lineRule="auto"/>
+        <w:ind w:left="1720" w:right="1096" w:hanging="345"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:position w:val="-2"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CE8313F" wp14:editId="42B5E393">
+            <wp:extent cx="158115" cy="163829"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="5" name="Image 5"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="5" name="Image 5"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="158115" cy="163829"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Letter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>support from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>authorized</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>signatory of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>jurisdiction, if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">signature on this application </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>could not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> be completed. Submission should be on official letterhead</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of jurisdiction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A125DB8" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="56" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1720" w:right="1140" w:hanging="351"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56E86640" wp14:editId="2CA79C03">
+            <wp:extent cx="158115" cy="163829"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="6" name="Image 6"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="6" name="Image 6"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="158115" cy="163829"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For anyone who wants to propose adding a service to the Defined List of </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Program Services,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Petition for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Addition</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of, or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Exclusion</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>from, the Defined List of Community EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Program Services form</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>must be completed. Applicants may</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>not apply for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Community EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>that intends to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>provide services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>outside of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>current</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Defined</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>List</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Services without a petition.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>The timeframe for consideration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of petitions by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>DPH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is not limited to 30 calendar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA25946" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="43" w:line="268" w:lineRule="auto"/>
+        <w:ind w:left="1703" w:right="1225" w:hanging="333"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251643392" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C324CCB" wp14:editId="2FDFBF73">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588352" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3518F51C" wp14:editId="197FFABB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>1108075</wp:posOffset>
+                  <wp:posOffset>3359786</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>34925</wp:posOffset>
+                  <wp:posOffset>839227</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="145415" cy="151130"/>
-[...2 lines deleted...]
-                <wp:docPr id="94" name="Rectangle 88"/>
+                <wp:extent cx="1370330" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="7" name="Graphic 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
-                        <a:spLocks noChangeArrowheads="1"/>
+                        <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="145415" cy="151130"/>
+                          <a:ext cx="1370330" cy="1270"/>
                         </a:xfrm>
-                        <a:prstGeom prst="rect">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-[...1 lines deleted...]
-                        <a:ln w="12700">
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="1370330">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="1370330" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="2260">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:miter lim="800000"/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
+                          <a:prstDash val="solid"/>
                         </a:ln>
-                        <a:extLst>
-[...7 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="772B66AD" id="Rectangle 88" o:spid="_x0000_s1026" style="position:absolute;margin-left:87.25pt;margin-top:2.75pt;width:11.45pt;height:11.9pt;z-index:251643392;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6YanBHQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElJ2W7UdLXqsghp&#10;gRULH+A6TmLheMzYbVq+nrHTLQVuiBwsT2b8/N6b8ermMBi2V+g12JoXs5wzZSU02nY1//rl/tWS&#10;Mx+EbYQBq2p+VJ7frF++WI2uUnPowTQKGYFYX42u5n0IrsoyL3s1CD8DpywlW8BBBAqxyxoUI6EP&#10;Jpvn+ZtsBGwcglTe09+7KcnXCb9tlQyf2tarwEzNiVtIK6Z1G9dsvRJVh8L1Wp5oiH9gMQht6dIz&#10;1J0Igu1Q/wU1aIngoQ0zCUMGbaulShpITZH/oeapF04lLWSOd2eb/P+DlR/3j8h0U/PrkjMrBurR&#10;Z3JN2M4otlxGg0bnK6p7co8YJXr3APKbZxY2PZWpW0QYeyUaolXE+uy3AzHwdJRtxw/QELzYBUhe&#10;HVocIiC5wA6pJcdzS9QhMEk/i3JRFgvOJKWKRVG8Ti3LRPV82KEP7xQMLG5qjsQ9gYv9gw+RjKie&#10;S+JdFu61ManrxrKRQOdXeZ5OeDC6idkkErvtxiDbizg46UvSSP5l2aADja/RQ82X5yJRRTfe2iZd&#10;E4Q2056oGHuyJzoyObuF5kjuIEyzSW+JNj3gD85Gmsua++87gYoz896Sw9dFWcZBTkG5uJpTgJeZ&#10;7WVGWElQNQ+cTdtNmIZ/51B3Pd1UJO0WbqkrrU6OxY5NrE5kafaSkad3Eof7Mk5Vv17z+icAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCrUiwY3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Pa8JAEMXv&#10;hX6HZQq9lLpREzUxGymFXjwUqkV6XLNjEtw/YXej6bfveKqn4fEeb36v3IxGswv60DkrYDpJgKGt&#10;nepsI+B7//G6AhaitEpqZ1HALwbYVI8PpSyUu9ovvOxiw6jEhkIKaGPsC85D3aKRYeJ6tOSdnDcy&#10;kvQNV15eqdxoPkuSBTeys/ShlT2+t1ifd4MRsE2z5Ccepm6/Os/zT69fDovtIMTz0/i2BhZxjP9h&#10;uOETOlTEdHSDVYFp0ss0o6iAjM7Nz5cpsKOAWT4HXpX8fkD1BwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADphqcEdAgAAFQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKtSLBjfAAAACAEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" strokeweight="1pt">
-[...1 lines deleted...]
-              </v:rect>
+              <v:shape w14:anchorId="7239CD24" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:264.55pt;margin-top:66.1pt;width:107.9pt;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1370330,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCe+3YuDwIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YSoB2MOMXQoMOA&#10;oivQFjsrshwbk0WNVOLk70fJsZN1t2E+CJT4RD7yUV7dHTsrDgapBVfK+SyXwjgNVet2pXx7ffj0&#10;WQoKylXKgjOlPBmSd+uPH1a9L8wCGrCVQcFBHBW9L2UTgi+yjHRjOkUz8MaxswbsVOAt7rIKVc/R&#10;O5st8vwm6wErj6ANEZ9uBqdcp/h1bXT4XtdkgrClZG4hrZjWbVyz9UoVO1S+afWZhvoHFp1qHSed&#10;Qm1UUGKP7V+hulYjENRhpqHLoK5bbVINXM08f1fNS6O8SbVwc8hPbaL/F1Y/HV78M0bq5B9B/yTu&#10;SNZ7KiZP3NAZc6yxi1gmLo6pi6epi+YYhObD+fI2Xy652Zp988VtanKmivGu3lP4aiDFUYdHCoMG&#10;1WipZrT00Y0mspJRQ5s0DFKwhigFa7gdNPQqxHuRXDRFfyESzzo4mFdI3vCOOVO7eK27Rk2ljFUy&#10;dkCwEdNwrwYjpWb7ujjrIovF4iZPo0Fg2+qhtTayINxt7y2Kg4qDmb5YB0f4A+aRwkZRM+CS6wyz&#10;7qzTIE0UaQvV6RlFz9NcSvq1V2iksN8cj0sc/dHA0diOBgZ7D+mBpAZxztfjD4VexPSlDKzsE4zD&#10;qIpRtFj6hI03HXzZB6jbqGiaoYHRecMTnAo8v7b4RK73CXX5J6x/AwAA//8DAFBLAwQUAAYACAAA&#10;ACEArMWIGuAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkLoilDWVjpekE&#10;CBDixoY0ccsa01ZrnKrJuvL2GC5wtP9Pvz8Xq8l1YsQhtJ40pLMEBFLlbUu1hvfN0+UNiBANWdN5&#10;Qg1fGGBVnp4UJrf+SG84rmMtuIRCbjQ0Mfa5lKFq0Jkw8z0SZ59+cCbyONTSDubI5a6TKknm0pmW&#10;+EJjenxosNqvD07DlHr1HF/ax7nc96/32cV2TD+2Wp+fTXe3ICJO8Q+GH31Wh5Kddv5ANohOw7Va&#10;poxycKUUCCYWWbYEsfvdZCDLQv7/ofwGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnvt2&#10;Lg8CAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;rMWIGuAAAAALAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l1370330,e" filled="f" strokeweight=".06278mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="004663D4">
-[...26 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251644416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20B8CB7C" wp14:editId="705289E5">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487337472" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DC29D51" wp14:editId="0E1A0DE9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>1104265</wp:posOffset>
+                  <wp:posOffset>1097280</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>42545</wp:posOffset>
+                  <wp:posOffset>38031</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="145415" cy="151130"/>
-                <wp:effectExtent l="8890" t="6350" r="7620" b="13970"/>
+                <wp:extent cx="94615" cy="187325"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="93" name="Rectangle 87"/>
-[...121 lines deleted...]
-                <wp:docPr id="92" name="Text Box 86"/>
+                <wp:docPr id="8" name="Textbox 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
-                        <a:spLocks noChangeArrowheads="1"/>
+                        <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="92075" cy="187325"/>
+                          <a:ext cx="94615" cy="187325"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-[...21 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2B1061FA" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="36240AEE" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
-                              <w:pStyle w:val="BodyText"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+                                <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>□</w:t>
+                              <w:t></w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6C630F50" id="Text Box 86" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:86pt;margin-top:3.2pt;width:7.25pt;height:14.75pt;z-index:-251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDf5HeQ7AEAAL0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L04ytE2NOEXXosOA&#10;bh3Q7gNoWbaF2aJGKbGzrx8lJ2m33opdBIqint57pNZXY9+JnSZv0BZyMZtLoa3CytimkD+e7j6s&#10;pPABbAUdWl3IvfbyavP+3XpwuV5ii12lSTCI9fngCtmG4PIs86rVPfgZOm35sEbqIfCWmqwiGBi9&#10;77LlfH6eDUiVI1Tae87eTodyk/DrWqvwUNdeB9EVkrmFtFJay7hmmzXkDYFrjTrQgDew6MFYfvQE&#10;dQsBxJbMK6jeKEKPdZgp7DOsa6N00sBqFvN/1Dy24HTSwuZ4d7LJ/z9Y9W33nYSpCnm5lMJCzz16&#10;0mMQn3AUq/Poz+B8zmWPjgvDyHnuc9Lq3T2qn15YvGnBNvqaCIdWQ8X8FvFm9uLqhOMjSDl8xYrf&#10;gW3ABDTW1Efz2A7B6Nyn/ak3kYvi5OVyfnEmheKTxeri4/IsPQD58a4jHz5r7EUMCknc+YQNu3sf&#10;IhfIjyXxKYt3putS9zv7V4ILYyZxj3Qn4mEsx2RTEhZ1lVjtWQzhNFP8BzhokX5LMfA8FdL/2gJp&#10;Kbovlg2Jw3cM6BiUxwCs4quFDFJM4U2YhnTryDQtI0+WW7xm02qTFD2zONDlGUlCD/Mch/DlPlU9&#10;/7rNHwAAAP//AwBQSwMEFAAGAAgAAAAhAHa2f0zeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAQRO9I/IO1SNyoQ6GhDdlUFYITEmoaDhydeJtYjdchdtvw97gnOI5mNPMmX0+2FycavXGM&#10;cD9LQBA3ThtuET6rt7slCB8Ua9U7JoQf8rAurq9ylWl35pJOu9CKWMI+UwhdCEMmpW86ssrP3EAc&#10;vb0brQpRjq3UozrHctvLeZKk0irDcaFTA7101Bx2R4uw+eLy1Xx/1NtyX5qqWiX8nh4Qb2+mzTOI&#10;QFP4C8MFP6JDEZlqd2TtRR/10zx+CQjpI4iLv0wXIGqEh8UKZJHL/weKXwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQDf5HeQ7AEAAL0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQB2tn9M3gAAAAgBAAAPAAAAAAAAAAAAAAAAAEYEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="5DC29D51" id="Textbox 8" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:86.4pt;margin-top:3pt;width:7.45pt;height:14.75pt;z-index:-15979008;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlxMEymAEAACADAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSP1Hyzfm00CLWWVTQVUIKQK&#10;kAof4HjtrNW1x8w42c3fM3Y2CYIb6sUez4yf33vj1f3oe7E3SA5CIxezuRQmaGhd2Dby549P13dS&#10;UFKhVT0E08iDIXm/vnq1GmJtltBB3xoUDBKoHmIju5RiXVWkO+MVzSCawEUL6FXiI26rFtXA6L6v&#10;lvP5bTUAthFBGyLOPhyLcl3wrTU6fbOWTBJ9I5lbKiuWdZPXar1S9RZV7JyeaKj/YOGVC/zoGepB&#10;JSV26P6B8k4jENg00+ArsNZpUzSwmsX8LzVPnYqmaGFzKJ5topeD1V/3T/E7ijR+gJEHWERQfAT9&#10;TOxNNUSqp57sKdXE3VnoaNHnnSUIvsjeHs5+mjEJzcl3b24XN1Jorizu3r5e3mS7q8vdiJQ+G/Ai&#10;B41EnlZ5X+0fKR1bTy0TlePrmUcaN6NwbabMnTmzgfbASgYeZiPp106hkaL/EtitPPlTgKdgcwow&#10;9R+h/I8sKMD7XQLrCoEL7kSAx1AkTF8mz/nPc+m6fOz1bwAAAP//AwBQSwMEFAAGAAgAAAAhAAKI&#10;Rx3dAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoQ1GTEuJUFYITEiIN&#10;B45OvE2sxusQu234e7YnOI5mNPOm2MxuECecgvWk4H6RgEBqvbHUKfisX+/WIELUZPTgCRX8YIBN&#10;eX1V6Nz4M1V42sVOcAmFXCvoYxxzKUPbo9Nh4Uck9vZ+cjqynDppJn3mcjfIZZKk0mlLvNDrEZ97&#10;bA+7o1Ow/aLqxX6/Nx/VvrJ1/ZjQW3pQ6vZm3j6BiDjHvzBc8BkdSmZq/JFMEAPrbMnoUUHKly7+&#10;OstANAoeViuQZSH/Hyh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGXEwTKYAQAAIAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAKIRx3dAAAA&#10;CAEAAA8AAAAAAAAAAAAAAAAA8gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="2B1061FA" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                    <w:p w14:paraId="36240AEE" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                       <w:pPr>
-                        <w:pStyle w:val="BodyText"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+                          <w:sz w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t>□</w:t>
+                        <w:t></w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <mc:AlternateContent>
-[...136 lines deleted...]
-        <w:t>Number:</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="18946330" wp14:editId="0FADDD1E">
+            <wp:extent cx="164465" cy="164464"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="9" name="Image 9"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="9" name="Image 9"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="164465" cy="164464"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:spacing w:val="32"/>
+          <w:position w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>Application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="29"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>Resubmission.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>If this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>a Re-submission,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="29"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">include your </w:t>
+      </w:r>
+      <w:r>
+        <w:t>previous application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>number</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>box</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>below.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>number</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or ID</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is provided on the last page of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>previous application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>if it was</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>saved Previous Application Number:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF5BB0B" w14:textId="6AA2985F" w:rsidR="00D36EB6" w:rsidRDefault="00B04791">
+    <w:p w14:paraId="4847AEF7" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="20" w:lineRule="exact"/>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...75 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0D1550F1" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="01102016" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="8"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05CEED05" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="62ABA41D" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="2"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="1064" w:right="1089"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:t>To submit this application and all required supporting documentation, please fax the documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>617-887-8751</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Applicants</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="39"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>label</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>supporting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>with the 14-digit application number found on the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>last</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>page</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>application.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Please attach</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>supporting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>documents.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6E678685" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="6DC3C83F" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="780" w:right="811"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...77 lines deleted...]
-        <w:sectPr w:rsidR="00D36EB6">
+        <w:sectPr w:rsidR="003D1C59">
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="1360" w:right="640" w:bottom="1160" w:left="640" w:header="0" w:footer="979" w:gutter="0"/>
+          <w:pgMar w:top="1360" w:right="360" w:bottom="1160" w:left="360" w:header="0" w:footer="979" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F7C3940" w14:textId="5627479A" w:rsidR="00D36EB6" w:rsidRDefault="00B04791">
+    <w:p w14:paraId="0AE60AC8" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="995"/>
-          <w:tab w:val="left" w:pos="7849"/>
+          <w:tab w:val="left" w:pos="1270"/>
+          <w:tab w:val="left" w:pos="8136"/>
         </w:tabs>
-        <w:spacing w:before="69"/>
-        <w:ind w:hanging="271"/>
+        <w:spacing w:before="75"/>
+        <w:ind w:left="1270" w:hanging="270"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:b w:val="0"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652608" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46D8AF41" wp14:editId="0B339D54">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487337984" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C086F9D" wp14:editId="0AAE97DB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>2664460</wp:posOffset>
+                  <wp:posOffset>2672079</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>6960235</wp:posOffset>
+                  <wp:posOffset>6953656</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="125095" cy="155575"/>
-                <wp:effectExtent l="0" t="0" r="1270" b="0"/>
+                <wp:extent cx="127000" cy="158115"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="86" name="Text Box 80"/>
+                <wp:docPr id="11" name="Textbox 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
-                        <a:spLocks noChangeArrowheads="1"/>
+                        <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="125095" cy="155575"/>
+                          <a:ext cx="127000" cy="158115"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-[...21 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="39F1A7A3" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="4262F0A1" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
+                              <w:spacing w:before="3"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+                                <w:spacing w:val="-10"/>
                               </w:rPr>
                               <w:t></w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="46D8AF41" id="Text Box 80" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:209.8pt;margin-top:548.05pt;width:9.85pt;height:12.25pt;z-index:-251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDDYlBI7QEAAL4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJ4C4z4hRdiw4D&#10;ugvQ7gNoWY6F2aJGKbGzrx8lJ2m3vQ17ESiJOjznkNpcT0MvDpq8QVvJ5SKXQluFjbG7Sn57un+z&#10;lsIHsA30aHUlj9rL6+3rV5vRlXqFHfaNJsEg1pejq2QXgiuzzKtOD+AX6LTlyxZpgMBb2mUNwcjo&#10;Q5+t8vwqG5EaR6i093x6N1/KbcJvW63Cl7b1Ooi+kswtpJXSWsc1226g3BG4zqgTDfgHFgMYy0Uv&#10;UHcQQOzJ/AU1GEXosQ0LhUOGbWuUThpYzTL/Q81jB04nLWyOdxeb/P+DVZ8PX0mYppLrKyksDNyj&#10;Jz0F8R4nsU7+jM6XnPboODFMfM59Tlq9e0D13QuLtx3Ynb4hwrHT0DC/ZXQ2e/E0dsSXPoLU4yds&#10;uA7sAyagqaUhmsd2CEbnPh0vvYlcVCy5KvJ3hRSKr5ZFUbwtUgUoz48d+fBB4yBiUEni1idwODz4&#10;EMlAeU6JtSzem75P7e/tbwecGE8S+ch3Zh6meko+rWLdqKXG5shqCOeh4k/AQYf0U4qRB6qS/sce&#10;SEvRf7TsSJy+c0DnoD4HYBU/rWSQYg5vwzyle0dm1zHy7LnFG3atNUnRM4sTXR6SJPQ00HEKX+5T&#10;1vO32/4CAAD//wMAUEsDBBQABgAIAAAAIQDTrvWW4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwDIbvSHuHyJO4saTbFNHSdJoQnJAQXTlwTNusjdY4pcm28vaYEzva/6ffn/Pd7AZ2MVOw&#10;HhUkKwHMYONbi52Cz+r14RFYiBpbPXg0Cn5MgF2xuMt11vorluZyiB2jEgyZVtDHOGach6Y3ToeV&#10;Hw1SdvST05HGqePtpK9U7ga+FkJypy3ShV6P5rk3zelwdgr2X1i+2O/3+qM8lraqUoFv8qTU/XLe&#10;PwGLZo7/MPzpkzoU5FT7M7aBDQq2SSoJpUCkMgFGyHaTboDVtErWQgIvcn77RfELAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAw2JQSO0BAAC+AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA0671luEAAAANAQAADwAAAAAAAAAAAAAAAABHBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFUFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="1C086F9D" id="Textbox 11" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:210.4pt;margin-top:547.55pt;width:10pt;height:12.45pt;z-index:-15978496;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6yJS6lQEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bv1EmlhVXUdAWsQEgr&#10;QFr4ANexm4jYY2bcJv17xm7aIrghLuOxZ/z83htvHmY/iqNFGiC0sl5VUthgoBvCvpXfv314dS8F&#10;JR06PUKwrTxZkg/bly82U2zsGnoYO4uCQQI1U2xln1JslCLTW69pBdEGLjpArxNvca861BOj+1Gt&#10;q+q1mgC7iGAsEZ8+notyW/CdsyZ9cY5sEmMrmVsqEUvc5ai2G93sUcd+MAsN/Q8svB4CP3qFetRJ&#10;iwMOf0H5wSAQuLQy4BU4NxhbNLCauvpDzXOvoy1a2ByKV5vo/8Gaz8fn+BVFmt/BzAMsIig+gflB&#10;7I2aIjVLT/aUGuLuLHR26PPKEgRfZG9PVz/tnITJaOs3VcUVw6X67r6u77Lf6nY5IqWPFrzISSuR&#10;x1UI6OMTpXPrpWXhcn4+E0nzbhZD18p1Bs0nO+hOLGXiabaSfh40WinGT4HtyqO/JHhJdpcE0/ge&#10;ygfJigK8PSRwQyFww10I8ByKhOXP5EH/vi9dt5+9/QUAAP//AwBQSwMEFAAGAAgAAAAhAP0UAD3f&#10;AAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonSpUNMSpKgQnJEQaDhyd&#10;ZJtYjdchdtvw92xP9Lgzo5m3+WZ2gzjhFKwnDclCgUBqfGup0/BVvT08gQjRUGsGT6jhFwNsitub&#10;3GStP1OJp13sBJdQyIyGPsYxkzI0PToTFn5EYm/vJ2cin1Mn28mcudwNcqnUSjpjiRd6M+JLj81h&#10;d3Qatt9Uvtqfj/qz3Je2qtaK3lcHre/v5u0ziIhz/A/DBZ/RoWCm2h+pDWLQkC4Vo0c21PoxAcGR&#10;NL1INUsJb4Mscnn9RfEHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAesiUupUBAAAhAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/RQAPd8AAAAN&#10;AQAADwAAAAAAAAAAAAAAAADvAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPsEAAAA&#10;AA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="39F1A7A3" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                    <w:p w14:paraId="4262F0A1" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                       <w:pPr>
+                        <w:spacing w:before="3"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+                          <w:spacing w:val="-10"/>
                         </w:rPr>
                         <w:t></w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:b w:val="0"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01C822BD" wp14:editId="385EB9EC">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487338496" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67045A6A" wp14:editId="2D0D74A4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>4491990</wp:posOffset>
+                  <wp:posOffset>4500879</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>6960235</wp:posOffset>
+                  <wp:posOffset>6953656</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="125095" cy="155575"/>
-                <wp:effectExtent l="0" t="0" r="2540" b="0"/>
+                <wp:extent cx="127000" cy="158115"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="85" name="Text Box 79"/>
+                <wp:docPr id="12" name="Textbox 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
-                        <a:spLocks noChangeArrowheads="1"/>
+                        <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="125095" cy="155575"/>
+                          <a:ext cx="127000" cy="158115"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-[...21 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7FCED8E5" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="2E4C3828" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
+                              <w:spacing w:before="3"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+                                <w:spacing w:val="-10"/>
                               </w:rPr>
                               <w:t></w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="01C822BD" id="Text Box 79" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:353.7pt;margin-top:548.05pt;width:9.85pt;height:12.25pt;z-index:-251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDesFSC7AEAAL4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L04yeG2NOEXXosOA&#10;bh3Q7gNoWY6F2aJGKbGzrx8lx1m33YZdBIoiHx8fqc312HfioMkbtKVcLZZSaKuwNnZXyq/P928u&#10;pfABbA0dWl3Ko/byevv61WZwhV5ji12tSTCI9cXgStmG4Ios86rVPfgFOm35sUHqIfCVdllNMDB6&#10;32Xr5fJdNiDVjlBp79l7Nz3KbcJvGq3CY9N4HURXSuYW0knprOKZbTdQ7Ahca9SJBvwDix6M5aJn&#10;qDsIIPZk/oLqjSL02ISFwj7DpjFKpx64m9Xyj26eWnA69cLieHeWyf8/WPX58IWEqUt5mUthoecZ&#10;PesxiPc4iourqM/gfMFhT44Dw8h+nnPq1bsHVN+8sHjbgt3pGyIcWg0181vFzOxF6oTjI0g1fMKa&#10;68A+YAIaG+qjeCyHYHSe0/E8m8hFxZLrfHnFFBU/rfI8v8hTBSjmZEc+fNDYi2iUknj0CRwODz5E&#10;MlDMIbGWxXvTdWn8nf3NwYHRk8hHvhPzMFZj0untrEmF9ZG7IZyWij8BGy3SDykGXqhS+u97IC1F&#10;99GyInH7ZoNmo5oNsIpTSxmkmMzbMG3p3pHZtYw8aW7xhlVrTOooyjuxONHlJUmNnhY6buHLe4r6&#10;9e22PwEAAP//AwBQSwMEFAAGAAgAAAAhAI/5g2jhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAQRO9I/IO1SNyonQglNMSpKgQnJNQ0HDg6sZtYjdchdtvw911OcNvdGc2+KTeLG9nZzMF6&#10;lJCsBDCDndcWewmfzdvDE7AQFWo1ejQSfkyATXV7U6pC+wvW5ryPPaMQDIWSMMQ4FZyHbjBOhZWf&#10;DJJ28LNTkda553pWFwp3I0+FyLhTFunDoCbzMpjuuD85CdsvrF/t90e7qw+1bZq1wPfsKOX93bJ9&#10;BhbNEv/M8ItP6FARU+tPqAMbJeQifyQrCWKdJcDIkqc5DS2dklRkwKuS/29RXQEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDesFSC7AEAAL4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCP+YNo4QAAAA0BAAAPAAAAAAAAAAAAAAAAAEYEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVAUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="67045A6A" id="Textbox 12" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:354.4pt;margin-top:547.55pt;width:10pt;height:12.45pt;z-index:-15977984;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9EDjLlwEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuGyEQvVfKPyDuMbuO0kYrr6O2UatK&#10;UVsp6QdgFryoC0MY7F3/fQe8tqv2FuUyDMzweO8Nq/vJDWyvI1rwLa8XFWfaK+is37b81/OX6zvO&#10;MEnfyQG8bvlBI79fX71bjaHRS+hh6HRkBOKxGUPL+5RCIwSqXjuJCwjaU9FAdDLRNm5FF+VI6G4Q&#10;y6p6L0aIXYigNCKdPhyLfF3wjdEq/TAGdWJDy4lbKjGWuMlRrFey2UYZeqtmGvIVLJy0nh49Qz3I&#10;JNku2v+gnFUREExaKHACjLFKFw2kpq7+UfPUy6CLFjIHw9kmfDtY9X3/FH5GlqZPMNEAiwgMj6B+&#10;I3kjxoDN3JM9xQapOwudTHR5JQmMLpK3h7OfekpMZbTlh6qiiqJSfXtX17fZb3G5HCKmrxocy0nL&#10;I42rEJD7R0zH1lPLzOX4fCaSps3EbNfymwyaTzbQHUjKSNNsOb7sZNScDd882ZVHf0riKdmckpiG&#10;z1A+SFbk4eMugbGFwAV3JkBzKBLmP5MH/fe+dF1+9voPAAAA//8DAFBLAwQUAAYACAAAACEA7Dr/&#10;HeAAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2srcaN2KtGfEKeqEJyQEGk4&#10;cHSSbWI1XofYbcPbsz3BcWdGM99mu8n14oJjsJ40JAsFAqn2jaVWw2f5+rABEaKhxvSeUMMPBtjl&#10;s7vMpI2/UoGXQ2wFl1BIjYYuxiGVMtQdOhMWfkBi7+hHZyKfYyub0Vy53PVyqdRKOmOJFzoz4HOH&#10;9elwdhr2X1S82O/36qM4FrYst4reViet7+fT/glExCn+heGGz+iQM1Plz9QE0WtYqw2jRzbU9jEB&#10;wZH18iZVLCW8DTLP5P8v8l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPRA4y5cBAAAh&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA7Dr/HeAA&#10;AAANAQAADwAAAAAAAAAAAAAAAADxAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="7FCED8E5" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                    <w:p w14:paraId="2E4C3828" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                       <w:pPr>
+                        <w:spacing w:before="3"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+                          <w:spacing w:val="-10"/>
                         </w:rPr>
                         <w:t></w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:b w:val="0"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75E96321" wp14:editId="5A631F55">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487339008" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78409323" wp14:editId="6059A491">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>5657850</wp:posOffset>
+                  <wp:posOffset>5659120</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>6960235</wp:posOffset>
+                  <wp:posOffset>6953656</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="125095" cy="155575"/>
+                <wp:extent cx="127000" cy="158115"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="84" name="Text Box 78"/>
+                <wp:docPr id="13" name="Textbox 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
-                        <a:spLocks noChangeArrowheads="1"/>
+                        <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="125095" cy="155575"/>
+                          <a:ext cx="127000" cy="158115"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-[...21 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="34E4DF76" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="21D7D958" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
+                              <w:spacing w:before="3"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+                                <w:spacing w:val="-10"/>
                               </w:rPr>
                               <w:t></w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="75E96321" id="Text Box 78" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:445.5pt;margin-top:548.05pt;width:9.85pt;height:12.25pt;z-index:-251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSLBF37QEAAL4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06Ces2MOEXXosOA&#10;bh3Q7gMYWY6F2aJGKbGzrx8lx1m33opdBIoiHx8fqfXV0LXioMkbtKVczOZSaKuwMnZXyu9Pd+9W&#10;UvgAtoIWrS7lUXt5tXn7Zt27Qi+xwbbSJBjE+qJ3pWxCcEWWedXoDvwMnbb8WCN1EPhKu6wi6Bm9&#10;a7PlfP4+65EqR6i09+y9HR/lJuHXtVbhoa69DqItJXML6aR0buOZbdZQ7AhcY9SJBryCRQfGctEz&#10;1C0EEHsyL6A6owg91mGmsMuwro3SqQfuZjH/p5vHBpxOvbA43p1l8v8PVn09fCNhqlKuLqSw0PGM&#10;nvQQxEccxOUq6tM7X3DYo+PAMLCf55x69e4e1Q8vLN40YHf6mgj7RkPF/BYxM3uWOuL4CLLtv2DF&#10;dWAfMAENNXVRPJZDMDrP6XieTeSiYsllPv+QS6H4aZHn+WWeKkAxJTvy4ZPGTkSjlMSjT+BwuPch&#10;koFiCom1LN6Ztk3jb+1fDg6MnkQ+8h2Zh2E7JJ0uJk22WB25G8JxqfgTsNEg/ZKi54Uqpf+5B9JS&#10;tJ8tKxK3bzJoMraTAVZxaimDFKN5E8Yt3Tsyu4aRR80tXrNqtUkdRXlHFie6vCSp0dNCxy18fk9R&#10;f77d5jcAAAD//wMAUEsDBBQABgAIAAAAIQC2V7AU4AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUjcqJ0eQhPiVBWCExIiTQ8cnXibRI3XIXbb8PcsJzjuzGj2TbFd3CguOIfB&#10;k4ZkpUAgtd4O1Gk41K8PGxAhGrJm9IQavjHAtry9KUxu/ZUqvOxjJ7iEQm409DFOuZSh7dGZsPIT&#10;EntHPzsT+Zw7aWdz5XI3yrVSqXRmIP7Qmwmfe2xP+7PTsPuk6mX4em8+qmM11HWm6C09aX1/t+ye&#10;QERc4l8YfvEZHUpmavyZbBCjhk2W8JbIhsrSBARHWHkE0bCUrFUKsizk/xXlDwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDSLBF37QEAAL4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQC2V7AU4AAAAA0BAAAPAAAAAAAAAAAAAAAAAEcEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVAUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="78409323" id="Textbox 13" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:445.6pt;margin-top:547.55pt;width:10pt;height:12.45pt;z-index:-15977472;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpHw9ElwEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuGyEQvVfKPyDuMbtW0kYrr6O2UatK&#10;UVsp6QdgFryoC0MY7F3/fQe8tqv2FuUyDMzweO8Nq/vJDWyvI1rwLa8XFWfaK+is37b81/OX6zvO&#10;MEnfyQG8bvlBI79fX71bjaHRS+hh6HRkBOKxGUPL+5RCIwSqXjuJCwjaU9FAdDLRNm5FF+VI6G4Q&#10;y6p6L0aIXYigNCKdPhyLfF3wjdEq/TAGdWJDy4lbKjGWuMlRrFey2UYZeqtmGvIVLJy0nh49Qz3I&#10;JNku2v+gnFUREExaKHACjLFKFw2kpq7+UfPUy6CLFjIHw9kmfDtY9X3/FH5GlqZPMNEAiwgMj6B+&#10;I3kjxoDN3JM9xQapOwudTHR5JQmMLpK3h7OfekpMZbTlh6qiiqJSfXtX17fZb3G5HCKmrxocy0nL&#10;I42rEJD7R0zH1lPLzOX4fCaSps3EbNfymwyaTzbQHUjKSNNsOb7sZNScDd882ZVHf0riKdmckpiG&#10;z1A+SFbk4eMugbGFwAV3JkBzKBLmP5MH/fe+dF1+9voPAAAA//8DAFBLAwQUAAYACAAAACEAG8Gd&#10;Kd8AAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2uRuFHblaiaEKeqKjghIdJw&#10;4OjEbmI1XofYbcPfsz3BcWdGM2+L7ewHdrFTdAEVyKUAZrENxmGn4LN+fdwAi0mj0UNAq+DHRtiW&#10;i7tC5yZcsbKXQ+oYlWDMtYI+pTHnPLa99Touw2iRvGOYvE50Th03k75SuR/4Sog199ohLfR6tPve&#10;tqfD2SvYfWH14r7fm4/qWLm6zgS+rU9KPdzPu2dgyc7pLww3fEKHkpiacEYT2aBgk8kVRckQ2ZME&#10;RpFM3qSGJEnbwMuC//+i/AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCpHw9ElwEAACED&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAbwZ0p3wAA&#10;AA0BAAAPAAAAAAAAAAAAAAAAAPEDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/QQA&#10;AAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="34E4DF76" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                    <w:p w14:paraId="21D7D958" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                       <w:pPr>
+                        <w:spacing w:before="3"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+                          <w:spacing w:val="-10"/>
                         </w:rPr>
                         <w:t></w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:b w:val="0"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="158CEB38" wp14:editId="1DB61DD3">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487339520" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A0B3C72" wp14:editId="4C1ABF39">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>2668905</wp:posOffset>
+                  <wp:posOffset>2672079</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>7221855</wp:posOffset>
+                  <wp:posOffset>7217816</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="125095" cy="155575"/>
-                <wp:effectExtent l="1905" t="1905" r="0" b="4445"/>
+                <wp:extent cx="127000" cy="158115"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="83" name="Text Box 77"/>
+                <wp:docPr id="14" name="Textbox 14"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
-                        <a:spLocks noChangeArrowheads="1"/>
+                        <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="125095" cy="155575"/>
+                          <a:ext cx="127000" cy="158115"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-[...21 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5D5860D9" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="230A9AE0" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
+                              <w:spacing w:before="3"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+                                <w:spacing w:val="-10"/>
                               </w:rPr>
                               <w:t></w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="158CEB38" id="Text Box 77" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:210.15pt;margin-top:568.65pt;width:9.85pt;height:12.25pt;z-index:-251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCvA6Ze7AEAAL4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyeOmMOEXXosOA&#10;bh3Q7gMYWY6F2aJGKbGzrx8lJ2m33YpeBEqiHt97pFaXY9+JvSZv0FZyPsul0FZhbey2kj8eb99d&#10;SOED2Bo6tLqSB+3l5frtm9XgSr3AFrtak2AQ68vBVbINwZVZ5lWre/AzdNryZYPUQ+AtbbOaYGD0&#10;vssWef4hG5BqR6i093x6M13KdcJvGq3CfdN4HURXSeYW0kpp3cQ1W6+g3BK41qgjDXgBix6M5aJn&#10;qBsIIHZk/oPqjSL02ISZwj7DpjFKJw2sZp7/o+ahBaeTFjbHu7NN/vVg1bf9dxKmruTFeyks9Nyj&#10;Rz0G8QlHsVxGfwbnS057cJwYRj7nPiet3t2h+umFxesW7FZfEeHQaqiZ3zy+zJ49nXB8BNkMX7Hm&#10;OrALmIDGhvpoHtshGJ37dDj3JnJRseSiyD8WUii+mhdFsSxSBShPjx358FljL2JQSeLWJ3DY3/kQ&#10;yUB5Som1LN6arkvt7+xfB5wYTxL5yHdiHsbNmHxKdaOwDdYHVkM4DRV/Ag5apN9SDDxQlfS/dkBa&#10;iu6LZUfi9J0COgWbUwBW8dNKBimm8DpMU7pzZLYtI0+eW7xi1xqTFD2xONLlIUlCjwMdp/D5PmU9&#10;fbv1HwAAAP//AwBQSwMEFAAGAAgAAAAhAKR/IdfhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAQRO9I/IO1SNyonTYKJcSpKgQnJEQaDhyd2E2sxusQu234e7YnetvdGc2+KTazG9jJTMF6&#10;lJAsBDCDrdcWOwlf9dvDGliICrUaPBoJvybApry9KVSu/Rkrc9rFjlEIhlxJ6GMcc85D2xunwsKP&#10;Bknb+8mpSOvUcT2pM4W7gS+FyLhTFulDr0bz0pv2sDs6CdtvrF7tz0fzWe0rW9dPAt+zg5T3d/P2&#10;GVg0c/w3wwWf0KEkpsYfUQc2SEiXYkVWEpLVI01kSVNB9ZrLKUvWwMuCX7co/wAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCvA6Ze7AEAAL4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCkfyHX4QAAAA0BAAAPAAAAAAAAAAAAAAAAAEYEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVAUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="6A0B3C72" id="Textbox 14" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:210.4pt;margin-top:568.35pt;width:10pt;height:12.45pt;z-index:-15976960;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDux6M1lAEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bv1EmlhVXUdAWsQEgr&#10;QFr4ANexG4vEY2bcJv17xm7aIrghLuOxZ/z83htvHuZxEEeL5CG0sl5VUthgoPNh38rv3z68upeC&#10;kg6dHiDYVp4syYftyxebKTZ2DT0MnUXBIIGaKbayTyk2SpHp7ahpBdEGLjrAUSfe4l51qCdGHwe1&#10;rqrXagLsIoKxRHz6eC7KbcF3zpr0xTmySQytZG6pRCxxl6PabnSzRx17bxYa+h9YjNoHfvQK9aiT&#10;Fgf0f0GN3iAQuLQyMCpwzhtbNLCauvpDzXOvoy1a2ByKV5vo/8Gaz8fn+BVFmt/BzAMsIig+gflB&#10;7I2aIjVLT/aUGuLuLHR2OOaVJQi+yN6ern7aOQmT0dZvqoorhkv13X1d32W/1e1yREofLYwiJ61E&#10;HlchoI9PlM6tl5aFy/n5TCTNu1n4rpUFNJ/soDuxlImn2Ur6edBopRg+BbYrj/6S4CXZXRJMw3so&#10;HyQrCvD2kMD5QuCGuxDgORQJy5/Jg/59X7puP3v7CwAA//8DAFBLAwQUAAYACAAAACEAtw+ViOAA&#10;AAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTEhkIcaoKwQkJkYYDRyd2&#10;E6vxOsRuG/6ezYked2Y0+6bYzG5gJzMF61FCukqAGWy9tthJ+Krf7h6BhahQq8GjkfBrAmzK66tC&#10;5dqfsTKnXewYlWDIlYQ+xjHnPLS9cSqs/GiQvL2fnIp0Th3XkzpTuRv4OkkEd8oifejVaF560x52&#10;Rydh+43Vq/35aD6rfWXr+inBd3GQ8vZm3j4Di2aO/2FY8AkdSmJq/BF1YIOEbJ0QeiQjvRcPwCiS&#10;ZYvULJJIBfCy4Jcryj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7sejNZQBAAAhAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAtw+ViOAAAAAN&#10;AQAADwAAAAAAAAAAAAAAAADuAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPsEAAAA&#10;AA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="5D5860D9" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                    <w:p w14:paraId="230A9AE0" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                       <w:pPr>
+                        <w:spacing w:before="3"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+                          <w:spacing w:val="-10"/>
                         </w:rPr>
                         <w:t></w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...523 lines deleted...]
-      <w:r w:rsidR="004663D4">
+      <w:bookmarkStart w:id="9" w:name="1._APPLICANT_INFORMATION_Date:"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
         <w:t>APPLICANT</w:t>
       </w:r>
-      <w:r w:rsidR="004663D4">
-[...5 lines deleted...]
-      <w:r w:rsidR="004663D4">
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
         <w:t>INFORMATION</w:t>
       </w:r>
-      <w:r w:rsidR="004663D4">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004663D4">
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BAD5153" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="363851BB" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="10"/>
-[...1 lines deleted...]
-          <w:sz w:val="23"/>
+        <w:spacing w:before="39"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="697" w:type="dxa"/>
+        <w:tblInd w:w="988" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2718"/>
-        <w:gridCol w:w="6858"/>
+        <w:gridCol w:w="2720"/>
+        <w:gridCol w:w="6848"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D36EB6" w14:paraId="40C41AD8" w14:textId="77777777">
+      <w:tr w:rsidR="003D1C59" w14:paraId="1C4ADA53" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="530"/>
+          <w:trHeight w:val="524"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9576" w:type="dxa"/>
+            <w:tcW w:w="9568" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
           </w:tcPr>
-          <w:p w14:paraId="1315A769" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+          <w:p w14:paraId="29A439D1" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="3533" w:right="3525"/>
+              <w:ind w:left="47"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Ambulance Information</w:t>
+              <w:t>Ambulance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D36EB6" w14:paraId="39E91463" w14:textId="77777777">
+      <w:tr w:rsidR="003D1C59" w14:paraId="3925CE11" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1070"/>
+          <w:trHeight w:val="1084"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9576" w:type="dxa"/>
+            <w:tcW w:w="9568" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3E46B70C" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+          <w:p w14:paraId="7EA65BFE" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="1" w:line="276" w:lineRule="exact"/>
-              <w:ind w:left="107" w:right="487"/>
+              <w:spacing w:line="257" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>For each local jurisdiction covered by the proposed program, the primary ambulance service must be included. Please list below the ambulance license number, contact name and title, telephone number, and email address as applicable. You may enter multiple values as applicable in the space provided below.</w:t>
+              <w:t>For</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>local</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>jurisdiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>covered</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>proposed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>program,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>primary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ambulance</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...9 lines deleted...]
-          <w:p w14:paraId="3DBFE950" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+          <w:p w14:paraId="4F24282B" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="238" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
+              <w:spacing w:line="272" w:lineRule="exact"/>
+              <w:ind w:right="620"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Primary Ambulance</w:t>
+              <w:t>service</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>included. Please list below</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ambulance license number,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>contact name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>title, telephone number,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>email</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>address as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>applicable. You</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>may</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>enter multiple values as applicable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>in the space provided below.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0666899E" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D1C59" w14:paraId="5CD0B956" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="667"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5F30D9" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107"/>
+              <w:spacing w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Service Name</w:t>
+              <w:t xml:space="preserve">Primary </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Ambulance</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="26BA26ED" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+          <w:p w14:paraId="30E1EA65" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...17 lines deleted...]
-              <w:ind w:left="107" w:right="833"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Applicable Local Jurisdiction(s)</w:t>
+              <w:t>Service</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="6848" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B335BD0" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+          <w:p w14:paraId="65E9FE61" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D36EB6" w14:paraId="52074798" w14:textId="77777777">
+      <w:tr w:rsidR="003D1C59" w14:paraId="418424FE" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="710"/>
+          <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F592E24" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+          <w:p w14:paraId="4E62F9E0" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="486"/>
+              <w:spacing w:line="237" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Applicable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Local Jurisdiction(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4618D3DA" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D1C59" w14:paraId="618EACB7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="058BF31A" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="237" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Ambulance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>License Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64F9E337" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D1C59" w14:paraId="5091169B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3984CC5C" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="237" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Ambulance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contact </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36A0C422" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D1C59" w14:paraId="673B1861" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="691D125F" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B56AD17" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D1C59" w14:paraId="5BA072E7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="612336F3" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Telephone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFFEFD5" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D1C59" w14:paraId="42EFEFB7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3564EE6C" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Ambulance License Number</w:t>
+              <w:t>Email</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="6848" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4C1D28" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+          <w:p w14:paraId="7C1B6B4A" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D36EB6" w14:paraId="7B2594C7" w14:textId="77777777">
+      <w:tr w:rsidR="003D1C59" w14:paraId="3D766C94" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="710"/>
+          <w:trHeight w:val="876"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C5277AB" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+          <w:p w14:paraId="09CC26CF" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="486"/>
+              <w:spacing w:line="237" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>EMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Personnel </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FTEs in Proposed </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F9992E" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D1C59" w14:paraId="2FD112F9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03302EC7" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="237" w:lineRule="auto"/>
+              <w:ind w:right="200"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Ambulance Contact Name</w:t>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Paramedic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>FTEs in Proposed Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="6848" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02C5D914" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+          <w:p w14:paraId="6A7F46EE" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D36EB6" w14:paraId="1AE32DD6" w14:textId="77777777">
+      <w:tr w:rsidR="003D1C59" w14:paraId="306EB3F3" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="710"/>
+          <w:trHeight w:val="523"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC97F31" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+          <w:p w14:paraId="02D1A444" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Title</w:t>
+              <w:t>Operationally</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Affiliated </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Health Care </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Organizations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="6848" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C21771C" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+          <w:p w14:paraId="3F9774F5" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D36EB6" w14:paraId="4367B288" w14:textId="77777777">
+      <w:tr w:rsidR="003D1C59" w14:paraId="0A84BDD3" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="710"/>
+          <w:trHeight w:val="523"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
-[...192 lines deleted...]
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="316A864C" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+          <w:p w14:paraId="21FA2CB3" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="6848" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EAEE980" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+          <w:p w14:paraId="15918414" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D36EB6" w14:paraId="116ACCDD" w14:textId="77777777">
+      <w:tr w:rsidR="003D1C59" w14:paraId="7B736BC3" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1079"/>
+          <w:trHeight w:val="1067"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07A59003" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+          <w:p w14:paraId="2172F0DD" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
+              <w:spacing w:line="257" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Program Funding</w:t>
+              <w:t xml:space="preserve">Program </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Funding</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="6848" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="759287A5" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+          <w:p w14:paraId="518F2461" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="3281"/>
-                <w:tab w:val="left" w:pos="5117"/>
+                <w:tab w:val="left" w:pos="3285"/>
+                <w:tab w:val="left" w:pos="5126"/>
               </w:tabs>
-              <w:spacing w:before="47" w:line="391" w:lineRule="auto"/>
-              <w:ind w:left="410" w:right="134" w:hanging="69"/>
+              <w:spacing w:before="27" w:line="393" w:lineRule="auto"/>
+              <w:ind w:left="422" w:right="99" w:hanging="81"/>
             </w:pPr>
             <w:r>
-              <w:t>Agency</w:t>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487340032" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3926D76E" wp14:editId="22237C1E">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>62864</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>93571</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="140970" cy="128905"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="15" name="Group 15"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="140970" cy="128905"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="140970" cy="128905"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="16" name="Graphic 16"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="140970" cy="128905"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="140970" h="128905">
+                                      <a:moveTo>
+                                        <a:pt x="140969" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="128905"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="140969" y="128905"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="140969" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="17" name="Graphic 17"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="6350" y="6350"/>
+                                  <a:ext cx="128270" cy="116205"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="128270" h="116205">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="128269" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="128269" y="116205"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="116205"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="12700">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="10085B6F" id="Group 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:4.95pt;margin-top:7.35pt;width:11.1pt;height:10.15pt;z-index:-15976448;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="140970,128905" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPyBi1/AIAAGQJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVt9v2yAQfp+0/wHxvtrJ1rS14lRTu0aT&#10;qq5SO+2ZYPxDw8CAxOl/vwOMbSXStHTqw/xgH+Y47r77Puzl9b7laMe0aaTI8ewsxYgJKotGVDn+&#10;/nz34RIjY4koCJeC5fiFGXy9ev9u2amMzWUtecE0giDCZJ3KcW2typLE0Jq1xJxJxQRMllK3xMJQ&#10;V0mhSQfRW57M03SRdFIXSkvKjIG3t2ESr3z8smTUfitLwyziOYbcrL9rf9+4e7JakqzSRNUN7dMg&#10;r8iiJY2ATYdQt8QStNXNUai2oVoaWdozKttElmVDma8BqpmlB9WstdwqX0uVdZUaYAJoD3B6dVj6&#10;sFtr9aQedcgezHtJfxrAJelUlU3n3bganfelbt0iKALtPaIvA6JsbxGFl7NP6dUF4E5haja/vErP&#10;A+K0hrYcraL1lz+uS0gWNvWpDal0CrhjRnjMv8HzVBPFPOrGlf+oUVNA9guMBGmBwuueLfAGUHKb&#10;g5dDsB+ZHszX4zPUSTK6NXbNpAea7O6NDYQtokXqaNG9iKYG2jvCc094ixEQXmMEhN8E+BWxbp3r&#10;njNRN3aqHhrlZlu5Y8/S+1nXLtfPxRVGsdOQ6ejCxdQVuj7xinPxqXy44DMSA8JFh/gMjpN9T/P2&#10;Cp+EpVwaBhjCK1f5YHg04OUUbyN5U9w1nLv6ja42N1yjHQFg7/zlsIQlEzfgpclC/521kcUL0KcD&#10;wuTY/NoSzTDiXwUQ1J1F0dDR2ERDW34j/YnlodfGPu9/EK2QAjPHFuT1ICNPSRaJ4YoafN1KIT9v&#10;rSwbxxqfW8ioH4BmAn/fXjwXR+K5OEk8i4/ngSvegGpINhwx88v5cMTMFvNwxAAUUX/Tlkak4KB+&#10;Awn1mTgJhURcnqM+ppyPvBxnDwgPsQ6EFh3is1fG6NhvGlgZveJzuvlfO8YsY5BT1MOFP1agN6n/&#10;Mk5kcqCm1F/HagpsviWmDqrzEXo3LnoS/19q8x8u+JT7g6P/7XD/CtOxL2z8OVr9BgAA//8DAFBL&#10;AwQUAAYACAAAACEA7aStpN0AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyOQUvDQBCF74L/YRnB&#10;m92ktdrGbEop6qkItoL0Nk2mSWh2NmS3SfrvHU96esx7jzdfuhpto3rqfO3YQDyJQBHnrqi5NPC1&#10;f3tYgPIBucDGMRm4kodVdnuTYlK4gT+p34VSyQj7BA1UIbSJ1j6vyKKfuJZYspPrLAY5u1IXHQ4y&#10;bhs9jaInbbFm+VBhS5uK8vPuYg28DzisZ/Frvz2fNtfDfv7xvY3JmPu7cf0CKtAY/srwiy/okAnT&#10;0V248KoxsFxKUezHZ1ASz6YxqKPoPAKdpfo/fvYDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAT8gYtfwCAABkCQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA7aStpN0AAAAGAQAADwAAAAAAAAAAAAAAAABWBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAGAGAAAAAA==&#10;">
+                      <v:shape id="Graphic 16" o:spid="_x0000_s1027" style="position:absolute;width:140970;height:128905;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="140970,128905" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBUgh2/wAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCF5EUxVEqlFEEDwIrq0Hj0MztsVmUppYq79+Iwh7m8f7nNWmM5VoqXGlZQWTcQSCOLO6&#10;5FzBJd2PFiCcR9ZYWSYFL3KwWfd+Vhhr++QztYnPRQhhF6OCwvs6ltJlBRl0Y1sTB+5mG4M+wCaX&#10;usFnCDeVnEbRXBosOTQUWNOuoOyePIyC/J0df0+7cibT4fTaPuoEh1Gi1KDfbZcgPHX+X/x1H3SY&#10;P4fPL+EAuf4DAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVIIdv8AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m140969,l,,,128905r140969,l140969,xe" stroked="f">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                      <v:shape id="Graphic 17" o:spid="_x0000_s1028" style="position:absolute;left:6350;top:6350;width:128270;height:116205;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="128270,116205" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAJhJf8wAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LasMw&#10;EN0XcgcxhWxMLLcLN7hWQgkUirNqmgMM1tQ2tUaqpSj27aNAobt5vO/U+9mMItLkB8sKnvICBHFr&#10;9cCdgvPX+2YLwgdkjaNlUrCQh/1u9VBjpe2VPymeQidSCPsKFfQhuEpK3/Zk0OfWESfu204GQ4JT&#10;J/WE1xRuRvlcFKU0OHBq6NHRoaf253QxCrK2sUWZLbM7/rpLzLqSY2yUWj/Ob68gAs3hX/zn/tBp&#10;/gvcf0kHyN0NAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACYSX/MAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l128269,r,116205l,116205,,xe" filled="f" strokeweight="1pt">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-3"/>
+                <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-              <w:t>funds/tax</w:t>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487340544" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="465D469E" wp14:editId="036AEC53">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>1895475</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>91031</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="137795" cy="128905"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="18" name="Group 18"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="137795" cy="128905"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="137795" cy="128905"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="19" name="Graphic 19"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="137160" cy="128905"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="137160" h="128905">
+                                      <a:moveTo>
+                                        <a:pt x="137160" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="128904"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="137160" y="128904"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="137160" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="20" name="Graphic 20"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="6350" y="6350"/>
+                                  <a:ext cx="125095" cy="116205"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="125095" h="116205">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="125095" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="125095" y="116204"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="116204"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="12560">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="11FC2EAF" id="Group 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:149.25pt;margin-top:7.15pt;width:10.85pt;height:10.15pt;z-index:-15975936;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="137795,128905" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgWRkgBAMAAGQJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVt9P2zAQfp+0/8Hy+0hb1kIjWjTBqCYh&#10;hgTTnl3H+aE5sWe7Tfnvdz7HaSgSAyYelofkHJ/P333+7pKz810tyVYYW6lmQcdHI0pEw1VWNcWC&#10;/ri/+nRKiXWsyZhUjVjQB2Hp+fLjh7NWp2KiSiUzYQgEaWza6gUtndNpklheiprZI6VFA5O5MjVz&#10;MDRFkhnWQvRaJpPRaJa0ymTaKC6shbeXYZIuMX6eC+6+57kVjsgFBWwO7wbva39PlmcsLQzTZcU7&#10;GOwNKGpWNbBpH+qSOUY2pnoSqq64UVbl7oirOlF5XnGBOUA249FBNiujNhpzKdK20D1NQO0BT28O&#10;y2+2K6Pv9K0J6MG8VvyXBV6SVhfpcN6Pi73zLje1XwRJkB0y+tAzKnaOcHg5Pj45mU8p4TA1npzO&#10;R9PAOC/hWJ6s4uXXZ9clLA2bIrQeSqtBO3ZPj/03eu5KpgWybn36t4ZUGaCfU9KwGiS86tQCb4Al&#10;vzl4eQa7ke3IfCE/4xno8jE/fZ4s5RvrVkIh0Wx7bV0QbBYtVkaL75poGpC9F7xEwTtKQPCGEhD8&#10;OtCvmfPr/Ol5k7R4Uoik7A/Kz9ZqK+4V+jl/XHCe6BVPGpDuXWQzdIWsBl5xLj41hgs+KIzPHhmE&#10;iw7xGRwH+77OGyt8EJZLZUXYyWeOW/ZsgN+Qb6tklV1VUvr8rSnWF9KQLQNir/DqEA/cQJc2Defv&#10;rbXKHkA+LQhmQe3vDTOCEvmtAYH6XhQNE411NIyTFwo7FlJvrLvf/WRGEw3mgjoorxsVdcrSKAzA&#10;7x2Cr1/ZqC8bp/LKqwaxBUTdAGom6Pfdi2cC6T4uHngDmF5cPLPjadAKGrCSpX2LmUxHfYsZzyah&#10;xQAVsf6GRxqZgkb9DiXUIfElFIB4nPv6GGo+6nI/eyD4LtZfS2i8d8RNn6+jruA8upc4RpQR22uq&#10;RzbYViZT6G+eh0GZHFTTCK+n1RTUfMlsGaoOI/RtohPx/1Vt+OGCTzn2ne63w/8rDMeY2P7naPkH&#10;AAD//wMAUEsDBBQABgAIAAAAIQBdWlJM4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NS8NA&#10;EIbvgv9hGcGb3Xy0pcZsSinqqQi2gnjbZqdJaHY2ZLdJ+u8dT/Y2w/vwzjP5erKtGLD3jSMF8SwC&#10;gVQ601Cl4Ovw9rQC4YMmo1tHqOCKHtbF/V2uM+NG+sRhHyrBJeQzraAOocuk9GWNVvuZ65A4O7ne&#10;6sBrX0nT65HLbSuTKFpKqxviC7XucFtjed5frIL3UY+bNH4ddufT9vpzWHx872JU6vFh2ryACDiF&#10;fxj+9FkdCnY6ugsZL1oFyfNqwSgH8xQEA2kSJSCOPMyXIItc3n5Q/AIAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCgWRkgBAMAAGQJAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBdWlJM4AAAAAkBAAAPAAAAAAAAAAAAAAAAAF4FAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAawYAAAAA&#10;">
+                      <v:shape id="Graphic 19" o:spid="_x0000_s1027" style="position:absolute;width:137160;height:128905;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="137160,128905" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAF1wnjwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NisIw&#10;EL4L+w5hhL3ImupB3GoUWXQtgorVBxiasa02k9JE7b79RhC8zcf3O9N5aypxp8aVlhUM+hEI4szq&#10;knMFp+PqawzCeWSNlWVS8EcO5rOPzhRjbR98oHvqcxFC2MWooPC+jqV0WUEGXd/WxIE728agD7DJ&#10;pW7wEcJNJYdRNJIGSw4NBdb0U1B2TW9GQbqLNpfBYl3+9raH/WmdGJksh0p9dtvFBISn1r/FL3ei&#10;w/xveP4SDpCzfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAF1wnjwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m137160,l,,,128904r137160,l137160,xe" stroked="f">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                      <v:shape id="Graphic 20" o:spid="_x0000_s1028" style="position:absolute;left:6350;top:6350;width:125095;height:116205;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="125095,116205" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC7+BOQwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4L+x/CG+xSNNWDjtpUqjgQb3Yy2O3RvDVlzUtpotb99ctB8Pjx/c43o+3ElQbfOlYwn6UgiGun&#10;W24UnD8/pu8gfEDW2DkmBXfysCleJjlm2t34RNcqNCKGsM9QgQmhz6T0tSGLfuZ64sj9uMFiiHBo&#10;pB7wFsNtJxdpupQWW44NBnvaGap/q4tV8Id9s0949X2+fOlkuzyWhrtSqbfXsVyDCDSGp/jhPmgF&#10;i7g+fok/QBb/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALv4E5DBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l125095,r,116204l,116204,,xe" filled="f" strokeweight=".34889mm">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487341056" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37F8E639" wp14:editId="62A4E9C7">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>3065779</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>88098</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="137795" cy="128905"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="21" name="Group 21"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="137795" cy="128905"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="137795" cy="128905"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="22" name="Graphic 22"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="393"/>
+                                  <a:ext cx="137160" cy="128270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="137160" h="128270">
+                                      <a:moveTo>
+                                        <a:pt x="137160" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="128270"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="137160" y="128270"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="137160" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="23" name="Graphic 23"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="6350" y="6108"/>
+                                  <a:ext cx="125095" cy="116205"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="125095" h="116205">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="125095" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="125095" y="116204"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="116204"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="12217">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="12AC4E5C" id="Group 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:241.4pt;margin-top:6.95pt;width:10.85pt;height:10.15pt;z-index:-15975424;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="137795,128905" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVVyYLDgMAAGYJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVttu3CAQfa/Uf0C8N75s9xIr3qhKmlWl&#10;KI2UVH1mMb6otqHArjd/3wGMbe1WbZIqD/WDPZhhmDlzDvbF5aGp0Z5JVfE2xdFZiBFrKc+qtkjx&#10;t8ebDyuMlCZtRmreshQ/MYUv1+/fXXQiYTEveZ0xiSBIq5JOpLjUWiRBoGjJGqLOuGAtTOZcNkTD&#10;UBZBJkkH0Zs6iMNwEXRcZkJyypSCt9duEq9t/DxnVH/Nc8U0qlMMuWl7l/a+NfdgfUGSQhJRVrRP&#10;g7wii4ZULWw6hLommqCdrE5CNRWVXPFcn1HeBDzPK8psDVBNFB5Vs5F8J2wtRdIVYoAJoD3C6dVh&#10;6d1+I8WDuJcuezBvOf2hAJegE0UynTfjYnQ+5LIxi6AIdLCIPg2IsoNGFF5Gs+XyfI4RhakoXp2H&#10;c4c4LaEtJ6to+fmP6wKSuE1takMqnQDuqBEe9W/wPJREMIu6MuXfS1RlKY5jjFrSAIU3PVvgDaBk&#10;Ngcvg2A/Uj2Yv8Vndj5zCEwQihbAzB6heGk5OVRKErpTesO4hZrsb5V2lM28RUpv0UPrTQnEN5Sv&#10;LeU1RkB5iRFQfuu2F0SbdaZ/xkSd7ZXNpLStMomY2Ybv2SO3fto0DDpqvXyvIdPRpW6nrlDVxMvP&#10;+aew4ZwPUGMs3Dv4p3Oc7Psyb4+nD0drrhhgCImbygfDogEvp3grXlfZTVXXpn4li+1VLdGeALA3&#10;9jJYwpKJGzBTJY4Bxtry7AkI1AFlUqx+7ohkGNVfWqCoOY28Ib2x9YbU9RW3Z5aFXir9ePhOpEAC&#10;zBRroM8d90wliSeGKWrwNStb/mmneV4Z1tjcXEb9AFTjGPz28pmdyMcK4dnyWczmjiuLKFwdSSie&#10;h8MhEy1id8gAFF6B05Z6pOCofgMJ9ZkYCblETA9GfUw573k5znqG9oTvY/1VQtHoaDf92LPSh/PP&#10;6ebPdvRZ+iAvUU/d2mMljqOlPUomMjlSU2ivUzU5Nl8TVTrV2QhDeT2J/y+12U8XfMztwdH/eJi/&#10;henYFjb+Hq1/AQAA//8DAFBLAwQUAAYACAAAACEA5tfa0N8AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPT0vDQBTE74LfYXmCN7v5K23MppSinopgK0hvr8lrEpp9G7LbJP32ric9DjPM/CZfz7oT&#10;Iw22NawgXAQgiEtTtVwr+Dq8PS1BWIdcYWeYFNzIwrq4v8sxq8zEnzTuXS18CdsMFTTO9ZmUtmxI&#10;o12Ynth7ZzNodF4OtawGnHy57mQUBM9SY8t+ocGetg2Vl/1VK3ifcNrE4eu4u5y3t+Mh/fjehaTU&#10;48O8eQHhaHZ/YfjF9+hQeKaTuXJlRacgWUYe3XkjXoHwgTRIUhAnBXESgSxy+f9B8QMAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAVVyYLDgMAAGYJAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDm19rQ3wAAAAkBAAAPAAAAAAAAAAAAAAAAAGgFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;">
+                      <v:shape id="Graphic 22" o:spid="_x0000_s1027" style="position:absolute;top:393;width:137160;height:128270;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="137160,128270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnQo7GwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8Ba8aWoVkWoUWVZRb9VdvD6bZ1tsXmoTtf57s7DgcZiZb5jZojWVuFPjSssKBv0IBHFm&#10;dcm5gp/DqjcB4TyyxsoyKXiSg8X8ozPDRNsHp3Tf+1wECLsEFRTe14mULivIoOvbmjh4Z9sY9EE2&#10;udQNPgLcVDKOorE0WHJYKLCmr4Kyy/5mFKxHp9339jcls3ueVpNxepTX7VCp7me7nILw1Pp3+L+9&#10;0QriGP6+hB8g5y8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJ0KOxsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m137160,l,,,128270r137160,l137160,xe" stroked="f">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                      <v:shape id="Graphic 23" o:spid="_x0000_s1028" style="position:absolute;left:6350;top:6108;width:125095;height:116205;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="125095,116205" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCnKcOoxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hvAVvmq6yUruN4goLsqD4pwePj+ZtW2xeShO1fnsjCB6HmfkNky46U4srta6yrOBzFIEg&#10;zq2uuFCQHX+HMQjnkTXWlknBnRws5v1eiom2N97T9eALESDsElRQet8kUrq8JINuZBvi4P3b1qAP&#10;si2kbvEW4KaW4yiaSoMVh4USG1qVlJ8PF6Pgb7Pd/Zz38ewy2bHO49P9q85WSg0+uuU3CE+df4df&#10;7bVWMJ7A80v4AXL+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKcpw6jEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l125095,r,116204l,116204,,xe" filled="f" strokeweight=".33936mm">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
             <w:r>
-              <w:t>revenue</w:t>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487341568" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BA965A9" wp14:editId="5CADF396">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>67310</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>350746</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="140970" cy="128905"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="24" name="Group 24"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="140970" cy="128905"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="140970" cy="128905"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="25" name="Graphic 25"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="140970" cy="128905"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="140970" h="128905">
+                                      <a:moveTo>
+                                        <a:pt x="140969" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="128905"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="140969" y="128905"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="140969" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="26" name="Graphic 26"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="6350" y="6350"/>
+                                  <a:ext cx="128270" cy="116205"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="128270" h="116205">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="128269" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="128269" y="116205"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="116205"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="12700">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="0EBF190F" id="Group 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:5.3pt;margin-top:27.6pt;width:11.1pt;height:10.15pt;z-index:-15974912;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="140970,128905" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxVE/O/AIAAGQJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVk1v3CAQvVfqf0DcG3vdZptY8UZV0qwq&#10;RUmkpOqZxfhDxUCBXW/+fQcwtrUrVU2qHOqDPZhhmHnzHvbF5b7jaMe0aaUo8OIkxYgJKstW1AX+&#10;/nTz4QwjY4koCZeCFfiZGXy5ev/uolc5y2Qjeck0giDC5L0qcGOtypPE0IZ1xJxIxQRMVlJ3xMJQ&#10;10mpSQ/RO55kabpMeqlLpSVlxsDb6zCJVz5+VTFq76vKMIt4gSE36+/a3zfunqwuSF5ropqWDmmQ&#10;V2TRkVbApmOoa2IJ2ur2KFTXUi2NrOwJlV0iq6qlzNcA1SzSg2rWWm6Vr6XO+1qNMAG0Bzi9Oiy9&#10;2621elQPOmQP5q2kPw3gkvSqzufzblxPzvtKd24RFIH2HtHnEVG2t4jCy8Wn9Pwz4E5hapGdnaen&#10;AXHaQFuOVtHm6x/XJSQPm/rUxlR6BdwxEzzm3+B5bIhiHnXjyn/QqC0LnJ1iJEgHFF4PbIE3gJLb&#10;HLwcgsPIDGC+Hp+xTpLTrbFrJj3QZHdrbCBsGS3SRIvuRTQ10N4RnnvCW4yA8BojIPwmwK+Idetc&#10;95yJ+qlTzdgoN9vJHXuS3s+6drl+Ls8xip2GTCcXLuau0PWZV5yLT+XDBZ+JGBAuOsRncJzt+zJv&#10;r/BZWMqlYYAhvHKVj4ZHA17O8TaSt+VNy7mr3+h6c8U12hEA9sZfDktYMnMDXpo89N9ZG1k+A316&#10;IEyBza8t0Qwj/k0AQd1ZFA0djU00tOVX0p9YHnpt7NP+B9EKKTALbEFedzLylOSRGK6o0detFPLL&#10;1sqqdazxuYWMhgFoJvD37cWzPBLP8kXiWX48DVzxBlRD8vGIyc6y8YhZLLNwxAAUUX/zlkak4KB+&#10;AwkNmTgJhURcnpM+5pyPvJxmDwgPsQ6EFh3ic1DG5DhsGlgZveJzvvlfO8YsY5CXqIcLf6xAb1L/&#10;ZZzJ5EBNqb+O1RTYfE1ME1TnIwxuXAwk/r/U5j9c8Cn3B8fw2+H+FeZjX9j0c7T6DQAA//8DAFBL&#10;AwQUAAYACAAAACEAwdXOf90AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBSE74L/YXmC&#10;N7tJylaJ2ZRS1FMRbAXx9pp9TUKzuyG7TdJ/7/Okx2GGmW+K9Ww7MdIQWu80pIsEBLnKm9bVGj4P&#10;rw9PIEJEZ7DzjjRcKcC6vL0pMDd+ch807mMtuMSFHDU0Mfa5lKFqyGJY+J4ceyc/WIwsh1qaAScu&#10;t53MkmQlLbaOFxrsadtQdd5frIa3CafNMn0Zd+fT9vp9UO9fu5S0vr+bN88gIs3xLwy/+IwOJTMd&#10;/cWZIDrWyYqTGpTKQLC/zPjJUcOjUiDLQv7nL38AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAcVRPzvwCAABkCQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAwdXOf90AAAAHAQAADwAAAAAAAAAAAAAAAABWBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAGAGAAAAAA==&#10;">
+                      <v:shape id="Graphic 25" o:spid="_x0000_s1027" style="position:absolute;width:140970;height:128905;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="140970,128905" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBqPEl1xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba4NA&#10;FITvgfyH5QV6kbjWkhKMm1AChR4KabSHHB/uq0rdt+Ju1PbXZwuFHIeZ+YbJD7PpxEiDay0reIwT&#10;EMSV1S3XCj7L1/UWhPPIGjvLpOCHHBz2y0WOmbYTn2ksfC0ChF2GChrv+0xKVzVk0MW2Jw7elx0M&#10;+iCHWuoBpwA3nUyT5FkabDksNNjTsaHqu7gaBfVv9f5xOrZPsozSy3jtC4ySQqmH1fyyA+Fp9vfw&#10;f/tNK0g38Pcl/AC5vwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBqPEl1xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m140969,l,,,128905r140969,l140969,xe" stroked="f">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                      <v:shape id="Graphic 26" o:spid="_x0000_s1028" style="position:absolute;left:6350;top:6350;width:128270;height:116205;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="128270,116205" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCopPjawgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvhX2HcBb2pmiqF0Vqo8jCwuJe+fMAh+bYFpuTbBNjfXsjCF4OM/MNU21G04tIg+8sK5jPchDE&#10;tdUdNwpOx5/pEoQPyBp7y6TgTh42649JhaW2N95TPIRGJAj7EhW0IbhSSl+3ZNDPrCNO3tkOBkOS&#10;QyP1gLcEN71c5HkhDXacFlp09N1SfTlcjYKs3tm8yO6j+/t315g1Bce4U+rrc9yuQAQawzv8av9q&#10;BYsCnl/SD5DrBwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCopPjawgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l128269,r,116205l,116205,,xe" filled="f" strokeweight="1pt">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:t>Agency funds/tax revenue</w:t>
             </w:r>
             <w:r>
               <w:tab/>
-              <w:t>Grant</w:t>
-[...8 lines deleted...]
-              <w:t>support</w:t>
+              <w:t>Grant support</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>3</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:position w:val="10"/>
               </w:rPr>
               <w:t>rd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-12"/>
                 <w:position w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>party payers Other</w:t>
+              <w:t>party</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-1"/>
+                <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>(describe):</w:t>
+              <w:t>payers Other (describe):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D36EB6" w14:paraId="010815FE" w14:textId="77777777">
+      <w:tr w:rsidR="003D1C59" w14:paraId="3068F333" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1071"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="494200F1" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+          <w:p w14:paraId="15F9FF78" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="566"/>
+              <w:spacing w:line="257" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Proposed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Program</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32CA5A2A" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="12"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Proposed Program Start Date</w:t>
+              <w:t>Start</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcW w:w="6848" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="042B0269" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+          <w:p w14:paraId="17F1C03F" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E406C51" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="4546BBDA" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00D36EB6">
-          <w:footerReference w:type="default" r:id="rId11"/>
+        <w:sectPr w:rsidR="003D1C59">
+          <w:footerReference w:type="default" r:id="rId15"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="820" w:right="640" w:bottom="1360" w:left="640" w:header="0" w:footer="1166" w:gutter="0"/>
+          <w:pgMar w:top="820" w:right="360" w:bottom="1360" w:left="360" w:header="0" w:footer="1171" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="697" w:type="dxa"/>
+        <w:tblInd w:w="988" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4518"/>
-        <w:gridCol w:w="5058"/>
+        <w:gridCol w:w="4512"/>
+        <w:gridCol w:w="5056"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D36EB6" w14:paraId="1DCD3A16" w14:textId="77777777">
+      <w:tr w:rsidR="003D1C59" w14:paraId="5C4F6190" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="359"/>
+          <w:trHeight w:val="348"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9576" w:type="dxa"/>
+            <w:tcW w:w="9568" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
           </w:tcPr>
-          <w:p w14:paraId="78883E5C" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+          <w:p w14:paraId="45A1693F" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="2393"/>
+              <w:ind w:left="47" w:right="16"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Affiliate Hospital Medical Director Information</w:t>
+              <w:t>Affiliate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Hospital</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Medical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Director</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D36EB6" w14:paraId="3533EC60" w14:textId="77777777">
+      <w:tr w:rsidR="003D1C59" w14:paraId="11FA83EA" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1070"/>
+          <w:trHeight w:val="1067"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:tcW w:w="4512" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="653A1403" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+          <w:p w14:paraId="6C5EBCAF" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="273"/>
+              <w:spacing w:line="237" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Name of Primary Ambulance Service’s Affiliated Hospital Medical Director</w:t>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Primary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Ambulance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Service’s Affiliated Hospital Medical Director</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5058" w:type="dxa"/>
+            <w:tcW w:w="5056" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="001EB5DF" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+          <w:p w14:paraId="09796A95" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D36EB6" w14:paraId="303F0B17" w14:textId="77777777">
+      <w:tr w:rsidR="003D1C59" w14:paraId="1FAC3438" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="350"/>
+          <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:tcW w:w="4512" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23FFF9D7" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+          <w:p w14:paraId="52A35ACF" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="274" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
+              <w:spacing w:line="257" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5056" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FDF96E2" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D1C59" w14:paraId="74765CA4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="347"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5C1333" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Telephone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5056" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6359509C" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D1C59" w14:paraId="32CFD94E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="332"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCCF5F6" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="257" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Title</w:t>
+              <w:t>Email</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5058" w:type="dxa"/>
+            <w:tcW w:w="5056" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E20829A" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+          <w:p w14:paraId="0104DE46" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...78 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="25FFC14A" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="6AD04FD0" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FA6F272" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="5492D908" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22AFF2F5" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="209CF0E2" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="530857ED" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="3FD1D3EF" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0221FE69" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="6FBC5CC0" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D29B76B" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="283F254B" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="746E6354" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="19866552" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49E58E2B" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="53E9C1AC" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="068BDCD2" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="49B7B6E1" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EA3058F" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="27EFB5F3" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F190B4E" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="3223E772" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4ED36655" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="2672D4C9" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F09B129" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="1E59EABA" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51DE230C" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="7A8EB4E3" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51F36331" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="4FBE6811" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="013134DB" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="56AB3AE7" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57C5782B" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="01FF8AE3" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D9FF5D1" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="437FC735" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CA64352" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="180A248F" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="617165F2" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="5829466F" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5660E7DA" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="427FEAEA" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EAB8876" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="4063DDA3" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="759EF0C7" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="523A8CC2" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D88014B" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="2B36C073" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="225"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15A695F5" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="6E81CAAD" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:ind w:left="760"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...38 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251646464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58A9FF7E" wp14:editId="6FE5D27C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15734784" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1866B09D" wp14:editId="369238D3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>842645</wp:posOffset>
+                  <wp:posOffset>805180</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-3631565</wp:posOffset>
+                  <wp:posOffset>-3687087</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6090285" cy="4578350"/>
-                <wp:effectExtent l="4445" t="1905" r="1270" b="1270"/>
+                <wp:extent cx="6162040" cy="4570730"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="70" name="Text Box 64"/>
+                <wp:docPr id="28" name="Textbox 28"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
-                        <a:spLocks noChangeArrowheads="1"/>
+                        <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6090285" cy="4578350"/>
+                          <a:ext cx="6162040" cy="4570730"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-[...21 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:tbl>
                             <w:tblPr>
                               <w:tblW w:w="0" w:type="auto"/>
-                              <w:tblInd w:w="5" w:type="dxa"/>
+                              <w:tblInd w:w="70" w:type="dxa"/>
                               <w:tblBorders>
-                                <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-                                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                                <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                                <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                                <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                                <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                                <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                                <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                               </w:tblBorders>
                               <w:tblLayout w:type="fixed"/>
                               <w:tblCellMar>
                                 <w:left w:w="0" w:type="dxa"/>
                                 <w:right w:w="0" w:type="dxa"/>
                               </w:tblCellMar>
                               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
                             </w:tblPr>
                             <w:tblGrid>
-                              <w:gridCol w:w="4518"/>
+                              <w:gridCol w:w="4512"/>
                               <w:gridCol w:w="2880"/>
                               <w:gridCol w:w="720"/>
-                              <w:gridCol w:w="1458"/>
+                              <w:gridCol w:w="1456"/>
                             </w:tblGrid>
-                            <w:tr w:rsidR="00D36EB6" w14:paraId="4A3E589B" w14:textId="77777777">
+                            <w:tr w:rsidR="003D1C59" w14:paraId="74E224DE" w14:textId="77777777">
                               <w:trPr>
-                                <w:trHeight w:val="350"/>
+                                <w:trHeight w:val="331"/>
                               </w:trPr>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="9576" w:type="dxa"/>
+                                  <w:tcW w:w="9568" w:type="dxa"/>
                                   <w:gridSpan w:val="4"/>
                                   <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="63799462" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                                <w:p w14:paraId="1B5A5E58" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
-                                    <w:spacing w:line="273" w:lineRule="exact"/>
-                                    <w:ind w:left="2192"/>
+                                    <w:spacing w:line="257" w:lineRule="exact"/>
+                                    <w:ind w:left="47" w:right="32"/>
+                                    <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
-                                    <w:t>Local Public Health Authority (LPHA) Information</w:t>
+                                    <w:t>Local</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-10"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Public</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="1"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Health</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Authority</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="1"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>(LPHA)</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-16"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Information</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00D36EB6" w14:paraId="0172B506" w14:textId="77777777">
+                            <w:tr w:rsidR="003D1C59" w14:paraId="0E09250B" w14:textId="77777777">
                               <w:trPr>
-                                <w:trHeight w:val="1070"/>
+                                <w:trHeight w:val="1067"/>
                               </w:trPr>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="4518" w:type="dxa"/>
+                                  <w:tcW w:w="4512" w:type="dxa"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="54DA0674" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                                <w:p w14:paraId="22AD3CC1" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
                                     <w:spacing w:line="273" w:lineRule="exact"/>
-                                    <w:ind w:left="107"/>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
-                                    <w:t>Name of Local Public Health Authority</w:t>
+                                    <w:t>Name</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-17"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>of</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Local</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Public</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="8"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Health</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Authority</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="5058" w:type="dxa"/>
+                                  <w:tcW w:w="5056" w:type="dxa"/>
                                   <w:gridSpan w:val="3"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="4B36694E" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                                <w:p w14:paraId="6B00855D" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="0"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Times New Roman"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00D36EB6" w14:paraId="759D4ACB" w14:textId="77777777">
+                            <w:tr w:rsidR="003D1C59" w14:paraId="520420B1" w14:textId="77777777">
                               <w:trPr>
-                                <w:trHeight w:val="350"/>
+                                <w:trHeight w:val="332"/>
                               </w:trPr>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="4518" w:type="dxa"/>
+                                  <w:tcW w:w="4512" w:type="dxa"/>
                                   <w:vMerge w:val="restart"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="289758EF" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                                <w:p w14:paraId="0FDECBF9" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
-                                    <w:spacing w:line="273" w:lineRule="exact"/>
-                                    <w:ind w:left="107"/>
+                                    <w:spacing w:line="257" w:lineRule="exact"/>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
-                                    <w:t>Address of Local Public Health Authority</w:t>
+                                    <w:t>Address</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="1"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>of</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-7"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Local</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-8"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Public</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Health</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-9"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Authority</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="5058" w:type="dxa"/>
+                                  <w:tcW w:w="5056" w:type="dxa"/>
                                   <w:gridSpan w:val="3"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="513B93AE" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                                <w:p w14:paraId="7143D30A" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="0"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Times New Roman"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00D36EB6" w14:paraId="602D21DE" w14:textId="77777777">
+                            <w:tr w:rsidR="003D1C59" w14:paraId="18CFE70C" w14:textId="77777777">
                               <w:trPr>
-                                <w:trHeight w:val="350"/>
+                                <w:trHeight w:val="347"/>
                               </w:trPr>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="4518" w:type="dxa"/>
+                                  <w:tcW w:w="4512" w:type="dxa"/>
                                   <w:vMerge/>
                                   <w:tcBorders>
                                     <w:top w:val="nil"/>
                                   </w:tcBorders>
                                 </w:tcPr>
-                                <w:p w14:paraId="2E4B4855" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                                <w:p w14:paraId="0366FC19" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                                   <w:pPr>
                                     <w:rPr>
                                       <w:sz w:val="2"/>
                                       <w:szCs w:val="2"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="5058" w:type="dxa"/>
+                                  <w:tcW w:w="5056" w:type="dxa"/>
                                   <w:gridSpan w:val="3"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="19229EA7" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                                <w:p w14:paraId="20E1FDBC" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
                                     <w:spacing w:line="273" w:lineRule="exact"/>
-                                    <w:ind w:left="2187" w:right="2180"/>
+                                    <w:ind w:left="45"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
+                                      <w:spacing w:val="-2"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                     <w:t>Street</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00D36EB6" w14:paraId="4A13E642" w14:textId="77777777">
+                            <w:tr w:rsidR="003D1C59" w14:paraId="59663C67" w14:textId="77777777">
                               <w:trPr>
-                                <w:trHeight w:val="350"/>
+                                <w:trHeight w:val="332"/>
                               </w:trPr>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="4518" w:type="dxa"/>
+                                  <w:tcW w:w="4512" w:type="dxa"/>
                                   <w:vMerge/>
                                   <w:tcBorders>
                                     <w:top w:val="nil"/>
                                   </w:tcBorders>
                                 </w:tcPr>
-                                <w:p w14:paraId="3E791A24" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                                <w:p w14:paraId="7ADF715A" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                                   <w:pPr>
                                     <w:rPr>
                                       <w:sz w:val="2"/>
                                       <w:szCs w:val="2"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="2880" w:type="dxa"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="46EC9E69" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                                <w:p w14:paraId="690C7A29" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="0"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Times New Roman"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="720" w:type="dxa"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="7E85F8FC" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                                <w:p w14:paraId="1EB76976" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="0"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Times New Roman"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="1458" w:type="dxa"/>
+                                  <w:tcW w:w="1456" w:type="dxa"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="74ADC964" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                                <w:p w14:paraId="7D55A34A" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="0"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Times New Roman"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00D36EB6" w14:paraId="4A9FE37D" w14:textId="77777777">
+                            <w:tr w:rsidR="003D1C59" w14:paraId="4A3C6C11" w14:textId="77777777">
                               <w:trPr>
-                                <w:trHeight w:val="710"/>
+                                <w:trHeight w:val="700"/>
                               </w:trPr>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="4518" w:type="dxa"/>
+                                  <w:tcW w:w="4512" w:type="dxa"/>
                                   <w:vMerge/>
                                   <w:tcBorders>
                                     <w:top w:val="nil"/>
                                   </w:tcBorders>
                                 </w:tcPr>
-                                <w:p w14:paraId="78753F39" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                                <w:p w14:paraId="42281243" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                                   <w:pPr>
                                     <w:rPr>
                                       <w:sz w:val="2"/>
                                       <w:szCs w:val="2"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="5058" w:type="dxa"/>
+                                  <w:tcW w:w="5056" w:type="dxa"/>
                                   <w:gridSpan w:val="3"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="45077853" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                                <w:p w14:paraId="16515BD3" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
                                     <w:tabs>
-                                      <w:tab w:val="left" w:pos="2990"/>
-                                      <w:tab w:val="left" w:pos="3884"/>
+                                      <w:tab w:val="left" w:pos="3013"/>
+                                      <w:tab w:val="left" w:pos="3909"/>
                                     </w:tabs>
                                     <w:spacing w:line="273" w:lineRule="exact"/>
-                                    <w:ind w:left="1241"/>
+                                    <w:ind w:left="1270"/>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
+                                      <w:spacing w:val="-4"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                     <w:t>City</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                     <w:tab/>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
                                     <w:t>State</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                     <w:tab/>
                                     <w:t>Zip</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:spacing w:val="-2"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
+                                      <w:spacing w:val="-4"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                     <w:t>Code</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00D36EB6" w14:paraId="222B59B2" w14:textId="77777777">
+                            <w:tr w:rsidR="003D1C59" w14:paraId="70F5A6D9" w14:textId="77777777">
                               <w:trPr>
-                                <w:trHeight w:val="1070"/>
+                                <w:trHeight w:val="1067"/>
                               </w:trPr>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="4518" w:type="dxa"/>
+                                  <w:tcW w:w="4512" w:type="dxa"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="72E71C5B" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                                <w:p w14:paraId="0B0AADC8" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
-                                    <w:ind w:left="107" w:right="418"/>
+                                    <w:spacing w:line="237" w:lineRule="auto"/>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
-                                    <w:t>Local Public Health Authority Contact Name</w:t>
+                                    <w:t>Local</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-17"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Public</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-10"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Health</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-8"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Authority</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-10"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Contact </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Name</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="5058" w:type="dxa"/>
+                                  <w:tcW w:w="5056" w:type="dxa"/>
                                   <w:gridSpan w:val="3"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="2737C91E" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                                <w:p w14:paraId="33B990D2" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="0"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Times New Roman"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00D36EB6" w14:paraId="4EEFCD6B" w14:textId="77777777">
+                            <w:tr w:rsidR="003D1C59" w14:paraId="6EA0CAE3" w14:textId="77777777">
                               <w:trPr>
-                                <w:trHeight w:val="350"/>
+                                <w:trHeight w:val="332"/>
                               </w:trPr>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="4518" w:type="dxa"/>
+                                  <w:tcW w:w="4512" w:type="dxa"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="741CB450" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                                <w:p w14:paraId="1B0EB584" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:line="257" w:lineRule="exact"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Title</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="5056" w:type="dxa"/>
+                                  <w:gridSpan w:val="3"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="1E5644F9" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="0"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="003D1C59" w14:paraId="1F6EAE71" w14:textId="77777777">
+                              <w:trPr>
+                                <w:trHeight w:val="347"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="4512" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="29945CC7" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
                                     <w:spacing w:line="273" w:lineRule="exact"/>
-                                    <w:ind w:left="107"/>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Telephone</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="12"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Number</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="5056" w:type="dxa"/>
+                                  <w:gridSpan w:val="3"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="3BB810F1" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="0"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Times New Roman"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="003D1C59" w14:paraId="3C44ED08" w14:textId="77777777">
+                              <w:trPr>
+                                <w:trHeight w:val="332"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="4512" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="7426E410" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+                                  <w:pPr>
+                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:spacing w:line="257" w:lineRule="exact"/>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
-                                    <w:t>Title</w:t>
+                                    <w:t>Email</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="3"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Address</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="5058" w:type="dxa"/>
+                                  <w:tcW w:w="5056" w:type="dxa"/>
                                   <w:gridSpan w:val="3"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="0C3E592D" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                                <w:p w14:paraId="130830CD" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="0"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Times New Roman"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00D36EB6" w14:paraId="1A558791" w14:textId="77777777">
+                            <w:tr w:rsidR="003D1C59" w14:paraId="6C9BCD93" w14:textId="77777777">
                               <w:trPr>
-                                <w:trHeight w:val="350"/>
+                                <w:trHeight w:val="348"/>
                               </w:trPr>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="4518" w:type="dxa"/>
+                                  <w:tcW w:w="4512" w:type="dxa"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="60A852F1" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                                <w:p w14:paraId="3B462D77" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
                                     <w:spacing w:line="273" w:lineRule="exact"/>
-                                    <w:ind w:left="107"/>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
-                                    <w:t>Telephone Number</w:t>
+                                    <w:t>Name</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-17"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>of</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>LPHA</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-13"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Authorized</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="22"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Signatory</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="5058" w:type="dxa"/>
+                                  <w:tcW w:w="5056" w:type="dxa"/>
                                   <w:gridSpan w:val="3"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="3482D5EC" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                                <w:p w14:paraId="0E4AF4BE" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="0"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Times New Roman"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00D36EB6" w14:paraId="7189F071" w14:textId="77777777">
+                            <w:tr w:rsidR="003D1C59" w14:paraId="08FEF611" w14:textId="77777777">
                               <w:trPr>
-                                <w:trHeight w:val="350"/>
+                                <w:trHeight w:val="1052"/>
                               </w:trPr>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="4518" w:type="dxa"/>
+                                  <w:tcW w:w="4512" w:type="dxa"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="5E3E8E6E" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                                <w:p w14:paraId="302A7538" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
-                                    <w:spacing w:line="273" w:lineRule="exact"/>
-                                    <w:ind w:left="107"/>
+                                    <w:spacing w:line="257" w:lineRule="exact"/>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
-                                    <w:t>Email Address</w:t>
+                                    <w:t>Signature</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>of</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-9"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>LPHA</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-17"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Authorized</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="12"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Signatory</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="5058" w:type="dxa"/>
+                                  <w:tcW w:w="5056" w:type="dxa"/>
                                   <w:gridSpan w:val="3"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="20EAFA1D" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                                <w:p w14:paraId="67DF9FB6" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="0"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Times New Roman"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00D36EB6" w14:paraId="0F1EFB8B" w14:textId="77777777">
+                            <w:tr w:rsidR="003D1C59" w14:paraId="7969F616" w14:textId="77777777">
                               <w:trPr>
-                                <w:trHeight w:val="350"/>
+                                <w:trHeight w:val="331"/>
                               </w:trPr>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="4518" w:type="dxa"/>
+                                  <w:tcW w:w="4512" w:type="dxa"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="53DA0AF2" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                                <w:p w14:paraId="3832A1B3" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
                                     <w:spacing w:line="273" w:lineRule="exact"/>
-                                    <w:ind w:left="107"/>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
-                                    <w:t>Name of LPHA Authorized Signatory</w:t>
+                                    <w:t>Date of</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="4"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:spacing w:val="-2"/>
+                                      <w:sz w:val="24"/>
+                                    </w:rPr>
+                                    <w:t>Signature</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
-                                  <w:tcW w:w="5058" w:type="dxa"/>
+                                  <w:tcW w:w="5056" w:type="dxa"/>
                                   <w:gridSpan w:val="3"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="6EE2D554" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                                <w:p w14:paraId="09721A5C" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                                   <w:pPr>
                                     <w:pStyle w:val="TableParagraph"/>
-                                    <w:rPr>
-[...80 lines deleted...]
-                                    <w:pStyle w:val="TableParagraph"/>
+                                    <w:ind w:left="0"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Times New Roman"/>
                                       <w:sz w:val="24"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:tc>
                             </w:tr>
                           </w:tbl>
-                          <w:p w14:paraId="67818B16" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                          <w:p w14:paraId="7112B2CF" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="58A9FF7E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 64" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:66.35pt;margin-top:-285.95pt;width:479.55pt;height:360.5pt;z-index:251646464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWl+1n2wEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SFLiVqulp2tQhp&#10;uUgLH+A4TmOReMyM26R8PWOn6XJ5Q7xYk7F9fC6T7fXYd+JokCy4Ui4XuRTGaait25fy65f7Fxsp&#10;KChXqw6cKeXJkLzePX+2HXxhVtBCVxsUDOKoGHwp2xB8kWWkW9MrWoA3jjcbwF4F/sR9VqMaGL3v&#10;slWeX2UDYO0RtCHi7t20KXcJv2mMDp+ahkwQXSmZW0grprWKa7bbqmKPyrdWn2mof2DRK+v40QvU&#10;nQpKHND+BdVbjUDQhIWGPoOmsdokDaxmmf+h5rFV3iQtbA75i030/2D1x+Oj/4wijG9h5ACTCPIP&#10;oL+RcHDbKrc3N4gwtEbV/PAyWpYNnorz1Wg1FRRBquED1ByyOgRIQGODfXSFdQpG5wBOF9PNGITm&#10;5lX+Jl9t1lJo3nu1fr15uU6xZKqYr3uk8M5AL2JRSuRUE7w6PlCIdFQxH4mvObi3XZeS7dxvDT4Y&#10;O4l+ZDxxD2M1ClszlagtqqmgPrEehGleeL65aAF/SDHwrJSSvh8UGim69449iYM1FzgX1Vwop/lq&#10;KYMUU3kbpgE8eLT7lpEn1x3csG+NTYqeWJzpcv5J6HlW44D9+p1OPf1Ru58AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQD63ouC4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI89T8MwEIZ3JP6DdUhsrZ0C&#10;LQlxqgrBVAmRhoHRid3EanwOsdum/57rBNu9ukfvR76eXM9OZgzWo4RkLoAZbLy22Er4qt5nz8BC&#10;VKhV79FIuJgA6+L2JleZ9mcszWkXW0YmGDIloYtxyDgPTWecCnM/GKTf3o9ORZJjy/WozmTuer4Q&#10;YsmdskgJnRrMa2eaw+7oJGy+sXyzPx/1Z7kvbVWlArfLg5T3d9PmBVg0U/yD4VqfqkNBnWp/RB1Y&#10;T/phsSJUwuxplaTArohIE5pT0/WYJsCLnP9fUfwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAFpftZ9sBAACZAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA+t6LguEAAAANAQAADwAAAAAAAAAAAAAAAAA1BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="1866B09D" id="Textbox 28" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:63.4pt;margin-top:-290.3pt;width:485.2pt;height:359.9pt;z-index:15734784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdZLgJmAEAACMDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs2O0zAQviPxDpbvNGlZuihqugJWIKQV&#10;rLTwAK5jNxaxx8y4Tfr2jL1pi+CGuDhjz/jL9+PN3eQHcTRIDkIrl4taChM0dC7sW/n928dXb6Wg&#10;pEKnBgimlSdD8m778sVmjI1ZQQ9DZ1AwSKBmjK3sU4pNVZHujVe0gGgCNy2gV4m3uK86VCOj+6Fa&#10;1fW6GgG7iKANEZ/ePzfltuBba3T6ai2ZJIZWMrdUVizrLq/VdqOaParYOz3TUP/AwisX+KcXqHuV&#10;lDig+wvKO41AYNNCg6/AWqdN0cBqlvUfap56FU3RwuZQvNhE/w9Wfzk+xUcUaXoPEwdYRFB8AP2D&#10;2JtqjNTMM9lTaoins9DJos9fliD4Int7uvhppiQ0H66X61V9wy3NvZs3t/Xt6+J4db0ekdInA17k&#10;opXIgRUK6vhAKRNQzXlkZvNMIFNJ024SruP/5BjzyQ66E4sZOc9W0s+DQiPF8DmwYTn8c4HnYncu&#10;MA0foDyRrCnAu0MC6wqBK+5MgJMovOZXk6P+fV+mrm97+wsAAP//AwBQSwMEFAAGAAgAAAAhADAr&#10;SOrhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxau0GEJo1TVQhOSIg0&#10;HDg68TaxGq9D7Lbh73FPcJvRjGbfFtvZDuyMkzeOJKyWAhhS67ShTsJn/bpYA/NBkVaDI5Twgx62&#10;5e1NoXLtLlTheR86FkfI50pCH8KYc+7bHq3ySzcixezgJqtCtFPH9aQucdwOPBEi5VYZihd6NeJz&#10;j+1xf7ISdl9UvZjv9+ajOlSmrjNBb+lRyvu7ebcBFnAOf2W44kd0KCNT406kPRuiT9KIHiQsHtci&#10;BXatiOwpAdZE9ZAlwMuC//+i/AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCdZLgJmAEA&#10;ACMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAwK0jq&#10;4QAAAA0BAAAPAAAAAAAAAAAAAAAAAPIDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:tbl>
                       <w:tblPr>
                         <w:tblW w:w="0" w:type="auto"/>
-                        <w:tblInd w:w="5" w:type="dxa"/>
+                        <w:tblInd w:w="70" w:type="dxa"/>
                         <w:tblBorders>
-                          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-                          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                         </w:tblBorders>
                         <w:tblLayout w:type="fixed"/>
                         <w:tblCellMar>
                           <w:left w:w="0" w:type="dxa"/>
                           <w:right w:w="0" w:type="dxa"/>
                         </w:tblCellMar>
                         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
                       </w:tblPr>
                       <w:tblGrid>
-                        <w:gridCol w:w="4518"/>
+                        <w:gridCol w:w="4512"/>
                         <w:gridCol w:w="2880"/>
                         <w:gridCol w:w="720"/>
-                        <w:gridCol w:w="1458"/>
+                        <w:gridCol w:w="1456"/>
                       </w:tblGrid>
-                      <w:tr w:rsidR="00D36EB6" w14:paraId="4A3E589B" w14:textId="77777777">
+                      <w:tr w:rsidR="003D1C59" w14:paraId="74E224DE" w14:textId="77777777">
                         <w:trPr>
-                          <w:trHeight w:val="350"/>
+                          <w:trHeight w:val="331"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="9576" w:type="dxa"/>
+                            <w:tcW w:w="9568" w:type="dxa"/>
                             <w:gridSpan w:val="4"/>
                             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
                           </w:tcPr>
-                          <w:p w14:paraId="63799462" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="1B5A5E58" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
-                              <w:spacing w:line="273" w:lineRule="exact"/>
-                              <w:ind w:left="2192"/>
+                              <w:spacing w:line="257" w:lineRule="exact"/>
+                              <w:ind w:left="47" w:right="32"/>
+                              <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>Local Public Health Authority (LPHA) Information</w:t>
+                              <w:t>Local</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Public</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="1"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Health</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Authority</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="1"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>(LPHA)</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-16"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Information</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00D36EB6" w14:paraId="0172B506" w14:textId="77777777">
+                      <w:tr w:rsidR="003D1C59" w14:paraId="0E09250B" w14:textId="77777777">
                         <w:trPr>
-                          <w:trHeight w:val="1070"/>
+                          <w:trHeight w:val="1067"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="4518" w:type="dxa"/>
+                            <w:tcW w:w="4512" w:type="dxa"/>
                           </w:tcPr>
-                          <w:p w14:paraId="54DA0674" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="22AD3CC1" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
                               <w:spacing w:line="273" w:lineRule="exact"/>
-                              <w:ind w:left="107"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>Name of Local Public Health Authority</w:t>
+                              <w:t>Name</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-17"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>of</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Local</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Public</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="8"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Health</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Authority</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="5058" w:type="dxa"/>
+                            <w:tcW w:w="5056" w:type="dxa"/>
                             <w:gridSpan w:val="3"/>
                           </w:tcPr>
-                          <w:p w14:paraId="4B36694E" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                          <w:p w14:paraId="6B00855D" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00D36EB6" w14:paraId="759D4ACB" w14:textId="77777777">
+                      <w:tr w:rsidR="003D1C59" w14:paraId="520420B1" w14:textId="77777777">
                         <w:trPr>
-                          <w:trHeight w:val="350"/>
+                          <w:trHeight w:val="332"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="4518" w:type="dxa"/>
+                            <w:tcW w:w="4512" w:type="dxa"/>
                             <w:vMerge w:val="restart"/>
                           </w:tcPr>
-                          <w:p w14:paraId="289758EF" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="0FDECBF9" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
-                              <w:spacing w:line="273" w:lineRule="exact"/>
-                              <w:ind w:left="107"/>
+                              <w:spacing w:line="257" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>Address of Local Public Health Authority</w:t>
+                              <w:t>Address</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="1"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>of</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-7"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Local</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-8"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Public</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Health</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-9"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Authority</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="5058" w:type="dxa"/>
+                            <w:tcW w:w="5056" w:type="dxa"/>
                             <w:gridSpan w:val="3"/>
                           </w:tcPr>
-                          <w:p w14:paraId="513B93AE" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                          <w:p w14:paraId="7143D30A" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00D36EB6" w14:paraId="602D21DE" w14:textId="77777777">
+                      <w:tr w:rsidR="003D1C59" w14:paraId="18CFE70C" w14:textId="77777777">
                         <w:trPr>
-                          <w:trHeight w:val="350"/>
+                          <w:trHeight w:val="347"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="4518" w:type="dxa"/>
+                            <w:tcW w:w="4512" w:type="dxa"/>
                             <w:vMerge/>
                             <w:tcBorders>
                               <w:top w:val="nil"/>
                             </w:tcBorders>
                           </w:tcPr>
-                          <w:p w14:paraId="2E4B4855" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                          <w:p w14:paraId="0366FC19" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="2"/>
                                 <w:szCs w:val="2"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="5058" w:type="dxa"/>
+                            <w:tcW w:w="5056" w:type="dxa"/>
                             <w:gridSpan w:val="3"/>
                           </w:tcPr>
-                          <w:p w14:paraId="19229EA7" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="20E1FDBC" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
                               <w:spacing w:line="273" w:lineRule="exact"/>
-                              <w:ind w:left="2187" w:right="2180"/>
+                              <w:ind w:left="45"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
+                                <w:spacing w:val="-2"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>Street</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00D36EB6" w14:paraId="4A13E642" w14:textId="77777777">
+                      <w:tr w:rsidR="003D1C59" w14:paraId="59663C67" w14:textId="77777777">
                         <w:trPr>
-                          <w:trHeight w:val="350"/>
+                          <w:trHeight w:val="332"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="4518" w:type="dxa"/>
+                            <w:tcW w:w="4512" w:type="dxa"/>
                             <w:vMerge/>
                             <w:tcBorders>
                               <w:top w:val="nil"/>
                             </w:tcBorders>
                           </w:tcPr>
-                          <w:p w14:paraId="3E791A24" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                          <w:p w14:paraId="7ADF715A" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="2"/>
                                 <w:szCs w:val="2"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="2880" w:type="dxa"/>
                           </w:tcPr>
-                          <w:p w14:paraId="46EC9E69" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                          <w:p w14:paraId="690C7A29" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="720" w:type="dxa"/>
                           </w:tcPr>
-                          <w:p w14:paraId="7E85F8FC" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                          <w:p w14:paraId="1EB76976" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="1458" w:type="dxa"/>
+                            <w:tcW w:w="1456" w:type="dxa"/>
                           </w:tcPr>
-                          <w:p w14:paraId="74ADC964" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                          <w:p w14:paraId="7D55A34A" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00D36EB6" w14:paraId="4A9FE37D" w14:textId="77777777">
+                      <w:tr w:rsidR="003D1C59" w14:paraId="4A3C6C11" w14:textId="77777777">
                         <w:trPr>
-                          <w:trHeight w:val="710"/>
+                          <w:trHeight w:val="700"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="4518" w:type="dxa"/>
+                            <w:tcW w:w="4512" w:type="dxa"/>
                             <w:vMerge/>
                             <w:tcBorders>
                               <w:top w:val="nil"/>
                             </w:tcBorders>
                           </w:tcPr>
-                          <w:p w14:paraId="78753F39" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                          <w:p w14:paraId="42281243" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="2"/>
                                 <w:szCs w:val="2"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="5058" w:type="dxa"/>
+                            <w:tcW w:w="5056" w:type="dxa"/>
                             <w:gridSpan w:val="3"/>
                           </w:tcPr>
-                          <w:p w14:paraId="45077853" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="16515BD3" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
                               <w:tabs>
-                                <w:tab w:val="left" w:pos="2990"/>
-                                <w:tab w:val="left" w:pos="3884"/>
+                                <w:tab w:val="left" w:pos="3013"/>
+                                <w:tab w:val="left" w:pos="3909"/>
                               </w:tabs>
                               <w:spacing w:line="273" w:lineRule="exact"/>
-                              <w:ind w:left="1241"/>
+                              <w:ind w:left="1270"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
+                                <w:spacing w:val="-4"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>City</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:tab/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
                               <w:t>State</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:tab/>
                               <w:t>Zip</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
+                                <w:spacing w:val="-4"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>Code</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00D36EB6" w14:paraId="222B59B2" w14:textId="77777777">
+                      <w:tr w:rsidR="003D1C59" w14:paraId="70F5A6D9" w14:textId="77777777">
                         <w:trPr>
-                          <w:trHeight w:val="1070"/>
+                          <w:trHeight w:val="1067"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="4518" w:type="dxa"/>
+                            <w:tcW w:w="4512" w:type="dxa"/>
                           </w:tcPr>
-                          <w:p w14:paraId="72E71C5B" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="0B0AADC8" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
-                              <w:ind w:left="107" w:right="418"/>
+                              <w:spacing w:line="237" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>Local Public Health Authority Contact Name</w:t>
+                              <w:t>Local</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-17"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Public</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Health</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-8"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Authority</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Contact </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Name</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="5058" w:type="dxa"/>
+                            <w:tcW w:w="5056" w:type="dxa"/>
                             <w:gridSpan w:val="3"/>
                           </w:tcPr>
-                          <w:p w14:paraId="2737C91E" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                          <w:p w14:paraId="33B990D2" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00D36EB6" w14:paraId="4EEFCD6B" w14:textId="77777777">
+                      <w:tr w:rsidR="003D1C59" w14:paraId="6EA0CAE3" w14:textId="77777777">
                         <w:trPr>
-                          <w:trHeight w:val="350"/>
+                          <w:trHeight w:val="332"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="4518" w:type="dxa"/>
+                            <w:tcW w:w="4512" w:type="dxa"/>
                           </w:tcPr>
-                          <w:p w14:paraId="741CB450" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="1B0EB584" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:line="257" w:lineRule="exact"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Title</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="5056" w:type="dxa"/>
+                            <w:gridSpan w:val="3"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="1E5644F9" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="003D1C59" w14:paraId="1F6EAE71" w14:textId="77777777">
+                        <w:trPr>
+                          <w:trHeight w:val="347"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="4512" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="29945CC7" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
                               <w:spacing w:line="273" w:lineRule="exact"/>
-                              <w:ind w:left="107"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Telephone</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="12"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Number</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="5056" w:type="dxa"/>
+                            <w:gridSpan w:val="3"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="3BB810F1" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="0"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="003D1C59" w14:paraId="3C44ED08" w14:textId="77777777">
+                        <w:trPr>
+                          <w:trHeight w:val="332"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="4512" w:type="dxa"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="7426E410" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+                            <w:pPr>
+                              <w:pStyle w:val="TableParagraph"/>
+                              <w:spacing w:line="257" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>Title</w:t>
+                              <w:t>Email</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="3"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Address</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="5058" w:type="dxa"/>
+                            <w:tcW w:w="5056" w:type="dxa"/>
                             <w:gridSpan w:val="3"/>
                           </w:tcPr>
-                          <w:p w14:paraId="0C3E592D" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                          <w:p w14:paraId="130830CD" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00D36EB6" w14:paraId="1A558791" w14:textId="77777777">
+                      <w:tr w:rsidR="003D1C59" w14:paraId="6C9BCD93" w14:textId="77777777">
                         <w:trPr>
-                          <w:trHeight w:val="350"/>
+                          <w:trHeight w:val="348"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="4518" w:type="dxa"/>
+                            <w:tcW w:w="4512" w:type="dxa"/>
                           </w:tcPr>
-                          <w:p w14:paraId="60A852F1" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="3B462D77" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
                               <w:spacing w:line="273" w:lineRule="exact"/>
-                              <w:ind w:left="107"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>Telephone Number</w:t>
+                              <w:t>Name</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-17"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>of</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>LPHA</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-13"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Authorized</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="22"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Signatory</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="5058" w:type="dxa"/>
+                            <w:tcW w:w="5056" w:type="dxa"/>
                             <w:gridSpan w:val="3"/>
                           </w:tcPr>
-                          <w:p w14:paraId="3482D5EC" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                          <w:p w14:paraId="0E4AF4BE" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00D36EB6" w14:paraId="7189F071" w14:textId="77777777">
+                      <w:tr w:rsidR="003D1C59" w14:paraId="08FEF611" w14:textId="77777777">
                         <w:trPr>
-                          <w:trHeight w:val="350"/>
+                          <w:trHeight w:val="1052"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="4518" w:type="dxa"/>
+                            <w:tcW w:w="4512" w:type="dxa"/>
                           </w:tcPr>
-                          <w:p w14:paraId="5E3E8E6E" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="302A7538" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
-                              <w:spacing w:line="273" w:lineRule="exact"/>
-                              <w:ind w:left="107"/>
+                              <w:spacing w:line="257" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>Email Address</w:t>
+                              <w:t>Signature</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>of</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-9"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>LPHA</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-17"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Authorized</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="12"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Signatory</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="5058" w:type="dxa"/>
+                            <w:tcW w:w="5056" w:type="dxa"/>
                             <w:gridSpan w:val="3"/>
                           </w:tcPr>
-                          <w:p w14:paraId="20EAFA1D" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                          <w:p w14:paraId="67DF9FB6" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00D36EB6" w14:paraId="0F1EFB8B" w14:textId="77777777">
+                      <w:tr w:rsidR="003D1C59" w14:paraId="7969F616" w14:textId="77777777">
                         <w:trPr>
-                          <w:trHeight w:val="350"/>
+                          <w:trHeight w:val="331"/>
                         </w:trPr>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="4518" w:type="dxa"/>
+                            <w:tcW w:w="4512" w:type="dxa"/>
                           </w:tcPr>
-                          <w:p w14:paraId="53DA0AF2" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                          <w:p w14:paraId="3832A1B3" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
                               <w:spacing w:line="273" w:lineRule="exact"/>
-                              <w:ind w:left="107"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>Name of LPHA Authorized Signatory</w:t>
+                              <w:t>Date of</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="4"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>Signature</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
-                            <w:tcW w:w="5058" w:type="dxa"/>
+                            <w:tcW w:w="5056" w:type="dxa"/>
                             <w:gridSpan w:val="3"/>
                           </w:tcPr>
-                          <w:p w14:paraId="6EE2D554" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                          <w:p w14:paraId="09721A5C" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                             <w:pPr>
                               <w:pStyle w:val="TableParagraph"/>
-                              <w:rPr>
-[...80 lines deleted...]
-                              <w:pStyle w:val="TableParagraph"/>
+                              <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman"/>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:tc>
                       </w:tr>
                     </w:tbl>
-                    <w:p w14:paraId="67818B16" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+                    <w:p w14:paraId="7112B2CF" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="004663D4">
+      <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66243101" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="044932F5" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1578DEE3" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="073487E5" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="590B770A" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="054E1A16" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27E2ACE6" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="204B72D2" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="266"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E0FCD78" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="098097F1" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:spacing w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1016" w:right="1225" w:hanging="257"/>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:position w:val="4"/>
-[...14 lines deleted...]
-        <w:r w:rsidR="004663D4">
+          <w:position w:val="5"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-13"/>
+          <w:position w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Please refer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>instructions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>document</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>how</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>create</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>e-signature</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>located</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>www.mass.gov/MIH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6E7E76EC" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="2551AE20" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
-        <w:sectPr w:rsidR="00D36EB6">
-          <w:footerReference w:type="default" r:id="rId13"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="249" w:lineRule="auto"/>
+        <w:sectPr w:rsidR="003D1C59">
+          <w:footerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="1440" w:right="640" w:bottom="1000" w:left="640" w:header="0" w:footer="801" w:gutter="0"/>
+          <w:pgMar w:top="1420" w:right="360" w:bottom="1000" w:left="360" w:header="0" w:footer="803" w:gutter="0"/>
           <w:pgNumType w:start="4"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04A53845" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="4991D698" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...8 lines deleted...]
-        <w:ind w:left="456"/>
+        <w:spacing w:before="271" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="744"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...199 lines deleted...]
-        <w:rPr>
           <w:noProof/>
-        </w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CBB6177" wp14:editId="2974F870">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487342592" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="229ABC90" wp14:editId="2540A5D9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>624840</wp:posOffset>
+                  <wp:posOffset>624965</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>454025</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6521450" cy="8074660"/>
-                <wp:effectExtent l="5715" t="6350" r="6985" b="5715"/>
+                <wp:extent cx="6521450" cy="8074659"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="39" name="Group 33"/>
+                <wp:docPr id="29" name="Group 29"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
-                      <wpg:grpSpPr bwMode="auto">
+                      <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6521450" cy="8074660"/>
-[...1 lines deleted...]
-                          <a:chExt cx="10270" cy="12716"/>
+                          <a:ext cx="6521450" cy="8074659"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="6521450" cy="8074659"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="40" name="Freeform 63"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="30" name="Graphic 30"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="996" y="727"/>
-                            <a:ext cx="10248" cy="12694"/>
+                            <a:off x="7494" y="7620"/>
+                            <a:ext cx="6507480" cy="8060690"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
-                            <a:gdLst>
-[...28 lines deleted...]
-                            </a:gdLst>
+                            <a:gdLst/>
                             <a:ahLst/>
-                            <a:cxnLst>
-[...22 lines deleted...]
-                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
-                              <a:path w="10248" h="12694">
+                              <a:path w="6507480" h="8060690">
                                 <a:moveTo>
-                                  <a:pt x="10248" y="0"/>
-[...239 lines deleted...]
-                                  <a:pt x="10044" y="0"/>
+                                  <a:pt x="6507480" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="276"/>
+                                  <a:pt x="0" y="8060690"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="552"/>
+                                  <a:pt x="6507480" y="8060690"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="828"/>
+                                  <a:pt x="6507480" y="0"/>
                                 </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="F1F1F1"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="31" name="Graphic 31"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5070347" y="3502025"/>
+                            <a:ext cx="1357630" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1357630">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="10044" y="828"/>
-[...8 lines deleted...]
-                                  <a:pt x="10044" y="0"/>
+                                  <a:pt x="1357630" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
-                          <a:solidFill>
-[...3 lines deleted...]
-                            <a:noFill/>
+                          <a:ln w="9601">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...10 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="44" name="Line 59"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="32" name="Graphic 32"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1097" y="7058"/>
-                            <a:ext cx="10013" cy="0"/>
+                            <a:off x="70993" y="3498215"/>
+                            <a:ext cx="6356350" cy="1270"/>
                           </a:xfrm>
-                          <a:prstGeom prst="line">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
-                          <a:noFill/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6356350">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3136265" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="6356350">
+                                <a:moveTo>
+                                  <a:pt x="4998720" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6356350" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="10680">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="33" name="Graphic 33"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="71627" y="4027804"/>
+                            <a:ext cx="6358255" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6358255">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6358255" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
                           <a:ln w="9601">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
-                            <a:round/>
-[...1 lines deleted...]
-                            <a:tailEnd/>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...5 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr/>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="45" name="Freeform 58"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="34" name="Graphic 34"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1096" y="7072"/>
-                            <a:ext cx="10044" cy="828"/>
+                            <a:off x="71627" y="4553584"/>
+                            <a:ext cx="6358255" cy="1270"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
-                            <a:gdLst>
-[...36 lines deleted...]
-                            </a:gdLst>
+                            <a:gdLst/>
                             <a:ahLst/>
-                            <a:cxnLst>
-[...28 lines deleted...]
-                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
-                              <a:path w="10044" h="828">
+                              <a:path w="6358255">
                                 <a:moveTo>
-                                  <a:pt x="10044" y="0"/>
+                                  <a:pt x="0" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="0"/>
-[...20 lines deleted...]
-                                  <a:pt x="10044" y="0"/>
+                                  <a:pt x="6358255" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
-                          <a:solidFill>
-[...3 lines deleted...]
-                            <a:noFill/>
+                          <a:ln w="9601">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...10 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="46" name="Line 57"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="35" name="Graphic 35"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1097" y="7886"/>
-                            <a:ext cx="10013" cy="0"/>
+                            <a:off x="70993" y="5078729"/>
+                            <a:ext cx="6313805" cy="1270"/>
                           </a:xfrm>
-                          <a:prstGeom prst="line">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
-                          <a:noFill/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6313805">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3051810" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="6313805">
+                                <a:moveTo>
+                                  <a:pt x="5041265" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6313805" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
                           <a:ln w="9601">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
-                            <a:round/>
-[...1 lines deleted...]
-                            <a:tailEnd/>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...5 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr/>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="47" name="Freeform 56"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="36" name="Graphic 36"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1096" y="7900"/>
-                            <a:ext cx="10044" cy="828"/>
+                            <a:off x="70993" y="5075554"/>
+                            <a:ext cx="6313805" cy="1270"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
-                            <a:gdLst>
-[...36 lines deleted...]
-                            </a:gdLst>
+                            <a:gdLst/>
                             <a:ahLst/>
-                            <a:cxnLst>
-[...28 lines deleted...]
-                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
-                              <a:path w="10044" h="828">
+                              <a:path w="6313805">
                                 <a:moveTo>
-                                  <a:pt x="10044" y="0"/>
+                                  <a:pt x="0" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="0"/>
+                                  <a:pt x="3051175" y="0"/>
                                 </a:lnTo>
+                              </a:path>
+                              <a:path w="6313805">
+                                <a:moveTo>
+                                  <a:pt x="5041265" y="0"/>
+                                </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="276"/>
-[...17 lines deleted...]
-                                  <a:pt x="10044" y="0"/>
+                                  <a:pt x="6313805" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
-                          <a:solidFill>
-[...3 lines deleted...]
-                            <a:noFill/>
+                          <a:ln w="10680">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...10 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="48" name="AutoShape 55"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="37" name="Graphic 37"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1096" y="8713"/>
-                            <a:ext cx="9944" cy="2"/>
+                            <a:off x="71627" y="5605145"/>
+                            <a:ext cx="6358255" cy="1270"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
-                            <a:gdLst>
-[...8 lines deleted...]
-                            </a:gdLst>
+                            <a:gdLst/>
                             <a:ahLst/>
-                            <a:cxnLst>
-[...13 lines deleted...]
-                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
-                              <a:path w="9944">
+                              <a:path w="6358255">
                                 <a:moveTo>
                                   <a:pt x="0" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="4806" y="0"/>
-[...5 lines deleted...]
-                                  <a:pt x="9943" y="0"/>
+                                  <a:pt x="6358255" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
-                          <a:noFill/>
                           <a:ln w="9601">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
-                            <a:round/>
-[...1 lines deleted...]
-                            <a:tailEnd/>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...7 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="49" name="AutoShape 54"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="38" name="Graphic 38"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1096" y="8708"/>
-                            <a:ext cx="9944" cy="2"/>
+                            <a:off x="71627" y="6130925"/>
+                            <a:ext cx="6358255" cy="1270"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
-                            <a:gdLst>
-[...8 lines deleted...]
-                            </a:gdLst>
+                            <a:gdLst/>
                             <a:ahLst/>
-                            <a:cxnLst>
-[...13 lines deleted...]
-                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
-                              <a:path w="9944">
+                              <a:path w="6358255">
                                 <a:moveTo>
                                   <a:pt x="0" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="4805" y="0"/>
-[...5 lines deleted...]
-                                  <a:pt x="9943" y="0"/>
+                                  <a:pt x="6358255" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
-                          <a:noFill/>
-                          <a:ln w="10681">
+                          <a:ln w="9601">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
-                            <a:round/>
-[...1 lines deleted...]
-                            <a:tailEnd/>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...7 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="50" name="Freeform 53"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="39" name="Graphic 39"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1096" y="8728"/>
-                            <a:ext cx="10044" cy="828"/>
+                            <a:off x="71627" y="6656705"/>
+                            <a:ext cx="2968625" cy="1270"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
-                            <a:gdLst>
-[...36 lines deleted...]
-                            </a:gdLst>
+                            <a:gdLst/>
                             <a:ahLst/>
-                            <a:cxnLst>
-[...28 lines deleted...]
-                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
-                              <a:path w="10044" h="828">
+                              <a:path w="2968625">
                                 <a:moveTo>
-                                  <a:pt x="10044" y="0"/>
+                                  <a:pt x="0" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="0"/>
-[...20 lines deleted...]
-                                  <a:pt x="10044" y="0"/>
+                                  <a:pt x="2968625" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
-                          <a:solidFill>
-[...3 lines deleted...]
-                            <a:noFill/>
+                          <a:ln w="9601">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...10 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="51" name="Line 52"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="40" name="Graphic 40"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1097" y="9542"/>
-                            <a:ext cx="10013" cy="0"/>
+                            <a:off x="71627" y="6652894"/>
+                            <a:ext cx="2967355" cy="1270"/>
                           </a:xfrm>
-                          <a:prstGeom prst="line">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
-                          <a:noFill/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="2967355">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="2967355" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="10680">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="41" name="Graphic 41"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5032247" y="6656705"/>
+                            <a:ext cx="1280160" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1280160">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1280160" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
                           <a:ln w="9601">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
-                            <a:round/>
-[...1 lines deleted...]
-                            <a:tailEnd/>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...5 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr/>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="52" name="Freeform 51"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="42" name="Graphic 42"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1096" y="9556"/>
-                            <a:ext cx="10044" cy="828"/>
+                            <a:off x="5034788" y="6649719"/>
+                            <a:ext cx="1274445" cy="1270"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
-                            <a:gdLst>
-[...36 lines deleted...]
-                            </a:gdLst>
+                            <a:gdLst/>
                             <a:ahLst/>
-                            <a:cxnLst>
-[...28 lines deleted...]
-                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
-                              <a:path w="10044" h="828">
+                              <a:path w="1274445">
                                 <a:moveTo>
-                                  <a:pt x="10044" y="0"/>
+                                  <a:pt x="0" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="0"/>
-[...20 lines deleted...]
-                                  <a:pt x="10044" y="0"/>
+                                  <a:pt x="1274445" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
-                          <a:solidFill>
-[...3 lines deleted...]
-                            <a:noFill/>
+                          <a:ln w="10680">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...10 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="53" name="Line 50"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="43" name="Graphic 43"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1097" y="10370"/>
-                            <a:ext cx="10013" cy="0"/>
+                            <a:off x="71627" y="7182484"/>
+                            <a:ext cx="6358255" cy="1270"/>
                           </a:xfrm>
-                          <a:prstGeom prst="line">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
-                          <a:noFill/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6358255">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6358255" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
                           <a:ln w="9601">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
-                            <a:round/>
-[...1 lines deleted...]
-                            <a:tailEnd/>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...5 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr/>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="54" name="Freeform 49"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="44" name="Graphic 44"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1096" y="10384"/>
-                            <a:ext cx="10044" cy="828"/>
+                            <a:off x="71627" y="7708265"/>
+                            <a:ext cx="6358255" cy="1270"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
-                            <a:gdLst>
-[...36 lines deleted...]
-                            </a:gdLst>
+                            <a:gdLst/>
                             <a:ahLst/>
-                            <a:cxnLst>
-[...28 lines deleted...]
-                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
-                              <a:path w="10044" h="828">
+                              <a:path w="6358255">
                                 <a:moveTo>
-                                  <a:pt x="10044" y="0"/>
+                                  <a:pt x="0" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="0"/>
-[...20 lines deleted...]
-                                  <a:pt x="10044" y="0"/>
+                                  <a:pt x="6358255" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
-                          <a:solidFill>
-[...3 lines deleted...]
-                            <a:noFill/>
+                          <a:ln w="9601">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...10 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="55" name="Line 48"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="45" name="Graphic 45"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1097" y="11198"/>
-                            <a:ext cx="4675" cy="0"/>
+                            <a:off x="6223" y="3175"/>
+                            <a:ext cx="6508750" cy="1270"/>
                           </a:xfrm>
-                          <a:prstGeom prst="line">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
-                          <a:noFill/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6508750">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6508750" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6108">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="46" name="Graphic 46"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3047" y="0"/>
+                            <a:ext cx="1270" cy="8074025"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path h="8074025">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="8074025"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6096">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="47" name="Graphic 47"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="6223" y="8071484"/>
+                            <a:ext cx="6508750" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6508750">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6508750" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6096">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="48" name="Graphic 48"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="6518147" y="0"/>
+                            <a:ext cx="1270" cy="8074025"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path h="8074025">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="8074025"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6096">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="49" name="Graphic 49"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="74168" y="3519170"/>
+                            <a:ext cx="3151505" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3151505">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3151505" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
                           <a:ln w="9601">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
-                            <a:round/>
-[...1 lines deleted...]
-                            <a:tailEnd/>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...5 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr/>
-[...11 lines deleted...]
-                          <a:prstGeom prst="line">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
-                          </a:prstGeom>
-[...51 lines deleted...]
-                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
-                      </wps:wsp>
-[...654 lines deleted...]
-                        <wps:bodyPr/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="67E37824" id="Group 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:49.2pt;margin-top:35.75pt;width:513.5pt;height:635.8pt;z-index:-251655680;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="984,715" coordsize="10270,12716" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcRJLPKRAAAAKfAAAOAAAAZHJzL2Uyb0RvYy54bWzsXWFv47gR/V6g/0Hwxxa3EWVZsozLHg57&#10;t4cC1/bQc3+AYjuxUcdyZe9mt7++b0jR4tCk4k1MZ3OrKxo7qwk1miGH7w1H5Pc/fLpfRx8X9W5V&#10;ba4H4k08iBabWTVfbe6uB/+evv9uPIh2+3IzL9fVZnE9+LzYDX54++c/ff+wnSySalmt54s6QiOb&#10;3eRhez1Y7vfbydXVbrZc3Je7N9V2scHF26q+L/f4tb67mtflA1q/X18lcZxdPVT1fFtXs8Vuh3/9&#10;SV0cvJXt394uZvt/3t7uFvtofT2Abnv5s5Y/b+jn1dvvy8ldXW6Xq1mjRvkELe7L1QY3PTT1U7kv&#10;ow/16qip+9WsrnbV7f7NrLq/qm5vV7OFfAY8jYitp/mlrj5s5bPcTR7utgczwbSWnZ7c7OwfH3+r&#10;o9X8ejAsBtGmvIeP5G2j4ZCM87C9m0Dml3r7+/a3Wj0hvv5azf6zw+Ur+zr9fqeEo5uHv1dztFd+&#10;2FfSOJ9u63tqAo8dfZI++HzwweLTPprhH7NRItIRXDXDtXGcp1nWeGm2hCvp74pxOohwNRcj5b/Z&#10;8ufmr0Wc5M3fiiQXGV2/KifqxlLZRjl6MvS4XWvU3fOM+vuy3C6kr3ZksMaoKZRRRn1fLxbUjaOs&#10;sasU00bdmRY1rpCSOxj+UVsWRaZskuTKJtqesEiKMUjWFElWpMwi5WT2Ybf/ZVFJt5Qff93t1YCY&#10;45t09rxRf4oHub1fY2z89bsojoRI0jSimzbyWkxosb9cRdM4eojU/S2pREvJxvIkj/B/u6mhFkJT&#10;JLKMDg+AcXZQDH2BKSZS4VJspMVIsdSnGIxoNOZRLNdC3YrB6kZbIi5yl14YdUqK9Br79BLc/B7F&#10;hGn9DpMJbn+40aWZMB0wFYlXN+4Bn26mA7p04y7w6Wb6YCoyr26WE4ZpIlx9TZhuEFLK090S7gnv&#10;QEhMX0wT/1DgvlD3hn3s0ZCY3ujWkPvDr6HpkWniHRMJ94jHv9C47ciWfxGB73REKZc6yMw+bZoo&#10;g29RSYAhltPEttpRmJ/CgohaUxkv0QSkKCR5hPEwJCzt9qgwvE3CGC9qfuhumgaCFJfTzaONC1hC&#10;ihcntU4dhcTh4FOUSZoHVT1EK6M+G3PWQD023qkHEfDOjepV23JPXiBr0tfoAXODmiaWepaga/fV&#10;x8W0klJ7ckgjA2XljIx7thLrDZfEHC4fS0vq6/pz27SoHr5bCiPOuKduQX+qlpTMYYKAbvq6/tR3&#10;lNMh2vsSWa4fGiezSWRxMCV5wJhLd9V6NX+/Wq/JfLv67ubduo4+lkCh7xP6X+NrJraW/XtT0Z+p&#10;rkD/AtSiMICCLDfV/DPwQF0pKAvojS/Lqv7fIHoAjL0e7P77oawXg2j9tw0gTSFSwiB7+Us6yil8&#10;1eaVG/NKuZmhqevBfoDxSF/f7RVW/rCtV3dL3EnIEbqpfgSmu10RWpD6Ka2aX4CqLgWv0H0UvPp1&#10;tVlEmTQr2QsI7N1G4VWM7QavRpvq3RJxZiGx2vTzFthURQD2J9rej2KucZGpQJIlQ9lDyolGXYkY&#10;NqBLdx2Nfbe1AlwRfbkerKG3NKkGX9S5GhHqOofeQB2aBmqRxcoHrOuwHhbL/1w9DHxiM4fPysly&#10;Uc5/br7vy9VafZfDxtPltKsv6F1Mjcq71Nuk06JMOqzx19nQM8CZgs9ZkkiE3HpSxDHBKsLPetBq&#10;V5rjXbvPmOlaiIoxZyNBgoMqGLdiuE0LBRVgoHtLf7VSHC9k8TADxj5uzIQLU4XdHI1xqEAd2tkY&#10;YnmrmQIKjsY4ThBCxLmzNRMpTBV0a1pD/3s6UNAjrXsyV3P5abJ8CutuV036rF2aEg4Y52mTMtmF&#10;hms70ZrTnb5be5VPdmlBpN4xd7Z/oJrLxzm6lSHYCvAWaTSoqVbfW12nqPXYlHgUykScjV8mlvXT&#10;p0z5pBgMdnZC+jVgfE2P4yv+SWV7knEzaT03wgpKAriioivEao28ITZJR4AWALRWJDZDLF1HhmKs&#10;HqEjP0FpAJdmrhB7rBkPsfKmLs3MCOvXzOLGPs1MatxkKOJjzawMBaXxnEajyfQwl0gpp9WsFAVZ&#10;zGk2Z5LCpR6f6bIc7bksh5SioR5JudXjjvCrZ3pC5ylc6nFf5HE+dKtnOkNKOdU7SlL4xoMzS+HQ&#10;L+Gow6sfy1J06Me9AajgGa/Edg+9RecoXPpxf3jdy7IUUsptP+6ODv1Mf0wTlb9z6Ad+0DyHzHh6&#10;R8fwtNEx5O7w64ckvmG/YYMDj0fvkDvEG1iGpj94ZHkWduuTPCzz5U7yeHNfiUJ5U/QeYmlSjlAj&#10;0Kcrr0adAlhvCmca4udAq+hYEVJINAu6UCvQI0mcgDNdGLNN6ZgYOMn1Io9GqvrTlBqNNHnTV/Wn&#10;KdXM3rCEvqo/lVSr/+mSj925bfOxJ2klvxx7+5MFfTqqWWr+oiVUz2ofOreRjhrJBDDLLckxGSgd&#10;JVElDa48HkkgzZMYGPSUxNB9R0NsnWzq81FGGYHHvZj8LLqkDB2MLgFBybjFPEkhVC6Of510SaI+&#10;+tFFl/zQEA+nAJ9aZ/bhfhOHNMu5DtjFUaFXMxOk+zWzMKFPM4YIvYDQokv5MC0il9EYXZJSTsAa&#10;mC7lWTJyq2f6QUq51eOOODtdKmKs6jq6HFvWzUnKqV5wuuTTj9Mlv37WoDg3XfK6l9Elv3sRiNig&#10;9evHBsfJdMk7Ohhd8o+O0HTJG1gYXeKRpadLHQzlLGviXv7T0yXiiJra6E+TCD1GWhQ9O50EnS75&#10;2J1bEtTTJXjhda/eAxWYdEkuiL4AXRqPmzJGvXqPTkZ55Z4unVin7KFLgNU2XZKGDkeXiljS21dF&#10;lyQ2xI9OuuSFhhYy9JESE6afTJd8mjG65NXMwoQ+zRgiPJUujUWOkmGH0RhdklJOwB+YLo3T0dCt&#10;nukHKeVWLyxdwmI/yKbLeqYzpJRTvdB0yasfo0sd+lmDwk9HTHecvrrkdS+jS373hqZL3tHB6JJ/&#10;dASnS77AwukSiyw9XerpUr+6NLHXoXq69A0VOwNRKTzdlsOO5BJuMEA9zsGDZNWTpkZFoZcf9IKq&#10;XkgKXg0rb22VYPE6iFERD51VQqwKgoogXG1x1ICm3IW1DDNQLayrLQvAiTjFO3OAwDbIN6G0LIXV&#10;jT1rvtNrfN0Vq6oK4DRZPLSxdtjdLp7JlsXTPK8SVprFVVLACwV8ZavpOIZHDK100qv9AxVZc7ti&#10;thXQf6IEoRC3n7qMB/3yOtgXK+nvy2BVGSxoz1FglWWqAQNrbC3Ryx4uU05fZ2BNnPGrD6yO9xZ5&#10;YOgOlq8/sPIn0FGyjZsvGFj7Fwyovo+C2Au9n0f7ONgpYAkoAwZWVRXzmlLAMpNFP2x0aEZXf7qL&#10;41ZvbcURblVLaRag5sDVq5mJW/2ahUwBI9U/ilxGYylgKeVMYgZOARfJWLjVM/0gpdzqcUd4vUov&#10;m7cF8s1GCI5KKMF9UYxGuVs9MwUspZzqhU4Be/VjKeAO/axBce4UsNe9LAXsd2/oFLB3dLAUsH90&#10;hE4BewMLSwHzyPIsSty/YNC/YGDuUMHzBhq16k+FWZXMY3UmSuqxRKySOr0O5nTJx+7cV8z8cfa7&#10;GOH1MIWn5X4X6qWWBkuH3+9CJjApi1aM0uOy9L5i5gt29nNXzMCfR3Qp7H4XQFDHtU86w9/GoOfm&#10;+L3wy3zdsdkuzgFeeZZfoj760UWX/NDQQoa+uhQTpp9aMePVzATpfs04RPdCfhOhn/w+djEeDiOX&#10;0ThdIikn4A9Ml0SMx3XrZzpCibkVDEuYRDwcj9wKmv5QYk4FQ1Mmv4aMM3VpaA0N76h94lvZficz&#10;1tTh5OC0yTdKOG3yjpLQtMkbYBht4hGmp0195UxfOdNXznzD2wSOkEg3aZOsebg8bcLUi82pWTlN&#10;/6bBmzO8dz8CcLGWmVLz3fvz7xNIKOrVbWSloJ/82UWdlJgTw1oA8ZzcqUM5kz11KBeSPmElOaMd&#10;xUACbNMxAqXknLYLzqCKIW2R5dKQUyiSc2sYmEIJ7Irq0ZBxKCnn1DA4h/KryElUh4rWGDk/ifL6&#10;2WJRXj+HZlEdg4XxqI7BEppIdUQbRqWscNNzqZ5L9Vyq51LfMpcCmDC4FM6WAaF5AS4lRGFV0KZZ&#10;Dt36l7af9dI2loOYe1/onXzsaFlYS4xwL2h8CPcCh7zQPtS6PPNye+pj1azx779wSgiKl9eLKO14&#10;K/9wZsKPdV090KkBOFRCbTPJajjpl5MOqsI6D7oYFpFxLg0okZ0N0WuPbdWFXnu0Nqqj/dRlSYve&#10;eZ9evTAOTuh3PIRHgp9vhv3vWLgwX0cLX5AwLmIQR9mXjmYDHKeHfhYiXLzY6zovEC1gXnOyN1+K&#10;uYR7qaZEuXfcrPbr9xBx9iMiWQj3fkuzAY5WbPx7OJ4Qr7W1gC5A4lSkYwu3NQVq5Mu2lk1H/ae+&#10;VepNuzyl4gSNjXEwCv20s39mib4SW0bNU1zoEIAO5VjiVD6DU7mgiVORZyO36XjiVMo51QudOE1i&#10;2nze5Vx2GICQcm4NrcQpGvMcP2F65PTjANSt3SqyzKlfxfCZU6+frcwpyTmtiJOXTtxF0sxnn75t&#10;S8dA4ZlTPlL6nF/onB8s/Ly3w5sZBDvPU+h1vSbeFkHr993bFxRdRd9aSl/Tn+cvDG81ayc/fTf9&#10;qe7aSrbkSEvoT1uSPwdRpMdOaep50yV4E46xY8BaEuEXyKIlMU53tTl4X8n97EpunER5BKzDVnIT&#10;RjguLtHplK+0lLsBNgRbOoF1g2uap7gUsJZ3lSraypkwTj2Dc7k6KLBOhgLr/S7TcWAt5ZzqBQfW&#10;owLr/U4NTQQnEpJza2gBa1/ByRPfghXJmA68dGrIcTXJOTUMjqv9KnJcLeXcKobG1dJ/TityXO33&#10;c/CKBP9g4RUJ/sESvCLBH214RYKUOzi6Zyeh2Um/jTw72r1/KVZxrZ5LfS2HwGe8uluh4JfgUmPU&#10;Ifdcar/fTq6uduc7VS0DfrGqu3GsddBFCoCp17dI0SBFQFWbrrBFigYoXniRwq8c51IKaDuUC8ql&#10;hgKnN0s2YJuOcykp50xeh+ZSwxTnKbs1ZFxKyrk1tLjU2RcpOlRkZMqvYnAy5fczJ1N+PwdfpPAP&#10;FItMsZHS04DQNAAW7hcpzBV6veSgP+2lh36RAlTpVZ/PlGFmMap/hpct9cWGuLL4J8esYKHqhPaV&#10;DFH7k6E6Ua4f+lfBYvkfaYSIwMTq6sNmLjWlMsmfm+/7crVW3yG/3jT7cVKppCqbVjtzUnNEWS5X&#10;CJoBDpjOvWyhb4FKGqrsylFiwZzbOFYkzRUYTZcC6erOp55UnFHlKU0TzGu7+u7m3bqOPpZrHI78&#10;R3EuQLXpXLPAN3zdnh65AkjvaHUx3Nj9htzLq26RH8YYulzGQyR4u7ofvYjWWxTDL8+f8IB1zdF7&#10;2apbgf13pHdx5rNVdJsWlGsLMfF+HTXVmILvJg93Wzm339Xldrma/VTuS/N3OVFPFkm1rNbzRf32&#10;/wAAAP//AwBQSwMEFAAGAAgAAAAhAGtM5kPiAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;wzAMhe9I/IfISNxYmnWFUZpO0wScJiQ2JMTNa722WpNUTdZ2/x7vBDfb7+n5e9lqMq0YqPeNsxrU&#10;LAJBtnBlYysNX/u3hyUIH9CW2DpLGi7kYZXf3mSYlm60nzTsQiU4xPoUNdQhdKmUvqjJoJ+5jixr&#10;R9cbDLz2lSx7HDnctHIeRY/SYGP5Q40dbWoqTruz0fA+4riO1euwPR03l5998vG9VaT1/d20fgER&#10;aAp/ZrjiMzrkzHRwZ1t60Wp4Xi7YqeFJJSCuuponfDnwFC9iBTLP5P8O+S8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAnESSzykQAAACnwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAa0zmQ+IAAAALAQAADwAAAAAAAAAAAAAAAACDEgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJITAAAAAA==&#10;">
-[...1 lines deleted...]
-                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="10248,727;10145,727;101,727;0,727;0,13421;10248,13421;10248,727" o:connectangles="0,0,0,0,0,0,0"/>
+              <v:group w14:anchorId="0A6C0221" id="Group 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:49.2pt;margin-top:35.75pt;width:513.5pt;height:635.8pt;z-index:-15973888;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="65214,80746" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZ3hg8HwYAACg+AAAOAAAAZHJzL2Uyb0RvYy54bWzsW21vozgQ/n7S/QfE92tsMAaipqvT9lqd&#10;tNpdaXu6zy4hLzqCOUOb7r+/sY0JgVYbyF2SntxWqQPGHo+fefMM1x9eNpnznIpyzfOZi6+Q66R5&#10;wufrfDlz/3i4+yVynbJi+ZxlPE9n7ve0dD/c/PzT9baYph5f8WyeCgcGycvptpi5q6oqppNJmazS&#10;DSuveJHmcHPBxYZV8FUsJ3PBtjD6Jpt4CNHJlot5IXiSliVcvdU33Rs1/mKRJtWXxaJMKyebuUBb&#10;pT6F+nyUn5ObazZdClas1klNBhtBxYatc5i0GeqWVcx5EuveUJt1InjJF9VVwjcTvlisk1StAVaD&#10;UWc194I/FWoty+l2WTRsAtZ2+DR62OTz870ovhVfhaYemp948lcJfJlsi+W0fV9+X+46vyzERj4E&#10;i3BeFEe/NxxNXyongYs08DAJgPEJ3ItQSGgQa54nK9iY3nPJ6rcfPDlhUz2xIq8hZ1sAfsodi8rj&#10;WPRtxYpUcb6ULPgqnPV85vqwkJxtAMb3NWLgCnBKTg69JBfrb2XN0A6PQhIT1wFWhNSrsbfjFHAn&#10;ajhFEY1Vj2a9bJo8ldV9yhXT2fOnstLgnZsWW5lW8pKbpgARkODPFPgr1wHwC9cB8D/qjShYJZ+T&#10;OymbzlbuWk3LSm6aJkXe3/Dn9IGrnpXcuqaf2Xggdtcny9t9YWWtXuae+V+o8XQfMyOsDsYzPcx/&#10;3bM989D+hq1mxCTjZaonkwxQszZMAQrabC95tp7frbNMMqEUy8ePmXCeGfD3DstfyVJ4pNUNYFpO&#10;NRxk65HPvwOatoCfmVv+/cRE6jrZ7zngFVZfmYYwjUfTEFX2kSslpvgvyurh5U8mCqeA5sytAEef&#10;uYEtmxp8ADGyg+4rn8z5r08VX6wleBRtmqL6C4iQhvN/L0u4J0uKewfLEmAU+SRUsPID5CEv0IA2&#10;EoX9IKRSZKXuwV5o9t3IZHtfDbtAgf/74mQIkezfiUcb8oa03V0DTt3LjNAXIbm/PwJtlkuhjinC&#10;ykS1wNnBMFI/fQxrDN2ycqWxrkaou2V5DR2L8b698HoY9yTbDsZ4iOLY1wgnceThDsKpH8DfBSDc&#10;EDIe4T72qUeDV4xEg/CWfarX/dp0JI6jEIxrW1TeEitDdruvFrxm0rqhDCS02zpDixVGFKy2pMTK&#10;1clsB8hExw/zh8kVpp62HAR5YYSIfJpNjeUAXEReAGA8t+UwhLwG9IMhrpfSc74Oh7i1HKf3jiBM&#10;6CBcYfRwy7FDeBAAnC3C6yjnVSVuEX56hIN67SBceTeHI7zxjSASAJNfnyvsdDj2I3QROlwTMl6H&#10;+yjAEd7X9x03pe0bvT1dgAjuOllv+0Y1/6zheFdhNe2JFR3mGrXFKgiCnuH4X4kVDg8OOS5HrGzI&#10;IU5vriBc6JircJhcNQ5ZQEGfk34ob0MOaSLtYdW5DmQhU9dBeDQS4RT7KO4ex5pY1gbV9jhWJUFO&#10;r8PjHsJV0HB4yNHocEoDGkJ0sXds5MU0ogD7syPcEDI+5DAjHHMyaoPqkyOcQJC4r8PhyqCEQxvh&#10;XgTZ6i7CQ/8SDkYBn4qQoxCul3JEfGsd8dM74qSXN4YrQyAeIN/z6rzxq2ocexHCFCTp3Kf/hpDx&#10;IDcjWDX+rmojSC9vDFcGYpyEETj0oNwoJXGIO6ejUA5BCMSgF4BxTcgxGK+XYhX5+wJ5L4lLxiZx&#10;Qxx5xKa4TCGfTXFdRokb6SVx4coQNR423ngYokhmbva8cXuiUhfD2jPDM50ZSg+iE28OS+JSz6vr&#10;22QmZh/dAYrCiyhuqwkZ76JAtbJeyhEuCsUosmVmusr/RCXKpJdLhStD9LeP6jhTHcLs6stUMbJy&#10;veUrEXXhMljt01Ymq+J+Pf14aOuqhP1ldGoT6kKzt0soKYqphfZpod1LZwJSh0C7Udyw9bjvexuF&#10;d+4jFKN5xwPcjHDMEYoF+OlPwnvZTDIsm0llzZVV37BxurbMqm8oTriUl6dIL5MJV4ao75Bgqo8H&#10;/QDHWL8btXNQfBzg4BKKJw0h4/W3GeEY/W0zmW39rV68hdeRlWqoX52W7zu3v6v+uxe8b/4BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBrTOZD4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPyHyEjcWJp1hVGaTtMEnCYkNiTEzWu9tlqTVE3Wdv8e7wQ32+/p+XvZajKtGKj3jbMa1CwCQbZw&#10;ZWMrDV/7t4clCB/Qltg6Sxou5GGV395kmJZutJ807EIlOMT6FDXUIXSplL6oyaCfuY4sa0fXGwy8&#10;9pUsexw53LRyHkWP0mBj+UONHW1qKk67s9HwPuK4jtXrsD0dN5efffLxvVWk9f3dtH4BEWgKf2a4&#10;4jM65Mx0cGdbetFqeF4u2KnhSSUgrrqaJ3w58BQvYgUyz+T/DvkvAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAFneGDwfBgAAKD4AAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAGtM5kPiAAAACwEAAA8AAAAAAAAAAAAAAAAAeQgAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACICQAAAAA=&#10;">
+                <v:shape id="Graphic 30" o:spid="_x0000_s1027" style="position:absolute;left:74;top:76;width:65075;height:80607;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6507480,8060690" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB7ox/YwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X+h+WKXgpdVMFW6Jr0IroSdSEnMfsmIRkZ0N21fTfdw9Cj4/3vUgG04o79a62rOBzHIEgLqyu&#10;uVSQpduPbxDOI2tsLZOCX3KQLF9fFhhr++AT3c++FCGEXYwKKu+7WEpXVGTQjW1HHLir7Q36APtS&#10;6h4fIdy0chJFM2mw5tBQYUc/FRXN+WYUfDW0TqeH4zHPTu/5LrXFdXNxSo3ehtUchKfB/4uf7r1W&#10;MA3rw5fwA+TyDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHujH9jBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m6507480,l,,,8060690r6507480,l6507480,xe" fillcolor="#f1f1f1" stroked="f">
+                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:line id="Line 62" o:spid="_x0000_s1028" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8969,6230" to="11107,6230" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCWV3/hxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gpeim6UUkp0E0pBkIKC2kN7e2Zf/mD27ZLdJtFP3y0UPA4z8xtmnY+mFT11vrGsYDFP&#10;QBAXVjdcKfg8bWavIHxA1thaJgVX8pBnD5M1ptoOfKD+GCoRIexTVFCH4FIpfVGTQT+3jjh6pe0M&#10;hii7SuoOhwg3rVwmyYs02HBcqNHRe03F5fhjFGy/3G3ok+/zzveH8sPRvtSbJ6Wmj+PbCkSgMdzD&#10;/+2tVvC8gL8v8QfI7BcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCWV3/hxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokeweight=".26669mm"/>
-[...1 lines deleted...]
-                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;4939,0;7872,0;10010,0" o:connectangles="0,0,0,0"/>
+                <v:shape id="Graphic 31" o:spid="_x0000_s1028" style="position:absolute;left:50703;top:35020;width:13576;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1357630,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCkqKY8xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hvII3TbZCqVujrIVKT6VaL94em9fdtZuXbRLdrb/eFAo9DjPzDbNcD7YVF/KhcawhmykQ&#10;xKUzDVcaDh8v00cQISIbbB2Thh8KsF6NR0vMjet5R5d9rESCcMhRQx1jl0sZyposhpnriJP36bzF&#10;mKSvpPHYJ7ht5b1SD9Jiw2mhxo6eayq/9merYSi216P376fN9y5TJ3479MVCaT25G4onEJGG+B/+&#10;a78aDfMMfr+kHyBXNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCkqKY8xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l1357630,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Freeform 60" o:spid="_x0000_s1030" style="position:absolute;left:1096;top:6244;width:10044;height:828;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10044,828" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD6RvzQxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMkJvdWMtUVJXkUCk9CJVQXobstNsaHY2ZrdJ+u+7QsHj48373rz1drSN6KnztWMF81kC&#10;grh0uuZKwflUPK1A+ICssXFMCn7Jw3YzeVhjpt3AH9QfQyUihH2GCkwIbSalLw1Z9DPXEkfvy3UW&#10;Q5RdJXWHQ4TbRj4nSSot1hwbDLaUGyq/jz82vlEMRdovP6/V5XxN3y/7PJhDrtTjdNy9ggg0hvvx&#10;f/pNK3hZwG1LBIDc/AEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD6RvzQxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m10044,l,,,276,,552,,828r10044,l10044,552r,-276l10044,e" fillcolor="#f2f2f2" stroked="f">
-                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="10044,6245;0,6245;0,6521;0,6797;0,7073;10044,7073;10044,6797;10044,6521;10044,6245" o:connectangles="0,0,0,0,0,0,0,0,0"/>
+                <v:shape id="Graphic 32" o:spid="_x0000_s1029" style="position:absolute;left:709;top:34982;width:63564;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6356350,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBfQ/pJwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8Aq91WytFNkaRVoUb1LXi7dH8rq7mLy3bFJd/fVGKPQ4zMw3zGwxBK9O1MdW2MDrqABF&#10;bMW1XBvYV6uXKaiYkB16YTJwoQiL+ePDDEsnZ/6m0y7VKkM4lmigSakrtY62oYBxJB1x9n6kD5iy&#10;7GvtejxnePB6XBTvOmDLeaHBjj4bssfdbzCAByuyttft5KvDan9deVkfvDHPT8PyA1SiIf2H/9ob&#10;Z+BtDPcv+Qfo+Q0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBfQ/pJwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l3136265,em4998720,l6356350,e" filled="f" strokeweight=".29667mm">
+                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:line id="Line 59" o:spid="_x0000_s1031" style="position:absolute;visibility:visible;mso-wrap-style:square" from="1097,7058" to="11110,7058" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCGINx5xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/6HcIS+FM22SJHVKCIIUmjBy4O+HTdnL7g5CZt0d/XXN4LQx2FmvmHmy97UoqXGV5YVvI8T&#10;EMSZ1RUXCo6HzWgKwgdkjbVlUnAjD8vF4GWOqbYd76jdh0JECPsUFZQhuFRKn5Vk0I+tI45ebhuD&#10;IcqmkLrBLsJNLT+S5FMarDgulOhoXVJ23f8aBduTu3dtcr58+3aXfzn6yfXmTanXYb+agQjUh//w&#10;s73VCiYTeHyJP0Au/gAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCGINx5xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokeweight=".26669mm"/>
-[...1 lines deleted...]
-                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="10044,7073;0,7073;0,7349;0,7625;0,7901;10044,7901;10044,7625;10044,7349;10044,7073" o:connectangles="0,0,0,0,0,0,0,0,0"/>
+                <v:shape id="Graphic 33" o:spid="_x0000_s1030" style="position:absolute;left:716;top:40278;width:63582;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6358255,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBisYKtxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6KXVjI1LSbKQIBevFRoVeH9lnEpp9G3Y3Jv57VxB6HGbmGyZfTaYTZ3K+taxgPktA&#10;EFdWt1wrOB6+Xt9B+ICssbNMCi7kYVU8PuSYaTtySed9qEWEsM9QQRNCn0npq4YM+pntiaN3ss5g&#10;iNLVUjscI9x08i1JltJgy3GhwZ7WDVV/+8Eo2P2azTKMbntK2/J74dPhZzG8KPX8NH1+gAg0hf/w&#10;vb3RCtIUbl/iD5DFFQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGKxgq3EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l6358255,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:line id="Line 57" o:spid="_x0000_s1033" style="position:absolute;visibility:visible;mso-wrap-style:square" from="1097,7886" to="11110,7886" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAZvueVxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/6HcIS+iGZbishqFBEEKbTg5UHfjpuzF9ychE26u/rrm4LQx2FmvmEWq97UoqXGV5YVvE0S&#10;EMSZ1RUXCk7H7XgGwgdkjbVlUnAnD6vl4GWBqbYd76k9hEJECPsUFZQhuFRKn5Vk0E+sI45ebhuD&#10;IcqmkLrBLsJNLd+TZCoNVhwXSnS0KSm7HX6Mgt3ZPbo2uVy/fLvPPx1953o7Uup12K/nIAL14T/8&#10;bO+0go8p/H2JP0AufwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAZvueVxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokeweight=".26669mm"/>
-[...1 lines deleted...]
-                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="10044,7901;0,7901;0,8177;0,8453;0,8729;10044,8729;10044,8453;10044,8177;10044,7901" o:connectangles="0,0,0,0,0,0,0,0,0"/>
+                <v:shape id="Graphic 34" o:spid="_x0000_s1031" style="position:absolute;left:716;top:45535;width:63582;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6358255,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDtWBrZxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gQvRTc2QSS6iggF7aX1D3h9ZJ9JMPs27G5M+u27hUKPw8z8hllvB9OIJzlfW1YwnyUg&#10;iAuray4VXC/v0yUIH5A1NpZJwTd52G5GL2vMte35RM9zKEWEsM9RQRVCm0vpi4oM+pltiaN3t85g&#10;iNKVUjvsI9w08i1JFtJgzXGhwpb2FRWPc2cUfN7MYRF693FP69Mx82n3lXWvSk3Gw24FItAQ/sN/&#10;7YNWkGbw+yX+ALn5AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO1YGtnEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l6358255,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="AutoShape 55" o:spid="_x0000_s1035" style="position:absolute;left:1096;top:8713;width:9944;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="9944,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDl1yycwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LbsIw&#10;EN1X6h2sqcSuOG2hoIBBpRISCzaEHmCIhzgiHke2mwROjxdILJ/ef7kebCM68qF2rOBjnIEgLp2u&#10;uVLwd9y+z0GEiKyxcUwKrhRgvXp9WWKuXc8H6opYiRTCIUcFJsY2lzKUhiyGsWuJE3d23mJM0FdS&#10;e+xTuG3kZ5Z9S4s1pwaDLf0aKi/Fv1UgL9OunX/tcW9MX53KyWbmbxulRm/DzwJEpCE+xQ/3TiuY&#10;pLHpS/oBcnUHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5dcsnMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l4806,m7939,l9943,e" filled="f" strokeweight=".26669mm">
-                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;4806,0;7939,0;9943,0" o:connectangles="0,0,0,0"/>
+                <v:shape id="Graphic 35" o:spid="_x0000_s1032" style="position:absolute;left:709;top:50787;width:63138;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6313805,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCVqQJWxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gq91Y3WSo2uIQSKtSCiFc+P7DMbmn0bstuY/ntXKPQ4zMw3zCobbCN66nztWMFknIAg&#10;Lp2uuVJw+np/fgPhA7LGxjEp+CUP2Xr0sMJUuysfqD+GSkQI+xQVmBDaVEpfGrLox64ljt7FdRZD&#10;lF0ldYfXCLeNnCbJXFqsOS4YbKkwVH4ff6yCS3He5xv7aWcbvds2i72ZTbZGqafHIV+CCDSE//Bf&#10;+0MreHmF+5f4A+T6BgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJWpAlbEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l3051810,em5041265,l6313805,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="AutoShape 54" o:spid="_x0000_s1036" style="position:absolute;left:1096;top:8708;width:9944;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="9944,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCc0qJAwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Bb2pqmyiluNsiz476ZdDx4fzbMtNi8libV+eyMIHoeZ+Q0zX3amFi05X1lWMBwkIIhz&#10;qysuFBz/V/0pCB+QNdaWScGdPCwXH705ptre+EBtFgoRIexTVFCG0KRS+rwkg35gG+Lona0zGKJ0&#10;hdQObxFuajlKkok0WHFcKLGhv5LyS3Y1CqZu59fZcd+uNuvtZl+ML7Y7JUp9fXa/MxCBuvAOv9pb&#10;reD7B55f4g+QiwcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnNKiQMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l4805,m7939,l9943,e" filled="f" strokeweight=".29669mm">
-                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;4805,0;7939,0;9943,0" o:connectangles="0,0,0,0"/>
+                <v:shape id="Graphic 36" o:spid="_x0000_s1033" style="position:absolute;left:709;top:50755;width:63138;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6313805,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAfwgzZwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva6qCSDXKbsuCFw+r4vnRvE26Ni+lydr6782C4HGYmW+YzW5wjbhRF2rPCmbTDARx&#10;5XXNRsH59PW+AhEissbGMym4U4DddvS2wVz7nr/pdoxGJAiHHBXYGNtcylBZchimviVO3o/vHMYk&#10;OyN1h32Cu0bOs2wpHdacFiy2VFiqrsc/p6C4/7qD1eXqejH9vtDlyXyGUqnJePhYg4g0xFf42d5r&#10;BYsl/H9JP0BuHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAfwgzZwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l3051175,em5041265,l6313805,e" filled="f" strokeweight=".29667mm">
+                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Freeform 53" o:spid="_x0000_s1037" style="position:absolute;left:1096;top:8728;width:10044;height:828;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10044,828" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCPTfR6xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSsNA&#10;EIbvgu+wjODNblowSuy2lECKeBFroXgbstNsaHY2za5JfHvnIHgc/vm/+Wa9nX2nRhpiG9jAcpGB&#10;Iq6DbbkxcPysHp5BxYRssQtMBn4ownZze7PGwoaJP2g8pEYJhGOBBlxKfaF1rB15jIvQE0t2DoPH&#10;JOPQaDvgJHDf6VWW5dpjy3LBYU+lo/py+PaiUU1VPj59XZvT8Zq/nfZlcu+lMfd38+4FVKI5/S//&#10;tV+tgUexl18EAHrzCwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI9N9HrEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m10044,l,,,276,,552,,828r10044,l10044,552r,-276l10044,e" fillcolor="#f2f2f2" stroked="f">
-                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="10044,8729;0,8729;0,9005;0,9281;0,9557;10044,9557;10044,9281;10044,9005;10044,8729" o:connectangles="0,0,0,0,0,0,0,0,0"/>
+                <v:shape id="Graphic 37" o:spid="_x0000_s1034" style="position:absolute;left:716;top:56051;width:63582;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6358255,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAdioSuxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYIXqZsasSV1FSkI2kurFbw+ss8kmH0bdjcm/nu3UPA4zMw3zHLdm1rcyPnKsoLXaQKC&#10;OLe64kLB6Xf78g7CB2SNtWVScCcP69VwsMRM244PdDuGQkQI+wwVlCE0mZQ+L8mgn9qGOHoX6wyG&#10;KF0htcMuwk0tZ0mykAYrjgslNvRZUn49tkbB99nsFqFzX5e0OuznPm1/5u1EqfGo33yACNSHZ/i/&#10;vdMK0jf4+xJ/gFw9AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB2KhK7EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l6358255,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:line id="Line 52" o:spid="_x0000_s1038" style="position:absolute;visibility:visible;mso-wrap-style:square" from="1097,9542" to="11110,9542" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQATjuk8xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gpeim4UWkp0E0pBkIKC2kN7e2Zf/mD27ZLdJtFP3y0UPA4z8xtmnY+mFT11vrGsYDFP&#10;QBAXVjdcKfg8bWavIHxA1thaJgVX8pBnD5M1ptoOfKD+GCoRIexTVFCH4FIpfVGTQT+3jjh6pe0M&#10;hii7SuoOhwg3rVwmyYs02HBcqNHRe03F5fhjFGy/3G3ok+/zzveH8sPRvtSbJ6Wmj+PbCkSgMdzD&#10;/+2tVvC8gL8v8QfI7BcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQATjuk8xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokeweight=".26669mm"/>
-[...1 lines deleted...]
-                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="10044,9557;0,9557;0,9833;0,10109;0,10385;10044,10385;10044,10109;10044,9833;10044,9557" o:connectangles="0,0,0,0,0,0,0,0,0"/>
+                <v:shape id="Graphic 38" o:spid="_x0000_s1035" style="position:absolute;left:716;top:61309;width:63582;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6358255,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBsFRDcwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCm4GTbUiUo0iguDMxvEBbi/NtS02NyVJbefvJwthlofzXm97U4sXOV9ZVjCdJCCIc6sr&#10;LhTcrofxEoQPyBpry6TglzxsN4OPNWbadnym1yUUIoawz1BBGUKTSenzkgz6iW2II/ewzmCI0BVS&#10;O+xiuKnlLEkW0mDFsaHEhvYl5c9LaxSc7ua4CJ37fqTV+Wvu0/Zn3n4qNRr2uxWIQH34F7/dR60g&#10;jWPjl/gD5OYPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbBUQ3MAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l6358255,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:line id="Line 50" o:spid="_x0000_s1040" style="position:absolute;visibility:visible;mso-wrap-style:square" from="1097,10370" to="11110,10370" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCMENLQxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvgt8hPKEXcbOtVGQ1igiCFCyoPbS3183bP7h5CZt0d9tP3xQKHoeZ+Q2z3g6mER21vras4DFJ&#10;QRDnVtdcKni7HmZLED4ga2wsk4Jv8rDdjEdrzLTt+UzdJZQiQthnqKAKwWVS+rwigz6xjjh6hW0N&#10;hijbUuoW+wg3jXxK04U0WHNcqNDRvqL8dvkyCo7v7qfv0o/Pk+/OxYuj10Ifpko9TIbdCkSgIdzD&#10;/+2jVvA8h78v8QfIzS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjBDS0MYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokeweight=".26669mm"/>
-[...1 lines deleted...]
-                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="10044,10385;0,10385;0,10661;0,10937;0,11213;10044,11213;10044,10937;10044,10661;10044,10385" o:connectangles="0,0,0,0,0,0,0,0,0"/>
+                <v:shape id="Graphic 39" o:spid="_x0000_s1036" style="position:absolute;left:716;top:66567;width:29686;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2968625,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBZbIRdxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvZqOlotFVRBB6kaINFG/P7DMJZt+mu6um/fXdguBxmJlvmMWqM424kfO1ZQWjJAVB&#10;XFhdc6kg/9wOpyB8QNbYWCYFP+Rhtez3Fphpe+c93Q6hFBHCPkMFVQhtJqUvKjLoE9sSR+9sncEQ&#10;pSuldniPcNPIcZpOpMGa40KFLW0qKi6Hq1GwkfnWSfv1dp3u8t3p92N8/N4bpV4G3XoOIlAXnuFH&#10;+10reJ3B/5f4A+TyDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFlshF3EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l2968625,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:line id="Line 48" o:spid="_x0000_s1042" style="position:absolute;visibility:visible;mso-wrap-style:square" from="1097,11198" to="5772,11198" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBste8/xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/6HcIS+FM22YJHVKCIIUmjBy4O+HTdnL7g5CZt0d/XXN4LQx2FmvmHmy97UoqXGV5YVvI8T&#10;EMSZ1RUXCo6HzWgKwgdkjbVlUnAjD8vF4GWOqbYd76jdh0JECPsUFZQhuFRKn5Vk0I+tI45ebhuD&#10;IcqmkLrBLsJNLT+S5FMarDgulOhoXVJ23f8aBduTu3dtcr58+3aXfzn6yfXmTanXYb+agQjUh//w&#10;s73VCiYTeHyJP0Au/gAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBste8/xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokeweight=".26669mm"/>
-[...5 lines deleted...]
-                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="10044,11489;0,11489;0,11765;0,12041;10044,12041;10044,11765;10044,11489" o:connectangles="0,0,0,0,0,0,0"/>
+                <v:shape id="Graphic 40" o:spid="_x0000_s1037" style="position:absolute;left:716;top:66528;width:29673;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2967355,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCrykSdvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFHoR3fhAJXUVKRR69YFeh+yYBDOz6e5q0v5691Do8eN7r7c9N+pBPtRODEzGGSiSwtla&#10;SgOn4+doBSpEFIuNEzLwQwG2m5fBGnPrOtnT4xBLlUIk5GigirHNtQ5FRYxh7FqSxF2dZ4wJ+lJb&#10;j10K50ZPs2yhGWtJDRW29FFRcTvc2cDZDXl63V9u313BeOeln/1qb8zba797BxWpj//iP/eXNTBP&#10;69OX9AP05gkAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrykSdvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,l2967355,e" filled="f" strokeweight=".29667mm">
+                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:line id="Line 42" o:spid="_x0000_s1048" style="position:absolute;visibility:visible;mso-wrap-style:square" from="1097,12026" to="11110,12026" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDd4iOBxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvQr9DeIVeRLP2IGXdKCIIIrSg9aC35+btH9y8hE3c3fbTG6HQ4zAzv2Gy1WAa0VHra8sKZtME&#10;BHFudc2lgtP3dvIBwgdkjY1lUvBDHlbLl1GGqbY9H6g7hlJECPsUFVQhuFRKn1dk0E+tI45eYVuD&#10;Icq2lLrFPsJNI9+TZC4N1hwXKnS0qSi/He9Gwe7sfvsuuVw/fXco9o6+Cr0dK/X2OqwXIAIN4T/8&#10;195pBfMZPL/EHyCXDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDd4iOBxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokeweight=".26669mm"/>
-[...1 lines deleted...]
-                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="10044,12041;0,12041;0,12317;0,12593;0,12869;10044,12869;10044,12593;10044,12317;10044,12041" o:connectangles="0,0,0,0,0,0,0,0,0"/>
+                <v:shape id="Graphic 41" o:spid="_x0000_s1038" style="position:absolute;left:50322;top:66567;width:12802;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1280160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA6D3ikwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#10;FETfC/7DcgVfim4Mtkh0FRGFgn0x9QMu2Ws2mL0bs2sS/74rFPo4zMwZZr0dbC06an3lWMF8loAg&#10;LpyuuFRw+TlOlyB8QNZYOyYFT/Kw3Yze1php1/OZujyUIkLYZ6jAhNBkUvrCkEU/cw1x9K6utRii&#10;bEupW+wj3NYyTZJPabHiuGCwob2h4pY/rIKD7hbf7+n9lN758nHuTB76w16pyXjYrUAEGsJ/+K/9&#10;pRUs5vD6En+A3PwCAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOg94pMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l1280160,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:line id="Line 40" o:spid="_x0000_s1050" style="position:absolute;visibility:visible;mso-wrap-style:square" from="1097,12854" to="11110,12854" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBCfBhtxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/6HcIS+iGbbgshqFBEEKbTg5UHfjpuzF9ychE26u/rrm4LQx2FmvmEWq97UoqXGV5YVvE0S&#10;EMSZ1RUXCk7H7XgGwgdkjbVlUnAnD6vl4GWBqbYd76k9hEJECPsUFZQhuFRKn5Vk0E+sI45ebhuD&#10;IcqmkLrBLsJNLd+TZCoNVhwXSnS0KSm7HX6Mgt3ZPbo2uVy/fLvPPx1953o7Uup12K/nIAL14T/8&#10;bO+0gukH/H2JP0AufwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBCfBhtxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokeweight=".26669mm"/>
-[...1 lines deleted...]
-                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="10044,12869;0,12869;0,13145;0,13421;10044,13421;10044,13145;10044,12869" o:connectangles="0,0,0,0,0,0,0"/>
+                <v:shape id="Graphic 42" o:spid="_x0000_s1039" style="position:absolute;left:50347;top:66497;width:12745;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1274445,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCES4lVwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvgf4HsYVeQiLnQQlOlNAUArnmRa9ra2ObWisjKZb776tAocdhZr5hNrvBtKIn5xvLCmbTDARx&#10;aXXDlYLr5TBZgfABWWNrmRT8kIfd9mW0wVzbyCfqz6ESCcI+RwV1CF0upS9rMuintiNO3t06gyFJ&#10;V0ntMCa4aeU8y96lwYbTQo0dfdZUfp8fRsHi6xYPPT/6AcdxYf3RxWJfKPX2OnysQQQawn/4r33U&#10;CpZzeH5JP0BufwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCES4lVwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1274445,e" filled="f" strokeweight=".29667mm">
+                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:line id="Line 38" o:spid="_x0000_s1052" style="position:absolute;visibility:visible;mso-wrap-style:square" from="994,720" to="11244,720" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAt2JpbxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfBf9DOAVfRLNKq7I1Siko+tJSL6WPh83Zi25OliTq2l/fFAp9HGbmG2a+bE0truR8ZVnBaJiA&#10;IM6srrhQcNivBjMQPiBrrC2Tgjt5WC66nTmm2t74g667UIgIYZ+igjKEJpXSZyUZ9EPbEEcvt85g&#10;iNIVUju8Rbip5ThJJtJgxXGhxIZeS8rOu4tRkH32p/n29I7frhodw9dJPq7fcqV6D+3LM4hAbfgP&#10;/7U3WsHkCX6/xB8gFz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALdiaW8YAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokeweight=".16969mm"/>
-[...3 lines deleted...]
-                <v:line id="Line 34" o:spid="_x0000_s1056" style="position:absolute;visibility:visible;mso-wrap-style:square" from="1101,6257" to="6064,6257" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAjlC+HxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NawIx&#10;FMTvBf+H8IReimbbg9TVKCIIUmjBj4Penpu3H7h5CZt0d/WvbwShx2FmfsPMl72pRUuNrywreB8n&#10;IIgzqysuFBwPm9EnCB+QNdaWScGNPCwXg5c5ptp2vKN2HwoRIexTVFCG4FIpfVaSQT+2jjh6uW0M&#10;hiibQuoGuwg3tfxIkok0WHFcKNHRuqTsuv81CrYnd+/a5Hz59u0u/3L0k+vNm1Kvw341AxGoD//h&#10;Z3urFUym8PgSf4Bc/AEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAjlC+HxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokeweight=".26669mm"/>
+                <v:shape id="Graphic 43" o:spid="_x0000_s1040" style="position:absolute;left:716;top:71824;width:63582;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6358255,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA6t/HQxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gQvRTc2QSS6iggF7aX1D3h9ZJ9JMPs27G5M+u27hUKPw8z8hllvB9OIJzlfW1YwnyUg&#10;iAuray4VXC/v0yUIH5A1NpZJwTd52G5GL2vMte35RM9zKEWEsM9RQRVCm0vpi4oM+pltiaN3t85g&#10;iNKVUjvsI9w08i1JFtJgzXGhwpb2FRWPc2cUfN7MYRF693FP69Mx82n3lXWvSk3Gw24FItAQ/sN/&#10;7YNWkKXw+yX+ALn5AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADq38dDEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l6358255,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 44" o:spid="_x0000_s1041" style="position:absolute;left:716;top:77082;width:63582;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6358255,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC1XmmkxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6KXVjDVLSbKQIBevFRoVeH9lnEpp9G3Y3Jv57VxB6HGbmGyZfTaYTZ3K+taxgPktA&#10;EFdWt1wrOB6+Xt9B+ICssbNMCi7kYVU8PuSYaTtySed9qEWEsM9QQRNCn0npq4YM+pntiaN3ss5g&#10;iNLVUjscI9x08i1JltJgy3GhwZ7WDVV/+8Eo2P2azTKMbntatOV36hfDTzq8KPX8NH1+gAg0hf/w&#10;vb3RCtIUbl/iD5DFFQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALVeaaTEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l6358255,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 45" o:spid="_x0000_s1042" style="position:absolute;left:62;top:31;width:65087;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6508750,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDsUJTbxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hvEJvmrVoKVujiFLR3roKenxsXjdLNy9rkrqrv74pFHocZuYbZr7sbSOu5EPtWMFknIEg&#10;Lp2uuVJwPLyNXkCEiKyxcUwKbhRguRgO5phr1/EHXYtYiQThkKMCE2ObSxlKQxbD2LXEyft03mJM&#10;0ldSe+wS3DbyKcuepcWa04LBltaGyq/i2yrYd+9mct5st4fiOPWXE7f3ld8r9fjQr15BROrjf/iv&#10;vdMKpjP4/ZJ+gFz8AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOxQlNvEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l6508750,e" filled="f" strokeweight=".16967mm">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 46" o:spid="_x0000_s1043" style="position:absolute;left:30;width:13;height:80740;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1270,8074025" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCJkX/2xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EJvjdxQnNqJbEohEB+dn7a5LdbWdmutjKUkzttHgUKOw8x8wyzz0XTiRINrLSt4mUYg&#10;iCurW64V7Lar5zcQziNr7CyTggs5yLOHyRJTbc9c0mnjaxEg7FJU0Hjfp1K6qiGDbmp74uD92MGg&#10;D3KopR7wHOCmk7MoiqXBlsNCgz19NFT9bY5GwWfB868VHcrOj/H+uyiS36RMlHp6HN8XIDyN/h7+&#10;b6+1gtcYbl/CD5DZFQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAImRf/bEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l,8074025e" filled="f" strokeweight=".48pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 47" o:spid="_x0000_s1044" style="position:absolute;left:62;top:80714;width:65087;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6508750,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDuv6zWxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gq91U1NaTV1FVEK9VJQi14f2dckmH0bs0+N/npXKPQ4zMw3zHjauVqdqA2VZwMv/QQU&#10;ce5txYWBn83n8xBUEGSLtWcycKEA00nvYYyZ9Wde0WkthYoQDhkaKEWaTOuQl+Qw9H1DHL1f3zqU&#10;KNtC2xbPEe5qPUiSN+2w4rhQYkPzkvL9+ugMpMvBUb5325WeLfZyuKZ2ky5Hxjw9drMPUEKd/If/&#10;2l/WwOs73L/EH6AnNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDuv6zWxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l6508750,e" filled="f" strokeweight=".48pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 48" o:spid="_x0000_s1045" style="position:absolute;left:65181;width:13;height:80740;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1270,8074025" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCXQk4fwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L/kO4gjtNFVHbMYoIgl3W8TGzuzR32mpzU5qonb+fLAZcHs57telMLZ7Uusqygsk4AkGcW11x&#10;oeD0uR8tQTiPrLG2TAp+ycFm3e+tMNH2xRk9j74QIYRdggpK75tESpeXZNCNbUMcuB/bGvQBtoXU&#10;Lb5CuKnlNIrm0mDFoaHEhnYl5ffjwyi4pLy47uk7q303P3+laXyLs1ip4aDbfoDw1Pm3+N990Apm&#10;YWz4En6AXP8BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAl0JOH8AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l,8074025e" filled="f" strokeweight=".48pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 49" o:spid="_x0000_s1046" style="position:absolute;left:741;top:35191;width:31515;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3151505,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAnSW7wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LiwIx&#10;EITvgv8htLA3zSjrazSKCMIe9OCsiMdm0vPQSWeYRJ3990YQ9lhU1VfUct2aSjyocaVlBcNBBII4&#10;tbrkXMHpd9efgXAeWWNlmRT8kYP1qttZYqztk4/0SHwuAoRdjAoK7+tYSpcWZNANbE0cvMw2Bn2Q&#10;TS51g88AN5UcRdFEGiw5LBRY07ag9JbcjYKsPdSXcrNP8igbajvOztNrdVbqq9duFiA8tf4//Gn/&#10;aAXfc3h/CT9Arl4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwJ0lu8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l3151505,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
+                </v:shape>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>Attestation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="430AEE68" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="7AE25E4E" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...2 lines deleted...]
-          <w:sz w:val="17"/>
+        <w:spacing w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="744"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>accordance with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>CMR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>173.000, the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>undersigned hereby applies for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>designation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to establish a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>EMS Program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>set forth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>under provisions of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>CMR 173.000.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1568EDDE" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="5948D56A" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-        <w:ind w:left="456"/>
+        <w:spacing w:before="255"/>
+        <w:ind w:left="744" w:right="721"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Print Name Local Jurisdiction Authorized Signatory</w:t>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>undersigned representative(s) of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>hereby attest that,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>information provided in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>submitted with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>this document is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>accurate and correct to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>best of my knowledge; (2) the failure to file a complete and accurate application for approval or renewal may constitute grounds for denial or revocation of approval; and, (3) pursuant to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-25"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>applicant’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>responsibility</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>approved</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-22"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>comply</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757A0834" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="5A301FBE" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:ind w:left="744" w:right="724"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">105 CMR 173.000, the applicant understands and acknowledges the regulatory requirements of 105 CMR 173.000 and associated guidance </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>documents, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>is in compliance with</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the regulatory requirements of 105 CMR 173.000, and can provide verification of compliance upon request.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6599B9AF" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="033EACDF" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:spacing w:before="156" w:line="307" w:lineRule="auto"/>
+        <w:ind w:left="679" w:right="689" w:firstLine="64"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Attestation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Jurisdiction</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>only.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Attach</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>letter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Jurisdiction</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>authorized signatory if signature cannot be obtained.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="55756615" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="167A8942" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-        <w:ind w:left="456"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10823"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="760"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Title of Local Jurisdiction Authorized Signatory</w:t>
+        <w:t>I am</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>duly authorized</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>approve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>this application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>behalf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>City/Town</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="324"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13DA28F8" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
-[...15 lines deleted...]
-    <w:p w14:paraId="637485F7" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="75F05CD4" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="8453"/>
+          <w:tab w:val="left" w:pos="8631"/>
         </w:tabs>
-        <w:spacing w:before="92"/>
-        <w:ind w:left="456"/>
+        <w:spacing w:before="113" w:line="860" w:lineRule="exact"/>
+        <w:ind w:left="781" w:right="1590" w:hanging="38"/>
       </w:pPr>
       <w:r>
-        <w:t>Signature of Local Public Health Authority</w:t>
-[...8 lines deleted...]
-        <w:t>Authorized</w:t>
+        <w:t>Signature of Local Jurisdiction Authorized</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Signatory</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
+          <w:position w:val="3"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:position w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signed </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Print Name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Local Jurisdiction Authorized</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Signatory</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0844395D" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="2126162C" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="160"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C595617" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="4D2D51DA" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="781"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Jurisdiction Authorized</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Signatory</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA9F70E" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="255"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A4877C3" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
-[...51 lines deleted...]
-    <w:p w14:paraId="3B3A8122" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="3977AC47" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="8268"/>
+          <w:tab w:val="left" w:pos="8703"/>
         </w:tabs>
-        <w:spacing w:before="93"/>
-        <w:ind w:left="456"/>
+        <w:ind w:left="768"/>
       </w:pPr>
       <w:r>
-        <w:t>Signature of Affiliated Hospital</w:t>
-[...8 lines deleted...]
-        <w:t>Medical</w:t>
+        <w:t>Signature</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Director</w:t>
+        <w:t>Authority</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Authorized</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Signatory</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Date</w:t>
-[...7 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Date </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
         <w:t>Signed</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E78C680" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="3F18F19D" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A63EB7A" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="3AF9FB5D" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="11"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="13"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="364D6C08" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="232CE4C5" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="92"/>
-        <w:ind w:left="456"/>
+        <w:spacing w:line="700" w:lineRule="auto"/>
+        <w:ind w:left="756" w:right="3733" w:firstLine="37"/>
       </w:pPr>
       <w:r>
-        <w:t>Print Name of Affiliated Hospital Medical Director</w:t>
+        <w:t>Print</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Authority</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Authorized</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Signatory Title of Local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Public Health Authority Authorized</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Signatory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53363809" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="0C512612" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8576"/>
+        </w:tabs>
+        <w:spacing w:before="55" w:line="626" w:lineRule="auto"/>
+        <w:ind w:left="768" w:right="1645" w:firstLine="24"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>Signature of Affiliated Hospital Medical Director</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signed </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Print Name of Affiliated Hospital Medical Director</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="621095E5" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="202E457A" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="781"/>
       </w:pPr>
+      <w:r>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Affiliated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Hospital</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Medical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="31537039" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="2A2C10FE" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="92"/>
-[...9 lines deleted...]
-          <w:type w:val="continuous"/>
+        <w:sectPr w:rsidR="003D1C59">
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="1360" w:right="640" w:bottom="1160" w:left="640" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="720" w:right="360" w:bottom="1000" w:left="360" w:header="0" w:footer="803" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="002EF059" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="7794B889" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="800"/>
+          <w:tab w:val="left" w:pos="1079"/>
         </w:tabs>
-        <w:spacing w:before="71"/>
-        <w:ind w:left="799" w:hanging="365"/>
+        <w:spacing w:before="75"/>
+        <w:ind w:left="1079" w:hanging="367"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="2._PROGRAM_OVERVIEW"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>PROGRAM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-1"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
         <w:t>OVERVIEW</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C749B2" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
-[...9 lines deleted...]
-    <w:p w14:paraId="2F62F075" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="1F785EED" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1520"/>
+          <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
-        <w:ind w:right="1223" w:hanging="365"/>
+        <w:spacing w:before="270" w:line="237" w:lineRule="auto"/>
+        <w:ind w:right="1687"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Please attach a description of the program and proposed services, including addressing:</w:t>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>attach</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>description</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>proposed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>services,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">including </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>addressing:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01AF829D" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="67DE6703" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2239"/>
-          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2519"/>
         </w:tabs>
-        <w:ind w:hanging="477"/>
+        <w:spacing w:before="11" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="2519" w:hanging="479"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>The target</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-1"/>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>target</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>population;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="453266CD" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="5A22D1C7" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2239"/>
-          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2519"/>
         </w:tabs>
-        <w:ind w:hanging="529"/>
+        <w:spacing w:line="272" w:lineRule="exact"/>
+        <w:ind w:left="2519" w:hanging="527"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>The location of</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="3"/>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>location</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>services;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="399E8EEE" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="04D6AA85" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2239"/>
-          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2520"/>
         </w:tabs>
-        <w:ind w:right="704" w:hanging="582"/>
+        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:ind w:right="1356" w:hanging="576"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>The timing (beginning and end dates, and any seasonality) proposed for the program;</w:t>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>timing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(beginning</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:t>end</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dates,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>seasonality)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>proposed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for the program; and</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="12DE23BE" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="3A586105" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2239"/>
-          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2519"/>
         </w:tabs>
-        <w:ind w:hanging="596"/>
+        <w:spacing w:before="12"/>
+        <w:ind w:left="2519" w:hanging="591"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>operational</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>partnerships</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>involved</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F0DFD59" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="6B8ED933" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="1"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="24"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06BD2A8F" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="622F784E" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="800"/>
+          <w:tab w:val="left" w:pos="1079"/>
         </w:tabs>
-        <w:spacing w:before="0"/>
-        <w:ind w:left="799" w:hanging="365"/>
+        <w:ind w:left="1079" w:hanging="367"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="3._SERVICES_PROVIDED"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>SERVICES</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
         <w:t>PROVIDED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221660BB" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="52272F10" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="1"/>
+        <w:spacing w:before="24"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F89A2ED" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="444553C7" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1069"/>
-[...9 lines deleted...]
-          <w:tab w:val="left" w:pos="8966"/>
+          <w:tab w:val="left" w:pos="1350"/>
+          <w:tab w:val="left" w:pos="2135"/>
+          <w:tab w:val="left" w:pos="2823"/>
+          <w:tab w:val="left" w:pos="3943"/>
+          <w:tab w:val="left" w:pos="4503"/>
+          <w:tab w:val="left" w:pos="5575"/>
+          <w:tab w:val="left" w:pos="6279"/>
+          <w:tab w:val="left" w:pos="7383"/>
+          <w:tab w:val="left" w:pos="7799"/>
+          <w:tab w:val="left" w:pos="8359"/>
+          <w:tab w:val="left" w:pos="8503"/>
+          <w:tab w:val="left" w:pos="9239"/>
         </w:tabs>
-        <w:spacing w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="799" w:right="680" w:firstLine="0"/>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1079" w:right="1074" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Indicate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>below which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>evidence-based</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>illness</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>injury</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prevention </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>deemed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>high-value</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Indicate  below</w:t>
+        <w:t>low</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>risk</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> which  of  the  evidence-based  illness  and  injury   prevention services  deemed  high-value  public  health  services  with  low  risk  potential  to patients</w:t>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>potential</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>patients</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>program</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>will</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>provide,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>after</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>referring</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">list </w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="34"/>
+        <w:t>list</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">allowable Community EMS services online. If additional space is </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">allowable </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>online. If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>space</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>required</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> please attach a separate document.</w:t>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>please attach</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">separate </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>document.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E3C3264" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="32ABC067" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="6"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="14"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16660D6F" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="0200F15C" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2547"/>
-[...14 lines deleted...]
-          <w:tab w:val="left" w:pos="9484"/>
+          <w:tab w:val="left" w:pos="3319"/>
+          <w:tab w:val="left" w:pos="3943"/>
+          <w:tab w:val="left" w:pos="4583"/>
+          <w:tab w:val="left" w:pos="5591"/>
+          <w:tab w:val="left" w:pos="6183"/>
+          <w:tab w:val="left" w:pos="6487"/>
+          <w:tab w:val="left" w:pos="7479"/>
+          <w:tab w:val="left" w:pos="7895"/>
+          <w:tab w:val="left" w:pos="8007"/>
+          <w:tab w:val="left" w:pos="8775"/>
+          <w:tab w:val="left" w:pos="9383"/>
         </w:tabs>
-        <w:spacing w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="799" w:right="632"/>
+        <w:spacing w:before="1" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1079" w:right="1054"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Note: </w:t>
-[...16 lines deleted...]
-        <w:t>Services.</w:t>
+        <w:t>Note: Applicants</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>apply</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>become</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>For</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>any</w:t>
-[...38 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
         <w:t>Community</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>EMS</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>program proposing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="39"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>services that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>included</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Defined</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>List</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>EMS Program Services.</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>contained</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>such</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>list,</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individuals </w:t>
+      </w:r>
+      <w:r>
+        <w:t>must separately</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>submit a Petition for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Addition of,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Exclusion from,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Defined List</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793803E6" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2824"/>
+          <w:tab w:val="left" w:pos="3608"/>
+          <w:tab w:val="left" w:pos="4792"/>
+          <w:tab w:val="left" w:pos="5976"/>
+          <w:tab w:val="left" w:pos="6776"/>
+          <w:tab w:val="left" w:pos="7656"/>
+          <w:tab w:val="left" w:pos="8775"/>
+          <w:tab w:val="left" w:pos="9768"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="979" w:hanging="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>of Community</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
         <w:t>Program</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
-        <w:t>Services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>form,</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>form,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>which</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>includes</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>written</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
-        <w:t>includes</w:t>
-[...31 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">request </w:t>
+      </w:r>
+      <w:r>
+        <w:t>including a description</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>service with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>appropriate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>supplemental</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>evidence supporting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="38"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the future inclusion</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in the Defined List</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Program Services.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="72"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>timeframe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>consideration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>petitions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="69"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>DPH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="69"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>limited</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74FA9892" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>calendar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:t>days.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="641E0C66" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="4CBC2049" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
       <w:pPr>
-        <w:spacing w:line="249" w:lineRule="auto"/>
-        <w:sectPr w:rsidR="00D36EB6">
+        <w:pStyle w:val="BodyText"/>
+        <w:sectPr w:rsidR="003D1C59">
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="1460" w:right="640" w:bottom="1160" w:left="640" w:header="0" w:footer="801" w:gutter="0"/>
+          <w:pgMar w:top="1460" w:right="360" w:bottom="1000" w:left="360" w:header="0" w:footer="803" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FCEA448" w14:textId="480C86C0" w:rsidR="00D36EB6" w:rsidRDefault="00B04791">
+    <w:p w14:paraId="682F651D" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1162"/>
+          <w:tab w:val="left" w:pos="1447"/>
         </w:tabs>
-        <w:spacing w:before="77"/>
-        <w:ind w:left="1161" w:hanging="362"/>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="1447" w:hanging="367"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="4._ATTESTATIONS"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ATTESTATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D46E625" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+        </w:tabs>
+        <w:spacing w:before="268" w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="1010"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>attest that the Community EMS Program will only operate and provide services and community outreach and assistance to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>residents of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>local jurisdiction(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in which the ambulance service is the primary service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F806C4" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+        </w:tabs>
+        <w:spacing w:before="267" w:line="333" w:lineRule="auto"/>
+        <w:ind w:right="1031"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251648512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B96B9CC" wp14:editId="5241F979">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15738880" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C273EE3" wp14:editId="48A46820">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>1003300</wp:posOffset>
+                  <wp:posOffset>944878</wp:posOffset>
                 </wp:positionH>
-                <wp:positionV relativeFrom="page">
-                  <wp:posOffset>9259570</wp:posOffset>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1461141</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5888990" cy="0"/>
-                <wp:effectExtent l="12700" t="10795" r="13335" b="8255"/>
+                <wp:extent cx="5973445" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="38" name="Line 32"/>
+                <wp:docPr id="51" name="Graphic 51"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5888990" cy="0"/>
+                          <a:ext cx="5973445" cy="1270"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-                        <a:noFill/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5973445">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5973445" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
                         <a:ln w="9601">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:round/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
+                          <a:prstDash val="solid"/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="02B6DD9E" id="Line 32" o:spid="_x0000_s1026" style="position:absolute;z-index:251648512;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="79pt,729.1pt" to="542.7pt,729.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDL9W+xwgEAAGsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcGztZdZVYcfaQ7faS&#10;tpF2+wMmgG1UYBCQOPn3HchHt93bqj4gYGbevPcGLx+O1rCDClGja/l0UnOmnECpXd/yny9Pn+ac&#10;xQROgkGnWn5SkT+sPn5Yjr5RMxzQSBUYgbjYjL7lQ0q+qaooBmUhTtArR8EOg4VEx9BXMsBI6NZU&#10;s7q+r0YM0gcUKka6fTwH+argd50S6UfXRZWYaTlxS2UNZd3ltVotoekD+EGLCw14BwsL2lHTG9Qj&#10;JGD7oN9AWS0CRuzSRKCtsOu0UEUDqZnW/6h5HsCrooXMif5mU/x/sOL7YRuYli2/o0k5sDSjjXaK&#10;3c2yN6OPDaWs3TZkdeLonv0Gxa/IHK4HcL0qHF9OnuqmuaL6qyQfoqcOu/EbSsqBfcJi1LELNkOS&#10;BexY5nG6zUMdExN0+Xk+ny8WNDZxjVXQXAt9iOmrQsvypuWGSBdgOGxiykSguabkPg6ftDFl3Max&#10;seWL+3paCiIaLXMwp8XQ79YmsAPkB1O+oooir9MC7p0sYIMC+eWyT6DNeU/NjbuYkfWfndyhPG3D&#10;1SSaaGF5eX35ybw+l+o//8jqNwAAAP//AwBQSwMEFAAGAAgAAAAhAMeogPHgAAAADgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odlCr3VjdaUkGYjIgiFUkq18bxmxySanQ3Ziab/vuuh&#10;2Nu8mceb72WL0bbijL1vHCmYTiIQSKUzDVUKvrfrpwSEZ01Gt45QwQ96WOT3d5lOjbvQF543XIkQ&#10;Qj7VCmrmLpXSlzVa7SeuQwq3g+ut5iD7SppeX0K4beUsil6k1Q2FD7XucFVjedoMVsGw5c9VWUw/&#10;dvy+W7/ZY3FcPhdKPT6My1cQjCPfzHDFD+iQB6a9G8h40QYdJ6ELh2EeJzMQV0uUxHMQ+7+dzDP5&#10;v0b+CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMv1b7HCAQAAawMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMeogPHgAAAADgEAAA8AAAAAAAAA&#10;AAAAAAAAHAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAApBQAAAAA=&#10;" strokeweight=".26669mm">
-[...1 lines deleted...]
-              </v:line>
+              <v:shape w14:anchorId="37FCCCB8" id="Graphic 51" o:spid="_x0000_s1026" style="position:absolute;margin-left:74.4pt;margin-top:115.05pt;width:470.35pt;height:.1pt;z-index:15738880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5973445,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTwH0FEQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5xk/ViNOMXQoMOA&#10;oivQDDsrshwbk0WNVOLk34+SYyfrbsN8ECjxiXzko7y4P7RW7A1SA66Qs8lUCuM0lI3bFvL7+vHD&#10;JykoKFcqC84U8mhI3i/fv1t0PjdzqMGWBgUHcZR3vpB1CD7PMtK1aRVNwBvHzgqwVYG3uM1KVB1H&#10;b202n05vsg6w9AjaEPHpqnfKZYpfVUaHb1VFJghbSOYW0opp3cQ1Wy5UvkXl60afaKh/YNGqxnHS&#10;MdRKBSV22PwVqm00AkEVJhraDKqq0SbVwNXMpm+qea2VN6kWbg75sU30/8Lq5/2rf8FInfwT6J/E&#10;Hck6T/noiRs6YQ4VthHLxMUhdfE4dtEcgtB8eH13+/Hq6loKzb7Z/DY1OVP5cFfvKHwxkOKo/ROF&#10;XoNysFQ9WPrgBhNZyaihTRoGKVhDlII13PQaehXivUgumqI7E4lnLezNGpI3vGHO1M5e6y5RYylD&#10;lYztEWzENNyr3kip2b4szrrI4u5mOkujQWCb8rGxNrIg3G4eLIq9ioOZvlgHR/gD5pHCSlHd45Lr&#10;BLPupFMvTRRpA+XxBUXH01xI+rVTaKSwXx2PSxz9wcDB2AwGBvsA6YGkBnHO9eGHQi9i+kIGVvYZ&#10;hmFU+SBaLH3ExpsOPu8CVE1UNM1Qz+i04QlOBZ5eW3wil/uEOv8Tlr8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQCcwb403wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEhcEEv2wSil&#10;6YRAcOPAQJyzxrTdEqdrsq78ezwucHztV48fF6vROzFgH9tAGqYTBQKpCralWsPH+/N1BiImQ9a4&#10;QKjhGyOsyvOzwuQ2HOkNh3WqBUMo5kZDk1KXSxmrBr2Jk9Ah8e4r9N4kjn0tbW+ODPdOzpRaSm9a&#10;4guN6fCxwWq3PngNs/3i5bV1+6ts+3S7/dwNcunUoPXlxfhwDyLhmP7KcNJndSjZaRMOZKNwnBcZ&#10;qyeGzdUUxKmhsrsbEJvf0RxkWcj/T5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFPA&#10;fQURAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AJzBvjTfAAAADAEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" path="m,l5973445,e" filled="f" strokeweight=".26669mm">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="004663D4">
-[...3 lines deleted...]
-        <w:t>ATTESTATIONS</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>attest</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Personnel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>training</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>related</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>EMS Program will be approved by the local public health agency and the primary ambulance service’s affiliate hospital</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>medical director.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65814854" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="7D284146" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="11"/>
-[...2 lines deleted...]
-          <w:sz w:val="23"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...81 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662848" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="306276FD" wp14:editId="689D7BBA">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487595008" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="663B6F69" wp14:editId="112DFC8B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>944880</wp:posOffset>
+                  <wp:posOffset>944878</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>123825</wp:posOffset>
+                  <wp:posOffset>166494</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3140710" cy="0"/>
-                <wp:effectExtent l="11430" t="5715" r="10160" b="13335"/>
+                <wp:extent cx="3140710" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="37" name="Line 31"/>
+                <wp:docPr id="52" name="Graphic 52"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3140710" cy="0"/>
+                          <a:ext cx="3140710" cy="1270"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-                        <a:noFill/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="3140710">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="3140710" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
                         <a:ln w="9601">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:round/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
+                          <a:prstDash val="solid"/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="757C0934" id="Line 31" o:spid="_x0000_s1026" style="position:absolute;z-index:-251653632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="74.4pt,9.75pt" to="321.7pt,9.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfYhAYwQEAAGsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3Q7sZcXpI112y&#10;LUC7H8BIsi1MEgVJiZN/P0r52LrdivogiOTjE/lIL+4P1rC9ClGj63gzqzlTTqDUbuj4z+fHD584&#10;iwmcBINOdfyoIr9fvn+3mHyrbnBEI1VgROJiO/mOjyn5tqqiGJWFOEOvHAV7DBYSmWGoZICJ2K2p&#10;bur6tpowSB9QqBjJ+3AK8mXh73sl0o++jyox03GqLZUzlHObz2q5gHYI4EctzmXAK6qwoB09eqV6&#10;gARsF/R/VFaLgBH7NBNoK+x7LVTpgbpp6n+6eRrBq9ILiRP9Vab4drTi+34TmJYdn99x5sDSjNba&#10;KTZvsjaTjy1BVm4Tcnfi4J78GsWvyByuRnCDKjU+Hz3llYzqRUo2oqcXttM3lISBXcIi1KEPNlOS&#10;BOxQ5nG8zkMdEhPknDcf67uGxiYusQraS6IPMX1VaFm+dNxQ0YUY9uuYqHSCXiD5HYeP2pgybuPY&#10;1PHPt3VTEiIaLXMww2IYtisT2B7ywpQv60BkL2ABd04WslGB/HK+J9DmdCe8cZR26f+k5BblcRMy&#10;XfbTRAvxefvyyvxtF9Sff2T5GwAA//8DAFBLAwQUAAYACAAAACEA60zLed4AAAAJAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm93UxlJjNqUUCoKItDU9b5MxSc3Ohuykjf/eEQ96&#10;mzfzePO9dDm6Vp2xD40nA9NJBAqp8GVDlYH3/eZuASqwpdK2ntDAFwZYZtdXqU1Kf6EtnndcKQmh&#10;kFgDNXOXaB2KGp0NE98hye3D986yyL7SZW8vEu5afR9Fc+1sQ/Khth2uayw+d4MzMOz5bV3k09cD&#10;vxw2z+6Un1az3Jjbm3H1BIpx5D8z/OALOmTCdPQDlUG1ouOFoLMMjw+gxDCPZzGo4+9CZ6n+3yD7&#10;BgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF9iEBjBAQAAawMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOtMy3neAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAGwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAmBQAAAAA=&#10;" strokeweight=".26669mm">
+              <v:shape w14:anchorId="6F38ED96" id="Graphic 52" o:spid="_x0000_s1026" style="position:absolute;margin-left:74.4pt;margin-top:13.1pt;width:247.3pt;height:.1pt;z-index:-15721472;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3140710,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYXni2EAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2xnQ7sZcYqhQYcB&#10;RVegGXZWZDk2JksaqdjOvx8lfyTrbsN8ECjxiXzko7y5G1rNOgXYWFPwbJVypoy0ZWOOBf++f3j3&#10;kTP0wpRCW6MKflbI77Zv32x6l6u1ra0uFTAKYjDvXcFr712eJChr1QpcWacMOSsLrfC0hWNSgugp&#10;equTdZreJL2F0oGVCpFOd6OTb2P8qlLSf6sqVJ7pghM3H1eI6yGsyXYj8iMIVzdyoiH+gUUrGkNJ&#10;l1A74QU7QfNXqLaRYNFWfiVtm9iqaqSKNVA1WfqqmpdaOBVroeagW9qE/y+sfOpe3DME6ugerfyJ&#10;1JGkd5gvnrDBCTNU0AYsEWdD7OJ56aIaPJN0+D77kN5m1GxJvmx9G5uciHy+K0/ovygb44juEf2o&#10;QTlbop4tOZjZBFIyaKijhp4z0hA4Iw0Po4ZO+HAvkAsm6y9EwllrO7W30etfMSdqF68216illLlK&#10;wo4IMkIa6tVoxNRkXxenTWDx6SbN4mig1U350GgdWCAcD/caWCfCYMYv1EER/oA5QL8TWI+46Jpg&#10;2kw6jdIEkQ62PD8D62maC46/TgIUZ/qroXEJoz8bMBuH2QCv7218ILFBlHM//BDgWEhfcE/KPtl5&#10;GEU+ixZKX7DhprGfT95WTVA0ztDIaNrQBMcCp9cWnsj1PqIu/4TtbwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAHlnKujeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2GZghdpN8YY2jSb&#10;ImpBKAq24nmbnSbB3dmQ3bbx3zs96fHNe7z3TbkanRUnHELnScHdLAGBVHvTUaPgc7eezkGEqMlo&#10;6wkV/GCAVXV9VerC+DN94GkbG8ElFAqtoI2xL6QMdYtOh5nvkdg7+MHpyHJopBn0mcudlWmS5NLp&#10;jnih1T0+tVh/b49OwfNXvwnvpnPrB1q8bmqLL7dvqNTNZHxcgog4xr8wXPAZHSpm2vsjmSAs62zO&#10;6FFBmqcgOJBn9xmI/eWQgaxK+f+D6hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDYXni2&#10;EAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB5&#10;Zyro3gAAAAkBAAAPAAAAAAAAAAAAAAAAAGoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" path="m,l3140710,e" filled="f" strokeweight=".26669mm">
+                <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
-              </v:line>
+              </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663872" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C7BA45F" wp14:editId="5F591E65">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487595520" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C3E1B77" wp14:editId="65B07C32">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>5723890</wp:posOffset>
+                  <wp:posOffset>5723888</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>122555</wp:posOffset>
+                  <wp:posOffset>165223</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1193800" cy="0"/>
-                <wp:effectExtent l="8890" t="13970" r="6985" b="5080"/>
+                <wp:extent cx="1193800" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="36" name="Line 30"/>
+                <wp:docPr id="53" name="Graphic 53"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1193800" cy="0"/>
+                          <a:ext cx="1193800" cy="1270"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-                        <a:noFill/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="1193800">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="1193800" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
                         <a:ln w="9601">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:round/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
+                          <a:prstDash val="solid"/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="66A456EE" id="Line 30" o:spid="_x0000_s1026" style="position:absolute;z-index:-251652608;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="450.7pt,9.65pt" to="544.7pt,9.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHizUZwgEAAGsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7YbIGiNOD2k6y7Z&#10;FqDdBzCSHAuTREFSYufvR6lJ2m23oj4Iokg+Pj7Sy/vJGnZUIWp0HW9mNWfKCZTa7Tv+6/nxyy1n&#10;MYGTYNCpjp9U5Perz5+Wo2/VDQ5opAqMQFxsR9/xISXfVlUUg7IQZ+iVI2ePwUIiM+wrGWAkdGuq&#10;m7peVCMG6QMKFSO9Prw4+arg970S6WffR5WY6ThxS+UM5dzls1otod0H8IMWZxrwDhYWtKOiV6gH&#10;SMAOQf8HZbUIGLFPM4G2wr7XQpUeqJum/qebpwG8Kr2QONFfZYofByt+HLeBadnx+YIzB5ZmtNFO&#10;sXnRZvSxpZC124bcnZjck9+g+B2Zw/UAbq8Kx+eTp7wmq1n9lZKN6KnCbvyOkmLgkLAINfXBZkiS&#10;gE1lHqfrPNSUmKDHprmb39Y0NnHxVdBeEn2I6ZtCy/Kl44ZIF2A4bmLKRKC9hOQ6Dh+1MWXcxrGx&#10;43eLuikJEY2W2ZnDYtjv1iawI+SFKV/pijxvwwIenCxggwL59XxPoM3LnYobdxYj95/3MbY7lKdt&#10;uIhEEy0sz9uXV+atXbJf/5HVHwAAAP//AwBQSwMEFAAGAAgAAAAhAOZZ0RfeAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdjRVpYjalFAqCiNianrfZMUnNzobspo3/3ike&#10;9Djvfbx5L19OrhMnHELrSUMyUyCQKm9bqjV87DZ3CxAhGrKm84QavjHAsri+yk1m/Zne8bSNteAQ&#10;CpnR0MTYZ1KGqkFnwsz3SOx9+sGZyOdQSzuYM4e7Tt4r9SidaYk/NKbHdYPV13Z0GsZdfFtXZfK6&#10;jy/7zbM7lsfVvNT69mZaPYGIOMU/GC71uToU3OngR7JBdBpSlTwwykY6B3EB1CJl5fCryCKX/ycU&#10;PwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBHizUZwgEAAGsDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDmWdEX3gAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAABwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJwUAAAAA&#10;" strokeweight=".26669mm">
+              <v:shape w14:anchorId="69C25F5E" id="Graphic 53" o:spid="_x0000_s1026" style="position:absolute;margin-left:450.7pt;margin-top:13pt;width:94pt;height:.1pt;z-index:-15720960;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1193800,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAo8QmdDwIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2xnQNcacYqhQYcB&#10;RVegGXaWZTk2JouaqMTOvx8lfyTrbsN8ECjxiXzko7y5HzrNTsphC6bg2SrlTBkJVWsOBf++f/xw&#10;yxl6YSqhwaiCnxXy++37d5ve5moNDehKOUZBDOa9LXjjvc2TBGWjOoErsMqQswbXCU9bd0gqJ3qK&#10;3ulknaY3SQ+usg6kQqTT3ejk2xi/rpX03+oalWe64MTNx9XFtQxrst2I/OCEbVo50RD/wKITraGk&#10;S6id8IIdXftXqK6VDhBqv5LQJVDXrVSxBqomS99U89oIq2It1By0S5vw/4WVz6dX++ICdbRPIH8i&#10;dSTpLeaLJ2xwwgy16wKWiLMhdvG8dFENnkk6zLK7j7cpNVuSL1t/ik1ORD7flUf0XxTEOOL0hH7U&#10;oJot0cyWHMxsOlIyaKijhp4z0tBxRhqWo4ZW+HAvkAsm6y9EwlkHJ7WH6PVvmBO1i1eba9RSylwl&#10;YUcEGSEN9Wo0Ymqyr4vTJrC4u0mzOBoIuq0eW60DC3SH8kE7dhJhMOMX6qAIf8CsQ78T2Iy46Jpg&#10;2kw6jdIEkUqozi+O9TTNBcdfR+EUZ/qroXEJoz8bbjbK2XBeP0B8ILFBlHM//BDOspC+4J6UfYZ5&#10;GEU+ixZKX7DhpoHPRw91GxSNMzQymjY0wbHA6bWFJ3K9j6jLP2H7GwAA//8DAFBLAwQUAAYACAAA&#10;ACEANyS0Gd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyP20rDQBCG7wXfYRnBO7tJkNDGbIp4&#10;CHgAsQq5nWanSWh2Nma3bfr2bq70cv75+A/5ejK9ONLoOssK4kUEgri2uuNGwffX880ShPPIGnvL&#10;pOBMDtbF5UWOmbYn/qTjxjcimLDLUEHr/ZBJ6eqWDLqFHYjDb2dHgz6cYyP1iKdgbnqZRFEqDXYc&#10;Eloc6KGler85GAUv1dP5vSz17uMxrn7e9piWFb0qdX013d+B8DT5Pxjm+qE6FKHT1h5YO9ErWEXx&#10;bUAVJGnYNAPRchWU7awkIItc/p9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAo8Qmd&#10;DwIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA3&#10;JLQZ3wAAAAoBAAAPAAAAAAAAAAAAAAAAAGkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" path="m,l1193800,e" filled="f" strokeweight=".26669mm">
+                <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
-              </v:line>
+              </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="767D94B9" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="0C5D23DA" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="8253"/>
+          <w:tab w:val="left" w:pos="8635"/>
         </w:tabs>
-        <w:spacing w:line="250" w:lineRule="exact"/>
-        <w:ind w:left="847"/>
+        <w:spacing w:before="11" w:line="523" w:lineRule="auto"/>
+        <w:ind w:left="1128" w:right="1586" w:hanging="30"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Signature of Local Public Health Authority</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="5"/>
+        <w:t>Signature of Local Public Health Authority Authorized</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Signatory</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-2"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:position w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signed </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Print Name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of Local Public Health Authority</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Authorized</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="1"/>
+          <w:spacing w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Signatory</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4ABF77B7" w14:textId="2E573C2B" w:rsidR="00D36EB6" w:rsidRDefault="00B04791">
+    <w:p w14:paraId="6C351AC4" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="3"/>
-[...1 lines deleted...]
-          <w:sz w:val="27"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:sz w:val="9"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="9"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664896" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E5DAFE5" wp14:editId="79B1A015">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487596032" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E996D72" wp14:editId="1F087BBE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>944880</wp:posOffset>
+                  <wp:posOffset>944878</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>229235</wp:posOffset>
+                  <wp:posOffset>84217</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5973445" cy="0"/>
-                <wp:effectExtent l="11430" t="12700" r="6350" b="6350"/>
+                <wp:extent cx="5973445" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="35" name="Line 29"/>
+                <wp:docPr id="54" name="Graphic 54"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5973445" cy="0"/>
+                          <a:ext cx="5973445" cy="1270"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-                        <a:noFill/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5973445">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5973445" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
                         <a:ln w="9601">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:round/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
+                          <a:prstDash val="solid"/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="21BCF530" id="Line 29" o:spid="_x0000_s1026" style="position:absolute;z-index:-251651584;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="74.4pt,18.05pt" to="544.75pt,18.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgSXkXwgEAAGsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcGyfZjzZWnD1ku72k&#10;baTd/oAJYBsVGAQkdv59B/Kx2/ZW1QcEzMyb997g5cNoDTuoEDW6hs8mU86UEyi16xr+4+XpwyfO&#10;YgInwaBTDT+qyB9W798tB1+rOfZopAqMQFysB9/wPiVfV1UUvbIQJ+iVo2CLwUKiY+gqGWAgdGuq&#10;+XR6Xw0YpA8oVIx0+3gK8lXBb1sl0ve2jSox03DilsoayrrLa7VaQt0F8L0WZxrwDywsaEdNr1CP&#10;kIDtg/4LymoRMGKbJgJthW2rhSoaSM1s+oea5x68KlrInOivNsX/Byu+HbaBadnwmzvOHFia0UY7&#10;xeaL7M3gY00pa7cNWZ0Y3bPfoPgZmcN1D65ThePL0VPdLFdUv5XkQ/TUYTd8RUk5sE9YjBrbYDMk&#10;WcDGMo/jdR5qTEzQ5d3i483tLfESl1gF9aXQh5i+KLQsbxpuiHQBhsMmpkwE6ktK7uPwSRtTxm0c&#10;Gxq+uJ/OSkFEo2UO5rQYut3aBHaA/GDKV1RR5G1awL2TBaxXID+f9wm0Oe2puXFnM7L+k5M7lMdt&#10;uJhEEy0sz68vP5m351L9+o+sfgEAAP//AwBQSwMEFAAGAAgAAAAhADT3KfPfAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdxGqJaTalFAqCiLQ1PW+z0yQ1Oxuykzb+e7d4&#10;0OOb93jvm2wx2lacsfeNIwXxJAKBVDrTUKXgc7d+SEB41mR06wgVfKOHRX57k+nUuAtt8LzlSoQS&#10;8qlWUDN3qZS+rNFqP3EdUvCOrreag+wraXp9CeW2lY9RNJNWNxQWat3hqsbyaztYBcOOP1ZlEb/v&#10;+W2/frWn4rScFkrd343LOQjGkf/CcMUP6JAHpoMbyHjRBv2UBHRWMJ3FIK6BKHl5BnH4vcg8k/9f&#10;yH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYEl5F8IBAABrAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANPcp898AAAAKAQAADwAAAAAAAAAA&#10;AAAAAAAcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACgFAAAAAA==&#10;" strokeweight=".26669mm">
+              <v:shape w14:anchorId="1DF5E42B" id="Graphic 54" o:spid="_x0000_s1026" style="position:absolute;margin-left:74.4pt;margin-top:6.65pt;width:470.35pt;height:.1pt;z-index:-15720448;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5973445,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTwH0FEQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5xk/ViNOMXQoMOA&#10;oivQDDsrshwbk0WNVOLk34+SYyfrbsN8ECjxiXzko7y4P7RW7A1SA66Qs8lUCuM0lI3bFvL7+vHD&#10;JykoKFcqC84U8mhI3i/fv1t0PjdzqMGWBgUHcZR3vpB1CD7PMtK1aRVNwBvHzgqwVYG3uM1KVB1H&#10;b202n05vsg6w9AjaEPHpqnfKZYpfVUaHb1VFJghbSOYW0opp3cQ1Wy5UvkXl60afaKh/YNGqxnHS&#10;MdRKBSV22PwVqm00AkEVJhraDKqq0SbVwNXMpm+qea2VN6kWbg75sU30/8Lq5/2rf8FInfwT6J/E&#10;Hck6T/noiRs6YQ4VthHLxMUhdfE4dtEcgtB8eH13+/Hq6loKzb7Z/DY1OVP5cFfvKHwxkOKo/ROF&#10;XoNysFQ9WPrgBhNZyaihTRoGKVhDlII13PQaehXivUgumqI7E4lnLezNGpI3vGHO1M5e6y5RYylD&#10;lYztEWzENNyr3kip2b4szrrI4u5mOkujQWCb8rGxNrIg3G4eLIq9ioOZvlgHR/gD5pHCSlHd45Lr&#10;BLPupFMvTRRpA+XxBUXH01xI+rVTaKSwXx2PSxz9wcDB2AwGBvsA6YGkBnHO9eGHQi9i+kIGVvYZ&#10;hmFU+SBaLH3ExpsOPu8CVE1UNM1Qz+i04QlOBZ5eW3wil/uEOv8Tlr8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQA1dzIY3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcELXpHyHE&#10;qRAIbj1Qqp7dZEnS2us0dtPw9mxOcNvZHc1+k60GZ0WPXWg8aXiYKBBIhS8bqjRsv97vExAhGiqN&#10;9YQafjDAKr++ykxa+gt9Yr+JleAQCqnRUMfYplKGokZnwsS3SHz79p0zkWVXybIzFw53Vk6VWkpn&#10;GuIPtWnxtcbiuDk7DdPT/GPd2NNdcnh7POyOvVxa1Wt9ezO8PIOIOMQ/M4z4jA45M+39mcogLOt5&#10;wuiRh9kMxGhQydMCxH7cLEDmmfxfIf8FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAU8B9&#10;BRECAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;NXcyGN4AAAAKAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l5973445,e" filled="f" strokeweight=".26669mm">
+                <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
-              </v:line>
+              </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E6080B9" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="4C50B05D" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="250" w:lineRule="exact"/>
-        <w:ind w:left="848"/>
+        <w:ind w:left="1128"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Print Name of Local Public Health Authority Authorized Signatory</w:t>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Authority</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Authorized</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Signatory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4736F97F" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
-[...101 lines deleted...]
-    <w:p w14:paraId="1F5F25B2" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="4E8AADA3" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1223"/>
+          <w:tab w:val="left" w:pos="1494"/>
         </w:tabs>
-        <w:spacing w:before="204" w:line="331" w:lineRule="auto"/>
-        <w:ind w:left="899" w:right="719" w:firstLine="27"/>
+        <w:spacing w:before="199" w:line="333" w:lineRule="auto"/>
+        <w:ind w:left="1176" w:right="1480" w:firstLine="31"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>I attest that the designated primary ambulance service’s affiliate hospital medical director</w:t>
-[...12 lines deleted...]
-        <w:t>will:</w:t>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>attest</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>designated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="23"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>primary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ambulance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>service’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>affiliate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>medical director will:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2035CEBF" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="3934157D" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1249"/>
+          <w:tab w:val="left" w:pos="1528"/>
         </w:tabs>
-        <w:spacing w:line="331" w:lineRule="auto"/>
-        <w:ind w:right="968"/>
+        <w:spacing w:before="1" w:line="326" w:lineRule="auto"/>
+        <w:ind w:left="1528" w:right="1336" w:hanging="321"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ensure all EMS personnel providing services in the Community EMS Program successfully complete additional training tailored to meet the specific needs of the </w:t>
+        <w:t>Ensure all EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>personnel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>providing services in the Community EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Program successfully</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>complete</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>training</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tailored to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>meet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>needs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>particular Community</w:t>
+        <w:t>particular</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Community</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> EMS</w:t>
-[...12 lines deleted...]
-        <w:t>Program.</w:t>
+        <w:t xml:space="preserve"> EMS Program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B4927E3" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="1E293CFF" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1249"/>
+          <w:tab w:val="left" w:pos="1525"/>
         </w:tabs>
-        <w:spacing w:line="272" w:lineRule="exact"/>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="1525" w:hanging="317"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Review the quality of the EMS personnel’s delivery of</w:t>
-[...9 lines deleted...]
-        <w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>quality</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>personnel’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>delivery</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508C19A3" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="2F15BB49" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1249"/>
+          <w:tab w:val="left" w:pos="1525"/>
         </w:tabs>
-        <w:spacing w:before="101"/>
+        <w:spacing w:before="108"/>
+        <w:ind w:left="1525" w:hanging="317"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Ensure EMS personnel provide services only within their scope of</w:t>
-[...9 lines deleted...]
-        <w:rPr>
+        <w:t>Ensure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>personnel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>scope</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>practice.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29C06AD1" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="6FBE9F48" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1249"/>
+          <w:tab w:val="left" w:pos="1526"/>
+          <w:tab w:val="left" w:pos="1528"/>
         </w:tabs>
-        <w:spacing w:before="104" w:line="331" w:lineRule="auto"/>
-        <w:ind w:right="706"/>
+        <w:spacing w:before="92" w:line="333" w:lineRule="auto"/>
+        <w:ind w:left="1528" w:right="1112" w:hanging="320"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Ensure vehicles deployed by the primary ambulance service partner are appropriate for the clinical encounter, and that all regulatory and manufacturer requirements specific to equipment, supplies and medications will be adhered to when responding to a Community EMS</w:t>
-[...12 lines deleted...]
-        <w:t>encounter.</w:t>
+        <w:t>Ensure vehicles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>deployed by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>primary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ambulance service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>partner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>appropriate for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the clinical encounter, and that all regulatory</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and manufacturer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>requirements specific</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>equipment,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>supplies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>medications</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>adhered</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>when</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>responding to a Community EMS encounter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55CE9D48" w14:textId="47F157E5" w:rsidR="00D36EB6" w:rsidRDefault="00B04791">
+    <w:p w14:paraId="7EF17D18" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1249"/>
+          <w:tab w:val="left" w:pos="1525"/>
+          <w:tab w:val="left" w:pos="1527"/>
         </w:tabs>
         <w:spacing w:line="331" w:lineRule="auto"/>
-        <w:ind w:right="749"/>
+        <w:ind w:left="1527" w:right="1112" w:hanging="320"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...89 lines deleted...]
-        <w:t>emergency.</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ensure that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>911</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>system</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>activated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>on-scene</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personnel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>will continue to assess</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and treat a patient in accordance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>with clinical protocols until transfer of care</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to the responding</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ambulance service,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>if an assessment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="29"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>coordination</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="27"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>medical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>direction</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>indicates</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>on-scene</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>personnel that the patient is experiencing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>medical emergency.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7274A653" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="00D36EB6">
+    <w:p w14:paraId="1159104F" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="128"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666944" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F550E5D" wp14:editId="458CCCB5">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487596544" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="237FECE2" wp14:editId="7DAF712A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1003300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>102235</wp:posOffset>
+                  <wp:posOffset>243016</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3134995" cy="10160"/>
-                <wp:effectExtent l="12700" t="635" r="5080" b="8255"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="28" name="Group 22"/>
+                <wp:docPr id="55" name="Group 55"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
-                      <wpg:grpSpPr bwMode="auto">
+                      <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3134995" cy="10160"/>
-                          <a:chOff x="1580" y="161"/>
-                          <a:chExt cx="4937" cy="16"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="3134995" cy="10160"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="29" name="Line 26"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="56" name="Graphic 56"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1580" y="169"/>
-                            <a:ext cx="3737" cy="0"/>
+                            <a:off x="0" y="4800"/>
+                            <a:ext cx="2372995" cy="1270"/>
                           </a:xfrm>
-                          <a:prstGeom prst="line">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
-                          <a:noFill/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="2372995">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="2372995" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
                           <a:ln w="9601">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
-                            <a:round/>
-[...1 lines deleted...]
-                            <a:tailEnd/>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...5 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr/>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="30" name="Line 25"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="57" name="Graphic 57"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="5319" y="169"/>
-                            <a:ext cx="264" cy="0"/>
+                            <a:off x="2374264" y="4800"/>
+                            <a:ext cx="167640" cy="1270"/>
                           </a:xfrm>
-                          <a:prstGeom prst="line">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
-                          <a:noFill/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="167640">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="167640" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
                           <a:ln w="9601">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
-                            <a:round/>
-[...1 lines deleted...]
-                            <a:tailEnd/>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...5 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr/>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="31" name="Line 24"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="58" name="Graphic 58"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="5586" y="169"/>
-                            <a:ext cx="398" cy="0"/>
+                            <a:off x="2543810" y="4800"/>
+                            <a:ext cx="252729" cy="1270"/>
                           </a:xfrm>
-                          <a:prstGeom prst="line">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
-                          <a:noFill/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="252729">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="252729" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
                           <a:ln w="9601">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
-                            <a:round/>
-[...1 lines deleted...]
-                            <a:tailEnd/>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...5 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr/>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="32" name="Line 23"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="59" name="Graphic 59"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="5986" y="169"/>
-                            <a:ext cx="531" cy="0"/>
+                            <a:off x="2797810" y="4800"/>
+                            <a:ext cx="337185" cy="1270"/>
                           </a:xfrm>
-                          <a:prstGeom prst="line">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
-                          <a:noFill/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="337185">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="337185" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
                           <a:ln w="9601">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
-                            <a:round/>
-[...1 lines deleted...]
-                            <a:tailEnd/>
+                            <a:prstDash val="solid"/>
                           </a:ln>
-                          <a:extLst>
-[...5 lines deleted...]
-                          </a:extLst>
                         </wps:spPr>
-                        <wps:bodyPr/>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="3F3994B2" id="Group 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:79pt;margin-top:8.05pt;width:246.85pt;height:.8pt;z-index:-251649536;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1580,161" coordsize="4937,16" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1xPlfigIAAFsKAAAOAAAAZHJzL2Uyb0RvYy54bWzslt1u2yAUx+8n7R0Q96tjO3FrK04v0o+b&#10;bovU7gEIxh8aBgQ0Tt5+B3DSJuu0qdN6MdUXCDhwOOf/A8z8cttztGHadFKUOD6bYMQElVUnmhJ/&#10;e7j5dIGRsURUhEvBSrxjBl8uPn6YD6pgiWwlr5hG4ESYYlAlbq1VRRQZ2rKemDOpmABjLXVPLDR1&#10;E1WaDOC951EymWTRIHWltKTMGOi9Cka88P7rmlH7ta4Ns4iXGGKzvtS+XLsyWsxJ0Wii2o6OYZBX&#10;RNGTTsCiB1dXxBL0qLufXPUd1dLI2p5R2UeyrjvKfA6QTTw5yeZWy0flc2mKoVEHmUDaE51e7ZZ+&#10;2aw06qoSJ0BKkB4Y+WVRkjhxBtUUMOZWq3u10iFDqN5J+t2AOTq1u3YTBqP18FlW4I88WunF2da6&#10;dy4gbbT1DHYHBmxrEYXONE6neT7DiIItnsTZyIi2ANLNimcXANIZszjgo+31OHmap+fjzMzZIlKE&#10;NX2cY1wuKdhs5klP83d63rdEMY/JOK32euZ7Pe86wVDiA3Irw5ClCFrSrRi1REIuWyIa5p097BTo&#10;5tODyJ9NcQ0DIH6r7TOV8qDSQeDzvUZe2YNEpFDa2Fsme+QqJeYQtsdGNnfGBjX3QxxFIW86zqGf&#10;FFygocR5Non9BCN5VzmjsxndrJdcow1xR9B/I5qjYbDVReWdtYxU12Pdko6HOsTJhd9wQYFAcS2r&#10;3Uq72EambwQ3hS0YDkuAO3MpHZEixb+DO0tj2Fz+CJzATbJp2P/vbP/gfn354KbxMdvp27KdXWQv&#10;s01zuKHdrfjO9vVsk2O26duyzX/FFk70/8zW/37hBeP/yONryz2Rnrf9Hf70Jlz8AAAA//8DAFBL&#10;AwQUAAYACAAAACEAeIbbn98AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YZmC&#10;N7uJkqSk2ZRS1FMRbAXxNs1Ok9Dsbshuk/TfO570Nm/m8eZ7xWY2nRhp8K2zCuJlBIJs5XRrawWf&#10;x9fHFQgf0GrsnCUFN/KwKe/vCsy1m+wHjYdQCw6xPkcFTQh9LqWvGjLol64ny7ezGwwGlkMt9YAT&#10;h5tOPkVRKg22lj802NOuoepyuBoFbxNO2+f4Zdxfzrvb9zF5/9rHpNTDYt6uQQSaw58ZfvEZHUpm&#10;Ormr1V50rJMVdwk8pDEINqRJnIE48SLLQJaF/N+g/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQA1xPlfigIAAFsKAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQB4htuf3wAAAAkBAAAPAAAAAAAAAAAAAAAAAOQEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAA8AUAAAAA&#10;">
-[...3 lines deleted...]
-                <v:line id="Line 23" o:spid="_x0000_s1030" style="position:absolute;visibility:visible;mso-wrap-style:square" from="5986,169" to="6517,169" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA+g5LrxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/6HcIS+SM2qILI1igiCFFrw8qBvp5uzF7o5CZu4u+2vN4LQx2FmvmGW697UoqXGV5YVTMYJ&#10;COLM6ooLBefT7m0BwgdkjbVlUvBLHtarwcsSU207PlB7DIWIEPYpKihDcKmUPivJoB9bRxy93DYG&#10;Q5RNIXWDXYSbWk6TZC4NVhwXSnS0LSn7Od6Mgv3F/XVtcv3+9O0h/3D0levdSKnXYb95BxGoD//h&#10;Z3uvFcym8PgSf4Bc3QEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA+g5LrxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokeweight=".26669mm"/>
+              <v:group w14:anchorId="45E76A1A" id="Group 55" o:spid="_x0000_s1026" style="position:absolute;margin-left:79pt;margin-top:19.15pt;width:246.85pt;height:.8pt;z-index:-15719936;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="31349,101" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDD8szm/AIAAC4OAAAOAAAAZHJzL2Uyb0RvYy54bWzsl11v2yAUhu8n7T8g7lfHzocTq041tWs0&#10;qdoqtdOuCcYfGjYMSJz++x2wSbKkm9ZsU1WpubAOcIBz3vMEwfnFpuZozZSuRJPi8GyAEWuoyKqm&#10;SPGX++t3U4y0IU1GuGhYih+Yxhfzt2/OW5mwSJSCZ0whWKTRSStTXBojkyDQtGQ10WdCsgYGc6Fq&#10;YqCpiiBTpIXVax5Eg8EkaIXKpBKUaQ29V90gnrv185xR8znPNTOIpxhiM+6r3Hdpv8H8nCSFIrKs&#10;aB8GOSGKmlQNbLpd6ooYglaqOlqqrqgSWuTmjIo6EHleUeZygGzCwUE2CyVW0uVSJG0htzKBtAc6&#10;nbws/bReKHknb1UXPZg3gn7ToEvQyiLZH7ftYue8yVVtJ0ESaOMUfdgqyjYGUegchsPRbDbGiMJY&#10;OAgnveK0hLIczaLlh9/OC0jSbepC24bSSmBH7+TRfyfPXUkkc6prm/6tQlWW4vEEo4bUgPCipwV6&#10;QCW7OXhZBfuW7sV8VJ/RdNBL4CWKhnG0kyiK3fA2U5LQlTYLJpzUZH2jTYds5i1SeotuGm8qAN8i&#10;zx3yBiNAXmEEyC875CUxdp6tnzVRm2IfiO2rxZrdCzdqDsoEoe1GebPv5VdAHgTw7TzAsNsAVJ3h&#10;tgZ7Pzne2Chmk0Ho/kla8Cq7rji3UWhVLC+5Qmti/8fuZ/OAFX5yk0qbK6LLzs8N9W68cUDrpKuO&#10;rdpSZA9Q3BbKmWL9fUUUw4h/bAAfe1J4Q3lj6Q1l+KVw54kTCPa833wlSiK7fYoNVPaT8BSRxBfN&#10;pr71tTMb8X5lRF7ZigLRPqK+AUR3dP1/tOMjtGMr2x+jDXUfRZMRtnU/BjycxJMRKOqOgGfku4/D&#10;Kr8DWD4Bb5/IK90vim64gRwc3NOn0T0eDachAPwo3dE4gvP7+enu4zidbp/IK90vim5A74Du2dPo&#10;jmfxr+keDuNw6q9vz3h293GcTrdP5JXuf0S3u4LDo8RdwvoHlH317LfdTWb3zJv/AAAA//8DAFBL&#10;AwQUAAYACAAAACEApFsOr+AAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnB&#10;m93EkJrGbEop6qkItoJ422anSWh2NmS3SfrvHU96fG8eb75XrGfbiREH3zpSEC8iEEiVMy3VCj4P&#10;rw8ZCB80Gd05QgVX9LAub28KnRs30QeO+1ALLiGfawVNCH0upa8atNovXI/Et5MbrA4sh1qaQU9c&#10;bjv5GEVLaXVL/KHRPW4brM77i1XwNulpk8Qv4+582l6/D+n71y5Gpe7v5s0ziIBz+AvDLz6jQ8lM&#10;R3ch40XHOs14S1CQZAkIDizT+AnEkY3VCmRZyP8Lyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAw/LM5vwCAAAuDgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEApFsOr+AAAAAJAQAADwAAAAAAAAAAAAAAAABWBQAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAGMGAAAAAA==&#10;">
+                <v:shape id="Graphic 56" o:spid="_x0000_s1027" style="position:absolute;top:48;width:23729;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2372995,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQATXD0+wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8AQvi6a6bJFqFCmIZdnLVr0/mmdbbF5KE23990YQ9jjMzDfMejuYRtypc7VlBfNZBIK4&#10;sLrmUsHpuJ8uQTiPrLGxTAoe5GC7GX2sMdG25z+6574UAcIuQQWV920ipSsqMuhmtiUO3sV2Bn2Q&#10;XSl1h32Am0YuoiiWBmsOCxW2lFZUXPObUdB/Zcf0cJVZ7obo5/PwW59PcarUZDzsViA8Df4//G5n&#10;WsF3DK8v4QfIzRMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQATXD0+wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l2372995,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 57" o:spid="_x0000_s1028" style="position:absolute;left:23742;top:48;width:1677;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="167640,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA84dXJwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mlWw1a1RRBAU8aAVz4/Nc3d18xKSqOu/NwWhx2FmvmGm89Y04k4+1JYVDPoZCOLC&#10;6ppLBcff1ecYRIjIGhvLpOBJAeazzscUc20fvKf7IZYiQTjkqKCK0eVShqIig6FvHXHyztYbjEn6&#10;UmqPjwQ3jRxm2Zc0WHNaqNDRsqLiergZBePJ5lifTpftemfs3k+ermiCU6rXbRc/ICK18T/8bq+1&#10;gtE3/H1JP0DOXgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA84dXJwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l167640,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 58" o:spid="_x0000_s1029" style="position:absolute;left:25438;top:48;width:2527;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="252729,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBKC5w9wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L/kO4ghuxqcIMUk1FBXWcheDjA67NtS02N6WJbefvJ4uBWR7Oe7XuTSVaalxpWcEsikEQZ1aX&#10;nCu43/bTBQjnkTVWlknBDzlYp8PBChNtO75Qe/W5CCHsElRQeF8nUrqsIIMusjVx4J62MegDbHKp&#10;G+xCuKnkPI4/pcGSQ0OBNe0Kyl7Xt1FwOh3O7rXNvunynhwP966V7UMqNR71myUIT73/F/+5v7SC&#10;jzA2fAk/QKa/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEoLnD3BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l252729,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 59" o:spid="_x0000_s1030" style="position:absolute;left:27978;top:48;width:3371;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="337185,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFC079wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8AQvi6YKilajiLCwl11oV/b8aF7/YPNSk2jrt98sCB6HmfkNszsMphV3cr6xrGA+S0AQ&#10;F1Y3XCk4/3xM1yB8QNbYWiYFD/Jw2I/edphq23NG9zxUIkLYp6igDqFLpfRFTQb9zHbE0SutMxii&#10;dJXUDvsIN61cJMlKGmw4LtTY0amm4pLfjIJ1ln273+Wje7+esc/nuhxWX6VSk/Fw3IIINIRX+Nn+&#10;1AqWG/j/En+A3P8BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABQtO/cMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l337185,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
+                </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DEED3E6" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="20D373A7" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="8516"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E955B02" wp14:editId="52D13437">
+                <wp:extent cx="1272540" cy="10160"/>
+                <wp:effectExtent l="9525" t="0" r="3809" b="8890"/>
+                <wp:docPr id="60" name="Group 60"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1272540" cy="10160"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="1272540" cy="10160"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="61" name="Graphic 61"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="4800"/>
+                            <a:ext cx="1272540" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1272540">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1272540" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="9601">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="5FA7E739" id="Group 60" o:spid="_x0000_s1026" style="width:100.2pt;height:.8pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="12725,101" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBshwU7aQIAAJQFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC815KM1EkFy0ERN0aB&#10;IA0QFz3TFLWgFMkOaUv++w6pxY4T9JDqIDxyhrO8eeTytmskOQiwtVYZTWYxJUJxndeqzOjP7f2n&#10;G0qsYypnUiuR0aOw9Hb18cOyNamY60rLXADBIMqmrclo5ZxJo8jySjTMzrQRCo2FhoY5XEIZ5cBa&#10;jN7IaB7Hi6jVkBvQXFiLu+veSFchflEI7n4UhRWOyIxibS78Ifx3/h+tliwtgZmq5kMZ7B1VNKxW&#10;mHQKtWaOkT3Ur0I1NQdtdeFmXDeRLoqai9ADdpPEF91sQO9N6KVM29JMNCG1Fzy9Oyx/PGzAPJsn&#10;6KtH+KD5b4u8RK0p03O7X5cn566Axh/CJkgXGD1OjIrOEY6byfx6/vkKiedoS+JkMTDOKxzLq1O8&#10;+vbPcxFL+6ShtKmU1qB27Ike+3/0PFfMiMC69e0/AanzjC4SShRrUMKbQS24gyz55OjlGRxWdiDz&#10;TX6ubuKBgrcpml8H89QpS/neuo3QgWp2eLCul2w+IlaNiHdqhIDC95KXQfKOEpQ8UIKS3/WSN8z5&#10;c35+HpL2NCu/1+iD2OpgdRdjwtJOVqnOvaZpj0JA394DgU+DoupBSI34vDmpfBVfFnESbpLVss7v&#10;ayl9FRbK3Z0EcmD+HofP94ERXrgZsG7NbNX7BdPgJlUQtE376fip7XR+xOG2OM6M2j97BoIS+V2h&#10;fPxLMQIYwW4E4OSdDu9JIAhzbrtfDAzx6TPqcLKPelQRS8eh+dYnX39S6a97p4vaTxQVPVY0LFDR&#10;AYWrj+jF23K+Dl6nx3T1FwAA//8DAFBLAwQUAAYACAAAACEAu2fsqtoAAAADAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm93EP6XEbEop6qkItoL0Ns1Ok9DsbMhuk/TbO3rRy8Dw&#10;Hu/9Xr6cXKsG6kPj2UA6S0ARl942XBn43L3eLUCFiGyx9UwGLhRgWVxf5ZhZP/IHDdtYKQnhkKGB&#10;OsYu0zqUNTkMM98Ri3b0vcMob19p2+Mo4a7V90ky1w4bloYaO1rXVJ62Z2fgbcRx9ZC+DJvTcX3Z&#10;757evzYpGXN7M62eQUWa4p8ZfvAFHQphOvgz26BaAzIk/l7RpOkR1EFMc9BFrv+zF98AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAbIcFO2kCAACUBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAu2fsqtoAAAADAQAADwAAAAAAAAAAAAAAAADDBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMoFAAAAAA==&#10;">
+                <v:shape id="Graphic 61" o:spid="_x0000_s1027" style="position:absolute;top:48;width:12725;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1272540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD2iY7IwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6sa2iERXEUEQwUNV0OMj+8wGs29D9tXEf+8WCh6HmfmGmS97X6s7tbEKbGA8ykAR&#10;F8FWXBo4HTcfU1BRkC3WgcnAgyIsF4O3OeY2dPxD94OUKkE45mjAiTS51rFw5DGOQkOcvGtoPUqS&#10;balti12C+1p/ZtlEe6w4LThsaO2ouB1+vYF90ezi5va4fl2m4k7xvEL57ox5H/arGSihXl7h//bW&#10;GpiM4e9L+gF68QQAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD2iY7IwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1272540,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B08960C" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="8221"/>
+          <w:tab w:val="left" w:pos="8504"/>
         </w:tabs>
-        <w:spacing w:line="270" w:lineRule="exact"/>
-        <w:ind w:left="940"/>
+        <w:spacing w:line="513" w:lineRule="auto"/>
+        <w:ind w:left="1224" w:right="1718"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Signature of Affiliate Hospital</w:t>
-[...19 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>Signature of Affiliate Hospital Medical Director</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="2"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:position w:val="-1"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-1"/>
-[...8 lines deleted...]
-        <w:t>Signed</w:t>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signed </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Print Name of Affiliate Hospital</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Medical Director</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E43D269" w14:textId="4F0E07E9" w:rsidR="00D36EB6" w:rsidRDefault="00B04791">
+    <w:p w14:paraId="43713608" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="3"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:spacing w:line="271" w:lineRule="exact"/>
+        <w:ind w:left="1224"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667968" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D14D97C" wp14:editId="7D15F968">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15739392" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3ECD0FAD" wp14:editId="5BDF36B0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1003300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>214630</wp:posOffset>
+                  <wp:posOffset>-376391</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5888990" cy="0"/>
-[...2 lines deleted...]
-                <wp:docPr id="27" name="Line 21"/>
+                <wp:extent cx="5888990" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="62" name="Graphic 62"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5888990" cy="0"/>
+                          <a:ext cx="5888990" cy="1270"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-                        <a:noFill/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5888990">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5888990" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
                         <a:ln w="9601">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:round/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
+                          <a:prstDash val="solid"/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="5E8D27B1" id="Line 21" o:spid="_x0000_s1026" style="position:absolute;z-index:-251648512;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="79pt,16.9pt" to="542.7pt,16.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBktbk+wQEAAGsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5wEWJcYcXpI112y&#10;LUC7H8BIsi1MEgVJiZ1/P0r56LrdivogiOTjE/lIr+5Ha9hRhajRNXw2mXKmnECpXdfwX8+Pnxac&#10;xQROgkGnGn5Skd+vP35YDb5Wc+zRSBUYkbhYD77hfUq+rqooemUhTtArR8EWg4VEZugqGWAgdmuq&#10;+XR6Vw0YpA8oVIzkfTgH+brwt60S6WfbRpWYaTjVlsoZyrnPZ7VeQd0F8L0WlzLgDVVY0I4evVE9&#10;QAJ2CPo/KqtFwIhtmgi0FbatFqr0QN3Mpv9089SDV6UXEif6m0zx/WjFj+MuMC0bPv/CmQNLM9pq&#10;p9h8lrUZfKwJsnG7kLsTo3vyWxS/I3O46cF1qtT4fPKUVzKqVynZiJ5e2A/fURIGDgmLUGMbbKYk&#10;CdhY5nG6zUONiQlyfl4sFssljU1cYxXU10QfYvqm0LJ8abihogsxHLcxUekEvULyOw4ftTFl3Max&#10;oeHLu+msJEQ0WuZghsXQ7TcmsCPkhSlf1oHIXsECHpwsZL0C+fVyT6DN+U544yjt2v9ZyT3K0y5k&#10;uuyniRbiy/bllfnbLqiXf2T9BwAA//8DAFBLAwQUAAYACAAAACEAIV3lnN4AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm93UWAkxm1IKBUFEbE3P22RMUrOzITtp4793igc9&#10;vjePN+/LlpPr1AmH0HoyMJ9FoJBKX7VUG/jYbe4SUIEtVbbzhAa+McAyv77KbFr5M73jacu1khIK&#10;qTXQMPep1qFs0Nkw8z2S3D794CyLHGpdDfYs5a7T91H0qJ1tST40tsd1g+XXdnQGxh2/rcti/rrn&#10;l/3m2R2L4youjLm9mVZPoBgn/gvDZb5Mh1w2HfxIVVCd6EUiLGwgjgXhEoiSxQOow6+j80z/R8h/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGS1uT7BAQAAawMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACFd5ZzeAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAGwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAmBQAAAAA=&#10;" strokeweight=".26669mm">
-[...1 lines deleted...]
-              </v:line>
+              <v:shape w14:anchorId="50625A8C" id="Graphic 62" o:spid="_x0000_s1026" style="position:absolute;margin-left:79pt;margin-top:-29.65pt;width:463.7pt;height:.1pt;z-index:15739392;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5888990,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC27u8uEAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04CrEuMOMXQoMOA&#10;oivQDDsrshwbk0WNVOLk70fJsZN1t2E+CJT4RD7yUV7dn1orjgapAVfI2WQqhXEaysbtC/l9+/hh&#10;IQUF5UplwZlCng3J+/X7d6vO52YONdjSoOAgjvLOF7IOwedZRro2raIJeOPYWQG2KvAW91mJquPo&#10;rc3m0+ld1gGWHkEbIj7d9E65TvGryujwrarIBGELydxCWjGtu7hm65XK96h83egLDfUPLFrVOE46&#10;htqooMQBm79CtY1GIKjCREObQVU12qQauJrZ9E01r7XyJtXCzSE/ton+X1j9fHz1Lxipk38C/ZO4&#10;I1nnKR89cUMXzKnCNmKZuDilLp7HLppTEJoPPy4Wi+WSm63ZN5t/Sk3OVD7c1QcKXwykOOr4RKHX&#10;oBwsVQ+WPrnBRFYyamiThkEK1hClYA13vYZehXgvkoum6K5E4lkLR7OF5A1vmDO1q9e6W9RYylAl&#10;Y3sEGzEN96o3Umq2b4uzLrJY3k1naTQIbFM+NtZGFoT73YNFcVRxMNMX6+AIf8A8Utgoqntccl1g&#10;1l106qWJIu2gPL+g6HiaC0m/DgqNFPar43GJoz8YOBi7wcBgHyA9kNQgzrk9/VDoRUxfyMDKPsMw&#10;jCofRIulj9h408HnQ4CqiYqmGeoZXTY8wanAy2uLT+R2n1DXf8L6NwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAFi6mkTgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxap4WgEOJU&#10;BQkhQS80XLht420SGq+t2G3C3+NygePMjmbfFKvJ9OJEg+8sK1jMExDEtdUdNwo+qudZBsIHZI29&#10;ZVLwTR5W5eVFgbm2I7/TaRsaEUvY56igDcHlUvq6JYN+bh1xvO3tYDBEOTRSDzjGctPLZZLcSYMd&#10;xw8tOnpqqT5sj0bBxr+E1+XbwVV7TKvscVx/uq9Rqeuraf0AItAU/sJwxo/oUEamnT2y9qKPOs3i&#10;lqBglt7fgDgnkiy9BbH7tRYgy0L+H1H+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALbu&#10;7y4QAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AFi6mkTgAAAADAEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" path="m,l5888990,e" filled="f" strokeweight=".26669mm">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670016" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38D486EE" wp14:editId="4C4929AF">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15739904" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D41EBC9" wp14:editId="04FF3C70">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1003300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>214630</wp:posOffset>
+                  <wp:posOffset>-7791</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5888990" cy="0"/>
-[...2 lines deleted...]
-                <wp:docPr id="2028807868" name="Line 21"/>
+                <wp:extent cx="5888990" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="63" name="Graphic 63"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5888990" cy="0"/>
+                          <a:ext cx="5888990" cy="1270"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-                        <a:noFill/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5888990">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5888990" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
                         <a:ln w="9601">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
-                          <a:round/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
+                          <a:prstDash val="solid"/>
                         </a:ln>
-                        <a:extLst>
-[...5 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="3F7A18B7" id="Line 21" o:spid="_x0000_s1026" style="position:absolute;z-index:-251646464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="79pt,16.9pt" to="542.7pt,16.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7KBjsrwEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YKrEiMOD2k6y7d&#10;FqDtBzCSHAuVRYFUYufvJ6lJWmy3YT4Ikkg+vfdIr+6mwYmjIbboWzmf1VIYr1Bbv2/ly/PDl4UU&#10;HMFrcOhNK0+G5d3686fVGBpzgz06bUgkEM/NGFrZxxiaqmLVmwF4hsH4FOyQBojpSPtKE4wJfXDV&#10;TV3fViOSDoTKMKfb+7egXBf8rjMq/uo6NlG4ViZusaxU1l1eq/UKmj1B6K0604B/YDGA9enRK9Q9&#10;RBAHsn9BDVYRMnZxpnCosOusMkVDUjOv/1Dz1EMwRUsyh8PVJv5/sOrnceO3lKmryT+FR1SvLDxu&#10;evB7Uwg8n0Jq3DxbVY2Bm2tJPnDYktiNP1CnHDhELC5MHQ0ZMukTUzH7dDXbTFGodPl1sVgsl6kn&#10;6hKroLkUBuL43eAg8qaVzvrsAzRwfOSYiUBzScnXHh+sc6WXzouxlcvbel4KGJ3VOZjTmPa7jSNx&#10;hDwN5SuqUuRjGuHB6wLWG9DfzvsI1r3t0+POn83I+vOwcbNDfdrSxaTUrsLyPFp5Hj6eS/X7D7D+&#10;DQAA//8DAFBLAwQUAAYACAAAACEAIV3lnN4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvD&#10;QBCF74L/YRnBm93UWAkxm1IKBUFEbE3P22RMUrOzITtp4793igc9vjePN+/LlpPr1AmH0HoyMJ9F&#10;oJBKX7VUG/jYbe4SUIEtVbbzhAa+McAyv77KbFr5M73jacu1khIKqTXQMPep1qFs0Nkw8z2S3D79&#10;4CyLHGpdDfYs5a7T91H0qJ1tST40tsd1g+XXdnQGxh2/rcti/rrnl/3m2R2L4youjLm9mVZPoBgn&#10;/gvDZb5Mh1w2HfxIVVCd6EUiLGwgjgXhEoiSxQOow6+j80z/R8h/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADsoGOyvAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhACFd5ZzeAAAACgEAAA8AAAAAAAAAAAAAAAAACQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokeweight=".26669mm">
-[...1 lines deleted...]
-              </v:line>
+              <v:shape w14:anchorId="6DCA3D65" id="Graphic 63" o:spid="_x0000_s1026" style="position:absolute;margin-left:79pt;margin-top:-.6pt;width:463.7pt;height:.1pt;z-index:15739904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5888990,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC27u8uEAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04CrEuMOMXQoMOA&#10;oivQDDsrshwbk0WNVOLk70fJsZN1t2E+CJT4RD7yUV7dn1orjgapAVfI2WQqhXEaysbtC/l9+/hh&#10;IQUF5UplwZlCng3J+/X7d6vO52YONdjSoOAgjvLOF7IOwedZRro2raIJeOPYWQG2KvAW91mJquPo&#10;rc3m0+ld1gGWHkEbIj7d9E65TvGryujwrarIBGELydxCWjGtu7hm65XK96h83egLDfUPLFrVOE46&#10;htqooMQBm79CtY1GIKjCREObQVU12qQauJrZ9E01r7XyJtXCzSE/ton+X1j9fHz1Lxipk38C/ZO4&#10;I1nnKR89cUMXzKnCNmKZuDilLp7HLppTEJoPPy4Wi+WSm63ZN5t/Sk3OVD7c1QcKXwykOOr4RKHX&#10;oBwsVQ+WPrnBRFYyamiThkEK1hClYA13vYZehXgvkoum6K5E4lkLR7OF5A1vmDO1q9e6W9RYylAl&#10;Y3sEGzEN96o3Umq2b4uzLrJY3k1naTQIbFM+NtZGFoT73YNFcVRxMNMX6+AIf8A8Utgoqntccl1g&#10;1l106qWJIu2gPL+g6HiaC0m/DgqNFPar43GJoz8YOBi7wcBgHyA9kNQgzrk9/VDoRUxfyMDKPsMw&#10;jCofRIulj9h408HnQ4CqiYqmGeoZXTY8wanAy2uLT+R2n1DXf8L6NwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAN1l3LLeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxauxFBUYhT&#10;FSSEBFxouHDbxtskNF5HsduEv8c5wXFmR7Nviu1se3Gh0XeONWzWCgRx7UzHjYbP6nmVgfAB2WDv&#10;mDT8kIdteX1VYG7cxB902YdGxBL2OWpoQxhyKX3dkkW/dgNxvB3daDFEOTbSjDjFctvLRKl7abHj&#10;+KHFgZ5aqk/7s9Xw7l/Ca/J2GqojplX2OO2+hu9J69ubefcAItAc/sKw4Ed0KCPTwZ3ZeNFHnWZx&#10;S9Cw2iQgloDK0jsQh8VRIMtC/p9Q/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC27u8u&#10;EAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDd&#10;Zdyy3gAAAAoBAAAPAAAAAAAAAAAAAAAAAGoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" path="m,l5888990,e" filled="f" strokeweight=".26669mm">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Affiliate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Hospital</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Medical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="30A39DD5" w14:textId="5069FB42" w:rsidR="003F497C" w:rsidRDefault="003F497C" w:rsidP="003F497C">
+    <w:p w14:paraId="6932AB7E" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
-        <w:spacing w:line="250" w:lineRule="exact"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId14"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487597568" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EBE53ED" wp14:editId="76A6909F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1003300</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>146673</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5888990" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="64" name="Graphic 64"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5888990" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5888990">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5888990" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="9601">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="599DFF84" id="Graphic 64" o:spid="_x0000_s1026" style="position:absolute;margin-left:79pt;margin-top:11.55pt;width:463.7pt;height:.1pt;z-index:-15718912;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5888990,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC27u8uEAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04CrEuMOMXQoMOA&#10;oivQDDsrshwbk0WNVOLk70fJsZN1t2E+CJT4RD7yUV7dn1orjgapAVfI2WQqhXEaysbtC/l9+/hh&#10;IQUF5UplwZlCng3J+/X7d6vO52YONdjSoOAgjvLOF7IOwedZRro2raIJeOPYWQG2KvAW91mJquPo&#10;rc3m0+ld1gGWHkEbIj7d9E65TvGryujwrarIBGELydxCWjGtu7hm65XK96h83egLDfUPLFrVOE46&#10;htqooMQBm79CtY1GIKjCREObQVU12qQauJrZ9E01r7XyJtXCzSE/ton+X1j9fHz1Lxipk38C/ZO4&#10;I1nnKR89cUMXzKnCNmKZuDilLp7HLppTEJoPPy4Wi+WSm63ZN5t/Sk3OVD7c1QcKXwykOOr4RKHX&#10;oBwsVQ+WPrnBRFYyamiThkEK1hClYA13vYZehXgvkoum6K5E4lkLR7OF5A1vmDO1q9e6W9RYylAl&#10;Y3sEGzEN96o3Umq2b4uzLrJY3k1naTQIbFM+NtZGFoT73YNFcVRxMNMX6+AIf8A8Utgoqntccl1g&#10;1l106qWJIu2gPL+g6HiaC0m/DgqNFPar43GJoz8YOBi7wcBgHyA9kNQgzrk9/VDoRUxfyMDKPsMw&#10;jCofRIulj9h408HnQ4CqiYqmGeoZXTY8wanAy2uLT+R2n1DXf8L6NwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAFwGF17fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNNPFml1IxBFma&#10;amJM1EuLF29Tdgq07CxhtwX/vctJj+/Ny5vv5ZvJdOJKg2stK1gtIxDEldUt1wq+ytf7FITzyBo7&#10;y6TghxxsitubHDNtR97Rde9rEUrYZaig8b7PpHRVQwbd0vbE4Xa0g0Ef5FBLPeAYyk0n4yh6lAZb&#10;Dh8a7Omloeq8vxgFn+7Nv8cf5748YlKmz+P2uz+NSt0tpu0TCE+T/wvDjB/QoQhMB3th7UQXdJKG&#10;LV5BvF6BmANRmjyAOMzOGmSRy/8Til8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtu7v&#10;LhACAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;XAYXXt8AAAAKAQAADwAAAAAAAAAAAAAAAABqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l5888990,e" filled="f" strokeweight=".26669mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E9F1C4" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="003D1C59">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003D1C59">
+          <w:footerReference w:type="default" r:id="rId18"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="1360" w:right="640" w:bottom="1220" w:left="640" w:header="0" w:footer="1040" w:gutter="0"/>
-          <w:pgNumType w:start="7"/>
+          <w:pgMar w:top="1360" w:right="360" w:bottom="1160" w:left="360" w:header="0" w:footer="979" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F497C">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3A4EFB24" w14:textId="31C1D4B6" w:rsidR="00D36EB6" w:rsidRDefault="004663D4" w:rsidP="003F497C">
+    <w:p w14:paraId="44ECC2BF" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="6"/>
+        <w:spacing w:before="63" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="280"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">To submit this application and all required supporting documentation, </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>To</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>submit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>this application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>supporting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>documentation,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="50"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>fax</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F7EB5C" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="280"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>617-887-8751</w:t>
       </w:r>
-      <w:r w:rsidR="003F497C">
-        <w:t xml:space="preserve"> or mail to Department of Public Health, Office of Emergency Medical Services, 67 Forest Street, Marlborough, MA 01752</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Department of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Public Health,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Office</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Emergency</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Medical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Services,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Forest Street, Marlborough,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>MA 01752</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D36EB6">
-      <w:footerReference w:type="default" r:id="rId15"/>
+    <w:sectPr w:rsidR="003D1C59">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1180" w:right="640" w:bottom="1160" w:left="640" w:header="0" w:footer="979" w:gutter="0"/>
-      <w:pgNumType w:start="8"/>
+      <w:pgMar w:top="1120" w:right="360" w:bottom="1160" w:left="360" w:header="0" w:footer="979" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A204832" w14:textId="77777777" w:rsidR="004663D4" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="63ABD755" w14:textId="77777777" w:rsidR="00470BD3" w:rsidRDefault="00470BD3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3580495E" w14:textId="77777777" w:rsidR="004663D4" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="4A447BA9" w14:textId="77777777" w:rsidR="00470BD3" w:rsidRDefault="00470BD3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="3D0DFE3C" w14:textId="72BF6CC9" w:rsidR="00D36EB6" w:rsidRDefault="00B04791">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="67F5B7F1" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503299664" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DD60528" wp14:editId="1997E1D5">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487335936" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52A6D0DB" wp14:editId="64A74CDB">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>6762750</wp:posOffset>
+                <wp:posOffset>6758940</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>9297035</wp:posOffset>
+                <wp:posOffset>9297173</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="128905" cy="181610"/>
-              <wp:effectExtent l="0" t="635" r="4445" b="0"/>
+              <wp:extent cx="161925" cy="184785"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="7" name="Text Box 6"/>
+              <wp:docPr id="1" name="Textbox 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
-                      <a:spLocks noChangeArrowheads="1"/>
+                      <a:spLocks/>
                     </wps:cNvSpPr>
-                    <wps:spPr bwMode="auto">
+                    <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="128905" cy="181610"/>
+                        <a:ext cx="161925" cy="184785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:noFill/>
-[...21 lines deleted...]
-                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="4D3A5BA5" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                        <w:p w14:paraId="178F59A0" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                           <w:pPr>
-                            <w:spacing w:before="13"/>
-                            <w:ind w:left="40"/>
+                            <w:spacing w:before="16"/>
+                            <w:ind w:left="60"/>
                           </w:pPr>
                           <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
-                              <w:w w:val="99"/>
+                              <w:spacing w:val="-10"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5DD60528" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="52A6D0DB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 6" o:spid="_x0000_s1051" type="#_x0000_t202" style="position:absolute;margin-left:532.5pt;margin-top:732.05pt;width:10.15pt;height:14.3pt;z-index:-16816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAF4/wJ6AEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOsCwz4hRdiw4D&#10;ugvQ7gMYWbaF2aJGKbGzrx8lJ1nXvg17EWiKOjw8PN5cTUMvDpq8QVvJYpFLoa3C2ti2kt8f796s&#10;pfABbA09Wl3Jo/byavv61WZ0pV5ih32tSTCI9eXoKtmF4Mos86rTA/gFOm35skEaIPAntVlNMDL6&#10;0GfLPF9lI1LtCJX2nrO386XcJvym0Sp8bRqvg+grydxCOimdu3hm2w2ULYHrjDrRgH9gMYCx3PQC&#10;dQsBxJ7MC6jBKEKPTVgoHDJsGqN0moGnKfJn0zx04HSahcXx7iKT/3+w6svhGwlTV/KdFBYGXtGj&#10;noL4gJNYRXVG50suenBcFiZO85bTpN7do/rhhcWbDmyrr4lw7DTUzK6IL7MnT2ccH0F242esuQ3s&#10;AyagqaEhSsdiCEbnLR0vm4lUVGy5XL/P30qh+KpYF6sibS6D8vzYkQ8fNQ4iBpUkXnwCh8O9D5EM&#10;lOeS2Mvinen7tPze/pXgwphJ5CPfmXmYdtNJjB3WRx6DcPYSe5+DDumXFCP7qJL+5x5IS9F/sixF&#10;NN05oHOwOwdgFT+tZJBiDm/CbM69I9N2jDyLbfGa5WpMGiXqOrM48WRvpAlPPo7me/qdqv78bdvf&#10;AAAA//8DAFBLAwQUAAYACAAAACEA7CoosuMAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3Kjd0oY2xKkqBCck1DQcODqxm1iN1yF22/D3bE5w29kdzb7JtqPr2MUMwXqUMJ8J&#10;YAZrry02Ej7Lt4c1sBAVatV5NBJ+TIBtfnuTqVT7KxbmcogNoxAMqZLQxtinnIe6NU6Fme8N0u3o&#10;B6ciyaHhelBXCncdXwiRcKcs0odW9ealNfXpcHYSdl9YvNrvj2pfHAtblhuB78lJyvu7cfcMLJox&#10;/plhwid0yImp8mfUgXWkRbKiMpGmZbKcA5s8Yr16BFZNu83iCXie8f898l8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEABeP8CegBAAC1AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA7CoosuMAAAAPAQAADwAAAAAAAAAAAAAAAABCBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFIFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Textbox 1" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:532.2pt;margin-top:732.05pt;width:12.75pt;height:14.55pt;z-index:-15980544;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDwpmMAkwEAABoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bv1G3FLiVqugJWIKQV&#10;rLTsB7iO3UTEHjPjNunfM3bTFsFtxWUyzozfvPfG67vR9+JgkToItVzM5lLYYKDpwq6Wzz8+v1lJ&#10;QUmHRvcQbC2PluTd5vWr9RAru4QW+saiYJBA1RBr2aYUK6XItNZrmkG0gYsO0OvER9ypBvXA6L5X&#10;y/n8Vg2ATUQwloj/3p+KclPwnbMmfXeObBJ9LZlbKhFL3OaoNmtd7VDHtjMTDf0CFl53gYdeoO51&#10;0mKP3T9QvjMIBC7NDHgFznXGFg2sZjH/S81Tq6MtWtgciheb6P/Bmm+Hp/iIIo0fYeQFFhEUH8D8&#10;JPZGDZGqqSd7ShVxdxY6OvT5yxIEX2Rvjxc/7ZiEyWi3i/fLGykMlxart+9WN9lvdb0ckdIXC17k&#10;pJbI6yoE9OGB0qn13DJxOY3PRNK4Hbklp1tojqxh4DXWkn7tNVop+q+Bfco7Pyd4TrbnBFP/CcrL&#10;yFICfNgncF2ZfMWdJvMCCvfpseQN/3kuXdcnvfkNAAD//wMAUEsDBBQABgAIAAAAIQCl1iGc4gAA&#10;AA8BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN0SRU2IU1UITkiINBw4OvE2&#10;sRqvQ+y24e9xTnDb2R3Nvil2sx3YBSdvHElYrwQwpNZpQ52Ez/r1YQvMB0VaDY5Qwg962JW3N4XK&#10;tbtShZdD6FgMIZ8rCX0IY865b3u0yq/ciBRvRzdZFaKcOq4ndY3hduAbIVJulaH4oVcjPvfYng5n&#10;K2H/RdWL+X5vPqpjZeo6E/SWnqS8v5v3T8ACzuHPDAt+RIcyMjXuTNqzIWqRJkn0xilJkzWwxSO2&#10;WQasWXbZ4wZ4WfD/PcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPCmYwCTAQAAGgMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKXWIZziAAAA&#10;DwEAAA8AAAAAAAAAAAAAAAAA7QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="4D3A5BA5" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                  <w:p w14:paraId="178F59A0" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                     <w:pPr>
-                      <w:spacing w:before="13"/>
-                      <w:ind w:left="40"/>
+                      <w:spacing w:before="16"/>
+                      <w:ind w:left="60"/>
                     </w:pPr>
                     <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
-                        <w:w w:val="99"/>
+                        <w:spacing w:val="-10"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="77D9B85D" w14:textId="242FC3FE" w:rsidR="00D36EB6" w:rsidRDefault="00B04791">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="53FB8AD7" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503299688" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7690BFFF" wp14:editId="26E7C2FA">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487336448" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="013C5710" wp14:editId="02E4AAB4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6743700</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>9178290</wp:posOffset>
+                <wp:posOffset>9175253</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="103505" cy="181610"/>
-              <wp:effectExtent l="0" t="0" r="1270" b="3175"/>
+              <wp:extent cx="98425" cy="184785"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="6" name="Text Box 5"/>
+              <wp:docPr id="10" name="Textbox 10"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
-                      <a:spLocks noChangeArrowheads="1"/>
+                      <a:spLocks/>
                     </wps:cNvSpPr>
-                    <wps:spPr bwMode="auto">
+                    <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="103505" cy="181610"/>
+                        <a:ext cx="98425" cy="184785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:noFill/>
-[...21 lines deleted...]
-                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="2802AB92" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                        <w:p w14:paraId="2560B45E" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                           <w:pPr>
-                            <w:spacing w:before="13"/>
+                            <w:spacing w:before="16"/>
                             <w:ind w:left="20"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
-                              <w:w w:val="99"/>
+                              <w:spacing w:val="-10"/>
                             </w:rPr>
                             <w:t>3</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="7690BFFF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="013C5710" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 5" o:spid="_x0000_s1052" type="#_x0000_t202" style="position:absolute;margin-left:531pt;margin-top:722.7pt;width:8.15pt;height:14.3pt;z-index:-16792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCl2T006QEAALwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjukKAw4hRdiw4D&#10;ugvQ9gMYWY6F2aJGKbGzrx8lx2m3vhV7ESiJOjznkFpfjX0nDpq8QVvJYpFLoa3C2thdJZ8e7z5c&#10;SuED2Bo6tLqSR+3l1eb9u/XgSn2BLXa1JsEg1peDq2QbgiuzzKtW9+AX6LTlywaph8Bb2mU1wcDo&#10;fZdd5PkqG5BqR6i093x6O13KTcJvGq3C96bxOoiukswtpJXSuo1rtllDuSNwrVEnGvAGFj0Yy0XP&#10;ULcQQOzJvILqjSL02ISFwj7DpjFKJw2spsj/UfPQgtNJC5vj3dkm//9g1bfDDxKmruRKCgs9t+hR&#10;j0F8wlEsozuD8yUnPThOCyMfc5eTUu/uUf30wuJNC3anr4lwaDXUzK6IL7MXTyccH0G2w1esuQzs&#10;AyagsaE+WsdmCEbnLh3PnYlUVCyZf1zmSykUXxWXxapIncugnB878uGzxl7EoJLEjU/gcLj3IZKB&#10;ck6JtSzema5Lze/sXwecGE8S+ch3Yh7G7ZhcSsqisC3WR1ZDOI0UfwEOWqTfUgw8TpX0v/ZAWoru&#10;i2VH4uzNAc3Bdg7AKn5aySDFFN6EaUb3jsyuZeTJc4vX7FpjkqJnFie6PCJJ6Gmc4wy+3Kes50+3&#10;+QMAAP//AwBQSwMEFAAGAAgAAAAhAAlKVCTiAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoTQlpCXGqCsEJCZGGA0cndhOr8TrEbhv+ns2p3HZ2R7Nv8s3kenYyY7AeJdwv&#10;BDCDjdcWWwlf1dvdGliICrXqPRoJvybApri+ylWm/RlLc9rFllEIhkxJ6GIcMs5D0xmnwsIPBum2&#10;96NTkeTYcj2qM4W7ni+FSLlTFulDpwbz0pnmsDs6CdtvLF/tz0f9We5LW1VPAt/Tg5S3N9P2GVg0&#10;U7yYYcYndCiIqfZH1IH1pEW6pDKRpiR5TIDNHrFaPwCr590qEcCLnP/vUfwBAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEApdk9NOkBAAC8AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEACUpUJOIAAAAPAQAADwAAAAAAAAAAAAAAAABDBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFIFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Textbox 10" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:531pt;margin-top:722.45pt;width:7.75pt;height:14.55pt;z-index:-15980032;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcXTNnlwEAACADAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNG21CyVqugJWIKQV&#10;rLTsB7iO3VjEHjPjNunfM3bTFsFtxcUez4yf33vj9d3oe3EwSA5CIxezuRQmaGhd2DXy+cfnNysp&#10;KKnQqh6CaeTRkLzbvH61HmJtltBB3xoUDBKoHmIju5RiXVWkO+MVzSCawEUL6FXiI+6qFtXA6L6v&#10;lvP522oAbCOCNkScvT8V5abgW2t0+m4tmST6RjK3VFYs6zav1Wat6h2q2Dk90VAvYOGVC/zoBepe&#10;JSX26P6B8k4jENg00+ArsNZpUzSwmsX8LzVPnYqmaGFzKF5sov8Hq78dnuIjijR+hJEHWERQfAD9&#10;k9ibaohUTz3ZU6qJu7PQ0aLPO0sQfJG9PV78NGMSmpPvVzfLWyk0Vxarm3er22x3db0bkdIXA17k&#10;oJHI0yrvq8MDpVPruWWicno980jjdhSuzZS5M2e20B5ZycDDbCT92is0UvRfA7uVJ38O8BxszwGm&#10;/hOU/5EFBfiwT2BdIXDFnQjwGIqE6cvkOf95Ll3Xj735DQAA//8DAFBLAwQUAAYACAAAACEAKcsi&#10;IeIAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNFRIa4lQVghMSIg0H&#10;jk68TazG6xC7bfh7nBPcdnZHs2+K7WwHdsbJG0cS7lcCGFLrtKFOwmf9evcIzAdFWg2OUMIPetiW&#10;11eFyrW7UIXnfehYDCGfKwl9CGPOuW97tMqv3IgUbwc3WRWinDquJ3WJ4XbgayFSbpWh+KFXIz73&#10;2B73Jyth90XVi/l+bz6qQ2XqeiPoLT1KeXsz756ABZzDnxkW/IgOZWRq3Im0Z0PUIl3HMiFOSZJs&#10;gC0ekWUPwJpllyUCeFnw/z3KXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCcXTNnlwEA&#10;ACADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQApyyIh&#10;4gAAAA8BAAAPAAAAAAAAAAAAAAAAAPEDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="2802AB92" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                  <w:p w14:paraId="2560B45E" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                     <w:pPr>
-                      <w:spacing w:before="13"/>
+                      <w:spacing w:before="16"/>
                       <w:ind w:left="20"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
-                        <w:w w:val="99"/>
+                        <w:spacing w:val="-10"/>
                       </w:rPr>
                       <w:t>3</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="12CEC032" w14:textId="3E0957D0" w:rsidR="00D36EB6" w:rsidRDefault="00B04791">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="465DBDC0" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503299712" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A228C21" wp14:editId="16F7DDEC">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487336960" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19755D1D" wp14:editId="4681D678">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>6717030</wp:posOffset>
+                <wp:posOffset>6708140</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>9297035</wp:posOffset>
+                <wp:posOffset>9408934</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="173990" cy="294640"/>
-              <wp:effectExtent l="1905" t="635" r="0" b="0"/>
+              <wp:extent cx="168275" cy="184785"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="5" name="Text Box 4"/>
+              <wp:docPr id="27" name="Textbox 27"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
-                      <a:spLocks noChangeArrowheads="1"/>
+                      <a:spLocks/>
                     </wps:cNvSpPr>
-                    <wps:spPr bwMode="auto">
+                    <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="173990" cy="294640"/>
+                        <a:ext cx="168275" cy="184785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:noFill/>
-[...21 lines deleted...]
-                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="15C51E28" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                        <w:p w14:paraId="7B3BBA1E" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                           <w:pPr>
-                            <w:spacing w:before="191"/>
-                            <w:ind w:left="40"/>
+                            <w:spacing w:before="16"/>
+                            <w:ind w:left="60"/>
                           </w:pPr>
                           <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
                             <w:t>4</w:t>
                           </w:r>
                           <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="2A228C21" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="19755D1D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 4" o:spid="_x0000_s1053" type="#_x0000_t202" style="position:absolute;margin-left:528.9pt;margin-top:732.05pt;width:13.7pt;height:23.2pt;z-index:-16768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+BYnN6wEAALwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06yrFuMOEXXosOA&#10;rhvQ7gNoWY6F2aJGKbGzrx8lx1m73oZdBIqkHh8fqc3l0LXioMkbtIVczOZSaKuwMnZXyO+Pt28+&#10;SOED2ApatLqQR+3l5fb1q03vcr3EBttKk2AQ6/PeFbIJweVZ5lWjO/AzdNpysEbqIPCVdllF0DN6&#10;12bL+fwi65EqR6i09+y9GYNym/DrWqvwta69DqItJHML6aR0lvHMthvIdwSuMepEA/6BRQfGctEz&#10;1A0EEHsyL6A6owg91mGmsMuwro3SqQfuZjH/q5uHBpxOvbA43p1l8v8PVt0fvpEwVSHfSWGh4xE9&#10;6iGIjziIVVSndz7npAfHaWFgN085derdHaofXli8bsDu9BUR9o2Gitkt4svsydMRx0eQsv+CFZeB&#10;fcAENNTURelYDMHoPKXjeTKRiool379drzmiOLRcry5WaXIZ5NNjRz580tiJaBSSePAJHA53PkQy&#10;kE8psZbFW9O2afitfebgxOhJ5CPfkXkYyiGptJw0KbE6cjeE40rxF2CjQfolRc/rVEj/cw+kpWg/&#10;W1Yk7t5k0GSUkwFW8dNCBilG8zqMO7p3ZHYNI4+aW7xi1WqTOoryjixOdHlFUqOndY47+PSesv58&#10;uu1vAAAA//8DAFBLAwQUAAYACAAAACEASqRJquEAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j8g7WVuFG7VRNKGqeqEJyQEGk4cHRiN7Ear0PstuHv2Z7obUYzmn2bbyfXs7MZg/Uo&#10;YTEXwAw2XltsJXxVb49rYCEq1Kr3aCT8mgDb4v4uV5n2FyzNeR9bRiMYMiWhi3HIOA9NZ5wKcz8Y&#10;pOzgR6ci2bHlelQXGnc9XwqRcqcs0oVODealM81xf3ISdt9Yvtqfj/qzPJS2qp4FvqdHKR9m024D&#10;LJop/pfhik/oUBBT7U+oA+vJi+SJ2COpVbpaALt2xDpZAqtJJZQDL3J++0fxBwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAH4Fic3rAQAAvAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAEqkSarhAAAADwEAAA8AAAAAAAAAAAAAAAAARQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABTBQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Textbox 27" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:528.2pt;margin-top:740.85pt;width:13.25pt;height:14.55pt;z-index:-15979520;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8Szp9mAEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSPxD5bvZJOIttEqmwqoQEgV&#10;ILV8gOO1sxZrj5lxspu/Z+xsEgS3qpfx2DN+fu+N1/ej78XBIDkIjVzM5lKYoKF1YdfIn8+f362k&#10;oKRCq3oIppFHQ/J+8/bNeoi1WUIHfWtQMEigeoiN7FKKdVWR7oxXNINoAhctoFeJt7irWlQDo/u+&#10;Ws7nt9UA2EYEbYj49OFUlJuCb63R6bu1ZJLoG8ncUolY4jbHarNW9Q5V7JyeaKgXsPDKBX70AvWg&#10;khJ7dP9BeacRCGyaafAVWOu0KRpYzWL+j5qnTkVTtLA5FC820evB6m+Hp/gDRRo/wsgDLCIoPoL+&#10;RexNNUSqp57sKdXE3VnoaNHnlSUIvsjeHi9+mjEJndFuV8u7Gyk0lxar93erm+x3db0ckdIXA17k&#10;pJHI4yoE1OGR0qn13DJxOT2fiaRxOwrXNnKZQfPJFtojSxl4mo2k33uFRor+a2C78ujPCZ6T7TnB&#10;1H+C8kGyogAf9gmsKwSuuBMBnkORMP2ZPOi/96Xr+rM3fwAAAP//AwBQSwMEFAAGAAgAAAAhAMXq&#10;qWXhAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3aoNaYhTVQhOSBVp&#10;OHB0YjexGq9D7Lbh77s9wW1GO5p9k28m17OzGYP1KGE+E8AMNl5bbCV8Ve9PKbAQFWrVezQSfk2A&#10;TXF/l6tM+wuW5ryPLaMSDJmS0MU4ZJyHpjNOhZkfDNLt4EenItmx5XpUFyp3PV8IkXCnLNKHTg3m&#10;tTPNcX9yErbfWL7Zn139WR5KW1VrgR/JUcrHh2n7AiyaKf6F4YZP6FAQU+1PqAPryYtVsqQsqWU6&#10;fwZ2y4h0sQZWk1qRBl7k/P+O4goAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD8Szp9mAEA&#10;ACEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDF6qll&#10;4QAAAA8BAAAPAAAAAAAAAAAAAAAAAPIDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="15C51E28" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                  <w:p w14:paraId="7B3BBA1E" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                     <w:pPr>
-                      <w:spacing w:before="191"/>
-                      <w:ind w:left="40"/>
+                      <w:spacing w:before="16"/>
+                      <w:ind w:left="60"/>
                     </w:pPr>
                     <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
                       <w:t>4</w:t>
                     </w:r>
                     <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="17B0BF72" w14:textId="08C5B022" w:rsidR="00D36EB6" w:rsidRDefault="00B04791">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1DBF5D60" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503299760" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CA65FB2" wp14:editId="2302C738">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487337472" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E0D9C3C" wp14:editId="6B2F9BD6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>6851650</wp:posOffset>
+                <wp:posOffset>6840219</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>9297035</wp:posOffset>
+                <wp:posOffset>9297173</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="128905" cy="181610"/>
-              <wp:effectExtent l="3175" t="635" r="1270" b="0"/>
+              <wp:extent cx="161925" cy="184785"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="3" name="Text Box 2"/>
+              <wp:docPr id="50" name="Textbox 50"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
-                      <a:spLocks noChangeArrowheads="1"/>
+                      <a:spLocks/>
                     </wps:cNvSpPr>
-                    <wps:spPr bwMode="auto">
+                    <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="128905" cy="181610"/>
+                        <a:ext cx="161925" cy="184785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:noFill/>
-[...21 lines deleted...]
-                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="1EAD6C1F" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                        <w:p w14:paraId="26D682B7" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                           <w:pPr>
-                            <w:spacing w:before="13"/>
-                            <w:ind w:left="40"/>
+                            <w:spacing w:before="16"/>
+                            <w:ind w:left="60"/>
                           </w:pPr>
                           <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
-                              <w:w w:val="99"/>
+                              <w:spacing w:val="-10"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
                             <w:t>7</w:t>
                           </w:r>
                           <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="1CA65FB2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="7E0D9C3C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:539.5pt;margin-top:732.05pt;width:10.15pt;height:14.3pt;z-index:-16720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDS0lNm2AEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zQVrErUdLXsahHS&#10;AistfMDEcRKLxGPGbpPy9YydpsvlDfFiTXw5cy6T3fU09OKoyRu0pcxXaym0VVgb25by65f7V1sp&#10;fABbQ49Wl/Kkvbzev3yxG12hN9hhX2sSDGJ9MbpSdiG4Isu86vQAfoVOWz5skAYI/EltVhOMjD70&#10;2Wa9vspGpNoRKu09797Nh3Kf8JtGq/C5abwOoi8lcwtppbRWcc32OyhaAtcZdaYB/8BiAGO56QXq&#10;DgKIA5m/oAajCD02YaVwyLBpjNJJA6vJ13+oeerA6aSFzfHuYpP/f7Dq0/HJPZII0zucOMAkwrsH&#10;VN+8sHjbgW31DRGOnYaaG+fRsmx0vjg/jVb7wkeQavyINYcMh4AJaGpoiK6wTsHoHMDpYrqeglCx&#10;5Wb7dv1GCsVH+Ta/ylMoGRTLY0c+vNc4iFiUkjjTBA7HBx8iGSiWK7GXxXvT9ynX3v62wRfjTiIf&#10;+c7Mw1RNwtSlfB2VRS0V1idWQzhPC083Fx3SDylGnpRS+u8HIC1F/8GyI3GsloKWoloKsIqfljJI&#10;MZe3YR6/gyPTdow8e27xhl1rTFL0zOJMl9NPQs+TGsfr1+906/l/2v8EAAD//wMAUEsDBBQABgAI&#10;AAAAIQCGFP044gAAAA8BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN1SpTjE&#10;qSoEJyREGg4cncRNrMbrELtt+Hs2p3Lb2R3Nvsm2k+vZ2YzBelSwXAhgBmvfWGwVfJVvD0/AQtTY&#10;6N6jUfBrAmzz25tMp42/YGHO+9gyCsGQagVdjEPKeag743RY+MEg3Q5+dDqSHFvejPpC4a7nKyES&#10;7rRF+tDpwbx0pj7uT07B7huLV/vzUX0Wh8KWpRT4nhyVur+bds/Aopni1QwzPqFDTkyVP2ETWE9a&#10;bCSViTStk/US2OwRUj4Cq+adXG2A5xn/3yP/AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ANLSU2bYAQAAlwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAIYU/TjiAAAADwEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Textbox 50" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:538.6pt;margin-top:732.05pt;width:12.75pt;height:14.55pt;z-index:-15979008;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBR/5TumAEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNG1hl27UdAWsQEgr&#10;QFr4ANexG4vYY2bcJv17xm7aIvaGuIzHnvHze2+8vh99Lw4GyUFo5GI2l8IEDa0Lu0b++P7x1UoK&#10;Siq0qodgGnk0JO83L1+sh1ibJXTQtwYFgwSqh9jILqVYVxXpznhFM4gmcNECepV4i7uqRTUwuu+r&#10;5Xx+Ww2AbUTQhohPH05FuSn41hqdvlpLJom+kcwtlYglbnOsNmtV71DFzumJhvoHFl65wI9eoB5U&#10;UmKP7hmUdxqBwKaZBl+BtU6booHVLOZ/qXnqVDRFC5tD8WIT/T9Y/eXwFL+hSON7GHmARQTFR9A/&#10;ib2phkj11JM9pZq4OwsdLfq8sgTBF9nb48VPMyahM9rt4m55I4Xm0mL15u3qJvtdXS9HpPTJgBc5&#10;aSTyuAoBdXikdGo9t0xcTs9nImncjsK1jXydQfPJFtojSxl4mo2kX3uFRor+c2C78ujPCZ6T7TnB&#10;1H+A8kGyogDv9gmsKwSuuBMBnkORMP2ZPOg/96Xr+rM3vwEAAP//AwBQSwMEFAAGAAgAAAAhAIyK&#10;gFHiAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHizu2ADFlmaxujJxEjx&#10;4HFhp0DKziK7bfHfu5zqbd7My5vv5dvZDOyMk+stSYhWAhhSY3VPrYSv6u3hCZjzirQaLKGEX3Sw&#10;LW5vcpVpe6ESz3vfshBCLlMSOu/HjHPXdGiUW9kRKdwOdjLKBzm1XE/qEsLNwGMhEm5UT+FDp0Z8&#10;6bA57k9Gwu6bytf+56P+LA9lX1UbQe/JUcr7u3n3DMzj7K9mWPADOhSBqbYn0o4NQYs0jYM3TOtk&#10;HQFbPJGIU2D1sts8xsCLnP/vUfwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUf+U7pgB&#10;AAAhAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAjIqA&#10;UeIAAAAPAQAADwAAAAAAAAAAAAAAAADyAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="1EAD6C1F" w14:textId="77777777" w:rsidR="00D36EB6" w:rsidRDefault="004663D4">
+                  <w:p w14:paraId="26D682B7" w14:textId="77777777" w:rsidR="003D1C59" w:rsidRDefault="00470BD3">
                     <w:pPr>
-                      <w:spacing w:before="13"/>
-                      <w:ind w:left="40"/>
+                      <w:spacing w:before="16"/>
+                      <w:ind w:left="60"/>
                     </w:pPr>
                     <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
-                        <w:w w:val="99"/>
+                        <w:spacing w:val="-10"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
                       <w:t>7</w:t>
                     </w:r>
                     <w:r>
-                      <w:fldChar w:fldCharType="end"/>
-[...144 lines deleted...]
-                    <w:r>
                       <w:rPr>
-                        <w:w w:val="99"/>
+                        <w:spacing w:val="-10"/>
                       </w:rPr>
-                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
-[...7 lines deleted...]
-                    <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1312C4E6" w14:textId="77777777" w:rsidR="004663D4" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="5B95B424" w14:textId="77777777" w:rsidR="00470BD3" w:rsidRDefault="00470BD3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0CF9BC76" w14:textId="77777777" w:rsidR="004663D4" w:rsidRDefault="004663D4">
+    <w:p w14:paraId="644716F1" w14:textId="77777777" w:rsidR="00470BD3" w:rsidRDefault="00470BD3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00154CC9"/>
+    <w:nsid w:val="60711885"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0D16709A"/>
-    <w:lvl w:ilvl="0" w:tplc="3A38F57E">
+    <w:tmpl w:val="9A58B476"/>
+    <w:lvl w:ilvl="0" w:tplc="88606F82">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="994" w:hanging="272"/>
+        <w:ind w:left="1272" w:hanging="273"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-6"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="AA2CE94E">
+    <w:lvl w:ilvl="1" w:tplc="4D148BEC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1519" w:hanging="366"/>
+        <w:ind w:left="1800" w:hanging="368"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
-        <w:w w:val="99"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="92"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="01FA3664">
+    <w:lvl w:ilvl="2" w:tplc="4F6EA4CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2239" w:hanging="478"/>
+        <w:ind w:left="2520" w:hanging="480"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:spacing w:val="-2"/>
-        <w:w w:val="99"/>
+        <w:w w:val="92"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2D56CB22">
+    <w:lvl w:ilvl="3" w:tplc="9E222E0C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2240" w:hanging="478"/>
+        <w:ind w:left="1800" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93A21B32">
+    <w:lvl w:ilvl="4" w:tplc="12E8D5DC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3485" w:hanging="478"/>
+        <w:ind w:left="2520" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C38A308A">
+    <w:lvl w:ilvl="5" w:tplc="D688B368">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4731" w:hanging="478"/>
+        <w:ind w:left="4020" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64628AA0">
+    <w:lvl w:ilvl="6" w:tplc="30245A02">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5977" w:hanging="478"/>
+        <w:ind w:left="5520" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="980A653E">
+    <w:lvl w:ilvl="7" w:tplc="523E99E6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7222" w:hanging="478"/>
+        <w:ind w:left="7020" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78FE0B06">
+    <w:lvl w:ilvl="8" w:tplc="8C147DAA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8468" w:hanging="478"/>
+        <w:ind w:left="8520" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...243 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="850029911">
+  <w:num w:numId="1" w16cid:durableId="1520200452">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D36EB6"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00D36EB6"/>
+    <w:rsidRoot w:val="003D1C59"/>
+    <w:rsid w:val="003D1C59"/>
+    <w:rsid w:val="00470BD3"/>
+    <w:rsid w:val="00C1311D"/>
+    <w:rsid w:val="00C8195D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="39DF76A7"/>
-  <w15:docId w15:val="{484F9173-239E-4DBD-B049-36A8D20C11FA}"/>
+  <w14:docId w14:val="3DE20B86"/>
+  <w15:docId w15:val="{E99D29B0-E915-41BB-BA04-30B0EBCFB7A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11827,62 +17101,96 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
-      <w:spacing w:before="1"/>
-      <w:ind w:left="800"/>
+      <w:spacing w:before="86"/>
+      <w:ind w:left="606"/>
       <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="37"/>
+      <w:szCs w:val="37"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="5"/>
+      <w:ind w:left="749"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="1080"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
@@ -11890,160 +17198,71 @@
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="1248" w:hanging="320"/>
+      <w:ind w:left="1079" w:hanging="368"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-  </w:style>
-[...26 lines deleted...]
-    <w:rsid w:val="009A1CA4"/>
     <w:pPr>
-      <w:framePr w:hSpace="187" w:wrap="notBeside" w:vAnchor="text" w:hAnchor="page" w:x="546" w:y="141"/>
-[...4 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:ind w:left="117"/>
     </w:pPr>
-    <w:rPr>
-[...54 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/MIH" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MIH@state.ma.us" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/105-CMR-17300-mobile-integrated-health-care-and-community-ems-programs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/MIH" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MIH@state.ma.us" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/105-CMR-17300-mobile-integrated-health-care-and-community-ems-programs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12290,64 +17509,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1528</Words>
-  <Characters>8714</Characters>
+  <Words>1470</Words>
+  <Characters>8383</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>69</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10222</CharactersWithSpaces>
+  <CharactersWithSpaces>9834</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>DeMarco, Stephanie (DPH)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2017-07-06T00:00:00Z</vt:filetime>
+    <vt:filetime>2024-08-12T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
-    <vt:lpwstr>Acrobat PDFMaker 11 for Word</vt:lpwstr>
+    <vt:lpwstr>Acrobat PDFMaker 24 for Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-    <vt:filetime>2021-01-05T00:00:00Z</vt:filetime>
+    <vt:filetime>2026-01-14T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Adobe PDF Library 24.2.255</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="SourceModified">
+    <vt:lpwstr>D:20240812201911</vt:lpwstr>
   </property>
 </Properties>
 </file>