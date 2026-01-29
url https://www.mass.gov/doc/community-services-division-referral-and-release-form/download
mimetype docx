--- v0 (2025-11-09)
+++ v1 (2026-01-29)
@@ -1,1259 +1,6517 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="79F75426" w14:textId="77777777" w:rsidR="00454068" w:rsidRPr="00950B82" w:rsidRDefault="00454068" w:rsidP="00454068">
+    <w:p w14:paraId="6C0787A0" w14:textId="0E0E0583" w:rsidR="00167B7E" w:rsidRDefault="00573B62">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:left="2892"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00950B82">
-[...4 lines deleted...]
-        <w:t>Community Services Division</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="210A5222" wp14:editId="02944B01">
+            <wp:extent cx="2695575" cy="1257300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2695575" cy="1257300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2064364F" w14:textId="77777777" w:rsidR="00454068" w:rsidRPr="00950B82" w:rsidRDefault="00454068" w:rsidP="00454068">
+    <w:p w14:paraId="77EAFD88" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:pStyle w:val="Heading3"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="28"/>
+        <w:ind w:left="4214" w:right="2386" w:hanging="925"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00950B82">
-[...4 lines deleted...]
-        <w:t>Referral Form</w:t>
+      <w:bookmarkStart w:id="0" w:name="10.21.25Community Services Division refe"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Division Referral Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D39294" w14:textId="77777777" w:rsidR="00950B82" w:rsidRPr="00494A3E" w:rsidRDefault="00950B82" w:rsidP="00950B82">
+    <w:p w14:paraId="0D0D46B7" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
       <w:pPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="223"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblInd w:w="370" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BD424F" w14:paraId="74A03776" w14:textId="77777777" w:rsidTr="00BD424F">
+      <w:tr w:rsidR="00167B7E" w14:paraId="3572AAEA" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="659C60DB" w14:textId="77777777" w:rsidR="00BD424F" w:rsidRPr="0060169D" w:rsidRDefault="00BD424F" w:rsidP="00BD424F">
+          <w:p w14:paraId="515E9B25" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0060169D">
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Date of Referral:</w:t>
-[...4 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Referral:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD424F" w14:paraId="66252B41" w14:textId="77777777" w:rsidTr="00BD424F">
+      <w:tr w:rsidR="00167B7E" w14:paraId="0D538D13" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0139ADD3" w14:textId="77777777" w:rsidR="00BD424F" w:rsidRPr="0060169D" w:rsidRDefault="00BD424F" w:rsidP="00BD424F">
+          <w:p w14:paraId="0B13AFFF" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0060169D">
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD424F" w14:paraId="06B0660C" w14:textId="77777777" w:rsidTr="00BD424F">
+      <w:tr w:rsidR="00167B7E" w14:paraId="19F94C5B" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5807A658" w14:textId="77777777" w:rsidR="00BD424F" w:rsidRPr="0060169D" w:rsidRDefault="00BD424F" w:rsidP="00BD424F">
+          <w:p w14:paraId="5957D7A9" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0060169D">
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Date of Birth:</w:t>
-[...4 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Birth:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD424F" w14:paraId="2D526E52" w14:textId="77777777" w:rsidTr="00BD424F">
+      <w:tr w:rsidR="00167B7E" w14:paraId="06C74FF9" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58E4006B" w14:textId="77777777" w:rsidR="00BD424F" w:rsidRPr="0060169D" w:rsidRDefault="00BD424F" w:rsidP="00950B82">
+          <w:p w14:paraId="0BF3105C" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0060169D">
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Parent(s)/Guardian’s Name (for a child referral):</w:t>
-[...4 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Parent(s)/Guardian’s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>referral):</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD424F" w14:paraId="2D4256E2" w14:textId="77777777" w:rsidTr="00BD424F">
+      <w:tr w:rsidR="00167B7E" w14:paraId="52F6B0FA" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="167C29A1" w14:textId="77777777" w:rsidR="00BD424F" w:rsidRPr="0060169D" w:rsidRDefault="00BD424F" w:rsidP="00BD424F">
+          <w:p w14:paraId="2753BFED" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0060169D">
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Address: </w:t>
-[...4 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Address:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD424F" w14:paraId="14C1E8ED" w14:textId="77777777" w:rsidTr="00BD424F">
+      <w:tr w:rsidR="00167B7E" w14:paraId="087D1E9B" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B37852F" w14:textId="77777777" w:rsidR="00BD424F" w:rsidRPr="0060169D" w:rsidRDefault="00BD424F" w:rsidP="00BD424F">
+          <w:p w14:paraId="5CF04468" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0060169D">
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Phone/VP number:</w:t>
-[...4 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Phone/VP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>number:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD424F" w14:paraId="15991519" w14:textId="77777777" w:rsidTr="00BD424F">
+      <w:tr w:rsidR="00167B7E" w14:paraId="3595310A" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7148F036" w14:textId="77777777" w:rsidR="00BD424F" w:rsidRPr="0060169D" w:rsidRDefault="00BD424F" w:rsidP="00BD424F">
+          <w:p w14:paraId="430BC519" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0060169D">
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Email address:</w:t>
-[...4 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Email</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>address:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD424F" w14:paraId="11BA29EA" w14:textId="77777777" w:rsidTr="00BD424F">
+      <w:tr w:rsidR="00167B7E" w14:paraId="571AFEC8" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26A45C43" w14:textId="77777777" w:rsidR="00BD424F" w:rsidRPr="0060169D" w:rsidRDefault="00BD424F" w:rsidP="00BD424F">
+          <w:p w14:paraId="3787281F" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0060169D">
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Hearing Status:</w:t>
-[...4 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Hearing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Status:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD424F" w14:paraId="49BDF855" w14:textId="77777777" w:rsidTr="00BD424F">
+      <w:tr w:rsidR="00167B7E" w14:paraId="2C29686D" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36F9433E" w14:textId="77777777" w:rsidR="00BD424F" w:rsidRPr="0060169D" w:rsidRDefault="00BD424F" w:rsidP="00BD424F">
+          <w:p w14:paraId="41AD3079" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0060169D">
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Preferred Language:</w:t>
-[...4 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Preferred</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Language:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD424F" w14:paraId="7B18CBA4" w14:textId="77777777" w:rsidTr="00BD424F">
+      <w:tr w:rsidR="00167B7E" w14:paraId="1DC32EF8" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="532B5C80" w14:textId="77777777" w:rsidR="00BD424F" w:rsidRPr="0060169D" w:rsidRDefault="00BD424F" w:rsidP="00BD424F">
+          <w:p w14:paraId="4B97E89A" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0060169D">
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Gender:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD424F" w14:paraId="6007B768" w14:textId="77777777" w:rsidTr="00BD424F">
+      <w:tr w:rsidR="00167B7E" w14:paraId="2DBE88A4" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="262AE8EF" w14:textId="77777777" w:rsidR="00BD424F" w:rsidRPr="0060169D" w:rsidRDefault="00BD424F" w:rsidP="00BD424F">
+          <w:p w14:paraId="63ED9D75" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0060169D">
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>MassHealth (yes/no):</w:t>
-[...4 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>MassHealth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(yes/no):</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD424F" w14:paraId="0C808349" w14:textId="77777777" w:rsidTr="00BD424F">
+      <w:tr w:rsidR="00167B7E" w14:paraId="11CA8838" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39C143D6" w14:textId="74E70F23" w:rsidR="0060169D" w:rsidRPr="0060169D" w:rsidRDefault="00BD424F" w:rsidP="00BD424F">
+          <w:p w14:paraId="018CCE14" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0060169D">
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Party making this referral (name and contact information):</w:t>
-[...4 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Party</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>making</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>referral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>contact</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>information):</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1EAEC0DB" w14:textId="77777777" w:rsidR="00950B82" w:rsidRPr="00494A3E" w:rsidRDefault="00950B82" w:rsidP="00950B82">
+    <w:p w14:paraId="21D8939B" w14:textId="1E7AD6A3" w:rsidR="00167B7E" w:rsidRDefault="00573B62">
       <w:pPr>
-        <w:rPr>
-          <w:szCs w:val="22"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251653632" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="23FD94EE" wp14:editId="34F10C8A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>917575</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>166370</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5937885" cy="1292860"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="363810959" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5937885" cy="1292860"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="71FCE756" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:kinsoku w:val="0"/>
+                              <w:overflowPunct w:val="0"/>
+                              <w:ind w:left="103"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Reason</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>for</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>referral:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="23FD94EE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:72.25pt;margin-top:13.1pt;width:467.55pt;height:101.8pt;z-index:251653632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6Xm79CwIAAPMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG3RljZqulq6LEJa&#10;FqSFD3AcJ7GwPWbsNlm+nrHTdldwQ+RgjTPj53lvnrfXozXsqDBocBVfzOacKSeh0a6r+Pdvd2/W&#10;nIUoXCMMOFXxJxX49e71q+3gS7WEHkyjkBGIC+XgK97H6MuiCLJXVoQZeOUo2QJaEWmLXdGgGAjd&#10;mmI5n6+KAbDxCFKFQH9vpyTfZfy2VTJ+adugIjMVp95iXjGvdVqL3VaUHQrfa3lqQ/xDF1ZoR5de&#10;oG5FFOyA+i8oqyVCgDbOJNgC2lZLlTkQm8X8DzaPvfAqcyFxgr/IFP4frHw4PvqvyOL4HkYaYCYR&#10;/D3IH4E52PfCdeoGEYZeiYYuXiTJisGH8nQ0SR3KkEDq4TM0NGRxiJCBxhZtUoV4MkKnATxdRFdj&#10;ZJJ+Xm3evluvrziTlFssN8v1Ko+lEOX5uMcQPyqwLAUVR5pqhhfH+xBTO6I8l6TbHNxpY/JkjWND&#10;xVfzzWoiBkY3KZnKAnb13iA7iuSN/GVulHlZZnUkhxptK76+FIkyyfHBNfmWKLSZYurEuJM+SZJJ&#10;nDjWIxUmnWponkgphMmJ9HIo6AF/cTaQCysefh4EKs7MJ0dqJ8ueAzwH9TkQTtLRikfOpnAfJ2sf&#10;POquJ+Rpng5uaCKtzlo9d3Hqk5yVJTy9gmTdl/tc9fxWd78BAAD//wMAUEsDBBQABgAIAAAAIQBO&#10;pN613gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BboMwDIbvk/oOkSfttoahwigjVNXUXnaY&#10;RNcHSIkHtMRBJC3s7eeetuNvf/r9udjMthc3HH3nSMHLMgKBVDvTUaPg+LV/zkD4oMno3hEq+EEP&#10;m3LxUOjcuIkqvB1CI7iEfK4VtCEMuZS+btFqv3QDEu++3Wh14Dg20ox64nLbyziKUml1R3yh1QO+&#10;t1hfDlerAKtz59w+m6ohNMcPv0uS3Wei1NPjvH0DEXAOfzDc9VkdSnY6uSsZL3rOq1XCqII4jUHc&#10;geh1nYI48SReZyDLQv7/ofwFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOl5u/QsCAADz&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATqTetd4A&#10;AAALAQAADwAAAAAAAAAAAAAAAABlBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" o:allowincell="f" filled="f" strokeweight=".48pt">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="71FCE756" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:kinsoku w:val="0"/>
+                        <w:overflowPunct w:val="0"/>
+                        <w:ind w:left="103"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:spacing w:val="-2"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Reason</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:spacing w:val="-4"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>for</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:spacing w:val="-4"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:spacing w:val="-2"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>referral:</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...82 lines deleted...]
-    <w:p w14:paraId="47D4F322" w14:textId="77777777" w:rsidR="009B018C" w:rsidRPr="00AF2091" w:rsidRDefault="009B018C" w:rsidP="00950B82">
+    <w:p w14:paraId="0CA35653" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
       <w:pPr>
-        <w:rPr>
-          <w:szCs w:val="22"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="256"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="467885"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="00AF2091">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>send</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>forms</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="46"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-[...2 lines deleted...]
-            <w:u w:val="none"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="467885"/>
           </w:rPr>
-          <w:t>MCDHH-CommServDiv@mass.gov</w:t>
+          <w:t>MCDHH-</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="467885"/>
+            <w:spacing w:val="-2"/>
+          </w:rPr>
+          <w:t>CommServDiv@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AF2091">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="79B2552C" w14:textId="337768D1" w:rsidR="00454068" w:rsidRPr="00AF2091" w:rsidRDefault="00454068" w:rsidP="001A1C35">
+    <w:p w14:paraId="7133620A" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1079"/>
+        </w:tabs>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="245" w:lineRule="exact"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF2091">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Include a signed Release of Information form, if available</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Include</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>signed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Release</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>form,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4833600D" w14:textId="77777777" w:rsidR="00950B82" w:rsidRPr="00AF2091" w:rsidRDefault="00454068" w:rsidP="001A1C35">
+    <w:p w14:paraId="5B44FE73" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1079"/>
+        </w:tabs>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="2" w:line="237" w:lineRule="auto"/>
+        <w:ind w:right="806"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF2091">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Include any pertinent information</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Include</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF2091">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>i.e., discharge plans, evaluation/assessment reports, other pertinent reports, and/or pertinent case notes.</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>pertinent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>If there are any questions pertaining to making referrals, please contact the Community Services Division at Massachusetts Commission for Deaf and Hard of Hearing.</w:t>
-[...8 lines deleted...]
-        </w:numPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(617) 740</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="03E06B23" w:rsidRPr="00AF2091">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>(i.e.,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1600 (Voice)</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AF2091">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>or (617) 326-7546 (Video Phone)</w:t>
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>plans,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>evaluation/assessment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>reports,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>other pertinent reports, and/or pertinent case notes.)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00454068" w:rsidRPr="00AF2091">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:p w14:paraId="00E257B9" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:left="359" w:right="439"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>there</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>questions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>pertaining</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>making</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>referrals,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Division at Massachusetts Commission for Deaf and Hard of Hearing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064C14CD" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="246" w:lineRule="exact"/>
+        <w:ind w:left="1439"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:spacing w:val="42"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(617)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>740-1600</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(Voice)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(617)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>326-7546</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(Video</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Phone)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC69F9E" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="246" w:lineRule="exact"/>
+        <w:ind w:left="1439"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00167B7E">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="1080" w:bottom="280" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:noEndnote/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71E636A3" w14:textId="1219E8C4" w:rsidR="00167B7E" w:rsidRDefault="00573B62">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="38"/>
+        <w:ind w:left="2469"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5247393D" wp14:editId="4A0DE513">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>932815</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>23495</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1092200" cy="1282700"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2101565207" name="Rectangle 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1092200" cy="1282700"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="58683333" w14:textId="7F9E3F54" w:rsidR="00167B7E" w:rsidRDefault="00573B62">
+                            <w:pPr>
+                              <w:widowControl/>
+                              <w:autoSpaceDE/>
+                              <w:autoSpaceDN/>
+                              <w:adjustRightInd/>
+                              <w:spacing w:line="2020" w:lineRule="atLeast"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:noProof/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:drawing>
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44EB1B8B" wp14:editId="586040AE">
+                                  <wp:extent cx="1085850" cy="1276350"/>
+                                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                                  <wp:docPr id="3" name="Picture 1"/>
+                                  <wp:cNvGraphicFramePr>
+                                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                                  </wp:cNvGraphicFramePr>
+                                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                        <pic:nvPicPr>
+                                          <pic:cNvPr id="0" name="Picture 3"/>
+                                          <pic:cNvPicPr>
+                                            <a:picLocks noChangeArrowheads="1"/>
+                                          </pic:cNvPicPr>
+                                        </pic:nvPicPr>
+                                        <pic:blipFill>
+                                          <a:blip r:embed="rId7">
+                                            <a:extLst>
+                                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                              </a:ext>
+                                            </a:extLst>
+                                          </a:blip>
+                                          <a:srcRect/>
+                                          <a:stretch>
+                                            <a:fillRect/>
+                                          </a:stretch>
+                                        </pic:blipFill>
+                                        <pic:spPr bwMode="auto">
+                                          <a:xfrm>
+                                            <a:off x="0" y="0"/>
+                                            <a:ext cx="1085850" cy="1276350"/>
+                                          </a:xfrm>
+                                          <a:prstGeom prst="rect">
+                                            <a:avLst/>
+                                          </a:prstGeom>
+                                          <a:noFill/>
+                                          <a:ln>
+                                            <a:noFill/>
+                                          </a:ln>
+                                        </pic:spPr>
+                                      </pic:pic>
+                                    </a:graphicData>
+                                  </a:graphic>
+                                </wp:inline>
+                              </w:drawing>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="30811314" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="5247393D" id="Rectangle 3" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:73.45pt;margin-top:1.85pt;width:86pt;height:101pt;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtKwgM0AEAAI8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vvjysHVGnKJo0WFA&#10;dwG6fYAiy7YwW9RIJXb29aPkON3Wt2IvAkmJhzyH1PZ6HgdxNEgWXC2LTS6FcRoa67pafv92/+ZK&#10;CgrKNWoAZ2p5MiSvd69fbSdfmRJ6GBqDgkEcVZOvZR+Cr7KMdG9GRRvwxvFlCziqwC52WYNqYvRx&#10;yMo8f5tNgI1H0IaIo3fLpdwl/LY1OnxpWzJBDLXk3kI6MZ37eGa7rao6VL63+tyGekEXo7KOi16g&#10;7lRQ4oD2GdRoNQJBGzYaxgza1mqTODCbIv+HzWOvvElcWBzyF5no/8Hqz8dH/xVj6+QfQP8g4eC2&#10;V64zN4gw9UY1XK6IQmWTp+qSEB3iVLGfPkHDo1WHAEmDucUxAjI7MSepTxepzRyE5mCRvy95flJo&#10;vivKq/IdO7GGqtZ0jxQ+GBhFNGqJPMsEr44PFJan65NYzcG9HYY0z8H9FWDMGEntx47jclAV5v0s&#10;bHPmFiN7aE7MB2HZEt5qNnrAX1JMvCG1pJ8HhUaK4aNjTeI6rQauxn41lNOcWssgxWLehmXtDh5t&#10;1zNykdg4uGHdWpsYPXVxbpennjQ5b2hcqz/99OrpH+1+AwAA//8DAFBLAwQUAAYACAAAACEAzkN6&#10;EeAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KjTFtokxKkqHipLaJEK&#10;Ozcekgh7HMVuE/h6hhUsj+7VnTPFanRWnLAPrScF00kCAqnypqVawevu8SoFEaImo60nVPCFAVbl&#10;+Vmhc+MHesHTNtaCRyjkWkETY5dLGaoGnQ4T3yFx9uF7pyNjX0vT64HHnZWzJFlIp1viC43u8K7B&#10;6nN7dAo2abd+e/LfQ20f3jf75312v8uiUpcX4/oWRMQx/pXhV5/VoWSngz+SCcIyXy8yriqYL0Fw&#10;Pp+mzAcFs+RmCbIs5P8Pyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArSsIDNABAACP&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzkN6EeAA&#10;AAAJAQAADwAAAAAAAAAAAAAAAAAqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADcF&#10;AAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="58683333" w14:textId="7F9E3F54" w:rsidR="00167B7E" w:rsidRDefault="00573B62">
+                      <w:pPr>
+                        <w:widowControl/>
+                        <w:autoSpaceDE/>
+                        <w:autoSpaceDN/>
+                        <w:adjustRightInd/>
+                        <w:spacing w:line="2020" w:lineRule="atLeast"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:noProof/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:drawing>
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44EB1B8B" wp14:editId="586040AE">
+                            <wp:extent cx="1085850" cy="1276350"/>
+                            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                            <wp:docPr id="3" name="Picture 1"/>
+                            <wp:cNvGraphicFramePr>
+                              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                            </wp:cNvGraphicFramePr>
+                            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                  <pic:nvPicPr>
+                                    <pic:cNvPr id="0" name="Picture 3"/>
+                                    <pic:cNvPicPr>
+                                      <a:picLocks noChangeArrowheads="1"/>
+                                    </pic:cNvPicPr>
+                                  </pic:nvPicPr>
+                                  <pic:blipFill>
+                                    <a:blip r:embed="rId7">
+                                      <a:extLst>
+                                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                        </a:ext>
+                                      </a:extLst>
+                                    </a:blip>
+                                    <a:srcRect/>
+                                    <a:stretch>
+                                      <a:fillRect/>
+                                    </a:stretch>
+                                  </pic:blipFill>
+                                  <pic:spPr bwMode="auto">
+                                    <a:xfrm>
+                                      <a:off x="0" y="0"/>
+                                      <a:ext cx="1085850" cy="1276350"/>
+                                    </a:xfrm>
+                                    <a:prstGeom prst="rect">
+                                      <a:avLst/>
+                                    </a:prstGeom>
+                                    <a:noFill/>
+                                    <a:ln>
+                                      <a:noFill/>
+                                    </a:ln>
+                                  </pic:spPr>
+                                </pic:pic>
+                              </a:graphicData>
+                            </a:graphic>
+                          </wp:inline>
+                        </w:drawing>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="30811314" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="page"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="MCDHH ROI 10.3.25.pdf"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MA</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>COMMISSION</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>FOR</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>THE</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DEAF</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AND</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HARD</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OF</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HEARING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CAFBA6" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:left="3125" w:right="654"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>COMMONWEALTH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OF</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MASSACHUSETTS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40 BROAD STREET, BOSTON, MA 02109 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MASS.GOV/MCDHH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3124C4E1" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="column"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA1C0B4" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A6AB8D8" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="29"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B420F2F" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:right="465"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>VOICE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(617)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>740-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1600</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404D5A50" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+        <w:ind w:right="465"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>VP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(617)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>326-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>7546</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="728E798A" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="219" w:lineRule="exact"/>
+        <w:ind w:right="465"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>TTY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(617)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>740-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1700</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED9921A" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:right="465"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>VOICE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(800)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>882-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1155</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC6C9BC" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:right="465"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>TTY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(800)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>530-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>7570</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7436066A" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:right="465"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>FAX</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(617)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>740-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1810</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A0F788" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:right="465"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00167B7E">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="760" w:right="1080" w:bottom="280" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720" w:equalWidth="0">
+            <w:col w:w="7610" w:space="40"/>
+            <w:col w:w="2430"/>
+          </w:cols>
+          <w:noEndnote/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55451351" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="123"/>
+        <w:rPr>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="44536A"/>
+        </w:rPr>
+        <w:t>MAURA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="44536A"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F487C"/>
+        </w:rPr>
+        <w:t>T.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>HEALEY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5602EE61" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GOVERNOR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="497FE4EA" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="79"/>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+        </w:rPr>
+        <w:t>KIMBERLEY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>DRISCOLL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A7DD181" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>LIEUTENANT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F487C"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GOVERNOR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57DB1C4D" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="214"/>
+        <w:ind w:left="4663"/>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+        </w:rPr>
+        <w:t>KIAME</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+        </w:rPr>
+        <w:t>MAHANIAH,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+        </w:rPr>
+        <w:t>MD,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MBA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD99908" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="4663"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECRETARY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D08054" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:left="4663"/>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+        </w:rPr>
+        <w:t>DR.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+        </w:rPr>
+        <w:t>OPEOLUWA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>SOTONWA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD7E7BE" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:left="4663"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>COMMISSIONER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E2139A" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>COMMUNITY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>SERVICES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>DIVISION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6716E1E5" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Release</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of/Request</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E4FE0E" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00167B7E">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="1080" w:bottom="280" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720" w:equalWidth="0">
+            <w:col w:w="2586" w:space="40"/>
+            <w:col w:w="7454"/>
+          </w:cols>
+          <w:noEndnote/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32F3668F" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="170"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1030" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2173"/>
+        <w:gridCol w:w="5664"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00167B7E" w14:paraId="39484BB7" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="297"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EB23F03" w14:textId="26B9CA56" w:rsidR="00167B7E" w:rsidRDefault="00573B62">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="241" w:lineRule="exact"/>
+              <w:ind w:left="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="116BBDA4" wp14:editId="4293448E">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>222250</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>179705</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2420620" cy="12700"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1104377448" name="Group 4"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2420620" cy="12700"/>
+                                <a:chOff x="350" y="283"/>
+                                <a:chExt cx="3812" cy="20"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="988094338" name="Freeform 5"/>
+                              <wps:cNvSpPr>
+                                <a:spLocks/>
+                              </wps:cNvSpPr>
+                              <wps:spPr bwMode="auto">
+                                <a:xfrm>
+                                  <a:off x="350" y="283"/>
+                                  <a:ext cx="3812" cy="15"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst>
+                                    <a:gd name="T0" fmla="*/ 3811 w 3812"/>
+                                    <a:gd name="T1" fmla="*/ 0 h 15"/>
+                                    <a:gd name="T2" fmla="*/ 2791 w 3812"/>
+                                    <a:gd name="T3" fmla="*/ 0 h 15"/>
+                                    <a:gd name="T4" fmla="*/ 2791 w 3812"/>
+                                    <a:gd name="T5" fmla="*/ 0 h 15"/>
+                                    <a:gd name="T6" fmla="*/ 2776 w 3812"/>
+                                    <a:gd name="T7" fmla="*/ 0 h 15"/>
+                                    <a:gd name="T8" fmla="*/ 0 w 3812"/>
+                                    <a:gd name="T9" fmla="*/ 0 h 15"/>
+                                    <a:gd name="T10" fmla="*/ 0 w 3812"/>
+                                    <a:gd name="T11" fmla="*/ 14 h 15"/>
+                                    <a:gd name="T12" fmla="*/ 2776 w 3812"/>
+                                    <a:gd name="T13" fmla="*/ 14 h 15"/>
+                                    <a:gd name="T14" fmla="*/ 2791 w 3812"/>
+                                    <a:gd name="T15" fmla="*/ 14 h 15"/>
+                                    <a:gd name="T16" fmla="*/ 2791 w 3812"/>
+                                    <a:gd name="T17" fmla="*/ 14 h 15"/>
+                                    <a:gd name="T18" fmla="*/ 3811 w 3812"/>
+                                    <a:gd name="T19" fmla="*/ 14 h 15"/>
+                                    <a:gd name="T20" fmla="*/ 3811 w 3812"/>
+                                    <a:gd name="T21" fmla="*/ 0 h 15"/>
+                                  </a:gdLst>
+                                  <a:ahLst/>
+                                  <a:cxnLst>
+                                    <a:cxn ang="0">
+                                      <a:pos x="T0" y="T1"/>
+                                    </a:cxn>
+                                    <a:cxn ang="0">
+                                      <a:pos x="T2" y="T3"/>
+                                    </a:cxn>
+                                    <a:cxn ang="0">
+                                      <a:pos x="T4" y="T5"/>
+                                    </a:cxn>
+                                    <a:cxn ang="0">
+                                      <a:pos x="T6" y="T7"/>
+                                    </a:cxn>
+                                    <a:cxn ang="0">
+                                      <a:pos x="T8" y="T9"/>
+                                    </a:cxn>
+                                    <a:cxn ang="0">
+                                      <a:pos x="T10" y="T11"/>
+                                    </a:cxn>
+                                    <a:cxn ang="0">
+                                      <a:pos x="T12" y="T13"/>
+                                    </a:cxn>
+                                    <a:cxn ang="0">
+                                      <a:pos x="T14" y="T15"/>
+                                    </a:cxn>
+                                    <a:cxn ang="0">
+                                      <a:pos x="T16" y="T17"/>
+                                    </a:cxn>
+                                    <a:cxn ang="0">
+                                      <a:pos x="T18" y="T19"/>
+                                    </a:cxn>
+                                    <a:cxn ang="0">
+                                      <a:pos x="T20" y="T21"/>
+                                    </a:cxn>
+                                  </a:cxnLst>
+                                  <a:rect l="0" t="0" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="3812" h="15">
+                                      <a:moveTo>
+                                        <a:pt x="3811" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2791" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="2791" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="2776" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="14"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="2776" y="14"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="2791" y="14"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="2791" y="14"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="3811" y="14"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="3811" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:ln>
+                                  <a:noFill/>
+                                </a:ln>
+                                <a:extLst>
+                                  <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                                    <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                      <a:solidFill>
+                                        <a:srgbClr val="000000"/>
+                                      </a:solidFill>
+                                      <a:round/>
+                                      <a:headEnd/>
+                                      <a:tailEnd/>
+                                    </a14:hiddenLine>
+                                  </a:ext>
+                                </a:extLst>
+                              </wps:spPr>
+                              <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="page">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="page">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="431E907E" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:17.5pt;margin-top:14.15pt;width:190.6pt;height:1pt;z-index:251660800" coordorigin="350,283" coordsize="3812,20" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNpmGk2AMAAF8MAAAOAAAAZHJzL2Uyb0RvYy54bWysV9tu2zgQfV+g/0DoscBGomzHthCnWLSb&#10;YIG2W6DZD6Ap6oKVRC1JW85+fWdISaZTyzHa5kGizMPDmTPD4eTu3aGuyF4oXcpmE9CbKCCi4TIt&#10;m3wT/PP08PsqINqwJmWVbMQmeBY6eHf/5re7rk1ELAtZpUIRIGl00rWboDCmTcJQ80LUTN/IVjQw&#10;mUlVMwOfKg9TxTpgr6swjqLbsJMqbZXkQmv49YObDO4tf5YJbv7OMi0MqTYB2GbsU9nnFp/h/R1L&#10;csXaouS9GewHrKhZ2cCmI9UHZhjZqfI7qrrkSmqZmRsu61BmWcmF9QG8odELbx6V3LXWlzzp8naU&#10;CaR9odMP0/LP+0fVfm2/KGc9DD9K/q8GXcKuzRN/Hr9zBybb7pNMIZ5sZ6R1/JCpGinAJXKw+j6P&#10;+oqDIRx+jOdxdBtDGDjM0XgZ9frzAoKEq2YLmIS5eDVzkeHFn/3a2YrGbiEQoHUscVtaM3uzMOyQ&#10;R/oolf45qb4WrBU2Ahql+KJImW6C9WoVreezGeR2w2pQ4UEJgTlKFmga2gDgQVTtK+rNIEyD8K9q&#10;+Z0qg55HTajdeNSEJXynzaOQNiRs/1Ebl+gpjGyg097yJxA8qyvI+bchAT5KOnzF/cEYYdSDRaQg&#10;bkPI9xEB0RmJ4uV6imjmwc4TzT3EBaKFBztPdOsh4uXydsK1pQc7TwRxHl2LJljWJ5hzAlFf6ika&#10;6gtN52eVxoMw2nPBMeprPcV1pdoQ7+OeU1yngk+mAPUVn+LyNb+Ul77uE1xYcUa9LnDFvvbHTIBT&#10;lQ/nhhXDUeKHpj9LMCIMr7vIFsJWaixleLCgkj3RvlgBCg/eBBgiimBb9WC/y2AIGYKHI38ZDDFB&#10;8PIqM0B0BK+vAmM+IxpS1tXjy4Zg1lr4dU7S3suxsr3C3vsJuXWVMb2n9DpXMYPQdsgQj90Fqs8C&#10;Ba3GyyZDBQSajC2uYUnLDCbPMCQdXHf2TivgLlzY1KnlXjxJizD2OoR6bDcebrwjoGp8IJbJE+Aw&#10;Pbxby3c1bOnUHLYdWIa3Y3OaXIOBWDrZBoLhPZjV7/cqrvfyF+GwFFjVXuEbcS995ZXUwnmG0bVN&#10;yRhmzA7vEtayKtOHsqowvFrl2/eVInuGban96xU6gVW2ZDQSlw0C2r7MNQ6u09jK9BmaCCVdbwu9&#10;OAwKqf4PSAd97SbQ/+2YEgGp/mqgG1rT+RwiZ+zHfLHE1Fb+zNafYQ0Hqk1gAihxOHxvXPO8a1WZ&#10;F7ATtZnbyD+gEcxKbDOgIdOJs6r/gIbMjmwXC6OTNtn/tqjj/wX33wAAAP//AwBQSwMEFAAGAAgA&#10;AAAhANtqUy/fAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj01rwkAQhu+F/odlCr3VzUcVidmI&#10;SNuTFKqF4m3NjkkwOxuyaxL/faenehye4X2fN19PthUD9r5xpCCeRSCQSmcaqhR8H95fliB80GR0&#10;6wgV3NDDunh8yHVm3EhfOOxDJTiEfKYV1CF0mZS+rNFqP3MdErOz660OfPaVNL0eOdy2MomihbS6&#10;IW6odYfbGsvL/moVfIx63KTx27C7nLe342H++bOLUannp2mzAhFwCv/P8KfP6lCw08ldyXjRKkjn&#10;PCUoSJYpCOav8SIBcWIQpSCLXN4PKH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzaZh&#10;pNgDAABfDAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;22pTL98AAAAIAQAADwAAAAAAAAAAAAAAAAAyBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD4HAAAAAA==&#10;">
+                      <v:shape id="Freeform 5" o:spid="_x0000_s1027" style="position:absolute;left:350;top:283;width:3812;height:15;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3812,15" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB4mzGzxQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dasIw&#10;FL4f+A7hCN7NdDpm2xlFRMfAK3UPcGiObVlzUpJY2z69uRjs8uP7X29704iOnK8tK3ibJyCIC6tr&#10;LhX8XI+vKQgfkDU2lknBQB62m8nLGnNtH3ym7hJKEUPY56igCqHNpfRFRQb93LbEkbtZZzBE6Eqp&#10;HT5iuGnkIkk+pMGaY0OFLe0rKn4vd6OABjrQydbDOH4N3W3VXk+ZG5WaTfvdJ4hAffgX/7m/tYIs&#10;TZPsfbmMm+OleAfk5gkAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB4mzGzxQAAAOIAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m3811,l2791,r,l2776,,,,,14r2776,l2791,14r,l3811,14r,-14xe" fillcolor="black" stroked="f">
+                        <v:path arrowok="t" o:connecttype="custom" o:connectlocs="3811,0;2791,0;2791,0;2776,0;0,0;0,14;2776,14;2791,14;2791,14;3811,14;3811,0" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="00167B7E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5664" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57281F5E" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="241" w:lineRule="exact"/>
+              <w:ind w:left="1988"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>give</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>permission</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>copies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>records</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="258D7AE8" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="1953"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(Client/Consumer’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Name)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB0DE70" w14:textId="64FB1748" w:rsidR="00167B7E" w:rsidRDefault="00573B62">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="217" w:line="477" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6D57064E" wp14:editId="7F5B19D6">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2000885</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>608965</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4857115" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1070735141" name="Freeform 6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4857115" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="*/ 7648 w 7649"/>
+                            <a:gd name="T1" fmla="*/ 0 h 15"/>
+                            <a:gd name="T2" fmla="*/ 0 w 7649"/>
+                            <a:gd name="T3" fmla="*/ 0 h 15"/>
+                            <a:gd name="T4" fmla="*/ 0 w 7649"/>
+                            <a:gd name="T5" fmla="*/ 14 h 15"/>
+                            <a:gd name="T6" fmla="*/ 7648 w 7649"/>
+                            <a:gd name="T7" fmla="*/ 14 h 15"/>
+                            <a:gd name="T8" fmla="*/ 7648 w 7649"/>
+                            <a:gd name="T9" fmla="*/ 0 h 15"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T0" y="T1"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T2" y="T3"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T4" y="T5"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T6" y="T7"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T8" y="T9"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="7649" h="15">
+                              <a:moveTo>
+                                <a:pt x="7648" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="14"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="7648" y="14"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="7648" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="21BE103B" id="Freeform 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:157.55pt;margin-top:47.95pt;width:382.45pt;height:.75pt;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7649,15" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEk2bz1AIAADIHAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1vmzAUfZ+0/2D5cdJKSEmToJJqatVp&#10;UtdNavYDHGMCmrE92wnpfv3uNR8lXVpV03gAGx/Ovfdc+3B5dagl2QvrKq0yGp9NKBGK67xS24z+&#10;WN9+XFDiPFM5k1qJjD4KR69W799dNiYVU11qmQtLgES5tDEZLb03aRQ5XoqauTNthILFQtuaeZja&#10;bZRb1gB7LaPpZHIRNdrmxmounIO3N+0iXQX+ohDcfysKJzyRGYXcfLjbcN/gPVpdsnRrmSkr3qXB&#10;/iGLmlUKgg5UN8wzsrPVX1R1xa12uvBnXNeRLoqKi1ADVBNPnlXzUDIjQi0gjjODTO7/0fL7/YP5&#10;bjF1Z+40/+lAkagxLh1WcOIAQzbNV51DD9nO61DsobA1fgllkEPQ9HHQVBw84fAyWczmcTyjhMPa&#10;cjadoeQRS/tv+c75z0IHHra/c77tSA6joGdOFKsh6Bq6V9QSmvMhIvOLZEEafCy7Dg6weASbkJJA&#10;6I6xJ5oeIU6znB9hTrEkR4jTLFD1kHKcnEzmYgR5par5CPYCExy0IdgrTMsR7EkfaMi2l5yVfRf4&#10;QXVtgBFheKQnofFGO2w49gS6uo67ngIKe/YCGHRH8PmbwCAvgvvd8joziIjg+ZuYQScEh40DZQfm&#10;9tnVasE0ntuFpQTsYtNuJcM8SoSl4pA0GQ07kZTggLMgUK33Yq0DwqNS2JAQNzgOhHsCSDUGtor2&#10;qH6tf5pA1mLipCu3X+yfLWiI+Fbc85hcaifas4pVhkM7VI6CjQ6u07LKbyspsWJnt5tracmeoeeG&#10;q8v0CCbDXlEaP2vD4JtgPeg26OAu3ej8EZzH6ta44UcDg1Lb35Q0YNoZdb92zApK5BcFrriMkwTU&#10;8WGSzOZTmNjxyma8whQHqox6Cnsbh9e+/TPsjK22JUSKQzOV/gSOV1RoTSG/NqtuAsYctOl+Iuj8&#10;43lAPf3qVn8AAAD//wMAUEsDBBQABgAIAAAAIQA+mznh4QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSLxDZCQuaEsLDLbSdEIIOCAk2OCwY9aYttA4pUmzjqfHO8HR9qff358vR9uK&#10;iL1vHClIpwkIpNKZhioF728PkzkIHzQZ3TpCBXv0sCyOj3KdGbejFcZ1qASHkM+0gjqELpPSlzVa&#10;7aeuQ+Lbh+utDjz2lTS93nG4beV5klxJqxviD7Xu8K7G8ms9WAXxc3O/993jc6Sfs++XJ4OvcTMo&#10;dXoy3t6ACDiGPxgO+qwOBTtt3UDGi1bBRTpLGVWwmC1AHIBknnC7LW+uL0EWufxfofgFAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEABJNm89QCAAAyBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPps54eEAAAAKAQAADwAAAAAAAAAAAAAAAAAuBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADwGAAAAAA==&#10;" o:allowincell="f" path="m7648,l,,,14r7648,l7648,xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="4856480,0;0,0;0,8890;4856480,8890;4856480,0" o:connectangles="0,0,0,0,0"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:t>Information</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:t>released</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:t>and/or</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:t>shared</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:t>(in</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:t>communication</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:t>over</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:t>telephone</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:t xml:space="preserve">meetings) </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>between</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F524573" w14:textId="2FF31E16" w:rsidR="00167B7E" w:rsidRDefault="00573B62">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251654656" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3E99D459" wp14:editId="50C1A566">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1371600</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>51435</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5486400" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="610971127" name="Freeform 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5486400" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="*/ 8640 w 8640"/>
+                            <a:gd name="T1" fmla="*/ 0 h 15"/>
+                            <a:gd name="T2" fmla="*/ 0 w 8640"/>
+                            <a:gd name="T3" fmla="*/ 0 h 15"/>
+                            <a:gd name="T4" fmla="*/ 0 w 8640"/>
+                            <a:gd name="T5" fmla="*/ 14 h 15"/>
+                            <a:gd name="T6" fmla="*/ 8640 w 8640"/>
+                            <a:gd name="T7" fmla="*/ 14 h 15"/>
+                            <a:gd name="T8" fmla="*/ 8640 w 8640"/>
+                            <a:gd name="T9" fmla="*/ 0 h 15"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T0" y="T1"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T2" y="T3"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T4" y="T5"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T6" y="T7"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T8" y="T9"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="8640" h="15">
+                              <a:moveTo>
+                                <a:pt x="8640" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="14"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="8640" y="14"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="8640" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="266CADAE" id="Freeform 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:108pt;margin-top:4.05pt;width:6in;height:.75pt;z-index:251654656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8640,15" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeW6W1ywIAADIHAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1vmzAUfZ+0/2D5cdIKpKRtUEk1teo0&#10;aV9Ssx/gGBPQjO3ZTkj363ev+Sjp0iqaxgPY3ONzfc/Bl+ubfSPJTlhXa5XT5CymRCiui1ptcvpj&#10;df/+ihLnmSqY1Erk9FE4erN8++a6NZmY6UrLQlgCJMplrclp5b3JosjxSjTMnWkjFARLbRvmYWo3&#10;UWFZC+yNjGZxfBG12hbGai6cg7d3XZAuA39ZCu6/laUTnsicwt58uNtwX+M9Wl6zbGOZqWreb4P9&#10;wy4aVitIOlLdMc/I1tZ/UTU1t9rp0p9x3US6LGsuQg1QTRI/q+ahYkaEWkAcZ0aZ3P+j5V93D+a7&#10;xa0781nznw4UiVrjsjGCEwcYsm6/6AI8ZFuvQ7H70ja4Esog+6Dp46ip2HvC4eU8vbpIY5CeQ2wx&#10;n81R8ohlw1q+df6j0IGH7T473zlSwCjoWRDFGki6AoqykWDOu4ggJWnDo3dwhCUTWEwqkoSEYMyI&#10;mB0gjrOcH2COsaQHiOMs8wkmSY9u5mICeaWqywnsBSY4aKfos5jAnvQBQzaD5KwaXOB71dsAI8Lw&#10;SMfBeKMdGo6egKurpPcUUOjZC2DQHcHnJ4FBXgQPX8vrzCAigi9PYgadELyYgqF8yNDXaqFpPG8X&#10;lhJoF2tcwzLDPEo0DEmbU7SOkgo64DwI1OidWOmA8KhUF4e8oeNAuieAVFNgp+iAGmLD0wSyDpOk&#10;fQVDcHh2oDHjqbjnObnUTnRnFQsOh3asHAWbHFynZV3c11Jixc5u1rfSkh3DnhuufqcHMBm+FaVx&#10;WZcG34TWg90GO7jL1rp4hM5jdde44UcDg0rb35S00LRz6n5tmRWUyE8KuuIiSdEHHybp/HIGEzuN&#10;rKcRpjhQ5dRT+LZxeOu7P8PW2HpTQaYkmKn0B+h4ZY2tKeyv21U/gcYctOl/Itj5p/OAevrVLf8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCp6dna3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqJ0UohCyqRASAoFUqYUPcOMlCcTrYLtt+HvcExxnZzXzpl7NdhQH8mFwjJAtFAji&#10;1pmBO4T3t8erEkSImo0eHRPCDwVYNednta6MO/KGDtvYiRTCodIIfYxTJWVoe7I6LNxEnLwP562O&#10;SfpOGq+PKdyOMleqkFYPnBp6PdFDT+3Xdm8RzDrLl89Ppr32mpf998a/3Hy+Il5ezPd3ICLN8e8Z&#10;TvgJHZrEtHN7NkGMCHlWpC0RocxAnHxVqnTYIdwWIJta/h/Q/AIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBeW6W1ywIAADIHAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCp6dna3QAAAAgBAAAPAAAAAAAAAAAAAAAAACUFAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAALwYAAAAA&#10;" o:allowincell="f" path="m8640,l,,,14r8640,l8640,xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="5486400,0;0,0;0,8890;5486400,8890;5486400,0" o:connectangles="0,0,0,0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="2E743778" wp14:editId="362AC36C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1362075</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>243840</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5495925" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1532846811" name="Freeform 8"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5495925" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="*/ 8654 w 8655"/>
+                            <a:gd name="T1" fmla="*/ 0 h 15"/>
+                            <a:gd name="T2" fmla="*/ 0 w 8655"/>
+                            <a:gd name="T3" fmla="*/ 0 h 15"/>
+                            <a:gd name="T4" fmla="*/ 0 w 8655"/>
+                            <a:gd name="T5" fmla="*/ 14 h 15"/>
+                            <a:gd name="T6" fmla="*/ 8654 w 8655"/>
+                            <a:gd name="T7" fmla="*/ 14 h 15"/>
+                            <a:gd name="T8" fmla="*/ 8654 w 8655"/>
+                            <a:gd name="T9" fmla="*/ 0 h 15"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T0" y="T1"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T2" y="T3"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T4" y="T5"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T6" y="T7"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T8" y="T9"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="8655" h="15">
+                              <a:moveTo>
+                                <a:pt x="8654" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="14"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="8654" y="14"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="8654" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4323B60D" id="Freeform 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:107.25pt;margin-top:19.2pt;width:432.75pt;height:.75pt;z-index:251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8655,15" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1oUlGzgIAADIHAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1vmzAUfZ+0/2D5cdJKSKFtUEk1teo0&#10;qfuQmv0Ax5iAZmzPdkK6X797zUdJm1bVNB7Axodz7z3XPlxe7RtJdsK6WqucxiczSoTiuqjVJqc/&#10;V7cfLyhxnqmCSa1ETh+Eo1fL9+8uW5OJua60LIQlQKJc1pqcVt6bLIocr0TD3Ik2QsFiqW3DPEzt&#10;Jiosa4G9kdF8NjuLWm0LYzUXzsHbm26RLgN/WQruv5elE57InEJuPtxtuK/xHi0vWbaxzFQ179Ng&#10;/5BFw2oFQUeqG+YZ2dr6GVVTc6udLv0J102ky7LmItQA1cSzJ9XcV8yIUAuI48wok/t/tPzb7t78&#10;sJi6M3ea/3KgSNQal40rOHGAIev2qy6gh2zrdSh2X9oGv4QyyD5o+jBqKvaecHiZJot0MU8p4bC2&#10;SGGEAVg2fMu3zn8WOvCw3Z3zXUcKGAU9C6JYA0FX0L2ykdCcDxG5OEsT0uIj0IHsIyyewGakIvEz&#10;xPwAcZzl9ABzjCU5QBxngarHlOPkaDJnE8grVZ1PYC8wwUEbg73CtJjAHvWBhmwGyVk1dIHvVd8G&#10;GBGGR3oWGm+0w4ZjT6Crq7jvKaCwZy+AQXcEn74JDPIieNgtrzODiAg+fxMz6ITgxRQM5UOEvlYL&#10;pvHULiwlYBdr/IZlhnmUaBiSNqdhJ5IKHDANAjV6J1Y6IDwqhQ0JcYPjQLhHgFRTYKfogBrWhqcJ&#10;ZB0mTvoKhsXh2YHGiG/FPY3JpXaiO6tYcDi0Y+Uo2OTgOi3r4raWEit2drO+lpbsGHpuuPpMD2Ay&#10;7BWl8bMuDL4J1oNugw7usrUuHsB5rO6MG340MKi0/UNJC6adU/d7y6ygRH5R4IqLOElAHR8mSXo+&#10;h4mdrqynK0xxoMqpp7C3cXjtuz/D1th6U0GkODRT6U/geGWN1hTy67LqJ2DMQZv+J4LOP50H1OOv&#10;bvkXAAD//wMAUEsDBBQABgAIAAAAIQCdwOQW3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;b8IwDIbvk/YfIk/aZRoJhU1taYpg0w478nHhFhrTVjRO1QTo/v3MaTvafvT6eYvl6DpxxSG0njRM&#10;JwoEUuVtS7WG/e7rNQURoiFrOk+o4QcDLMvHh8Lk1t9og9dtrAWHUMiNhibGPpcyVA06Eya+R+Lb&#10;yQ/ORB6HWtrB3DjcdTJR6l060xJ/aEyPHw1W5+3FacDDZx3WSXKarda7ffZybjff1Gr9/DSuFiAi&#10;jvEPhrs+q0PJTkd/IRtEpyGZzt8Y1TBL5yDugEoVtzvyJstAloX8X6H8BQAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhALWhSUbOAgAAMgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAJ3A5BbfAAAACgEAAA8AAAAAAAAAAAAAAAAAKAUAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAA0BgAAAAA=&#10;" o:allowincell="f" path="m8654,l,,,14r8654,l8654,xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="5495290,0;0,0;0,8890;5495290,8890;5495290,0" o:connectangles="0,0,0,0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="123F5A05" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="22"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="236D346E" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:right="111"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>(Names</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Individuals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and/or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Agencies)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F8125CC" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="216"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Massachusetts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Commission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Deaf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Hard</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Hearing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(MCDHH).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0893C1AE" w14:textId="70C0C626" w:rsidR="00167B7E" w:rsidRDefault="00573B62">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="241"/>
+        <w:ind w:left="1094"/>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3B80C7F7" wp14:editId="24D093BF">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3437890</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>319405</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3411220" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="526346506" name="Freeform 9"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3411220" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="*/ 5371 w 5372"/>
+                            <a:gd name="T1" fmla="*/ 0 h 15"/>
+                            <a:gd name="T2" fmla="*/ 0 w 5372"/>
+                            <a:gd name="T3" fmla="*/ 0 h 15"/>
+                            <a:gd name="T4" fmla="*/ 0 w 5372"/>
+                            <a:gd name="T5" fmla="*/ 14 h 15"/>
+                            <a:gd name="T6" fmla="*/ 5371 w 5372"/>
+                            <a:gd name="T7" fmla="*/ 14 h 15"/>
+                            <a:gd name="T8" fmla="*/ 5371 w 5372"/>
+                            <a:gd name="T9" fmla="*/ 0 h 15"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T0" y="T1"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T2" y="T3"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T4" y="T5"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T6" y="T7"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T8" y="T9"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5372" h="15">
+                              <a:moveTo>
+                                <a:pt x="5371" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="14"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5371" y="14"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="5371" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="59C9CDDC" id="Freeform 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:270.7pt;margin-top:25.15pt;width:268.6pt;height:.75pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5372,15" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkqJYXzgIAADIHAAAOAAAAZHJzL2Uyb0RvYy54bWysVe1u2yAU/T9p74D4OWl17CTNYtWpplad&#10;JnUfUrMHIBjH1jAwIHG6p9+9+KNOl1bRNP+wwfdwP86Fw9X1oZZkL6yrtMpofDGhRCiu80ptM/pj&#10;fff+AyXOM5UzqZXI6KNw9Hr19s1VY1KR6FLLXFgCTpRLG5PR0nuTRpHjpaiZu9BGKDAW2tbMw9Ru&#10;o9yyBrzXMkomk8uo0TY3VnPhHPy9bY10FfwXheD+W1E44YnMKOTmw9uG9wbf0eqKpVvLTFnxLg32&#10;D1nUrFIQdHB1yzwjO1v95aquuNVOF/6C6zrSRVFxEWqAauLJs2oeSmZEqAXIcWagyf0/t/zr/sF8&#10;t5i6M/ea/3TASNQYlw4WnDjAkE3zRefQQ7bzOhR7KGyNK6EMcgicPg6cioMnHH5OZ3GcJEA9B9ty&#10;nsyR8oil/Vq+c/6T0MEP298733Ykh1HgMyeK1RB0DS6KWkJz3kVkPl3EpMFP0nVwgMUj2ISUJA4B&#10;oTEDIjlCnPYyPcKc8jI7Qpz2Mh9h4tnJZC5HkFeqWoxgL3iCg3YOP8sR7IkfaMi2p5yVfRf4QXVt&#10;gBFheKQnofFGO2w49gS6uo67ngIKe/YCGHhH8PQsMNCL4H63vO4ZSETw4izPwBOCl2MwlA8Rulot&#10;iMZzubCUgFxscA1LDfNIUT8kTUbDTiQlKOA8EFTrvVjrgPDIFLY2xA2KA+GeAFKNgS2jPaq39V8T&#10;nLWYeNZV0Bv7bwsaIp6Lex6TS+1Ee1ax4HBoh8qRsNHBdVpW+V0lJVbs7HZzIy3ZM9Tc8HSZHsFk&#10;2CtK47I2DP4J0oNqgwru0o3OH0F5rG6FGy4aGJTa/qakAdHOqPu1Y1ZQIj8rUMVlPJsBOz5MZvMF&#10;6o4dWzZjC1McXGXUU9jbOLzx7c2wM7balhApDs1U+iMoXlGhNIX82qy6CQhz4Ka7RFD5x/OAerrq&#10;Vn8AAAD//wMAUEsDBBQABgAIAAAAIQBQj2SL3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/L&#10;TsMwEEX3SP0Hayqxo3ZKG0KIUyEQS4RaKnXrxEMS1R6nsdMGvh53Bbt5HN05U2wma9gZB985kpAs&#10;BDCk2umOGgn7z7e7DJgPirQyjlDCN3rYlLObQuXaXWiL511oWAwhnysJbQh9zrmvW7TKL1yPFHdf&#10;brAqxHZouB7UJYZbw5dCpNyqjuKFVvX40mJ93I1WwsdpvewEPxzezaOv9tr8pKN5lfJ2Pj0/AQs4&#10;hT8YrvpRHcroVLmRtGdGwnqVrCIaC3EP7AqIhywFVsVJkgEvC/7/hfIXAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAJKiWF84CAAAyBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAUI9ki94AAAAKAQAADwAAAAAAAAAAAAAAAAAoBQAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAADMGAAAAAA==&#10;" o:allowincell="f" path="m5371,l,,,14r5371,l5371,xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="3410585,0;0,0;0,8890;3410585,8890;3410585,0" o:connectangles="0,0,0,0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5684329C" wp14:editId="284F705F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1380490</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>509905</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5468620" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1926036835" name="Freeform 10"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5468620" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="*/ 8611 w 8612"/>
+                            <a:gd name="T1" fmla="*/ 0 h 15"/>
+                            <a:gd name="T2" fmla="*/ 0 w 8612"/>
+                            <a:gd name="T3" fmla="*/ 0 h 15"/>
+                            <a:gd name="T4" fmla="*/ 0 w 8612"/>
+                            <a:gd name="T5" fmla="*/ 14 h 15"/>
+                            <a:gd name="T6" fmla="*/ 8611 w 8612"/>
+                            <a:gd name="T7" fmla="*/ 14 h 15"/>
+                            <a:gd name="T8" fmla="*/ 8611 w 8612"/>
+                            <a:gd name="T9" fmla="*/ 0 h 15"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T0" y="T1"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T2" y="T3"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T4" y="T5"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T6" y="T7"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T8" y="T9"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="8612" h="15">
+                              <a:moveTo>
+                                <a:pt x="8611" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="14"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="8611" y="14"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="8611" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7F88D91F" id="Freeform 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:108.7pt;margin-top:40.15pt;width:430.6pt;height:.75pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8612,15" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmpe6jzwIAADIHAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v2yAUfZ+0/4B4nLQ6Tp20sepUU6tO&#10;k7puUrMfQDCOrWFgQOJ0v3734o86XVpF0/xgg+/hfpwLh6vrfS3JTlhXaZXR+GxCiVBc55XaZPTH&#10;6u7jJSXOM5UzqZXI6JNw9Hr5/t1VY1Ix1aWWubAEnCiXNiajpfcmjSLHS1Ezd6aNUGAstK2Zh6nd&#10;RLllDXivZTSdTOZRo21urObCOfh72xrpMvgvCsH9t6JwwhOZUcjNh7cN7zW+o+UVSzeWmbLiXRrs&#10;H7KoWaUg6ODqlnlGtrb6y1VdcaudLvwZ13Wki6LiItQA1cSTF9U8lsyIUAuQ48xAk/t/bvnD7tF8&#10;t5i6M/ea/3TASNQYlw4WnDjAkHXzVefQQ7b1OhS7L2yNK6EMsg+cPg2cir0nHH7OkvnlfArUc7At&#10;ZtMZUh6xtF/Lt85/Fjr4Ybt759uO5DAKfOZEsRqCrsBFUUtozoeIXM7jmDT4mXYdHGDxCDYhJYlD&#10;QGjMgJgeII57OT/AHPOSHCCOe5mNMHFyNJn5CPJGVRcj2Cue4KCdws9iBHvmBxqy6SlnZd8Fvldd&#10;G2BEGB7pSWi80Q4bjj2Brq7irqeAwp69AgbeEXx+EhjoRXC/W972DCQi+OIkz8ATghdjMJQPEbpa&#10;LYjGS7mwlIBcrHENSw3zSFE/JE1Gw04kJSjgLBBU651Y6YDwyBS2NsQNigPhngFSjYEtoz2qt/Vf&#10;E5y1mDjpKuiN/bcFDRFPxb2MyaV2oj2rWHA4tEPlSNjo4Dotq/yukhIrdnazvpGW7Bhqbni6TA9g&#10;MuwVpXFZGwb/BOlBtUEFd+la50+gPFa3wg0XDQxKbX9T0oBoZ9T92jIrKJFfFKjiIk4SYMeHSTK7&#10;QN2xY8t6bGGKg6uMegp7G4c3vr0ZtsZWmxIixaGZSn8CxSsqlKaQX5tVNwFhDtx0lwgq/3geUM9X&#10;3fIPAAAA//8DAFBLAwQUAAYACAAAACEAg+mTOuEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;y07DMBBF90j9B2uQ2FE7AZoQ4lSI16KqhPpYsHTjaRI1HofYTdO/x12V5cwc3Tk3n4+mZQP2rrEk&#10;IZoKYEil1Q1VErabz/sUmPOKtGotoYQzOpgXk5tcZdqeaIXD2lcshJDLlITa+y7j3JU1GuWmtkMK&#10;t73tjfJh7Cuue3UK4ablsRAzblRD4UOtOnyrsTysj0bCl6VN+fTxs3/+Xi7id/w9J2ZopLy7HV9f&#10;gHkc/RWGi35QhyI47eyRtGOthDhKHgMqIRUPwC6ASNIZsF3YRCnwIuf/KxR/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAOal7qPPAgAAMgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAIPpkzrhAAAACgEAAA8AAAAAAAAAAAAAAAAAKQUAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA3BgAAAAA=&#10;" o:allowincell="f" path="m8611,l,,,14r8611,l8611,xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="5467985,0;0,0;0,8890;5467985,8890;5467985,0" o:connectangles="0,0,0,0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="28966962" wp14:editId="313D9870">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1371600</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>700405</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5477510" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1842277601" name="Freeform 11"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5477510" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="*/ 8625 w 8626"/>
+                            <a:gd name="T1" fmla="*/ 0 h 15"/>
+                            <a:gd name="T2" fmla="*/ 0 w 8626"/>
+                            <a:gd name="T3" fmla="*/ 0 h 15"/>
+                            <a:gd name="T4" fmla="*/ 0 w 8626"/>
+                            <a:gd name="T5" fmla="*/ 14 h 15"/>
+                            <a:gd name="T6" fmla="*/ 8625 w 8626"/>
+                            <a:gd name="T7" fmla="*/ 14 h 15"/>
+                            <a:gd name="T8" fmla="*/ 8625 w 8626"/>
+                            <a:gd name="T9" fmla="*/ 0 h 15"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T0" y="T1"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T2" y="T3"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T4" y="T5"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T6" y="T7"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T8" y="T9"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="8626" h="15">
+                              <a:moveTo>
+                                <a:pt x="8625" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="14"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="8625" y="14"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="8625" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="0DCF9E77" id="Freeform 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:108pt;margin-top:55.15pt;width:431.3pt;height:.75pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8626,15" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxCzHKzgIAADIHAAAOAAAAZHJzL2Uyb0RvYy54bWysVe1u2yAU/T9p74D4OWl1nMZJY9Wpplad&#10;Ju1LavYABOPYGgYGJE739LsXf9Tp0iqa5h82+B7ux7lwuL451JLshXWVVhmNLyaUCMV1XqltRn+s&#10;799fUeI8UzmTWomMPgpHb1Zv31w3JhVTXWqZC0vAiXJpYzJaem/SKHK8FDVzF9oIBcZC25p5mNpt&#10;lFvWgPdaRtPJZB412ubGai6cg793rZGugv+iENx/KwonPJEZhdx8eNvw3uA7Wl2zdGuZKSvepcH+&#10;IYuaVQqCDq7umGdkZ6u/XNUVt9rpwl9wXUe6KCouQg1QTTx5Vs1DyYwItQA5zgw0uf/nln/dP5jv&#10;FlN35rPmPx0wEjXGpYMFJw4wZNN80Tn0kO28DsUeClvjSiiDHAKnjwOn4uAJh5/JbLFIYqCeg22Z&#10;TBOkPGJpv5bvnP8odPDD9p+dbzuSwyjwmRPFagi6BhdFLaE57yJyNZ8mpMHPvOvgAItHsAkpSRwC&#10;QmMGxPQIcdrL5RHmlJfZEeK0l2SEiWcnk5mPIK9UtRjBXvAEB+0cfpYj2BM/0JBtTzkr+y7wg+ra&#10;ACPC8EhPQuONdthw7Al0dR13PQUU9uwFMPCO4MuzwEAvgvvd8rpnIBHBi7M8A08IXo7BUD5E6Gq1&#10;IBrP5cJSAnKxwTUsNcwjRf2QNBkNO5GUoIBJIKjWe7HWAeGRKWxtiBsUB8I9AaQaA1tGe1Rv678m&#10;OGsx8ayroDf23xY0RDwX9zwml9qJ9qxiweHQDpUjYaOD67Ss8vtKSqzY2e3mVlqyZ6i54ekyPYLJ&#10;sFeUxmVtGPwTpAfVBhXcpRudP4LyWN0KN1w0MCi1/U1JA6KdUfdrx6ygRH5SoIrLeDYDdnyYzJLF&#10;FCZ2bNmMLUxxcJVRT2Fv4/DWtzfDzthqW0KkODRT6Q+geEWF0hTya7PqJiDMgZvuEkHlH88D6umq&#10;W/0BAAD//wMAUEsDBBQABgAIAAAAIQCDuXam3AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;boMwEETvlfIP1kbqrbGhEiCCiZJIUc9JK+Xq4A2g4DXCJpC/rzm1x50Zzb4pdrPp2BMH11qSEG0E&#10;MKTK6pZqCT/fp48MmPOKtOosoYQXOtiVq7dC5dpOdMbnxdcslJDLlYTG+z7n3FUNGuU2tkcK3t0O&#10;RvlwDjXXg5pCuel4LETCjWopfGhUj8cGq8dlNBKQ3w9par/m60RiPMf7lzn1rZTv63m/BeZx9n9h&#10;WPADOpSB6WZH0o51EuIoCVt8MCLxCWxJiDRLgN0WKcqAlwX/P6L8BQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAPELMcrOAgAAMgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAIO5dqbcAAAADAEAAA8AAAAAAAAAAAAAAAAAKAUAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAxBgAAAAA=&#10;" o:allowincell="f" path="m8625,l,,,14r8625,l8625,xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="5476875,0;0,0;0,8890;5476875,8890;5476875,0" o:connectangles="0,0,0,0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>released</w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167B7E">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2779D707" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="20"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="083ADE78" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="20"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55755A8A" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:right="111"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>(Names</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Individuals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and/or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Agencies)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="121F3BC6" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="217"/>
+        <w:ind w:left="1080" w:right="413"/>
+      </w:pPr>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>understand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>kept</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>confidential,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>right</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>withdraw</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>my permission at any time by giving written notice to MCDHH.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>This Release of Information will expire</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>year from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>client/consumer’s signature.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>MCDHH staff</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>allowed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to work with other MCDHH departments on your behalf.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5344D406" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="236"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1094" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4620"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="3032"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00167B7E" w14:paraId="7CABC246" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1286D3C2" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:before="23" w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Client/Consumer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59766A54" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3032" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EDA02D7" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:before="23" w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="-1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="64490544" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="605BFC0F" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="207"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1094" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4620"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="3032"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00167B7E" w14:paraId="3C349653" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="484"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43E1BD0A" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="36"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Signature of Parent if Client/Consumer is Under Age</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Court</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Appointed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Guardian)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="461E108F" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3032" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A6E1552" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:before="121"/>
+              <w:ind w:left="-1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4877B615" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33912BDB" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="186" w:after="1"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1094" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4606"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="3046"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00167B7E" w14:paraId="404A2C84" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4606" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="634C3D6F" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:before="23" w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MCDHH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Staff</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EDDB319" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A2CB5E1" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:before="23" w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="-1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="789A8B22" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BD8869E" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CB15190" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5992C5F2" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EC0BD70" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="67"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73305A6F" w14:textId="77777777" w:rsidR="00167B7E" w:rsidRDefault="00167B7E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>October</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>3,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00167B7E">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:pgMar w:top="720" w:right="1080" w:bottom="280" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720" w:equalWidth="0">
+        <w:col w:w="10080"/>
+      </w:cols>
+      <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...17 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
-</file>
-[...135 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7D225679"/>
-[...3 lines deleted...]
-      <w:start w:val="1"/>
+    <w:nsid w:val="00000402"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1079" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...11 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3780" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
-[...11 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7380" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8280" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="546140801">
+  <w:num w:numId="1" w16cid:durableId="56318390">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="3"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
   <w:compat>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotUseHTMLParagraphAutoSpacing/>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00454068"/>
-[...113 lines deleted...]
-    <w:rsid w:val="7CA05BDF"/>
+    <w:rsidRoot w:val="00FC27CD"/>
+    <w:rsid w:val="0016400E"/>
+    <w:rsid w:val="00167B7E"/>
+    <w:rsid w:val="00307486"/>
+    <w:rsid w:val="00573B62"/>
+    <w:rsid w:val="00FC27CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1036"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="799DF25D"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{0A52AB0F-C4C3-4CE3-8985-304C7B340196}"/>
+  <w14:docId w14:val="49BCC8E8"/>
+  <w14:defaultImageDpi w14:val="0"/>
+  <w15:docId w15:val="{FEB81C52-90B4-4968-9903-EF9D974D2024}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1272,164 +6530,120 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...40 lines deleted...]
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -1585,676 +6799,263 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00454068"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
-      <w14:ligatures w14:val="none"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00454068"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="360" w:after="80"/>
+      <w:spacing w:before="69"/>
+      <w:ind w:right="1982"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00454068"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="194"/>
+      <w:ind w:left="10" w:right="1982"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00454068"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="160" w:after="80"/>
+      <w:ind w:left="360"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...132 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00454068"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00454068"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00454068"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...5 lines deleted...]
-    <w:rsid w:val="00454068"/>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-    <w:name w:val="Heading 5 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading5"/>
-    <w:uiPriority w:val="9"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00454068"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...151 lines deleted...]
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00454068"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:before="1"/>
+      <w:ind w:left="1079" w:hanging="360"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="00454068"/>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IntenseQuote">
-    <w:name w:val="Intense Quote"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...1 lines deleted...]
-    <w:uiPriority w:val="30"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00454068"/>
     <w:pPr>
-      <w:pBdr>
-[...5 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:ind w:left="107"/>
     </w:pPr>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
-  </w:style>
-[...108 lines deleted...]
-    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
+  <w:pixelsPerInch w:val="144"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MCDHH-CommServDiv@mass.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MCDHH-CommServDiv@mass.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2419,65 +7220,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -2498,112 +7299,106 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>752</Characters>
+  <Pages>2</Pages>
+  <Words>403</Words>
+  <Characters>1782</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>356</Lines>
+  <Paragraphs>198</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Commonwealth of Massachusetts</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>882</CharactersWithSpaces>
+  <CharactersWithSpaces>1987</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lee, Margaret (MCD)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Comments">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Acrobat PDFMaker 25 for Word</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Producer">
+    <vt:lpwstr>Adobe PDF Library 25.1.5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="SourceModified">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>