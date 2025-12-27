--- v0 (2025-11-01)
+++ v1 (2025-12-27)
@@ -8,110 +8,110 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7655732F" w14:textId="3B82E0E4" w:rsidR="00BA35C3" w:rsidRDefault="00BA35C3" w:rsidP="009740D7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Old English Text MT" w:hAnsi="Old English Text MT"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="42"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45953900" w14:textId="77777777" w:rsidR="008610F6" w:rsidRDefault="008610F6" w:rsidP="009740D7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Old English Text MT" w:hAnsi="Old English Text MT"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="42"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33D24411" w14:textId="57211ECD" w:rsidR="00BA35C3" w:rsidRDefault="00AE0BDE" w:rsidP="009740D7">
+    <w:p w14:paraId="33D24411" w14:textId="57211ECD" w:rsidR="00BA35C3" w:rsidRDefault="00000000" w:rsidP="009740D7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Old English Text MT" w:hAnsi="Old English Text MT"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="42"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="40A6CAE9">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_s2050" type="#_x0000_t75" style="position:absolute;margin-left:53.8pt;margin-top:115.6pt;width:105pt;height:122.65pt;z-index:-251652608;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" wrapcoords="-154 0 -154 21452 21600 21452 21600 0 -154 0">
+          <v:shape id="_x0000_s2050" type="#_x0000_t75" alt="decorative" style="position:absolute;margin-left:53.8pt;margin-top:115.6pt;width:105pt;height:122.65pt;z-index:-251652608;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" wrapcoords="-154 0 -154 21452 21600 21452 21600 0 -154 0">
             <v:imagedata r:id="rId11" o:title=""/>
             <w10:wrap type="through" anchorx="page" anchory="page"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_s2050" DrawAspect="Content" ObjectID="_1779280082" r:id="rId12"/>
+          <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_s2050" DrawAspect="Content" ObjectID="_1827919559" r:id="rId12"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FAA8B5E" w14:textId="6280B1D3" w:rsidR="009740D7" w:rsidRDefault="009740D7" w:rsidP="00C93EDB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Old English Text MT" w:hAnsi="Old English Text MT"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="42"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00157B5B">
         <w:rPr>
           <w:rFonts w:ascii="Old English Text MT" w:hAnsi="Old English Text MT"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="42"/>
         </w:rPr>
         <w:t xml:space="preserve">The Commonwealth of Massachusetts </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E32E76E" w14:textId="77777777" w:rsidR="00C93EDB" w:rsidRPr="00C93EDB" w:rsidRDefault="00C93EDB" w:rsidP="00C93EDB">
       <w:pPr>
         <w:rPr>
@@ -176,144 +176,134 @@
         <w:t xml:space="preserve">One South Station, </w:t>
       </w:r>
       <w:r w:rsidR="00E33B05">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00E33B05" w:rsidRPr="00CD09D8">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>rd</w:t>
       </w:r>
       <w:r w:rsidRPr="006665F8">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006665F8">
+        <w:t xml:space="preserve"> floor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643CEA69" w14:textId="569AF8FF" w:rsidR="00134FD0" w:rsidRPr="006665F8" w:rsidRDefault="00134FD0" w:rsidP="00134FD0">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>floor</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006665F8">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006665F8">
+        <w:t>Boston, M</w:t>
+      </w:r>
+      <w:r w:rsidR="00913768">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Boston, M</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00913768">
+        <w:t>ass</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006665F8">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ass</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006665F8">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00913768">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00913768">
+        <w:t xml:space="preserve">chusetts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006665F8">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">chusetts </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006665F8">
+        <w:t xml:space="preserve"> 02110</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FF9B12A" w14:textId="77777777" w:rsidR="00134FD0" w:rsidRPr="006665F8" w:rsidRDefault="00134FD0" w:rsidP="00134FD0">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 02110</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006665F8">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006665F8">
+        <w:t>617-3</w:t>
+      </w:r>
+      <w:r w:rsidR="00190C8F" w:rsidRPr="006665F8">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>617-3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00190C8F" w:rsidRPr="006665F8">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006665F8">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>5-3500</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="790E44C3" w14:textId="77777777" w:rsidR="006665F8" w:rsidRDefault="006665F8" w:rsidP="009740D7"/>
     <w:p w14:paraId="2E98ED59" w14:textId="0AF09EDE" w:rsidR="00E6658A" w:rsidRDefault="007E1A37" w:rsidP="00C93EDB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="008F70DB" w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
@@ -419,239 +409,269 @@
       </w:r>
       <w:r w:rsidR="0075771F">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">erve </w:t>
       </w:r>
       <w:r w:rsidR="00F80490">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="0075771F">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">esidential </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F80490">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="0075771F">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ustomers</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="5B40AA23" w14:textId="7AA5B992" w:rsidR="00557373" w:rsidRPr="00C93EDB" w:rsidRDefault="00557373" w:rsidP="00C93EDB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>220 CMR 11.05</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67DD5349" w14:textId="2C378201" w:rsidR="003B6969" w:rsidRDefault="003B6969" w:rsidP="005B569F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E610FC0" w14:textId="70451AFB" w:rsidR="00BC17F3" w:rsidRPr="00A17439" w:rsidRDefault="004E3D9E" w:rsidP="009C61BD">
+    <w:p w14:paraId="0E610FC0" w14:textId="3936356E" w:rsidR="00BC17F3" w:rsidRPr="00A17439" w:rsidRDefault="004E3D9E" w:rsidP="009C61BD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Submit t</w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3">
         <w:t xml:space="preserve">his license application if the </w:t>
       </w:r>
       <w:r w:rsidR="00F80490">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3">
         <w:t>pplicant is licensed to serve commercial and industrial customers in Massachusetts and seek</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3">
-        <w:t xml:space="preserve"> to expand its license to serve residential customers.  </w:t>
+        <w:t xml:space="preserve"> to expand its license to serve residential customers</w:t>
+      </w:r>
+      <w:r w:rsidR="000110B1">
+        <w:t xml:space="preserve"> and/or municipal aggregation customers</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC17F3">
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3" w:rsidRPr="00C93EDB">
         <w:t xml:space="preserve">Submit </w:t>
       </w:r>
       <w:r w:rsidR="006C0519">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00A81F1B">
         <w:t xml:space="preserve"> complete </w:t>
       </w:r>
       <w:r w:rsidR="006C0519">
         <w:t>application</w:t>
       </w:r>
       <w:r w:rsidR="00A81BD3">
-        <w:t xml:space="preserve"> to:  </w:t>
-[...2 lines deleted...]
-        <w:t>Secretary Mark D. Marini</w:t>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidR="00064702">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="0005749E">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00287C6E">
+        <w:t>ecretar</w:t>
+      </w:r>
+      <w:r w:rsidR="00E739CA">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00287C6E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E739CA">
+        <w:t>Peter Ray</w:t>
       </w:r>
       <w:r w:rsidR="00A81BD3">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3" w:rsidRPr="00C93EDB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3">
         <w:t xml:space="preserve">One South Station, </w:t>
       </w:r>
       <w:r w:rsidR="00E33B05">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00E33B05" w:rsidRPr="00CD09D8">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>rd</w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3">
         <w:t xml:space="preserve"> floor, Boston, MA 02110.  </w:t>
       </w:r>
       <w:r w:rsidR="00B416DD">
         <w:t>Submit an electronic copy of the application to</w:t>
       </w:r>
       <w:r w:rsidR="00D42043">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A81BD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B416DD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00B416DD" w:rsidRPr="00E14E40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs w:val="0"/>
           </w:rPr>
           <w:t>dpu.electricsupply@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId14" w:history="1"/>
       <w:r w:rsidR="00DF4251">
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD6B22">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00DF4251" w:rsidRPr="00E93FA3">
+        <w:r w:rsidR="00AD6B22" w:rsidRPr="00553407">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>mark.marini@mass.gov</w:t>
+          <w:t>dpu.efiling@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DF4251">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B416DD">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00A81BD3" w:rsidRPr="006042CF">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Include all required attachments </w:t>
       </w:r>
       <w:r w:rsidR="00A81BD3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidR="00A81BD3" w:rsidRPr="006042CF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> th</w:t>
       </w:r>
       <w:r w:rsidR="00A81BD3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="00A81BD3" w:rsidRPr="006042CF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> application</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A81BD3" w:rsidRPr="006042CF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>application</w:t>
       </w:r>
       <w:r w:rsidR="00A81BD3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, and</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk28351671"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A81BD3" w:rsidRPr="006042CF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> clearly indicate which question </w:t>
       </w:r>
       <w:r w:rsidR="00A81BD3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>each</w:t>
       </w:r>
       <w:r w:rsidR="00A81BD3" w:rsidRPr="006042CF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A81BD3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00A81BD3" w:rsidRPr="006042CF">
@@ -660,55 +680,60 @@
         </w:rPr>
         <w:t>ttachment is associated with</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00A81BD3" w:rsidRPr="006042CF">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3">
         <w:t xml:space="preserve">There is no </w:t>
       </w:r>
       <w:r>
         <w:t>fee for an</w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3">
         <w:t xml:space="preserve"> expansion license application</w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3" w:rsidRPr="00CE4226">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A81BD3">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3" w:rsidRPr="00C93EDB">
-        <w:t>pplicant must file a</w:t>
+        <w:t>pplicant</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC17F3" w:rsidRPr="00C93EDB">
+        <w:t xml:space="preserve"> must file a</w:t>
       </w:r>
       <w:r w:rsidR="00A81BD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3">
         <w:t>license renewal</w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3" w:rsidRPr="00C93EDB">
         <w:t xml:space="preserve"> application annually</w:t>
       </w:r>
       <w:r w:rsidR="00C91FBB">
         <w:t xml:space="preserve"> by July 1</w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3" w:rsidRPr="00C93EDB">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BC17F3">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7118A295" w14:textId="6B4DA916" w:rsidR="00BC17F3" w:rsidRPr="00C93EDB" w:rsidRDefault="00BC17F3" w:rsidP="005B569F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
@@ -1562,65 +1587,65 @@
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>erson:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B8FF4AE" w14:textId="7E3721BB" w:rsidR="00F45426" w:rsidRPr="00C93EDB" w:rsidRDefault="00F45426" w:rsidP="00E57CF1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:bookmarkStart w:id="1" w:name="_Hlk25141632"/>
     <w:p w14:paraId="0CAAAE6D" w14:textId="1E583D59" w:rsidR="00166732" w:rsidRPr="00C93EDB" w:rsidRDefault="00561181" w:rsidP="00E57CF1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk25141632"/>
       <w:r w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42C349F4" wp14:editId="13A5FE3D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>437565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3892</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5189079" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Straight Connector 5">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
@@ -2011,51 +2036,67 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ontact </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="0000576D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>erson</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>.  This person will receive renewal application reminder notices and would also be contacted for questions or concerns related to the applicant’s license.</w:t>
+        <w:t xml:space="preserve">.  This person will receive renewal application reminder notices and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>would</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> also be contacted for questions or concerns related to the applicant’s license.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7969D00C" w14:textId="4170C628" w:rsidR="00561181" w:rsidRPr="00C93EDB" w:rsidRDefault="00561181" w:rsidP="00E966B9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2381B34E" w14:textId="77777777" w:rsidR="00561181" w:rsidRPr="00C93EDB" w:rsidRDefault="00561181" w:rsidP="00E966B9">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -2763,76 +2804,670 @@
               <v:line w14:anchorId="2A783ACA" id="Straight Connector 9" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;flip:y;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="36pt,.9pt" to="440.6pt,.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLUCg/sAEAAE0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01PGzEQvVfiP1i+E2+CaNEqGw5EcKkK&#10;Uin3wR+7lvwlj5tN/j1jJ6S0vVXdgzXjsZ/fezO7vt17x3Y6o41h4MtFx5kOMiobxoH/eL6/vOEM&#10;CwQFLgY98INGfru5+LSeU69XcYpO6cwIJGA/p4FPpaReCJST9oCLmHSgoonZQ6E0j0JlmAndO7Hq&#10;us9ijlmlHKVGpN3tscg3Dd8YLcujMagLcwMnbqWtua2vdRWbNfRjhjRZeaIB/8DCgw306BlqCwXY&#10;z2z/gvJW5ojRlIWMXkRjrNRNA6lZdn+o+T5B0k0LmYPpbBP+P1j5bXcXnjLZMCfsMT3lqmJvsmfG&#10;2fRCPW26iCnbN9sOZ9v0vjBJm9fLq5tVd82ZfK+JI0SFShnLg46e1WDgzoaqCHrYfcVCz9LR9yN1&#10;O8R761zrigtspudXXzpqnAQaDuOgUOiTGjiGkTNwI02dLLlBYnRW1esVCA945zLbATWe5kXF+Zn4&#10;cuYACxVIRPvqABCF365WPlvA6Xi5lU7HXKjQus3Vif4v22r0GtWhuSlqRj1r6Kf5qkPxMaf441+w&#10;eQMAAP//AwBQSwMEFAAGAAgAAAAhAJnhsq3ZAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMjzFP&#10;w0AMhXck/sPJSGz00gxtCLlUCIkBMVEqldHNmSRqzpfkLk349xgWGJ+f/fy9Yre4Tl1oDK1nA+tV&#10;Aoq48rbl2sDh/fkuAxUissXOMxn4ogC78vqqwNz6md/oso+1khAOORpoYuxzrUPVkMOw8j2xeJ9+&#10;dBhFjrW2I84S7jqdJslGO2xZPjTY01ND1Xk/OQMvcszD9LGdX88ccdjcH4ajNeb2Znl8ABVpiX/L&#10;8IMv6FAK08lPbIPqDGxTqRJlLgXEzrJ1Cur0q3VZ6P/45TcAAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAi1AoP7ABAABNAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAmeGyrdkAAAAGAQAADwAAAAAAAAAAAAAAAAAKBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAABAFAAAAAA==&#10;" strokecolor="windowText" strokeweight="1pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="003B6533">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C1D7EC8" w14:textId="4B5A0F49" w:rsidR="00C26F0C" w:rsidRDefault="00C26F0C" w:rsidP="00C26F0C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25B5C678" w14:textId="77777777" w:rsidR="00AF3D7C" w:rsidRPr="0000576D" w:rsidRDefault="00AF3D7C" w:rsidP="00AF3D7C">
+    <w:p w14:paraId="145626BD" w14:textId="77777777" w:rsidR="00291AEC" w:rsidRPr="0000576D" w:rsidRDefault="00291AEC" w:rsidP="00291AEC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0000576D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PROPOSED SERVICES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4818CD3E" w14:textId="77777777" w:rsidR="00291AEC" w:rsidRPr="0000576D" w:rsidRDefault="00291AEC" w:rsidP="00291AEC">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="734" w:hanging="547"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A86A048" w14:textId="6FBBC0FE" w:rsidR="00291AEC" w:rsidRPr="0000576D" w:rsidRDefault="00291AEC" w:rsidP="00291AEC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0000576D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identify the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11959">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0000576D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>s the applicant intends to provide:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19BFE56A" w14:textId="77777777" w:rsidR="00291AEC" w:rsidRDefault="00291AEC" w:rsidP="00291AEC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="451" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4494"/>
+        <w:gridCol w:w="1885"/>
+        <w:gridCol w:w="2510"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00291AEC" w14:paraId="54726BE7" w14:textId="77777777" w:rsidTr="00FD55BA">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71D0E5B4" w14:textId="77777777" w:rsidR="00291AEC" w:rsidRPr="009E585C" w:rsidRDefault="00291AEC" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E585C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Individual Competitive Supply Customers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76090E31" w14:textId="77777777" w:rsidR="00291AEC" w:rsidRPr="009E585C" w:rsidRDefault="00291AEC" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E585C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Municipal Aggregation Program Customers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0097416D" w14:paraId="35340DEC" w14:textId="77777777" w:rsidTr="00E72100">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26F1F398" w14:textId="12621C9C" w:rsidR="0097416D" w:rsidRPr="009E585C" w:rsidRDefault="0097416D" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E585C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Residential</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1885" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1ACDD6" w14:textId="77777777" w:rsidR="0097416D" w:rsidRPr="009E585C" w:rsidRDefault="0097416D" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E585C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Residential</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2510" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E574663" w14:textId="77777777" w:rsidR="0097416D" w:rsidRPr="009E585C" w:rsidRDefault="0097416D" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E585C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Commercial and industrial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0097416D" w14:paraId="7FD36C8C" w14:textId="77777777" w:rsidTr="00BA36E0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="062358CD" w14:textId="6ADA89F2" w:rsidR="0097416D" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="-145357947"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="0097416D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1885" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="151255A4" w14:textId="77777777" w:rsidR="0097416D" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="291172588"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="0097416D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2510" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B6C2BA6" w14:textId="77777777" w:rsidR="0097416D" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="763966850"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="0097416D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0097416D" w:rsidRPr="00D56108" w14:paraId="5D79C7A4" w14:textId="77777777" w:rsidTr="003D74EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0873BD6D" w14:textId="0246E480" w:rsidR="0097416D" w:rsidRPr="00D56108" w:rsidRDefault="0097416D" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D56108">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Answer questions in Section III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B36B991" w14:textId="77777777" w:rsidR="0097416D" w:rsidRPr="00D56108" w:rsidRDefault="0097416D" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D56108">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Answer questions in Section IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0B572491" w14:textId="77777777" w:rsidR="00F219B5" w:rsidRDefault="00F219B5" w:rsidP="0063558A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25B5C678" w14:textId="7A9A4507" w:rsidR="00AF3D7C" w:rsidRDefault="00AF3D7C" w:rsidP="00AF3D7C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0000576D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MARKETING AND CUSTOMER SERVICE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DFBFB83" w14:textId="4FB7F853" w:rsidR="00C72A85" w:rsidRPr="0063558A" w:rsidRDefault="00C72A85" w:rsidP="0063558A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1682C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1682C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pplicant intends to serve </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individual </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1682C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">residential customers, answer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00764502">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">questions </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00764502">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00892ADB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00764502">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1682C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="590939B0" w14:textId="77777777" w:rsidR="00E966B9" w:rsidRPr="003B6533" w:rsidRDefault="00E966B9" w:rsidP="00C26F0C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="014E8982" w14:textId="2553E2A2" w:rsidR="006172DE" w:rsidRDefault="00DE44F9" w:rsidP="00514724">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -2913,51 +3548,50 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8820" w:type="dxa"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="937"/>
         <w:gridCol w:w="7883"/>
       </w:tblGrid>
       <w:tr w:rsidR="006172DE" w:rsidRPr="00C93EDB" w14:paraId="607B3420" w14:textId="77777777" w:rsidTr="00AE1BE5">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="937" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3CFDE65E" w14:textId="77777777" w:rsidR="006172DE" w:rsidRPr="00C93EDB" w:rsidRDefault="006172DE" w:rsidP="00E57CF1">
             <w:pPr>
               <w:ind w:left="720" w:hanging="540"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7883" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
@@ -2970,51 +3604,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C93EDB">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Referrals/existing relationships</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A73D56" w:rsidRPr="00C93EDB" w14:paraId="4D482C79" w14:textId="77777777" w:rsidTr="00AE1BE5">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="937" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="718BA63C" w14:textId="77777777" w:rsidR="00A73D56" w:rsidRPr="00C93EDB" w:rsidRDefault="00A73D56" w:rsidP="00E57CF1">
             <w:pPr>
               <w:ind w:left="720" w:hanging="540"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7883" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
@@ -3027,51 +3660,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C93EDB">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Direct mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A73D56" w:rsidRPr="00C93EDB" w14:paraId="3A5C98A7" w14:textId="77777777" w:rsidTr="00AE1BE5">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="937" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64DEF087" w14:textId="77777777" w:rsidR="00A73D56" w:rsidRPr="00C93EDB" w:rsidRDefault="00A73D56" w:rsidP="00E57CF1">
             <w:pPr>
               <w:ind w:left="720" w:hanging="540"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7883" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
@@ -3084,51 +3716,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C93EDB">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Telemarketing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A73D56" w:rsidRPr="00C93EDB" w14:paraId="47A9D2F0" w14:textId="77777777" w:rsidTr="00AE1BE5">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="937" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D590EEB" w14:textId="77777777" w:rsidR="00A73D56" w:rsidRPr="00C93EDB" w:rsidRDefault="00A73D56" w:rsidP="00E57CF1">
             <w:pPr>
               <w:ind w:left="720" w:hanging="540"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7883" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
@@ -3141,51 +3772,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C93EDB">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Internet/email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A73D56" w:rsidRPr="00C93EDB" w14:paraId="1E11A956" w14:textId="77777777" w:rsidTr="00AE1BE5">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="937" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="590E2C2F" w14:textId="77777777" w:rsidR="00A73D56" w:rsidRPr="00C93EDB" w:rsidRDefault="00A73D56" w:rsidP="00E57CF1">
             <w:pPr>
               <w:ind w:left="720" w:hanging="540"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7883" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
@@ -3198,51 +3828,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C93EDB">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>TV/radio/newspaper</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A73D56" w:rsidRPr="00C93EDB" w14:paraId="147FF810" w14:textId="77777777" w:rsidTr="00AE1BE5">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="937" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2699F92C" w14:textId="77777777" w:rsidR="00A73D56" w:rsidRPr="00C93EDB" w:rsidRDefault="00A73D56" w:rsidP="00E57CF1">
             <w:pPr>
               <w:ind w:left="720" w:hanging="540"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7883" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
@@ -3255,51 +3884,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C93EDB">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Door-to-door</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A73D56" w:rsidRPr="00C93EDB" w14:paraId="4E86A56B" w14:textId="77777777" w:rsidTr="00AE1BE5">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="937" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C5C3F61" w14:textId="77777777" w:rsidR="00A73D56" w:rsidRPr="00C93EDB" w:rsidRDefault="00A73D56" w:rsidP="00E57CF1">
             <w:pPr>
               <w:ind w:left="720" w:hanging="540"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7883" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
@@ -3343,50 +3971,51 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B7BF7BC" w14:textId="77777777" w:rsidR="0092458A" w:rsidRDefault="006172DE" w:rsidP="0050255C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>For each</w:t>
       </w:r>
       <w:r w:rsidR="00DE44F9" w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> marketing method identified above</w:t>
       </w:r>
       <w:r w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DE44F9" w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>state</w:t>
       </w:r>
       <w:r w:rsidRPr="00C93EDB">
         <w:rPr>
@@ -3550,51 +4179,67 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If the </w:t>
       </w:r>
       <w:r w:rsidR="0079663D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>pplicant</w:t>
       </w:r>
       <w:r w:rsidR="006172DE" w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> intends to telemarket, provide a copy of the telemarketing script and </w:t>
+        <w:t xml:space="preserve"> intends to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006172DE" w:rsidRPr="00C93EDB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>telemarket</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006172DE" w:rsidRPr="00C93EDB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, provide a copy of the telemarketing script and </w:t>
       </w:r>
       <w:r w:rsidR="007D2878">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="006172DE" w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>hird</w:t>
       </w:r>
       <w:r w:rsidR="007D2878">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="006172DE" w:rsidRPr="00C93EDB">
         <w:rPr>
@@ -3643,51 +4288,50 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C8D3606" w14:textId="73E1DF4E" w:rsidR="006172DE" w:rsidRPr="00315E5A" w:rsidRDefault="00A73D56" w:rsidP="0050255C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Describe the </w:t>
       </w:r>
       <w:r w:rsidR="0079663D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="006172DE" w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>pplicant’s plan to train sales, marketing, and customer service staff</w:t>
       </w:r>
       <w:r w:rsidR="000D4A5B" w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> identified above</w:t>
       </w:r>
       <w:r w:rsidR="006172DE" w:rsidRPr="00C93EDB">
         <w:rPr>
@@ -4009,56 +4653,65 @@
     </w:p>
     <w:p w14:paraId="08B6685F" w14:textId="77777777" w:rsidR="00235580" w:rsidRPr="00C93EDB" w:rsidRDefault="00235580" w:rsidP="00E57CF1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74124A84" w14:textId="1D6C4AA4" w:rsidR="006B6548" w:rsidRPr="00C93EDB" w:rsidRDefault="006B6548" w:rsidP="0050255C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide copies of </w:t>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C93EDB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> copies of </w:t>
       </w:r>
       <w:r w:rsidR="007D2878">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>the standard</w:t>
       </w:r>
       <w:r w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> contract</w:t>
       </w:r>
       <w:r w:rsidR="001E23FD">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -4182,52 +4835,61 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0079663D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="006B6548" w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>pplicant</w:t>
       </w:r>
       <w:r w:rsidR="005A1C45">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>’s standard contract(s) include</w:t>
-      </w:r>
+        <w:t xml:space="preserve">’s standard contract(s) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005A1C45">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006B6548" w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> an early termination fee</w:t>
       </w:r>
       <w:r w:rsidR="005A1C45">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006B6548" w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  If yes, </w:t>
       </w:r>
       <w:r w:rsidR="000D4A5B" w:rsidRPr="00C93EDB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
@@ -4342,210 +5004,192 @@
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64402042" w14:textId="33FFD222" w:rsidR="008C3C26" w:rsidRDefault="008C3C26" w:rsidP="008C3C26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please consider listing products through our Energy Switch Website (“Website”).  For more information on our </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, visit </w:t>
+        <w:t xml:space="preserve">Please consider listing products through our Energy Switch Website (“Website”).  For more information on our Website, visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>http://www.energyswitchma.gov/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B2280F6" w14:textId="77777777" w:rsidR="008C3C26" w:rsidRDefault="008C3C26" w:rsidP="008C3C26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="445" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="7735"/>
       </w:tblGrid>
       <w:tr w:rsidR="008C3C26" w14:paraId="113647C8" w14:textId="77777777" w:rsidTr="00B85950">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45BA0FF2" w14:textId="77777777" w:rsidR="008C3C26" w:rsidRDefault="00AE0BDE" w:rsidP="00B85950">
+          <w:p w14:paraId="45BA0FF2" w14:textId="77777777" w:rsidR="008C3C26" w:rsidRDefault="00000000" w:rsidP="00B85950">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-2053383674"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C3C26" w:rsidRPr="006042CF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7735" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E0281B2" w14:textId="77777777" w:rsidR="008C3C26" w:rsidRDefault="008C3C26" w:rsidP="00B85950">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Yes, I intend to use the Website to list supply products</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C3C26" w14:paraId="75010A18" w14:textId="77777777" w:rsidTr="00B85950">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A6C8D62" w14:textId="77777777" w:rsidR="008C3C26" w:rsidRDefault="00AE0BDE" w:rsidP="00B85950">
+          <w:p w14:paraId="6A6C8D62" w14:textId="77777777" w:rsidR="008C3C26" w:rsidRDefault="00000000" w:rsidP="00B85950">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="665293839"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C3C26" w:rsidRPr="006042CF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7735" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6178DE9D" w14:textId="77777777" w:rsidR="008C3C26" w:rsidRDefault="008C3C26" w:rsidP="00B85950">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
@@ -4567,254 +5211,2168 @@
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>at this time</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> I do not intend to use the Website to list supply products</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="13EFF854" w14:textId="00D1A6EE" w:rsidR="008C3C26" w:rsidRDefault="008C3C26" w:rsidP="004E3695">
       <w:pPr>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06A056D2" w14:textId="77777777" w:rsidR="005A19D8" w:rsidRPr="0000576D" w:rsidRDefault="005A19D8" w:rsidP="005A19D8">
+    <w:p w14:paraId="005D2866" w14:textId="77777777" w:rsidR="00A32151" w:rsidRPr="0000576D" w:rsidRDefault="00A32151" w:rsidP="0063558A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
+        <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>MUNICIPAL AGGREGATION PROGRAM CONSULTING SERVICES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D938AC" w14:textId="5836AD23" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00460283">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A83CB6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If applicant intends to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>offer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005238ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>municipal aggregation program consulting services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005238ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, answer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5055">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>questions 1</w:t>
+      </w:r>
+      <w:r w:rsidR="000866B9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5055">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="000866B9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5055">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="603AA76C" w14:textId="77777777" w:rsidR="00460283" w:rsidRDefault="00460283" w:rsidP="0063558A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="055FD0E5" w14:textId="1B7CC4B8" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="0063558A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0000576D" w:rsidDel="00DE44F9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Id</w:t>
+      </w:r>
       <w:r w:rsidRPr="0000576D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">entify </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0000576D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jurisdictions (or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0000576D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>states</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0000576D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in which the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0000576D" w:rsidDel="00DE44F9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>pplicant currently provides</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0000576D" w:rsidDel="00DE44F9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>municipal aggregation program consulting services (answer Question </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0942">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and skip Question 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0942">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801114">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs w:val="0"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="407ED34D" w14:textId="77777777" w:rsidR="00A83128" w:rsidRDefault="00A83128" w:rsidP="00A83128">
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47DDA5E2" w14:textId="12A044F7" w:rsidR="00A32151" w:rsidRPr="0000576D" w:rsidRDefault="00A32151" w:rsidP="00A32151">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>(b) Provide a statement that the applicant has no experience providing municipal aggregation program consulting services (skip Question </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0942">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and answer Question 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0942">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D31B714" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00A32151">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17492AD2" w14:textId="62FE09E2" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00A32151">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>If you answered Question 1</w:t>
+      </w:r>
+      <w:r w:rsidR="001E748C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>(a):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFC88BD" w14:textId="6BAEEA35" w:rsidR="00A32151" w:rsidRPr="00E23163" w:rsidRDefault="00A32151" w:rsidP="00A32151">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>(a) For a minimum of three jurisdictions from Question 1</w:t>
+      </w:r>
+      <w:r w:rsidR="001E748C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (if available), provide the relevant tasks the applicant performed; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F169B52" w14:textId="77777777" w:rsidR="00A32151" w:rsidRPr="0000576D" w:rsidRDefault="00A32151" w:rsidP="00A32151">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Provide a description and/or examples of each of the tasks performed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1151588E" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00A32151">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="715"/>
+        <w:gridCol w:w="2943"/>
+        <w:gridCol w:w="1917"/>
+        <w:gridCol w:w="1890"/>
+        <w:gridCol w:w="1800"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A32151" w14:paraId="03A2C682" w14:textId="77777777" w:rsidTr="00FD55BA">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="78BF092A" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>State</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="53CF7855" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59483A41" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42EFC699" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32151" w14:paraId="6EB4D0A8" w14:textId="77777777" w:rsidTr="00FD55BA">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16A6246C" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Municipality</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7ED009BD" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E1294F2" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79E8AFFF" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32151" w14:paraId="32FE7C7A" w14:textId="77777777" w:rsidTr="00FD55BA">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="29B5A329" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Start/End dates</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3841258D" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="364A5AE7" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D8E3119" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32151" w14:paraId="1635E6F9" w14:textId="77777777" w:rsidTr="00FD55BA">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67FA197A" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Tasks Performed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2943" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00B05044" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA">
+            <w:r>
+              <w:t>Procurement of supply</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0703E63F" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="-1910678032"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA4B270" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="-903137289"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="385E56D4" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="665676142"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32151" w14:paraId="443FDE8F" w14:textId="77777777" w:rsidTr="00FD55BA">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2CEA9DC6" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2943" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3FB37B10" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA">
+            <w:r>
+              <w:t>Product rate setting/ renewable content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6384EF40" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="1727805921"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDB4D4D" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="-328129553"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6131881E" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="-1705861880"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32151" w14:paraId="17A6FC1C" w14:textId="77777777" w:rsidTr="00FD55BA">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6149F0DC" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2943" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6CAA0AC0" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA">
+            <w:r>
+              <w:t>Customer enrollment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="526B57FE" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="1068001040"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1B8901" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="-2037880541"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A63F47B" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="1657107749"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32151" w14:paraId="491371A9" w14:textId="77777777" w:rsidTr="00FD55BA">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C228773" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2943" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="53B33958" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA">
+            <w:r>
+              <w:t>Customer notifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1DABB478" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="-528329075"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F372EB7" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="-973128185"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63081B7D" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="429785607"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32151" w14:paraId="34EE2E25" w14:textId="77777777" w:rsidTr="00FD55BA">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="09FC45C7" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2943" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2E0D8D8E" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA">
+            <w:r>
+              <w:t>Customer education/ outreach</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58FC4525" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="1509792694"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F57DFF" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="-1342858559"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44EF8C82" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="-1729524338"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32151" w14:paraId="289F5CF5" w14:textId="77777777" w:rsidTr="00FD55BA">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="306D0FE5" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2943" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="63077E7C" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA">
+            <w:r>
+              <w:t>Customer service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="318C4107" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="-802768208"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA7652F" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="202452956"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE1AC64" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="1883052853"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32151" w14:paraId="0E8E5799" w14:textId="77777777" w:rsidTr="00FD55BA">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04BDFAC0" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2943" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07493FC4" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00FD55BA">
+            <w:r>
+              <w:t>Ongoing program information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="201FF588" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="1923449138"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="051B2625" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="-295676220"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9314B5" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00000000" w:rsidP="00FD55BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs w:val="0"/>
+                  <w:color w:val="000000"/>
+                </w:rPr>
+                <w:id w:val="-737468475"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A32151">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs w:val="0"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="05C3352B" w14:textId="77777777" w:rsidR="00A32151" w:rsidRPr="000D4204" w:rsidRDefault="00A32151" w:rsidP="00A32151">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CDB6905" w14:textId="7B367259" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00A32151">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>If you answered Question 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB721A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>(b), provide a r</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ésumé </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> staff that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>has</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> at least two years of experience providing municipal aggregation consulting services (applicable only for applicants that are new to providing municipal aggregation consulting services).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7858B9B5" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00A32151">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ED94D3C" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00A32151">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7174F9FE" w14:textId="77777777" w:rsidR="00A32151" w:rsidRDefault="00A32151" w:rsidP="00A32151">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">State whether you have read and are familiar with the Department’s most recent </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="002377AB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            <w:bCs w:val="0"/>
+          </w:rPr>
+          <w:t>Guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FA78793" w14:textId="77777777" w:rsidR="00A32151" w:rsidRPr="001D3018" w:rsidRDefault="00000000" w:rsidP="00A32151">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            <w:bCs w:val="0"/>
+            <w:color w:val="000000"/>
+          </w:rPr>
+          <w:id w:val="-2037565444"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A32151" w:rsidRPr="00F42CE0">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs w:val="0"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00A32151" w:rsidRPr="00F42CE0">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32151" w:rsidRPr="00F42CE0">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A32151" w:rsidRPr="00F42CE0">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A32151" w:rsidRPr="00F42CE0">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            <w:bCs w:val="0"/>
+            <w:color w:val="000000"/>
+          </w:rPr>
+          <w:id w:val="373435500"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00A32151" w:rsidRPr="00F42CE0">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs w:val="0"/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00A32151" w:rsidRPr="00F42CE0">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32151">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4908E772" w14:textId="77777777" w:rsidR="00A32151" w:rsidRPr="000D4204" w:rsidRDefault="00A32151" w:rsidP="00A32151">
+      <w:pPr>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E85D0FF" w14:textId="77777777" w:rsidR="00A32151" w:rsidRPr="0063558A" w:rsidRDefault="00A32151" w:rsidP="0063558A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06A056D2" w14:textId="099BF154" w:rsidR="005A19D8" w:rsidRPr="0000576D" w:rsidRDefault="005A19D8" w:rsidP="0063558A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0000576D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>LEGAL AND REGULATORY INFORMATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A8A16B" w14:textId="77777777" w:rsidR="000E0185" w:rsidRDefault="000E0185" w:rsidP="0063558A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="407ED34D" w14:textId="77777777" w:rsidR="00A83128" w:rsidRDefault="00A83128" w:rsidP="0063558A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="741EE71B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>Do you have affiliated companies that are licensed as a competitive supplier or an electricity broker in Massachusetts?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C7D0291" w14:textId="77777777" w:rsidR="00A83128" w:rsidRPr="00A24B72" w:rsidRDefault="00AE0BDE" w:rsidP="00A83128">
-      <w:pPr>
+    <w:p w14:paraId="5C7D0291" w14:textId="77777777" w:rsidR="00A83128" w:rsidRPr="00A24B72" w:rsidRDefault="00000000" w:rsidP="0063558A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="810"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           </w:rPr>
           <w:id w:val="246926769"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A83128" w:rsidRPr="00A24B72">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A83128" w:rsidRPr="00A24B72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r w:rsidR="00A83128" w:rsidRPr="00A24B72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A83128" w:rsidRPr="00A24B72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A83128" w:rsidRPr="00A24B72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           </w:rPr>
           <w:id w:val="1503084999"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A83128" w:rsidRPr="00A24B72">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A83128" w:rsidRPr="00A24B72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D86D76" w14:textId="77777777" w:rsidR="00A83128" w:rsidRDefault="00A83128" w:rsidP="00A83128">
+    <w:p w14:paraId="42D86D76" w14:textId="77777777" w:rsidR="00A83128" w:rsidRDefault="00A83128" w:rsidP="0063558A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="810"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>If yes, provide the following information for all existing licensed affiliates (add rows as necessary):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="805" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4230"/>
         <w:gridCol w:w="4230"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A83128" w14:paraId="5AA747EB" w14:textId="77777777" w:rsidTr="009F4F7B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03EC1A38" w14:textId="77777777" w:rsidR="00A83128" w:rsidRDefault="00A83128" w:rsidP="009F4F7B">
+          <w:p w14:paraId="03EC1A38" w14:textId="77777777" w:rsidR="00A83128" w:rsidRDefault="00A83128" w:rsidP="0063558A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Company name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13B67B5D" w14:textId="77777777" w:rsidR="00A83128" w:rsidRDefault="00A83128" w:rsidP="009F4F7B">
+          <w:p w14:paraId="13B67B5D" w14:textId="77777777" w:rsidR="00A83128" w:rsidRDefault="00A83128" w:rsidP="0063558A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>License number (starts with CS or EB)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A83128" w14:paraId="7DCBF2EC" w14:textId="77777777" w:rsidTr="009F4F7B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E7EF7DB" w14:textId="77777777" w:rsidR="00A83128" w:rsidRDefault="00A83128" w:rsidP="009F4F7B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -4950,119 +7508,117 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Has there been </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF71B8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>any bankruptcy, dissolution, merger, or acquisitions of the entity in the last five years?  If yes, please provide a summary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C4DBE0" w14:textId="77777777" w:rsidR="00A83128" w:rsidRPr="00A24B72" w:rsidRDefault="00AE0BDE" w:rsidP="00A83128">
+    <w:p w14:paraId="23C4DBE0" w14:textId="77777777" w:rsidR="00A83128" w:rsidRPr="00A24B72" w:rsidRDefault="00000000" w:rsidP="00A83128">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           </w:rPr>
           <w:id w:val="-425963210"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A83128" w:rsidRPr="00A24B72">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A83128" w:rsidRPr="00A24B72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r w:rsidR="00A83128" w:rsidRPr="00A24B72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A83128" w:rsidRPr="00A24B72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A83128" w:rsidRPr="00A24B72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           </w:rPr>
           <w:id w:val="1380119357"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A83128" w:rsidRPr="00A24B72">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A83128" w:rsidRPr="00A24B72">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5233F3C5" w14:textId="77777777" w:rsidR="00A83128" w:rsidRPr="00E719AA" w:rsidRDefault="00A83128" w:rsidP="00A83128">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
@@ -5143,119 +7699,117 @@
         </w:rPr>
         <w:t xml:space="preserve"> taken against the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="006042CF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>pplicant in any jurisdiction</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">?  If yes, please provide a summary.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26BC8DCF" w14:textId="77777777" w:rsidR="00FA53F6" w:rsidRPr="00D00854" w:rsidRDefault="00AE0BDE" w:rsidP="00FA53F6">
+    <w:p w14:paraId="26BC8DCF" w14:textId="77777777" w:rsidR="00FA53F6" w:rsidRPr="00D00854" w:rsidRDefault="00000000" w:rsidP="00FA53F6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           </w:rPr>
           <w:id w:val="389628841"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FA53F6" w:rsidRPr="00D00854">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00FA53F6" w:rsidRPr="00D00854">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r w:rsidR="00FA53F6" w:rsidRPr="00D00854">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FA53F6" w:rsidRPr="00D00854">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FA53F6" w:rsidRPr="00D00854">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           </w:rPr>
           <w:id w:val="-2519967"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FA53F6" w:rsidRPr="00D00854">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00FA53F6" w:rsidRPr="00D00854">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A98FECA" w14:textId="77777777" w:rsidR="00FA53F6" w:rsidRPr="00E719AA" w:rsidRDefault="00FA53F6" w:rsidP="00FA53F6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
@@ -6012,189 +8566,188 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0722C430" w14:textId="5BCD23DA" w:rsidR="00C41B7A" w:rsidRDefault="00C41B7A" w:rsidP="00E57CF1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C41B7A" w:rsidSect="002A76D3">
-      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3EAB9A33" w14:textId="77777777" w:rsidR="00C404E5" w:rsidRDefault="00C404E5" w:rsidP="00505151">
+    <w:p w14:paraId="354A60ED" w14:textId="77777777" w:rsidR="00034682" w:rsidRDefault="00034682" w:rsidP="00505151">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44759CF0" w14:textId="77777777" w:rsidR="00C404E5" w:rsidRDefault="00C404E5" w:rsidP="00505151">
+    <w:p w14:paraId="0A180EE3" w14:textId="77777777" w:rsidR="00034682" w:rsidRDefault="00034682" w:rsidP="00505151">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Old English Text MT">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="03040902040508030806"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:id w:val="16159376"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:id w:val="565050523"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="2137D6D1" w14:textId="77777777" w:rsidR="009B03D7" w:rsidRPr="009740D7" w:rsidRDefault="009B03D7">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009740D7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidRPr="009740D7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009740D7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -6249,165 +8802,165 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0075771F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="009740D7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="73540F8E" w14:textId="053EFFFD" w:rsidR="008C3C26" w:rsidRDefault="009B03D7">
+  <w:p w14:paraId="73540F8E" w14:textId="49D4A975" w:rsidR="008C3C26" w:rsidRDefault="009B03D7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008610F6">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Date of Form:</w:t>
     </w:r>
     <w:r w:rsidR="008610F6">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="005B1099">
+    <w:r w:rsidR="002724EA">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>J</w:t>
+      <w:t>December</w:t>
     </w:r>
     <w:r w:rsidR="00E14E40">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve">une </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="006C0519">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00E14E40">
+    <w:r w:rsidR="002724EA">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7638E617" w14:textId="58A2BA3E" w:rsidR="009B03D7" w:rsidRDefault="00AE0BDE">
+  <w:p w14:paraId="7638E617" w14:textId="58A2BA3E" w:rsidR="009B03D7" w:rsidRDefault="008C3C26">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="008C3C26" w:rsidRPr="00915071">
+      <w:r w:rsidRPr="00915071">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>https://www.mass.gov/how-to/submit-a-competitive-supplier-or-electricity-broker-expansion-license-to-serve-residential</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidR="008C3C26">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0165BEAA" w14:textId="77777777" w:rsidR="00C404E5" w:rsidRDefault="00C404E5" w:rsidP="00505151">
+    <w:p w14:paraId="34A388C7" w14:textId="77777777" w:rsidR="00034682" w:rsidRDefault="00034682" w:rsidP="00505151">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A06DF44" w14:textId="77777777" w:rsidR="00C404E5" w:rsidRDefault="00C404E5" w:rsidP="00505151">
+    <w:p w14:paraId="53A69387" w14:textId="77777777" w:rsidR="00034682" w:rsidRDefault="00034682" w:rsidP="00505151">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="029009A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D1E0042"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7440,50 +9993,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A9B6C22"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9880161C"/>
+    <w:lvl w:ilvl="0" w:tplc="8E9433CC">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5585268D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41F489BC"/>
     <w:lvl w:ilvl="0" w:tplc="4156F0FA">
       <w:start w:val="617"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="—"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3675" w:hanging="900"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Old English Text MT" w:eastAsia="Times New Roman" w:hAnsi="Old English Text MT" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3855" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7552,51 +10194,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8175" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8895" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56694F3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7928590"/>
     <w:lvl w:ilvl="0" w:tplc="D79C0064">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7638,51 +10280,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61B41429"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A7670A0"/>
     <w:lvl w:ilvl="0" w:tplc="3AB6B110">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1267" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1627" w:hanging="360"/>
       </w:pPr>
@@ -7729,51 +10371,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5227" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5947" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6667" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64445E62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="809C65AC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="12"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7842,51 +10484,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BD3459B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82403104"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="24"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -7931,51 +10573,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D0B7D45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D018B92E"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -8020,51 +10662,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E7003E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23A61440"/>
     <w:lvl w:ilvl="0" w:tplc="BE8205DE">
       <w:start w:val="16"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -8109,51 +10751,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="728A5A70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E084D28"/>
     <w:lvl w:ilvl="0" w:tplc="72CA3F86">
       <w:start w:val="23"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -8202,594 +10844,641 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1321276460">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="21826867">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="548228552">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1600288548">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1288779553">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1714426457">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1866407325">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1890336185">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1890336185">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="9" w16cid:durableId="747534057">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2061323288">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1095244176">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="993684841">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="410469168">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="233702783">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1024356960">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1514804351">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1856267457">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1395082668">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1457025419">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="225990218">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2033265087">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2051"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B4F5A"/>
     <w:rsid w:val="000071F8"/>
+    <w:rsid w:val="000110B1"/>
     <w:rsid w:val="00012F76"/>
     <w:rsid w:val="0001675E"/>
     <w:rsid w:val="00016AEF"/>
     <w:rsid w:val="000238F2"/>
     <w:rsid w:val="00032E18"/>
+    <w:rsid w:val="00034682"/>
     <w:rsid w:val="000359B0"/>
     <w:rsid w:val="000466F7"/>
     <w:rsid w:val="00052898"/>
     <w:rsid w:val="00054B72"/>
     <w:rsid w:val="00055C6C"/>
+    <w:rsid w:val="0005749E"/>
     <w:rsid w:val="0006208E"/>
     <w:rsid w:val="00062931"/>
+    <w:rsid w:val="00064702"/>
     <w:rsid w:val="00070083"/>
     <w:rsid w:val="00080955"/>
     <w:rsid w:val="00081971"/>
     <w:rsid w:val="0008669F"/>
+    <w:rsid w:val="000866B9"/>
     <w:rsid w:val="00086BD2"/>
     <w:rsid w:val="00095EB0"/>
     <w:rsid w:val="000B34FD"/>
     <w:rsid w:val="000C07B0"/>
     <w:rsid w:val="000C2DF3"/>
     <w:rsid w:val="000C6356"/>
     <w:rsid w:val="000D4A5B"/>
     <w:rsid w:val="000D7FD3"/>
+    <w:rsid w:val="000E0004"/>
     <w:rsid w:val="000E0185"/>
     <w:rsid w:val="000E26B6"/>
     <w:rsid w:val="001045BE"/>
     <w:rsid w:val="001069AB"/>
     <w:rsid w:val="00122BED"/>
     <w:rsid w:val="00126551"/>
     <w:rsid w:val="00127757"/>
     <w:rsid w:val="001307FE"/>
     <w:rsid w:val="00133711"/>
     <w:rsid w:val="001347BC"/>
     <w:rsid w:val="00134FD0"/>
     <w:rsid w:val="00143AE9"/>
     <w:rsid w:val="00150986"/>
     <w:rsid w:val="00166732"/>
     <w:rsid w:val="00174143"/>
     <w:rsid w:val="00177226"/>
     <w:rsid w:val="00182C87"/>
     <w:rsid w:val="00190A71"/>
     <w:rsid w:val="00190C8F"/>
     <w:rsid w:val="00192AC4"/>
     <w:rsid w:val="001A0753"/>
     <w:rsid w:val="001A0E39"/>
     <w:rsid w:val="001B367E"/>
     <w:rsid w:val="001B4F5A"/>
     <w:rsid w:val="001B6997"/>
     <w:rsid w:val="001C19C5"/>
     <w:rsid w:val="001C7ED2"/>
     <w:rsid w:val="001D4908"/>
     <w:rsid w:val="001D6FA5"/>
     <w:rsid w:val="001E1B18"/>
     <w:rsid w:val="001E23FD"/>
     <w:rsid w:val="001E432D"/>
+    <w:rsid w:val="001E748C"/>
     <w:rsid w:val="00231EE6"/>
     <w:rsid w:val="00235580"/>
     <w:rsid w:val="00254D36"/>
     <w:rsid w:val="00255820"/>
+    <w:rsid w:val="002724EA"/>
     <w:rsid w:val="002738FF"/>
     <w:rsid w:val="00280621"/>
     <w:rsid w:val="002847AA"/>
     <w:rsid w:val="00285924"/>
     <w:rsid w:val="002872FE"/>
+    <w:rsid w:val="00287C6E"/>
     <w:rsid w:val="00291752"/>
+    <w:rsid w:val="00291AEC"/>
     <w:rsid w:val="00297094"/>
     <w:rsid w:val="002A0F08"/>
     <w:rsid w:val="002A76D3"/>
+    <w:rsid w:val="002C7BBE"/>
     <w:rsid w:val="002D1A4B"/>
     <w:rsid w:val="002E6A1B"/>
     <w:rsid w:val="002F1F9E"/>
     <w:rsid w:val="00302933"/>
     <w:rsid w:val="00305FBC"/>
     <w:rsid w:val="00313481"/>
     <w:rsid w:val="0031353C"/>
     <w:rsid w:val="00315E5A"/>
+    <w:rsid w:val="0032513A"/>
+    <w:rsid w:val="00327D56"/>
     <w:rsid w:val="00342409"/>
     <w:rsid w:val="00345D40"/>
     <w:rsid w:val="00346B9D"/>
     <w:rsid w:val="00371314"/>
     <w:rsid w:val="00372E3A"/>
+    <w:rsid w:val="00372F0D"/>
     <w:rsid w:val="003754F2"/>
     <w:rsid w:val="00375ACF"/>
     <w:rsid w:val="00385BF0"/>
     <w:rsid w:val="0039190C"/>
     <w:rsid w:val="00392E6A"/>
     <w:rsid w:val="00396CFC"/>
     <w:rsid w:val="003A2C26"/>
     <w:rsid w:val="003A2F1A"/>
     <w:rsid w:val="003B6969"/>
     <w:rsid w:val="003C38D7"/>
     <w:rsid w:val="003C55B5"/>
     <w:rsid w:val="003C7017"/>
     <w:rsid w:val="003E368D"/>
     <w:rsid w:val="003E5536"/>
     <w:rsid w:val="003F0071"/>
     <w:rsid w:val="003F463F"/>
+    <w:rsid w:val="003F4EAF"/>
     <w:rsid w:val="003F6F67"/>
     <w:rsid w:val="00406F45"/>
+    <w:rsid w:val="00411810"/>
     <w:rsid w:val="004177C6"/>
     <w:rsid w:val="00422616"/>
+    <w:rsid w:val="00446B0B"/>
     <w:rsid w:val="004505FD"/>
     <w:rsid w:val="0045263D"/>
+    <w:rsid w:val="00460283"/>
     <w:rsid w:val="00462021"/>
     <w:rsid w:val="00466531"/>
     <w:rsid w:val="00472399"/>
     <w:rsid w:val="00472451"/>
     <w:rsid w:val="00473332"/>
     <w:rsid w:val="0049280E"/>
     <w:rsid w:val="0049546B"/>
     <w:rsid w:val="004A10C2"/>
+    <w:rsid w:val="004A3B8F"/>
     <w:rsid w:val="004B6E4B"/>
+    <w:rsid w:val="004C3B8D"/>
     <w:rsid w:val="004C6BE3"/>
     <w:rsid w:val="004D3312"/>
     <w:rsid w:val="004E3695"/>
     <w:rsid w:val="004E3D9E"/>
     <w:rsid w:val="0050255C"/>
     <w:rsid w:val="00502EF9"/>
     <w:rsid w:val="00505151"/>
     <w:rsid w:val="00507A47"/>
     <w:rsid w:val="00514724"/>
     <w:rsid w:val="00516DA4"/>
     <w:rsid w:val="00522883"/>
+    <w:rsid w:val="00537452"/>
     <w:rsid w:val="005559A4"/>
     <w:rsid w:val="00556E77"/>
     <w:rsid w:val="00557373"/>
     <w:rsid w:val="00557F7C"/>
     <w:rsid w:val="00561181"/>
     <w:rsid w:val="005677D7"/>
     <w:rsid w:val="00574920"/>
     <w:rsid w:val="00586858"/>
     <w:rsid w:val="00592F90"/>
     <w:rsid w:val="005A090B"/>
     <w:rsid w:val="005A19D8"/>
     <w:rsid w:val="005A1C45"/>
     <w:rsid w:val="005B1099"/>
     <w:rsid w:val="005B569F"/>
     <w:rsid w:val="005D47B7"/>
     <w:rsid w:val="005E20EA"/>
     <w:rsid w:val="005E7AA6"/>
     <w:rsid w:val="005E7F55"/>
     <w:rsid w:val="005F0A2A"/>
     <w:rsid w:val="005F2035"/>
     <w:rsid w:val="005F73F8"/>
     <w:rsid w:val="00601A66"/>
     <w:rsid w:val="0060689B"/>
     <w:rsid w:val="0061014C"/>
     <w:rsid w:val="006133A5"/>
     <w:rsid w:val="006172DE"/>
     <w:rsid w:val="00625438"/>
     <w:rsid w:val="00633353"/>
     <w:rsid w:val="00633CB8"/>
+    <w:rsid w:val="0063558A"/>
     <w:rsid w:val="0064273F"/>
     <w:rsid w:val="0064652E"/>
+    <w:rsid w:val="00646BC8"/>
     <w:rsid w:val="0066087A"/>
     <w:rsid w:val="006665F8"/>
     <w:rsid w:val="00682423"/>
     <w:rsid w:val="00693E7A"/>
     <w:rsid w:val="00695D34"/>
     <w:rsid w:val="006A6F17"/>
     <w:rsid w:val="006B302F"/>
     <w:rsid w:val="006B6548"/>
     <w:rsid w:val="006B6903"/>
     <w:rsid w:val="006B76F8"/>
     <w:rsid w:val="006C0519"/>
     <w:rsid w:val="006C7284"/>
     <w:rsid w:val="006C7C1E"/>
     <w:rsid w:val="006D1B75"/>
     <w:rsid w:val="006D2A78"/>
     <w:rsid w:val="006D5B83"/>
     <w:rsid w:val="006E325A"/>
     <w:rsid w:val="006F07C8"/>
     <w:rsid w:val="006F30A9"/>
     <w:rsid w:val="006F5D80"/>
     <w:rsid w:val="007206C0"/>
     <w:rsid w:val="00743498"/>
     <w:rsid w:val="0075771F"/>
     <w:rsid w:val="00760B35"/>
     <w:rsid w:val="00764189"/>
     <w:rsid w:val="00765E7A"/>
     <w:rsid w:val="0077700C"/>
     <w:rsid w:val="0079663D"/>
     <w:rsid w:val="007A2BEF"/>
     <w:rsid w:val="007A5053"/>
     <w:rsid w:val="007B2E41"/>
     <w:rsid w:val="007B3FBC"/>
     <w:rsid w:val="007C0EF8"/>
     <w:rsid w:val="007C6FB5"/>
     <w:rsid w:val="007D2878"/>
+    <w:rsid w:val="007E0725"/>
     <w:rsid w:val="007E1108"/>
     <w:rsid w:val="007E1A37"/>
     <w:rsid w:val="007F2986"/>
     <w:rsid w:val="00800DD8"/>
     <w:rsid w:val="008011DF"/>
     <w:rsid w:val="008057E0"/>
     <w:rsid w:val="0080598A"/>
     <w:rsid w:val="00813DC7"/>
     <w:rsid w:val="0081653E"/>
     <w:rsid w:val="00823627"/>
     <w:rsid w:val="0082428A"/>
     <w:rsid w:val="00824EE2"/>
     <w:rsid w:val="00832312"/>
     <w:rsid w:val="00832332"/>
     <w:rsid w:val="0084004E"/>
     <w:rsid w:val="00844F2F"/>
     <w:rsid w:val="008610F6"/>
     <w:rsid w:val="00863027"/>
+    <w:rsid w:val="00863D88"/>
     <w:rsid w:val="0087164E"/>
     <w:rsid w:val="00887D84"/>
+    <w:rsid w:val="00892ADB"/>
     <w:rsid w:val="008A07B2"/>
     <w:rsid w:val="008A4D6A"/>
     <w:rsid w:val="008B1E1C"/>
     <w:rsid w:val="008B50A9"/>
     <w:rsid w:val="008B7545"/>
     <w:rsid w:val="008B794E"/>
     <w:rsid w:val="008C3C26"/>
     <w:rsid w:val="008C64B8"/>
     <w:rsid w:val="008C6556"/>
     <w:rsid w:val="008D3955"/>
     <w:rsid w:val="008E7DA0"/>
     <w:rsid w:val="008F70DB"/>
     <w:rsid w:val="009003BE"/>
     <w:rsid w:val="009079FA"/>
     <w:rsid w:val="00907CA1"/>
     <w:rsid w:val="009101EC"/>
     <w:rsid w:val="00913768"/>
     <w:rsid w:val="009168F4"/>
     <w:rsid w:val="00920F0E"/>
     <w:rsid w:val="009210DE"/>
     <w:rsid w:val="0092458A"/>
     <w:rsid w:val="009279A1"/>
+    <w:rsid w:val="009404C7"/>
     <w:rsid w:val="00943F4A"/>
     <w:rsid w:val="009447D6"/>
     <w:rsid w:val="00946135"/>
     <w:rsid w:val="00951E2F"/>
     <w:rsid w:val="009563AD"/>
     <w:rsid w:val="009632E7"/>
     <w:rsid w:val="009740D7"/>
+    <w:rsid w:val="0097416D"/>
+    <w:rsid w:val="00980EFF"/>
     <w:rsid w:val="009812F0"/>
     <w:rsid w:val="00981779"/>
     <w:rsid w:val="00984072"/>
     <w:rsid w:val="0098456B"/>
     <w:rsid w:val="00987C12"/>
     <w:rsid w:val="00997F35"/>
     <w:rsid w:val="009A0B64"/>
     <w:rsid w:val="009A39B6"/>
     <w:rsid w:val="009A4F98"/>
     <w:rsid w:val="009B03D7"/>
     <w:rsid w:val="009B1D9E"/>
     <w:rsid w:val="009B4919"/>
     <w:rsid w:val="009B5268"/>
     <w:rsid w:val="009C441D"/>
     <w:rsid w:val="009C5C63"/>
     <w:rsid w:val="009C61BD"/>
     <w:rsid w:val="009D0372"/>
     <w:rsid w:val="009D7EBD"/>
     <w:rsid w:val="009F5B89"/>
     <w:rsid w:val="009F7FEE"/>
     <w:rsid w:val="00A00511"/>
     <w:rsid w:val="00A10D3D"/>
     <w:rsid w:val="00A10D65"/>
     <w:rsid w:val="00A15859"/>
     <w:rsid w:val="00A17439"/>
     <w:rsid w:val="00A25FD7"/>
+    <w:rsid w:val="00A32151"/>
     <w:rsid w:val="00A3224C"/>
     <w:rsid w:val="00A33620"/>
     <w:rsid w:val="00A33D01"/>
     <w:rsid w:val="00A414A7"/>
+    <w:rsid w:val="00A518D9"/>
     <w:rsid w:val="00A52675"/>
     <w:rsid w:val="00A5556B"/>
     <w:rsid w:val="00A66938"/>
     <w:rsid w:val="00A67820"/>
     <w:rsid w:val="00A728C2"/>
     <w:rsid w:val="00A73D56"/>
     <w:rsid w:val="00A77BFB"/>
     <w:rsid w:val="00A81BD3"/>
     <w:rsid w:val="00A81F1B"/>
     <w:rsid w:val="00A824B7"/>
     <w:rsid w:val="00A83128"/>
     <w:rsid w:val="00AA227F"/>
     <w:rsid w:val="00AA36DF"/>
     <w:rsid w:val="00AB3B2B"/>
+    <w:rsid w:val="00AB721A"/>
     <w:rsid w:val="00AC22BE"/>
     <w:rsid w:val="00AC6E3C"/>
     <w:rsid w:val="00AD1A40"/>
+    <w:rsid w:val="00AD6B22"/>
     <w:rsid w:val="00AE1BE5"/>
     <w:rsid w:val="00AF3D7C"/>
     <w:rsid w:val="00AF7B23"/>
     <w:rsid w:val="00B05463"/>
     <w:rsid w:val="00B159DF"/>
     <w:rsid w:val="00B2104E"/>
     <w:rsid w:val="00B36125"/>
     <w:rsid w:val="00B376D4"/>
     <w:rsid w:val="00B416DD"/>
     <w:rsid w:val="00B50A30"/>
     <w:rsid w:val="00B67697"/>
     <w:rsid w:val="00B67CD6"/>
     <w:rsid w:val="00B70B23"/>
     <w:rsid w:val="00B74CB5"/>
     <w:rsid w:val="00B7686D"/>
     <w:rsid w:val="00B81E92"/>
     <w:rsid w:val="00B832A0"/>
     <w:rsid w:val="00B8348B"/>
     <w:rsid w:val="00B85138"/>
+    <w:rsid w:val="00B9476F"/>
     <w:rsid w:val="00B95A26"/>
     <w:rsid w:val="00B9656C"/>
     <w:rsid w:val="00BA12DC"/>
     <w:rsid w:val="00BA35C3"/>
     <w:rsid w:val="00BB3156"/>
     <w:rsid w:val="00BB42D0"/>
     <w:rsid w:val="00BB6D71"/>
     <w:rsid w:val="00BC17F3"/>
     <w:rsid w:val="00BD0344"/>
     <w:rsid w:val="00BD0BBE"/>
     <w:rsid w:val="00BD7333"/>
     <w:rsid w:val="00BE1E68"/>
     <w:rsid w:val="00BE2C83"/>
     <w:rsid w:val="00BF2A7D"/>
     <w:rsid w:val="00BF63B3"/>
+    <w:rsid w:val="00BF69BB"/>
     <w:rsid w:val="00C060D8"/>
     <w:rsid w:val="00C10F20"/>
     <w:rsid w:val="00C24AB3"/>
     <w:rsid w:val="00C25350"/>
     <w:rsid w:val="00C26F0C"/>
     <w:rsid w:val="00C35920"/>
     <w:rsid w:val="00C404E5"/>
     <w:rsid w:val="00C41B7A"/>
     <w:rsid w:val="00C445D0"/>
     <w:rsid w:val="00C5421B"/>
+    <w:rsid w:val="00C55954"/>
     <w:rsid w:val="00C65FAF"/>
+    <w:rsid w:val="00C72A85"/>
     <w:rsid w:val="00C83AC8"/>
     <w:rsid w:val="00C91FBB"/>
     <w:rsid w:val="00C92ACD"/>
     <w:rsid w:val="00C93EDB"/>
     <w:rsid w:val="00C94F78"/>
     <w:rsid w:val="00CA45A2"/>
+    <w:rsid w:val="00CC40EA"/>
     <w:rsid w:val="00CD09D8"/>
     <w:rsid w:val="00CD5A4F"/>
     <w:rsid w:val="00CD73F9"/>
     <w:rsid w:val="00CE2726"/>
     <w:rsid w:val="00CE4226"/>
     <w:rsid w:val="00D05640"/>
     <w:rsid w:val="00D05B24"/>
     <w:rsid w:val="00D2780B"/>
     <w:rsid w:val="00D347BB"/>
     <w:rsid w:val="00D3564E"/>
     <w:rsid w:val="00D42043"/>
     <w:rsid w:val="00D42D28"/>
     <w:rsid w:val="00D551A7"/>
     <w:rsid w:val="00D63195"/>
     <w:rsid w:val="00D634EF"/>
     <w:rsid w:val="00D82308"/>
     <w:rsid w:val="00D96690"/>
     <w:rsid w:val="00DA4B0E"/>
     <w:rsid w:val="00DB1141"/>
+    <w:rsid w:val="00DE0942"/>
     <w:rsid w:val="00DE3882"/>
     <w:rsid w:val="00DE44F9"/>
+    <w:rsid w:val="00DE5368"/>
     <w:rsid w:val="00DF2676"/>
     <w:rsid w:val="00DF4251"/>
     <w:rsid w:val="00DF76F5"/>
     <w:rsid w:val="00E0291A"/>
     <w:rsid w:val="00E066CA"/>
+    <w:rsid w:val="00E11959"/>
     <w:rsid w:val="00E14E40"/>
     <w:rsid w:val="00E20944"/>
     <w:rsid w:val="00E20EAD"/>
     <w:rsid w:val="00E3039A"/>
     <w:rsid w:val="00E30672"/>
     <w:rsid w:val="00E31300"/>
     <w:rsid w:val="00E32A71"/>
     <w:rsid w:val="00E33B05"/>
     <w:rsid w:val="00E419D4"/>
     <w:rsid w:val="00E50529"/>
     <w:rsid w:val="00E50FF4"/>
     <w:rsid w:val="00E548FB"/>
     <w:rsid w:val="00E57CF1"/>
     <w:rsid w:val="00E66479"/>
     <w:rsid w:val="00E6658A"/>
     <w:rsid w:val="00E66D8C"/>
+    <w:rsid w:val="00E739CA"/>
     <w:rsid w:val="00E75DB1"/>
     <w:rsid w:val="00E812FC"/>
     <w:rsid w:val="00E85132"/>
     <w:rsid w:val="00E86579"/>
     <w:rsid w:val="00E92E1B"/>
     <w:rsid w:val="00E9370A"/>
     <w:rsid w:val="00E93FA3"/>
     <w:rsid w:val="00E966B9"/>
     <w:rsid w:val="00EB2DF2"/>
     <w:rsid w:val="00EC56CE"/>
     <w:rsid w:val="00ED06AF"/>
     <w:rsid w:val="00ED0EE7"/>
     <w:rsid w:val="00ED35F1"/>
     <w:rsid w:val="00EE28D6"/>
     <w:rsid w:val="00EE2CB3"/>
     <w:rsid w:val="00EE38A8"/>
     <w:rsid w:val="00EE66F9"/>
     <w:rsid w:val="00EF283A"/>
     <w:rsid w:val="00EF6CB2"/>
     <w:rsid w:val="00F021DB"/>
     <w:rsid w:val="00F03E87"/>
     <w:rsid w:val="00F201AD"/>
     <w:rsid w:val="00F2099E"/>
+    <w:rsid w:val="00F219B5"/>
     <w:rsid w:val="00F21CD7"/>
     <w:rsid w:val="00F26E59"/>
     <w:rsid w:val="00F3246A"/>
     <w:rsid w:val="00F343A5"/>
     <w:rsid w:val="00F418F6"/>
     <w:rsid w:val="00F423F3"/>
     <w:rsid w:val="00F45426"/>
+    <w:rsid w:val="00F53809"/>
     <w:rsid w:val="00F66184"/>
     <w:rsid w:val="00F727CD"/>
     <w:rsid w:val="00F756E5"/>
     <w:rsid w:val="00F80490"/>
     <w:rsid w:val="00F815B5"/>
     <w:rsid w:val="00F90BD1"/>
     <w:rsid w:val="00F92464"/>
     <w:rsid w:val="00F9435F"/>
     <w:rsid w:val="00FA1FF2"/>
     <w:rsid w:val="00FA53F6"/>
     <w:rsid w:val="00FB4A51"/>
     <w:rsid w:val="00FC7ADA"/>
     <w:rsid w:val="00FD78E4"/>
     <w:rsid w:val="00FE00D8"/>
     <w:rsid w:val="00FF1539"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="67EA2FA8"/>
   <w15:docId w15:val="{58C631A5-00A3-4E01-A845-487704574F04}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9350,64 +12039,62 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00466531"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D47B7"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D47B7"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="005D47B7"/>
     <w:rPr>
       <w:rFonts w:ascii="CG Times" w:eastAsia="Times New Roman" w:hAnsi="CG Times" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D47B7"/>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
@@ -9433,85 +12120,85 @@
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="008C3C26"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="634525848">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1052579401">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpu.electricsupply@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.energyswitchma.gov/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mark.marini@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpu.electricsupply@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fileservice.eea.comacloud.net/FileService.Api/file/FileRoom/19333979" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.energyswitchma.gov/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpu.efiling@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/submit-a-competitive-supplier-or-electricity-broker-expansion-license-to-serve-residential" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -9783,52 +12470,67 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010019284A1D07686949B5CDC9B8AB8768E2" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7879565dbbcb47ae885a64dbc40bb9fe">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2e793e6c-f80b-4f46-85b7-81c39eb90350" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="58020a5caa19b230096cad2a9fe2be1c" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2e793e6c-f80b-4f46-85b7-81c39eb90350">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="7b83dbe2-6fd2-449a-a932-0d75829bf641" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010019284A1D07686949B5CDC9B8AB8768E2" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="47b2229d361aafe74b20ff6f081e7bbd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2e793e6c-f80b-4f46-85b7-81c39eb90350" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="321e536a4055ed89858fc6c0e4bcb161" ns2:_="" ns3:_="">
     <xsd:import namespace="2e793e6c-f80b-4f46-85b7-81c39eb90350"/>
     <xsd:import namespace="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -10023,141 +12725,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{250D34B1-CDCB-44BF-9B65-75D76041F97E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A77CABC8-571F-4BA9-BD30-E9F6245318DB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A182B9EA-2A14-4F28-B858-E0E369D65A00}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2e793e6c-f80b-4f46-85b7-81c39eb90350"/>
+    <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D81AA7F6-0E7E-4525-A0FF-97E815583B11}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2C82D88-5AF8-4914-B98C-14511151415B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2e793e6c-f80b-4f46-85b7-81c39eb90350"/>
     <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>4907</Characters>
+  <Pages>6</Pages>
+  <Words>1153</Words>
+  <Characters>6574</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5756</CharactersWithSpaces>
+  <CharactersWithSpaces>7712</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Treanton, Morgane (DPU)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010019284A1D07686949B5CDC9B8AB8768E2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>