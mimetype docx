--- v0 (2025-10-30)
+++ v1 (2026-02-03)
@@ -1,96 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2F6165B0" w14:textId="2864AF57" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="002D53FF" w:rsidP="00F73255">
+    <w:p w14:paraId="2F6165B0" w14:textId="711D6685" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="002D53FF" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">AGE </w:t>
       </w:r>
       <w:r w:rsidR="00F73255" w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Congregate Housing Contractors &amp; Site Listings</w:t>
       </w:r>
       <w:r w:rsidR="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F73255" w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">(as of </w:t>
       </w:r>
       <w:r w:rsidR="00FC0939">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>January 2025</w:t>
+        <w:t>January 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B92830">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00F73255" w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C913804" w14:textId="77777777" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EEC03DB" w14:textId="0234779A" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
@@ -206,152 +212,153 @@
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>captaineldridgehouse@bha.barnstable.ma.us</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="080AF361" w14:textId="77777777" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="337323F4" w14:textId="2A9A72D7" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> (978) 281-1750</w:t>
+    <w:p w14:paraId="221AD471" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Boston, St. Helena (9 residents)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A9DF7C" w14:textId="43221467" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contractor: Bay Cove (617) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2BD8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>371</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2BD8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>000</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="00F209E6" w:rsidRPr="004A5DE9">
+        <w:r w:rsidR="00F209E6" w:rsidRPr="00206276">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>CHC_UptonPlace@seniorcareinc.org</w:t>
+          <w:t>housingcoordinator@baycove.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C2E0BFB" w14:textId="77777777" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
-[...21 lines deleted...]
-    <w:p w14:paraId="21A9DF7C" w14:textId="43221467" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+    <w:p w14:paraId="57BA711A" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E3C1F92" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Boston, Talbot House (9 residents)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33DAE341" w14:textId="11D987CE" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Contractor: Bay Cove (617) </w:t>
       </w:r>
       <w:r w:rsidR="00AD2BD8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>371</w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
@@ -373,198 +380,110 @@
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>000</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00F209E6" w:rsidRPr="00206276">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>housingcoordinator@baycove.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="57BA711A" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
-[...68 lines deleted...]
-        <w:t>000</w:t>
+    <w:p w14:paraId="7889BCD2" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AC5F602" w14:textId="780D351F" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Braintree, Highland Green (19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>residents)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45BEF780" w14:textId="16663BA5" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Contractor: South Shore Elder Services (781) 848-3910</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00F209E6" w:rsidRPr="00206276">
-[...66 lines deleted...]
-      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SCHC@sselder.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="40402661" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="125BBBF1" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
@@ -586,51 +505,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="49416804" w14:textId="6D403E49" w:rsidR="00F209E6" w:rsidRPr="004A5DE9" w:rsidRDefault="00F73255" w:rsidP="00F209E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="1F497D"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Contractor: Old Colony Elder Services (508) 584-1561</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00F209E6" w:rsidRPr="004A5DE9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>oceshousingprograms@ocesma.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="57C9A6AB" w14:textId="08258A3B" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Brockton: Ann Ward House (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -648,51 +567,51 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="484644"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Contractor: Brockton Housing Authority (508) 588-6880</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>chc_annward@brocktonha.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5D91FD59" w14:textId="0D4286F5" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Chatham</w:t>
       </w:r>
@@ -724,125 +643,123 @@
     <w:p w14:paraId="5A10F3CB" w14:textId="6E6FED6C" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Contractor: Chatham Housing Authority (508) 945-0478</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>info@chathamha.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6D9B6A7D" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D042BD4" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Dracut, Dracut Congregate (8 residents)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CD2D5BF" w14:textId="755CA66B" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Contractor: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A67218">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>AgeSpan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (978) 683-7747</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           </w:rPr>
           <w:t>CongregateHousing@AgeSpan.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="18143025" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48AF781E" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
@@ -871,51 +788,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(413) 781-8800</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>GSSSI.Congregate@gsssi.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="13642368" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CD8F5A1" w14:textId="4E245CA8" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
@@ -927,51 +844,51 @@
     <w:p w14:paraId="0EE404F9" w14:textId="19B4CFE7" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Contractor: Tri-Valley Inc. (508) 949-6640</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00F209E6" w:rsidRPr="00606FFD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>housing@tves.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6CDFDC76" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="635CCCF7" w14:textId="6CDF7977" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
@@ -1020,51 +937,51 @@
       </w:r>
       <w:r w:rsidR="00A67218" w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(978) 537-7411</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>CHC_MartinWalsh@asncm.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F209E6">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DFC0269" w14:textId="77777777" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46A8E3A3" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -1105,51 +1022,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003166D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(413) 773-5555</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>winslowwentworth@lifepathma.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="26CCA923" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45C34D61" w14:textId="433EE999" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
@@ -1173,51 +1090,51 @@
     <w:p w14:paraId="6F32ADEF" w14:textId="6981CD61" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Contractor: South Shore Elder Services (781) 848-3910</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SCHC@sselder.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="03A0BF55" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40E93EF7" w14:textId="5B32E6DD" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
@@ -1257,51 +1174,51 @@
       </w:r>
       <w:r w:rsidR="003166D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(413) 538-9020</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>CHC_RaymondMurphy@wmeldercare.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3A2BEB97" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28EAB5CB" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
@@ -1329,193 +1246,199 @@
       </w:r>
       <w:r w:rsidR="003166D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(781) 599-0110</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>chc_olivestreet@glss.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="36EE3F92" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26732178" w14:textId="17D79A19" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Marshfield, Grace Ryder Housing (11</w:t>
       </w:r>
       <w:r w:rsidR="003166D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>residents)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E21659F" w14:textId="42445FCD" w:rsidR="00F209E6" w:rsidRPr="004A5DE9" w:rsidRDefault="00F73255" w:rsidP="00F209E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="1F497D"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Contractor: Old Colony Elder Services (508) 584-1561</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00F209E6" w:rsidRPr="004A5DE9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>oceshousingprograms@ocesma.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6E5E4FB1" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="761C3F83" w14:textId="77777777" w:rsidR="00B92830" w:rsidRDefault="00B92830" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E5E4FB1" w14:textId="0FF2F135" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Methuen, Rachel Corliss (21 residents)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="108252D2" w14:textId="33130B4C" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Contractor: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A67218">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>AgeSpan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A67218" w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(978) 683-7747</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           </w:rPr>
           <w:t>CongregateHousing@AgeSpan.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="62ADDACC" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="689B6A4E" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
@@ -1544,51 +1467,51 @@
       </w:r>
       <w:r w:rsidR="003166D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(508) 865-2660</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mha-congregate@millburyha.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="626379B2" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F334580" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
@@ -1622,51 +1545,51 @@
       </w:r>
       <w:r w:rsidR="003166D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(508) 999-6400</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>CHC_GrinnellMansion@coastlinenb.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6B74A031" w14:textId="2B65CB6C" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Newton, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -1710,125 +1633,123 @@
       </w:r>
       <w:r w:rsidR="003166D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(617) 926-4100</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Housing@springwell.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="58B50938" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>North Andover, O’Connor Heights (10 residents)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FCDDC78" w14:textId="578DC3AC" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Contractor: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A67218">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>AgeSpan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A67218" w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(978) 683-7747</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           </w:rPr>
           <w:t>CongregateHousing@AgeSpan.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1EFCE805" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="555A8340" w14:textId="7B39C79F" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
@@ -1853,51 +1774,51 @@
     <w:p w14:paraId="5DA50AEB" w14:textId="7D97DCEC" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Contractor: Tri-Valley Inc. (508) 949-6640</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00F209E6" w:rsidRPr="00606FFD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>housing@tves.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="75D68FF4" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="765B3E6B" w14:textId="72AC1359" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
@@ -1914,824 +1835,816 @@
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>residents)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F9546A6" w14:textId="34F21BA9" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Contractor: </w:t>
       </w:r>
+      <w:r w:rsidR="00A67218">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>AgeSpan</w:t>
+      </w:r>
+      <w:r w:rsidR="00A67218" w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(978) 750-4540</w:t>
+      </w:r>
+      <w:r w:rsidR="00F209E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00F209E6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
+          </w:rPr>
+          <w:t>CongregateHousing@AgeSpan.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7AE914C2" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38CC03CA" w14:textId="1A7C1AD5" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Peabody, </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Seeglitz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (12</w:t>
+      </w:r>
+      <w:r w:rsidR="003166D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>residents)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5240AB94" w14:textId="17620536" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contractor: </w:t>
+      </w:r>
       <w:r w:rsidR="00A67218">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>AgeSpan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A67218" w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(978) 750-4540</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           </w:rPr>
           <w:t>CongregateHousing@AgeSpan.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7AE914C2" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> (12</w:t>
+    <w:p w14:paraId="138227C0" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="212F4138" w14:textId="261E1EDE" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Salem, J. Michael Ruane (14</w:t>
       </w:r>
       <w:r w:rsidR="003166D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>residents)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5240AB94" w14:textId="17620536" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+    <w:p w14:paraId="074D7751" w14:textId="5F06571B" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Contractor: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A67218">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>AgeSpan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A67218" w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(978) 750-4540</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           </w:rPr>
           <w:t>CongregateHousing@AgeSpan.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="138227C0" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
-[...18 lines deleted...]
-        <w:t>Salem, J. Michael Ruane (14</w:t>
+    <w:p w14:paraId="57AF67B6" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F6F1BAD" w14:textId="6C92FB0B" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Sandwich: Hansen Village</w:t>
       </w:r>
       <w:r w:rsidR="003166D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:t>(8 residents)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111A71A7" w14:textId="1327F786" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Contractor: Elder Services of Cape Cod and the Islands</w:t>
+      </w:r>
+      <w:r w:rsidR="003166D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(508) 394-4630</w:t>
+      </w:r>
+      <w:r w:rsidR="00F209E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidR="00F209E6" w:rsidRPr="004A5DE9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>CHC_HansenVillage@escci.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="523F775F" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34B60F66" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Spencer, Spencer Congregate (9residents)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B64A74D" w14:textId="1011290F" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Contractor: Tri-Valley Inc. (508) 949-6640</w:t>
+      </w:r>
+      <w:r w:rsidR="00F209E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidR="00F209E6" w:rsidRPr="00606FFD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>housing@tves.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="78B93983" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C380975" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Springfield, Robert Morris (5 residents)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1278FBA1" w14:textId="0F51AE44" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Contractor: Greater Springfield Senior Services</w:t>
+      </w:r>
+      <w:r w:rsidR="003166D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(413) 781-8800</w:t>
+      </w:r>
+      <w:r w:rsidR="00F209E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidR="00F209E6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>GSSSI.Congregate@gsssi.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="79C5F96D" w14:textId="77777777" w:rsidR="00F73255" w:rsidRPr="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5892106E" w14:textId="4005807E" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Stoughton, A. Silva House (19</w:t>
+      </w:r>
+      <w:r w:rsidR="003166D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>residents)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="074D7751" w14:textId="5F06571B" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+    <w:p w14:paraId="73EB247B" w14:textId="1EE36E5C" w:rsidR="00F209E6" w:rsidRPr="004A5DE9" w:rsidRDefault="00F73255" w:rsidP="00F209E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="1F497D"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Contractor: Old Colony Elder Services (508) 584-1561</w:t>
+      </w:r>
+      <w:r w:rsidR="00F209E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidR="00F209E6" w:rsidRPr="004A5DE9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>oceshousingprograms@ocesma.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7228011C" w14:textId="168E74FE" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Turner Falls, Winslow Wentworth (1</w:t>
+      </w:r>
+      <w:r w:rsidR="003166D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> residents)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62DB9670" w14:textId="403661AE" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Contractor: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>LifePath</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003166D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(413) 773-5555</w:t>
+      </w:r>
+      <w:r w:rsidR="00F209E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidR="00F209E6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>winslowwentworth@lifepathma.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="016B08F8" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C446C1D" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Tyngsboro, Red Pines Terrace (4 residents)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E88EF88" w14:textId="60082038" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contractor: </w:t>
+      </w:r>
       <w:r w:rsidR="00A67218">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>AgeSpan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A67218" w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>(978) 750-4540</w:t>
+        <w:t>(978) 683-7747</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId35" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Inter" w:hAnsi="Inter"/>
           </w:rPr>
           <w:t>CongregateHousing@AgeSpan.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="57AF67B6" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
-[...18 lines deleted...]
-        <w:t>Sandwich: Hansen Village</w:t>
+    <w:p w14:paraId="55B0D1C7" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FDCA34B" w14:textId="722B0259" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Wakefield, Lincoln School House (15</w:t>
       </w:r>
       <w:r w:rsidR="003166D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>(8 residents)</w:t>
-[...17 lines deleted...]
-        <w:t>Contractor: Elder Services of Cape Cod and the Islands</w:t>
+        <w:t>residents)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79215271" w14:textId="3D5CEAAD" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Contractor: Wakefield Housing Authority</w:t>
       </w:r>
       <w:r w:rsidR="003166D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>(508) 394-4630</w:t>
+        <w:t>(781) 245-7328</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
-[...449 lines deleted...]
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>CHC_LincolnSchool@wakefieldhousing.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="469461D9" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09C19D89" w14:textId="02634430" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
@@ -2753,80 +2666,71 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="288A778D" w14:textId="63192E7E" w:rsidR="00F209E6" w:rsidRPr="004A5DE9" w:rsidRDefault="00F73255" w:rsidP="00F209E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Contractor: Springwell (617) 926-4100</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Housing@springwell.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="56054680" w14:textId="77777777" w:rsidR="00FC0939" w:rsidRDefault="00FC0939" w:rsidP="00F73255">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0B712AD2" w14:textId="3F024B08" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Winchedon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Martin Ready (10</w:t>
       </w:r>
       <w:r w:rsidR="003166D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>residents)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69454969" w14:textId="7640BE14" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2854,81 +2758,82 @@
       </w:r>
       <w:r w:rsidR="00A67218" w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(978) 537-7411</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>CHC_MartinReady@asncm.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F209E6">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DE32352" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="570D1D20" w14:textId="14DEFA77" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Worcester, Curran Terrace (12</w:t>
       </w:r>
       <w:r w:rsidR="003166D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>residents)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="389809F7" w14:textId="607AC00B" w:rsidR="00F73255" w:rsidRPr="003166D2" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73255">
@@ -2941,150 +2846,154 @@
       </w:r>
       <w:r w:rsidR="003166D2" w:rsidRPr="003166D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73255">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(508) 756-1545</w:t>
       </w:r>
       <w:r w:rsidR="00F209E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidR="00F209E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>CHC_ESWA@eswa.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="47237772" w14:textId="77777777" w:rsidR="00F73255" w:rsidRDefault="00F73255" w:rsidP="00F73255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D18EA17" w14:textId="77777777" w:rsidR="009A1D27" w:rsidRPr="00F73255" w:rsidRDefault="009A1D27">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009A1D27" w:rsidRPr="00F73255" w:rsidSect="00FC0939">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1152" w:bottom="720" w:left="1152" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Inter">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F73255"/>
     <w:rsid w:val="002D53FF"/>
     <w:rsid w:val="003166D2"/>
     <w:rsid w:val="00584D1C"/>
+    <w:rsid w:val="00601EEB"/>
     <w:rsid w:val="0066600C"/>
+    <w:rsid w:val="00696B79"/>
     <w:rsid w:val="00705B3B"/>
+    <w:rsid w:val="00727C14"/>
     <w:rsid w:val="009A1D27"/>
     <w:rsid w:val="00A67218"/>
     <w:rsid w:val="00A9084F"/>
     <w:rsid w:val="00AD2BD8"/>
+    <w:rsid w:val="00B92830"/>
     <w:rsid w:val="00C26617"/>
     <w:rsid w:val="00D06815"/>
     <w:rsid w:val="00F209E6"/>
     <w:rsid w:val="00F73255"/>
     <w:rsid w:val="00FC0939"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -3554,51 +3463,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2126803363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CongregateHousing@AgeSpan.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SCHC@sselder.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CongregateHousing@AgeSpan.org" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_MartinReady@asncm.org" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oceshousingprograms@ocesma.org" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oceshousingprograms@ocesma.org" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housingcoordinator@baycove.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_MartinWalsh@asncm.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chc_olivestreet@glss.net" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CongregateHousing@AgeSpan.org" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_UptonPlace@seniorcareinc.org" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chc_annward@brocktonha.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_GrinnellMansion@coastlinenb.org" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housing@tves.org" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_LincolnSchool@wakefieldhousing.org" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_ESWA@eswa.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:captaineldridgehouse@bha.barnstable.ma.us" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housing@tves.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha-congregate@millburyha.net" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CongregateHousing@AgeSpan.org" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CongregateHousing@AgeSpan.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oceshousingprograms@ocesma.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_RaymondMurphy@wmeldercare.org" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_HansenVillage@escci.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_SilasNutting@asncm.org" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SCHC@sselder.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GSSSI.Congregate@gsssi.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CongregateHousing@AgeSpan.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housing@tves.org" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CongregateHousing@AgeSpan.org" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:winslowwentworth@lifepathma.org" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housingcoordinator@baycove.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@chathamha.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:winslowwentworth@lifepathma.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Housing@springwell.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GSSSI.Congregate@gsssi.org" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Housing@springwell.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GSSSI.Congregate@gsssi.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_RaymondMurphy@wmeldercare.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housing@tves.org" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_ESWA@eswa.org" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CongregateHousing@AgeSpan.org" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:winslowwentworth@lifepathma.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housingcoordinator@baycove.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:winslowwentworth@lifepathma.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oceshousingprograms@ocesma.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CongregateHousing@AgeSpan.org" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housingcoordinator@baycove.org" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@chathamha.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Housing@springwell.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GSSSI.Congregate@gsssi.org" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Housing@springwell.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:captaineldridgehouse@bha.barnstable.ma.us" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_MartinWalsh@asncm.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_GrinnellMansion@coastlinenb.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CongregateHousing@AgeSpan.org" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_LincolnSchool@wakefieldhousing.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chc_annward@brocktonha.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chc_olivestreet@glss.net" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housing@tves.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_SilasNutting@asncm.org" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oceshousingprograms@ocesma.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housing@tves.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha-congregate@millburyha.net" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CongregateHousing@AgeSpan.org" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_HansenVillage@escci.org" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CongregateHousing@AgeSpan.org" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SCHC@sselder.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CongregateHousing@AgeSpan.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SCHC@sselder.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CongregateHousing@AgeSpan.org" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oceshousingprograms@ocesma.org" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHC_MartinReady@asncm.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3857,69 +3766,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>960</Words>
-  <Characters>5478</Characters>
+  <Words>936</Words>
+  <Characters>5338</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>44</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6426</CharactersWithSpaces>
+  <CharactersWithSpaces>6262</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Emily Cooper</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>