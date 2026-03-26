--- v0 (2025-10-28)
+++ v1 (2026-03-26)
@@ -638,1762 +638,1762 @@
           <t>DEP Emergency Waiver DATE</t>
         </is>
       </c>
       <c r="BA1" s="0" t="inlineStr">
         <is>
           <t>DEP Emergency Waiver No</t>
         </is>
       </c>
       <c r="BB1" s="0" t="inlineStr">
         <is>
           <t>Certifier Name</t>
         </is>
       </c>
       <c r="BC1" s="0" t="inlineStr">
         <is>
           <t>Certifier Title</t>
         </is>
       </c>
       <c r="BD1" s="0" t="inlineStr">
         <is>
           <t>Certifier Company</t>
         </is>
       </c>
       <c r="BE1" s="0" t="inlineStr">
         <is>
-          <t>Certifier Signature Date</t>
+          <t>CERTSIGNDATE</t>
         </is>
       </c>
       <c r="BF1" s="0" t="inlineStr">
         <is>
           <t>PE No</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>550408</t>
+          <t>555491</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>FOXBORO STADIUM</t>
+          <t>ELIOT HOUSE, HARVARD UNIVERSITY</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>60 WASHINGTON STREET</t>
+          <t>101 DUNBAR STREET</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>FOXBOROUGH</t>
+          <t>CAMBRIDGE</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t>700 SQ FT</t>
         </is>
       </c>
       <c r="K2" s="0">
         <v>0</v>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>SPORTS ARENA</t>
+          <t>STUDENT HOUSING</t>
         </is>
       </c>
       <c r="M2" s="0">
         <v>0</v>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
-          <t>FOXBORO REALTY ASSOCIATES LLP</t>
-[...9 lines deleted...]
-          <t>FOXBOROUGH</t>
+          <t>SAME</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="Y2" s="1">
-        <v>37248</v>
+        <v>37427</v>
       </c>
       <c r="Z2" s="1">
-        <v>37499</v>
+        <v>37491</v>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
-          <t>SLATTERY SKANSKA USA</t>
+          <t>SHAWMUT DESIGN &amp; CONSTRUCTION</t>
         </is>
       </c>
       <c r="AB2" s="0" t="inlineStr">
         <is>
-          <t>2 FRONTAGE ROAD</t>
+          <t>560 HARRISON AVE</t>
         </is>
       </c>
       <c r="AC2" s="0" t="inlineStr">
         <is>
           <t>BOSTON</t>
         </is>
       </c>
       <c r="AD2" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AG2" s="0" t="inlineStr">
         <is>
-          <t>NORTH AMERICAN SITE DEVELOPERS INC</t>
+          <t>SHAWMUT DESIGN &amp; CONSTRUCTION</t>
         </is>
       </c>
       <c r="AH2" s="0" t="inlineStr">
         <is>
-          <t>218 LINCOLN ST</t>
+          <t>560 HARRISON AVE</t>
         </is>
       </c>
       <c r="AI2" s="0" t="inlineStr">
         <is>
-          <t>ALLSTON</t>
+          <t>BOSTON</t>
         </is>
       </c>
       <c r="AJ2" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AN2" s="0">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="AO2" s="0" t="inlineStr">
         <is>
-          <t>COMPLETE DEMO OF EXISTING STRUCTURE</t>
+          <t>BASEMENT SELECTIVE WINDOWS &amp; WALLS</t>
         </is>
       </c>
       <c r="AP2" s="0" t="inlineStr">
         <is>
-          <t>N / A</t>
+          <t>INTERIOR RENOVATIONS</t>
         </is>
       </c>
       <c r="AQ2" s="0">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="AR2" s="0" t="inlineStr">
         <is>
-          <t>SMITH &amp; WESSEL ASSOCIATES INC</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="AV2" s="0" t="inlineStr">
         <is>
           <t>WETTING</t>
         </is>
       </c>
       <c r="BB2" s="0" t="inlineStr">
         <is>
-          <t>DIANE MILLER</t>
+          <t>MARIELBA BELTRAN</t>
         </is>
       </c>
       <c r="BD2" s="0" t="inlineStr">
         <is>
-          <t>NORTH AMERICAN SITE DEVELOPERS INC</t>
+          <t>SHAWMUT DESIGN</t>
         </is>
       </c>
       <c r="BE2" s="1">
-        <v>37239</v>
+        <v>37003</v>
       </c>
     </row>
     <row outlineLevel="0" r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
-          <t>555491</t>
+          <t>543897</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>ELIOT HOUSE, HARVARD UNIVERSITY</t>
+          <t>90 WESTLAND BLOCK</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>101 DUNBAR STREET</t>
+          <t>90 WESTLAND AVENUE</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>CAMBRIDGE</t>
+          <t>BOSTON</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
-          <t>700 SQ FT</t>
+          <t>3 F;PPRS 150X60 9000 SQ FT</t>
         </is>
       </c>
       <c r="K3" s="0">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>STUDENT HOUSING</t>
+          <t>REST/STORE 1ST, APTS ABOVE</t>
         </is>
       </c>
       <c r="M3" s="0">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="N3" s="0" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
       </c>
       <c r="O3" s="0" t="inlineStr">
         <is>
-          <t>SAME</t>
+          <t>90 WESTLAND REALTY TRUST</t>
+        </is>
+      </c>
+      <c r="P3" s="0" t="inlineStr">
+        <is>
+          <t>90 WESTLAND AVENUE</t>
+        </is>
+      </c>
+      <c r="Q3" s="0" t="inlineStr">
+        <is>
+          <t>BOSTON</t>
         </is>
       </c>
       <c r="R3" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="Y3" s="1">
+        <v>37396</v>
+      </c>
+      <c r="Z3" s="1">
         <v>37427</v>
       </c>
-      <c r="Z3" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="AA3" s="0" t="inlineStr">
         <is>
-          <t>SHAWMUT DESIGN &amp; CONSTRUCTION</t>
+          <t>LAMBRIAN CONSTRUCTION CORPORATION</t>
         </is>
       </c>
       <c r="AB3" s="0" t="inlineStr">
         <is>
-          <t>560 HARRISON AVE</t>
+          <t>384 WASHINGTON STREET</t>
         </is>
       </c>
       <c r="AC3" s="0" t="inlineStr">
         <is>
-          <t>BOSTON</t>
+          <t>WESTWOOD</t>
         </is>
       </c>
       <c r="AD3" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AG3" s="0" t="inlineStr">
         <is>
-          <t>SHAWMUT DESIGN &amp; CONSTRUCTION</t>
+          <t>HERCULES BUILDING WRECKING CO</t>
         </is>
       </c>
       <c r="AH3" s="0" t="inlineStr">
         <is>
-          <t>560 HARRISON AVE</t>
+          <t>138 WILDER ST PO BOX 2395</t>
         </is>
       </c>
       <c r="AI3" s="0" t="inlineStr">
         <is>
-          <t>BOSTON</t>
+          <t>BROCKTON</t>
         </is>
       </c>
       <c r="AJ3" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AN3" s="0">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="AO3" s="0" t="inlineStr">
         <is>
-          <t>BASEMENT SELECTIVE WINDOWS &amp; WALLS</t>
-[...4 lines deleted...]
-          <t>INTERIOR RENOVATIONS</t>
+          <t>3-STORY BRICK AND WOOD</t>
         </is>
       </c>
       <c r="AQ3" s="0">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>-1</v>
       </c>
       <c r="AV3" s="0" t="inlineStr">
         <is>
           <t>WETTING</t>
         </is>
       </c>
       <c r="BB3" s="0" t="inlineStr">
         <is>
-          <t>MARIELBA BELTRAN</t>
+          <t>HAROLD E MONSINI</t>
         </is>
       </c>
       <c r="BD3" s="0" t="inlineStr">
         <is>
-          <t>SHAWMUT DESIGN</t>
+          <t>SAME AS GENERAL CONTRACTOR</t>
         </is>
       </c>
       <c r="BE3" s="1">
-        <v>37003</v>
+        <v>37010</v>
       </c>
     </row>
     <row outlineLevel="0" r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
-          <t>553421</t>
+          <t>550845</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>FIDELITY INVESTMENTS</t>
+          <t>SALTONSTALL BUILDING</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>245 SUMMER STREET</t>
+          <t>100 CAMBRIDGE STREET</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t>BOSTON</t>
         </is>
       </c>
+      <c r="I4" s="0" t="inlineStr">
+        <is>
+          <t>630000 SQ FT  22 FLOORS</t>
+        </is>
+      </c>
+      <c r="K4" s="0">
+        <v>-1</v>
+      </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>OFFICE</t>
-        </is>
+          <t>OFFICES</t>
+        </is>
+      </c>
+      <c r="M4" s="0">
+        <v>0</v>
       </c>
       <c r="O4" s="0" t="inlineStr">
         <is>
-          <t>FIDELITY CORPORATE REAL ESTATE  LLC</t>
+          <t>MA DEVELOPMENT</t>
         </is>
       </c>
       <c r="P4" s="0" t="inlineStr">
         <is>
-          <t>7 WATER STREET</t>
+          <t>75 FEDERAL STREET</t>
         </is>
       </c>
       <c r="Q4" s="0" t="inlineStr">
         <is>
           <t>BOSTON</t>
         </is>
       </c>
       <c r="R4" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="Y4" s="1">
-        <v>37590</v>
+        <v>37053</v>
       </c>
       <c r="Z4" s="1">
-        <v>37621</v>
+        <v>37326</v>
       </c>
       <c r="AA4" s="0" t="inlineStr">
         <is>
-          <t>GILBANE CONSTRUCTION CO</t>
+          <t>SUFFOLK CONSTRUCTION CO INC</t>
         </is>
       </c>
       <c r="AB4" s="0" t="inlineStr">
         <is>
-          <t>7 JACKSON WALKWAY</t>
+          <t>65 ALLERTON ST</t>
         </is>
       </c>
       <c r="AC4" s="0" t="inlineStr">
         <is>
-          <t>PROVIDENCE</t>
+          <t>BOSTON</t>
         </is>
       </c>
       <c r="AD4" s="0" t="inlineStr">
         <is>
-          <t>RI</t>
-[...14 lines deleted...]
-          <t>UNION</t>
+          <t>MA</t>
         </is>
       </c>
       <c r="AJ4" s="0" t="inlineStr">
         <is>
-          <t>NJ</t>
-        </is>
+          <t>MA</t>
+        </is>
+      </c>
+      <c r="AN4" s="0">
+        <v>0</v>
       </c>
       <c r="AO4" s="0" t="inlineStr">
         <is>
-          <t>INTERIOR DEMO-5TH, 9TH, 10TH, 11TH FLOORS.</t>
+          <t>CONSTRUCTION DEBRIS ON EACH FLOOR</t>
         </is>
       </c>
       <c r="AP4" s="0" t="inlineStr">
         <is>
-          <t>NA</t>
-[...4 lines deleted...]
-          <t>FLI ENVIROMENTAL</t>
+          <t>COMPLETE RENOVATION</t>
+        </is>
+      </c>
+      <c r="AQ4" s="0">
+        <v>0</v>
+      </c>
+      <c r="AV4" s="0" t="inlineStr">
+        <is>
+          <t>COVERING"</t>
         </is>
       </c>
       <c r="BB4" s="0" t="inlineStr">
         <is>
-          <t>CHISTOPHER J. FRACKIEWCZ</t>
+          <t>JASON RICHARDS</t>
         </is>
       </c>
       <c r="BD4" s="0" t="inlineStr">
         <is>
-          <t>CEO</t>
+          <t>SAME AS GENERAL CONTRACTOR</t>
         </is>
       </c>
       <c r="BE4" s="1">
-        <v>37210</v>
+        <v>37047</v>
       </c>
     </row>
     <row outlineLevel="0" r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>549649</t>
+          <t>528745</t>
+        </is>
+      </c>
+      <c r="B5" s="0" t="inlineStr">
+        <is>
+          <t>UNIBANK</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>121-127 PORTLAND STREET</t>
+          <t>48 CHURCH STREET</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
-          <t>BOSTON</t>
+          <t>NORTHBRIDGE</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
-          <t>10000 SF  5 FL</t>
+          <t>2400 SF  3 FL</t>
         </is>
       </c>
       <c r="K5" s="0">
         <v>-1</v>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>MFG FACILITY</t>
+          <t>RETAIL STORE</t>
         </is>
       </c>
       <c r="M5" s="0">
         <v>0</v>
       </c>
       <c r="O5" s="0" t="inlineStr">
         <is>
-          <t>CATHARTES INVESTMENTS</t>
-[...9 lines deleted...]
-          <t>BOSTON</t>
+          <t>SAME</t>
         </is>
       </c>
       <c r="R5" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="Y5" s="1">
-        <v>36898</v>
+        <v>37445</v>
       </c>
       <c r="Z5" s="1">
-        <v>37628</v>
+        <v>37496</v>
       </c>
       <c r="AA5" s="0" t="inlineStr">
         <is>
-          <t>DIMEO CONSTRUCTION COMPANY</t>
+          <t>F &amp; D TRUCK CO INC</t>
         </is>
       </c>
       <c r="AB5" s="0" t="inlineStr">
         <is>
-          <t>75 CHAPMAN STREET</t>
+          <t>14 MCCRAKEN RD</t>
         </is>
       </c>
       <c r="AC5" s="0" t="inlineStr">
         <is>
-          <t>PROVIDENCE</t>
+          <t>MILLBURY</t>
         </is>
       </c>
       <c r="AD5" s="0" t="inlineStr">
         <is>
-          <t>RI</t>
+          <t>MA</t>
         </is>
       </c>
       <c r="AG5" s="0" t="inlineStr">
         <is>
-          <t>NORTH AMERICAN SITE DEVELOPERS INC</t>
+          <t>F &amp; D TRUCK CO INC</t>
         </is>
       </c>
       <c r="AH5" s="0" t="inlineStr">
         <is>
-          <t>218 LINCOLN ST</t>
+          <t>14 MCCRAKEN RD</t>
         </is>
       </c>
       <c r="AI5" s="0" t="inlineStr">
         <is>
-          <t>ALLSTON</t>
+          <t>MILLBURY</t>
         </is>
       </c>
       <c r="AJ5" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AN5" s="0">
-        <v>0</v>
-[...9 lines deleted...]
-        </is>
+        <v>-1</v>
       </c>
       <c r="AQ5" s="0">
         <v>-1</v>
       </c>
       <c r="AR5" s="0" t="inlineStr">
         <is>
-          <t>LEVINE-FRICK-RECON</t>
+          <t>MERCURY TECHNICAL SERVICES</t>
         </is>
       </c>
       <c r="AV5" s="0" t="inlineStr">
         <is>
           <t>WETTING</t>
         </is>
       </c>
       <c r="BB5" s="0" t="inlineStr">
         <is>
-          <t>DIANE MILLER</t>
+          <t>LEONARD DILIDDO</t>
         </is>
       </c>
       <c r="BD5" s="0" t="inlineStr">
         <is>
-          <t>NORTH AMERICAN SITE DEVELOPERS</t>
+          <t>SAME AS GENERAL CONTRACTOR</t>
         </is>
       </c>
       <c r="BE5" s="1">
-        <v>37245</v>
+        <v>37066</v>
       </c>
     </row>
     <row outlineLevel="0" r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>550845</t>
+          <t>556171</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>SALTONSTALL BUILDING</t>
+          <t>ROGERSON COMMUNITIES</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>100 CAMBRIDGE STREET</t>
+          <t>1 FLORENCE STREET</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t>BOSTON</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
-          <t>630000 SQ FT  22 FLOORS</t>
+          <t>8680 SF PER FL X 3 FL</t>
         </is>
       </c>
       <c r="K6" s="0">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>OFFICES</t>
+          <t>OFFICE</t>
         </is>
       </c>
       <c r="M6" s="0">
         <v>0</v>
       </c>
       <c r="O6" s="0" t="inlineStr">
         <is>
-          <t>MA DEVELOPMENT</t>
-[...9 lines deleted...]
-          <t>BOSTON</t>
+          <t>SAME</t>
         </is>
       </c>
       <c r="R6" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="Y6" s="1">
-        <v>37053</v>
+        <v>37509</v>
       </c>
       <c r="Z6" s="1">
-        <v>37326</v>
+        <v>37874</v>
       </c>
       <c r="AA6" s="0" t="inlineStr">
         <is>
-          <t>SUFFOLK CONSTRUCTION CO INC</t>
+          <t>JAMES J WELCH &amp; CO INC</t>
         </is>
       </c>
       <c r="AB6" s="0" t="inlineStr">
         <is>
-          <t>65 ALLERTON ST</t>
+          <t>27 CONGRESS ST</t>
         </is>
       </c>
       <c r="AC6" s="0" t="inlineStr">
         <is>
-          <t>BOSTON</t>
+          <t>SALEM</t>
         </is>
       </c>
       <c r="AD6" s="0" t="inlineStr">
         <is>
           <t>MA</t>
+        </is>
+      </c>
+      <c r="AG6" s="0" t="inlineStr">
+        <is>
+          <t>JAMES J WELCH &amp; CO INC</t>
+        </is>
+      </c>
+      <c r="AH6" s="0" t="inlineStr">
+        <is>
+          <t>27 CONGRESS ST</t>
+        </is>
+      </c>
+      <c r="AI6" s="0" t="inlineStr">
+        <is>
+          <t>SALEM</t>
         </is>
       </c>
       <c r="AJ6" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AN6" s="0">
         <v>0</v>
       </c>
-      <c r="AO6" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AP6" s="0" t="inlineStr">
         <is>
-          <t>COMPLETE RENOVATION</t>
+          <t>OFFICE,ELEVATOR,FINISHES</t>
         </is>
       </c>
       <c r="AQ6" s="0">
         <v>0</v>
       </c>
-      <c r="AV6" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="BB6" s="0" t="inlineStr">
         <is>
-          <t>JASON RICHARDS</t>
+          <t>ROBERT T O'HEARN</t>
         </is>
       </c>
       <c r="BD6" s="0" t="inlineStr">
         <is>
           <t>SAME AS GENERAL CONTRACTOR</t>
         </is>
       </c>
       <c r="BE6" s="1">
-        <v>37047</v>
+        <v>37131</v>
       </c>
     </row>
     <row outlineLevel="0" r="7">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>528745</t>
+          <t>552272</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>UNIBANK</t>
+          <t>PARCEL 8</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>48 CHURCH STREET</t>
+          <t>8-8A WARREN AVENUE</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
-          <t>NORTHBRIDGE</t>
+          <t>BOSTON</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
-          <t>2400 SF  3 FL</t>
+          <t>23'X33'  3000 SF</t>
         </is>
       </c>
       <c r="K7" s="0">
         <v>-1</v>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>RETAIL STORE</t>
+          <t>VACANT RESIDENCE&amp;STORE</t>
         </is>
       </c>
       <c r="M7" s="0">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="N7" s="0" t="inlineStr">
+        <is>
+          <t>1 res &amp; 1 comml</t>
+        </is>
       </c>
       <c r="O7" s="0" t="inlineStr">
         <is>
-          <t>SAME</t>
+          <t>TOC PEABODY ATELIER LLC</t>
+        </is>
+      </c>
+      <c r="P7" s="0" t="inlineStr">
+        <is>
+          <t>50 FEDERAL STREET  SUITE 1000</t>
+        </is>
+      </c>
+      <c r="Q7" s="0" t="inlineStr">
+        <is>
+          <t>BOSTON</t>
         </is>
       </c>
       <c r="R7" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="Y7" s="1">
-        <v>37445</v>
+        <v>37410</v>
       </c>
       <c r="Z7" s="1">
-        <v>37496</v>
+        <v>37468</v>
       </c>
       <c r="AA7" s="0" t="inlineStr">
         <is>
-          <t>F &amp; D TRUCK CO INC</t>
+          <t>TURNER CONSTRUCTION COMPANY</t>
         </is>
       </c>
       <c r="AB7" s="0" t="inlineStr">
         <is>
-          <t>14 MCCRAKEN RD</t>
+          <t>2 SEAPORT LANE</t>
         </is>
       </c>
       <c r="AC7" s="0" t="inlineStr">
         <is>
-          <t>MILLBURY</t>
+          <t>BOSTON</t>
         </is>
       </c>
       <c r="AD7" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AG7" s="0" t="inlineStr">
         <is>
-          <t>F &amp; D TRUCK CO INC</t>
+          <t>NORTH AMERICAN SITE DEVELOPERS INC</t>
         </is>
       </c>
       <c r="AH7" s="0" t="inlineStr">
         <is>
-          <t>14 MCCRAKEN RD</t>
+          <t>218 LINCOLN ST</t>
         </is>
       </c>
       <c r="AI7" s="0" t="inlineStr">
         <is>
-          <t>MILLBURY</t>
+          <t>ALLSTON</t>
         </is>
       </c>
       <c r="AJ7" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AN7" s="0">
         <v>-1</v>
       </c>
+      <c r="AO7" s="0" t="inlineStr">
+        <is>
+          <t>COMPLETE BUILDING DEMO</t>
+        </is>
+      </c>
       <c r="AQ7" s="0">
         <v>-1</v>
       </c>
       <c r="AR7" s="0" t="inlineStr">
         <is>
-          <t>MERCURY TECHNICAL SERVICES</t>
+          <t>DEC-TAM CORPORATION</t>
         </is>
       </c>
       <c r="AV7" s="0" t="inlineStr">
         <is>
           <t>WETTING</t>
         </is>
       </c>
       <c r="BB7" s="0" t="inlineStr">
         <is>
-          <t>LEONARD DILIDDO</t>
+          <t>TED DUROS</t>
         </is>
       </c>
       <c r="BD7" s="0" t="inlineStr">
         <is>
           <t>SAME AS GENERAL CONTRACTOR</t>
         </is>
       </c>
       <c r="BE7" s="1">
-        <v>37066</v>
+        <v>37133</v>
       </c>
     </row>
     <row outlineLevel="0" r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>547432</t>
+          <t>552273</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>[FORMER] RAYTHEON FACILITY</t>
+          <t>PARCEL 8</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>465 CENTRE STREET</t>
+          <t>2-6 WARREN AVENUE</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
-          <t>QUINCY</t>
+          <t>BOSTON</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
-          <t>300000 SF  2 FL</t>
+          <t>21000 SF</t>
         </is>
       </c>
       <c r="K8" s="0">
         <v>-1</v>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>PRODUCTION&amp;OFFICESPACE</t>
+          <t>FORMER GAS STA&amp;PK GARAGE</t>
         </is>
       </c>
       <c r="M8" s="0">
         <v>0</v>
       </c>
       <c r="O8" s="0" t="inlineStr">
         <is>
-          <t>HOME DEPOT</t>
+          <t>TOC PEABODY ATELIER LLC</t>
         </is>
       </c>
       <c r="P8" s="0" t="inlineStr">
         <is>
-          <t>2455 PACES FERRY ROAD</t>
+          <t>50 FEDERAL STREET  SUITE 1000</t>
         </is>
       </c>
       <c r="Q8" s="0" t="inlineStr">
         <is>
-          <t>ATLANTA</t>
+          <t>BOSTON</t>
         </is>
       </c>
       <c r="R8" s="0" t="inlineStr">
         <is>
-          <t>GA</t>
+          <t>MA</t>
         </is>
       </c>
       <c r="Y8" s="1">
-        <v>36898</v>
+        <v>37410</v>
       </c>
       <c r="Z8" s="1">
-        <v>37263</v>
+        <v>37468</v>
       </c>
       <c r="AA8" s="0" t="inlineStr">
         <is>
-          <t>JJ VACCARO INC</t>
+          <t>TURNER CONSTRUCTION COMPANY</t>
         </is>
       </c>
       <c r="AB8" s="0" t="inlineStr">
         <is>
-          <t>38 UNION SQ</t>
+          <t>2 SEAPORT LANE</t>
         </is>
       </c>
       <c r="AC8" s="0" t="inlineStr">
         <is>
-          <t>SOMERVILLE</t>
+          <t>BOSTON</t>
         </is>
       </c>
       <c r="AD8" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AG8" s="0" t="inlineStr">
         <is>
           <t>NORTH AMERICAN SITE DEVELOPERS INC</t>
         </is>
       </c>
       <c r="AH8" s="0" t="inlineStr">
         <is>
           <t>218 LINCOLN ST</t>
         </is>
       </c>
       <c r="AI8" s="0" t="inlineStr">
         <is>
           <t>ALLSTON</t>
         </is>
       </c>
       <c r="AJ8" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AN8" s="0">
         <v>-1</v>
       </c>
       <c r="AO8" s="0" t="inlineStr">
         <is>
-          <t>COMPLETE DEMO OF EXISTING STRUCTURE</t>
-[...4 lines deleted...]
-          <t>N A</t>
+          <t>COMPLETE BUILDING DEMO</t>
         </is>
       </c>
       <c r="AQ8" s="0">
         <v>-1</v>
       </c>
       <c r="AR8" s="0" t="inlineStr">
         <is>
-          <t>HYGIENETICS</t>
+          <t>DEC-TAM CORPORATION</t>
         </is>
       </c>
       <c r="AV8" s="0" t="inlineStr">
         <is>
           <t>WETTING</t>
         </is>
       </c>
       <c r="BB8" s="0" t="inlineStr">
         <is>
-          <t>DIANE MILLER</t>
+          <t>TED DUROS</t>
         </is>
       </c>
       <c r="BD8" s="0" t="inlineStr">
         <is>
-          <t>NORTHAMERICAN SITEDEVELOPERS</t>
+          <t>SAME AS GENERAL CONTRACTOR</t>
         </is>
       </c>
       <c r="BE8" s="1">
-        <v>37245</v>
+        <v>37133</v>
       </c>
     </row>
     <row outlineLevel="0" r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>552272</t>
+          <t>301207</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>PARCEL 8</t>
+          <t>WYETH RESEARCH</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>8-8A WARREN AVENUE</t>
+          <t>200 CAMBRIDGE PARK DR</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
+          <t>CAMBRIDGE</t>
+        </is>
+      </c>
+      <c r="I9" s="0" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="L9" s="0" t="inlineStr">
+        <is>
+          <t>OFFICE AND RESEARCH</t>
+        </is>
+      </c>
+      <c r="O9" s="0" t="inlineStr">
+        <is>
+          <t>WYETH RESEARCH</t>
+        </is>
+      </c>
+      <c r="P9" s="0" t="inlineStr">
+        <is>
+          <t>200 CAMBRIDGE PARK DR</t>
+        </is>
+      </c>
+      <c r="Q9" s="0" t="inlineStr">
+        <is>
+          <t>CAMBRIDGE</t>
+        </is>
+      </c>
+      <c r="R9" s="0" t="inlineStr">
+        <is>
+          <t>MA</t>
+        </is>
+      </c>
+      <c r="Y9" s="1">
+        <v>38292</v>
+      </c>
+      <c r="Z9" s="1">
+        <v>38367</v>
+      </c>
+      <c r="AA9" s="0" t="inlineStr">
+        <is>
+          <t>STRUCTURETONE</t>
+        </is>
+      </c>
+      <c r="AB9" s="0" t="inlineStr">
+        <is>
+          <t>711 ATLANTIC AVE</t>
+        </is>
+      </c>
+      <c r="AC9" s="0" t="inlineStr">
+        <is>
           <t>BOSTON</t>
         </is>
       </c>
-      <c r="I9" s="0" t="inlineStr">
-[...30 lines deleted...]
-      <c r="Q9" s="0" t="inlineStr">
+      <c r="AD9" s="0" t="inlineStr">
+        <is>
+          <t>MA</t>
+        </is>
+      </c>
+      <c r="AG9" s="0" t="inlineStr">
+        <is>
+          <t>STRUCTURETONE</t>
+        </is>
+      </c>
+      <c r="AH9" s="0" t="inlineStr">
+        <is>
+          <t>711 ATLANTIC AVE</t>
+        </is>
+      </c>
+      <c r="AI9" s="0" t="inlineStr">
         <is>
           <t>BOSTON</t>
         </is>
       </c>
-      <c r="R9" s="0" t="inlineStr">
-[...44 lines deleted...]
-      </c>
       <c r="AJ9" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
-      <c r="AN9" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="AO9" s="0" t="inlineStr">
         <is>
-          <t>COMPLETE BUILDING DEMO</t>
-[...7 lines deleted...]
-          <t>DEC-TAM CORPORATION</t>
+          <t>REMOV OF EXIST DOORS</t>
+        </is>
+      </c>
+      <c r="AP9" s="0" t="inlineStr">
+        <is>
+          <t>DRYWALL,PAINT,MASONRY,STRUC STEEL DOORS,FRAMES</t>
         </is>
       </c>
       <c r="AV9" s="0" t="inlineStr">
         <is>
-          <t>WETTING</t>
+          <t>SEEDING,WETTING</t>
         </is>
       </c>
       <c r="BB9" s="0" t="inlineStr">
         <is>
-          <t>TED DUROS</t>
+          <t>JACK ORILEY</t>
         </is>
       </c>
       <c r="BD9" s="0" t="inlineStr">
         <is>
-          <t>SAME AS GENERAL CONTRACTOR</t>
+          <t>STRUCTURETONE</t>
         </is>
       </c>
       <c r="BE9" s="1">
-        <v>37133</v>
+        <v>37168</v>
       </c>
     </row>
     <row outlineLevel="0" r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>552273</t>
+          <t>553421</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>PARCEL 8</t>
+          <t>FIDELITY INVESTMENTS</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>2-6 WARREN AVENUE</t>
+          <t>245 SUMMER STREET</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t>BOSTON</t>
         </is>
       </c>
-      <c r="I10" s="0" t="inlineStr">
-[...6 lines deleted...]
-      </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>FORMER GAS STA&amp;PK GARAGE</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>OFFICE</t>
+        </is>
       </c>
       <c r="O10" s="0" t="inlineStr">
         <is>
-          <t>TOC PEABODY ATELIER LLC</t>
+          <t>FIDELITY CORPORATE REAL ESTATE  LLC</t>
         </is>
       </c>
       <c r="P10" s="0" t="inlineStr">
         <is>
-          <t>50 FEDERAL STREET  SUITE 1000</t>
+          <t>7 WATER STREET</t>
         </is>
       </c>
       <c r="Q10" s="0" t="inlineStr">
         <is>
           <t>BOSTON</t>
         </is>
       </c>
       <c r="R10" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="Y10" s="1">
-        <v>37410</v>
+        <v>37590</v>
       </c>
       <c r="Z10" s="1">
-        <v>37468</v>
+        <v>37621</v>
       </c>
       <c r="AA10" s="0" t="inlineStr">
         <is>
-          <t>TURNER CONSTRUCTION COMPANY</t>
+          <t>GILBANE CONSTRUCTION CO</t>
         </is>
       </c>
       <c r="AB10" s="0" t="inlineStr">
         <is>
-          <t>2 SEAPORT LANE</t>
+          <t>7 JACKSON WALKWAY</t>
         </is>
       </c>
       <c r="AC10" s="0" t="inlineStr">
         <is>
-          <t>BOSTON</t>
+          <t>PROVIDENCE</t>
         </is>
       </c>
       <c r="AD10" s="0" t="inlineStr">
         <is>
-          <t>MA</t>
+          <t>RI</t>
         </is>
       </c>
       <c r="AG10" s="0" t="inlineStr">
         <is>
-          <t>NORTH AMERICAN SITE DEVELOPERS INC</t>
+          <t>ACM CONSULTING CORP</t>
         </is>
       </c>
       <c r="AH10" s="0" t="inlineStr">
         <is>
-          <t>218 LINCOLN ST</t>
+          <t>2150 STANLEY TERRACE</t>
         </is>
       </c>
       <c r="AI10" s="0" t="inlineStr">
         <is>
-          <t>ALLSTON</t>
+          <t>UNION</t>
         </is>
       </c>
       <c r="AJ10" s="0" t="inlineStr">
         <is>
-          <t>MA</t>
-[...3 lines deleted...]
-        <v>-1</v>
+          <t>NJ</t>
+        </is>
       </c>
       <c r="AO10" s="0" t="inlineStr">
         <is>
-          <t>COMPLETE BUILDING DEMO</t>
-[...3 lines deleted...]
-        <v>-1</v>
+          <t>INTERIOR DEMO-5TH, 9TH, 10TH, 11TH FLOORS.</t>
+        </is>
+      </c>
+      <c r="AP10" s="0" t="inlineStr">
+        <is>
+          <t>NA</t>
+        </is>
       </c>
       <c r="AR10" s="0" t="inlineStr">
         <is>
-          <t>DEC-TAM CORPORATION</t>
-[...4 lines deleted...]
-          <t>WETTING</t>
+          <t>FLI ENVIROMENTAL</t>
         </is>
       </c>
       <c r="BB10" s="0" t="inlineStr">
         <is>
-          <t>TED DUROS</t>
+          <t>CHISTOPHER J. FRACKIEWCZ</t>
         </is>
       </c>
       <c r="BD10" s="0" t="inlineStr">
         <is>
-          <t>SAME AS GENERAL CONTRACTOR</t>
+          <t>CEO</t>
         </is>
       </c>
       <c r="BE10" s="1">
-        <v>37133</v>
+        <v>37210</v>
       </c>
     </row>
     <row outlineLevel="0" r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>543897</t>
+          <t>549377</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>90 WESTLAND BLOCK</t>
+          <t>BOSTON HOME HEALTH CARE</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>90 WESTLAND AVENUE</t>
+          <t>2049 DORCHESTER AVENUE</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t>BOSTON</t>
         </is>
       </c>
-      <c r="I11" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K11" s="0">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>REST/STORE 1ST, APTS ABOVE</t>
+          <t>NURSING HOME</t>
         </is>
       </c>
       <c r="M11" s="0">
-        <v>-1</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="O11" s="0" t="inlineStr">
         <is>
-          <t>90 WESTLAND REALTY TRUST</t>
-[...9 lines deleted...]
-          <t>BOSTON</t>
+          <t>SAME</t>
         </is>
       </c>
       <c r="R11" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="Y11" s="1">
-        <v>37396</v>
+        <v>37362</v>
       </c>
       <c r="Z11" s="1">
-        <v>37427</v>
+        <v>37423</v>
       </c>
       <c r="AA11" s="0" t="inlineStr">
         <is>
-          <t>LAMBRIAN CONSTRUCTION CORPORATION</t>
+          <t>LINBECK KENNEDY &amp; ROSSI</t>
         </is>
       </c>
       <c r="AB11" s="0" t="inlineStr">
         <is>
-          <t>384 WASHINGTON STREET</t>
+          <t>1 MCGUIRE ROAD</t>
         </is>
       </c>
       <c r="AC11" s="0" t="inlineStr">
         <is>
-          <t>WESTWOOD</t>
+          <t>LEXINGTON</t>
         </is>
       </c>
       <c r="AD11" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AG11" s="0" t="inlineStr">
         <is>
-          <t>HERCULES BUILDING WRECKING CO</t>
+          <t>LINBECK KENNEDY &amp; ROSSI</t>
         </is>
       </c>
       <c r="AH11" s="0" t="inlineStr">
         <is>
-          <t>138 WILDER ST PO BOX 2395</t>
+          <t>1 MCGUIRE ROAD</t>
         </is>
       </c>
       <c r="AI11" s="0" t="inlineStr">
         <is>
-          <t>BROCKTON</t>
+          <t>LEXINGTON</t>
         </is>
       </c>
       <c r="AJ11" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AN11" s="0">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="AO11" s="0" t="inlineStr">
         <is>
-          <t>3-STORY BRICK AND WOOD</t>
+          <t>FLOOR SLAB FOR PIPING, SAW CUT WALL</t>
+        </is>
+      </c>
+      <c r="AP11" s="0" t="inlineStr">
+        <is>
+          <t>INTERIOR RENOVATION, ADD 2 STORY DINING ROOM</t>
         </is>
       </c>
       <c r="AQ11" s="0">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="AV11" s="0" t="inlineStr">
         <is>
           <t>WETTING</t>
         </is>
       </c>
       <c r="BB11" s="0" t="inlineStr">
         <is>
-          <t>HAROLD E MONSINI</t>
+          <t>ARRY CHARLES</t>
         </is>
       </c>
       <c r="BD11" s="0" t="inlineStr">
         <is>
           <t>SAME AS GENERAL CONTRACTOR</t>
         </is>
       </c>
       <c r="BE11" s="1">
-        <v>37010</v>
+        <v>37212</v>
       </c>
     </row>
     <row outlineLevel="0" r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
-          <t>556171</t>
+          <t>550408</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>ROGERSON COMMUNITIES</t>
+          <t>FOXBORO STADIUM</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>1 FLORENCE STREET</t>
+          <t>60 WASHINGTON STREET</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
-          <t>BOSTON</t>
-[...4 lines deleted...]
-          <t>8680 SF PER FL X 3 FL</t>
+          <t>FOXBOROUGH</t>
         </is>
       </c>
       <c r="K12" s="0">
         <v>0</v>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>OFFICE</t>
+          <t>SPORTS ARENA</t>
         </is>
       </c>
       <c r="M12" s="0">
         <v>0</v>
       </c>
       <c r="O12" s="0" t="inlineStr">
         <is>
-          <t>SAME</t>
+          <t>FOXBORO REALTY ASSOCIATES LLP</t>
+        </is>
+      </c>
+      <c r="P12" s="0" t="inlineStr">
+        <is>
+          <t>60 WASHINGTON STREET</t>
+        </is>
+      </c>
+      <c r="Q12" s="0" t="inlineStr">
+        <is>
+          <t>FOXBOROUGH</t>
         </is>
       </c>
       <c r="R12" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="Y12" s="1">
-        <v>37509</v>
+        <v>37248</v>
       </c>
       <c r="Z12" s="1">
-        <v>37874</v>
+        <v>37499</v>
       </c>
       <c r="AA12" s="0" t="inlineStr">
         <is>
-          <t>JAMES J WELCH &amp; CO INC</t>
+          <t>SLATTERY SKANSKA USA</t>
         </is>
       </c>
       <c r="AB12" s="0" t="inlineStr">
         <is>
-          <t>27 CONGRESS ST</t>
+          <t>2 FRONTAGE ROAD</t>
         </is>
       </c>
       <c r="AC12" s="0" t="inlineStr">
         <is>
-          <t>SALEM</t>
+          <t>BOSTON</t>
         </is>
       </c>
       <c r="AD12" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AG12" s="0" t="inlineStr">
         <is>
-          <t>JAMES J WELCH &amp; CO INC</t>
+          <t>NORTH AMERICAN SITE DEVELOPERS INC</t>
         </is>
       </c>
       <c r="AH12" s="0" t="inlineStr">
         <is>
-          <t>27 CONGRESS ST</t>
+          <t>218 LINCOLN ST</t>
         </is>
       </c>
       <c r="AI12" s="0" t="inlineStr">
         <is>
-          <t>SALEM</t>
+          <t>ALLSTON</t>
         </is>
       </c>
       <c r="AJ12" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AN12" s="0">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="AO12" s="0" t="inlineStr">
+        <is>
+          <t>COMPLETE DEMO OF EXISTING STRUCTURE</t>
+        </is>
       </c>
       <c r="AP12" s="0" t="inlineStr">
         <is>
-          <t>OFFICE,ELEVATOR,FINISHES</t>
+          <t>N / A</t>
         </is>
       </c>
       <c r="AQ12" s="0">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="AR12" s="0" t="inlineStr">
+        <is>
+          <t>SMITH &amp; WESSEL ASSOCIATES INC</t>
+        </is>
+      </c>
+      <c r="AV12" s="0" t="inlineStr">
+        <is>
+          <t>WETTING</t>
+        </is>
       </c>
       <c r="BB12" s="0" t="inlineStr">
         <is>
-          <t>ROBERT T O'HEARN</t>
+          <t>DIANE MILLER</t>
         </is>
       </c>
       <c r="BD12" s="0" t="inlineStr">
         <is>
-          <t>SAME AS GENERAL CONTRACTOR</t>
+          <t>NORTH AMERICAN SITE DEVELOPERS INC</t>
         </is>
       </c>
       <c r="BE12" s="1">
-        <v>37131</v>
+        <v>37239</v>
       </c>
     </row>
     <row outlineLevel="0" r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
-          <t>549377</t>
+          <t>547432</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>BOSTON HOME HEALTH CARE</t>
+          <t>[FORMER] RAYTHEON FACILITY</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>2049 DORCHESTER AVENUE</t>
+          <t>465 CENTRE STREET</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
-          <t>BOSTON</t>
+          <t>QUINCY</t>
+        </is>
+      </c>
+      <c r="I13" s="0" t="inlineStr">
+        <is>
+          <t>300000 SF  2 FL</t>
         </is>
       </c>
       <c r="K13" s="0">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>NURSING HOME</t>
+          <t>PRODUCTION&amp;OFFICESPACE</t>
         </is>
       </c>
       <c r="M13" s="0">
         <v>0</v>
       </c>
       <c r="O13" s="0" t="inlineStr">
         <is>
-          <t>SAME</t>
+          <t>HOME DEPOT</t>
+        </is>
+      </c>
+      <c r="P13" s="0" t="inlineStr">
+        <is>
+          <t>2455 PACES FERRY ROAD</t>
+        </is>
+      </c>
+      <c r="Q13" s="0" t="inlineStr">
+        <is>
+          <t>ATLANTA</t>
         </is>
       </c>
       <c r="R13" s="0" t="inlineStr">
         <is>
-          <t>MA</t>
+          <t>GA</t>
         </is>
       </c>
       <c r="Y13" s="1">
-        <v>37362</v>
+        <v>36898</v>
       </c>
       <c r="Z13" s="1">
-        <v>37423</v>
+        <v>37263</v>
       </c>
       <c r="AA13" s="0" t="inlineStr">
         <is>
-          <t>LINBECK KENNEDY &amp; ROSSI</t>
+          <t>JJ VACCARO INC</t>
         </is>
       </c>
       <c r="AB13" s="0" t="inlineStr">
         <is>
-          <t>1 MCGUIRE ROAD</t>
+          <t>38 UNION SQ</t>
         </is>
       </c>
       <c r="AC13" s="0" t="inlineStr">
         <is>
-          <t>LEXINGTON</t>
+          <t>SOMERVILLE</t>
         </is>
       </c>
       <c r="AD13" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AG13" s="0" t="inlineStr">
         <is>
-          <t>LINBECK KENNEDY &amp; ROSSI</t>
+          <t>NORTH AMERICAN SITE DEVELOPERS INC</t>
         </is>
       </c>
       <c r="AH13" s="0" t="inlineStr">
         <is>
-          <t>1 MCGUIRE ROAD</t>
+          <t>218 LINCOLN ST</t>
         </is>
       </c>
       <c r="AI13" s="0" t="inlineStr">
         <is>
-          <t>LEXINGTON</t>
+          <t>ALLSTON</t>
         </is>
       </c>
       <c r="AJ13" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="AN13" s="0">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="AO13" s="0" t="inlineStr">
         <is>
-          <t>FLOOR SLAB FOR PIPING, SAW CUT WALL</t>
+          <t>COMPLETE DEMO OF EXISTING STRUCTURE</t>
         </is>
       </c>
       <c r="AP13" s="0" t="inlineStr">
         <is>
-          <t>INTERIOR RENOVATION, ADD 2 STORY DINING ROOM</t>
+          <t>N A</t>
         </is>
       </c>
       <c r="AQ13" s="0">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="AR13" s="0" t="inlineStr">
+        <is>
+          <t>HYGIENETICS</t>
+        </is>
       </c>
       <c r="AV13" s="0" t="inlineStr">
         <is>
           <t>WETTING</t>
         </is>
       </c>
       <c r="BB13" s="0" t="inlineStr">
         <is>
-          <t>ARRY CHARLES</t>
+          <t>DIANE MILLER</t>
         </is>
       </c>
       <c r="BD13" s="0" t="inlineStr">
         <is>
-          <t>SAME AS GENERAL CONTRACTOR</t>
+          <t>NORTHAMERICAN SITEDEVELOPERS</t>
         </is>
       </c>
       <c r="BE13" s="1">
-        <v>37212</v>
+        <v>37245</v>
       </c>
     </row>
     <row outlineLevel="0" r="14">
       <c r="A14" s="0" t="inlineStr">
         <is>
-          <t>301207</t>
-[...4 lines deleted...]
-          <t>WYETH RESEARCH</t>
+          <t>549649</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>200 CAMBRIDGE PARK DR</t>
+          <t>121-127 PORTLAND STREET</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
-          <t>CAMBRIDGE</t>
+          <t>BOSTON</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
-          <t>3000</t>
-        </is>
+          <t>10000 SF  5 FL</t>
+        </is>
+      </c>
+      <c r="K14" s="0">
+        <v>-1</v>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>OFFICE AND RESEARCH</t>
-        </is>
+          <t>MFG FACILITY</t>
+        </is>
+      </c>
+      <c r="M14" s="0">
+        <v>0</v>
       </c>
       <c r="O14" s="0" t="inlineStr">
         <is>
-          <t>WYETH RESEARCH</t>
+          <t>CATHARTES INVESTMENTS</t>
         </is>
       </c>
       <c r="P14" s="0" t="inlineStr">
         <is>
-          <t>200 CAMBRIDGE PARK DR</t>
+          <t>85 DEVONSHIRE ST  4TH FL</t>
         </is>
       </c>
       <c r="Q14" s="0" t="inlineStr">
         <is>
-          <t>CAMBRIDGE</t>
+          <t>BOSTON</t>
         </is>
       </c>
       <c r="R14" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
       <c r="Y14" s="1">
-        <v>38292</v>
+        <v>36898</v>
       </c>
       <c r="Z14" s="1">
-        <v>38367</v>
+        <v>37628</v>
       </c>
       <c r="AA14" s="0" t="inlineStr">
         <is>
-          <t>STRUCTURETONE</t>
+          <t>DIMEO CONSTRUCTION COMPANY</t>
         </is>
       </c>
       <c r="AB14" s="0" t="inlineStr">
         <is>
-          <t>711 ATLANTIC AVE</t>
+          <t>75 CHAPMAN STREET</t>
         </is>
       </c>
       <c r="AC14" s="0" t="inlineStr">
         <is>
-          <t>BOSTON</t>
+          <t>PROVIDENCE</t>
         </is>
       </c>
       <c r="AD14" s="0" t="inlineStr">
         <is>
-          <t>MA</t>
+          <t>RI</t>
         </is>
       </c>
       <c r="AG14" s="0" t="inlineStr">
         <is>
-          <t>STRUCTURETONE</t>
+          <t>NORTH AMERICAN SITE DEVELOPERS INC</t>
         </is>
       </c>
       <c r="AH14" s="0" t="inlineStr">
         <is>
-          <t>711 ATLANTIC AVE</t>
+          <t>218 LINCOLN ST</t>
         </is>
       </c>
       <c r="AI14" s="0" t="inlineStr">
         <is>
-          <t>BOSTON</t>
+          <t>ALLSTON</t>
         </is>
       </c>
       <c r="AJ14" s="0" t="inlineStr">
         <is>
           <t>MA</t>
         </is>
       </c>
+      <c r="AN14" s="0">
+        <v>0</v>
+      </c>
       <c r="AO14" s="0" t="inlineStr">
         <is>
-          <t>REMOV OF EXIST DOORS</t>
+          <t>SEL INT DEMO ON 5 FLOORS</t>
         </is>
       </c>
       <c r="AP14" s="0" t="inlineStr">
         <is>
-          <t>DRYWALL,PAINT,MASONRY,STRUC STEEL DOORS,FRAMES</t>
+          <t>N A</t>
+        </is>
+      </c>
+      <c r="AQ14" s="0">
+        <v>-1</v>
+      </c>
+      <c r="AR14" s="0" t="inlineStr">
+        <is>
+          <t>LEVINE-FRICK-RECON</t>
         </is>
       </c>
       <c r="AV14" s="0" t="inlineStr">
         <is>
-          <t>SEEDING,WETTING</t>
+          <t>WETTING</t>
         </is>
       </c>
       <c r="BB14" s="0" t="inlineStr">
         <is>
-          <t>JACK ORILEY</t>
+          <t>DIANE MILLER</t>
         </is>
       </c>
       <c r="BD14" s="0" t="inlineStr">
         <is>
-          <t>STRUCTURETONE</t>
+          <t>NORTH AMERICAN SITE DEVELOPERS</t>
         </is>
       </c>
       <c r="BE14" s="1">
-        <v>37168</v>
+        <v>37245</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Access</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>A266FF2A662E84b639DA</vt:lpstr>