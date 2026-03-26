--- v0 (2026-02-05)
+++ v1 (2026-03-26)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/michael_m_hurley_mass_gov/Documents/Documents/Desktop/ASB Project/WebPosts/AQ06/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="11_BEA61AB976FD35E0AB78FA0E7575B50C70DA358F" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8A72F037-5A25-481F-963E-41153F3C4918}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="11_BEA61AB920D53FC261F9E7F72533827871D16E6E" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E5BEFFD2-8DCA-428B-9989-32A614C6ADF7}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="1815" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="34350" yWindow="4800" windowWidth="21600" windowHeight="11235" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="AQ06_2026" sheetId="1" r:id="rId1"/>
+    <sheet name="AQ06_20-20-2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="qryAQ06">AQ06_2026!$A$1:$BF$60</definedName>
+    <definedName name="qryAQ06">'AQ06_20-20-2026'!$A$1:$BF$214</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2219" uniqueCount="1087">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7831" uniqueCount="2898">
   <si>
     <t>AQ06 Project ID</t>
   </si>
   <si>
     <t>Facility Name</t>
   </si>
   <si>
     <t>Facility Address</t>
   </si>
   <si>
     <t>Facility Town Name</t>
   </si>
   <si>
     <t>Facility State</t>
   </si>
   <si>
     <t>Facility ZIP Code</t>
   </si>
   <si>
     <t>Facility Contact</t>
   </si>
   <si>
     <t>Facility Contact Title</t>
   </si>
   <si>
@@ -285,125 +285,173 @@
   <si>
     <t>INTERIOR FINISHES, MEP AND ARCH UPGRADES</t>
   </si>
   <si>
     <t>JASON BECOTTE</t>
   </si>
   <si>
     <t>AI-034963</t>
   </si>
   <si>
     <t>100434822</t>
   </si>
   <si>
     <t>,Wetting,Covering,,</t>
   </si>
   <si>
     <t>ALESSANDRO ANGELINI</t>
   </si>
   <si>
     <t>ASSISTANT PROJECT MANAGER</t>
   </si>
   <si>
     <t>01/02/2026</t>
   </si>
   <si>
+    <t>100438785</t>
+  </si>
+  <si>
+    <t>638 TREMONT STREET BLDG B</t>
+  </si>
+  <si>
+    <t>SYDNEY JOHNIAN</t>
+  </si>
+  <si>
+    <t>OWNER CONTACT</t>
+  </si>
+  <si>
+    <t>50000</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>2 SAN JUAN STREET</t>
+  </si>
+  <si>
+    <t>255 BEAR HILL ROAD</t>
+  </si>
+  <si>
+    <t>DELPHI CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>CS-101494</t>
+  </si>
+  <si>
+    <t>SELECT DEMO</t>
+  </si>
+  <si>
+    <t>AMMAR DIEB</t>
+  </si>
+  <si>
+    <t>AI00000</t>
+  </si>
+  <si>
+    <t>,Wetting,,,</t>
+  </si>
+  <si>
+    <t>NASYA AMARO</t>
+  </si>
+  <si>
+    <t>ADMIN</t>
+  </si>
+  <si>
+    <t>ADEP GROUP, INC.</t>
+  </si>
+  <si>
+    <t>100430535</t>
+  </si>
+  <si>
+    <t>330 SHAWMUT AVE BLDG D</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>AI034963</t>
+  </si>
+  <si>
+    <t>100438668</t>
+  </si>
+  <si>
     <t>100437909R1</t>
   </si>
   <si>
     <t>ENTERPRISE RENT-A-CAR</t>
   </si>
   <si>
     <t>324 MARGINAL STREET</t>
   </si>
   <si>
     <t>CHELSEA</t>
   </si>
   <si>
     <t>021500000</t>
   </si>
   <si>
     <t>DAVID GULEZIAN</t>
   </si>
   <si>
     <t>GC CONTACT</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
     <t>DOUG VALERI</t>
   </si>
   <si>
     <t>405 WEST STREET</t>
   </si>
   <si>
     <t>WEST BRIDGEWATER</t>
   </si>
   <si>
     <t>428 PLEASANT STREET</t>
   </si>
   <si>
     <t>NORTH ANDOVER</t>
   </si>
   <si>
     <t>D.G CONTRACTING INC</t>
   </si>
   <si>
     <t>MICHAEL LOOMIS</t>
   </si>
   <si>
-    <t>CS-101494</t>
-[...1 lines deleted...]
-  <si>
     <t>TOTAL TAKEDOWN OF THE OFFICE PORTION</t>
   </si>
   <si>
-    <t>N/A</t>
-[...1 lines deleted...]
-  <si>
     <t>ROBERT VERDI</t>
   </si>
   <si>
     <t>AI061261</t>
   </si>
   <si>
     <t>100127299</t>
   </si>
   <si>
-    <t>,Wetting,,,</t>
-[...10 lines deleted...]
-  <si>
     <t>100438838</t>
   </si>
   <si>
     <t>SERVICENOW</t>
   </si>
   <si>
     <t>100 CAUSEWAY STREET, FLOORS 27 &amp; 28</t>
   </si>
   <si>
     <t>021140000</t>
   </si>
   <si>
     <t>BRAD WEILBRENNER</t>
   </si>
   <si>
     <t>SENIOR PROJECT MANAGER</t>
   </si>
   <si>
     <t>815000</t>
   </si>
   <si>
     <t>BOSTON PROPERTIES</t>
   </si>
   <si>
     <t>800 BOYLSTON STREET</t>
@@ -417,116 +465,203 @@
   <si>
     <t>STRUCTURE TONE LLC</t>
   </si>
   <si>
     <t>CS-111525</t>
   </si>
   <si>
     <t>SELECT FINISHES ON FLOORS 27 &amp; 28</t>
   </si>
   <si>
     <t>NEW CONFERENCE ROOMS, RESTROOM, FINISHES</t>
   </si>
   <si>
     <t>MICHAEL MANNING</t>
   </si>
   <si>
     <t>AI000208</t>
   </si>
   <si>
     <t>,,,,Shrouding</t>
   </si>
   <si>
     <t>01052026</t>
   </si>
   <si>
-    <t>100430535</t>
-[...44 lines deleted...]
-    <t>AI00000</t>
+    <t>100438920</t>
+  </si>
+  <si>
+    <t>BOSTON CHILDREN'S HOSPITAL</t>
+  </si>
+  <si>
+    <t>300 LONGWOOD AVE</t>
+  </si>
+  <si>
+    <t>022100000</t>
+  </si>
+  <si>
+    <t>JEFFREY OPPENHEIMER</t>
+  </si>
+  <si>
+    <t>PROJECT MANAGER</t>
+  </si>
+  <si>
+    <t>10000</t>
+  </si>
+  <si>
+    <t>SKANSKA USA BUILDING INC.</t>
+  </si>
+  <si>
+    <t>101 SEAPORT BLVD</t>
+  </si>
+  <si>
+    <t>MICHAEL LANNEVILLE</t>
+  </si>
+  <si>
+    <t>UNIFIED CONSTRUCTION GROUP</t>
+  </si>
+  <si>
+    <t>760 MAIN ST</t>
+  </si>
+  <si>
+    <t>WILMINGTON</t>
+  </si>
+  <si>
+    <t>WALLACE LIMA</t>
+  </si>
+  <si>
+    <t>CS-115889</t>
+  </si>
+  <si>
+    <t>FITOUT A SECTION OF THE 3RD FLR OF HUNNEWELL BLDG</t>
+  </si>
+  <si>
+    <t>FREDDY MURIEL</t>
+  </si>
+  <si>
+    <t>AI901141</t>
+  </si>
+  <si>
+    <t>USE OF HEPA SCRUBBERS AND VACUUMS.</t>
+  </si>
+  <si>
+    <t>SENIOR SUPERINTENDENT</t>
+  </si>
+  <si>
+    <t>100434204R1</t>
+  </si>
+  <si>
+    <t>LOGAN INTERNATIONAL AIRPORT</t>
+  </si>
+  <si>
+    <t>240 PRESCOTT STREET</t>
+  </si>
+  <si>
+    <t>021280000</t>
+  </si>
+  <si>
+    <t>STEPHEN OWEN</t>
+  </si>
+  <si>
+    <t>45000</t>
+  </si>
+  <si>
+    <t>SIGNATURE FLIGHT SUPPORT LLC</t>
+  </si>
+  <si>
+    <t>13485 VETERANS WAY SUITE 600</t>
+  </si>
+  <si>
+    <t>ORLANDO</t>
+  </si>
+  <si>
+    <t>FL</t>
+  </si>
+  <si>
+    <t>ED BENNETT</t>
+  </si>
+  <si>
+    <t>SUFFOLK CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>65 ALLERTON STREET</t>
+  </si>
+  <si>
+    <t>STEPHEN OWENS</t>
+  </si>
+  <si>
+    <t>JDC DEMO &amp; ABATEMENT</t>
+  </si>
+  <si>
+    <t>338 HOWARD STREET</t>
+  </si>
+  <si>
+    <t>BROCKTON</t>
+  </si>
+  <si>
+    <t>MIKE AMEDIO</t>
+  </si>
+  <si>
+    <t>CS081456</t>
+  </si>
+  <si>
+    <t>ENTIRE STRUCTURE</t>
+  </si>
+  <si>
+    <t>MICHAEL RINGUETTE</t>
+  </si>
+  <si>
+    <t>AI901024</t>
+  </si>
+  <si>
+    <t>100434151</t>
+  </si>
+  <si>
+    <t>ERIC AMPUJA</t>
+  </si>
+  <si>
+    <t>V. PRESIDENT</t>
+  </si>
+  <si>
+    <t>0</t>
   </si>
   <si>
     <t>100438909</t>
   </si>
   <si>
     <t>MASS GENERAL HOSPITAL</t>
   </si>
   <si>
     <t>149 THIRTEENTH STREET</t>
   </si>
   <si>
     <t>021290000</t>
   </si>
   <si>
     <t>CHRIS BARCIKOWSKI</t>
   </si>
   <si>
-    <t>PROJECT MANAGER</t>
-[...1 lines deleted...]
-  <si>
     <t>1000</t>
   </si>
   <si>
     <t>F.L. CAULFIELD &amp; SONS, INC.</t>
   </si>
   <si>
     <t>85 FEDERAL AVE</t>
   </si>
   <si>
     <t>QUINCY</t>
   </si>
   <si>
     <t>DEVIN MCGLYNN</t>
   </si>
   <si>
     <t>CS-090042</t>
   </si>
   <si>
     <t>ARCHITECTURAL RENOVATION TO SUPPORT REPLACEMENT O</t>
   </si>
   <si>
     <t>DANIEL TYROS</t>
   </si>
   <si>
     <t>AI032873</t>
@@ -576,185 +711,50 @@
   <si>
     <t>72 SUMNER ST</t>
   </si>
   <si>
     <t>MILFORD</t>
   </si>
   <si>
     <t>FILIPE DASILVA</t>
   </si>
   <si>
     <t>CS 094322</t>
   </si>
   <si>
     <t>NEW 3 STORY SEPARATED MIXED USE BUILDING, WITH EQ</t>
   </si>
   <si>
     <t>Seeding,,,,</t>
   </si>
   <si>
     <t>SUPERINTENDENT</t>
   </si>
   <si>
     <t>CONSIGLI CONSTRUCTION CO</t>
   </si>
   <si>
-    <t>100438920</t>
-[...133 lines deleted...]
-  <si>
     <t>100438925</t>
   </si>
   <si>
     <t>BEVERLY PUBLIC LIBRARY</t>
   </si>
   <si>
     <t>32 ESSEX ST</t>
   </si>
   <si>
     <t>BEVERLY</t>
   </si>
   <si>
     <t>019150000</t>
   </si>
   <si>
     <t>ALLISON BABIN</t>
   </si>
   <si>
     <t>LIBRARY DIRECTOR</t>
   </si>
   <si>
     <t>15,670</t>
   </si>
   <si>
     <t>JACK WHALEN</t>
@@ -762,512 +762,512 @@
   <si>
     <t>J DIRENZO CO</t>
   </si>
   <si>
     <t>338 HOWARD ST</t>
   </si>
   <si>
     <t>STEE CONETTA</t>
   </si>
   <si>
     <t>CS 076398</t>
   </si>
   <si>
     <t>NEW ACCU'S INSTALLED IN REPLACEMENT OF OLD. NEW R</t>
   </si>
   <si>
     <t>IAN CAMERON</t>
   </si>
   <si>
     <t>AI901187</t>
   </si>
   <si>
     <t>ASST SUPERINTENDENT</t>
   </si>
   <si>
+    <t>100438650</t>
+  </si>
+  <si>
+    <t>NORTHEASTERN UNIVERSITY</t>
+  </si>
+  <si>
+    <t>805 COLUMBUS AVENUE</t>
+  </si>
+  <si>
+    <t>021200000</t>
+  </si>
+  <si>
+    <t>TIM PRANAITIS</t>
+  </si>
+  <si>
+    <t>230,000</t>
+  </si>
+  <si>
+    <t>360 HUNTINGTON AVE</t>
+  </si>
+  <si>
+    <t>360 HUNTINGTON AVENUE</t>
+  </si>
+  <si>
+    <t>TERVA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>100 MAINSTREET</t>
+  </si>
+  <si>
+    <t>WHITINSVILLE</t>
+  </si>
+  <si>
+    <t>SAM HASTINGS</t>
+  </si>
+  <si>
+    <t>CS-121154</t>
+  </si>
+  <si>
+    <t>ROOM 469C WILL BE SPLIT UP INTO 2 SMALLER ROOMS.</t>
+  </si>
+  <si>
+    <t>DANIEL SLOWE</t>
+  </si>
+  <si>
+    <t>AI060336</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION PROJECT MANAGER</t>
+  </si>
+  <si>
+    <t>100438938</t>
+  </si>
+  <si>
+    <t>MILL CREEK MODERA ALLSTON</t>
+  </si>
+  <si>
+    <t>250 EVERETT STREET</t>
+  </si>
+  <si>
+    <t>021340000</t>
+  </si>
+  <si>
+    <t>DILLON FRENCH</t>
+  </si>
+  <si>
+    <t>PROJECT SUPERINTENDENT</t>
+  </si>
+  <si>
+    <t>21000</t>
+  </si>
+  <si>
+    <t>ALLSTON PROPERTIES KP7</t>
+  </si>
+  <si>
+    <t>84 STATE STREET STE. 920</t>
+  </si>
+  <si>
+    <t>TIM ALEXANDER</t>
+  </si>
+  <si>
+    <t>MCRT MASSACHUSETTS CONSTRUCTION LLC</t>
+  </si>
+  <si>
+    <t>84 STATE STREET STE. 900</t>
+  </si>
+  <si>
+    <t>KUSHAL GANDHI</t>
+  </si>
+  <si>
+    <t>MARK BERARDI</t>
+  </si>
+  <si>
+    <t>CS110932</t>
+  </si>
+  <si>
+    <t>OFFICE BLDG/GARAGE</t>
+  </si>
+  <si>
+    <t>GEOFF GERACE</t>
+  </si>
+  <si>
+    <t>AI036420</t>
+  </si>
+  <si>
+    <t>100438940</t>
+  </si>
+  <si>
+    <t>ROB HOLMES</t>
+  </si>
+  <si>
+    <t>ESTIMATOR</t>
+  </si>
+  <si>
+    <t>100438995</t>
+  </si>
+  <si>
+    <t>VANDERBILT HALL</t>
+  </si>
+  <si>
+    <t>107 AVENUE LOUIS PASTUER</t>
+  </si>
+  <si>
+    <t>021150000</t>
+  </si>
+  <si>
+    <t>HELINA TEREFE</t>
+  </si>
+  <si>
+    <t>MANAGER</t>
+  </si>
+  <si>
+    <t>2,000</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
+    <t>HARVARD UNIVERSITY</t>
+  </si>
+  <si>
+    <t>RCM SERVICES</t>
+  </si>
+  <si>
+    <t>280 LINCOLN STREET</t>
+  </si>
+  <si>
+    <t>ALLSTON</t>
+  </si>
+  <si>
+    <t>DAVID RAMIOR AVILA HERNANDEZ</t>
+  </si>
+  <si>
+    <t>106578</t>
+  </si>
+  <si>
+    <t>NONE</t>
+  </si>
+  <si>
+    <t>ED SHEA</t>
+  </si>
+  <si>
+    <t>AI033813</t>
+  </si>
+  <si>
+    <t>,Wetting,Covering,,Shrouding</t>
+  </si>
+  <si>
+    <t>PETER SEWARD</t>
+  </si>
+  <si>
+    <t>ENVIROMENTAL ANAYLSIT</t>
+  </si>
+  <si>
+    <t>NAW2601020</t>
+  </si>
+  <si>
+    <t>DAVID BARRETT</t>
+  </si>
+  <si>
+    <t>PRESIDENT</t>
+  </si>
+  <si>
+    <t>RUFO CLEANING AND MAINTENANCE CO INC.</t>
+  </si>
+  <si>
+    <t>100438885</t>
+  </si>
+  <si>
+    <t>FORMER 100 BUILDING</t>
+  </si>
+  <si>
+    <t>100 APPLETON STREET</t>
+  </si>
+  <si>
+    <t>HOLYOKE</t>
+  </si>
+  <si>
+    <t>010400000</t>
+  </si>
+  <si>
+    <t>JAMIE MEADOWS</t>
+  </si>
+  <si>
+    <t>57913</t>
+  </si>
+  <si>
+    <t>AM PACKAGING</t>
+  </si>
+  <si>
+    <t>694 CENTER ST</t>
+  </si>
+  <si>
+    <t>CHICOPEE</t>
+  </si>
+  <si>
+    <t>Holyoke</t>
+  </si>
+  <si>
+    <t>ALL- STAR ABATEMENT INC.</t>
+  </si>
+  <si>
+    <t>100 SERVISTAR INDUSTRIAL WAY</t>
+  </si>
+  <si>
+    <t>WESTFIELD</t>
+  </si>
+  <si>
+    <t>JAMES BEAUDRY</t>
+  </si>
+  <si>
+    <t>CSSL-106080</t>
+  </si>
+  <si>
+    <t>INTERIOR RENOVATION</t>
+  </si>
+  <si>
+    <t>BAYSTATE</t>
+  </si>
+  <si>
+    <t>AI074150</t>
+  </si>
+  <si>
+    <t>100438887</t>
+  </si>
+  <si>
+    <t>SAFE WORK PRACTICE</t>
+  </si>
+  <si>
+    <t>PROJECT MANAJER</t>
+  </si>
+  <si>
+    <t>100438978</t>
+  </si>
+  <si>
+    <t>PATRICK COTE</t>
+  </si>
+  <si>
+    <t>26 MONUMENT HILL ROAD</t>
+  </si>
+  <si>
+    <t>CHELMSFORD</t>
+  </si>
+  <si>
+    <t>018630000</t>
+  </si>
+  <si>
+    <t>OWNER</t>
+  </si>
+  <si>
+    <t>2252</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>MORNEAULT ENVIRONMENTAL</t>
+  </si>
+  <si>
+    <t>108 MIDDLESEX STREET</t>
+  </si>
+  <si>
+    <t>TOM MORNEAULT</t>
+  </si>
+  <si>
+    <t>AC1099</t>
+  </si>
+  <si>
+    <t>2 BATHROOMS, LIVING ROOM AND A GARAGE</t>
+  </si>
+  <si>
+    <t>CARL PENNOR</t>
+  </si>
+  <si>
+    <t>AI001719</t>
+  </si>
+  <si>
+    <t>,,,,</t>
+  </si>
+  <si>
+    <t>HAMMERS, PROBARS</t>
+  </si>
+  <si>
+    <t>100438983</t>
+  </si>
+  <si>
+    <t>SPEAR STREET HOUSING</t>
+  </si>
+  <si>
+    <t>45-49 SPEAR STREET</t>
+  </si>
+  <si>
+    <t>021690000</t>
+  </si>
+  <si>
+    <t>SHAYNA CALLAHAN</t>
+  </si>
+  <si>
+    <t>OPM</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>CITY OF QUINCY</t>
+  </si>
+  <si>
+    <t>HOMER CONTRACTING INC</t>
+  </si>
+  <si>
+    <t>195 BROADWAY</t>
+  </si>
+  <si>
+    <t>ARLINGTON</t>
+  </si>
+  <si>
+    <t>ROBERT REGAN</t>
+  </si>
+  <si>
+    <t>KARMA ENVIRONMENTAL</t>
+  </si>
+  <si>
+    <t>40 WILLARD STREET SUITE 202</t>
+  </si>
+  <si>
+    <t>JARED CONNELLY</t>
+  </si>
+  <si>
+    <t>CS106325</t>
+  </si>
+  <si>
+    <t>DORMERS/ROOF TO BE REMOVED AND ADDED</t>
+  </si>
+  <si>
+    <t>GEORGE BEZREH</t>
+  </si>
+  <si>
+    <t>AI01142</t>
+  </si>
+  <si>
+    <t>100418719</t>
+  </si>
+  <si>
+    <t>GEORGE BOUBOULIS</t>
+  </si>
+  <si>
+    <t>SR. PROJECT MANAGER</t>
+  </si>
+  <si>
+    <t>HOMER CONTRACTING</t>
+  </si>
+  <si>
+    <t>01/07/2026</t>
+  </si>
+  <si>
+    <t>100438975</t>
+  </si>
+  <si>
+    <t>BROOKS SCHOOL-LUCE LIBRARY</t>
+  </si>
+  <si>
+    <t>1160 GREAT POND RD</t>
+  </si>
+  <si>
+    <t>018450000</t>
+  </si>
+  <si>
+    <t>ELIZABETH MARTIN</t>
+  </si>
+  <si>
+    <t>DIRECTOR OF FACILITIES</t>
+  </si>
+  <si>
+    <t>25,000</t>
+  </si>
+  <si>
+    <t>ADAM SEROUSSI</t>
+  </si>
+  <si>
+    <t>CS 110083</t>
+  </si>
+  <si>
+    <t>INTERIOR FINISHES OF MAIN LEVEL AND UPPER LEVEL</t>
+  </si>
+  <si>
+    <t>INTERIOR FINISHEDS</t>
+  </si>
+  <si>
+    <t>ANDRW ROLINGER</t>
+  </si>
+  <si>
+    <t>AI 0000025</t>
+  </si>
+  <si>
     <t>100438959</t>
   </si>
   <si>
     <t>ESSEX NORTH SHORE AGRICULTURAL &amp; TECHNICAL SCHOOL</t>
   </si>
   <si>
     <t>562 MAPLE STREET</t>
   </si>
   <si>
     <t>DANVERS</t>
   </si>
   <si>
     <t>019230000</t>
   </si>
   <si>
     <t>RYAN MONKS</t>
   </si>
   <si>
-    <t>DIRECTOR OF FACILITIES</t>
-[...1 lines deleted...]
-  <si>
     <t>4791</t>
   </si>
   <si>
     <t>Danvers</t>
   </si>
   <si>
     <t>MASSEY CONSTRUCTION CORP.</t>
   </si>
   <si>
     <t>144 STETSON AVE</t>
   </si>
   <si>
     <t>SWAMPSCOTT</t>
   </si>
   <si>
     <t>GINO FAIA</t>
   </si>
   <si>
     <t>CS-050345</t>
   </si>
   <si>
     <t>GROUND FLOOR AND FIRST LEVEL NEW ADDITION</t>
   </si>
   <si>
     <t>CHRISTIAN GINGLE</t>
   </si>
   <si>
-    <t>100438983</t>
-[...412 lines deleted...]
-  <si>
     <t>100438802</t>
   </si>
   <si>
     <t>NANTUCKET ELECTRIC CO.</t>
   </si>
   <si>
     <t>10 NEW WHALE ST</t>
   </si>
   <si>
     <t>NANTUCKET</t>
   </si>
   <si>
     <t>025540000</t>
   </si>
   <si>
     <t>DEBORAH BLANCH</t>
   </si>
   <si>
     <t>PRINCIPAL ENVIRON SCIENTIST</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>NATIONAL GRID</t>
@@ -1299,50 +1299,122 @@
   <si>
     <t>W. WAREHAM</t>
   </si>
   <si>
     <t>HAL MONSINI</t>
   </si>
   <si>
     <t>CS043330</t>
   </si>
   <si>
     <t>STRUCTURAL DEMOLITION</t>
   </si>
   <si>
     <t>BENJAMIN GORMLEY</t>
   </si>
   <si>
     <t>AI901088</t>
   </si>
   <si>
     <t>TINA DELFINO</t>
   </si>
   <si>
     <t>PERMIT SPECIALIST</t>
   </si>
   <si>
+    <t>100439074</t>
+  </si>
+  <si>
+    <t>NANTUCKET ELECTRIC CO</t>
+  </si>
+  <si>
+    <t>BRICK BUILDING STRUCTURE DEMOLITION</t>
+  </si>
+  <si>
+    <t>100439073</t>
+  </si>
+  <si>
+    <t>VACANT BUILDING</t>
+  </si>
+  <si>
+    <t>153 2ND AVENUE</t>
+  </si>
+  <si>
+    <t>021510000</t>
+  </si>
+  <si>
+    <t>SHAUN VASSELIN</t>
+  </si>
+  <si>
+    <t>73000</t>
+  </si>
+  <si>
+    <t>CBSET, INC.</t>
+  </si>
+  <si>
+    <t>400 SHIRE WAY</t>
+  </si>
+  <si>
+    <t>LEXINGTON</t>
+  </si>
+  <si>
+    <t>1220 WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>NEWTON</t>
+  </si>
+  <si>
+    <t>COMMODORE BUILDERS</t>
+  </si>
+  <si>
+    <t>NORTHSTAR CONTRACTING GROUP, INC</t>
+  </si>
+  <si>
+    <t>401 S SECOND STREET</t>
+  </si>
+  <si>
+    <t>EVERETT</t>
+  </si>
+  <si>
+    <t>SCOTT MARANTO</t>
+  </si>
+  <si>
+    <t>CS084735</t>
+  </si>
+  <si>
+    <t>INTERIOR DEMO</t>
+  </si>
+  <si>
+    <t>SID SINGH</t>
+  </si>
+  <si>
+    <t>WENDY CARIAS</t>
+  </si>
+  <si>
+    <t>PROJECT COORDINATOR</t>
+  </si>
+  <si>
     <t>100439077</t>
   </si>
   <si>
     <t>CAR WASH</t>
   </si>
   <si>
     <t>612 DARTMOUTH ST</t>
   </si>
   <si>
     <t>DARTMOUTH</t>
   </si>
   <si>
     <t>027480000</t>
   </si>
   <si>
     <t>KIMBERLY RODRIGUES</t>
   </si>
   <si>
     <t>PROPERTY MANAGER</t>
   </si>
   <si>
     <t>2,576</t>
   </si>
   <si>
     <t>612 DARTMOUTH STREET, LLC</t>
@@ -1359,296 +1431,350 @@
   <si>
     <t>WILLIAM BRANDON</t>
   </si>
   <si>
     <t>508-802-7724</t>
   </si>
   <si>
     <t>TAUNTON</t>
   </si>
   <si>
     <t>CS-058811</t>
   </si>
   <si>
     <t>ROOF AND SIDING</t>
   </si>
   <si>
     <t>BUGET ABATEMENT LLC</t>
   </si>
   <si>
     <t>AI 000213</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
-    <t>100439074</t>
-[...7 lines deleted...]
-  <si>
     <t>100439068</t>
   </si>
   <si>
     <t>FALMOUTH SHOPPING PLAZA - SPACE #6</t>
   </si>
   <si>
     <t>7 DAVIS STRAITS ROAD</t>
   </si>
   <si>
     <t>FALMOUTH</t>
   </si>
   <si>
     <t>025360000</t>
   </si>
   <si>
     <t>KRISTEN CURTISS</t>
   </si>
   <si>
     <t>TENANT COORDINATOR - REGIONAL CONSTRUCTION</t>
   </si>
   <si>
     <t>5400</t>
   </si>
   <si>
     <t>KIMCO REALTY CORP.</t>
   </si>
   <si>
     <t>TWO NEWTON EXECUTIVE PARK, SUITE 100</t>
   </si>
   <si>
-    <t>NEWTON</t>
-[...1 lines deleted...]
-  <si>
     <t>Newton</t>
   </si>
   <si>
     <t>ACELLA CONSTRUCTION</t>
   </si>
   <si>
     <t>400 HINGHAM ST</t>
   </si>
   <si>
     <t>ROCKLAND</t>
   </si>
   <si>
     <t>RYAN KLEBES</t>
   </si>
   <si>
     <t>087290</t>
   </si>
   <si>
     <t>INTERIOR SELECTIVE DEMOLITION, SPACE #6.</t>
   </si>
   <si>
     <t>TENANT FIT-OUT, NO STRUCTURAL ADDITIONS.</t>
   </si>
   <si>
     <t>JOHN WESLEY MALEWICZ</t>
   </si>
   <si>
     <t>AI901263</t>
   </si>
   <si>
     <t>100405033</t>
   </si>
   <si>
     <t>DAVID MALER</t>
   </si>
   <si>
+    <t>100439060</t>
+  </si>
+  <si>
+    <t>MASSACHUSETTES EYE AND EAR</t>
+  </si>
+  <si>
+    <t>243 CHARLES STREET</t>
+  </si>
+  <si>
+    <t>JEKATERINA SHELLEY</t>
+  </si>
+  <si>
+    <t>DIRECTOR OF FACILITIES AND PLANNING</t>
+  </si>
+  <si>
+    <t>12000</t>
+  </si>
+  <si>
+    <t>COLUMBIA CONSTRUCTION COMPANY</t>
+  </si>
+  <si>
+    <t>100 RIVERPARK DRIVE</t>
+  </si>
+  <si>
+    <t>NORTH READING</t>
+  </si>
+  <si>
+    <t>ROBERT ZUCCALMAGLIO</t>
+  </si>
+  <si>
+    <t>CS-090736</t>
+  </si>
+  <si>
+    <t>4TH FLOOR FINISHES PARTITIONS AND SUPPORTING MEPS</t>
+  </si>
+  <si>
+    <t>RENOVATION OF LAB SPACE AND SUPPORTING MEP SPACES</t>
+  </si>
+  <si>
+    <t>CAMERON COOKE</t>
+  </si>
+  <si>
+    <t>AI 900884</t>
+  </si>
+  <si>
+    <t>132206065</t>
+  </si>
+  <si>
+    <t>,,Covering,,Shrouding</t>
+  </si>
+  <si>
+    <t>ELIZABETH CARLISLE LAPRE</t>
+  </si>
+  <si>
+    <t>COLUMBIA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>1/8/26</t>
+  </si>
+  <si>
     <t>100438802R1</t>
   </si>
   <si>
-    <t>100439060</t>
-[...118 lines deleted...]
-  <si>
     <t>100439102</t>
   </si>
   <si>
     <t>THE COUNTRY CLUB</t>
   </si>
   <si>
     <t>CLUBHOUSE</t>
   </si>
   <si>
     <t>BROOKLINE</t>
   </si>
   <si>
     <t>024670000</t>
   </si>
   <si>
     <t>STEVE BALLARD</t>
   </si>
   <si>
     <t>53,750</t>
   </si>
   <si>
     <t>KEVIN BEACHMAN</t>
   </si>
   <si>
     <t>CS 054635</t>
   </si>
   <si>
     <t>EAST WING</t>
   </si>
   <si>
     <t>EAST WING WILL BE REBUILT AND WILL BE LARGER</t>
   </si>
   <si>
     <t>ALG</t>
   </si>
   <si>
     <t>AI 900894</t>
   </si>
   <si>
     <t>TBD</t>
   </si>
   <si>
     <t>MICHAEL RUIZ</t>
   </si>
   <si>
+    <t>100439127</t>
+  </si>
+  <si>
+    <t>UMASS LOWELL - WANNALANCIT BUILDING</t>
+  </si>
+  <si>
+    <t>600 SUFFOLK STREET</t>
+  </si>
+  <si>
+    <t>LOWELL</t>
+  </si>
+  <si>
+    <t>018540000</t>
+  </si>
+  <si>
+    <t>TIM DORMAN</t>
+  </si>
+  <si>
+    <t>1500</t>
+  </si>
+  <si>
+    <t>UMASS LOWELL</t>
+  </si>
+  <si>
+    <t>100 GROSSMAN DRIVE</t>
+  </si>
+  <si>
+    <t>Braintree</t>
+  </si>
+  <si>
+    <t>SERRANO &amp; SERRANO CONSTRUCTION, INC.</t>
+  </si>
+  <si>
+    <t>1056 ESSEX STREET</t>
+  </si>
+  <si>
+    <t>ROB RENEE</t>
+  </si>
+  <si>
+    <t>CS-077621</t>
+  </si>
+  <si>
+    <t>INTERIOR WALL, HVAC, LIGHTS, DOORS, ACCESS CONTRO</t>
+  </si>
+  <si>
+    <t>ZACHARY GARERI</t>
+  </si>
+  <si>
+    <t>AI901350</t>
+  </si>
+  <si>
+    <t>AADITA GUPTA</t>
+  </si>
+  <si>
+    <t>01/09/2026</t>
+  </si>
+  <si>
+    <t>100439144</t>
+  </si>
+  <si>
+    <t>FORMER RAFTERS PUB</t>
+  </si>
+  <si>
+    <t>422 AMITY STREET</t>
+  </si>
+  <si>
+    <t>AMHERST</t>
+  </si>
+  <si>
+    <t>010020000</t>
+  </si>
+  <si>
+    <t>GAIL FLOOD</t>
+  </si>
+  <si>
+    <t>4822</t>
+  </si>
+  <si>
+    <t>UDRIVE AMITY, LLC</t>
+  </si>
+  <si>
+    <t>200 BAY ROAD</t>
+  </si>
+  <si>
+    <t>Amherst</t>
+  </si>
+  <si>
+    <t>ASSOCIATED BUILDING WRECKERS, INC.</t>
+  </si>
+  <si>
+    <t>352 ALBANY STREET</t>
+  </si>
+  <si>
+    <t>SPRINGFIELD</t>
+  </si>
+  <si>
+    <t>JAMIE BRYSON</t>
+  </si>
+  <si>
+    <t>CS-062382</t>
+  </si>
+  <si>
+    <t>ENTIRE REMAINS OF BUILDING + SLAB &amp; FOUNDATIONS</t>
+  </si>
+  <si>
+    <t>ALEC ROBINSON</t>
+  </si>
+  <si>
+    <t>AI901013</t>
+  </si>
+  <si>
+    <t>100439143</t>
+  </si>
+  <si>
+    <t>TAYLOR DITMAR</t>
+  </si>
+  <si>
+    <t>ENVIRONMENTAL ANALYST</t>
+  </si>
+  <si>
+    <t>W-AW-26-11</t>
+  </si>
+  <si>
+    <t>ANDREW MIRKIN</t>
+  </si>
+  <si>
     <t>100439135</t>
   </si>
   <si>
     <t>25 ISABELLA STREET</t>
   </si>
   <si>
     <t>021160000</t>
   </si>
   <si>
     <t>EDWARD DOHERTY</t>
   </si>
   <si>
     <t>OWNERS REP</t>
   </si>
   <si>
     <t>25000</t>
   </si>
   <si>
     <t>25 ISABELLA STREET LLC</t>
   </si>
   <si>
     <t>100 CONIFER HILL DRIVE</t>
   </si>
   <si>
     <t>KEMS CORP</t>
@@ -1710,174 +1836,108 @@
   <si>
     <t>PO BOX 420</t>
   </si>
   <si>
     <t>PETERBOROUGH</t>
   </si>
   <si>
     <t>NH</t>
   </si>
   <si>
     <t>MARY REED</t>
   </si>
   <si>
     <t>AS061001</t>
   </si>
   <si>
     <t>SUSAN CAHALAN</t>
   </si>
   <si>
     <t>AI60784</t>
   </si>
   <si>
     <t>100437298</t>
   </si>
   <si>
-    <t>100439127</t>
-[...122 lines deleted...]
-    <t>ANDREW MIRKIN</t>
+    <t>100439219</t>
+  </si>
+  <si>
+    <t>BRIGHAM AND WOMEN'S HOSPITAL</t>
+  </si>
+  <si>
+    <t>15 FRANCIS ST.</t>
+  </si>
+  <si>
+    <t>MICHAEL SHYU</t>
+  </si>
+  <si>
+    <t>43879</t>
+  </si>
+  <si>
+    <t>75 FRANCIS ST.</t>
+  </si>
+  <si>
+    <t>WALSH BROTHERS</t>
+  </si>
+  <si>
+    <t>210 COMMERCIAL STREET</t>
+  </si>
+  <si>
+    <t>MATT VASSEUR</t>
+  </si>
+  <si>
+    <t>NORTHSTAR CONTRACTING GROUP</t>
+  </si>
+  <si>
+    <t>401 S SECOND ST</t>
+  </si>
+  <si>
+    <t>EVERTT</t>
+  </si>
+  <si>
+    <t>MIKE FISH</t>
+  </si>
+  <si>
+    <t>B30900</t>
+  </si>
+  <si>
+    <t>SELECTIVE DEMOLITION ON FLOORING AND OTHER SCOPES</t>
+  </si>
+  <si>
+    <t>RENOVATION OF EXISTING OFFICE SPACES.</t>
+  </si>
+  <si>
+    <t>100437537</t>
+  </si>
+  <si>
+    <t>HEPA FILTERS, WALK-OFF MATTS, CONTAINMENT</t>
+  </si>
+  <si>
+    <t>KATHRYN WHALEN</t>
+  </si>
+  <si>
+    <t>PROJECT ADMINISTRATOR</t>
   </si>
   <si>
     <t>100439213</t>
   </si>
   <si>
     <t>FORMER FRIENDLYS RESTAURANT</t>
   </si>
   <si>
     <t>1094 RIVERDALE ST</t>
   </si>
   <si>
     <t>WEST SPRINGFIELD</t>
   </si>
   <si>
     <t>010890000</t>
   </si>
   <si>
     <t>AL SADOW</t>
   </si>
   <si>
     <t>5320</t>
   </si>
   <si>
     <t>ORION PRO FRIEND KP LLC</t>
   </si>
@@ -1887,50 +1947,167 @@
   <si>
     <t>MIAMI</t>
   </si>
   <si>
     <t>115 ELDREDGE RD</t>
   </si>
   <si>
     <t>Willington</t>
   </si>
   <si>
     <t>CT</t>
   </si>
   <si>
     <t>ENTIRE BUILDING INCLUDING SLAB &amp; FOUNDATIONS</t>
   </si>
   <si>
     <t>MATHEW HAYES</t>
   </si>
   <si>
     <t>AI900756</t>
   </si>
   <si>
     <t>100435883</t>
   </si>
   <si>
+    <t>100439247</t>
+  </si>
+  <si>
+    <t>BRIDGEWATER RESIDENTIAL PROPERTY</t>
+  </si>
+  <si>
+    <t>686 ELM STREET</t>
+  </si>
+  <si>
+    <t>EAST BRIDGEWATER</t>
+  </si>
+  <si>
+    <t>023330000</t>
+  </si>
+  <si>
+    <t>MARY ANN MANZO</t>
+  </si>
+  <si>
+    <t>1729</t>
+  </si>
+  <si>
+    <t>TITUS GENERAL CONTRACTING</t>
+  </si>
+  <si>
+    <t>13 HILL STREET</t>
+  </si>
+  <si>
+    <t>AUBURN</t>
+  </si>
+  <si>
+    <t>DENNIS MELVIN</t>
+  </si>
+  <si>
+    <t>CS-112254</t>
+  </si>
+  <si>
+    <t>BEDROOM 2 INCLUDING CEILING</t>
+  </si>
+  <si>
+    <t>CHRIS AMORELLI</t>
+  </si>
+  <si>
+    <t>AI900446</t>
+  </si>
+  <si>
+    <t>2505806</t>
+  </si>
+  <si>
+    <t>PRESIDENT / CEO</t>
+  </si>
+  <si>
+    <t>100439208</t>
+  </si>
+  <si>
+    <t>COMMERCIAL</t>
+  </si>
+  <si>
+    <t>462-466 WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>HAVERHILL</t>
+  </si>
+  <si>
+    <t>018300000</t>
+  </si>
+  <si>
+    <t>JASON BIANCHINO</t>
+  </si>
+  <si>
+    <t>GC</t>
+  </si>
+  <si>
+    <t>690</t>
+  </si>
+  <si>
+    <t>COLANTONIO MANAGEMENT &amp; CONSTRUCTION LLC</t>
+  </si>
+  <si>
+    <t>1260 OSGOOD STREET</t>
+  </si>
+  <si>
+    <t>North Andover</t>
+  </si>
+  <si>
+    <t>ACM DEMO GROUP INC</t>
+  </si>
+  <si>
+    <t>2 INDUSTRIAL WAY</t>
+  </si>
+  <si>
+    <t>ATKINSON</t>
+  </si>
+  <si>
+    <t>ROBERT LAVALLEE</t>
+  </si>
+  <si>
+    <t>CS-120390</t>
+  </si>
+  <si>
+    <t>ENTIRE EXISTING ONE-STORY COMMERCIAL BUILDING</t>
+  </si>
+  <si>
+    <t>LUIGI MARANGIELLO</t>
+  </si>
+  <si>
+    <t>100438418</t>
+  </si>
+  <si>
+    <t>,Wetting,,,Shrouding</t>
+  </si>
+  <si>
+    <t>CEO</t>
+  </si>
+  <si>
+    <t>ACM DEMO GROUP</t>
+  </si>
+  <si>
     <t>100439183</t>
   </si>
   <si>
     <t>MONTACHUSSET VETERANS OUTREACH CENTER</t>
   </si>
   <si>
     <t>21 MURDOCK AVE</t>
   </si>
   <si>
     <t>WINCHENDON</t>
   </si>
   <si>
     <t>014750000</t>
   </si>
   <si>
     <t>STEPHANIE MARCHETTI</t>
   </si>
   <si>
     <t>44000</t>
   </si>
   <si>
     <t>VETERANS OUTREACH CENTER</t>
   </si>
   <si>
     <t>1220 WASHINGTON ST</t>
@@ -1938,197 +2115,86 @@
   <si>
     <t>BEN HEBERT</t>
   </si>
   <si>
     <t>CS-118902</t>
   </si>
   <si>
     <t>RENOVATION AND ADDITION</t>
   </si>
   <si>
     <t>GREGORY HATCH</t>
   </si>
   <si>
     <t>AI061535</t>
   </si>
   <si>
     <t>00000000000000</t>
   </si>
   <si>
     <t>MATT TOCCI</t>
   </si>
   <si>
     <t>PERMITTING EXPEDITER</t>
   </si>
   <si>
-    <t>100439247</t>
-[...49 lines deleted...]
-  <si>
     <t>100439207</t>
   </si>
   <si>
-    <t>BRIGHAM AND WOMEN'S HOSPITAL</t>
-[...1 lines deleted...]
-  <si>
     <t>75 FRANCIS ST</t>
   </si>
   <si>
     <t>BOLTON</t>
   </si>
   <si>
     <t>SREY SHERMAN</t>
   </si>
   <si>
     <t>4100</t>
   </si>
   <si>
     <t>ONE BRIGHAM CIRCLE</t>
   </si>
   <si>
-    <t>WALSH BROTHERS</t>
-[...7 lines deleted...]
-  <si>
     <t>55 CUMMINGS PARK</t>
   </si>
   <si>
     <t>WOBURN</t>
   </si>
   <si>
     <t>OLIVER SULLIVAN</t>
   </si>
   <si>
-    <t>B30900</t>
-[...4 lines deleted...]
-  <si>
     <t>RENOVATION OF EXISTING MEDICAL SUITE.</t>
   </si>
   <si>
     <t>DYLAN VASCONCELLOS</t>
   </si>
   <si>
     <t>AI901054</t>
   </si>
   <si>
-    <t>HEPA FILTERS, WALK-OFF MATTS, CONTAINMENT</t>
-[...40 lines deleted...]
-  <si>
     <t>100439216</t>
   </si>
   <si>
     <t>E.L. HARVEY &amp; SON'S</t>
   </si>
   <si>
     <t>68 HOPKINTON ROAD</t>
   </si>
   <si>
     <t>WESTBOROUGH</t>
   </si>
   <si>
     <t>015810000</t>
   </si>
   <si>
     <t>TODD RAYMOND</t>
   </si>
   <si>
     <t>48,000</t>
   </si>
   <si>
     <t>E.L.HARVEY &amp; SON'S</t>
   </si>
   <si>
     <t>Westborough</t>
@@ -2148,224 +2214,158 @@
   <si>
     <t>PHANEUF CONCRETE CUTTING AND BREAKING</t>
   </si>
   <si>
     <t>150 PARKERVILLE RD.</t>
   </si>
   <si>
     <t>SOUTHBOROUGH</t>
   </si>
   <si>
     <t>ADAM PHANEUF</t>
   </si>
   <si>
     <t>CS-068332</t>
   </si>
   <si>
     <t>AI 001719</t>
   </si>
   <si>
     <t>FLETCHER CONLON</t>
   </si>
   <si>
     <t>VDC</t>
   </si>
   <si>
-    <t>100439208</t>
-[...62 lines deleted...]
-    <t>ACM DEMO GROUP</t>
+    <t>100436806R1</t>
+  </si>
+  <si>
+    <t>WHITTENTON MILL</t>
+  </si>
+  <si>
+    <t>437 WHITTENTON ST</t>
+  </si>
+  <si>
+    <t>027800000</t>
+  </si>
+  <si>
+    <t>ERIN CORCORAN</t>
+  </si>
+  <si>
+    <t>SR. ASSOC. DEVELOPMENT</t>
+  </si>
+  <si>
+    <t>434793</t>
+  </si>
+  <si>
+    <t>GEHF I TAUNTON LLC</t>
+  </si>
+  <si>
+    <t>ONE FEDERAL ST #1804</t>
+  </si>
+  <si>
+    <t>JATMIN PATEL</t>
+  </si>
+  <si>
+    <t>GREYSTAR</t>
+  </si>
+  <si>
+    <t>465 MEETING STREET</t>
+  </si>
+  <si>
+    <t>CHARLESTOWN</t>
+  </si>
+  <si>
+    <t>JAYMIN PATEL</t>
+  </si>
+  <si>
+    <t>costello Dismantling</t>
+  </si>
+  <si>
+    <t>15 Cranberry Highway</t>
+  </si>
+  <si>
+    <t>West Wareham</t>
+  </si>
+  <si>
+    <t>MIKE COSTELLO</t>
+  </si>
+  <si>
+    <t>STRUCTURAL DEMOLITION INCLUDING ALL SLABS, FOUNDA</t>
+  </si>
+  <si>
+    <t>DAVID ROONEY</t>
+  </si>
+  <si>
+    <t>AI061851</t>
+  </si>
+  <si>
+    <t>100436804</t>
   </si>
   <si>
     <t>100439301</t>
   </si>
   <si>
-    <t>WHITTENTON MILL</t>
-[...16 lines deleted...]
-  <si>
     <t>GEHF I TAUNTON , LLC</t>
   </si>
   <si>
     <t>465 MEETING ST</t>
   </si>
   <si>
     <t>CHARLESTON</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
-    <t>JAYMIN PATEL</t>
-[...1 lines deleted...]
-  <si>
     <t>1 FEDERAL ST</t>
   </si>
   <si>
     <t>GS CONSTRUCTION NORTHEAST LLC</t>
   </si>
   <si>
     <t>465 MEETING ST SUITE 500</t>
   </si>
   <si>
     <t>EMIL HOOGENDOORN</t>
   </si>
   <si>
-    <t>MIKE COSTELLO</t>
-[...1 lines deleted...]
-  <si>
     <t>STRUCTURAL DEMOLITION/SLABS/FOUNDATIONS</t>
   </si>
   <si>
-    <t>DAVID ROONEY</t>
-[...4 lines deleted...]
-  <si>
     <t>100439296</t>
   </si>
   <si>
     <t>JANE FULLER</t>
   </si>
   <si>
     <t>ENVIRONMENTAL ANALYST III</t>
   </si>
   <si>
     <t>SAW26-22</t>
   </si>
   <si>
-    <t>100436806R1</t>
-[...34 lines deleted...]
-  <si>
     <t>100439272</t>
   </si>
   <si>
     <t>20 WINTHROP SQUARE</t>
   </si>
   <si>
     <t>021100000</t>
   </si>
   <si>
     <t>MICHAEL O'RORKE</t>
   </si>
   <si>
     <t>36000</t>
   </si>
   <si>
     <t>AW PERRY</t>
   </si>
   <si>
     <t>20 WINTHROP SQUARE SUITE 501</t>
   </si>
   <si>
     <t>10 POST OFFICE SQUARE</t>
   </si>
   <si>
     <t>COFFEE DESIGN &amp; BUILD</t>
@@ -2382,50 +2382,107 @@
   <si>
     <t>SALEM</t>
   </si>
   <si>
     <t>CHRIS WOODS</t>
   </si>
   <si>
     <t>CS074543</t>
   </si>
   <si>
     <t>RENOVATION OF INTERIOR STRUCTURES</t>
   </si>
   <si>
     <t>JEREMY BOUCHER</t>
   </si>
   <si>
     <t>AI901142</t>
   </si>
   <si>
     <t>100439263</t>
   </si>
   <si>
     <t>ZACK TARIOT</t>
   </si>
   <si>
+    <t>100439281</t>
+  </si>
+  <si>
+    <t>CAMBRIDGE SCIENCE CENTER, LLC</t>
+  </si>
+  <si>
+    <t>245 FIRST STREET</t>
+  </si>
+  <si>
+    <t>CAMBRIDGE</t>
+  </si>
+  <si>
+    <t>021420000</t>
+  </si>
+  <si>
+    <t>WESLEY WILLIAMS</t>
+  </si>
+  <si>
+    <t>GENERAL MANAGER - PROPERTY MANAGER</t>
+  </si>
+  <si>
+    <t>299,224</t>
+  </si>
+  <si>
+    <t>CLARION PARTNERS</t>
+  </si>
+  <si>
+    <t>101 ARCH STREET</t>
+  </si>
+  <si>
+    <t>100 RIVERPARK DR</t>
+  </si>
+  <si>
+    <t>BOB HAYNES</t>
+  </si>
+  <si>
+    <t>CS-055863</t>
+  </si>
+  <si>
+    <t>EXTERIOR FACADE AND LANDSCAPING. INTERIOR FINISHE</t>
+  </si>
+  <si>
+    <t>UPDATING FINISHES AND LAYOUT CHANGES TO LOBBY</t>
+  </si>
+  <si>
+    <t>JEFFREY BEDARD</t>
+  </si>
+  <si>
+    <t>AI900672</t>
+  </si>
+  <si>
+    <t>JACKIE MAXWELL</t>
+  </si>
+  <si>
+    <t>01132026</t>
+  </si>
+  <si>
     <t>100439258</t>
   </si>
   <si>
     <t>CAMPELLO HIGH</t>
   </si>
   <si>
     <t>1380 MAIN ST</t>
   </si>
   <si>
     <t>023010000</t>
   </si>
   <si>
     <t>CHRIS BARRY</t>
   </si>
   <si>
     <t>DIRECTOR</t>
   </si>
   <si>
     <t>BROOKLINE HOUSING AUTHORITY</t>
   </si>
   <si>
     <t>45 GODDARD ROAD</t>
   </si>
   <si>
     <t>ANGEL KARAGYOZOV</t>
@@ -2433,105 +2490,366 @@
   <si>
     <t>560 HARRISON AVENUE</t>
   </si>
   <si>
     <t>SHAWNUT DESIN &amp; CONSTRUTION</t>
   </si>
   <si>
     <t>AMERICAN ENVIRONMENTAL INC</t>
   </si>
   <si>
     <t>18 CANAL ST</t>
   </si>
   <si>
     <t>BUILDING TOWER B</t>
   </si>
   <si>
     <t>AI900609</t>
   </si>
   <si>
     <t>100439254</t>
   </si>
   <si>
     <t>CHARLES  HUGHES</t>
   </si>
   <si>
-    <t>100439281</t>
-[...53 lines deleted...]
-    <t>01132026</t>
+    <t>100439335</t>
+  </si>
+  <si>
+    <t>CORNELL LOFTS</t>
+  </si>
+  <si>
+    <t>649 ALDEN ST</t>
+  </si>
+  <si>
+    <t>FALL RIVER</t>
+  </si>
+  <si>
+    <t>027230000</t>
+  </si>
+  <si>
+    <t>TYLER LANGLOIS</t>
+  </si>
+  <si>
+    <t>PROJECT CONTACT</t>
+  </si>
+  <si>
+    <t>7000</t>
+  </si>
+  <si>
+    <t>CORNELL MILL MASTER TENANT, LLC</t>
+  </si>
+  <si>
+    <t>649 ALDEN STREET</t>
+  </si>
+  <si>
+    <t>75 SOUTH UNION STREET</t>
+  </si>
+  <si>
+    <t>PAWTUCKET</t>
+  </si>
+  <si>
+    <t>RI</t>
+  </si>
+  <si>
+    <t>BANNER ENVIRONMENTAL</t>
+  </si>
+  <si>
+    <t>31 HAYWARD ST. 2A-205</t>
+  </si>
+  <si>
+    <t>FRANKLIN</t>
+  </si>
+  <si>
+    <t>KENNY ARSENAULT</t>
+  </si>
+  <si>
+    <t>CS-118202</t>
+  </si>
+  <si>
+    <t>TOTAL TAKEDOWN OF STORAGE SHED FACILITY</t>
+  </si>
+  <si>
+    <t>DARREN JOHNSON</t>
+  </si>
+  <si>
+    <t>AI900710</t>
+  </si>
+  <si>
+    <t>100438737</t>
+  </si>
+  <si>
+    <t>COLLEEN FERGUSON</t>
+  </si>
+  <si>
+    <t>ASBESTOS AND STRIKE FORCE SECTION CHIEF</t>
+  </si>
+  <si>
+    <t>SAW25735</t>
+  </si>
+  <si>
+    <t>STEPHEN WENZEL</t>
+  </si>
+  <si>
+    <t>100439387</t>
+  </si>
+  <si>
+    <t>PFIZER-ANDOVER BLDG F</t>
+  </si>
+  <si>
+    <t>1 BURTT RD</t>
+  </si>
+  <si>
+    <t>ANDOVER</t>
+  </si>
+  <si>
+    <t>018100000</t>
+  </si>
+  <si>
+    <t>KEISY MARQUEZ</t>
+  </si>
+  <si>
+    <t>44,500</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>COLIN KEANE</t>
+  </si>
+  <si>
+    <t>CS 119470</t>
+  </si>
+  <si>
+    <t>EXISTING 3RD FLOOR LAB ARCHITECTUAL AND MEP DEMO</t>
+  </si>
+  <si>
+    <t>RENOVATION OF LAB SPACE TO INCLUDE UPDATED MEP'S</t>
+  </si>
+  <si>
+    <t>MICHAEL MCCARTER</t>
+  </si>
+  <si>
+    <t>AI 001825</t>
+  </si>
+  <si>
+    <t>CHRISTOPHER NOLLI</t>
+  </si>
+  <si>
+    <t>PROJECT ENGINEER</t>
+  </si>
+  <si>
+    <t>100438375R1</t>
+  </si>
+  <si>
+    <t>CAMPELLO HIGH RISE MODERNIZATION-PHASE 1</t>
+  </si>
+  <si>
+    <t>1362 MAIN STREET</t>
+  </si>
+  <si>
+    <t>ENTIRE BUILDING</t>
+  </si>
+  <si>
+    <t>100438373</t>
+  </si>
+  <si>
+    <t>100439358</t>
+  </si>
+  <si>
+    <t>BEVERLY LIBRARY</t>
+  </si>
+  <si>
+    <t>32 ESSEX STREET</t>
+  </si>
+  <si>
+    <t>NEIL CALLAHAN</t>
+  </si>
+  <si>
+    <t>47000</t>
+  </si>
+  <si>
+    <t>TOWN OF BEVERLY</t>
+  </si>
+  <si>
+    <t>191 CABOT STREET</t>
+  </si>
+  <si>
+    <t>72 SUMNER STREET</t>
+  </si>
+  <si>
+    <t>CONSIGLI CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>INTERIOR FINISHES DEMOING WALLS IN SELECTIVE AREA</t>
+  </si>
+  <si>
+    <t>STEVE CONETTA</t>
+  </si>
+  <si>
+    <t>100434719R3</t>
+  </si>
+  <si>
+    <t>WINTHROP LANE ELEVATED WATER TANK</t>
+  </si>
+  <si>
+    <t>30 WINTHROP LANE</t>
+  </si>
+  <si>
+    <t>CHRIS CARMICHAEL</t>
+  </si>
+  <si>
+    <t>SUPERINTENDENT OF PUBLIC BUILDINGS X1113</t>
+  </si>
+  <si>
+    <t>CITY OF TAUNTON</t>
+  </si>
+  <si>
+    <t>15 SUMMER ST</t>
+  </si>
+  <si>
+    <t>Taunton</t>
+  </si>
+  <si>
+    <t>COSTELLO DISMANTLING CO., IN</t>
+  </si>
+  <si>
+    <t>TOM BERENZ</t>
+  </si>
+  <si>
+    <t>46X120' ELEVATED WATER STORAGE TANK 1' BELOW GRAD</t>
+  </si>
+  <si>
+    <t>CASEY BEIKSHA</t>
+  </si>
+  <si>
+    <t>AI901121</t>
+  </si>
+  <si>
+    <t>100439385</t>
+  </si>
+  <si>
+    <t>OLD COMBERLAND FARMS</t>
+  </si>
+  <si>
+    <t>35  MAIN ST.</t>
+  </si>
+  <si>
+    <t>DEERFIELD</t>
+  </si>
+  <si>
+    <t>013750000</t>
+  </si>
+  <si>
+    <t>MATT WILCOX</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>35 MAIN ST.</t>
+  </si>
+  <si>
+    <t>Deerfield</t>
+  </si>
+  <si>
+    <t>WILCOX BUILDERS</t>
+  </si>
+  <si>
+    <t>7 NOLAN CIRCLE</t>
+  </si>
+  <si>
+    <t>HATFIELD</t>
+  </si>
+  <si>
+    <t>WESTERN MASS DEMLITION</t>
+  </si>
+  <si>
+    <t>50 MEDEIROS WAY</t>
+  </si>
+  <si>
+    <t>DALE UNSDERFER</t>
+  </si>
+  <si>
+    <t>CSSL- 106022</t>
+  </si>
+  <si>
+    <t>ENTRIRE BUILDING DOWN TO THE GROUND</t>
+  </si>
+  <si>
+    <t>GREEN ENVIRONMENTAL</t>
+  </si>
+  <si>
+    <t>AI073071</t>
+  </si>
+  <si>
+    <t>100438545</t>
+  </si>
+  <si>
+    <t>JOHN DIAS</t>
+  </si>
+  <si>
+    <t>WESDTERN MASS DEMOITION</t>
+  </si>
+  <si>
+    <t>100439409</t>
+  </si>
+  <si>
+    <t>HUB SPOT</t>
+  </si>
+  <si>
+    <t>2 CANAL PARK</t>
+  </si>
+  <si>
+    <t>021410000</t>
+  </si>
+  <si>
+    <t>ANTONIO COSTA</t>
+  </si>
+  <si>
+    <t>SR MANAGER OF FACILITIES &amp; OPERATIONS</t>
+  </si>
+  <si>
+    <t>Cambridge</t>
+  </si>
+  <si>
+    <t>PETER SHEEHAN</t>
+  </si>
+  <si>
+    <t>CS-091498</t>
+  </si>
+  <si>
+    <t>AI-901187</t>
+  </si>
+  <si>
+    <t>THIS DOESN?T APPLY TO THIS PROJECT</t>
+  </si>
+  <si>
+    <t>ZACHARY CORMIER</t>
+  </si>
+  <si>
+    <t>APM</t>
   </si>
   <si>
     <t>100439350</t>
   </si>
   <si>
     <t>HARVARD BIOLOGICAL LABORATORIES BUILDING</t>
   </si>
   <si>
     <t>16 DIVINITY AVE.</t>
   </si>
   <si>
     <t>021380000</t>
   </si>
   <si>
     <t>ROB SEELEY</t>
   </si>
   <si>
     <t>EH&amp;S OFFICER</t>
   </si>
   <si>
     <t>206000</t>
   </si>
   <si>
     <t>PRESIDENT AND FELLOWS OF HARVARD COLLEGE</t>
   </si>
@@ -2583,185 +2901,62 @@
   <si>
     <t>257 APREMONT HIGHWAY</t>
   </si>
   <si>
     <t>ANTONY CICERO</t>
   </si>
   <si>
     <t>PASTOR</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>ANTHONY CICERO</t>
   </si>
   <si>
     <t>247 APREMONT HWY</t>
   </si>
   <si>
     <t>WESTERN MASS DEMOLITION CORP</t>
   </si>
   <si>
     <t>1029 NORTH RD.</t>
   </si>
   <si>
-    <t>DALE UNSDERFER</t>
-[...1 lines deleted...]
-  <si>
     <t>CSSL-106022</t>
   </si>
   <si>
     <t>CANOPY , ALL METAL</t>
   </si>
   <si>
     <t>A1 SP;ECTRUM SERVICES</t>
   </si>
   <si>
     <t>AI 060817</t>
   </si>
   <si>
-    <t>JOHN DIAS</t>
-[...118 lines deleted...]
-  <si>
     <t>100438860</t>
   </si>
   <si>
     <t>LEADER BANKL</t>
   </si>
   <si>
     <t>177 MAIN ST</t>
   </si>
   <si>
     <t>025400000</t>
   </si>
   <si>
     <t>BRET SCHOFIELD</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>Falmouth</t>
   </si>
   <si>
     <t>AMCON</t>
   </si>
   <si>
     <t>3 MT PLEASANT DR</t>
@@ -2769,243 +2964,90 @@
   <si>
     <t>PEABODY</t>
   </si>
   <si>
     <t>JOHN HENNESSY</t>
   </si>
   <si>
     <t>SUPERIOR DEMO</t>
   </si>
   <si>
     <t>31 DRAPER ST</t>
   </si>
   <si>
     <t>CS-113427</t>
   </si>
   <si>
     <t>9273-01</t>
   </si>
   <si>
     <t>MARCUS CARLSON</t>
   </si>
   <si>
     <t>1/14/2026</t>
   </si>
   <si>
-    <t>100439385</t>
-[...191 lines deleted...]
-    <t>AI901121</t>
+    <t>100439437</t>
+  </si>
+  <si>
+    <t>ERVING WWTP</t>
+  </si>
+  <si>
+    <t>45 EAST MAIN STREET</t>
+  </si>
+  <si>
+    <t>ERVING</t>
+  </si>
+  <si>
+    <t>013440000</t>
+  </si>
+  <si>
+    <t>SUPERVISOR</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>WESTERN MASS DEMOLITION</t>
+  </si>
+  <si>
+    <t>1029 NORTH ROAD, SUITE 12</t>
+  </si>
+  <si>
+    <t>DEMOLITION OF SILO DOWN TO GROUND AND BASE</t>
+  </si>
+  <si>
+    <t>ROBERT GRAVALLESE</t>
+  </si>
+  <si>
+    <t>AI#060817</t>
+  </si>
+  <si>
+    <t>NICK CIRONE</t>
+  </si>
+  <si>
+    <t>COST ESTIMATOR</t>
   </si>
   <si>
     <t>100439443</t>
   </si>
   <si>
     <t>305 NORTH MAIN STREET</t>
   </si>
   <si>
     <t>KEVIN MCDONOUGH</t>
   </si>
   <si>
     <t>PROJECT MANANGER</t>
   </si>
   <si>
     <t>305 NORTH MAIN STREET, LLC</t>
   </si>
   <si>
     <t>290 MERRIMACK STREET</t>
   </si>
   <si>
     <t>LAWRENCE</t>
   </si>
   <si>
     <t>LUPOLI COMPANIES</t>
   </si>
@@ -3018,92 +3060,50 @@
   <si>
     <t>SAUGUS</t>
   </si>
   <si>
     <t>CHAD VINCENT</t>
   </si>
   <si>
     <t>CS-117838</t>
   </si>
   <si>
     <t>INTERIOR CONSTRUCTION</t>
   </si>
   <si>
     <t>JON NICCOL</t>
   </si>
   <si>
     <t>AI000329</t>
   </si>
   <si>
     <t>100439308</t>
   </si>
   <si>
     <t>CHRIS MORIN</t>
   </si>
   <si>
-    <t>100439437</t>
-[...40 lines deleted...]
-  <si>
     <t>100439453</t>
   </si>
   <si>
     <t>OLD CUMBERLAND FARMS</t>
   </si>
   <si>
     <t>2 SUGARLOAF ST</t>
   </si>
   <si>
     <t>013730000</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>V S H REALTY INC</t>
   </si>
   <si>
     <t>165 FLANDERS RD</t>
   </si>
   <si>
     <t>1029 NORTH RD, SUITE 12</t>
   </si>
   <si>
     <t>FULL BUILDING DEMO</t>
@@ -3165,50 +3165,146 @@
   <si>
     <t>WINDHAM</t>
   </si>
   <si>
     <t>JOSE ALICEA</t>
   </si>
   <si>
     <t>CS-75272</t>
   </si>
   <si>
     <t>JERRY SILLETTI</t>
   </si>
   <si>
     <t>AI-000415</t>
   </si>
   <si>
     <t>100438239</t>
   </si>
   <si>
     <t>SPM</t>
   </si>
   <si>
     <t>01152026</t>
   </si>
   <si>
+    <t>100439529</t>
+  </si>
+  <si>
+    <t>330 SHAWMUT AVE</t>
+  </si>
+  <si>
+    <t>5000</t>
+  </si>
+  <si>
+    <t>1/16/2026</t>
+  </si>
+  <si>
+    <t>100439499</t>
+  </si>
+  <si>
+    <t>MICHAEL BRESLIN</t>
+  </si>
+  <si>
+    <t>100000</t>
+  </si>
+  <si>
+    <t>CHILDRENS</t>
+  </si>
+  <si>
+    <t>G. GREENE CONSTRUCTION CO.</t>
+  </si>
+  <si>
+    <t>240 LINCOLN STREET</t>
+  </si>
+  <si>
+    <t>JOHN KEANE</t>
+  </si>
+  <si>
+    <t>CS-069865</t>
+  </si>
+  <si>
+    <t>150 SQUARE FEET</t>
+  </si>
+  <si>
+    <t>KEVIN CRAIG</t>
+  </si>
+  <si>
+    <t>PAUL J WALSH</t>
+  </si>
+  <si>
+    <t>G GREENE</t>
+  </si>
+  <si>
+    <t>01/16/2026</t>
+  </si>
+  <si>
+    <t>100439528</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>INTERIOR FINISHES, MEP, AND ARCH UPGRADES</t>
+  </si>
+  <si>
+    <t>100439475</t>
+  </si>
+  <si>
+    <t>BUILDING 2 EXTERIOR FACADE PROJECT</t>
+  </si>
+  <si>
+    <t>10 GENERAL GREENE AVENUE</t>
+  </si>
+  <si>
+    <t>NATICK</t>
+  </si>
+  <si>
+    <t>017600000</t>
+  </si>
+  <si>
+    <t>KEN CLARK</t>
+  </si>
+  <si>
+    <t>20000</t>
+  </si>
+  <si>
+    <t>DEPARTMENT OF THE ARMY GARRISON DPW</t>
+  </si>
+  <si>
+    <t>1234 CHESTNUT STREET</t>
+  </si>
+  <si>
+    <t>EPERNAY DESIGN AND CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>1234 CHESTNUT ST</t>
+  </si>
+  <si>
+    <t>100439460</t>
+  </si>
+  <si>
     <t>100439510</t>
   </si>
   <si>
     <t>FORMER A-1 DELI</t>
   </si>
   <si>
     <t>88-92 MERRIMACK STREET</t>
   </si>
   <si>
     <t>TOM  GEARY</t>
   </si>
   <si>
     <t>MERRIMACK VALLEY PLANNING COMISSION</t>
   </si>
   <si>
     <t>160 MAIN STREET</t>
   </si>
   <si>
     <t>BEVILACQUA BUILDS</t>
   </si>
   <si>
     <t>TOM GEARY</t>
   </si>
   <si>
     <t>NG ENVIRONMENTAL CONTRACTORS INC</t>
@@ -3222,108 +3318,5445 @@
   <si>
     <t>CS-088640</t>
   </si>
   <si>
     <t>COMMERCIAL SPACE AND 8 UNITS</t>
   </si>
   <si>
     <t>MOIRA A WENTWORTH</t>
   </si>
   <si>
     <t>AI900652</t>
   </si>
   <si>
     <t>100439492</t>
   </si>
   <si>
     <t>CONTAIMENT</t>
   </si>
   <si>
     <t>NOLBERTO GALICIA</t>
   </si>
   <si>
     <t>9787947922</t>
   </si>
   <si>
-    <t>100439499</t>
-[...37 lines deleted...]
-  <si>
     <t>100439509</t>
   </si>
   <si>
     <t>LANGDELL HALL</t>
   </si>
   <si>
     <t>18 EVERETT ST</t>
   </si>
   <si>
     <t>CHRIS ARSENAULT</t>
   </si>
   <si>
     <t>183000</t>
   </si>
   <si>
     <t>CS-107984</t>
   </si>
   <si>
     <t>MAINTENANCE TO EMERGENCY GENERATOR</t>
+  </si>
+  <si>
+    <t>100439543</t>
+  </si>
+  <si>
+    <t>ABANDONED HOUSE &amp; GARAGES</t>
+  </si>
+  <si>
+    <t>94 BUTLER AVE</t>
+  </si>
+  <si>
+    <t>WAKEFIELD</t>
+  </si>
+  <si>
+    <t>018800000</t>
+  </si>
+  <si>
+    <t>WILLIAM RENAULT</t>
+  </si>
+  <si>
+    <t>2500</t>
+  </si>
+  <si>
+    <t>TOWN OF WAKEFIELD</t>
+  </si>
+  <si>
+    <t>1 LAFAYETTE ST</t>
+  </si>
+  <si>
+    <t>WESTON &amp; SAMPSON</t>
+  </si>
+  <si>
+    <t>55 WALKERS BROOK DRIVE STE 100</t>
+  </si>
+  <si>
+    <t>Reading</t>
+  </si>
+  <si>
+    <t>STRATEGIC ENVIRONMENTAL SERVICES</t>
+  </si>
+  <si>
+    <t>362 PUTNAM HILL ROAD</t>
+  </si>
+  <si>
+    <t>SUTTON</t>
+  </si>
+  <si>
+    <t>RAMZI BOUONI</t>
+  </si>
+  <si>
+    <t>CS-104718</t>
+  </si>
+  <si>
+    <t>SINGLE FAMILY HOUSE AND 2 DETACHED GARAGES</t>
+  </si>
+  <si>
+    <t>CALEB PETTIGREW</t>
+  </si>
+  <si>
+    <t>AI901112</t>
+  </si>
+  <si>
+    <t>100439540</t>
+  </si>
+  <si>
+    <t>GRADY DANTE</t>
+  </si>
+  <si>
+    <t>ASBESTOS SECTION CHIEF</t>
+  </si>
+  <si>
+    <t>NAW2601019</t>
+  </si>
+  <si>
+    <t>BOB MADDOCK</t>
+  </si>
+  <si>
+    <t>100439512</t>
+  </si>
+  <si>
+    <t>SINGLE-FAMILY HOUSE</t>
+  </si>
+  <si>
+    <t>109 NORTH VALLEY ROAD</t>
+  </si>
+  <si>
+    <t>PELHAM</t>
+  </si>
+  <si>
+    <t>MARY LEE</t>
+  </si>
+  <si>
+    <t>1297</t>
+  </si>
+  <si>
+    <t>682 BRATTLEBORO ROAD</t>
+  </si>
+  <si>
+    <t>BERNARDSTON</t>
+  </si>
+  <si>
+    <t>Bernardston</t>
+  </si>
+  <si>
+    <t>ENTIRE HOUSE</t>
+  </si>
+  <si>
+    <t>MARCO CARRALERO</t>
+  </si>
+  <si>
+    <t>AI900719</t>
+  </si>
+  <si>
+    <t>100439539</t>
+  </si>
+  <si>
+    <t>W-AW-26-26</t>
+  </si>
+  <si>
+    <t>100439564</t>
+  </si>
+  <si>
+    <t>CURTIS APARTMENTS</t>
+  </si>
+  <si>
+    <t>37-51 GREAT BROOK VALLEY AVE</t>
+  </si>
+  <si>
+    <t>016010000</t>
+  </si>
+  <si>
+    <t>JEREMY OLIVERIA</t>
+  </si>
+  <si>
+    <t>TRINITY FINANCIAL</t>
+  </si>
+  <si>
+    <t>75 FERDERAL STREET 4TH FLOOR</t>
+  </si>
+  <si>
+    <t>1301 ATWOOD AVENUE ,SUITE 116E</t>
+  </si>
+  <si>
+    <t>JOHNSTON</t>
+  </si>
+  <si>
+    <t>DIMEO CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>1301 ATWOO AVENUE,SUITE 116E</t>
+  </si>
+  <si>
+    <t>EMMA KELLAR</t>
+  </si>
+  <si>
+    <t>CAMERON COOK</t>
+  </si>
+  <si>
+    <t>AI900884</t>
+  </si>
+  <si>
+    <t>100439559</t>
+  </si>
+  <si>
+    <t>100439566</t>
+  </si>
+  <si>
+    <t>53-63 GREAT BROOK VALLEY AVE</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>100439558</t>
+  </si>
+  <si>
+    <t>100439381</t>
+  </si>
+  <si>
+    <t>EAGLE HILL SCHOOL</t>
+  </si>
+  <si>
+    <t>242 OLD PETERSHAM RD</t>
+  </si>
+  <si>
+    <t>HARDWICK</t>
+  </si>
+  <si>
+    <t>010370000</t>
+  </si>
+  <si>
+    <t>DEVON RUUD</t>
+  </si>
+  <si>
+    <t>20,000</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>DAVID ANNUNZIATA</t>
+  </si>
+  <si>
+    <t>BRETT LEBEL</t>
+  </si>
+  <si>
+    <t>CS 116081</t>
+  </si>
+  <si>
+    <t>2 STORY WOOD FRAME RESIDENTS HALL</t>
+  </si>
+  <si>
+    <t>BRET LEBEL</t>
+  </si>
+  <si>
+    <t>100439569</t>
+  </si>
+  <si>
+    <t>CHELSEA SOLDIERS HOME</t>
+  </si>
+  <si>
+    <t>91 CREST AVE</t>
+  </si>
+  <si>
+    <t>ANDREW SZURLEY</t>
+  </si>
+  <si>
+    <t>30000</t>
+  </si>
+  <si>
+    <t>DCMM</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE 1ST FLOOR</t>
+  </si>
+  <si>
+    <t>2208 PLAINFIELD PIKE</t>
+  </si>
+  <si>
+    <t>Johnston</t>
+  </si>
+  <si>
+    <t>CONSIGLI</t>
+  </si>
+  <si>
+    <t>J.R. VINAGRO CORPORATION</t>
+  </si>
+  <si>
+    <t>CS080112</t>
+  </si>
+  <si>
+    <t>JOHN MONACO</t>
+  </si>
+  <si>
+    <t>AI072774</t>
+  </si>
+  <si>
+    <t>100436860</t>
+  </si>
+  <si>
+    <t>VANESSA VALDEZ</t>
+  </si>
+  <si>
+    <t>100436816R1</t>
+  </si>
+  <si>
+    <t>24 WEBSTER AVE</t>
+  </si>
+  <si>
+    <t>SOMERVILLE</t>
+  </si>
+  <si>
+    <t>021430000</t>
+  </si>
+  <si>
+    <t>JOHN MCGINNIS</t>
+  </si>
+  <si>
+    <t>JUST A START</t>
+  </si>
+  <si>
+    <t>430 RINDGE AVE</t>
+  </si>
+  <si>
+    <t>ONE ADAMS PLACE 859 WILLLARD ST</t>
+  </si>
+  <si>
+    <t>DELLBROOK JKS</t>
+  </si>
+  <si>
+    <t>JOHN  MCGINNIS</t>
+  </si>
+  <si>
+    <t>TOTAL TAKEDOWN</t>
+  </si>
+  <si>
+    <t>JEFFREY D'ARRIGO</t>
+  </si>
+  <si>
+    <t>AI900547</t>
+  </si>
+  <si>
+    <t>100436825</t>
+  </si>
+  <si>
+    <t>100432542R4</t>
+  </si>
+  <si>
+    <t>GULICK HALL</t>
+  </si>
+  <si>
+    <t>355 ALDEN STREET</t>
+  </si>
+  <si>
+    <t>011090000</t>
+  </si>
+  <si>
+    <t>RACHELLE JOHNSON</t>
+  </si>
+  <si>
+    <t>PROJECT MGR</t>
+  </si>
+  <si>
+    <t>55000</t>
+  </si>
+  <si>
+    <t>SPRINGFIELD COLLEGE</t>
+  </si>
+  <si>
+    <t>263 ALDEN STREET</t>
+  </si>
+  <si>
+    <t>CHARLIE ARMENT TRUCKING</t>
+  </si>
+  <si>
+    <t>47 WAREHOUSE ST</t>
+  </si>
+  <si>
+    <t>CHARLIE ARMENT JR</t>
+  </si>
+  <si>
+    <t>CS099337</t>
+  </si>
+  <si>
+    <t>ENTIRE BUILDING AND FOUNDATION</t>
+  </si>
+  <si>
+    <t>ZACHARY SMITH</t>
+  </si>
+  <si>
+    <t>AI900824</t>
+  </si>
+  <si>
+    <t>100427670</t>
+  </si>
+  <si>
+    <t>CHARLES ARMENT JR</t>
+  </si>
+  <si>
+    <t>CHARLIE ARMENT TRUCKING INC</t>
+  </si>
+  <si>
+    <t>100439604</t>
+  </si>
+  <si>
+    <t>WELLESLEY COLLEGE PFAS</t>
+  </si>
+  <si>
+    <t>106 CENTRAL ST.</t>
+  </si>
+  <si>
+    <t>KEVIN DIONE</t>
+  </si>
+  <si>
+    <t>Wellesley</t>
+  </si>
+  <si>
+    <t>BOND BROTHERS</t>
+  </si>
+  <si>
+    <t>10 CABOT RD SUITE 301</t>
+  </si>
+  <si>
+    <t>MEDFORD</t>
+  </si>
+  <si>
+    <t>JIM NORTH</t>
+  </si>
+  <si>
+    <t>CSL110891</t>
+  </si>
+  <si>
+    <t>EDWARD SHEA</t>
+  </si>
+  <si>
+    <t>HEPAS</t>
+  </si>
+  <si>
+    <t>KELLY YURKA</t>
+  </si>
+  <si>
+    <t>COMPLIANCE MANAGER</t>
+  </si>
+  <si>
+    <t>100439608</t>
+  </si>
+  <si>
+    <t>SIGNATURE HEALTHCARE BROCKTON HOSPITAL</t>
+  </si>
+  <si>
+    <t>680 CENTRE STREET</t>
+  </si>
+  <si>
+    <t>023020000</t>
+  </si>
+  <si>
+    <t>BRIAN BACKOFF</t>
+  </si>
+  <si>
+    <t>6000</t>
+  </si>
+  <si>
+    <t>SIGNATURE HEALTHCARE</t>
+  </si>
+  <si>
+    <t>Brockton</t>
+  </si>
+  <si>
+    <t>AUBURN CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>175 BODWELL STREET</t>
+  </si>
+  <si>
+    <t>AVON</t>
+  </si>
+  <si>
+    <t>RON REILLY</t>
+  </si>
+  <si>
+    <t>CS-073698</t>
+  </si>
+  <si>
+    <t>INTERIOR RENOVATION OF EXISTING STERILIZATION ARE</t>
+  </si>
+  <si>
+    <t>AI-109023</t>
+  </si>
+  <si>
+    <t>RYAN EVANS</t>
+  </si>
+  <si>
+    <t>100439626</t>
+  </si>
+  <si>
+    <t>BOSTON CHILDREN'S HOSPITAL YAWKEY FAMILY INN</t>
+  </si>
+  <si>
+    <t>241 KENT STREET</t>
+  </si>
+  <si>
+    <t>021460000</t>
+  </si>
+  <si>
+    <t>KEEGAN O'KEEFE</t>
+  </si>
+  <si>
+    <t>FACILITIES OPERATION MANAGER</t>
+  </si>
+  <si>
+    <t>84958</t>
+  </si>
+  <si>
+    <t>BOSTON CHILDRENS - YAWKEY FAMILY INN</t>
+  </si>
+  <si>
+    <t>300 LONGWOOD AVENUE</t>
+  </si>
+  <si>
+    <t>CKM CONSTRUCTION LLC</t>
+  </si>
+  <si>
+    <t>2 LAKEVIEW DRIVE</t>
+  </si>
+  <si>
+    <t>WALPOLE</t>
+  </si>
+  <si>
+    <t>GILBERT ROIAS</t>
+  </si>
+  <si>
+    <t>CS-120688</t>
+  </si>
+  <si>
+    <t>100 FT2 OF NON-ASBESTOS-CONTAINING DRYWALL AT 241</t>
+  </si>
+  <si>
+    <t>TRC ENVIRONMENTAL</t>
+  </si>
+  <si>
+    <t>AI-901138</t>
+  </si>
+  <si>
+    <t>ASBESTOS INSPECTOR</t>
+  </si>
+  <si>
+    <t>NAW2601107</t>
+  </si>
+  <si>
+    <t>KATHERINE MCCUE</t>
+  </si>
+  <si>
+    <t>01/20/2026</t>
+  </si>
+  <si>
+    <t>100439570</t>
+  </si>
+  <si>
+    <t>FORMER COLONIAL TRAVELERS INN</t>
+  </si>
+  <si>
+    <t>1737 BROADWAY</t>
+  </si>
+  <si>
+    <t>014400000</t>
+  </si>
+  <si>
+    <t>6775</t>
+  </si>
+  <si>
+    <t>1753 BROADWAY REALTY TRUST</t>
+  </si>
+  <si>
+    <t>1900 CROWN COLONY DR, SUITE 405</t>
+  </si>
+  <si>
+    <t>MICHAEL PODANY</t>
+  </si>
+  <si>
+    <t>AI901218</t>
+  </si>
+  <si>
+    <t>100431409</t>
+  </si>
+  <si>
+    <t>ANDREW DANIKAS</t>
+  </si>
+  <si>
+    <t>ENVIRONMENTAL ANALYST ? ASBESTOS INSPECTOR</t>
+  </si>
+  <si>
+    <t>NAW2601098</t>
+  </si>
+  <si>
+    <t>100439571</t>
+  </si>
+  <si>
+    <t>1753 BROADWAY</t>
+  </si>
+  <si>
+    <t>2768</t>
+  </si>
+  <si>
+    <t>100431404</t>
+  </si>
+  <si>
+    <t>NAW2601099</t>
+  </si>
+  <si>
+    <t>100439337</t>
+  </si>
+  <si>
+    <t>ADDISON GILBERT HOSPITAL</t>
+  </si>
+  <si>
+    <t>298 WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>GLOUCESTER</t>
+  </si>
+  <si>
+    <t>019300000</t>
+  </si>
+  <si>
+    <t>MIKE KILBRIDE</t>
+  </si>
+  <si>
+    <t>FACILITIES MANAGER</t>
+  </si>
+  <si>
+    <t>BETH ISREAL LAHEY HEALTH</t>
+  </si>
+  <si>
+    <t>1 ESSEX CENTER DRIVE</t>
+  </si>
+  <si>
+    <t>JOHN MERCHANT</t>
+  </si>
+  <si>
+    <t>SELECTIVE DEMOLITION OF INTERIOR/EXTERIOR STRUCTU</t>
+  </si>
+  <si>
+    <t>100439304</t>
+  </si>
+  <si>
+    <t>100421393R7</t>
+  </si>
+  <si>
+    <t>WEST NEWTON ARMORY</t>
+  </si>
+  <si>
+    <t>1135 WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>024650000</t>
+  </si>
+  <si>
+    <t>MIKE GALVIN</t>
+  </si>
+  <si>
+    <t>GC PROJECT MANAGER</t>
+  </si>
+  <si>
+    <t>METRO WEST COLLAB. DEVELOPMENT. CIVICO DEVELO</t>
+  </si>
+  <si>
+    <t>79-B CHAPEL STREET</t>
+  </si>
+  <si>
+    <t>859 WILLARD STREET</t>
+  </si>
+  <si>
+    <t>REAR PORTION OF THE BUILDING (GYM AREA &amp; BASEMENT</t>
+  </si>
+  <si>
+    <t>ADDITIONS BY OTHER</t>
+  </si>
+  <si>
+    <t>100420809</t>
+  </si>
+  <si>
+    <t>100439675</t>
+  </si>
+  <si>
+    <t>SUGARLOAF DEVELOPMENT</t>
+  </si>
+  <si>
+    <t>2 SUGARLOAF ST.</t>
+  </si>
+  <si>
+    <t>WILCOXBUIDERS@MSN.COM</t>
+  </si>
+  <si>
+    <t>SUGARLOAF DEVELOPMENT LLC</t>
+  </si>
+  <si>
+    <t>Hatfield</t>
+  </si>
+  <si>
+    <t>WESTERN MASS DEMOLITION CORPORATION</t>
+  </si>
+  <si>
+    <t>GREEN ENVIRONMENTAL CONSULTING, INC.</t>
+  </si>
+  <si>
+    <t>100439478</t>
+  </si>
+  <si>
+    <t>FRANCISCAN CHILDRENS HOSPITAL</t>
+  </si>
+  <si>
+    <t>30 WARREN STREET</t>
+  </si>
+  <si>
+    <t>021350000</t>
+  </si>
+  <si>
+    <t>DAVID LUCE</t>
+  </si>
+  <si>
+    <t>FACILITY MANAGER</t>
+  </si>
+  <si>
+    <t>180,000</t>
+  </si>
+  <si>
+    <t>BOSTON CHILDRENS HOSPITAL</t>
+  </si>
+  <si>
+    <t>CONSIGLI CONSTRUCTION COMPANY</t>
+  </si>
+  <si>
+    <t>TERRY BAKER</t>
+  </si>
+  <si>
+    <t>CS-122342</t>
+  </si>
+  <si>
+    <t>DRYWALL/CMU/CORING DEMO IN BUILDINGS 2, 3, 4 AND</t>
+  </si>
+  <si>
+    <t>TRC ENVIRONMENTAL CORPORATION - JORGE DASILVA</t>
+  </si>
+  <si>
+    <t>AI031855</t>
+  </si>
+  <si>
+    <t>NEGATIVE AIR CIRCULATION, AIR MONITORING</t>
+  </si>
+  <si>
+    <t>TERRENCE BAKER</t>
+  </si>
+  <si>
+    <t>100439655</t>
+  </si>
+  <si>
+    <t>MOUNT AUBURN HOSPITAL</t>
+  </si>
+  <si>
+    <t>330 MT AUBURN STREET</t>
+  </si>
+  <si>
+    <t>CARLOS FIGUEIRA</t>
+  </si>
+  <si>
+    <t>FACILITIES PROJECT MANAGER</t>
+  </si>
+  <si>
+    <t>96000</t>
+  </si>
+  <si>
+    <t>BETH ISRAEL DEACONNESS MEDICAL CENTER</t>
+  </si>
+  <si>
+    <t>330 BROOKLINE AVE</t>
+  </si>
+  <si>
+    <t>WISE CONSTRUCTION CORP</t>
+  </si>
+  <si>
+    <t>760 MAIN STREET</t>
+  </si>
+  <si>
+    <t>GARY REIS</t>
+  </si>
+  <si>
+    <t>21 EAST STREET</t>
+  </si>
+  <si>
+    <t>WINCHESTER</t>
+  </si>
+  <si>
+    <t>CS-110088</t>
+  </si>
+  <si>
+    <t>INTERIOR RENOVATION ON LEVELS 6, 7, 8 AND ROOF.</t>
+  </si>
+  <si>
+    <t>ADAM S. BISOL</t>
+  </si>
+  <si>
+    <t>AI061329</t>
+  </si>
+  <si>
+    <t>100439329</t>
+  </si>
+  <si>
+    <t>CONTAINMENT, HEPA FILTERED AIR, 3 STAGE DECONTAMIT</t>
+  </si>
+  <si>
+    <t>KERRY PAVEY</t>
+  </si>
+  <si>
+    <t>PROJECT EXECUTIVE</t>
+  </si>
+  <si>
+    <t>WISE CONSTRUCTION CORP.</t>
+  </si>
+  <si>
+    <t>100439665</t>
+  </si>
+  <si>
+    <t>FIRST UNITED METHODIST CHURCH</t>
+  </si>
+  <si>
+    <t>20 HOPPIN HILL AVE</t>
+  </si>
+  <si>
+    <t>NORTH ATTLEBOROUGH</t>
+  </si>
+  <si>
+    <t>027600000</t>
+  </si>
+  <si>
+    <t>TARIQ FAYYAD</t>
+  </si>
+  <si>
+    <t>EXECUTIVE VICE PRESIDENT</t>
+  </si>
+  <si>
+    <t>22261</t>
+  </si>
+  <si>
+    <t>ROUTE ONE REALTY MANAGEMENT LLC</t>
+  </si>
+  <si>
+    <t>8 UXBRIDGE ROAD</t>
+  </si>
+  <si>
+    <t>MENDON</t>
+  </si>
+  <si>
+    <t>8 UXBRIDGE RIAD</t>
+  </si>
+  <si>
+    <t>Mendon</t>
+  </si>
+  <si>
+    <t>MEEHAN REALTY MANAGEMENT CORP</t>
+  </si>
+  <si>
+    <t>SHER CORP</t>
+  </si>
+  <si>
+    <t>14 FOREST WAY</t>
+  </si>
+  <si>
+    <t>PALINVILLE</t>
+  </si>
+  <si>
+    <t>STANLEY WIDAK</t>
+  </si>
+  <si>
+    <t>CS-116073</t>
+  </si>
+  <si>
+    <t>JOE DRISCOLL</t>
+  </si>
+  <si>
+    <t>AI900868</t>
+  </si>
+  <si>
+    <t>32519</t>
+  </si>
+  <si>
+    <t>Seeding,Wetting,Covering,Paving,Shrouding</t>
+  </si>
+  <si>
+    <t>ROUTE ONE REALTY MANAGEMENT &amp; MEEHAN REALTY</t>
+  </si>
+  <si>
+    <t>01/21/20226</t>
+  </si>
+  <si>
+    <t>100438942</t>
+  </si>
+  <si>
+    <t>VILLAGE FIRE STATION</t>
+  </si>
+  <si>
+    <t>19 SPRING STREET</t>
+  </si>
+  <si>
+    <t>HULL</t>
+  </si>
+  <si>
+    <t>020450000</t>
+  </si>
+  <si>
+    <t>ROBERT BEATTY</t>
+  </si>
+  <si>
+    <t>1440</t>
+  </si>
+  <si>
+    <t>TOWN OF HULL</t>
+  </si>
+  <si>
+    <t>253 ATLANTIC AVENUE</t>
+  </si>
+  <si>
+    <t>1165 WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>Hanover</t>
+  </si>
+  <si>
+    <t>APC DEVELOPMEN GROUP, INC.</t>
+  </si>
+  <si>
+    <t>HANOVER</t>
+  </si>
+  <si>
+    <t>A&amp;D ENVIRONMENTAL SPECIALISTS, LLC</t>
+  </si>
+  <si>
+    <t>96 LYNN STREET FIRST FLOOR REAR</t>
+  </si>
+  <si>
+    <t>DARA CHHIM</t>
+  </si>
+  <si>
+    <t>CS-111888</t>
+  </si>
+  <si>
+    <t>SELECTIVE INTERIOR DEMOLITION</t>
+  </si>
+  <si>
+    <t>LUIS DIAZ JR.</t>
+  </si>
+  <si>
+    <t>AI900440</t>
+  </si>
+  <si>
+    <t>100438936</t>
+  </si>
+  <si>
+    <t>GENERAL MANAGER</t>
+  </si>
+  <si>
+    <t>100437322</t>
+  </si>
+  <si>
+    <t>FLAT IRON</t>
+  </si>
+  <si>
+    <t>284 EASTERN AVENUE</t>
+  </si>
+  <si>
+    <t>GRACE TAYLOR</t>
+  </si>
+  <si>
+    <t>OWNER'S REP</t>
+  </si>
+  <si>
+    <t>160000</t>
+  </si>
+  <si>
+    <t>FLAT IRON ENERGY</t>
+  </si>
+  <si>
+    <t>2128 W 32ND AVE. STE. 103</t>
+  </si>
+  <si>
+    <t>DENVER</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>PATRICK GILDEA</t>
+  </si>
+  <si>
+    <t>PAT BARRY</t>
+  </si>
+  <si>
+    <t>AI901271</t>
+  </si>
+  <si>
+    <t>100439765</t>
+  </si>
+  <si>
+    <t>Milford</t>
+  </si>
+  <si>
+    <t>BLD 6 ROOMS, UNIT 1 BLD 5 BATHROOMS, BLD 7 ROOF</t>
+  </si>
+  <si>
+    <t>100439755</t>
+  </si>
+  <si>
+    <t>333 LONGWOOD AVE</t>
+  </si>
+  <si>
+    <t>JOHN FINNIGAN</t>
+  </si>
+  <si>
+    <t>75,000</t>
+  </si>
+  <si>
+    <t>ANDREW MALIAN</t>
+  </si>
+  <si>
+    <t>CS 112766</t>
+  </si>
+  <si>
+    <t>REMOVAL OF DRYWALL THAT WAS WATER DAMAGED AROUND</t>
+  </si>
+  <si>
+    <t>REPLACE DRYWALL FROM WATER DAMAGE</t>
+  </si>
+  <si>
+    <t>TRC</t>
+  </si>
+  <si>
+    <t>AI 61772</t>
+  </si>
+  <si>
+    <t>SU</t>
+  </si>
+  <si>
+    <t>100439642</t>
+  </si>
+  <si>
+    <t>24-30 CHESTNUT ST</t>
+  </si>
+  <si>
+    <t>24-30 CHESTNUT STREET</t>
+  </si>
+  <si>
+    <t>JEFFREY DUNN</t>
+  </si>
+  <si>
+    <t>DEMO CONTRACTING</t>
+  </si>
+  <si>
+    <t>18000</t>
+  </si>
+  <si>
+    <t>QUINCY MUTUAL GROUP</t>
+  </si>
+  <si>
+    <t>57 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>7 SHORESIDE ROAD</t>
+  </si>
+  <si>
+    <t>Quincy</t>
+  </si>
+  <si>
+    <t>MANET CONTRACTING LLC</t>
+  </si>
+  <si>
+    <t>167 BABCOCK ST</t>
+  </si>
+  <si>
+    <t>CS-017817</t>
+  </si>
+  <si>
+    <t>ENTIRE BUILDINGS ARE BEING DEMOLISHED</t>
+  </si>
+  <si>
+    <t>CIVIL AND ENVIRONMENTAL CUNSULTANTS, INC</t>
+  </si>
+  <si>
+    <t>AI041506</t>
+  </si>
+  <si>
+    <t>100439666</t>
+  </si>
+  <si>
+    <t>01212026</t>
+  </si>
+  <si>
+    <t>100438537R1</t>
+  </si>
+  <si>
+    <t>DEVENCREST APARTMENTS</t>
+  </si>
+  <si>
+    <t>6-34 HATCH STREET</t>
+  </si>
+  <si>
+    <t>AYER</t>
+  </si>
+  <si>
+    <t>014320000</t>
+  </si>
+  <si>
+    <t>WILL CALDER</t>
+  </si>
+  <si>
+    <t>28800</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>DEVENCREST VILLAGE PARTNERS LLC</t>
+  </si>
+  <si>
+    <t>536 GRANITE STREET SUITE 301</t>
+  </si>
+  <si>
+    <t>BRAINTREE</t>
+  </si>
+  <si>
+    <t>3000 DAVENPORT AVE SUITE 300</t>
+  </si>
+  <si>
+    <t>KEITH CONSTURCTION</t>
+  </si>
+  <si>
+    <t>INTERIOR GUT DEMO</t>
+  </si>
+  <si>
+    <t>RAYMOND LEGER</t>
+  </si>
+  <si>
+    <t>AI901252</t>
+  </si>
+  <si>
+    <t>100438522</t>
+  </si>
+  <si>
+    <t>100438535R1</t>
+  </si>
+  <si>
+    <t>1-12 ATHERTON STREET</t>
+  </si>
+  <si>
+    <t>100438525</t>
+  </si>
+  <si>
+    <t>100438386R1</t>
+  </si>
+  <si>
+    <t>1-192 WILLARD STREET</t>
+  </si>
+  <si>
+    <t>GUT INTERIOR DEMO</t>
+  </si>
+  <si>
+    <t>100438521</t>
+  </si>
+  <si>
+    <t>100439789</t>
+  </si>
+  <si>
+    <t>181 WILLARD STREET</t>
+  </si>
+  <si>
+    <t>100439758</t>
+  </si>
+  <si>
+    <t>100438529R1</t>
+  </si>
+  <si>
+    <t>5,7,21,23,25,27,41,43,44,46 MYRICK STREET</t>
+  </si>
+  <si>
+    <t>MALDEN</t>
+  </si>
+  <si>
+    <t>100438527</t>
+  </si>
+  <si>
+    <t>100439772</t>
+  </si>
+  <si>
+    <t>125 HIGH STREET</t>
+  </si>
+  <si>
+    <t>SAMER SAMARANI</t>
+  </si>
+  <si>
+    <t>10,000</t>
+  </si>
+  <si>
+    <t>TISHMAN SPEYER</t>
+  </si>
+  <si>
+    <t>LEE KENNEDY COMPANY</t>
+  </si>
+  <si>
+    <t>122 QUINCY SHORE DRIVE</t>
+  </si>
+  <si>
+    <t>ERICK DAKIN</t>
+  </si>
+  <si>
+    <t>ERIC DAKIN</t>
+  </si>
+  <si>
+    <t>CS-091113</t>
+  </si>
+  <si>
+    <t>SELECTIVE DEMO WILL BE ON THE 5TH FLOOR</t>
+  </si>
+  <si>
+    <t>OFFICE &amp; CONFERENCE ROOM RENOVATIONS</t>
+  </si>
+  <si>
+    <t>HILLMAN CONSULTING - CONOR SHULTZ (INSPECTOR)</t>
+  </si>
+  <si>
+    <t>AI-901091</t>
+  </si>
+  <si>
+    <t>JONATHAN SILVA</t>
+  </si>
+  <si>
+    <t>100439762</t>
+  </si>
+  <si>
+    <t>SEVER HALL</t>
+  </si>
+  <si>
+    <t>25 HARVARD YARD</t>
+  </si>
+  <si>
+    <t>JONATHAN SAVILONIS</t>
+  </si>
+  <si>
+    <t>AREA MANAGER</t>
+  </si>
+  <si>
+    <t>100,000</t>
+  </si>
+  <si>
+    <t>1350 MASSACHUSETTS AVENUE</t>
+  </si>
+  <si>
+    <t>HARVARD YARD</t>
+  </si>
+  <si>
+    <t>GLOUCESTER BUILDERS INC</t>
+  </si>
+  <si>
+    <t>92 ARLINGTON AVE</t>
+  </si>
+  <si>
+    <t>BILL BARRETT</t>
+  </si>
+  <si>
+    <t>BILL BARRET</t>
+  </si>
+  <si>
+    <t>CS048785</t>
+  </si>
+  <si>
+    <t>REMOVING WATER DAMAGE AND MAKING REPAIRS</t>
+  </si>
+  <si>
+    <t>ROBERT THOMSON</t>
+  </si>
+  <si>
+    <t>AI031431</t>
+  </si>
+  <si>
+    <t>NAW2601111</t>
+  </si>
+  <si>
+    <t>DIANA HILL</t>
+  </si>
+  <si>
+    <t>ASSISTANT PM</t>
+  </si>
+  <si>
+    <t>100439660</t>
+  </si>
+  <si>
+    <t>500 BOYLSTON</t>
+  </si>
+  <si>
+    <t>500 BOYLSTON STREET</t>
+  </si>
+  <si>
+    <t>TIM GIARRUSSO</t>
+  </si>
+  <si>
+    <t>ASSOCIATE DIRECTIOR, LEASING</t>
+  </si>
+  <si>
+    <t>712000</t>
+  </si>
+  <si>
+    <t>OXFORD PROPERTIES</t>
+  </si>
+  <si>
+    <t>222 BERKELEY/500 BOYLSTON</t>
+  </si>
+  <si>
+    <t>AMANDA JOHNSON</t>
+  </si>
+  <si>
+    <t>GAGE CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>75 PARKER STREET</t>
+  </si>
+  <si>
+    <t>NEWBURYPORT</t>
+  </si>
+  <si>
+    <t>KEVIN COOPER</t>
+  </si>
+  <si>
+    <t>DIVERSIFIED CONSTRUCTION LLC</t>
+  </si>
+  <si>
+    <t>28 WINTER STREET</t>
+  </si>
+  <si>
+    <t>ANTHONY BELLIA</t>
+  </si>
+  <si>
+    <t>CS-108202</t>
+  </si>
+  <si>
+    <t>7TH&amp;8TH FLOOR OFFICE SPACE RENOVATION TO WHITE BO</t>
+  </si>
+  <si>
+    <t>AI-000058</t>
+  </si>
+  <si>
+    <t>PLASTIC CONTAINMENTS AS NEEDED, HEPA AIR MOVERS</t>
+  </si>
+  <si>
+    <t>J WOLFF</t>
+  </si>
+  <si>
+    <t>1/23/2026</t>
+  </si>
+  <si>
+    <t>100439306</t>
+  </si>
+  <si>
+    <t>TUFTS CAMPUS SECURITY/CAMPUS POLICE</t>
+  </si>
+  <si>
+    <t>6 JUMBO'S PATH</t>
+  </si>
+  <si>
+    <t>GRAFTON</t>
+  </si>
+  <si>
+    <t>015360000</t>
+  </si>
+  <si>
+    <t>ROBERT CORBETT</t>
+  </si>
+  <si>
+    <t>EXECUTIVE DIRECTOR</t>
+  </si>
+  <si>
+    <t>CUMMINGS SCHOOL OF VETERINARY MEDICINE AT TUFTS UN</t>
+  </si>
+  <si>
+    <t>JAMES GIBBS</t>
+  </si>
+  <si>
+    <t>16 HURON DRIVE</t>
+  </si>
+  <si>
+    <t>SCOTT BRADY</t>
+  </si>
+  <si>
+    <t>CS-059884</t>
+  </si>
+  <si>
+    <t>ENTIRE FACILITY</t>
+  </si>
+  <si>
+    <t>MICHAEL PUYANA</t>
+  </si>
+  <si>
+    <t>AI-061157</t>
+  </si>
+  <si>
+    <t>100438890</t>
+  </si>
+  <si>
+    <t>ABATEMENT</t>
+  </si>
+  <si>
+    <t>DACON CORPORATION</t>
+  </si>
+  <si>
+    <t>100439865</t>
+  </si>
+  <si>
+    <t>BOSTON COLLEGIATE CHARTER SCHOOL</t>
+  </si>
+  <si>
+    <t>11 MAYHEW ST</t>
+  </si>
+  <si>
+    <t>015880000</t>
+  </si>
+  <si>
+    <t>AMANDA KAY LORING</t>
+  </si>
+  <si>
+    <t>CHIEF OPERATING OFFICER</t>
+  </si>
+  <si>
+    <t>145000</t>
+  </si>
+  <si>
+    <t>Whitinsville</t>
+  </si>
+  <si>
+    <t>100 MAIN ST SUITE 108</t>
+  </si>
+  <si>
+    <t>UNIFIED CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>ANGELO PEREIRA</t>
+  </si>
+  <si>
+    <t>CONVERTING A BASEMENT STORAGE ROOM INTO A BATHROO</t>
+  </si>
+  <si>
+    <t>LAWRENCE LEE</t>
+  </si>
+  <si>
+    <t>AI901132</t>
+  </si>
+  <si>
+    <t>100439879</t>
+  </si>
+  <si>
+    <t>FORMER BANK</t>
+  </si>
+  <si>
+    <t>465 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>LYNN</t>
+  </si>
+  <si>
+    <t>019040000</t>
+  </si>
+  <si>
+    <t>HOURMAT RAUF</t>
+  </si>
+  <si>
+    <t>9445</t>
+  </si>
+  <si>
+    <t>OAC BUILDERS</t>
+  </si>
+  <si>
+    <t>220 BROADWAY ST</t>
+  </si>
+  <si>
+    <t>RSG CONTRACTING</t>
+  </si>
+  <si>
+    <t>96 STEDMAN STREET</t>
+  </si>
+  <si>
+    <t>STEPHEN GUERETTE</t>
+  </si>
+  <si>
+    <t>CS-059485</t>
+  </si>
+  <si>
+    <t>SAM COHEN</t>
+  </si>
+  <si>
+    <t>AI060115</t>
+  </si>
+  <si>
+    <t>100439868</t>
+  </si>
+  <si>
+    <t>ANTHONY GUERETTE</t>
+  </si>
+  <si>
+    <t>100400973R5</t>
+  </si>
+  <si>
+    <t>FAIRHAVEN WASTEWATER FACILITY</t>
+  </si>
+  <si>
+    <t>5 ARSENE ST</t>
+  </si>
+  <si>
+    <t>FAIRHAVEN</t>
+  </si>
+  <si>
+    <t>027190000</t>
+  </si>
+  <si>
+    <t>RENE ROBILLARD</t>
+  </si>
+  <si>
+    <t>PLANT SUPERINTENDENT</t>
+  </si>
+  <si>
+    <t>9087</t>
+  </si>
+  <si>
+    <t>TOWN OF FAIRHAVEN</t>
+  </si>
+  <si>
+    <t>Fairhaven</t>
+  </si>
+  <si>
+    <t>METHUEN CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>144 MAIN ST</t>
+  </si>
+  <si>
+    <t>PLAISTOW</t>
+  </si>
+  <si>
+    <t>CARLOS NATARENO</t>
+  </si>
+  <si>
+    <t>SELECTIVE DEMO OF INTERIOR FINISHES/EQUIPMENT</t>
+  </si>
+  <si>
+    <t>FRANCISCO RODRIGUES</t>
+  </si>
+  <si>
+    <t>AI040131</t>
+  </si>
+  <si>
+    <t>100400970</t>
+  </si>
+  <si>
+    <t>100400961R5</t>
+  </si>
+  <si>
+    <t>4540</t>
+  </si>
+  <si>
+    <t>15 CRANBERRY HIGHWAY #1</t>
+  </si>
+  <si>
+    <t>SELECTIVE DEMO OF INTERIOR FINISHES AND OR EQUIPM</t>
+  </si>
+  <si>
+    <t>100400405</t>
+  </si>
+  <si>
+    <t>PERMIT SPECILAIST</t>
+  </si>
+  <si>
+    <t>100432542R5</t>
+  </si>
+  <si>
+    <t>CHARLES ARMENT</t>
+  </si>
+  <si>
+    <t>VP</t>
+  </si>
+  <si>
+    <t>100439908</t>
+  </si>
+  <si>
+    <t>QUASHNET ROAD PUMP STATION</t>
+  </si>
+  <si>
+    <t>42 MEETINGHOUSE ROAD</t>
+  </si>
+  <si>
+    <t>MASHPEE</t>
+  </si>
+  <si>
+    <t>026490000</t>
+  </si>
+  <si>
+    <t>ALEX LEVEY</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>THE TOWN OF MASHPEE</t>
+  </si>
+  <si>
+    <t>16 GREAT NECK ROAD</t>
+  </si>
+  <si>
+    <t>FRANK WOODFALL</t>
+  </si>
+  <si>
+    <t>1545 IYANNOUGH ROAD</t>
+  </si>
+  <si>
+    <t>HYANNIS</t>
+  </si>
+  <si>
+    <t>R. ZOPPO CORP.</t>
+  </si>
+  <si>
+    <t>1150 TURNPIKE ST</t>
+  </si>
+  <si>
+    <t>STOUGHTON</t>
+  </si>
+  <si>
+    <t>CHRIS MCMANUS</t>
+  </si>
+  <si>
+    <t>CS-118235</t>
+  </si>
+  <si>
+    <t>ELECTRICAL ENCLOSURE SHED FOR NEW PUMP STATION</t>
+  </si>
+  <si>
+    <t>1/27/2026</t>
+  </si>
+  <si>
+    <t>100400969R5</t>
+  </si>
+  <si>
+    <t>3985</t>
+  </si>
+  <si>
+    <t>SELECTIVE DEMO - INTERIOR FINISHES/EQUIPMENT</t>
+  </si>
+  <si>
+    <t>100400963</t>
+  </si>
+  <si>
+    <t>100428577R7</t>
+  </si>
+  <si>
+    <t>CHILDRENS COLONY BLDG. 18, 19, 20 &amp; 101</t>
+  </si>
+  <si>
+    <t>175 STATE AVE</t>
+  </si>
+  <si>
+    <t>MONSON</t>
+  </si>
+  <si>
+    <t>010690000</t>
+  </si>
+  <si>
+    <t>DAVID SINISCALCHI</t>
+  </si>
+  <si>
+    <t>35882</t>
+  </si>
+  <si>
+    <t>DIVISION OF CAPITAL ASSET MANAGEMENT/MAINT.</t>
+  </si>
+  <si>
+    <t>1 ASHBURTON PLACE</t>
+  </si>
+  <si>
+    <t>GREG GEYER</t>
+  </si>
+  <si>
+    <t>CHILDREN'S COLONY NTWP</t>
+  </si>
+  <si>
+    <t>TYLAR PELLIETER</t>
+  </si>
+  <si>
+    <t>AI90995</t>
+  </si>
+  <si>
+    <t>100428562</t>
+  </si>
+  <si>
+    <t>JOHN MORIATY</t>
+  </si>
+  <si>
+    <t>SECTION CHIEF - ASBESTOS &amp; DEMOLITION</t>
+  </si>
+  <si>
+    <t>WAW25119</t>
+  </si>
+  <si>
+    <t>100401253R5</t>
+  </si>
+  <si>
+    <t>100400990R5</t>
+  </si>
+  <si>
+    <t>DENNIS</t>
+  </si>
+  <si>
+    <t>7500</t>
+  </si>
+  <si>
+    <t>100400975</t>
+  </si>
+  <si>
+    <t>100439883</t>
+  </si>
+  <si>
+    <t>EDGARTOWN FIRE STATION</t>
+  </si>
+  <si>
+    <t>68 PEASES POINT WAY</t>
+  </si>
+  <si>
+    <t>EDGARTOWN</t>
+  </si>
+  <si>
+    <t>025390000</t>
+  </si>
+  <si>
+    <t>JEFF GUILHERME</t>
+  </si>
+  <si>
+    <t>EDGARTOWN MA</t>
+  </si>
+  <si>
+    <t>70 MAIN STREET</t>
+  </si>
+  <si>
+    <t>15 RESEARCH ROAD</t>
+  </si>
+  <si>
+    <t>EAST FALMOUTH</t>
+  </si>
+  <si>
+    <t>TOTAL TAKE DOWN</t>
+  </si>
+  <si>
+    <t>100436395R1</t>
+  </si>
+  <si>
+    <t>100439947</t>
+  </si>
+  <si>
+    <t>1 WESTFORD TECH PARK</t>
+  </si>
+  <si>
+    <t>1 TECHNOLOGY PARK DRIVE</t>
+  </si>
+  <si>
+    <t>WESTFORD</t>
+  </si>
+  <si>
+    <t>018030000</t>
+  </si>
+  <si>
+    <t>JOE VASAPOLLI</t>
+  </si>
+  <si>
+    <t>DIRECTOR OF PROPERTY MANAGEMENT</t>
+  </si>
+  <si>
+    <t>75000</t>
+  </si>
+  <si>
+    <t>THE GUTIERREZ COMPANY</t>
+  </si>
+  <si>
+    <t>200 SUMMIT DRIVE</t>
+  </si>
+  <si>
+    <t>BURLINGTON</t>
+  </si>
+  <si>
+    <t>Burlington</t>
+  </si>
+  <si>
+    <t>JULIE KATTA</t>
+  </si>
+  <si>
+    <t>200 SUMMIT DRIVE, SUITE 400</t>
+  </si>
+  <si>
+    <t>JOE SPENCE</t>
+  </si>
+  <si>
+    <t>CS-106944</t>
+  </si>
+  <si>
+    <t>TENANT FIT OUT FOR NEW TENANT MOVING INTO EXISTIN</t>
+  </si>
+  <si>
+    <t>TEST-ALL ENVIRONMENTAL SERVICES</t>
+  </si>
+  <si>
+    <t>TEMPORARY CONTAINMENT, HEPA FILTER</t>
+  </si>
+  <si>
+    <t>06242025</t>
+  </si>
+  <si>
+    <t>100437909R2</t>
+  </si>
+  <si>
+    <t>100437086R2</t>
+  </si>
+  <si>
+    <t>142 MAIN STREET</t>
+  </si>
+  <si>
+    <t>RYAN MCGRATH</t>
+  </si>
+  <si>
+    <t>142 MAIN HISTORIC LLC</t>
+  </si>
+  <si>
+    <t>50 SUMMER STREET</t>
+  </si>
+  <si>
+    <t>800 S MAIN STREET</t>
+  </si>
+  <si>
+    <t>MANSFIELD</t>
+  </si>
+  <si>
+    <t>RUBICON BUILDERS</t>
+  </si>
+  <si>
+    <t>800 S. MAIN STREET</t>
+  </si>
+  <si>
+    <t>MICHAEL MENA</t>
+  </si>
+  <si>
+    <t>N/A THIS IS SELECTIVE DEMOLITION</t>
+  </si>
+  <si>
+    <t>100428083</t>
+  </si>
+  <si>
+    <t>100439932</t>
+  </si>
+  <si>
+    <t>DANA FARBER CANCER INSTITUTE</t>
+  </si>
+  <si>
+    <t>440 BROOKLINE AVE</t>
+  </si>
+  <si>
+    <t>021550000</t>
+  </si>
+  <si>
+    <t>ROMEO MOREIRA</t>
+  </si>
+  <si>
+    <t>SR. CONSTRUCTION PROJECT MANAGER</t>
+  </si>
+  <si>
+    <t>285000</t>
+  </si>
+  <si>
+    <t>BOND BUILDING CONSTRUCTION, INC</t>
+  </si>
+  <si>
+    <t>10 CABOT RD,, SUITE 304</t>
+  </si>
+  <si>
+    <t>MIKE WEST</t>
+  </si>
+  <si>
+    <t>UNIFIED CONSTRUCTION GROUP, INC.</t>
+  </si>
+  <si>
+    <t>B34723</t>
+  </si>
+  <si>
+    <t>1,300SQ/FT OF GROUND FLOOR</t>
+  </si>
+  <si>
+    <t>STORAGE SPACE CONVERTED TO OFFICE &amp; BREAK ROOMS</t>
+  </si>
+  <si>
+    <t>HEPA FILTERS &amp; WETTING</t>
+  </si>
+  <si>
+    <t>JOHN BEARDSLEY</t>
+  </si>
+  <si>
+    <t>100419050R7</t>
+  </si>
+  <si>
+    <t>CHESTNUT PLACE</t>
+  </si>
+  <si>
+    <t>22 ELM STREET</t>
+  </si>
+  <si>
+    <t>016080000</t>
+  </si>
+  <si>
+    <t>MARISA SOMERS</t>
+  </si>
+  <si>
+    <t>31000</t>
+  </si>
+  <si>
+    <t>CHESTNUT PLACE WORCESTER OWNER LLC</t>
+  </si>
+  <si>
+    <t>10 POST OFFICE SQUARE, 14TH FLOOR</t>
+  </si>
+  <si>
+    <t>27 PACELLA PARK DRIVE</t>
+  </si>
+  <si>
+    <t>RANDOLPH</t>
+  </si>
+  <si>
+    <t>NEI GENERAL CONTRACTING</t>
+  </si>
+  <si>
+    <t>RENOVATIONS</t>
+  </si>
+  <si>
+    <t>MICHAEL SULLIVAN</t>
+  </si>
+  <si>
+    <t>AI900931</t>
+  </si>
+  <si>
+    <t>100419044</t>
+  </si>
+  <si>
+    <t>100438942R1</t>
+  </si>
+  <si>
+    <t>100440005</t>
+  </si>
+  <si>
+    <t>SIEMENS HEALTHINEERS</t>
+  </si>
+  <si>
+    <t>333 CONEY STREET</t>
+  </si>
+  <si>
+    <t>020320000</t>
+  </si>
+  <si>
+    <t>MARY SHANG</t>
+  </si>
+  <si>
+    <t>SENIOR GENERAL MANAGER, VP</t>
+  </si>
+  <si>
+    <t>Walpole</t>
+  </si>
+  <si>
+    <t>COLUMBIA</t>
+  </si>
+  <si>
+    <t>JOE SORICELLI</t>
+  </si>
+  <si>
+    <t>CS-070589</t>
+  </si>
+  <si>
+    <t>JONATHAN NICOLL</t>
+  </si>
+  <si>
+    <t>KRISTINA BANYS</t>
+  </si>
+  <si>
+    <t>COLUMBIA CONSTRUCTION CO</t>
+  </si>
+  <si>
+    <t>100439989</t>
+  </si>
+  <si>
+    <t>234 UNION STREET</t>
+  </si>
+  <si>
+    <t>NORTH ADAMS</t>
+  </si>
+  <si>
+    <t>012470000</t>
+  </si>
+  <si>
+    <t>ARIEL SUTAIN</t>
+  </si>
+  <si>
+    <t>110000</t>
+  </si>
+  <si>
+    <t>North Adams</t>
+  </si>
+  <si>
+    <t>JACKSON DEMOLITION SERVICE, INC.</t>
+  </si>
+  <si>
+    <t>397 ANTHONY STREET</t>
+  </si>
+  <si>
+    <t>SCHENECTADY</t>
+  </si>
+  <si>
+    <t>NY</t>
+  </si>
+  <si>
+    <t>JACK DEFFLER</t>
+  </si>
+  <si>
+    <t>BRICK EXTERIOR FACADE DEMO</t>
+  </si>
+  <si>
+    <t>ROBERT F. KIRCHHERR, CSP</t>
+  </si>
+  <si>
+    <t>AI-70443</t>
+  </si>
+  <si>
+    <t>MATTHEW MILLER</t>
+  </si>
+  <si>
+    <t>100439992</t>
+  </si>
+  <si>
+    <t>BOSTON UNIVERSITY SARGENT COLLEGE</t>
+  </si>
+  <si>
+    <t>635 COMMONWEALTH AVE</t>
+  </si>
+  <si>
+    <t>022150000</t>
+  </si>
+  <si>
+    <t>COLLEEN MCGINTY</t>
+  </si>
+  <si>
+    <t>ASSISTANT VICE PRESIDENT / ANNUAL CAPITAL PROJECTS</t>
+  </si>
+  <si>
+    <t>85902</t>
+  </si>
+  <si>
+    <t>TRUSTEES OF BOSTON UNIVERSITY</t>
+  </si>
+  <si>
+    <t>CHAPMAN CONSTRUCTION/DESIGN</t>
+  </si>
+  <si>
+    <t>84 WINCHESTER STREET</t>
+  </si>
+  <si>
+    <t>DEREK BEYER</t>
+  </si>
+  <si>
+    <t>CS-111720</t>
+  </si>
+  <si>
+    <t>MINOR DEMO ON INTERIOR FINISHES AND MEPS</t>
+  </si>
+  <si>
+    <t>NEW INTERIOR FINISHES, MEPS, ETC. ON 3RD FLOOR.</t>
+  </si>
+  <si>
+    <t>GRADY DOLE</t>
+  </si>
+  <si>
+    <t>AI-90119</t>
+  </si>
+  <si>
+    <t>GREEN SWEEP AND NEGATIVE AIR MACHINES</t>
+  </si>
+  <si>
+    <t>CASEY CORCORAN</t>
+  </si>
+  <si>
+    <t>PROJECT ASSISTANT</t>
+  </si>
+  <si>
+    <t>CHAPMAN CONSTRUCTION/DESIGN COMPANY</t>
+  </si>
+  <si>
+    <t>100439118</t>
+  </si>
+  <si>
+    <t>GEORGE WASHINGTON HALL - TANG THEATRE</t>
+  </si>
+  <si>
+    <t>7 CHAPEL AVE.</t>
+  </si>
+  <si>
+    <t>018010000</t>
+  </si>
+  <si>
+    <t>DANIELLE AKIN</t>
+  </si>
+  <si>
+    <t>CAPITAL PORJECTS MANAGER</t>
+  </si>
+  <si>
+    <t>7,688</t>
+  </si>
+  <si>
+    <t>TRUSTEES OF PHILLIPS ACADEMY</t>
+  </si>
+  <si>
+    <t>180 MAIN STREET</t>
+  </si>
+  <si>
+    <t>Andover</t>
+  </si>
+  <si>
+    <t>ERLAND CONSTRUCTION, INC.</t>
+  </si>
+  <si>
+    <t>71 THIRD AVE.</t>
+  </si>
+  <si>
+    <t>MICHAEL BEAULIEU</t>
+  </si>
+  <si>
+    <t>CS-111599</t>
+  </si>
+  <si>
+    <t>EXISTING ROOF ASSEMBLY.</t>
+  </si>
+  <si>
+    <t>NEW ROOF ASSEMBLY.</t>
+  </si>
+  <si>
+    <t>MARK SOUDER</t>
+  </si>
+  <si>
+    <t>.</t>
+  </si>
+  <si>
+    <t>100440000</t>
+  </si>
+  <si>
+    <t>STAR MARKET ADJACENT TENANT SPACES</t>
+  </si>
+  <si>
+    <t>699 MT. AUBURN STREET</t>
+  </si>
+  <si>
+    <t>BILLY FARADIE</t>
+  </si>
+  <si>
+    <t>4400</t>
+  </si>
+  <si>
+    <t>STAR MARKET</t>
+  </si>
+  <si>
+    <t>750 W CENTER STREET</t>
+  </si>
+  <si>
+    <t>BRIDGEWATER</t>
+  </si>
+  <si>
+    <t>NORTH EASTON</t>
+  </si>
+  <si>
+    <t>VERTEC CORP</t>
+  </si>
+  <si>
+    <t>IAN LYSTER</t>
+  </si>
+  <si>
+    <t>AI900998</t>
+  </si>
+  <si>
+    <t>100439954</t>
+  </si>
+  <si>
+    <t>100440083</t>
+  </si>
+  <si>
+    <t>COURT 16 ALLSTON</t>
+  </si>
+  <si>
+    <t>301 GUEST ST</t>
+  </si>
+  <si>
+    <t>017190000</t>
+  </si>
+  <si>
+    <t>ROMAIN AUBANEL</t>
+  </si>
+  <si>
+    <t>COO</t>
+  </si>
+  <si>
+    <t>12015</t>
+  </si>
+  <si>
+    <t>COURT 16 ALLSTON INC</t>
+  </si>
+  <si>
+    <t>445 ALBEE SQUARE SUITE 4-500</t>
+  </si>
+  <si>
+    <t>BROOKLYN</t>
+  </si>
+  <si>
+    <t>JONATHAN MCCAULEY</t>
+  </si>
+  <si>
+    <t>85 SWANSON ROAD, SUITE 150</t>
+  </si>
+  <si>
+    <t>Boxborough</t>
+  </si>
+  <si>
+    <t>STERLING CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>BOXBOROUGH</t>
+  </si>
+  <si>
+    <t>UNIFIED CONSTR. GROUP LLC</t>
+  </si>
+  <si>
+    <t>STEVE MORSE</t>
+  </si>
+  <si>
+    <t>CS-108282</t>
+  </si>
+  <si>
+    <t>2 DOORS AND 2 PARTITIONS.</t>
+  </si>
+  <si>
+    <t>PARTITIONS &amp; MEPS.</t>
+  </si>
+  <si>
+    <t>DAVID A. ROONEY</t>
+  </si>
+  <si>
+    <t>ANA PAULA UPRAK</t>
+  </si>
+  <si>
+    <t>ANA UPRAK</t>
+  </si>
+  <si>
+    <t>2/2/2026</t>
+  </si>
+  <si>
+    <t>100439695</t>
+  </si>
+  <si>
+    <t>BOYS &amp; GIRLS CLUB OF GREATER LOWELL</t>
+  </si>
+  <si>
+    <t>657 MIDDLESEX ST</t>
+  </si>
+  <si>
+    <t>018510000</t>
+  </si>
+  <si>
+    <t>JOHN PITMAN</t>
+  </si>
+  <si>
+    <t>JUANCARLOS RIVERA</t>
+  </si>
+  <si>
+    <t>Concord</t>
+  </si>
+  <si>
+    <t>C.E. FLOYD COMPANY</t>
+  </si>
+  <si>
+    <t>200 BAKER AVENUE EXTENSION, SUITE 205</t>
+  </si>
+  <si>
+    <t>CONCORD</t>
+  </si>
+  <si>
+    <t>JARED METHE</t>
+  </si>
+  <si>
+    <t>CS-120218</t>
+  </si>
+  <si>
+    <t>ANNEX BUILDING, INTERIOR DEMO OF SPACES</t>
+  </si>
+  <si>
+    <t>NEW BLACKBOX THEATER, RENOVATIONS TO INSIDE OF EX</t>
+  </si>
+  <si>
+    <t>JUAN RASCON</t>
+  </si>
+  <si>
+    <t>AI900804</t>
+  </si>
+  <si>
+    <t>564549</t>
+  </si>
+  <si>
+    <t>MICHAEL STUART</t>
+  </si>
+  <si>
+    <t>100439267</t>
+  </si>
+  <si>
+    <t>7 HARTWELL AVE</t>
+  </si>
+  <si>
+    <t>024210000</t>
+  </si>
+  <si>
+    <t>ROBERT SANDA</t>
+  </si>
+  <si>
+    <t>DINOSAUR CAPITAL PARTNERS LLC</t>
+  </si>
+  <si>
+    <t>80 FIRST STREET</t>
+  </si>
+  <si>
+    <t>CALLAHAN CONSTRUCTION MANAGERS</t>
+  </si>
+  <si>
+    <t>STRUCTURAL DEMO</t>
+  </si>
+  <si>
+    <t>CHEYANNE PELLETIER</t>
+  </si>
+  <si>
+    <t>AI901136</t>
+  </si>
+  <si>
+    <t>100438800</t>
+  </si>
+  <si>
+    <t>100440092</t>
+  </si>
+  <si>
+    <t>FRANCISCANS CHILDRENS HOSPITAL</t>
+  </si>
+  <si>
+    <t>30 WARREN ST</t>
+  </si>
+  <si>
+    <t>DEREK BOYD</t>
+  </si>
+  <si>
+    <t>PROJECT MANAGER FACIITIES MANAGEMENT</t>
+  </si>
+  <si>
+    <t>120000</t>
+  </si>
+  <si>
+    <t>FRANCISCANS CHILDRENS</t>
+  </si>
+  <si>
+    <t>BRIGHTON</t>
+  </si>
+  <si>
+    <t>Brighton</t>
+  </si>
+  <si>
+    <t>FOR THE RENOVATION OF ROOM AFTER DOORS INSTALLED</t>
+  </si>
+  <si>
+    <t>000717659</t>
+  </si>
+  <si>
+    <t>100439074R1</t>
+  </si>
+  <si>
+    <t>100440078</t>
+  </si>
+  <si>
+    <t>FOUR SEASONS HOTEL</t>
+  </si>
+  <si>
+    <t>200 BOYLSTON ST</t>
+  </si>
+  <si>
+    <t>JULIE SANTOSUOSSO</t>
+  </si>
+  <si>
+    <t>527,742</t>
+  </si>
+  <si>
+    <t>FOUR SEASONS</t>
+  </si>
+  <si>
+    <t>JACK O'BRIEN</t>
+  </si>
+  <si>
+    <t>CS-116288</t>
+  </si>
+  <si>
+    <t>RENOVATION ON 7TH FLOOR CONVERTING ROOMS TO SUITE</t>
+  </si>
+  <si>
+    <t>ETHAN BARROWS</t>
+  </si>
+  <si>
+    <t>AI901089</t>
+  </si>
+  <si>
+    <t>100440122</t>
+  </si>
+  <si>
+    <t>FORMER FITCH SCHOOL</t>
+  </si>
+  <si>
+    <t>14 ASH ST</t>
+  </si>
+  <si>
+    <t>024520000</t>
+  </si>
+  <si>
+    <t>CRYSTAL PHILPOTT</t>
+  </si>
+  <si>
+    <t>PURCHASING AGENT</t>
+  </si>
+  <si>
+    <t>CITY OF WALTHAM</t>
+  </si>
+  <si>
+    <t>610 MAIN ST</t>
+  </si>
+  <si>
+    <t>JON MILLIAN</t>
+  </si>
+  <si>
+    <t>PASQUAZZI BROS INC</t>
+  </si>
+  <si>
+    <t>464 DYER AVE</t>
+  </si>
+  <si>
+    <t>CRANSTON</t>
+  </si>
+  <si>
+    <t>STEVEN JOHNSON</t>
+  </si>
+  <si>
+    <t>106235</t>
+  </si>
+  <si>
+    <t>FOOD BANK TO REMAIN</t>
+  </si>
+  <si>
+    <t>DERRICK CALVARIO</t>
+  </si>
+  <si>
+    <t>AI900703</t>
+  </si>
+  <si>
+    <t>100435452</t>
+  </si>
+  <si>
+    <t>STEPHEN PASQUAZZI</t>
+  </si>
+  <si>
+    <t>SECRETARY</t>
+  </si>
+  <si>
+    <t>100440150</t>
+  </si>
+  <si>
+    <t>TERRAIN WAYLAND VILLAGE</t>
+  </si>
+  <si>
+    <t>297 BOSTON POST ROAD</t>
+  </si>
+  <si>
+    <t>WAYLAND</t>
+  </si>
+  <si>
+    <t>017780000</t>
+  </si>
+  <si>
+    <t>JIM BERGEN</t>
+  </si>
+  <si>
+    <t>16000</t>
+  </si>
+  <si>
+    <t>GROSSMAN DEVELOPMENT GROUP, LLC</t>
+  </si>
+  <si>
+    <t>405 COCHITUATE ROAD - SUITE 302</t>
+  </si>
+  <si>
+    <t>FRAMINGHAM</t>
+  </si>
+  <si>
+    <t>1713 HANCOCK LANE</t>
+  </si>
+  <si>
+    <t>NJ</t>
+  </si>
+  <si>
+    <t>BLUE ROCK CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>BURLIGNTON</t>
+  </si>
+  <si>
+    <t>NORTHEAST REMEDIATION</t>
+  </si>
+  <si>
+    <t>174 NEWBURYPORT TURNPIKE</t>
+  </si>
+  <si>
+    <t>ROWLEY</t>
+  </si>
+  <si>
+    <t>MATT TATE</t>
+  </si>
+  <si>
+    <t>AI901333</t>
+  </si>
+  <si>
+    <t>100440152</t>
+  </si>
+  <si>
+    <t>311 BOSTON POST ROAD</t>
+  </si>
+  <si>
+    <t>ERICK ESTRADA</t>
+  </si>
+  <si>
+    <t>AI900737</t>
+  </si>
+  <si>
+    <t>100440154</t>
+  </si>
+  <si>
+    <t>BARTLETT HOUSE</t>
+  </si>
+  <si>
+    <t>40 OCEAN VIEW DRIVE</t>
+  </si>
+  <si>
+    <t>EASTHAM</t>
+  </si>
+  <si>
+    <t>026420000</t>
+  </si>
+  <si>
+    <t>DAN MCCARTHY</t>
+  </si>
+  <si>
+    <t>CHIEF OF FACILITY MANAGEMENT</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>CAPE COD NATIONAL SEASHORE</t>
+  </si>
+  <si>
+    <t>APEX ABATEMENT AND DEMOLITION LLC</t>
+  </si>
+  <si>
+    <t>100 MAIN STREET, SUITE 13</t>
+  </si>
+  <si>
+    <t>AMESBURY</t>
+  </si>
+  <si>
+    <t>MATTHEW HENNESSEY</t>
+  </si>
+  <si>
+    <t>CS-102916</t>
+  </si>
+  <si>
+    <t>THE ENTIRE HOUSE</t>
+  </si>
+  <si>
+    <t>NATHANIEL CLARK</t>
+  </si>
+  <si>
+    <t>AI901018</t>
+  </si>
+  <si>
+    <t>SAW-26-058</t>
+  </si>
+  <si>
+    <t>ROBERT SULLIVAN</t>
+  </si>
+  <si>
+    <t>MEMBER</t>
+  </si>
+  <si>
+    <t>100440110</t>
+  </si>
+  <si>
+    <t>CHRISTIAN LIFE CHURCH</t>
+  </si>
+  <si>
+    <t>222 PLAIN STREET</t>
+  </si>
+  <si>
+    <t>REHOBOTH</t>
+  </si>
+  <si>
+    <t>027260000</t>
+  </si>
+  <si>
+    <t>ROBERT BERNIER</t>
+  </si>
+  <si>
+    <t>8000</t>
+  </si>
+  <si>
+    <t>Rehoboth</t>
+  </si>
+  <si>
+    <t>REWORLD REMEDIATION SERVICES, INC.</t>
+  </si>
+  <si>
+    <t>700 RICHMOND STREET</t>
+  </si>
+  <si>
+    <t>EAST TAUNTON</t>
+  </si>
+  <si>
+    <t>ROBERT PRESTON</t>
+  </si>
+  <si>
+    <t>CSL-112345</t>
+  </si>
+  <si>
+    <t>KITCHEN, HALLWAYS, PANTRY, ATTIC, CLOSET</t>
+  </si>
+  <si>
+    <t>RAYMOND JAMES LEGER</t>
+  </si>
+  <si>
+    <t>AI901337</t>
+  </si>
+  <si>
+    <t>LYNNE BRIMHALL</t>
+  </si>
+  <si>
+    <t>SAW-26-056-AQ06</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>100440074</t>
+  </si>
+  <si>
+    <t>BUNKER HILL HOUSING - BUILDING F</t>
+  </si>
+  <si>
+    <t>30 SAMUEL MORSE WAY</t>
+  </si>
+  <si>
+    <t>GREG WALSH</t>
+  </si>
+  <si>
+    <t>29080</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>BUNKER HILL REVITALIZATION CORPORATION</t>
+  </si>
+  <si>
+    <t>NICK NIGRO</t>
+  </si>
+  <si>
+    <t>CS-098332</t>
+  </si>
+  <si>
+    <t>9 STORY (266 UNIT) MULTI-FAMILY, ONE LEVEL PARKIN</t>
+  </si>
+  <si>
+    <t>100440175</t>
+  </si>
+  <si>
+    <t>MBTA</t>
+  </si>
+  <si>
+    <t>200 NEWPORT AVE</t>
+  </si>
+  <si>
+    <t>021700000</t>
+  </si>
+  <si>
+    <t>MANNY PAIVA</t>
+  </si>
+  <si>
+    <t>157303</t>
+  </si>
+  <si>
+    <t>MASSACHUSETTS BAY TRANSPORTATION AUTHORITY</t>
+  </si>
+  <si>
+    <t>10 PARK PLAZA</t>
+  </si>
+  <si>
+    <t>SHAUN MCDONNELL</t>
+  </si>
+  <si>
+    <t>CS-111553</t>
+  </si>
+  <si>
+    <t>RENOVATION OF EXISTING OFFICE SPACE FOR MBTA</t>
+  </si>
+  <si>
+    <t>100440180</t>
+  </si>
+  <si>
+    <t>10 WESTFORD TECH PARK</t>
+  </si>
+  <si>
+    <t>10 TECHNOLOGY PARK DRIVE</t>
+  </si>
+  <si>
+    <t>018860000</t>
+  </si>
+  <si>
+    <t>JOE DEMARZIO</t>
+  </si>
+  <si>
+    <t>DEMO AND RENOVATION OF 18,005 SQFT OF OFFICE SPAC</t>
+  </si>
+  <si>
+    <t>100440061</t>
+  </si>
+  <si>
+    <t>BIOLOGICAL RESEARCH INFRASTRUCTURE</t>
+  </si>
+  <si>
+    <t>16 DIVINITY AVENUE</t>
+  </si>
+  <si>
+    <t>SHARON REYNOLDS</t>
+  </si>
+  <si>
+    <t>PHYSICAL RESOURCES &amp; PLANNING</t>
+  </si>
+  <si>
+    <t>HARVARD COLLEGE</t>
+  </si>
+  <si>
+    <t>WISE CONSTRUCTION CORPORATION</t>
+  </si>
+  <si>
+    <t>21 EAST ST</t>
+  </si>
+  <si>
+    <t>TOM UPTON</t>
+  </si>
+  <si>
+    <t>CS-100498</t>
+  </si>
+  <si>
+    <t>REMOVAL OF SELECT MEP EQUIP., FLOORING, CEILINGS.</t>
+  </si>
+  <si>
+    <t>AI000415</t>
+  </si>
+  <si>
+    <t>NEGATIVE AIR MACHINES AND PROTECTIVE COVERINGS</t>
+  </si>
+  <si>
+    <t>CHRISTOPHER BEATI</t>
+  </si>
+  <si>
+    <t>100438443R1</t>
+  </si>
+  <si>
+    <t>WAREHOUSE</t>
+  </si>
+  <si>
+    <t>201 REMINGTON AVE</t>
+  </si>
+  <si>
+    <t>027200000</t>
+  </si>
+  <si>
+    <t>LAUREN SIROIS</t>
+  </si>
+  <si>
+    <t>DIRECTOR OF RE DESIGN &amp; CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>3500</t>
+  </si>
+  <si>
+    <t>SOUTHCOAST VENTURES INC</t>
+  </si>
+  <si>
+    <t>178 HAWTHORNE ST</t>
+  </si>
+  <si>
+    <t>NEW BEDFORD</t>
+  </si>
+  <si>
+    <t>MATHEW CIPRIANI</t>
+  </si>
+  <si>
+    <t>127 WEST RODNEY FRENCH BLVD</t>
+  </si>
+  <si>
+    <t>New Bedford</t>
+  </si>
+  <si>
+    <t>WAREHOUSE STRUCTURE ONLY</t>
+  </si>
+  <si>
+    <t>JASON MORHE</t>
+  </si>
+  <si>
+    <t>AI000262</t>
+  </si>
+  <si>
+    <t>100438461R1</t>
+  </si>
+  <si>
+    <t>CROSSFIT - GYM BLDG</t>
+  </si>
+  <si>
+    <t>1148 DAVOL ST</t>
+  </si>
+  <si>
+    <t>6700</t>
+  </si>
+  <si>
+    <t>STRUCTURE ONLY</t>
+  </si>
+  <si>
+    <t>100438459</t>
+  </si>
+  <si>
+    <t>100438457R1</t>
+  </si>
+  <si>
+    <t>AUTOMOTIVE BLDG</t>
+  </si>
+  <si>
+    <t>DEMOLITION OF STRUCTURE ONLY</t>
+  </si>
+  <si>
+    <t>100438454</t>
+  </si>
+  <si>
+    <t>100440209</t>
+  </si>
+  <si>
+    <t>AUTOMOTIVE  - COMMERCIAL</t>
+  </si>
+  <si>
+    <t>DIRECTOR OF RE DESIGN &amp; CONSTRUC</t>
+  </si>
+  <si>
+    <t>200 MILL RD SUITE 110</t>
+  </si>
+  <si>
+    <t>AUTOMOTIVE STRUCTURE</t>
+  </si>
+  <si>
+    <t>100439802</t>
+  </si>
+  <si>
+    <t>580 CHELSEA ST</t>
+  </si>
+  <si>
+    <t>KEVIN DONAHOE</t>
+  </si>
+  <si>
+    <t>3170</t>
+  </si>
+  <si>
+    <t>CV 580 CHELSEA LLC</t>
+  </si>
+  <si>
+    <t>480 MCCLELLAN HIGHWAY</t>
+  </si>
+  <si>
+    <t>CALEB PETERSON</t>
+  </si>
+  <si>
+    <t>85 SAM FONZO DRIVE</t>
+  </si>
+  <si>
+    <t>Beverly</t>
+  </si>
+  <si>
+    <t>CM&amp;B</t>
+  </si>
+  <si>
+    <t>TOM PERSSON</t>
+  </si>
+  <si>
+    <t>CS-115025</t>
+  </si>
+  <si>
+    <t>3170 SF OFFICE FIT-UP</t>
+  </si>
+  <si>
+    <t>DREW OUIMETTE</t>
+  </si>
+  <si>
+    <t>AI901253</t>
+  </si>
+  <si>
+    <t>N/A - NO DEMO OR ABATEMENT OF ASBESTOS</t>
+  </si>
+  <si>
+    <t>CM&amp;B PROJECT MANAGER</t>
+  </si>
+  <si>
+    <t>CM&amp;B AND CARGO VENTURES</t>
+  </si>
+  <si>
+    <t>100440211</t>
+  </si>
+  <si>
+    <t>CROSSFIT HERITAGE BLDG.</t>
+  </si>
+  <si>
+    <t>1148 DAVOL ST REAR</t>
+  </si>
+  <si>
+    <t>STRUCTURE 6700SF</t>
+  </si>
+  <si>
+    <t>100440201</t>
+  </si>
+  <si>
+    <t>METAL GARAGE/WAREHOUSE</t>
+  </si>
+  <si>
+    <t>1148R DAVOL ST OUTSIDE GARAGE (AKA 201 REMMINGTON</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>METAL GARAGE/WAREHOUSE ONLY</t>
+  </si>
+  <si>
+    <t>100438449R1</t>
+  </si>
+  <si>
+    <t>3 FAMILY RESIDENTIAL</t>
+  </si>
+  <si>
+    <t>223 REMINGTON AVE</t>
+  </si>
+  <si>
+    <t>RESIDENTIAL 3 FAMILY STRUCTURE, GARAGE, SLAB/FOUN</t>
+  </si>
+  <si>
+    <t>100438445</t>
+  </si>
+  <si>
+    <t>100440193</t>
+  </si>
+  <si>
+    <t>RESIDENTIAL</t>
+  </si>
+  <si>
+    <t>223 REMMINGTON AVE</t>
+  </si>
+  <si>
+    <t>3500SF STRUCTURE/GARAGE/SLAB/FOUNDATION</t>
+  </si>
+  <si>
+    <t>JASON MOHRE</t>
+  </si>
+  <si>
+    <t>100440259</t>
+  </si>
+  <si>
+    <t>75 WEST BROOKELINE STREET</t>
+  </si>
+  <si>
+    <t>100440249</t>
+  </si>
+  <si>
+    <t>100440295</t>
+  </si>
+  <si>
+    <t>ASIA JOY RESTAURANT</t>
+  </si>
+  <si>
+    <t>735 US RT 20</t>
+  </si>
+  <si>
+    <t>MARLBOROUGH</t>
+  </si>
+  <si>
+    <t>015320000</t>
+  </si>
+  <si>
+    <t>JEFF JONES</t>
+  </si>
+  <si>
+    <t>SITE SUPERINTENTENT</t>
+  </si>
+  <si>
+    <t>8400</t>
+  </si>
+  <si>
+    <t>MCDONALDS USA, LLC</t>
+  </si>
+  <si>
+    <t>110 NORTH CARPENTER STREET</t>
+  </si>
+  <si>
+    <t>CHICAGO</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>361 W MAIN ST</t>
+  </si>
+  <si>
+    <t>NORTHBOROUGH</t>
+  </si>
+  <si>
+    <t>DIXON INC</t>
+  </si>
+  <si>
+    <t>S&amp;R CORPORATION</t>
+  </si>
+  <si>
+    <t>706 BROADWAY ST</t>
+  </si>
+  <si>
+    <t>PAUL DARLING</t>
+  </si>
+  <si>
+    <t>071236</t>
+  </si>
+  <si>
+    <t>BUILDING AND FOUNDATION</t>
+  </si>
+  <si>
+    <t>MATTHEW CARRALERO</t>
+  </si>
+  <si>
+    <t>AI900749</t>
+  </si>
+  <si>
+    <t>LAURA WHITE</t>
+  </si>
+  <si>
+    <t>02042026</t>
+  </si>
+  <si>
+    <t>100439935</t>
+  </si>
+  <si>
+    <t>STRUCTOR 1 FLOOR</t>
+  </si>
+  <si>
+    <t>6 PONTIAC ST BOSTON</t>
+  </si>
+  <si>
+    <t>A.B.T, ABICHAKER BUILDING T</t>
+  </si>
+  <si>
+    <t>JOHN DARLING</t>
+  </si>
+  <si>
+    <t>12 EASTLAND RD</t>
+  </si>
+  <si>
+    <t>JAMAICA PLAIN, MA 02130</t>
+  </si>
+  <si>
+    <t>151 STRATFORD ST</t>
+  </si>
+  <si>
+    <t>WEST ROXBURY</t>
+  </si>
+  <si>
+    <t>A.B.T, ABICHAKER BUILDING TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>KEALEY EXCAVATION CORP.</t>
+  </si>
+  <si>
+    <t>450 GREEN STREET</t>
+  </si>
+  <si>
+    <t>WEYMOUTH, MA,02191</t>
+  </si>
+  <si>
+    <t>KEALEY EXCAVATION CORP</t>
+  </si>
+  <si>
+    <t>CS-045282</t>
+  </si>
+  <si>
+    <t>FULL DEMOLISHED</t>
+  </si>
+  <si>
+    <t>SASHA LOMBA</t>
+  </si>
+  <si>
+    <t>AI900722</t>
+  </si>
+  <si>
+    <t>100438717</t>
+  </si>
+  <si>
+    <t>MACHINING</t>
+  </si>
+  <si>
+    <t>CHUCK ABICHAKER</t>
+  </si>
+  <si>
+    <t>PRESIDENTE</t>
+  </si>
+  <si>
+    <t>PAULO C</t>
+  </si>
+  <si>
+    <t>100440292</t>
+  </si>
+  <si>
+    <t>MCDONALDS</t>
+  </si>
+  <si>
+    <t>567 LYNNWAY</t>
+  </si>
+  <si>
+    <t>019050000</t>
+  </si>
+  <si>
+    <t>MATTHEW DIXON</t>
+  </si>
+  <si>
+    <t>3253</t>
+  </si>
+  <si>
+    <t>MATT DIXON</t>
+  </si>
+  <si>
+    <t>PHILIP COX</t>
+  </si>
+  <si>
+    <t>AI901390</t>
+  </si>
+  <si>
+    <t>100440265</t>
+  </si>
+  <si>
+    <t>328 SHAWMUT AVE</t>
+  </si>
+  <si>
+    <t>100440262</t>
+  </si>
+  <si>
+    <t>100440331</t>
+  </si>
+  <si>
+    <t>LA GRANGE MILL LOFTS</t>
+  </si>
+  <si>
+    <t>35,47,42 &amp; 50 LA GRANGE STREET</t>
+  </si>
+  <si>
+    <t>016100000</t>
+  </si>
+  <si>
+    <t>REES LARKING DEVELOPMENT LLC</t>
+  </si>
+  <si>
+    <t>179 BOYLSTON STREET, BUILDING P</t>
+  </si>
+  <si>
+    <t>JAMAICA PLAIN</t>
+  </si>
+  <si>
+    <t>TOM ROSE</t>
+  </si>
+  <si>
+    <t>35 LAGRANGE STREET</t>
+  </si>
+  <si>
+    <t>METAL SHEDS, DOCK AREAS, INTERIOR PARTITIONS</t>
+  </si>
+  <si>
+    <t>63 NEW UNITS</t>
+  </si>
+  <si>
+    <t>AI-061851</t>
+  </si>
+  <si>
+    <t>100440336</t>
+  </si>
+  <si>
+    <t>100440174</t>
+  </si>
+  <si>
+    <t>MIT LL- BUILDING 1715</t>
+  </si>
+  <si>
+    <t>3 CHENNAULT STREET</t>
+  </si>
+  <si>
+    <t>BRIAN PRIMEAU</t>
+  </si>
+  <si>
+    <t>EH&amp;S MANAGER</t>
+  </si>
+  <si>
+    <t>97703</t>
+  </si>
+  <si>
+    <t>MIT LINCOLN LABORATORY</t>
+  </si>
+  <si>
+    <t>244 WOOD STREET</t>
+  </si>
+  <si>
+    <t>BILL COLE</t>
+  </si>
+  <si>
+    <t>SELECT DEMO SERVICES LLC</t>
+  </si>
+  <si>
+    <t>RENOVATION OF INTERIOR/EXTERIOR STRUCTURES</t>
+  </si>
+  <si>
+    <t>ROLAND HOLACSEK</t>
+  </si>
+  <si>
+    <t>AI900793</t>
+  </si>
+  <si>
+    <t>100440348</t>
+  </si>
+  <si>
+    <t>100440353</t>
+  </si>
+  <si>
+    <t>132 BETHANY ROAD</t>
+  </si>
+  <si>
+    <t>010570000</t>
+  </si>
+  <si>
+    <t>RORY MADDEN</t>
+  </si>
+  <si>
+    <t>1 POST OFFICE SQUARE</t>
+  </si>
+  <si>
+    <t>TIMBERLINE CONSTRUCTION CORPORATION</t>
+  </si>
+  <si>
+    <t>300 PINE STREET</t>
+  </si>
+  <si>
+    <t>TIM BREAU</t>
+  </si>
+  <si>
+    <t>A-1 CONCRETE CUTTING AND CONSTRUCTION INC</t>
+  </si>
+  <si>
+    <t>150 WEST MAIN STREET</t>
+  </si>
+  <si>
+    <t>NORTON</t>
+  </si>
+  <si>
+    <t>ORLANDO MADEIRA</t>
+  </si>
+  <si>
+    <t>CS-089103</t>
+  </si>
+  <si>
+    <t>RENOVATION OF EXISTING WAREHOUSE</t>
+  </si>
+  <si>
+    <t>100440301</t>
+  </si>
+  <si>
+    <t>MICHAEL VAITKUNAS</t>
+  </si>
+  <si>
+    <t>100440326</t>
+  </si>
+  <si>
+    <t>PATTY GORDON</t>
+  </si>
+  <si>
+    <t>5500</t>
+  </si>
+  <si>
+    <t>LABORATORY AND OFFICE SPACE</t>
+  </si>
+  <si>
+    <t>100440137</t>
+  </si>
+  <si>
+    <t>02/05/2026</t>
+  </si>
+  <si>
+    <t>100440396</t>
+  </si>
+  <si>
+    <t>SALEMFIVE BANK</t>
+  </si>
+  <si>
+    <t>71 WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>019700000</t>
+  </si>
+  <si>
+    <t>JOHN KUCINSKI</t>
+  </si>
+  <si>
+    <t>VP, FACILTIES</t>
+  </si>
+  <si>
+    <t>3600</t>
+  </si>
+  <si>
+    <t>208 ESSEX STREET</t>
+  </si>
+  <si>
+    <t>BERKELEY BUILDING COMPANY</t>
+  </si>
+  <si>
+    <t>248 MAIN STREET, SUITE 103</t>
+  </si>
+  <si>
+    <t>READING</t>
+  </si>
+  <si>
+    <t>KYLE GIBSON</t>
+  </si>
+  <si>
+    <t>CS-116779</t>
+  </si>
+  <si>
+    <t>NEW OFFICE &amp; NEW ADA BATHROOM</t>
+  </si>
+  <si>
+    <t>RIC NUNEZ</t>
+  </si>
+  <si>
+    <t>AI901198</t>
+  </si>
+  <si>
+    <t>SAMUEL SANBORN</t>
+  </si>
+  <si>
+    <t>100440431</t>
+  </si>
+  <si>
+    <t>CROSSROADS APARTMENTS</t>
+  </si>
+  <si>
+    <t>900 CROSS ROADS</t>
+  </si>
+  <si>
+    <t>027470000</t>
+  </si>
+  <si>
+    <t>KATHY PYPEC</t>
+  </si>
+  <si>
+    <t>18,000</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>CLAREMONT CORP</t>
+  </si>
+  <si>
+    <t>2 LAKESHORE CENTER</t>
+  </si>
+  <si>
+    <t>500 CROSS ROADS</t>
+  </si>
+  <si>
+    <t>Dartmouth</t>
+  </si>
+  <si>
+    <t>DAVID FERRIERA</t>
+  </si>
+  <si>
+    <t>CS - 095694</t>
+  </si>
+  <si>
+    <t>INTERIOR RENOVATION OF 1-UNIT</t>
+  </si>
+  <si>
+    <t>DAN MAGRATH</t>
+  </si>
+  <si>
+    <t>AI000383</t>
+  </si>
+  <si>
+    <t>DAVID FERREIRA</t>
+  </si>
+  <si>
+    <t>100440486</t>
+  </si>
+  <si>
+    <t>OLD COLONY CORRECTIONAL CENTER</t>
+  </si>
+  <si>
+    <t>500 COLONY ROAD</t>
+  </si>
+  <si>
+    <t>GARDNER</t>
+  </si>
+  <si>
+    <t>BRANDON AVILA</t>
+  </si>
+  <si>
+    <t>COMMONWEALTH OF MA DEPT OF CORRECTIONS</t>
+  </si>
+  <si>
+    <t>50 MAPLE STREET</t>
+  </si>
+  <si>
+    <t>Hingham</t>
+  </si>
+  <si>
+    <t>BRITE LITE ELECTRICAL CO., INC.,</t>
+  </si>
+  <si>
+    <t>65 B SHARP STREET</t>
+  </si>
+  <si>
+    <t>HINGHAM</t>
+  </si>
+  <si>
+    <t>485 A1</t>
+  </si>
+  <si>
+    <t>NO NEW BUILDINGS</t>
+  </si>
+  <si>
+    <t>BRANDON WABBLE</t>
+  </si>
+  <si>
+    <t>AI000377</t>
+  </si>
+  <si>
+    <t>30216696</t>
+  </si>
+  <si>
+    <t>DEREK DESHARNAIS</t>
+  </si>
+  <si>
+    <t>02092026</t>
+  </si>
+  <si>
+    <t>100439476</t>
+  </si>
+  <si>
+    <t>160 MAPLE STREET</t>
+  </si>
+  <si>
+    <t>BELLINGHAM</t>
+  </si>
+  <si>
+    <t>020190000</t>
+  </si>
+  <si>
+    <t>ANDREW KERBLE</t>
+  </si>
+  <si>
+    <t>3000</t>
+  </si>
+  <si>
+    <t>LANDON SMITH</t>
+  </si>
+  <si>
+    <t>177 HUNTINGTON AVE</t>
+  </si>
+  <si>
+    <t>bellingham</t>
+  </si>
+  <si>
+    <t>HELIOS ENERGY</t>
+  </si>
+  <si>
+    <t>125 DEPOT ST</t>
+  </si>
+  <si>
+    <t>CS-119851</t>
+  </si>
+  <si>
+    <t>THE ENTIRE GOLF BARN AND THE GOLF COURSE CLUBHOUS</t>
+  </si>
+  <si>
+    <t>100440446</t>
+  </si>
+  <si>
+    <t>MIT ENDICOTT HOUSE</t>
+  </si>
+  <si>
+    <t>80 HAVEN STREET</t>
+  </si>
+  <si>
+    <t>DEDHAM</t>
+  </si>
+  <si>
+    <t>020260000</t>
+  </si>
+  <si>
+    <t>ALAN MOLIN</t>
+  </si>
+  <si>
+    <t>6947</t>
+  </si>
+  <si>
+    <t>Dedham</t>
+  </si>
+  <si>
+    <t>BOND BUILDING CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>10 CABOT RD</t>
+  </si>
+  <si>
+    <t>JESSE CONKLIN</t>
+  </si>
+  <si>
+    <t>CS-110673</t>
+  </si>
+  <si>
+    <t>REPLACEMENT OF UTILITIES AND BARN UTILITIES</t>
+  </si>
+  <si>
+    <t>AI0000230</t>
+  </si>
+  <si>
+    <t>,Wetting,Covering,Paving,</t>
+  </si>
+  <si>
+    <t>02/09/2026</t>
+  </si>
+  <si>
+    <t>100440450</t>
+  </si>
+  <si>
+    <t>RUSSELL HILL DENTAL</t>
+  </si>
+  <si>
+    <t>955 MAIN ST.</t>
+  </si>
+  <si>
+    <t>018900000</t>
+  </si>
+  <si>
+    <t>C BRETT DOYLE</t>
+  </si>
+  <si>
+    <t>GENERAL CONTRACTOR/AGENT</t>
+  </si>
+  <si>
+    <t>2935</t>
+  </si>
+  <si>
+    <t>233 MORSE RD</t>
+  </si>
+  <si>
+    <t>Sudbury</t>
+  </si>
+  <si>
+    <t>DOYLE &amp; MATTHESON INC.</t>
+  </si>
+  <si>
+    <t>232 ROCK ISLAND ROAD</t>
+  </si>
+  <si>
+    <t>BRETT DOYLE</t>
+  </si>
+  <si>
+    <t>CAMS DEMOLITION</t>
+  </si>
+  <si>
+    <t>8 JEWEL DRIVE</t>
+  </si>
+  <si>
+    <t>KYLE HEFFERNAN</t>
+  </si>
+  <si>
+    <t>106997</t>
+  </si>
+  <si>
+    <t>INTERIOR RENOVATION OF DENTAL OFFICE</t>
+  </si>
+  <si>
+    <t>NORTHEAST ENVIRONMENTAL LABS</t>
+  </si>
+  <si>
+    <t>AI901116</t>
+  </si>
+  <si>
+    <t>CHRISTOPHER BRETT DOYLE</t>
+  </si>
+  <si>
+    <t>100439390</t>
+  </si>
+  <si>
+    <t>BC MESSINA BARN LOADING DOCK (FORMERLY PINE MANOR)</t>
+  </si>
+  <si>
+    <t>400 HEATH STREET</t>
+  </si>
+  <si>
+    <t>CATHLINA DRIVER</t>
+  </si>
+  <si>
+    <t>BOSTON COLLEGE</t>
+  </si>
+  <si>
+    <t>140 COMMONWEALTH AVE</t>
+  </si>
+  <si>
+    <t>CHESTNUT HILL</t>
+  </si>
+  <si>
+    <t>JEFF GOWER</t>
+  </si>
+  <si>
+    <t>CAVALIERI CONSTRUCTION COMPANY, INC.</t>
+  </si>
+  <si>
+    <t>269 BALLARDVALE STREET</t>
+  </si>
+  <si>
+    <t>JIM CAVALIERI</t>
+  </si>
+  <si>
+    <t>CS-083487</t>
+  </si>
+  <si>
+    <t>EXISTING EXTERIOR LOADING DOCK, WALLS, PAVEMENT</t>
+  </si>
+  <si>
+    <t>EXTERIOR LOADING DOCK, RETAINING WALLS &amp; PAVEMENT</t>
+  </si>
+  <si>
+    <t>CHRIS LAPORTE FROM AXIOM PARTNERS INC.</t>
+  </si>
+  <si>
+    <t>AI031166</t>
+  </si>
+  <si>
+    <t>01178.237</t>
+  </si>
+  <si>
+    <t>IAN CAMPBELL</t>
+  </si>
+  <si>
+    <t>100410811</t>
+  </si>
+  <si>
+    <t>ONE FINANCIAL - SPEC SUITE 24B</t>
+  </si>
+  <si>
+    <t>ONE FINANCIAL CENTER</t>
+  </si>
+  <si>
+    <t>021110000</t>
+  </si>
+  <si>
+    <t>ROB ALBERT</t>
+  </si>
+  <si>
+    <t>DIRECTOR OF OPERATIONS</t>
+  </si>
+  <si>
+    <t>7,972</t>
+  </si>
+  <si>
+    <t>JONES LANG LASALLE</t>
+  </si>
+  <si>
+    <t>DAN MCCARTY</t>
+  </si>
+  <si>
+    <t>CS-060399</t>
+  </si>
+  <si>
+    <t>INTERIOR SELECTIVE DEMOLITION</t>
+  </si>
+  <si>
+    <t>BUILDOUT OF SPEC SUITE</t>
+  </si>
+  <si>
+    <t>RICARDO NUNES</t>
+  </si>
+  <si>
+    <t>AI-00091</t>
+  </si>
+  <si>
+    <t>DAN DESMOND</t>
+  </si>
+  <si>
+    <t>100440512</t>
+  </si>
+  <si>
+    <t>100 FEDERAL STREET</t>
+  </si>
+  <si>
+    <t>JACK ROONEY</t>
+  </si>
+  <si>
+    <t>JROONEY@BXP.COM</t>
+  </si>
+  <si>
+    <t>84,000</t>
+  </si>
+  <si>
+    <t>BXP</t>
+  </si>
+  <si>
+    <t>STRUCTURE TONE</t>
+  </si>
+  <si>
+    <t>CHARLES COOK</t>
+  </si>
+  <si>
+    <t>CS-112317</t>
+  </si>
+  <si>
+    <t>DEMO SELECT FINISHES ON THE 30TH &amp; 32ST FL FOR NE</t>
+  </si>
+  <si>
+    <t>02/10/2026</t>
+  </si>
+  <si>
+    <t>100440527</t>
+  </si>
+  <si>
+    <t>BUILDING</t>
+  </si>
+  <si>
+    <t>75 STERGIS WAY</t>
+  </si>
+  <si>
+    <t>PATRICK O'NEILL</t>
+  </si>
+  <si>
+    <t>SVP</t>
+  </si>
+  <si>
+    <t>15000</t>
+  </si>
+  <si>
+    <t>STERGIS DEVELOPMENT SITE LLC/NORDBLOM DEV COMPANY</t>
+  </si>
+  <si>
+    <t>71 THIRD AVENUE</t>
+  </si>
+  <si>
+    <t>DENNIS AKIN</t>
+  </si>
+  <si>
+    <t>CS119180</t>
+  </si>
+  <si>
+    <t>FULL BUILDING AND FOUNDATIONS</t>
+  </si>
+  <si>
+    <t>100436155</t>
+  </si>
+  <si>
+    <t>JACKSON VARA</t>
+  </si>
+  <si>
+    <t>100440529</t>
+  </si>
+  <si>
+    <t>125 STERGIS WAY</t>
+  </si>
+  <si>
+    <t>34300</t>
+  </si>
+  <si>
+    <t>PORTION OF SEWER PIPE</t>
+  </si>
+  <si>
+    <t>100436017</t>
+  </si>
+  <si>
+    <t>100440530</t>
+  </si>
+  <si>
+    <t>BUILDING AND FOUNDATIONS</t>
+  </si>
+  <si>
+    <t>100440507</t>
+  </si>
+  <si>
+    <t>ONE FINANCIAL - SPEC SUITE, 23RD FLOOR</t>
+  </si>
+  <si>
+    <t>3,339</t>
+  </si>
+  <si>
+    <t>LANCE COTTON</t>
+  </si>
+  <si>
+    <t>AI-074353</t>
+  </si>
+  <si>
+    <t>100438381R1</t>
+  </si>
+  <si>
+    <t>2 AGUADILLA STREET</t>
+  </si>
+  <si>
+    <t>BY OTHERS</t>
+  </si>
+  <si>
+    <t>100440019</t>
+  </si>
+  <si>
+    <t>BOSTON UNIVERSITY</t>
+  </si>
+  <si>
+    <t>704 COMMONWEALTH AVE</t>
+  </si>
+  <si>
+    <t>ISABELLE CLARKE</t>
+  </si>
+  <si>
+    <t>4168</t>
+  </si>
+  <si>
+    <t>JDL CORPORATE INTERIORS, INC.</t>
+  </si>
+  <si>
+    <t>9 BROAD STREET</t>
+  </si>
+  <si>
+    <t>MICHAEL COCUZZO</t>
+  </si>
+  <si>
+    <t>SUPERIOR CONTRACTING SERVICES, LLC</t>
+  </si>
+  <si>
+    <t>31 DRAPER STREET</t>
+  </si>
+  <si>
+    <t>RYAN RENAUD</t>
+  </si>
+  <si>
+    <t>CS-106278</t>
+  </si>
+  <si>
+    <t>RENOVATION PIPING SYSTEM ON 2ND FLOOR.</t>
+  </si>
+  <si>
+    <t>100440544</t>
+  </si>
+  <si>
+    <t>GLOVE BAG</t>
+  </si>
+  <si>
+    <t>MICHAEL REILLY</t>
+  </si>
+  <si>
+    <t>JDL CORPORATE INTERIORS, INC</t>
+  </si>
+  <si>
+    <t>100440533</t>
+  </si>
+  <si>
+    <t>RESIDENCE</t>
+  </si>
+  <si>
+    <t>78 WAREHAM ROAD</t>
+  </si>
+  <si>
+    <t>MARION</t>
+  </si>
+  <si>
+    <t>027380000</t>
+  </si>
+  <si>
+    <t>TED MERCHANT</t>
+  </si>
+  <si>
+    <t>3587</t>
+  </si>
+  <si>
+    <t>TOLL BROTHERS</t>
+  </si>
+  <si>
+    <t>116 FLANDERS ROAD</t>
+  </si>
+  <si>
+    <t>westborough</t>
+  </si>
+  <si>
+    <t>ALL STATE ABATEMENT PROFESSIONALS, INC</t>
+  </si>
+  <si>
+    <t>4 WILDER DRIVE, STE 12</t>
+  </si>
+  <si>
+    <t>JOE CURLEY</t>
+  </si>
+  <si>
+    <t>AS900965</t>
+  </si>
+  <si>
+    <t>ENTIRE PROPERTY</t>
+  </si>
+  <si>
+    <t>SMITH AND WESSELL</t>
+  </si>
+  <si>
+    <t>AI032572</t>
+  </si>
+  <si>
+    <t>100440325</t>
+  </si>
+  <si>
+    <t>JOSEPH CURLEY</t>
+  </si>
+  <si>
+    <t>ASAP, INC</t>
+  </si>
+  <si>
+    <t>100440499</t>
+  </si>
+  <si>
+    <t>200 CLARENDON STREET</t>
+  </si>
+  <si>
+    <t>HENRY HAYES</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION MANAGER</t>
+  </si>
+  <si>
+    <t>1700000</t>
+  </si>
+  <si>
+    <t>800 BOYLSTON STREET, SUITE 1900</t>
+  </si>
+  <si>
+    <t>TONY FERRARA</t>
+  </si>
+  <si>
+    <t>CS-108044</t>
+  </si>
+  <si>
+    <t>REMOVE EXISTING OFFICES, DEMO GWB, SELECTIVE MEP</t>
+  </si>
+  <si>
+    <t>UPDATED FINISHES AND EXPAND OFFICE SPACE</t>
+  </si>
+  <si>
+    <t>ALESSANDRO MAZZOTTA</t>
+  </si>
+  <si>
+    <t>02102026</t>
+  </si>
+  <si>
+    <t>100438942R2</t>
+  </si>
+  <si>
+    <t>100440537</t>
+  </si>
+  <si>
+    <t>PRESSED CAFE</t>
+  </si>
+  <si>
+    <t>900 CUMMINGS CENTER</t>
+  </si>
+  <si>
+    <t>MIRI SHPINDLER</t>
+  </si>
+  <si>
+    <t>7640</t>
+  </si>
+  <si>
+    <t>CUMMINGS PROPERTIES</t>
+  </si>
+  <si>
+    <t>100 CUMMINGS CENTER, SUITE 107-L</t>
+  </si>
+  <si>
+    <t>KYLE TENAN</t>
+  </si>
+  <si>
+    <t>CS-119346</t>
+  </si>
+  <si>
+    <t>RENO EXIST. RESTAURANT/ALL FOOTPRINT NOT IMPACTED</t>
+  </si>
+  <si>
+    <t>CHRISTOPHER LAPORTE</t>
+  </si>
+  <si>
+    <t>AI 031166</t>
+  </si>
+  <si>
+    <t>VACUUMS AND FANS</t>
+  </si>
+  <si>
+    <t>MAGGIE DRISCOLL</t>
+  </si>
+  <si>
+    <t>2/10/26</t>
+  </si>
+  <si>
+    <t>100440562</t>
+  </si>
+  <si>
+    <t>CATHAY BANK</t>
+  </si>
+  <si>
+    <t>621 WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>BRAD MAHONEY</t>
+  </si>
+  <si>
+    <t>516823</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>MILLENNIUM PARTNERS</t>
+  </si>
+  <si>
+    <t>1995 BROADWAY</t>
+  </si>
+  <si>
+    <t>NEW YORK</t>
+  </si>
+  <si>
+    <t>TED ISABEL</t>
+  </si>
+  <si>
+    <t>SOS CORPORATION</t>
+  </si>
+  <si>
+    <t>331 WEST STREET</t>
+  </si>
+  <si>
+    <t>CS-117044</t>
+  </si>
+  <si>
+    <t>BACK OF HOUSE BANK TO TURN INTO DEMISING SPACE</t>
+  </si>
+  <si>
+    <t>NEW BATHROOMS AND BREAK ROOM</t>
+  </si>
+  <si>
+    <t>SCOTT WHEAR</t>
+  </si>
+  <si>
+    <t>02112026</t>
+  </si>
+  <si>
+    <t>100440594</t>
+  </si>
+  <si>
+    <t>JAMIE FOUNDAS</t>
+  </si>
+  <si>
+    <t>130000</t>
+  </si>
+  <si>
+    <t>BOSTON CHILDRTENS HOSPITAL</t>
+  </si>
+  <si>
+    <t>JUSTIN DAVIS</t>
+  </si>
+  <si>
+    <t>INTERIOR RENO TO CONVERT OFFICE TO CONFERENCE ROO</t>
+  </si>
+  <si>
+    <t>AI61772</t>
+  </si>
+  <si>
+    <t>CONTAINMENT, HEPA VAC FOR NEGATIVE AIR</t>
+  </si>
+  <si>
+    <t>ROBERTO GRASSO</t>
+  </si>
+  <si>
+    <t>WISE CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>100440601</t>
+  </si>
+  <si>
+    <t>FORMER DE 'ANGELOS - NEW CHASE BANK</t>
+  </si>
+  <si>
+    <t>15 HIGHLAND AVE</t>
+  </si>
+  <si>
+    <t>ATTLEBORO</t>
+  </si>
+  <si>
+    <t>027030000</t>
+  </si>
+  <si>
+    <t>KEITH MCLAUGHLIN</t>
+  </si>
+  <si>
+    <t>DIRECTOR OF R.E. DE'ANGELOS INC</t>
+  </si>
+  <si>
+    <t>DE'ANGELO INC</t>
+  </si>
+  <si>
+    <t>P.O. BOX 519</t>
+  </si>
+  <si>
+    <t>W. BRIDGEWATER</t>
+  </si>
+  <si>
+    <t>W. Bridgewater</t>
+  </si>
+  <si>
+    <t>TIMBERLINE COSTRUCTION</t>
+  </si>
+  <si>
+    <t>300 PINE ST</t>
+  </si>
+  <si>
+    <t>GREG RONDEAU</t>
+  </si>
+  <si>
+    <t>COMMERCIAL STRUCTURE 3000SF</t>
+  </si>
+  <si>
+    <t>ERIC CLEMENTELLI</t>
+  </si>
+  <si>
+    <t>AI900991</t>
+  </si>
+  <si>
+    <t>ENVIROMENTAL ANLYST III</t>
+  </si>
+  <si>
+    <t>SAW26-073</t>
+  </si>
+  <si>
+    <t>100440561</t>
+  </si>
+  <si>
+    <t>WINTHROP CENTER</t>
+  </si>
+  <si>
+    <t>115 FEDERAL STREET</t>
+  </si>
+  <si>
+    <t>JIMMY PATEL</t>
+  </si>
+  <si>
+    <t>DIRECTOR OF ENGINEERING</t>
+  </si>
+  <si>
+    <t>1900000</t>
+  </si>
+  <si>
+    <t>317</t>
+  </si>
+  <si>
+    <t>40 BROAD STREET, 2ND FLOOR</t>
+  </si>
+  <si>
+    <t>THOMAS KORNACK</t>
+  </si>
+  <si>
+    <t>CS121147</t>
+  </si>
+  <si>
+    <t>MINOR AREAS FOR NEW WALL LAYOUT AND ARCH FINISHES</t>
+  </si>
+  <si>
+    <t>NEW BUILDOUT OFFICES, PANTRY, MEETING ROOMS</t>
+  </si>
+  <si>
+    <t>GREEN SWEEP</t>
+  </si>
+  <si>
+    <t>EMILY ANDREWS</t>
+  </si>
+  <si>
+    <t>100440573</t>
+  </si>
+  <si>
+    <t>SOUTH SANDWICH PUMP STATION</t>
+  </si>
+  <si>
+    <t>318 MAIN STREET</t>
+  </si>
+  <si>
+    <t>R ZOPPO CORP.</t>
+  </si>
+  <si>
+    <t>2/11/2026</t>
+  </si>
+  <si>
+    <t>100440621</t>
+  </si>
+  <si>
+    <t>CLEAN HARBORS ATHLETIC FACILITY</t>
+  </si>
+  <si>
+    <t>101 ACADEMY DRIVE</t>
+  </si>
+  <si>
+    <t>BOURNE</t>
+  </si>
+  <si>
+    <t>025320000</t>
+  </si>
+  <si>
+    <t>BRIAN CHERRY</t>
+  </si>
+  <si>
+    <t>80,000</t>
+  </si>
+  <si>
+    <t>MASSACHUSETTS MARITIME ACADEMY</t>
+  </si>
+  <si>
+    <t>GVW, INC</t>
+  </si>
+  <si>
+    <t>38 BENNETT STREET</t>
+  </si>
+  <si>
+    <t>MARK FRAZIER</t>
+  </si>
+  <si>
+    <t>40 WILLARD STREET</t>
+  </si>
+  <si>
+    <t>JARED CONNOLLY</t>
+  </si>
+  <si>
+    <t>CS117472</t>
+  </si>
+  <si>
+    <t>NEW OVERHEAD DOOR</t>
+  </si>
+  <si>
+    <t>MABBETT ASSOCIATES</t>
+  </si>
+  <si>
+    <t>AI3578</t>
+  </si>
+  <si>
+    <t>NUNZIO MORRETTI</t>
+  </si>
+  <si>
+    <t>100440568</t>
+  </si>
+  <si>
+    <t>MAIN STREET PUMP STATION</t>
+  </si>
+  <si>
+    <t>2 GREAT NECK ROAD</t>
+  </si>
+  <si>
+    <t>R ZOPPO CORP</t>
+  </si>
+  <si>
+    <t>100440648</t>
+  </si>
+  <si>
+    <t>358 SECOND AVE</t>
+  </si>
+  <si>
+    <t>024510000</t>
+  </si>
+  <si>
+    <t>TODD GRIMM</t>
+  </si>
+  <si>
+    <t>62743</t>
+  </si>
+  <si>
+    <t>MICHAEL ACHENBAUM</t>
+  </si>
+  <si>
+    <t>100 RING ROAD WEST SUITE 101</t>
+  </si>
+  <si>
+    <t>GARDEN CITY</t>
+  </si>
+  <si>
+    <t>204 SECOND AVE</t>
+  </si>
+  <si>
+    <t>Waltham</t>
+  </si>
+  <si>
+    <t>VANTAGE BUILDERS INC.</t>
+  </si>
+  <si>
+    <t>SKINNER DEMO</t>
+  </si>
+  <si>
+    <t>1595 CENTRAL ST</t>
+  </si>
+  <si>
+    <t>CS-070708</t>
+  </si>
+  <si>
+    <t>DEMISING WALL &amp; GLASS FRONT ENTRANCE</t>
+  </si>
+  <si>
+    <t>26-129</t>
+  </si>
+  <si>
+    <t>TIERNAN GODZIK</t>
+  </si>
+  <si>
+    <t>02/12/2026</t>
+  </si>
+  <si>
+    <t>100440622</t>
+  </si>
+  <si>
+    <t>126 BROOKLINE AVE</t>
+  </si>
+  <si>
+    <t>RYAN COAKLEY</t>
+  </si>
+  <si>
+    <t>24,000</t>
+  </si>
+  <si>
+    <t>SAMUELS &amp; ASSOCIATES</t>
+  </si>
+  <si>
+    <t>136 BROOKLINE AVE</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION MANAGEMENT &amp; BUILDERS, INC.</t>
+  </si>
+  <si>
+    <t>THERON BLANK</t>
+  </si>
+  <si>
+    <t>CS-109081</t>
+  </si>
+  <si>
+    <t>INTERIOR RESTAURANT FITOUT. NO CHANGE TO BLDG/ARE</t>
+  </si>
+  <si>
+    <t>MICHAEL MCCAFFREY</t>
+  </si>
+  <si>
+    <t>AI033194</t>
+  </si>
+  <si>
+    <t>GIANNI GRIMALDI</t>
+  </si>
+  <si>
+    <t>100440661</t>
+  </si>
+  <si>
+    <t>LANI KUZIA DEBONIS</t>
+  </si>
+  <si>
+    <t>DIRECTOR OF CAPITAL CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>46879</t>
+  </si>
+  <si>
+    <t>SELECTIVE DEMOLITION OF FLOORING AND OTHER SCOPES</t>
+  </si>
+  <si>
+    <t>RENOVATION OF EXISTING SPACES.</t>
+  </si>
+  <si>
+    <t>MIKE TIERNAN</t>
+  </si>
+  <si>
+    <t>AI073158</t>
+  </si>
+  <si>
+    <t>100439879R1</t>
+  </si>
+  <si>
+    <t>100440644</t>
+  </si>
+  <si>
+    <t>225 FRANKLIN STREET</t>
+  </si>
+  <si>
+    <t>ROBIN K. ARIAN</t>
+  </si>
+  <si>
+    <t>943605</t>
+  </si>
+  <si>
+    <t>100 SUMMER STREET</t>
+  </si>
+  <si>
+    <t>DAN KING</t>
+  </si>
+  <si>
+    <t>CS-097287</t>
+  </si>
+  <si>
+    <t>CORE RESTROOMS ON LEVELS 22-25</t>
+  </si>
+  <si>
+    <t>FULL REMODEL OF CORE RESTROOMS, LEVELS 22-25</t>
+  </si>
+  <si>
+    <t>GREEN SWEEP, HEPA MACHINES</t>
+  </si>
+  <si>
+    <t>RYAN UTZ</t>
+  </si>
+  <si>
+    <t>02122026</t>
+  </si>
+  <si>
+    <t>100440782</t>
+  </si>
+  <si>
+    <t>68 WEST BOYLSTON ST.</t>
+  </si>
+  <si>
+    <t>WEST BOYLSTON</t>
+  </si>
+  <si>
+    <t>015830000</t>
+  </si>
+  <si>
+    <t>MASON SEDLACEK</t>
+  </si>
+  <si>
+    <t>DBS GROUP</t>
+  </si>
+  <si>
+    <t>200 FRENCH ROAD</t>
+  </si>
+  <si>
+    <t>ONALASKA</t>
+  </si>
+  <si>
+    <t>WI</t>
+  </si>
+  <si>
+    <t>ACTION ENVIRONMENTAL CORP</t>
+  </si>
+  <si>
+    <t>235 OLD WEBSTER ROAD</t>
+  </si>
+  <si>
+    <t>OXFORD</t>
+  </si>
+  <si>
+    <t>CURT BUSSIERE</t>
+  </si>
+  <si>
+    <t>CS-059577</t>
+  </si>
+  <si>
+    <t>COLIN BUSSIERE</t>
+  </si>
+  <si>
+    <t>AI-901214</t>
+  </si>
+  <si>
+    <t>100440771R1</t>
+  </si>
+  <si>
+    <t>100440713</t>
+  </si>
+  <si>
+    <t>BANK OF AMERICA - LOWELL</t>
+  </si>
+  <si>
+    <t>724 CHELMSFORD ST</t>
+  </si>
+  <si>
+    <t>SADIN MARKOVIC</t>
+  </si>
+  <si>
+    <t>11618</t>
+  </si>
+  <si>
+    <t>CBRE</t>
+  </si>
+  <si>
+    <t>SAMI FISSEHAYE</t>
+  </si>
+  <si>
+    <t>CS-119010</t>
+  </si>
+  <si>
+    <t>INTERIOR BANK RENOVATION</t>
+  </si>
+  <si>
+    <t>RICHARD PELLECHIO</t>
+  </si>
+  <si>
+    <t>AI040622</t>
+  </si>
+  <si>
+    <t>100440801</t>
+  </si>
+  <si>
+    <t>638 TREMONT ST</t>
+  </si>
+  <si>
+    <t>INTERIOR SELECTIVE MEP AND ARCH FINISHES</t>
+  </si>
+  <si>
+    <t>INTERIOR ARCH AND MEP EQUIPMENT / FINISHES</t>
+  </si>
+  <si>
+    <t>02/16/2026</t>
+  </si>
+  <si>
+    <t>100440815</t>
+  </si>
+  <si>
+    <t>EPMARC ENTERPRISES</t>
+  </si>
+  <si>
+    <t>841 WOBURN STREET</t>
+  </si>
+  <si>
+    <t>018870000</t>
+  </si>
+  <si>
+    <t>STEPHEN CRAMPE</t>
+  </si>
+  <si>
+    <t>Woburn</t>
+  </si>
+  <si>
+    <t>MAGGIORE CONSTRUCTION CORPORATION</t>
+  </si>
+  <si>
+    <t>13 WHEELING AVE.</t>
+  </si>
+  <si>
+    <t>DAVID P. MANN</t>
+  </si>
+  <si>
+    <t>025406</t>
+  </si>
+  <si>
+    <t>INTERIOR FIT-UP FOR NEW TENANT</t>
+  </si>
+  <si>
+    <t>NEAL CASS</t>
+  </si>
+  <si>
+    <t>AI000213</t>
+  </si>
+  <si>
+    <t>DIRECTOR OF CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>2/16/2026</t>
+  </si>
+  <si>
+    <t>100440817</t>
+  </si>
+  <si>
+    <t>MASSACHUSETTS TRIAL COURT</t>
+  </si>
+  <si>
+    <t>380 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>019010000</t>
+  </si>
+  <si>
+    <t>JEREMIE LEDERER</t>
+  </si>
+  <si>
+    <t>38000</t>
+  </si>
+  <si>
+    <t>380 WASHINGTON ICONIC, LLC</t>
+  </si>
+  <si>
+    <t>566 MADISON AVE.</t>
+  </si>
+  <si>
+    <t>HEMPSTEAD</t>
+  </si>
+  <si>
+    <t>MIKE WILSON</t>
+  </si>
+  <si>
+    <t>NEW 2-STORY 38,000SF OFFICE BUILDING</t>
+  </si>
+  <si>
+    <t>100440791</t>
+  </si>
+  <si>
+    <t>SAATVA</t>
+  </si>
+  <si>
+    <t>91 MIDDLESEX TURNPIKE UNIT 200</t>
+  </si>
+  <si>
+    <t>RYAN SMITH</t>
+  </si>
+  <si>
+    <t>NATIONAL REAL ESTATE PROJECT MANAGER</t>
+  </si>
+  <si>
+    <t>3901</t>
+  </si>
+  <si>
+    <t>BRIXMOR GROUP - BRANDON VANCE</t>
+  </si>
+  <si>
+    <t>111 MIDDLESEX TURNPIKE FLOOR 2</t>
+  </si>
+  <si>
+    <t>BOB ERDMANN</t>
+  </si>
+  <si>
+    <t>CS050679</t>
+  </si>
+  <si>
+    <t>TRENCHING AND CORING SLAB</t>
+  </si>
+  <si>
+    <t>FROM PHONE RETAIL SPACE TO MATTRESS RETAIL SPACE</t>
+  </si>
+  <si>
+    <t>CORINNE EYSIE</t>
+  </si>
+  <si>
+    <t>100438942R3</t>
+  </si>
+  <si>
+    <t>100440799</t>
+  </si>
+  <si>
+    <t>75 W BROOKLINE ST</t>
+  </si>
+  <si>
+    <t>INTERIOR ARCH AND MEP FINISHES</t>
+  </si>
+  <si>
+    <t>100440813</t>
+  </si>
+  <si>
+    <t>237 CHANDLER STREET</t>
+  </si>
+  <si>
+    <t>016090000</t>
+  </si>
+  <si>
+    <t>BENJAMIN KLEINER</t>
+  </si>
+  <si>
+    <t>32000</t>
+  </si>
+  <si>
+    <t>SOUTH MIDDLESEX NON PROFIT CORPORATION</t>
+  </si>
+  <si>
+    <t>7 BISHOP STREET</t>
+  </si>
+  <si>
+    <t>126 LEWIS WHARF</t>
+  </si>
+  <si>
+    <t>ALLEGRONE COMPANIES</t>
+  </si>
+  <si>
+    <t>MARK JACOBS</t>
+  </si>
+  <si>
+    <t>AI900679</t>
+  </si>
+  <si>
+    <t>100440715</t>
+  </si>
+  <si>
+    <t>100440814</t>
+  </si>
+  <si>
+    <t>97 MILL ROAD</t>
+  </si>
+  <si>
+    <t>LITTLETON</t>
+  </si>
+  <si>
+    <t>017720000</t>
+  </si>
+  <si>
+    <t>STEVEN IACABONI</t>
+  </si>
+  <si>
+    <t>LITTLETON ELECTRIC LIGHT &amp; WATER DEPARTMENT</t>
+  </si>
+  <si>
+    <t>97 MILL RD</t>
+  </si>
+  <si>
+    <t>75 PARKER ST</t>
+  </si>
+  <si>
+    <t>THE AULSON COMPANY INC</t>
+  </si>
+  <si>
+    <t>49 DANTON DRIVE</t>
+  </si>
+  <si>
+    <t>METHUEN</t>
+  </si>
+  <si>
+    <t>ALAN AULSON JR.</t>
+  </si>
+  <si>
+    <t>CS092884</t>
+  </si>
+  <si>
+    <t>SELECTIVE INT DEMO AND METAL SIDING REMOVAL</t>
+  </si>
+  <si>
+    <t>MR. CALEB PETTIGREW</t>
+  </si>
+  <si>
+    <t>100436898</t>
+  </si>
+  <si>
+    <t>GEORGE J. MELLO</t>
+  </si>
+  <si>
+    <t>100440798</t>
+  </si>
+  <si>
+    <t>SELECTIVE DEMOLITION OF MEP AND ARCH FINISHES</t>
+  </si>
+  <si>
+    <t>100440851</t>
+  </si>
+  <si>
+    <t>1135 TREMONT ST</t>
+  </si>
+  <si>
+    <t>CLAIRE GAGLIARDI</t>
+  </si>
+  <si>
+    <t>COMMODORE BUILDERS LLC</t>
+  </si>
+  <si>
+    <t>STEVE GLOVER</t>
+  </si>
+  <si>
+    <t>CS-111515</t>
+  </si>
+  <si>
+    <t>INTERIOR RENOVATION OF 6TH FLOOR.</t>
+  </si>
+  <si>
+    <t>AI 060336</t>
+  </si>
+  <si>
+    <t>MARCUS GONZALEZ</t>
+  </si>
+  <si>
+    <t>DIRECTOR OF PERMITTING</t>
+  </si>
+  <si>
+    <t>100440839</t>
+  </si>
+  <si>
+    <t>DEERFIELD ACADEMY WEST DORM</t>
+  </si>
+  <si>
+    <t>7 BOYDEN LANE</t>
+  </si>
+  <si>
+    <t>013420000</t>
+  </si>
+  <si>
+    <t>DERRICK PIEMONTE</t>
+  </si>
+  <si>
+    <t>30169</t>
+  </si>
+  <si>
+    <t>TRUSTEES OF DEERFIELD</t>
+  </si>
+  <si>
+    <t>ANDREW DEMADO</t>
+  </si>
+  <si>
+    <t>FONTAINE BROS INC</t>
+  </si>
+  <si>
+    <t>510 COTTAGE STREET</t>
+  </si>
+  <si>
+    <t>CS-091638</t>
+  </si>
+  <si>
+    <t>NEW 30,169SF 3 STORY DORMITORY</t>
+  </si>
+  <si>
+    <t>Seeding,Wetting,Covering,,</t>
+  </si>
+  <si>
+    <t>BRANDON WENDOLOWSKI</t>
+  </si>
+  <si>
+    <t>02172026</t>
+  </si>
+  <si>
+    <t>100440877</t>
+  </si>
+  <si>
+    <t>41 WINTHROP ST</t>
+  </si>
+  <si>
+    <t>ELSONCALLEJAS</t>
+  </si>
+  <si>
+    <t>1350 MASSACHUSETTS AVE</t>
+  </si>
+  <si>
+    <t>10 HOLYOKE PLACE</t>
+  </si>
+  <si>
+    <t>PRISIM RESPONSE LLC</t>
+  </si>
+  <si>
+    <t>50 CONCORD STREET</t>
+  </si>
+  <si>
+    <t>SCOTT WRIGHT</t>
+  </si>
+  <si>
+    <t>096523</t>
+  </si>
+  <si>
+    <t>BASEMENT</t>
+  </si>
+  <si>
+    <t>AI000317</t>
+  </si>
+  <si>
+    <t>100440872</t>
+  </si>
+  <si>
+    <t>SEAN CLEMENTS</t>
+  </si>
+  <si>
+    <t>SALES</t>
+  </si>
+  <si>
+    <t>PRISIM RESPONSE</t>
+  </si>
+  <si>
+    <t>100440830</t>
+  </si>
+  <si>
+    <t>INTERIOR RENOVATION OF THE 5TH AND 8TH FLOORS</t>
+  </si>
+  <si>
+    <t>100440150R1</t>
+  </si>
+  <si>
+    <t>100440908</t>
+  </si>
+  <si>
+    <t>GOOGLE</t>
+  </si>
+  <si>
+    <t>90 BROADWAY</t>
+  </si>
+  <si>
+    <t>ZACH MILLER</t>
+  </si>
+  <si>
+    <t>230000</t>
+  </si>
+  <si>
+    <t>CHRIS THERRIEN</t>
+  </si>
+  <si>
+    <t>CS118449</t>
+  </si>
+  <si>
+    <t>OFFICE SPACE, CARPET, WALLS, MISC. MEPS</t>
+  </si>
+  <si>
+    <t>AI000058</t>
+  </si>
+  <si>
+    <t>02182026</t>
+  </si>
+  <si>
+    <t>100440893</t>
+  </si>
+  <si>
+    <t>55 PIER 4 BOULEVARD</t>
+  </si>
+  <si>
+    <t>CAROLINE ROBERTSON</t>
+  </si>
+  <si>
+    <t>370000</t>
+  </si>
+  <si>
+    <t>CHRISTOPHER THERRIEN</t>
+  </si>
+  <si>
+    <t>ACOUSTIC CEILING TILES, CARPET, WALLS, MISC MEPS</t>
+  </si>
+  <si>
+    <t>CONNOR SHULTZ</t>
+  </si>
+  <si>
+    <t>AI901091</t>
+  </si>
+  <si>
+    <t>100440692</t>
+  </si>
+  <si>
+    <t>JOSLIN DIABETES BUILDING</t>
+  </si>
+  <si>
+    <t>1 JOSLIN PLACE</t>
+  </si>
+  <si>
+    <t>JOHN PAGANI</t>
+  </si>
+  <si>
+    <t>EXC. DIR OF ENGINEERING &amp; INFRAS</t>
+  </si>
+  <si>
+    <t>260000</t>
+  </si>
+  <si>
+    <t>BETH ISREAL DEACONESS MEDICAL CENTER</t>
+  </si>
+  <si>
+    <t>330 BROOKLINE AVENUE</t>
+  </si>
+  <si>
+    <t>20 OVERLAND STREET STE. 400 B</t>
+  </si>
+  <si>
+    <t>EMIL GIORDANO</t>
+  </si>
+  <si>
+    <t>40 LOWELL ROAD, BLDG.2</t>
+  </si>
+  <si>
+    <t>TOTAL DEMOLITION OF INTERIOR/EXTERIOR STRUCTURES</t>
+  </si>
+  <si>
+    <t>DONN LAFLAMME</t>
+  </si>
+  <si>
+    <t>100440518</t>
+  </si>
+  <si>
+    <t>100440954</t>
+  </si>
+  <si>
+    <t>DCR REILLY RINK</t>
+  </si>
+  <si>
+    <t>355 CHESTNUT HILL AVE</t>
+  </si>
+  <si>
+    <t>BRIAN HAAK</t>
+  </si>
+  <si>
+    <t>REGIONAL ENGINEER</t>
+  </si>
+  <si>
+    <t>32,000</t>
+  </si>
+  <si>
+    <t>DEPARTMENT OF CONSERVATION AND RECREATION</t>
+  </si>
+  <si>
+    <t>695 HILLSIDE STREET</t>
+  </si>
+  <si>
+    <t>MILTON</t>
+  </si>
+  <si>
+    <t>TRANSITO LANDAVERDE</t>
+  </si>
+  <si>
+    <t>RAY SERVICES INC</t>
+  </si>
+  <si>
+    <t>530 BROADWAY 4TH FLOOR</t>
+  </si>
+  <si>
+    <t>BENNY GUZMAN</t>
+  </si>
+  <si>
+    <t>CS-118564</t>
+  </si>
+  <si>
+    <t>RENOVATIONS TO EXISTING CONCESSIONS STAND AND OFF</t>
+  </si>
+  <si>
+    <t>132956</t>
+  </si>
+  <si>
+    <t>100440897</t>
+  </si>
+  <si>
+    <t>300 A STREET</t>
+  </si>
+  <si>
+    <t>JERRY DRISCOLL</t>
+  </si>
+  <si>
+    <t>CHIEF ENGINEER</t>
+  </si>
+  <si>
+    <t>112740</t>
+  </si>
+  <si>
+    <t>NATIONAL DEVELOPMENT</t>
+  </si>
+  <si>
+    <t>2310 WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>NEWTON LOWER FALLS</t>
+  </si>
+  <si>
+    <t>DOUG RADAR</t>
+  </si>
+  <si>
+    <t>AI030981</t>
+  </si>
+  <si>
+    <t>02/18/2026</t>
+  </si>
+  <si>
+    <t>100440917</t>
+  </si>
+  <si>
+    <t>RTX-RAYTHEON THERMAL NORTH BUILDING</t>
+  </si>
+  <si>
+    <t>350 LOWELL ST</t>
+  </si>
+  <si>
+    <t>AMANDA SAUER PETERS</t>
+  </si>
+  <si>
+    <t>PROJECT MANGER</t>
+  </si>
+  <si>
+    <t>136,500</t>
+  </si>
+  <si>
+    <t>RAYTHEON</t>
+  </si>
+  <si>
+    <t>TIM SAMPSON</t>
+  </si>
+  <si>
+    <t>CS 111649</t>
+  </si>
+  <si>
+    <t>SELECT WALLS AND ASSOCIATED MEP FP RELOCATIONS NE</t>
+  </si>
+  <si>
+    <t>INSTALLATION OF NEW THERMAL CHAMBER AND ASSOCIATE</t>
+  </si>
+  <si>
+    <t>DAVID SWEET</t>
+  </si>
+  <si>
+    <t>AI 900551</t>
+  </si>
+  <si>
+    <t>CHRISTIAN DOSKOCIL</t>
+  </si>
+  <si>
+    <t>100440828</t>
+  </si>
+  <si>
+    <t>GREYLOCK ELEMENTARY SCHOOL</t>
+  </si>
+  <si>
+    <t>100 PHELPS AVENUE</t>
+  </si>
+  <si>
+    <t>RYAN DIPASQUALE</t>
+  </si>
+  <si>
+    <t>70000</t>
+  </si>
+  <si>
+    <t>CITY OF NORTH ADAMS</t>
+  </si>
+  <si>
+    <t>10 MAIN STREET</t>
+  </si>
+  <si>
+    <t>Springfield</t>
+  </si>
+  <si>
+    <t>FONTAINE BROTHERS</t>
+  </si>
+  <si>
+    <t>RYAN DIPASQUATE</t>
+  </si>
+  <si>
+    <t>100440826</t>
+  </si>
+  <si>
+    <t>100441013</t>
+  </si>
+  <si>
+    <t>HOSPITAL</t>
+  </si>
+  <si>
+    <t>34 TOWER STREET</t>
+  </si>
+  <si>
+    <t>TIM SHEEHAN</t>
+  </si>
+  <si>
+    <t>105000</t>
+  </si>
+  <si>
+    <t>CAMBRIDGE HEALTH ALLIANCE</t>
+  </si>
+  <si>
+    <t>JOSEPH R CURLEY</t>
+  </si>
+  <si>
+    <t>CEILING / PIPES BEING WORKED ON</t>
+  </si>
+  <si>
+    <t>AI900857</t>
+  </si>
+  <si>
+    <t>100440950</t>
+  </si>
+  <si>
+    <t>100440821</t>
+  </si>
+  <si>
+    <t>85 MEMORIAL DRIVE</t>
+  </si>
+  <si>
+    <t>85 MEMORIAL DR</t>
+  </si>
+  <si>
+    <t>MICHAEL CROUNSE</t>
+  </si>
+  <si>
+    <t>FACILITIES DIRECTOR</t>
+  </si>
+  <si>
+    <t>CITY OF SALEM</t>
+  </si>
+  <si>
+    <t>APEX ABATEMENT AND DEMOLITION</t>
+  </si>
+  <si>
+    <t>100 MAIN ST, SUITE 13</t>
+  </si>
+  <si>
+    <t>AMESBYRT</t>
+  </si>
+  <si>
+    <t>ALEX CLEGG</t>
+  </si>
+  <si>
+    <t>CS-122618</t>
+  </si>
+  <si>
+    <t>ENTIRE BUILDING/S</t>
+  </si>
+  <si>
+    <t>ERIC ESTRADA</t>
+  </si>
+  <si>
+    <t>AI-900737</t>
+  </si>
+  <si>
+    <t>100440039</t>
+  </si>
+  <si>
+    <t>ALEXANDER CLEGG</t>
+  </si>
+  <si>
+    <t>APEX ABATEMENT &amp; DEMOLITION LLC</t>
+  </si>
+  <si>
+    <t>100441032</t>
+  </si>
+  <si>
+    <t>200 LIBBEY PARKWAY</t>
+  </si>
+  <si>
+    <t>021890000</t>
+  </si>
+  <si>
+    <t>DAN SWEENEY</t>
+  </si>
+  <si>
+    <t>FACILITIES ENGINEER</t>
+  </si>
+  <si>
+    <t>244400</t>
+  </si>
+  <si>
+    <t>Medford</t>
+  </si>
+  <si>
+    <t>BOND BUILDING</t>
+  </si>
+  <si>
+    <t>10 CABOT RD #300</t>
+  </si>
+  <si>
+    <t>EILEEN FLANAGAN</t>
+  </si>
+  <si>
+    <t>NORWOOD</t>
+  </si>
+  <si>
+    <t>CS-107337</t>
+  </si>
+  <si>
+    <t>2ND FLOOR RESILIENT FLOORING</t>
+  </si>
+  <si>
+    <t>EILEEN FLANAGAN-LANIER</t>
+  </si>
+  <si>
+    <t>100441030</t>
+  </si>
+  <si>
+    <t>VACANT BUILDING HAVERHILL LANDFILL</t>
+  </si>
+  <si>
+    <t>92 YEMMA ROAD</t>
+  </si>
+  <si>
+    <t>018350000</t>
+  </si>
+  <si>
+    <t>STEVEN S. BUCUZZO MCPPO</t>
+  </si>
+  <si>
+    <t>DIRECTOR CPO</t>
+  </si>
+  <si>
+    <t>CITY OF HAVERHILL</t>
+  </si>
+  <si>
+    <t>4 SUMMER STREET #105</t>
+  </si>
+  <si>
+    <t>57 LAWRENCE STREET</t>
+  </si>
+  <si>
+    <t>CLINTON</t>
+  </si>
+  <si>
+    <t>T B D</t>
+  </si>
+  <si>
+    <t>ALAN AULSON JR</t>
+  </si>
+  <si>
+    <t>DEMOLITION OF FORMER QUONSET HUT</t>
+  </si>
+  <si>
+    <t>JESSE DEGEORGE</t>
+  </si>
+  <si>
+    <t>AI031684</t>
+  </si>
+  <si>
+    <t>100440476</t>
+  </si>
+  <si>
+    <t>100441049</t>
+  </si>
+  <si>
+    <t>20 STANIFORD STREET</t>
+  </si>
+  <si>
+    <t>FLOOR REPLACEMENT ON LEVEL 3 LAB.</t>
+  </si>
+  <si>
+    <t>JENNA DIAMOND</t>
+  </si>
+  <si>
+    <t>2/13/26</t>
+  </si>
+  <si>
+    <t>100438386R2</t>
+  </si>
+  <si>
+    <t>100441052</t>
+  </si>
+  <si>
+    <t>GENERAL CONTRACTOR</t>
+  </si>
+  <si>
+    <t>GREEM ENVIRONMENTAL CONSULTING, INC</t>
+  </si>
+  <si>
+    <t>02/20/2026</t>
+  </si>
+  <si>
+    <t>100441057</t>
+  </si>
+  <si>
+    <t>J. BATES &amp; SON, LLC</t>
+  </si>
+  <si>
+    <t>THE AULSON COMPANY INC.</t>
+  </si>
+  <si>
+    <t>100440187</t>
+  </si>
+  <si>
+    <t>OAKLAND ST LIME FEED BUILDING</t>
+  </si>
+  <si>
+    <t>48 OAKLAND ST</t>
+  </si>
+  <si>
+    <t>MEDWAY</t>
+  </si>
+  <si>
+    <t>020530000</t>
+  </si>
+  <si>
+    <t>BARRY SMITH</t>
+  </si>
+  <si>
+    <t>WATER SUPERINTENDENT</t>
+  </si>
+  <si>
+    <t>TOWN OF MEDWAY</t>
+  </si>
+  <si>
+    <t>155 VILLAGE ST</t>
+  </si>
+  <si>
+    <t>Medway</t>
+  </si>
+  <si>
+    <t>DANKRIS</t>
+  </si>
+  <si>
+    <t>6 HIGH ST</t>
+  </si>
+  <si>
+    <t>PLAINVILLE</t>
+  </si>
+  <si>
+    <t>LUKE BARIL</t>
+  </si>
+  <si>
+    <t>500SF STRUCTURE</t>
+  </si>
+  <si>
+    <t>JAIMORRI SANDERS</t>
+  </si>
+  <si>
+    <t>AI901146</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -3628,51 +9061,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:BF60"/>
+  <dimension ref="A1:BF214"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="1" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3975,1244 +9408,1244 @@
       </c>
       <c r="AV2" t="s">
         <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>85</v>
       </c>
       <c r="BC2" t="s">
         <v>86</v>
       </c>
       <c r="BD2" t="s">
         <v>70</v>
       </c>
       <c r="BE2" s="1">
         <v>46024</v>
       </c>
       <c r="BF2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>88</v>
       </c>
       <c r="B3" t="s">
+        <v>59</v>
+      </c>
+      <c r="C3" t="s">
         <v>89</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>61</v>
+      </c>
+      <c r="E3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F3" t="s">
+        <v>63</v>
+      </c>
+      <c r="G3" t="s">
         <v>90</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>91</v>
       </c>
-      <c r="E3" t="s">
-[...2 lines deleted...]
-      <c r="F3" t="s">
+      <c r="I3" t="s">
         <v>92</v>
       </c>
-      <c r="G3" t="s">
+      <c r="J3">
+        <v>4</v>
+      </c>
+      <c r="K3">
+        <v>-1</v>
+      </c>
+      <c r="M3">
+        <v>-1</v>
+      </c>
+      <c r="N3" t="s">
         <v>93</v>
       </c>
-      <c r="H3" t="s">
+      <c r="O3" t="s">
+        <v>68</v>
+      </c>
+      <c r="P3" t="s">
         <v>94</v>
       </c>
-      <c r="I3" t="s">
+      <c r="Q3" t="s">
+        <v>61</v>
+      </c>
+      <c r="R3" t="s">
+        <v>62</v>
+      </c>
+      <c r="S3">
+        <v>21180000</v>
+      </c>
+      <c r="T3" t="s">
+        <v>90</v>
+      </c>
+      <c r="U3" t="s">
         <v>95</v>
       </c>
-      <c r="J3">
-[...8 lines deleted...]
-      <c r="O3" t="s">
+      <c r="V3" t="s">
+        <v>72</v>
+      </c>
+      <c r="W3" t="s">
+        <v>62</v>
+      </c>
+      <c r="X3">
+        <v>2451</v>
+      </c>
+      <c r="Y3" s="1">
+        <v>46048</v>
+      </c>
+      <c r="Z3" s="1">
+        <v>46079</v>
+      </c>
+      <c r="AA3" t="s">
         <v>96</v>
       </c>
-      <c r="P3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="AB3" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="AC3" t="s">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="AD3" t="s">
         <v>62</v>
       </c>
       <c r="AE3">
-        <v>18450000</v>
+        <v>24510000</v>
       </c>
       <c r="AF3" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="AG3" t="s">
         <v>74</v>
       </c>
       <c r="AH3" t="s">
         <v>75</v>
       </c>
       <c r="AI3" t="s">
         <v>76</v>
       </c>
       <c r="AJ3" t="s">
         <v>62</v>
       </c>
       <c r="AK3">
         <v>18260000</v>
       </c>
       <c r="AL3" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN3">
+        <v>0</v>
+      </c>
+      <c r="AO3" t="s">
+        <v>98</v>
+      </c>
+      <c r="AQ3">
+        <v>-1</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>99</v>
+      </c>
+      <c r="AS3" t="s">
+        <v>100</v>
+      </c>
+      <c r="AT3">
+        <v>0</v>
+      </c>
+      <c r="AV3" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB3" t="s">
         <v>102</v>
       </c>
-      <c r="AM3" t="s">
+      <c r="BC3" t="s">
         <v>103</v>
       </c>
-      <c r="AN3">
-[...2 lines deleted...]
-      <c r="AO3" t="s">
+      <c r="BD3" t="s">
         <v>104</v>
-      </c>
-[...28 lines deleted...]
-        <v>112</v>
       </c>
       <c r="BE3" s="1">
         <v>46027</v>
       </c>
     </row>
     <row r="4" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="B4" t="s">
-        <v>114</v>
+        <v>59</v>
       </c>
       <c r="C4" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="D4" t="s">
         <v>61</v>
       </c>
       <c r="E4" t="s">
         <v>62</v>
       </c>
       <c r="F4" t="s">
-        <v>116</v>
+        <v>63</v>
       </c>
       <c r="G4" t="s">
-        <v>117</v>
+        <v>90</v>
       </c>
       <c r="H4" t="s">
-        <v>118</v>
+        <v>91</v>
       </c>
       <c r="I4" t="s">
-        <v>119</v>
+        <v>92</v>
       </c>
       <c r="J4">
-        <v>31</v>
+        <v>4</v>
       </c>
       <c r="K4">
         <v>-1</v>
       </c>
       <c r="M4">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="N4" t="s">
+        <v>93</v>
       </c>
       <c r="O4" t="s">
-        <v>120</v>
+        <v>68</v>
       </c>
       <c r="P4" t="s">
-        <v>121</v>
+        <v>94</v>
       </c>
       <c r="Q4" t="s">
         <v>61</v>
       </c>
       <c r="R4" t="s">
         <v>62</v>
       </c>
       <c r="S4">
-        <v>21990000</v>
+        <v>21180000</v>
       </c>
       <c r="T4" t="s">
-        <v>117</v>
+        <v>90</v>
       </c>
       <c r="U4" t="s">
-        <v>122</v>
+        <v>95</v>
       </c>
       <c r="V4" t="s">
-        <v>123</v>
+        <v>72</v>
       </c>
       <c r="W4" t="s">
         <v>62</v>
       </c>
       <c r="X4">
-        <v>2109</v>
+        <v>2451</v>
       </c>
       <c r="Y4" s="1">
-        <v>46037</v>
+        <v>46048</v>
       </c>
       <c r="Z4" s="1">
-        <v>46205</v>
+        <v>46079</v>
       </c>
       <c r="AA4" t="s">
-        <v>124</v>
+        <v>96</v>
       </c>
       <c r="AB4" t="s">
-        <v>122</v>
+        <v>95</v>
       </c>
       <c r="AC4" t="s">
         <v>61</v>
       </c>
       <c r="AD4" t="s">
         <v>62</v>
       </c>
       <c r="AE4">
-        <v>21090000</v>
+        <v>24510000</v>
       </c>
       <c r="AF4" t="s">
-        <v>117</v>
+        <v>90</v>
       </c>
       <c r="AG4" t="s">
-        <v>124</v>
+        <v>74</v>
       </c>
       <c r="AH4" t="s">
-        <v>122</v>
+        <v>75</v>
       </c>
       <c r="AI4" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="AJ4" t="s">
         <v>62</v>
       </c>
       <c r="AK4">
-        <v>21090000</v>
+        <v>18260000</v>
       </c>
       <c r="AL4" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="AM4" t="s">
-        <v>125</v>
+        <v>97</v>
       </c>
       <c r="AN4">
         <v>0</v>
       </c>
       <c r="AO4" t="s">
-        <v>126</v>
+        <v>98</v>
       </c>
       <c r="AP4" t="s">
-        <v>127</v>
+        <v>107</v>
       </c>
       <c r="AQ4">
         <v>-1</v>
       </c>
       <c r="AR4" t="s">
-        <v>128</v>
+        <v>81</v>
       </c>
       <c r="AS4" t="s">
-        <v>129</v>
+        <v>108</v>
       </c>
       <c r="AT4">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>109</v>
       </c>
       <c r="AV4" t="s">
-        <v>130</v>
+        <v>101</v>
       </c>
       <c r="BB4" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="BC4" t="s">
-        <v>118</v>
+        <v>103</v>
       </c>
       <c r="BD4" t="s">
-        <v>124</v>
+        <v>74</v>
       </c>
       <c r="BE4" s="1">
         <v>46027</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="5" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
-        <v>132</v>
+        <v>110</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>111</v>
       </c>
       <c r="C5" t="s">
-        <v>133</v>
+        <v>112</v>
       </c>
       <c r="D5" t="s">
-        <v>61</v>
+        <v>113</v>
       </c>
       <c r="E5" t="s">
         <v>62</v>
       </c>
       <c r="F5" t="s">
-        <v>63</v>
+        <v>114</v>
       </c>
       <c r="G5" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="H5" t="s">
-        <v>135</v>
+        <v>116</v>
       </c>
       <c r="I5" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="J5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K5">
         <v>-1</v>
       </c>
       <c r="M5">
-        <v>-1</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="O5" t="s">
-        <v>68</v>
+        <v>118</v>
       </c>
       <c r="P5" t="s">
-        <v>138</v>
+        <v>119</v>
       </c>
       <c r="Q5" t="s">
-        <v>61</v>
+        <v>120</v>
       </c>
       <c r="R5" t="s">
         <v>62</v>
       </c>
       <c r="S5">
-        <v>21180000</v>
+        <v>23790000</v>
       </c>
       <c r="T5" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="U5" t="s">
-        <v>139</v>
+        <v>121</v>
       </c>
       <c r="V5" t="s">
-        <v>72</v>
+        <v>122</v>
       </c>
       <c r="W5" t="s">
         <v>62</v>
       </c>
       <c r="X5">
-        <v>2451</v>
+        <v>1845</v>
       </c>
       <c r="Y5" s="1">
-        <v>46048</v>
+        <v>46017</v>
       </c>
       <c r="Z5" s="1">
-        <v>46079</v>
+        <v>46062</v>
       </c>
       <c r="AA5" t="s">
-        <v>140</v>
+        <v>123</v>
       </c>
       <c r="AB5" t="s">
-        <v>139</v>
+        <v>121</v>
       </c>
       <c r="AC5" t="s">
-        <v>61</v>
+        <v>122</v>
       </c>
       <c r="AD5" t="s">
         <v>62</v>
       </c>
       <c r="AE5">
-        <v>24510000</v>
+        <v>18450000</v>
       </c>
       <c r="AF5" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="AG5" t="s">
         <v>74</v>
       </c>
       <c r="AH5" t="s">
         <v>75</v>
       </c>
       <c r="AI5" t="s">
         <v>76</v>
       </c>
       <c r="AJ5" t="s">
         <v>62</v>
       </c>
       <c r="AK5">
         <v>18260000</v>
       </c>
       <c r="AL5" t="s">
-        <v>77</v>
+        <v>124</v>
       </c>
       <c r="AM5" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN5">
+        <v>0</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>125</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>107</v>
+      </c>
+      <c r="AQ5">
+        <v>-1</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>126</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>127</v>
+      </c>
+      <c r="AT5">
+        <v>-1</v>
+      </c>
+      <c r="AU5" t="s">
+        <v>128</v>
+      </c>
+      <c r="AV5" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC5" t="s">
         <v>103</v>
       </c>
-      <c r="AN5">
-[...31 lines deleted...]
-      </c>
       <c r="BD5" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="BE5" s="1">
         <v>46027</v>
       </c>
     </row>
     <row r="6" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>130</v>
       </c>
       <c r="C6" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="D6" t="s">
         <v>61</v>
       </c>
       <c r="E6" t="s">
         <v>62</v>
       </c>
       <c r="F6" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="G6" t="s">
+        <v>133</v>
+      </c>
+      <c r="H6" t="s">
         <v>134</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>135</v>
       </c>
-      <c r="I6" t="s">
+      <c r="J6">
+        <v>31</v>
+      </c>
+      <c r="K6">
+        <v>-1</v>
+      </c>
+      <c r="M6">
+        <v>0</v>
+      </c>
+      <c r="O6" t="s">
         <v>136</v>
       </c>
-      <c r="J6">
-[...8 lines deleted...]
-      <c r="N6" t="s">
+      <c r="P6" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
       <c r="Q6" t="s">
         <v>61</v>
       </c>
       <c r="R6" t="s">
         <v>62</v>
       </c>
       <c r="S6">
-        <v>21180000</v>
+        <v>21990000</v>
       </c>
       <c r="T6" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="U6" t="s">
+        <v>138</v>
+      </c>
+      <c r="V6" t="s">
         <v>139</v>
       </c>
-      <c r="V6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W6" t="s">
         <v>62</v>
       </c>
       <c r="X6">
-        <v>2451</v>
+        <v>2109</v>
       </c>
       <c r="Y6" s="1">
-        <v>46048</v>
+        <v>46037</v>
       </c>
       <c r="Z6" s="1">
-        <v>46079</v>
+        <v>46205</v>
       </c>
       <c r="AA6" t="s">
         <v>140</v>
       </c>
       <c r="AB6" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AC6" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="AD6" t="s">
         <v>62</v>
       </c>
       <c r="AE6">
-        <v>24510000</v>
+        <v>21090000</v>
       </c>
       <c r="AF6" t="s">
+        <v>133</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>140</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ6" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK6">
+        <v>21090000</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>133</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>141</v>
+      </c>
+      <c r="AN6">
+        <v>0</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>142</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>143</v>
+      </c>
+      <c r="AQ6">
+        <v>-1</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS6" t="s">
+        <v>145</v>
+      </c>
+      <c r="AT6">
+        <v>0</v>
+      </c>
+      <c r="AV6" t="s">
+        <v>146</v>
+      </c>
+      <c r="BB6" t="s">
+        <v>133</v>
+      </c>
+      <c r="BC6" t="s">
         <v>134</v>
       </c>
-      <c r="AG6" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="BD6" t="s">
-        <v>112</v>
+        <v>140</v>
       </c>
       <c r="BE6" s="1">
         <v>46027</v>
+      </c>
+      <c r="BF6" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="7" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
         <v>148</v>
       </c>
       <c r="B7" t="s">
         <v>149</v>
       </c>
       <c r="C7" t="s">
         <v>150</v>
       </c>
       <c r="D7" t="s">
         <v>61</v>
       </c>
       <c r="E7" t="s">
         <v>62</v>
       </c>
       <c r="F7" t="s">
         <v>151</v>
       </c>
       <c r="G7" t="s">
         <v>152</v>
       </c>
       <c r="H7" t="s">
         <v>153</v>
       </c>
       <c r="I7" t="s">
         <v>154</v>
       </c>
       <c r="J7">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="K7">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="M7">
         <v>0</v>
       </c>
       <c r="O7" t="s">
         <v>149</v>
       </c>
       <c r="P7" t="s">
         <v>150</v>
       </c>
       <c r="Q7" t="s">
         <v>61</v>
       </c>
       <c r="R7" t="s">
         <v>62</v>
       </c>
       <c r="S7">
-        <v>21290000</v>
+        <v>22100000</v>
       </c>
       <c r="T7" t="s">
         <v>152</v>
       </c>
       <c r="U7" t="s">
         <v>150</v>
       </c>
       <c r="V7" t="s">
         <v>61</v>
       </c>
       <c r="W7" t="s">
         <v>62</v>
       </c>
       <c r="X7">
-        <v>2129</v>
+        <v>2210</v>
       </c>
       <c r="Y7" s="1">
-        <v>46040</v>
+        <v>46043</v>
       </c>
       <c r="Z7" s="1">
-        <v>46405</v>
+        <v>46378</v>
       </c>
       <c r="AA7" t="s">
         <v>155</v>
       </c>
       <c r="AB7" t="s">
         <v>156</v>
       </c>
       <c r="AC7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE7">
+        <v>22100000</v>
+      </c>
+      <c r="AF7" t="s">
         <v>157</v>
       </c>
-      <c r="AD7" t="s">
-[...5 lines deleted...]
-      <c r="AF7" t="s">
+      <c r="AG7" t="s">
         <v>158</v>
       </c>
-      <c r="AG7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AH7" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="AI7" t="s">
+        <v>160</v>
+      </c>
+      <c r="AJ7" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK7">
+        <v>18870000</v>
+      </c>
+      <c r="AL7" t="s">
+        <v>161</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>162</v>
+      </c>
+      <c r="AN7">
+        <v>0</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>163</v>
+      </c>
+      <c r="AQ7">
+        <v>-1</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>164</v>
+      </c>
+      <c r="AS7" t="s">
+        <v>165</v>
+      </c>
+      <c r="AT7">
+        <v>0</v>
+      </c>
+      <c r="AV7" t="s">
+        <v>101</v>
+      </c>
+      <c r="AW7" t="s">
+        <v>166</v>
+      </c>
+      <c r="BB7" t="s">
         <v>157</v>
       </c>
-      <c r="AJ7" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="BC7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="BD7" t="s">
         <v>155</v>
       </c>
       <c r="BE7" s="1">
         <v>46028</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="8" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B8" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C8" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D8" t="s">
-        <v>170</v>
+        <v>61</v>
       </c>
       <c r="E8" t="s">
         <v>62</v>
       </c>
       <c r="F8" t="s">
         <v>171</v>
       </c>
       <c r="G8" t="s">
         <v>172</v>
       </c>
       <c r="H8" t="s">
+        <v>153</v>
+      </c>
+      <c r="I8" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="J8">
         <v>3</v>
       </c>
       <c r="K8">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="M8">
         <v>0</v>
       </c>
       <c r="O8" t="s">
+        <v>174</v>
+      </c>
+      <c r="P8" t="s">
         <v>175</v>
       </c>
-      <c r="P8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q8" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="R8" t="s">
-        <v>62</v>
+        <v>177</v>
       </c>
       <c r="S8">
-        <v>16050000</v>
+        <v>328270000</v>
       </c>
       <c r="T8" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="U8" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="V8" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="W8" t="s">
-        <v>62</v>
+        <v>177</v>
       </c>
       <c r="X8">
-        <v>1605</v>
+        <v>32827</v>
       </c>
       <c r="Y8" s="1">
-        <v>46043</v>
+        <v>46027</v>
       </c>
       <c r="Z8" s="1">
-        <v>46479</v>
+        <v>46387</v>
       </c>
       <c r="AA8" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="AB8" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="AC8" t="s">
-        <v>178</v>
+        <v>61</v>
       </c>
       <c r="AD8" t="s">
         <v>62</v>
       </c>
       <c r="AE8">
-        <v>17570000</v>
+        <v>21190000</v>
       </c>
       <c r="AF8" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="AG8" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="AH8" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="AI8" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="AJ8" t="s">
         <v>62</v>
       </c>
       <c r="AK8">
-        <v>17570000</v>
+        <v>23020000</v>
       </c>
       <c r="AL8" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="AM8" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="AN8">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>-1</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>187</v>
       </c>
       <c r="AQ8">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>188</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>189</v>
       </c>
       <c r="AT8">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="AU8" t="s">
+        <v>190</v>
       </c>
       <c r="AV8" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB8" t="s">
+        <v>191</v>
+      </c>
+      <c r="BC8" t="s">
+        <v>192</v>
+      </c>
+      <c r="BD8" t="s">
         <v>182</v>
-      </c>
-[...7 lines deleted...]
-        <v>184</v>
       </c>
       <c r="BE8" s="1">
         <v>46028</v>
       </c>
       <c r="BF8" t="s">
-        <v>105</v>
+        <v>193</v>
       </c>
     </row>
     <row r="9" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="B9" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="C9" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="D9" t="s">
         <v>61</v>
       </c>
       <c r="E9" t="s">
         <v>62</v>
       </c>
       <c r="F9" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="G9" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="H9" t="s">
         <v>153</v>
       </c>
       <c r="I9" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="J9">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="K9">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="M9">
         <v>0</v>
       </c>
       <c r="O9" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="P9" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="Q9" t="s">
         <v>61</v>
       </c>
       <c r="R9" t="s">
         <v>62</v>
       </c>
       <c r="S9">
-        <v>22100000</v>
+        <v>21290000</v>
       </c>
       <c r="T9" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="U9" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="V9" t="s">
         <v>61</v>
       </c>
       <c r="W9" t="s">
         <v>62</v>
       </c>
       <c r="X9">
-        <v>2210</v>
+        <v>2129</v>
       </c>
       <c r="Y9" s="1">
-        <v>46043</v>
+        <v>46040</v>
       </c>
       <c r="Z9" s="1">
-        <v>46378</v>
+        <v>46405</v>
       </c>
       <c r="AA9" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="AB9" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="AC9" t="s">
-        <v>61</v>
+        <v>202</v>
       </c>
       <c r="AD9" t="s">
         <v>62</v>
       </c>
       <c r="AE9">
-        <v>22100000</v>
+        <v>21690000</v>
       </c>
       <c r="AF9" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="AG9" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="AH9" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="AI9" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="AJ9" t="s">
         <v>62</v>
       </c>
       <c r="AK9">
-        <v>18870000</v>
+        <v>21690000</v>
       </c>
       <c r="AL9" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="AM9" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="AN9">
         <v>0</v>
       </c>
       <c r="AP9" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="AQ9">
         <v>-1</v>
       </c>
       <c r="AR9" t="s">
+        <v>206</v>
+      </c>
+      <c r="AS9" t="s">
+        <v>207</v>
+      </c>
+      <c r="AT9">
+        <v>0</v>
+      </c>
+      <c r="AV9" t="s">
+        <v>208</v>
+      </c>
+      <c r="BB9" t="s">
+        <v>209</v>
+      </c>
+      <c r="BC9" t="s">
+        <v>210</v>
+      </c>
+      <c r="BD9" t="s">
         <v>200</v>
-      </c>
-[...19 lines deleted...]
-        <v>191</v>
       </c>
       <c r="BE9" s="1">
         <v>46028</v>
+      </c>
+      <c r="BF9" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="10" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B10" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C10" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="D10" t="s">
-        <v>61</v>
+        <v>215</v>
       </c>
       <c r="E10" t="s">
         <v>62</v>
       </c>
       <c r="F10" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="G10" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="H10" t="s">
-        <v>153</v>
+        <v>218</v>
       </c>
       <c r="I10" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
       <c r="J10">
         <v>3</v>
       </c>
       <c r="K10">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="M10">
         <v>0</v>
       </c>
       <c r="O10" t="s">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="P10" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="Q10" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="R10" t="s">
-        <v>213</v>
+        <v>62</v>
       </c>
       <c r="S10">
-        <v>328270000</v>
+        <v>16050000</v>
       </c>
       <c r="T10" t="s">
+        <v>217</v>
+      </c>
+      <c r="U10" t="s">
         <v>214</v>
       </c>
-      <c r="U10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V10" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="W10" t="s">
-        <v>213</v>
+        <v>62</v>
       </c>
       <c r="X10">
-        <v>32827</v>
+        <v>1605</v>
       </c>
       <c r="Y10" s="1">
-        <v>46027</v>
+        <v>46043</v>
       </c>
       <c r="Z10" s="1">
-        <v>46387</v>
+        <v>46479</v>
       </c>
       <c r="AA10" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="AB10" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="AC10" t="s">
-        <v>61</v>
+        <v>223</v>
       </c>
       <c r="AD10" t="s">
         <v>62</v>
       </c>
       <c r="AE10">
-        <v>21190000</v>
+        <v>17570000</v>
       </c>
       <c r="AF10" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="AG10" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="AH10" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="AI10" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="AJ10" t="s">
         <v>62</v>
       </c>
       <c r="AK10">
-        <v>23020000</v>
+        <v>17570000</v>
       </c>
       <c r="AL10" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="AM10" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="AN10">
-        <v>-1</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>0</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>226</v>
       </c>
       <c r="AQ10">
-        <v>-1</v>
-[...1 lines deleted...]
-      <c r="AR10" t="s">
+        <v>0</v>
+      </c>
+      <c r="AT10">
+        <v>0</v>
+      </c>
+      <c r="AV10" t="s">
+        <v>227</v>
+      </c>
+      <c r="BB10" t="s">
         <v>224</v>
-      </c>
-[...13 lines deleted...]
-        <v>227</v>
       </c>
       <c r="BC10" t="s">
         <v>228</v>
       </c>
       <c r="BD10" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="BE10" s="1">
         <v>46028</v>
       </c>
       <c r="BF10" t="s">
-        <v>229</v>
+        <v>107</v>
       </c>
     </row>
     <row r="11" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
         <v>230</v>
       </c>
       <c r="B11" t="s">
         <v>231</v>
       </c>
       <c r="C11" t="s">
         <v>232</v>
       </c>
       <c r="D11" t="s">
         <v>233</v>
       </c>
       <c r="E11" t="s">
         <v>62</v>
       </c>
       <c r="F11" t="s">
         <v>234</v>
       </c>
       <c r="G11" t="s">
         <v>235</v>
       </c>
       <c r="H11" t="s">
@@ -5245,1330 +10678,1330 @@
       <c r="S11">
         <v>19150000</v>
       </c>
       <c r="T11" t="s">
         <v>235</v>
       </c>
       <c r="U11" t="s">
         <v>232</v>
       </c>
       <c r="V11" t="s">
         <v>233</v>
       </c>
       <c r="W11" t="s">
         <v>62</v>
       </c>
       <c r="X11">
         <v>1915</v>
       </c>
       <c r="Y11" s="1">
         <v>46043</v>
       </c>
       <c r="Z11" s="1">
         <v>46189</v>
       </c>
       <c r="AA11" t="s">
-        <v>176</v>
+        <v>221</v>
       </c>
       <c r="AB11" t="s">
-        <v>177</v>
+        <v>222</v>
       </c>
       <c r="AC11" t="s">
-        <v>178</v>
+        <v>223</v>
       </c>
       <c r="AD11" t="s">
         <v>62</v>
       </c>
       <c r="AE11">
         <v>17570000</v>
       </c>
       <c r="AF11" t="s">
         <v>238</v>
       </c>
       <c r="AG11" t="s">
         <v>239</v>
       </c>
       <c r="AH11" t="s">
         <v>240</v>
       </c>
       <c r="AI11" t="s">
-        <v>220</v>
+        <v>184</v>
       </c>
       <c r="AJ11" t="s">
         <v>62</v>
       </c>
       <c r="AK11">
         <v>23020000</v>
       </c>
       <c r="AL11" t="s">
         <v>241</v>
       </c>
       <c r="AM11" t="s">
         <v>242</v>
       </c>
       <c r="AN11">
         <v>0</v>
       </c>
       <c r="AP11" t="s">
         <v>243</v>
       </c>
       <c r="AQ11">
         <v>-1</v>
       </c>
       <c r="AR11" t="s">
         <v>244</v>
       </c>
       <c r="AS11" t="s">
         <v>245</v>
       </c>
       <c r="AT11">
         <v>0</v>
       </c>
       <c r="AV11" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="BB11" t="s">
         <v>238</v>
       </c>
       <c r="BC11" t="s">
         <v>246</v>
       </c>
       <c r="BD11" t="s">
-        <v>184</v>
+        <v>229</v>
       </c>
       <c r="BE11" s="1">
         <v>46028</v>
       </c>
       <c r="BF11" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
         <v>247</v>
       </c>
       <c r="B12" t="s">
         <v>248</v>
       </c>
       <c r="C12" t="s">
         <v>249</v>
       </c>
       <c r="D12" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" t="s">
         <v>250</v>
       </c>
-      <c r="E12" t="s">
-[...2 lines deleted...]
-      <c r="F12" t="s">
+      <c r="G12" t="s">
         <v>251</v>
       </c>
-      <c r="G12" t="s">
+      <c r="H12" t="s">
+        <v>153</v>
+      </c>
+      <c r="I12" t="s">
         <v>252</v>
       </c>
-      <c r="H12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J12">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K12">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="M12">
         <v>0</v>
       </c>
       <c r="O12" t="s">
         <v>248</v>
       </c>
       <c r="P12" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="Q12" t="s">
-        <v>250</v>
+        <v>61</v>
       </c>
       <c r="R12" t="s">
         <v>62</v>
       </c>
       <c r="S12">
-        <v>19230000</v>
+        <v>21150000</v>
       </c>
       <c r="T12" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="U12" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="V12" t="s">
+        <v>139</v>
+      </c>
+      <c r="W12" t="s">
+        <v>62</v>
+      </c>
+      <c r="X12">
+        <v>2115</v>
+      </c>
+      <c r="Y12" s="1">
+        <v>46043</v>
+      </c>
+      <c r="Z12" s="1">
+        <v>46113</v>
+      </c>
+      <c r="AA12" t="s">
         <v>255</v>
       </c>
-      <c r="W12" t="s">
-[...11 lines deleted...]
-      <c r="AA12" t="s">
+      <c r="AB12" t="s">
         <v>256</v>
       </c>
-      <c r="AB12" t="s">
+      <c r="AC12" t="s">
         <v>257</v>
       </c>
-      <c r="AC12" t="s">
+      <c r="AD12" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE12">
+        <v>15880000</v>
+      </c>
+      <c r="AF12" t="s">
         <v>258</v>
       </c>
-      <c r="AD12" t="s">
-[...5 lines deleted...]
-      <c r="AF12" t="s">
+      <c r="AG12" t="s">
+        <v>255</v>
+      </c>
+      <c r="AH12" t="s">
+        <v>256</v>
+      </c>
+      <c r="AI12" t="s">
+        <v>257</v>
+      </c>
+      <c r="AJ12" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK12">
+        <v>15880000</v>
+      </c>
+      <c r="AL12" t="s">
+        <v>258</v>
+      </c>
+      <c r="AM12" t="s">
         <v>259</v>
       </c>
-      <c r="AG12" t="s">
-[...5 lines deleted...]
-      <c r="AI12" t="s">
+      <c r="AN12">
+        <v>0</v>
+      </c>
+      <c r="AP12" t="s">
+        <v>260</v>
+      </c>
+      <c r="AQ12">
+        <v>-1</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>261</v>
+      </c>
+      <c r="AS12" t="s">
+        <v>262</v>
+      </c>
+      <c r="AT12">
+        <v>0</v>
+      </c>
+      <c r="AV12" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB12" t="s">
         <v>258</v>
       </c>
-      <c r="AJ12" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="BC12" t="s">
-        <v>153</v>
+        <v>263</v>
       </c>
       <c r="BD12" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="BE12" s="1">
         <v>46029</v>
       </c>
     </row>
     <row r="13" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B13" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C13" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D13" t="s">
-        <v>157</v>
+        <v>61</v>
       </c>
       <c r="E13" t="s">
         <v>62</v>
       </c>
       <c r="F13" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="G13" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H13" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I13" t="s">
-        <v>190</v>
+        <v>270</v>
       </c>
       <c r="J13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K13">
         <v>-1</v>
       </c>
       <c r="M13">
-        <v>-1</v>
-[...2 lines deleted...]
-        <v>269</v>
+        <v>0</v>
       </c>
       <c r="O13" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="P13" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="Q13" t="s">
-        <v>157</v>
+        <v>61</v>
       </c>
       <c r="R13" t="s">
         <v>62</v>
       </c>
       <c r="S13">
-        <v>21690000</v>
+        <v>21090000</v>
       </c>
       <c r="T13" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="U13" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="V13" t="s">
-        <v>157</v>
+        <v>61</v>
       </c>
       <c r="W13" t="s">
         <v>62</v>
       </c>
       <c r="X13">
-        <v>2169</v>
+        <v>2109</v>
       </c>
       <c r="Y13" s="1">
-        <v>46043</v>
+        <v>46042</v>
       </c>
       <c r="Z13" s="1">
-        <v>46387</v>
+        <v>46203</v>
       </c>
       <c r="AA13" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="AB13" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="AC13" t="s">
-        <v>273</v>
+        <v>61</v>
       </c>
       <c r="AD13" t="s">
         <v>62</v>
       </c>
       <c r="AE13">
-        <v>24740000</v>
+        <v>21090000</v>
       </c>
       <c r="AF13" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="AG13" t="s">
-        <v>275</v>
+        <v>182</v>
       </c>
       <c r="AH13" t="s">
-        <v>276</v>
+        <v>183</v>
       </c>
       <c r="AI13" t="s">
-        <v>157</v>
+        <v>184</v>
       </c>
       <c r="AJ13" t="s">
         <v>62</v>
       </c>
       <c r="AK13">
-        <v>21690000</v>
+        <v>23020000</v>
       </c>
       <c r="AL13" t="s">
         <v>277</v>
       </c>
       <c r="AM13" t="s">
         <v>278</v>
       </c>
       <c r="AN13">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AP13" t="s">
+        <v>-1</v>
+      </c>
+      <c r="AO13" t="s">
         <v>279</v>
       </c>
       <c r="AQ13">
         <v>-1</v>
       </c>
       <c r="AR13" t="s">
         <v>280</v>
       </c>
       <c r="AS13" t="s">
         <v>281</v>
       </c>
       <c r="AT13">
         <v>-1</v>
       </c>
       <c r="AU13" t="s">
         <v>282</v>
       </c>
       <c r="AV13" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="BB13" t="s">
         <v>283</v>
       </c>
       <c r="BC13" t="s">
         <v>284</v>
       </c>
       <c r="BD13" t="s">
-        <v>285</v>
+        <v>182</v>
       </c>
       <c r="BE13" s="1">
         <v>46029</v>
       </c>
       <c r="BF13" t="s">
-        <v>286</v>
+        <v>193</v>
       </c>
     </row>
     <row r="14" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
+        <v>285</v>
+      </c>
+      <c r="B14" t="s">
+        <v>286</v>
+      </c>
+      <c r="C14" t="s">
         <v>287</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
         <v>288</v>
       </c>
-      <c r="C14" t="s">
+      <c r="G14" t="s">
         <v>289</v>
       </c>
-      <c r="D14" t="s">
+      <c r="H14" t="s">
         <v>290</v>
       </c>
-      <c r="E14" t="s">
-[...2 lines deleted...]
-      <c r="F14" t="s">
+      <c r="I14" t="s">
         <v>291</v>
       </c>
-      <c r="G14" t="s">
-[...2 lines deleted...]
-      <c r="H14" t="s">
+      <c r="J14">
+        <v>6</v>
+      </c>
+      <c r="K14">
+        <v>-1</v>
+      </c>
+      <c r="M14">
+        <v>-1</v>
+      </c>
+      <c r="N14" t="s">
         <v>292</v>
       </c>
-      <c r="I14" t="s">
+      <c r="O14" t="s">
         <v>293</v>
       </c>
-      <c r="J14">
-[...8 lines deleted...]
-      <c r="N14" t="s">
+      <c r="P14" t="s">
+        <v>287</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>61</v>
+      </c>
+      <c r="R14" t="s">
+        <v>62</v>
+      </c>
+      <c r="S14">
+        <v>21150000</v>
+      </c>
+      <c r="T14" t="s">
+        <v>289</v>
+      </c>
+      <c r="U14" t="s">
+        <v>287</v>
+      </c>
+      <c r="V14" t="s">
+        <v>139</v>
+      </c>
+      <c r="W14" t="s">
+        <v>62</v>
+      </c>
+      <c r="X14">
+        <v>2115</v>
+      </c>
+      <c r="Y14" s="1">
+        <v>46031</v>
+      </c>
+      <c r="Z14" s="1">
+        <v>46053</v>
+      </c>
+      <c r="AA14" t="s">
         <v>294</v>
-      </c>
-[...37 lines deleted...]
-        <v>295</v>
       </c>
       <c r="AB14" t="s">
         <v>295</v>
       </c>
       <c r="AC14" t="s">
+        <v>296</v>
+      </c>
+      <c r="AD14" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE14">
+        <v>21340000</v>
+      </c>
+      <c r="AF14" t="s">
+        <v>297</v>
+      </c>
+      <c r="AG14" t="s">
+        <v>294</v>
+      </c>
+      <c r="AH14" t="s">
         <v>295</v>
       </c>
-      <c r="AD14" t="s">
-[...8 lines deleted...]
-      <c r="AG14" t="s">
+      <c r="AI14" t="s">
         <v>296</v>
       </c>
-      <c r="AH14" t="s">
+      <c r="AJ14" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK14">
+        <v>21340000</v>
+      </c>
+      <c r="AL14" t="s">
         <v>297</v>
       </c>
-      <c r="AI14" t="s">
-[...8 lines deleted...]
-      <c r="AL14" t="s">
+      <c r="AM14" t="s">
         <v>298</v>
       </c>
-      <c r="AM14" t="s">
+      <c r="AN14">
+        <v>0</v>
+      </c>
+      <c r="AP14" t="s">
         <v>299</v>
       </c>
-      <c r="AN14">
-[...2 lines deleted...]
-      <c r="AO14" t="s">
+      <c r="AQ14">
+        <v>-1</v>
+      </c>
+      <c r="AR14" t="s">
         <v>300</v>
       </c>
-      <c r="AQ14">
-[...2 lines deleted...]
-      <c r="AR14" t="s">
+      <c r="AS14" t="s">
         <v>301</v>
       </c>
-      <c r="AS14" t="s">
+      <c r="AT14">
+        <v>0</v>
+      </c>
+      <c r="AV14" t="s">
         <v>302</v>
       </c>
-      <c r="AT14">
-[...2 lines deleted...]
-      <c r="AV14" t="s">
+      <c r="AX14" t="s">
         <v>303</v>
       </c>
-      <c r="AW14" t="s">
+      <c r="AY14" t="s">
         <v>304</v>
       </c>
+      <c r="AZ14" s="1">
+        <v>46029</v>
+      </c>
+      <c r="BA14" t="s">
+        <v>305</v>
+      </c>
       <c r="BB14" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
       <c r="BC14" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="BD14" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
       <c r="BE14" s="1">
         <v>46029</v>
       </c>
     </row>
     <row r="15" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B15" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C15" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="D15" t="s">
-        <v>61</v>
+        <v>312</v>
       </c>
       <c r="E15" t="s">
         <v>62</v>
       </c>
       <c r="F15" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="G15" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="H15" t="s">
-        <v>311</v>
+        <v>153</v>
       </c>
       <c r="I15" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="J15">
         <v>3</v>
       </c>
       <c r="K15">
         <v>-1</v>
       </c>
       <c r="M15">
         <v>0</v>
       </c>
       <c r="O15" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="P15" t="s">
+        <v>317</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>318</v>
+      </c>
+      <c r="R15" t="s">
+        <v>62</v>
+      </c>
+      <c r="S15">
+        <v>10130000</v>
+      </c>
+      <c r="T15" t="s">
         <v>314</v>
       </c>
-      <c r="Q15" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="U15" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="V15" t="s">
-        <v>61</v>
+        <v>319</v>
       </c>
       <c r="W15" t="s">
         <v>62</v>
       </c>
       <c r="X15">
-        <v>2109</v>
+        <v>1040</v>
       </c>
       <c r="Y15" s="1">
         <v>46042</v>
       </c>
       <c r="Z15" s="1">
-        <v>46203</v>
+        <v>46080</v>
       </c>
       <c r="AA15" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="AB15" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="AC15" t="s">
-        <v>61</v>
+        <v>322</v>
       </c>
       <c r="AD15" t="s">
         <v>62</v>
       </c>
       <c r="AE15">
-        <v>21090000</v>
+        <v>10400000</v>
       </c>
       <c r="AF15" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="AG15" t="s">
-        <v>218</v>
+        <v>320</v>
       </c>
       <c r="AH15" t="s">
-        <v>219</v>
+        <v>321</v>
       </c>
       <c r="AI15" t="s">
-        <v>220</v>
+        <v>322</v>
       </c>
       <c r="AJ15" t="s">
         <v>62</v>
       </c>
       <c r="AK15">
-        <v>23020000</v>
+        <v>10400000</v>
       </c>
       <c r="AL15" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AM15" t="s">
+        <v>324</v>
+      </c>
+      <c r="AN15">
+        <v>0</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>325</v>
+      </c>
+      <c r="AQ15">
+        <v>-1</v>
+      </c>
+      <c r="AR15" t="s">
+        <v>326</v>
+      </c>
+      <c r="AS15" t="s">
+        <v>327</v>
+      </c>
+      <c r="AT15">
+        <v>-1</v>
+      </c>
+      <c r="AU15" t="s">
+        <v>328</v>
+      </c>
+      <c r="AV15" t="s">
+        <v>101</v>
+      </c>
+      <c r="AW15" t="s">
+        <v>329</v>
+      </c>
+      <c r="BB15" t="s">
+        <v>323</v>
+      </c>
+      <c r="BC15" t="s">
+        <v>330</v>
+      </c>
+      <c r="BD15" t="s">
         <v>320</v>
-      </c>
-[...31 lines deleted...]
-        <v>218</v>
       </c>
       <c r="BE15" s="1">
         <v>46029</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="16" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B16" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C16" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="D16" t="s">
-        <v>100</v>
+        <v>334</v>
       </c>
       <c r="E16" t="s">
         <v>62</v>
       </c>
       <c r="F16" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="G16" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H16" t="s">
-        <v>253</v>
+        <v>336</v>
       </c>
       <c r="I16" t="s">
+        <v>337</v>
+      </c>
+      <c r="J16">
+        <v>1</v>
+      </c>
+      <c r="K16">
+        <v>0</v>
+      </c>
+      <c r="M16">
+        <v>-1</v>
+      </c>
+      <c r="N16" t="s">
+        <v>338</v>
+      </c>
+      <c r="O16" t="s">
         <v>332</v>
       </c>
-      <c r="J16">
-[...10 lines deleted...]
-      </c>
       <c r="P16" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="Q16" t="s">
-        <v>100</v>
+        <v>334</v>
       </c>
       <c r="R16" t="s">
         <v>62</v>
       </c>
       <c r="S16">
-        <v>18450000</v>
+        <v>18630000</v>
       </c>
       <c r="T16" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="U16" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="V16" t="s">
-        <v>100</v>
+        <v>334</v>
       </c>
       <c r="W16" t="s">
         <v>62</v>
       </c>
       <c r="X16">
-        <v>1845</v>
+        <v>1863</v>
       </c>
       <c r="Y16" s="1">
         <v>46043</v>
       </c>
       <c r="Z16" s="1">
-        <v>46234</v>
+        <v>46048</v>
       </c>
       <c r="AA16" t="s">
-        <v>176</v>
+        <v>339</v>
       </c>
       <c r="AB16" t="s">
-        <v>177</v>
+        <v>339</v>
       </c>
       <c r="AC16" t="s">
-        <v>178</v>
+        <v>339</v>
       </c>
       <c r="AD16" t="s">
         <v>62</v>
       </c>
       <c r="AE16">
-        <v>17570000</v>
+        <v>111110000</v>
       </c>
       <c r="AF16" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="AG16" t="s">
-        <v>176</v>
+        <v>340</v>
       </c>
       <c r="AH16" t="s">
-        <v>177</v>
+        <v>341</v>
       </c>
       <c r="AI16" t="s">
-        <v>178</v>
+        <v>334</v>
       </c>
       <c r="AJ16" t="s">
         <v>62</v>
       </c>
       <c r="AK16">
-        <v>17570000</v>
+        <v>18630000</v>
       </c>
       <c r="AL16" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="AM16" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="AN16">
         <v>0</v>
       </c>
       <c r="AO16" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="AQ16">
         <v>-1</v>
       </c>
       <c r="AR16" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="AS16" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="AT16">
         <v>0</v>
       </c>
       <c r="AV16" t="s">
-        <v>84</v>
+        <v>347</v>
+      </c>
+      <c r="AW16" t="s">
+        <v>348</v>
       </c>
       <c r="BB16" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="BC16" t="s">
-        <v>183</v>
+        <v>307</v>
       </c>
       <c r="BD16" t="s">
-        <v>184</v>
+        <v>340</v>
       </c>
       <c r="BE16" s="1">
         <v>46029</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="17" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="B17" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="C17" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="D17" t="s">
-        <v>342</v>
+        <v>202</v>
       </c>
       <c r="E17" t="s">
         <v>62</v>
       </c>
       <c r="F17" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="G17" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="H17" t="s">
-        <v>153</v>
+        <v>354</v>
       </c>
       <c r="I17" t="s">
-        <v>345</v>
+        <v>154</v>
       </c>
       <c r="J17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K17">
         <v>-1</v>
       </c>
       <c r="M17">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="N17" t="s">
+        <v>355</v>
       </c>
       <c r="O17" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="P17" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="Q17" t="s">
-        <v>348</v>
+        <v>202</v>
       </c>
       <c r="R17" t="s">
         <v>62</v>
       </c>
       <c r="S17">
-        <v>10130000</v>
+        <v>21690000</v>
       </c>
       <c r="T17" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="U17" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="V17" t="s">
-        <v>349</v>
+        <v>202</v>
       </c>
       <c r="W17" t="s">
         <v>62</v>
       </c>
       <c r="X17">
-        <v>1040</v>
+        <v>2169</v>
       </c>
       <c r="Y17" s="1">
-        <v>46042</v>
+        <v>46043</v>
       </c>
       <c r="Z17" s="1">
-        <v>46080</v>
+        <v>46387</v>
       </c>
       <c r="AA17" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="AB17" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="AC17" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="AD17" t="s">
         <v>62</v>
       </c>
       <c r="AE17">
-        <v>10400000</v>
+        <v>24740000</v>
       </c>
       <c r="AF17" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="AG17" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="AH17" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="AI17" t="s">
-        <v>352</v>
+        <v>202</v>
       </c>
       <c r="AJ17" t="s">
         <v>62</v>
       </c>
       <c r="AK17">
-        <v>10400000</v>
+        <v>21690000</v>
       </c>
       <c r="AL17" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="AM17" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="AN17">
         <v>0</v>
       </c>
       <c r="AP17" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="AQ17">
         <v>-1</v>
       </c>
       <c r="AR17" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="AS17" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="AT17">
         <v>-1</v>
       </c>
       <c r="AU17" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="AV17" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>84</v>
       </c>
       <c r="BB17" t="s">
-        <v>353</v>
+        <v>369</v>
       </c>
       <c r="BC17" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="BD17" t="s">
-        <v>350</v>
+        <v>371</v>
       </c>
       <c r="BE17" s="1">
         <v>46029</v>
+      </c>
+      <c r="BF17" t="s">
+        <v>372</v>
       </c>
     </row>
     <row r="18" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="B18" t="s">
-        <v>362</v>
+        <v>374</v>
       </c>
       <c r="C18" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="D18" t="s">
-        <v>61</v>
+        <v>122</v>
       </c>
       <c r="E18" t="s">
         <v>62</v>
       </c>
       <c r="F18" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="G18" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="H18" t="s">
-        <v>366</v>
+        <v>378</v>
       </c>
       <c r="I18" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="J18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="K18">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="M18">
-        <v>-1</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>0</v>
       </c>
       <c r="O18" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="P18" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="Q18" t="s">
-        <v>61</v>
+        <v>122</v>
       </c>
       <c r="R18" t="s">
         <v>62</v>
       </c>
       <c r="S18">
-        <v>21150000</v>
+        <v>18450000</v>
       </c>
       <c r="T18" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="U18" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="V18" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="W18" t="s">
         <v>62</v>
       </c>
       <c r="X18">
-        <v>2115</v>
+        <v>1845</v>
       </c>
       <c r="Y18" s="1">
-        <v>46031</v>
+        <v>46043</v>
       </c>
       <c r="Z18" s="1">
-        <v>46053</v>
+        <v>46234</v>
       </c>
       <c r="AA18" t="s">
-        <v>370</v>
+        <v>221</v>
       </c>
       <c r="AB18" t="s">
-        <v>371</v>
+        <v>222</v>
       </c>
       <c r="AC18" t="s">
-        <v>372</v>
+        <v>223</v>
       </c>
       <c r="AD18" t="s">
         <v>62</v>
       </c>
       <c r="AE18">
-        <v>21340000</v>
+        <v>17570000</v>
       </c>
       <c r="AF18" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="AG18" t="s">
-        <v>370</v>
+        <v>221</v>
       </c>
       <c r="AH18" t="s">
-        <v>371</v>
+        <v>222</v>
       </c>
       <c r="AI18" t="s">
-        <v>372</v>
+        <v>223</v>
       </c>
       <c r="AJ18" t="s">
         <v>62</v>
       </c>
       <c r="AK18">
-        <v>21340000</v>
+        <v>17570000</v>
       </c>
       <c r="AL18" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="AM18" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="AN18">
         <v>0</v>
       </c>
+      <c r="AO18" t="s">
+        <v>382</v>
+      </c>
       <c r="AP18" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="AQ18">
         <v>-1</v>
       </c>
       <c r="AR18" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="AS18" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="AT18">
         <v>0</v>
       </c>
       <c r="AV18" t="s">
-        <v>378</v>
-[...4 lines deleted...]
-      <c r="AY18" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB18" t="s">
         <v>380</v>
       </c>
-      <c r="AZ18" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="BC18" t="s">
-        <v>305</v>
+        <v>228</v>
       </c>
       <c r="BD18" t="s">
-        <v>383</v>
+        <v>229</v>
       </c>
       <c r="BE18" s="1">
         <v>46029</v>
+      </c>
+      <c r="BF18" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B19" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C19" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D19" t="s">
-        <v>61</v>
+        <v>389</v>
       </c>
       <c r="E19" t="s">
         <v>62</v>
       </c>
       <c r="F19" t="s">
+        <v>390</v>
+      </c>
+      <c r="G19" t="s">
+        <v>391</v>
+      </c>
+      <c r="H19" t="s">
+        <v>378</v>
+      </c>
+      <c r="I19" t="s">
+        <v>392</v>
+      </c>
+      <c r="J19">
+        <v>2</v>
+      </c>
+      <c r="K19">
+        <v>-1</v>
+      </c>
+      <c r="M19">
+        <v>0</v>
+      </c>
+      <c r="O19" t="s">
         <v>387</v>
       </c>
-      <c r="G19" t="s">
+      <c r="P19" t="s">
         <v>388</v>
       </c>
-      <c r="H19" t="s">
+      <c r="Q19" t="s">
+        <v>389</v>
+      </c>
+      <c r="R19" t="s">
+        <v>62</v>
+      </c>
+      <c r="S19">
+        <v>19230000</v>
+      </c>
+      <c r="T19" t="s">
+        <v>391</v>
+      </c>
+      <c r="U19" t="s">
+        <v>388</v>
+      </c>
+      <c r="V19" t="s">
+        <v>393</v>
+      </c>
+      <c r="W19" t="s">
+        <v>62</v>
+      </c>
+      <c r="X19">
+        <v>1923</v>
+      </c>
+      <c r="Y19" s="1">
+        <v>46054</v>
+      </c>
+      <c r="Z19" s="1">
+        <v>46265</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>394</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>395</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>396</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE19">
+        <v>19070000</v>
+      </c>
+      <c r="AF19" t="s">
+        <v>397</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>394</v>
+      </c>
+      <c r="AH19" t="s">
+        <v>395</v>
+      </c>
+      <c r="AI19" t="s">
+        <v>396</v>
+      </c>
+      <c r="AJ19" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK19">
+        <v>19070000</v>
+      </c>
+      <c r="AL19" t="s">
+        <v>397</v>
+      </c>
+      <c r="AM19" t="s">
+        <v>398</v>
+      </c>
+      <c r="AN19">
+        <v>0</v>
+      </c>
+      <c r="AP19" t="s">
+        <v>399</v>
+      </c>
+      <c r="AQ19">
+        <v>0</v>
+      </c>
+      <c r="AT19">
+        <v>0</v>
+      </c>
+      <c r="AV19" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB19" t="s">
+        <v>400</v>
+      </c>
+      <c r="BC19" t="s">
         <v>153</v>
       </c>
-      <c r="I19" t="s">
-[...53 lines deleted...]
-      <c r="AC19" t="s">
+      <c r="BD19" t="s">
         <v>394</v>
-      </c>
-[...58 lines deleted...]
-        <v>392</v>
       </c>
       <c r="BE19" s="1">
         <v>46029</v>
       </c>
     </row>
     <row r="20" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
         <v>401</v>
       </c>
       <c r="B20" t="s">
         <v>402</v>
       </c>
       <c r="C20" t="s">
         <v>403</v>
       </c>
       <c r="D20" t="s">
         <v>404</v>
       </c>
       <c r="E20" t="s">
         <v>62</v>
       </c>
       <c r="F20" t="s">
         <v>405</v>
       </c>
       <c r="G20" t="s">
@@ -6661,3138 +12094,3138 @@
       <c r="AL20" t="s">
         <v>419</v>
       </c>
       <c r="AM20" t="s">
         <v>420</v>
       </c>
       <c r="AN20">
         <v>-1</v>
       </c>
       <c r="AO20" t="s">
         <v>421</v>
       </c>
       <c r="AQ20">
         <v>-1</v>
       </c>
       <c r="AR20" t="s">
         <v>422</v>
       </c>
       <c r="AS20" t="s">
         <v>423</v>
       </c>
       <c r="AT20">
         <v>-1</v>
       </c>
       <c r="AU20" t="s">
-        <v>295</v>
+        <v>339</v>
       </c>
       <c r="AV20" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="BB20" t="s">
         <v>424</v>
       </c>
       <c r="BC20" t="s">
         <v>425</v>
       </c>
       <c r="BD20" t="s">
         <v>416</v>
       </c>
       <c r="BE20" s="1">
         <v>46030</v>
       </c>
     </row>
     <row r="21" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
         <v>426</v>
       </c>
       <c r="B21" t="s">
         <v>427</v>
       </c>
       <c r="C21" t="s">
+        <v>403</v>
+      </c>
+      <c r="D21" t="s">
+        <v>404</v>
+      </c>
+      <c r="E21" t="s">
+        <v>62</v>
+      </c>
+      <c r="F21" t="s">
+        <v>405</v>
+      </c>
+      <c r="G21" t="s">
+        <v>406</v>
+      </c>
+      <c r="H21" t="s">
+        <v>407</v>
+      </c>
+      <c r="I21" t="s">
+        <v>408</v>
+      </c>
+      <c r="J21">
+        <v>2</v>
+      </c>
+      <c r="K21">
+        <v>-1</v>
+      </c>
+      <c r="M21">
+        <v>0</v>
+      </c>
+      <c r="O21" t="s">
+        <v>427</v>
+      </c>
+      <c r="P21" t="s">
+        <v>410</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>72</v>
+      </c>
+      <c r="R21" t="s">
+        <v>62</v>
+      </c>
+      <c r="S21">
+        <v>24510000</v>
+      </c>
+      <c r="T21" t="s">
+        <v>411</v>
+      </c>
+      <c r="U21" t="s">
+        <v>412</v>
+      </c>
+      <c r="V21" t="s">
+        <v>413</v>
+      </c>
+      <c r="W21" t="s">
+        <v>62</v>
+      </c>
+      <c r="X21">
+        <v>2189</v>
+      </c>
+      <c r="Y21" s="1">
+        <v>46048</v>
+      </c>
+      <c r="Z21" s="1">
+        <v>46081</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>414</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>412</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>415</v>
+      </c>
+      <c r="AD21" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE21">
+        <v>21890000</v>
+      </c>
+      <c r="AF21" t="s">
+        <v>411</v>
+      </c>
+      <c r="AG21" t="s">
+        <v>416</v>
+      </c>
+      <c r="AH21" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI21" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ21" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK21">
+        <v>25760000</v>
+      </c>
+      <c r="AL21" t="s">
+        <v>419</v>
+      </c>
+      <c r="AM21" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN21">
+        <v>-1</v>
+      </c>
+      <c r="AO21" t="s">
         <v>428</v>
       </c>
-      <c r="D21" t="s">
-[...106 lines deleted...]
-      </c>
       <c r="AQ21">
         <v>-1</v>
       </c>
       <c r="AR21" t="s">
-        <v>443</v>
+        <v>422</v>
       </c>
       <c r="AS21" t="s">
-        <v>444</v>
+        <v>423</v>
       </c>
       <c r="AT21">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="AU21" t="s">
+        <v>339</v>
       </c>
       <c r="AV21" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="BB21" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="BC21" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="BD21" t="s">
-        <v>432</v>
+        <v>416</v>
       </c>
       <c r="BE21" s="1">
         <v>46030</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="22" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="C22" t="s">
-        <v>403</v>
+        <v>431</v>
       </c>
       <c r="D22" t="s">
-        <v>404</v>
+        <v>72</v>
       </c>
       <c r="E22" t="s">
         <v>62</v>
       </c>
       <c r="F22" t="s">
-        <v>405</v>
+        <v>432</v>
       </c>
       <c r="G22" t="s">
-        <v>406</v>
+        <v>433</v>
       </c>
       <c r="H22" t="s">
-        <v>407</v>
+        <v>153</v>
       </c>
       <c r="I22" t="s">
-        <v>408</v>
+        <v>434</v>
       </c>
       <c r="J22">
         <v>2</v>
       </c>
       <c r="K22">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="M22">
         <v>0</v>
       </c>
       <c r="O22" t="s">
+        <v>435</v>
+      </c>
+      <c r="P22" t="s">
+        <v>436</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>437</v>
+      </c>
+      <c r="R22" t="s">
+        <v>62</v>
+      </c>
+      <c r="S22">
+        <v>24210000</v>
+      </c>
+      <c r="T22" t="s">
+        <v>433</v>
+      </c>
+      <c r="U22" t="s">
+        <v>438</v>
+      </c>
+      <c r="V22" t="s">
+        <v>439</v>
+      </c>
+      <c r="W22" t="s">
+        <v>62</v>
+      </c>
+      <c r="X22">
+        <v>2465</v>
+      </c>
+      <c r="Y22" s="1">
+        <v>46044</v>
+      </c>
+      <c r="Z22" s="1">
+        <v>46111</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>440</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>438</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>439</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE22">
+        <v>24650000</v>
+      </c>
+      <c r="AF22" t="s">
+        <v>433</v>
+      </c>
+      <c r="AG22" t="s">
+        <v>441</v>
+      </c>
+      <c r="AH22" t="s">
+        <v>442</v>
+      </c>
+      <c r="AI22" t="s">
+        <v>443</v>
+      </c>
+      <c r="AJ22" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK22">
+        <v>21490000</v>
+      </c>
+      <c r="AL22" t="s">
+        <v>444</v>
+      </c>
+      <c r="AM22" t="s">
+        <v>445</v>
+      </c>
+      <c r="AN22">
+        <v>0</v>
+      </c>
+      <c r="AO22" t="s">
+        <v>446</v>
+      </c>
+      <c r="AQ22">
+        <v>-1</v>
+      </c>
+      <c r="AR22" t="s">
         <v>447</v>
       </c>
-      <c r="P22" t="s">
-[...74 lines deleted...]
-      <c r="AO22" t="s">
+      <c r="AS22" t="s">
+        <v>145</v>
+      </c>
+      <c r="AT22">
+        <v>0</v>
+      </c>
+      <c r="AV22" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB22" t="s">
         <v>448</v>
       </c>
-      <c r="AQ22">
-[...19 lines deleted...]
-      </c>
       <c r="BC22" t="s">
-        <v>425</v>
+        <v>449</v>
       </c>
       <c r="BD22" t="s">
-        <v>416</v>
+        <v>441</v>
       </c>
       <c r="BE22" s="1">
         <v>46030</v>
+      </c>
+      <c r="BF22" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="23" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B23" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C23" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D23" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E23" t="s">
         <v>62</v>
       </c>
       <c r="F23" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="G23" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="H23" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="I23" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="J23">
         <v>1</v>
       </c>
       <c r="K23">
         <v>-1</v>
       </c>
       <c r="M23">
         <v>0</v>
       </c>
       <c r="O23" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="P23" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="Q23" t="s">
+        <v>460</v>
+      </c>
+      <c r="R23" t="s">
+        <v>62</v>
+      </c>
+      <c r="S23">
+        <v>20210000</v>
+      </c>
+      <c r="T23" t="s">
+        <v>455</v>
+      </c>
+      <c r="U23" t="s">
         <v>459</v>
       </c>
-      <c r="R23" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V23" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="W23" t="s">
         <v>62</v>
       </c>
       <c r="X23">
-        <v>2462</v>
+        <v>2021</v>
       </c>
       <c r="Y23" s="1">
-        <v>46041</v>
+        <v>46082</v>
       </c>
       <c r="Z23" s="1">
-        <v>46111</v>
+        <v>46631</v>
       </c>
       <c r="AA23" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="AB23" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="AC23" t="s">
         <v>463</v>
       </c>
       <c r="AD23" t="s">
         <v>62</v>
       </c>
       <c r="AE23">
-        <v>23700000</v>
+        <v>27660000</v>
       </c>
       <c r="AF23" t="s">
+        <v>462</v>
+      </c>
+      <c r="AG23" t="s">
+        <v>462</v>
+      </c>
+      <c r="AH23" t="s">
+        <v>459</v>
+      </c>
+      <c r="AI23" t="s">
         <v>464</v>
       </c>
-      <c r="AG23" t="s">
-[...2 lines deleted...]
-      <c r="AH23" t="s">
+      <c r="AJ23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK23">
+        <v>27660000</v>
+      </c>
+      <c r="AL23" t="s">
         <v>462</v>
-      </c>
-[...10 lines deleted...]
-        <v>464</v>
       </c>
       <c r="AM23" t="s">
         <v>465</v>
       </c>
       <c r="AN23">
         <v>0</v>
       </c>
-      <c r="AO23" t="s">
+      <c r="AP23" t="s">
         <v>466</v>
       </c>
-      <c r="AP23" t="s">
+      <c r="AQ23">
+        <v>-1</v>
+      </c>
+      <c r="AR23" t="s">
         <v>467</v>
       </c>
-      <c r="AQ23">
-[...2 lines deleted...]
-      <c r="AR23" t="s">
+      <c r="AS23" t="s">
         <v>468</v>
       </c>
-      <c r="AS23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AT23">
-        <v>-1</v>
-[...2 lines deleted...]
-        <v>470</v>
+        <v>0</v>
       </c>
       <c r="AV23" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="BB23" t="s">
-        <v>471</v>
+        <v>455</v>
       </c>
       <c r="BC23" t="s">
-        <v>153</v>
+        <v>455</v>
       </c>
       <c r="BD23" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="BE23" s="1">
         <v>46030</v>
+      </c>
+      <c r="BF23" t="s">
+        <v>469</v>
       </c>
     </row>
     <row r="24" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
+        <v>470</v>
+      </c>
+      <c r="B24" t="s">
+        <v>471</v>
+      </c>
+      <c r="C24" t="s">
         <v>472</v>
       </c>
-      <c r="B24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>404</v>
+        <v>473</v>
       </c>
       <c r="E24" t="s">
         <v>62</v>
       </c>
       <c r="F24" t="s">
-        <v>405</v>
+        <v>474</v>
       </c>
       <c r="G24" t="s">
-        <v>406</v>
+        <v>475</v>
       </c>
       <c r="H24" t="s">
-        <v>407</v>
+        <v>476</v>
       </c>
       <c r="I24" t="s">
-        <v>408</v>
+        <v>477</v>
       </c>
       <c r="J24">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K24">
         <v>-1</v>
       </c>
       <c r="M24">
         <v>0</v>
       </c>
       <c r="O24" t="s">
-        <v>409</v>
+        <v>478</v>
       </c>
       <c r="P24" t="s">
-        <v>410</v>
+        <v>479</v>
       </c>
       <c r="Q24" t="s">
-        <v>72</v>
+        <v>439</v>
       </c>
       <c r="R24" t="s">
         <v>62</v>
       </c>
       <c r="S24">
-        <v>24510000</v>
+        <v>24620000</v>
       </c>
       <c r="T24" t="s">
-        <v>411</v>
+        <v>475</v>
       </c>
       <c r="U24" t="s">
-        <v>412</v>
+        <v>479</v>
       </c>
       <c r="V24" t="s">
-        <v>413</v>
+        <v>480</v>
       </c>
       <c r="W24" t="s">
         <v>62</v>
       </c>
       <c r="X24">
-        <v>2189</v>
+        <v>2462</v>
       </c>
       <c r="Y24" s="1">
-        <v>46030</v>
+        <v>46041</v>
       </c>
       <c r="Z24" s="1">
-        <v>46030</v>
+        <v>46111</v>
       </c>
       <c r="AA24" t="s">
-        <v>414</v>
+        <v>481</v>
       </c>
       <c r="AB24" t="s">
-        <v>412</v>
+        <v>482</v>
       </c>
       <c r="AC24" t="s">
-        <v>415</v>
+        <v>483</v>
       </c>
       <c r="AD24" t="s">
         <v>62</v>
       </c>
       <c r="AE24">
-        <v>21890000</v>
+        <v>23700000</v>
       </c>
       <c r="AF24" t="s">
-        <v>411</v>
+        <v>484</v>
       </c>
       <c r="AG24" t="s">
-        <v>416</v>
+        <v>481</v>
       </c>
       <c r="AH24" t="s">
-        <v>417</v>
+        <v>482</v>
       </c>
       <c r="AI24" t="s">
-        <v>418</v>
+        <v>483</v>
       </c>
       <c r="AJ24" t="s">
         <v>62</v>
       </c>
       <c r="AK24">
-        <v>25760000</v>
+        <v>23700000</v>
       </c>
       <c r="AL24" t="s">
-        <v>419</v>
+        <v>484</v>
       </c>
       <c r="AM24" t="s">
-        <v>420</v>
+        <v>485</v>
       </c>
       <c r="AN24">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="AO24" t="s">
-        <v>421</v>
+        <v>486</v>
+      </c>
+      <c r="AP24" t="s">
+        <v>487</v>
       </c>
       <c r="AQ24">
         <v>-1</v>
       </c>
       <c r="AR24" t="s">
-        <v>422</v>
+        <v>488</v>
       </c>
       <c r="AS24" t="s">
-        <v>423</v>
+        <v>489</v>
       </c>
       <c r="AT24">
         <v>-1</v>
       </c>
       <c r="AU24" t="s">
-        <v>295</v>
+        <v>490</v>
       </c>
       <c r="AV24" t="s">
-        <v>109</v>
+        <v>84</v>
       </c>
       <c r="BB24" t="s">
-        <v>424</v>
+        <v>491</v>
       </c>
       <c r="BC24" t="s">
-        <v>425</v>
+        <v>153</v>
       </c>
       <c r="BD24" t="s">
-        <v>416</v>
+        <v>481</v>
       </c>
       <c r="BE24" s="1">
         <v>46030</v>
       </c>
     </row>
     <row r="25" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
-        <v>473</v>
+        <v>492</v>
       </c>
       <c r="B25" t="s">
-        <v>474</v>
+        <v>493</v>
       </c>
       <c r="C25" t="s">
-        <v>475</v>
+        <v>494</v>
       </c>
       <c r="D25" t="s">
         <v>61</v>
       </c>
       <c r="E25" t="s">
         <v>62</v>
       </c>
       <c r="F25" t="s">
-        <v>364</v>
+        <v>288</v>
       </c>
       <c r="G25" t="s">
-        <v>476</v>
+        <v>495</v>
       </c>
       <c r="H25" t="s">
-        <v>477</v>
+        <v>496</v>
       </c>
       <c r="I25" t="s">
-        <v>478</v>
+        <v>497</v>
       </c>
       <c r="J25">
         <v>13</v>
       </c>
       <c r="K25">
         <v>-1</v>
       </c>
       <c r="M25">
         <v>0</v>
       </c>
       <c r="O25" t="s">
-        <v>474</v>
+        <v>493</v>
       </c>
       <c r="P25" t="s">
-        <v>475</v>
+        <v>494</v>
       </c>
       <c r="Q25" t="s">
         <v>61</v>
       </c>
       <c r="R25" t="s">
         <v>62</v>
       </c>
       <c r="S25">
         <v>21150000</v>
       </c>
       <c r="T25" t="s">
-        <v>476</v>
+        <v>495</v>
       </c>
       <c r="U25" t="s">
-        <v>475</v>
+        <v>494</v>
       </c>
       <c r="V25" t="s">
         <v>61</v>
       </c>
       <c r="W25" t="s">
         <v>62</v>
       </c>
       <c r="X25">
         <v>2115</v>
       </c>
       <c r="Y25" s="1">
         <v>46044</v>
       </c>
       <c r="Z25" s="1">
         <v>46295</v>
       </c>
       <c r="AA25" t="s">
-        <v>479</v>
+        <v>498</v>
       </c>
       <c r="AB25" t="s">
-        <v>480</v>
+        <v>499</v>
       </c>
       <c r="AC25" t="s">
-        <v>481</v>
+        <v>500</v>
       </c>
       <c r="AD25" t="s">
         <v>62</v>
       </c>
       <c r="AE25">
         <v>18640000</v>
       </c>
       <c r="AF25" t="s">
-        <v>482</v>
+        <v>501</v>
       </c>
       <c r="AG25" t="s">
-        <v>479</v>
+        <v>498</v>
       </c>
       <c r="AH25" t="s">
-        <v>480</v>
+        <v>499</v>
       </c>
       <c r="AI25" t="s">
-        <v>481</v>
+        <v>500</v>
       </c>
       <c r="AJ25" t="s">
         <v>62</v>
       </c>
       <c r="AK25">
         <v>18640000</v>
       </c>
       <c r="AL25" t="s">
-        <v>482</v>
+        <v>501</v>
       </c>
       <c r="AM25" t="s">
-        <v>483</v>
+        <v>502</v>
       </c>
       <c r="AN25">
         <v>0</v>
       </c>
       <c r="AO25" t="s">
-        <v>484</v>
+        <v>503</v>
       </c>
       <c r="AP25" t="s">
-        <v>485</v>
+        <v>504</v>
       </c>
       <c r="AQ25">
         <v>-1</v>
       </c>
       <c r="AR25" t="s">
-        <v>486</v>
+        <v>505</v>
       </c>
       <c r="AS25" t="s">
-        <v>487</v>
+        <v>506</v>
       </c>
       <c r="AT25">
         <v>-1</v>
       </c>
       <c r="AU25" t="s">
-        <v>488</v>
+        <v>507</v>
       </c>
       <c r="AV25" t="s">
-        <v>489</v>
+        <v>508</v>
       </c>
       <c r="BB25" t="s">
-        <v>490</v>
+        <v>509</v>
       </c>
       <c r="BC25" t="s">
-        <v>118</v>
+        <v>134</v>
       </c>
       <c r="BD25" t="s">
-        <v>491</v>
+        <v>510</v>
       </c>
       <c r="BE25" s="1">
         <v>46030</v>
       </c>
       <c r="BF25" t="s">
-        <v>492</v>
+        <v>511</v>
       </c>
     </row>
     <row r="26" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
-        <v>493</v>
+        <v>512</v>
       </c>
       <c r="B26" t="s">
-        <v>494</v>
+        <v>402</v>
       </c>
       <c r="C26" t="s">
-        <v>495</v>
+        <v>403</v>
       </c>
       <c r="D26" t="s">
-        <v>72</v>
+        <v>404</v>
       </c>
       <c r="E26" t="s">
         <v>62</v>
       </c>
       <c r="F26" t="s">
-        <v>496</v>
+        <v>405</v>
       </c>
       <c r="G26" t="s">
-        <v>497</v>
+        <v>406</v>
       </c>
       <c r="H26" t="s">
-        <v>153</v>
+        <v>407</v>
       </c>
       <c r="I26" t="s">
-        <v>498</v>
+        <v>408</v>
       </c>
       <c r="J26">
         <v>2</v>
       </c>
       <c r="K26">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="M26">
         <v>0</v>
       </c>
       <c r="O26" t="s">
-        <v>499</v>
+        <v>409</v>
       </c>
       <c r="P26" t="s">
-        <v>500</v>
+        <v>410</v>
       </c>
       <c r="Q26" t="s">
-        <v>501</v>
+        <v>72</v>
       </c>
       <c r="R26" t="s">
         <v>62</v>
       </c>
       <c r="S26">
-        <v>24210000</v>
+        <v>24510000</v>
       </c>
       <c r="T26" t="s">
-        <v>497</v>
+        <v>411</v>
       </c>
       <c r="U26" t="s">
-        <v>502</v>
+        <v>412</v>
       </c>
       <c r="V26" t="s">
-        <v>459</v>
+        <v>413</v>
       </c>
       <c r="W26" t="s">
         <v>62</v>
       </c>
       <c r="X26">
-        <v>2465</v>
+        <v>2189</v>
       </c>
       <c r="Y26" s="1">
-        <v>46044</v>
+        <v>46030</v>
       </c>
       <c r="Z26" s="1">
-        <v>46111</v>
+        <v>46030</v>
       </c>
       <c r="AA26" t="s">
-        <v>503</v>
+        <v>414</v>
       </c>
       <c r="AB26" t="s">
-        <v>502</v>
+        <v>412</v>
       </c>
       <c r="AC26" t="s">
-        <v>459</v>
+        <v>415</v>
       </c>
       <c r="AD26" t="s">
         <v>62</v>
       </c>
       <c r="AE26">
-        <v>24650000</v>
+        <v>21890000</v>
       </c>
       <c r="AF26" t="s">
-        <v>497</v>
+        <v>411</v>
       </c>
       <c r="AG26" t="s">
-        <v>504</v>
+        <v>416</v>
       </c>
       <c r="AH26" t="s">
-        <v>505</v>
+        <v>417</v>
       </c>
       <c r="AI26" t="s">
-        <v>506</v>
+        <v>418</v>
       </c>
       <c r="AJ26" t="s">
         <v>62</v>
       </c>
       <c r="AK26">
-        <v>21490000</v>
+        <v>25760000</v>
       </c>
       <c r="AL26" t="s">
-        <v>507</v>
+        <v>419</v>
       </c>
       <c r="AM26" t="s">
-        <v>508</v>
+        <v>420</v>
       </c>
       <c r="AN26">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="AO26" t="s">
-        <v>509</v>
+        <v>421</v>
       </c>
       <c r="AQ26">
         <v>-1</v>
       </c>
       <c r="AR26" t="s">
-        <v>510</v>
+        <v>422</v>
       </c>
       <c r="AS26" t="s">
-        <v>129</v>
+        <v>423</v>
       </c>
       <c r="AT26">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="AU26" t="s">
+        <v>339</v>
       </c>
       <c r="AV26" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="BB26" t="s">
-        <v>511</v>
+        <v>424</v>
       </c>
       <c r="BC26" t="s">
-        <v>512</v>
+        <v>425</v>
       </c>
       <c r="BD26" t="s">
-        <v>504</v>
+        <v>416</v>
       </c>
       <c r="BE26" s="1">
         <v>46030</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="27" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
         <v>513</v>
       </c>
       <c r="B27" t="s">
         <v>514</v>
       </c>
       <c r="C27" t="s">
         <v>515</v>
       </c>
       <c r="D27" t="s">
         <v>516</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>517</v>
       </c>
       <c r="G27" t="s">
         <v>518</v>
       </c>
       <c r="H27" t="s">
-        <v>253</v>
+        <v>378</v>
       </c>
       <c r="I27" t="s">
         <v>519</v>
       </c>
       <c r="J27">
         <v>4</v>
       </c>
       <c r="K27">
         <v>-1</v>
       </c>
       <c r="M27">
         <v>0</v>
       </c>
       <c r="O27" t="s">
         <v>514</v>
       </c>
       <c r="P27" t="s">
         <v>515</v>
       </c>
       <c r="Q27" t="s">
         <v>516</v>
       </c>
       <c r="R27" t="s">
         <v>62</v>
       </c>
       <c r="S27">
         <v>24670000</v>
       </c>
       <c r="T27" t="s">
         <v>518</v>
       </c>
       <c r="U27" t="s">
         <v>515</v>
       </c>
       <c r="V27" t="s">
         <v>516</v>
       </c>
       <c r="W27" t="s">
         <v>62</v>
       </c>
       <c r="X27">
         <v>2467</v>
       </c>
       <c r="Y27" s="1">
         <v>46045</v>
       </c>
       <c r="Z27" s="1">
         <v>46843</v>
       </c>
       <c r="AA27" t="s">
-        <v>176</v>
+        <v>221</v>
       </c>
       <c r="AB27" t="s">
-        <v>177</v>
+        <v>222</v>
       </c>
       <c r="AC27" t="s">
-        <v>178</v>
+        <v>223</v>
       </c>
       <c r="AD27" t="s">
         <v>62</v>
       </c>
       <c r="AE27">
         <v>17570000</v>
       </c>
       <c r="AF27" t="s">
         <v>520</v>
       </c>
       <c r="AG27" t="s">
-        <v>176</v>
+        <v>221</v>
       </c>
       <c r="AH27" t="s">
-        <v>177</v>
+        <v>222</v>
       </c>
       <c r="AI27" t="s">
-        <v>178</v>
+        <v>223</v>
       </c>
       <c r="AJ27" t="s">
         <v>62</v>
       </c>
       <c r="AK27">
         <v>17570000</v>
       </c>
       <c r="AL27" t="s">
         <v>520</v>
       </c>
       <c r="AM27" t="s">
         <v>521</v>
       </c>
       <c r="AN27">
         <v>0</v>
       </c>
       <c r="AO27" t="s">
         <v>522</v>
       </c>
       <c r="AP27" t="s">
         <v>523</v>
       </c>
       <c r="AQ27">
         <v>-1</v>
       </c>
       <c r="AR27" t="s">
         <v>524</v>
       </c>
       <c r="AS27" t="s">
         <v>525</v>
       </c>
       <c r="AT27">
         <v>-1</v>
       </c>
       <c r="AU27" t="s">
         <v>526</v>
       </c>
       <c r="AV27" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="BB27" t="s">
         <v>527</v>
       </c>
       <c r="BC27" t="s">
         <v>153</v>
       </c>
       <c r="BD27" t="s">
-        <v>184</v>
+        <v>229</v>
       </c>
       <c r="BE27" s="1">
         <v>46031</v>
       </c>
       <c r="BF27" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="28" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
         <v>528</v>
       </c>
       <c r="B28" t="s">
         <v>529</v>
       </c>
       <c r="C28" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D28" t="s">
-        <v>61</v>
+        <v>531</v>
       </c>
       <c r="E28" t="s">
         <v>62</v>
       </c>
       <c r="F28" t="s">
+        <v>532</v>
+      </c>
+      <c r="G28" t="s">
+        <v>533</v>
+      </c>
+      <c r="H28" t="s">
+        <v>153</v>
+      </c>
+      <c r="I28" t="s">
+        <v>534</v>
+      </c>
+      <c r="J28">
+        <v>4</v>
+      </c>
+      <c r="K28">
+        <v>-1</v>
+      </c>
+      <c r="M28">
+        <v>0</v>
+      </c>
+      <c r="O28" t="s">
+        <v>535</v>
+      </c>
+      <c r="P28" t="s">
         <v>530</v>
       </c>
-      <c r="G28" t="s">
+      <c r="Q28" t="s">
         <v>531</v>
       </c>
-      <c r="H28" t="s">
-[...2 lines deleted...]
-      <c r="I28" t="s">
+      <c r="R28" t="s">
+        <v>62</v>
+      </c>
+      <c r="S28">
+        <v>18540000</v>
+      </c>
+      <c r="T28" t="s">
         <v>533</v>
       </c>
-      <c r="J28">
-[...25 lines deleted...]
-      </c>
       <c r="U28" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="V28" t="s">
-        <v>250</v>
+        <v>537</v>
       </c>
       <c r="W28" t="s">
         <v>62</v>
       </c>
       <c r="X28">
-        <v>1923</v>
+        <v>2184</v>
       </c>
       <c r="Y28" s="1">
-        <v>46013</v>
+        <v>46048</v>
       </c>
       <c r="Z28" s="1">
-        <v>46052</v>
+        <v>46106</v>
       </c>
       <c r="AA28" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="AB28" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="AC28" t="s">
+        <v>122</v>
+      </c>
+      <c r="AD28" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE28">
+        <v>18410000</v>
+      </c>
+      <c r="AF28" t="s">
+        <v>540</v>
+      </c>
+      <c r="AG28" t="s">
         <v>538</v>
       </c>
-      <c r="AD28" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AH28" t="s">
-        <v>219</v>
+        <v>539</v>
       </c>
       <c r="AI28" t="s">
-        <v>220</v>
+        <v>122</v>
       </c>
       <c r="AJ28" t="s">
         <v>62</v>
       </c>
       <c r="AK28">
-        <v>23020000</v>
+        <v>18410000</v>
       </c>
       <c r="AL28" t="s">
-        <v>106</v>
+        <v>540</v>
       </c>
       <c r="AM28" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="AN28">
         <v>0</v>
       </c>
-      <c r="AO28" t="s">
-        <v>540</v>
+      <c r="AP28" t="s">
+        <v>542</v>
       </c>
       <c r="AQ28">
         <v>-1</v>
       </c>
       <c r="AR28" t="s">
-        <v>301</v>
+        <v>543</v>
       </c>
       <c r="AS28" t="s">
-        <v>302</v>
+        <v>544</v>
       </c>
       <c r="AT28">
-        <v>-1</v>
-[...2 lines deleted...]
-        <v>541</v>
+        <v>0</v>
       </c>
       <c r="AV28" t="s">
-        <v>109</v>
-[...11 lines deleted...]
-        <v>544</v>
+        <v>208</v>
       </c>
       <c r="BB28" t="s">
-        <v>106</v>
+        <v>545</v>
       </c>
       <c r="BC28" t="s">
         <v>153</v>
       </c>
       <c r="BD28" t="s">
-        <v>218</v>
+        <v>538</v>
       </c>
       <c r="BE28" s="1">
         <v>46031</v>
       </c>
       <c r="BF28" t="s">
-        <v>229</v>
+        <v>546</v>
       </c>
     </row>
     <row r="29" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="B29" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C29" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="D29" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="E29" t="s">
         <v>62</v>
       </c>
       <c r="F29" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="G29" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="H29" t="s">
         <v>153</v>
       </c>
       <c r="I29" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="J29">
         <v>1</v>
       </c>
       <c r="K29">
         <v>-1</v>
       </c>
       <c r="M29">
         <v>0</v>
       </c>
       <c r="O29" t="s">
+        <v>554</v>
+      </c>
+      <c r="P29" t="s">
+        <v>555</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>550</v>
+      </c>
+      <c r="R29" t="s">
+        <v>62</v>
+      </c>
+      <c r="S29">
+        <v>11020000</v>
+      </c>
+      <c r="T29" t="s">
         <v>552</v>
       </c>
-      <c r="P29" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="U29" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="V29" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="W29" t="s">
         <v>62</v>
       </c>
       <c r="X29">
-        <v>1731</v>
+        <v>1102</v>
       </c>
       <c r="Y29" s="1">
-        <v>46041</v>
+        <v>46034</v>
       </c>
       <c r="Z29" s="1">
-        <v>46203</v>
+        <v>46035</v>
       </c>
       <c r="AA29" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="AB29" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="AC29" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="AD29" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE29">
+        <v>11050000</v>
+      </c>
+      <c r="AF29" t="s">
+        <v>560</v>
+      </c>
+      <c r="AG29" t="s">
         <v>557</v>
       </c>
-      <c r="AE29">
-[...2 lines deleted...]
-      <c r="AF29" t="s">
+      <c r="AH29" t="s">
         <v>558</v>
       </c>
-      <c r="AG29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AI29" t="s">
-        <v>220</v>
+        <v>559</v>
       </c>
       <c r="AJ29" t="s">
         <v>62</v>
       </c>
       <c r="AK29">
-        <v>23020000</v>
+        <v>11050000</v>
       </c>
       <c r="AL29" t="s">
-        <v>325</v>
+        <v>560</v>
       </c>
       <c r="AM29" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="AN29">
         <v>-1</v>
       </c>
       <c r="AO29" t="s">
-        <v>223</v>
+        <v>562</v>
       </c>
       <c r="AQ29">
         <v>-1</v>
       </c>
       <c r="AR29" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="AS29" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="AT29">
         <v>-1</v>
       </c>
       <c r="AU29" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="AV29" t="s">
-        <v>109</v>
+        <v>101</v>
+      </c>
+      <c r="AX29" t="s">
+        <v>566</v>
+      </c>
+      <c r="AY29" t="s">
+        <v>567</v>
+      </c>
+      <c r="AZ29" s="1">
+        <v>46031</v>
+      </c>
+      <c r="BA29" t="s">
+        <v>568</v>
       </c>
       <c r="BB29" t="s">
-        <v>227</v>
+        <v>569</v>
       </c>
       <c r="BC29" t="s">
-        <v>228</v>
+        <v>307</v>
       </c>
       <c r="BD29" t="s">
-        <v>218</v>
+        <v>557</v>
       </c>
       <c r="BE29" s="1">
         <v>46031</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="30" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="B30" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="C30" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="D30" t="s">
-        <v>566</v>
+        <v>61</v>
       </c>
       <c r="E30" t="s">
         <v>62</v>
       </c>
       <c r="F30" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="G30" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="H30" t="s">
-        <v>153</v>
+        <v>574</v>
       </c>
       <c r="I30" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="J30">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K30">
         <v>-1</v>
       </c>
       <c r="M30">
         <v>0</v>
       </c>
       <c r="O30" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="P30" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="Q30" t="s">
-        <v>566</v>
+        <v>389</v>
       </c>
       <c r="R30" t="s">
         <v>62</v>
       </c>
       <c r="S30">
-        <v>18540000</v>
+        <v>19230000</v>
       </c>
       <c r="T30" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="U30" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="V30" t="s">
-        <v>572</v>
+        <v>389</v>
       </c>
       <c r="W30" t="s">
         <v>62</v>
       </c>
       <c r="X30">
-        <v>2184</v>
+        <v>1923</v>
       </c>
       <c r="Y30" s="1">
-        <v>46048</v>
+        <v>46013</v>
       </c>
       <c r="Z30" s="1">
-        <v>46106</v>
+        <v>46052</v>
       </c>
       <c r="AA30" t="s">
+        <v>578</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>579</v>
+      </c>
+      <c r="AC30" t="s">
+        <v>580</v>
+      </c>
+      <c r="AD30" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE30">
+        <v>19400000</v>
+      </c>
+      <c r="AF30" t="s">
         <v>573</v>
       </c>
-      <c r="AB30" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AG30" t="s">
-        <v>573</v>
+        <v>182</v>
       </c>
       <c r="AH30" t="s">
-        <v>574</v>
+        <v>183</v>
       </c>
       <c r="AI30" t="s">
-        <v>100</v>
+        <v>184</v>
       </c>
       <c r="AJ30" t="s">
         <v>62</v>
       </c>
       <c r="AK30">
-        <v>18410000</v>
+        <v>23020000</v>
       </c>
       <c r="AL30" t="s">
-        <v>575</v>
+        <v>126</v>
       </c>
       <c r="AM30" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="AN30">
         <v>0</v>
       </c>
-      <c r="AP30" t="s">
-        <v>577</v>
+      <c r="AO30" t="s">
+        <v>582</v>
       </c>
       <c r="AQ30">
         <v>-1</v>
       </c>
       <c r="AR30" t="s">
-        <v>578</v>
+        <v>345</v>
       </c>
       <c r="AS30" t="s">
-        <v>579</v>
+        <v>346</v>
       </c>
       <c r="AT30">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="AU30" t="s">
+        <v>583</v>
       </c>
       <c r="AV30" t="s">
-        <v>163</v>
+        <v>101</v>
+      </c>
+      <c r="AX30" t="s">
+        <v>584</v>
+      </c>
+      <c r="AY30" t="s">
+        <v>585</v>
+      </c>
+      <c r="AZ30" s="1">
+        <v>46009</v>
+      </c>
+      <c r="BA30" t="s">
+        <v>586</v>
       </c>
       <c r="BB30" t="s">
-        <v>580</v>
+        <v>126</v>
       </c>
       <c r="BC30" t="s">
         <v>153</v>
       </c>
       <c r="BD30" t="s">
-        <v>573</v>
+        <v>182</v>
       </c>
       <c r="BE30" s="1">
         <v>46031</v>
       </c>
       <c r="BF30" t="s">
-        <v>581</v>
+        <v>193</v>
       </c>
     </row>
     <row r="31" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="B31" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="C31" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="D31" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="E31" t="s">
         <v>62</v>
       </c>
       <c r="F31" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="G31" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="H31" t="s">
         <v>153</v>
       </c>
       <c r="I31" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="J31">
         <v>1</v>
       </c>
       <c r="K31">
         <v>-1</v>
       </c>
       <c r="M31">
         <v>0</v>
       </c>
       <c r="O31" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="P31" t="s">
+        <v>595</v>
+      </c>
+      <c r="Q31" t="s">
         <v>590</v>
       </c>
-      <c r="Q31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R31" t="s">
         <v>62</v>
       </c>
       <c r="S31">
-        <v>11020000</v>
+        <v>17310000</v>
       </c>
       <c r="T31" t="s">
-        <v>587</v>
+        <v>339</v>
       </c>
       <c r="U31" t="s">
+        <v>595</v>
+      </c>
+      <c r="V31" t="s">
         <v>590</v>
       </c>
-      <c r="V31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W31" t="s">
         <v>62</v>
       </c>
       <c r="X31">
-        <v>1102</v>
+        <v>1731</v>
       </c>
       <c r="Y31" s="1">
-        <v>46034</v>
+        <v>46041</v>
       </c>
       <c r="Z31" s="1">
-        <v>46035</v>
+        <v>46203</v>
       </c>
       <c r="AA31" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="AB31" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="AC31" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="AD31" t="s">
-        <v>62</v>
+        <v>599</v>
       </c>
       <c r="AE31">
-        <v>11050000</v>
+        <v>34580000</v>
       </c>
       <c r="AF31" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="AG31" t="s">
-        <v>592</v>
+        <v>182</v>
       </c>
       <c r="AH31" t="s">
-        <v>593</v>
+        <v>183</v>
       </c>
       <c r="AI31" t="s">
-        <v>594</v>
+        <v>184</v>
       </c>
       <c r="AJ31" t="s">
         <v>62</v>
       </c>
       <c r="AK31">
-        <v>11050000</v>
+        <v>23020000</v>
       </c>
       <c r="AL31" t="s">
-        <v>595</v>
+        <v>283</v>
       </c>
       <c r="AM31" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="AN31">
         <v>-1</v>
       </c>
       <c r="AO31" t="s">
-        <v>597</v>
+        <v>187</v>
       </c>
       <c r="AQ31">
         <v>-1</v>
       </c>
       <c r="AR31" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="AS31" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="AT31">
         <v>-1</v>
       </c>
       <c r="AU31" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="AV31" t="s">
-        <v>109</v>
-[...11 lines deleted...]
-        <v>603</v>
+        <v>101</v>
       </c>
       <c r="BB31" t="s">
-        <v>604</v>
+        <v>191</v>
       </c>
       <c r="BC31" t="s">
-        <v>305</v>
+        <v>192</v>
       </c>
       <c r="BD31" t="s">
-        <v>592</v>
+        <v>182</v>
       </c>
       <c r="BE31" s="1">
         <v>46031</v>
+      </c>
+      <c r="BF31" t="s">
+        <v>193</v>
       </c>
     </row>
     <row r="32" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
         <v>605</v>
       </c>
       <c r="B32" t="s">
         <v>606</v>
       </c>
       <c r="C32" t="s">
         <v>607</v>
       </c>
       <c r="D32" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" t="s">
+        <v>62</v>
+      </c>
+      <c r="F32" t="s">
+        <v>288</v>
+      </c>
+      <c r="G32" t="s">
         <v>608</v>
-      </c>
-[...7 lines deleted...]
-        <v>610</v>
       </c>
       <c r="H32" t="s">
         <v>153</v>
       </c>
       <c r="I32" t="s">
+        <v>609</v>
+      </c>
+      <c r="J32">
+        <v>5</v>
+      </c>
+      <c r="K32">
+        <v>-1</v>
+      </c>
+      <c r="M32">
+        <v>0</v>
+      </c>
+      <c r="O32" t="s">
+        <v>606</v>
+      </c>
+      <c r="P32" t="s">
+        <v>607</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>61</v>
+      </c>
+      <c r="R32" t="s">
+        <v>62</v>
+      </c>
+      <c r="S32">
+        <v>21150000</v>
+      </c>
+      <c r="T32" t="s">
+        <v>608</v>
+      </c>
+      <c r="U32" t="s">
+        <v>610</v>
+      </c>
+      <c r="V32" t="s">
+        <v>139</v>
+      </c>
+      <c r="W32" t="s">
+        <v>62</v>
+      </c>
+      <c r="X32">
+        <v>2115</v>
+      </c>
+      <c r="Y32" s="1">
+        <v>46044</v>
+      </c>
+      <c r="Z32" s="1">
+        <v>46189</v>
+      </c>
+      <c r="AA32" t="s">
         <v>611</v>
       </c>
-      <c r="J32">
-[...8 lines deleted...]
-      <c r="O32" t="s">
+      <c r="AB32" t="s">
         <v>612</v>
       </c>
-      <c r="P32" t="s">
+      <c r="AC32" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE32">
+        <v>21090000</v>
+      </c>
+      <c r="AF32" t="s">
         <v>613</v>
       </c>
-      <c r="Q32" t="s">
+      <c r="AG32" t="s">
         <v>614</v>
       </c>
-      <c r="R32" t="s">
-[...8 lines deleted...]
-      <c r="U32" t="s">
+      <c r="AH32" t="s">
         <v>615</v>
       </c>
-      <c r="V32" t="s">
+      <c r="AI32" t="s">
         <v>616</v>
       </c>
-      <c r="W32" t="s">
+      <c r="AJ32" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK32">
+        <v>21490000</v>
+      </c>
+      <c r="AL32" t="s">
         <v>617</v>
       </c>
-      <c r="X32">
-[...43 lines deleted...]
-      </c>
       <c r="AM32" t="s">
-        <v>596</v>
+        <v>618</v>
       </c>
       <c r="AN32">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="AO32" t="s">
-        <v>618</v>
+        <v>619</v>
+      </c>
+      <c r="AP32" t="s">
+        <v>620</v>
       </c>
       <c r="AQ32">
         <v>-1</v>
       </c>
       <c r="AR32" t="s">
-        <v>619</v>
+        <v>164</v>
       </c>
       <c r="AS32" t="s">
-        <v>620</v>
+        <v>165</v>
       </c>
       <c r="AT32">
         <v>-1</v>
       </c>
       <c r="AU32" t="s">
         <v>621</v>
       </c>
       <c r="AV32" t="s">
-        <v>109</v>
+        <v>347</v>
+      </c>
+      <c r="AW32" t="s">
+        <v>622</v>
       </c>
       <c r="BB32" t="s">
-        <v>604</v>
+        <v>623</v>
       </c>
       <c r="BC32" t="s">
-        <v>305</v>
+        <v>624</v>
       </c>
       <c r="BD32" t="s">
-        <v>592</v>
+        <v>611</v>
       </c>
       <c r="BE32" s="1">
         <v>46034</v>
       </c>
     </row>
     <row r="33" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="B33" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="C33" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="D33" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="E33" t="s">
         <v>62</v>
       </c>
       <c r="F33" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="G33" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="H33" t="s">
-        <v>292</v>
+        <v>153</v>
       </c>
       <c r="I33" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="J33">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K33">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="M33">
         <v>0</v>
       </c>
       <c r="O33" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="P33" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="Q33" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="R33" t="s">
-        <v>62</v>
+        <v>177</v>
       </c>
       <c r="S33">
-        <v>14750000</v>
+        <v>331310000</v>
       </c>
       <c r="T33" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="U33" t="s">
-        <v>624</v>
+        <v>635</v>
       </c>
       <c r="V33" t="s">
-        <v>625</v>
+        <v>636</v>
       </c>
       <c r="W33" t="s">
-        <v>62</v>
+        <v>637</v>
       </c>
       <c r="X33">
-        <v>1475</v>
+        <v>6279</v>
       </c>
       <c r="Y33" s="1">
-        <v>46044</v>
+        <v>46048</v>
       </c>
       <c r="Z33" s="1">
-        <v>46600</v>
+        <v>46199</v>
       </c>
       <c r="AA33" t="s">
-        <v>503</v>
+        <v>557</v>
       </c>
       <c r="AB33" t="s">
-        <v>630</v>
+        <v>558</v>
       </c>
       <c r="AC33" t="s">
-        <v>459</v>
+        <v>559</v>
       </c>
       <c r="AD33" t="s">
         <v>62</v>
       </c>
       <c r="AE33">
-        <v>24650000</v>
+        <v>11050000</v>
       </c>
       <c r="AF33" t="s">
-        <v>631</v>
+        <v>560</v>
       </c>
       <c r="AG33" t="s">
-        <v>503</v>
+        <v>557</v>
       </c>
       <c r="AH33" t="s">
-        <v>630</v>
+        <v>558</v>
       </c>
       <c r="AI33" t="s">
-        <v>459</v>
+        <v>559</v>
       </c>
       <c r="AJ33" t="s">
         <v>62</v>
       </c>
       <c r="AK33">
-        <v>24650000</v>
+        <v>11050000</v>
       </c>
       <c r="AL33" t="s">
-        <v>631</v>
+        <v>560</v>
       </c>
       <c r="AM33" t="s">
-        <v>632</v>
+        <v>561</v>
       </c>
       <c r="AN33">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>633</v>
+        <v>-1</v>
+      </c>
+      <c r="AO33" t="s">
+        <v>638</v>
       </c>
       <c r="AQ33">
         <v>-1</v>
       </c>
       <c r="AR33" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="AS33" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="AT33">
         <v>-1</v>
       </c>
       <c r="AU33" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="AV33" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="BB33" t="s">
-        <v>637</v>
+        <v>569</v>
       </c>
       <c r="BC33" t="s">
-        <v>638</v>
+        <v>307</v>
       </c>
       <c r="BD33" t="s">
-        <v>503</v>
+        <v>557</v>
       </c>
       <c r="BE33" s="1">
         <v>46034</v>
       </c>
     </row>
     <row r="34" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="B34" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="C34" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="D34" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="E34" t="s">
         <v>62</v>
       </c>
       <c r="F34" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="G34" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="H34" t="s">
-        <v>292</v>
+        <v>336</v>
       </c>
       <c r="I34" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="J34">
         <v>1</v>
       </c>
       <c r="K34">
         <v>-1</v>
       </c>
       <c r="M34">
         <v>-1</v>
       </c>
       <c r="N34" t="s">
-        <v>294</v>
+        <v>338</v>
       </c>
       <c r="O34" t="s">
+        <v>647</v>
+      </c>
+      <c r="P34" t="s">
         <v>644</v>
       </c>
-      <c r="P34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q34" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="R34" t="s">
         <v>62</v>
       </c>
       <c r="S34">
         <v>23330000</v>
       </c>
       <c r="T34" t="s">
+        <v>647</v>
+      </c>
+      <c r="U34" t="s">
         <v>644</v>
       </c>
-      <c r="U34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V34" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="W34" t="s">
         <v>62</v>
       </c>
       <c r="X34">
         <v>2333</v>
       </c>
       <c r="Y34" s="1">
         <v>46044</v>
       </c>
       <c r="Z34" s="1">
         <v>46161</v>
       </c>
       <c r="AA34" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="AB34" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="AC34" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="AD34" t="s">
         <v>62</v>
       </c>
       <c r="AE34">
         <v>15010000</v>
       </c>
       <c r="AF34" t="s">
+        <v>652</v>
+      </c>
+      <c r="AG34" t="s">
         <v>649</v>
       </c>
-      <c r="AG34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AH34" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="AI34" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="AJ34" t="s">
         <v>62</v>
       </c>
       <c r="AK34">
         <v>15010000</v>
       </c>
       <c r="AL34" t="s">
+        <v>652</v>
+      </c>
+      <c r="AM34" t="s">
+        <v>653</v>
+      </c>
+      <c r="AN34">
+        <v>0</v>
+      </c>
+      <c r="AO34" t="s">
+        <v>654</v>
+      </c>
+      <c r="AQ34">
+        <v>-1</v>
+      </c>
+      <c r="AR34" t="s">
+        <v>655</v>
+      </c>
+      <c r="AS34" t="s">
+        <v>656</v>
+      </c>
+      <c r="AT34">
+        <v>-1</v>
+      </c>
+      <c r="AU34" t="s">
+        <v>657</v>
+      </c>
+      <c r="AV34" t="s">
+        <v>302</v>
+      </c>
+      <c r="BB34" t="s">
+        <v>652</v>
+      </c>
+      <c r="BC34" t="s">
+        <v>658</v>
+      </c>
+      <c r="BD34" t="s">
         <v>649</v>
-      </c>
-[...34 lines deleted...]
-        <v>646</v>
       </c>
       <c r="BE34" s="1">
         <v>46034</v>
       </c>
     </row>
     <row r="35" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="B35" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="C35" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="D35" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="E35" t="s">
         <v>62</v>
       </c>
       <c r="F35" t="s">
-        <v>364</v>
+        <v>663</v>
       </c>
       <c r="G35" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="H35" t="s">
-        <v>153</v>
+        <v>665</v>
       </c>
       <c r="I35" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="J35">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K35">
         <v>-1</v>
       </c>
       <c r="M35">
         <v>0</v>
       </c>
       <c r="O35" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="P35" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="Q35" t="s">
-        <v>659</v>
+        <v>122</v>
       </c>
       <c r="R35" t="s">
         <v>62</v>
       </c>
       <c r="S35">
-        <v>21150000</v>
+        <v>18450000</v>
       </c>
       <c r="T35" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="U35" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="V35" t="s">
-        <v>123</v>
+        <v>669</v>
       </c>
       <c r="W35" t="s">
         <v>62</v>
       </c>
       <c r="X35">
-        <v>2115</v>
+        <v>1845</v>
       </c>
       <c r="Y35" s="1">
-        <v>46044</v>
+        <v>46045</v>
       </c>
       <c r="Z35" s="1">
-        <v>46115</v>
+        <v>46052</v>
       </c>
       <c r="AA35" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="AB35" t="s">
+        <v>668</v>
+      </c>
+      <c r="AC35" t="s">
+        <v>122</v>
+      </c>
+      <c r="AD35" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE35">
+        <v>18450000</v>
+      </c>
+      <c r="AF35" t="s">
         <v>664</v>
       </c>
-      <c r="AC35" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AG35" t="s">
-        <v>194</v>
+        <v>670</v>
       </c>
       <c r="AH35" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="AI35" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="AJ35" t="s">
-        <v>62</v>
+        <v>599</v>
       </c>
       <c r="AK35">
-        <v>18010000</v>
+        <v>38110000</v>
       </c>
       <c r="AL35" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="AM35" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="AN35">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="AO35" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="AQ35">
         <v>-1</v>
       </c>
       <c r="AR35" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="AS35" t="s">
+        <v>145</v>
+      </c>
+      <c r="AT35">
+        <v>-1</v>
+      </c>
+      <c r="AU35" t="s">
+        <v>677</v>
+      </c>
+      <c r="AV35" t="s">
+        <v>678</v>
+      </c>
+      <c r="BB35" t="s">
         <v>673</v>
       </c>
-      <c r="AT35">
-[...10 lines deleted...]
-      </c>
       <c r="BC35" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="BD35" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="BE35" s="1">
         <v>46034</v>
       </c>
     </row>
     <row r="36" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="B36" t="s">
-        <v>657</v>
+        <v>682</v>
       </c>
       <c r="C36" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="D36" t="s">
-        <v>61</v>
+        <v>684</v>
       </c>
       <c r="E36" t="s">
         <v>62</v>
       </c>
       <c r="F36" t="s">
-        <v>364</v>
+        <v>685</v>
       </c>
       <c r="G36" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="H36" t="s">
-        <v>153</v>
+        <v>336</v>
       </c>
       <c r="I36" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="J36">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K36">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="M36">
         <v>0</v>
       </c>
       <c r="O36" t="s">
-        <v>657</v>
+        <v>688</v>
       </c>
       <c r="P36" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="Q36" t="s">
-        <v>61</v>
+        <v>684</v>
       </c>
       <c r="R36" t="s">
         <v>62</v>
       </c>
       <c r="S36">
-        <v>21150000</v>
+        <v>14750000</v>
       </c>
       <c r="T36" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="U36" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="V36" t="s">
-        <v>123</v>
+        <v>684</v>
       </c>
       <c r="W36" t="s">
         <v>62</v>
       </c>
       <c r="X36">
-        <v>2115</v>
+        <v>1475</v>
       </c>
       <c r="Y36" s="1">
         <v>46044</v>
       </c>
       <c r="Z36" s="1">
-        <v>46189</v>
+        <v>46600</v>
       </c>
       <c r="AA36" t="s">
-        <v>663</v>
+        <v>440</v>
       </c>
       <c r="AB36" t="s">
-        <v>664</v>
+        <v>689</v>
       </c>
       <c r="AC36" t="s">
-        <v>61</v>
+        <v>439</v>
       </c>
       <c r="AD36" t="s">
         <v>62</v>
       </c>
       <c r="AE36">
-        <v>21090000</v>
+        <v>24650000</v>
       </c>
       <c r="AF36" t="s">
-        <v>665</v>
+        <v>690</v>
       </c>
       <c r="AG36" t="s">
-        <v>682</v>
+        <v>440</v>
       </c>
       <c r="AH36" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="AI36" t="s">
-        <v>684</v>
+        <v>439</v>
       </c>
       <c r="AJ36" t="s">
         <v>62</v>
       </c>
       <c r="AK36">
-        <v>21490000</v>
+        <v>24650000</v>
       </c>
       <c r="AL36" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="AM36" t="s">
-        <v>669</v>
+        <v>691</v>
       </c>
       <c r="AN36">
         <v>0</v>
       </c>
-      <c r="AO36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AP36" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="AQ36">
         <v>-1</v>
       </c>
       <c r="AR36" t="s">
-        <v>200</v>
+        <v>693</v>
       </c>
       <c r="AS36" t="s">
-        <v>201</v>
+        <v>694</v>
       </c>
       <c r="AT36">
         <v>-1</v>
       </c>
       <c r="AU36" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="AV36" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>674</v>
+        <v>101</v>
       </c>
       <c r="BB36" t="s">
-        <v>675</v>
+        <v>696</v>
       </c>
       <c r="BC36" t="s">
-        <v>676</v>
+        <v>697</v>
       </c>
       <c r="BD36" t="s">
-        <v>663</v>
+        <v>440</v>
       </c>
       <c r="BE36" s="1">
         <v>46034</v>
       </c>
     </row>
     <row r="37" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
       <c r="B37" t="s">
-        <v>689</v>
+        <v>606</v>
       </c>
       <c r="C37" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="D37" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
       <c r="E37" t="s">
         <v>62</v>
       </c>
       <c r="F37" t="s">
-        <v>692</v>
+        <v>288</v>
       </c>
       <c r="G37" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="H37" t="s">
-        <v>366</v>
+        <v>153</v>
       </c>
       <c r="I37" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="J37">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K37">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="M37">
         <v>0</v>
       </c>
       <c r="O37" t="s">
-        <v>695</v>
+        <v>606</v>
       </c>
       <c r="P37" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="Q37" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
       <c r="R37" t="s">
         <v>62</v>
       </c>
       <c r="S37">
-        <v>15810000</v>
+        <v>21150000</v>
       </c>
       <c r="T37" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="U37" t="s">
-        <v>690</v>
+        <v>703</v>
       </c>
       <c r="V37" t="s">
-        <v>696</v>
+        <v>139</v>
       </c>
       <c r="W37" t="s">
         <v>62</v>
       </c>
       <c r="X37">
-        <v>1581</v>
+        <v>2115</v>
       </c>
       <c r="Y37" s="1">
         <v>46044</v>
       </c>
       <c r="Z37" s="1">
-        <v>46108</v>
+        <v>46115</v>
       </c>
       <c r="AA37" t="s">
-        <v>697</v>
+        <v>611</v>
       </c>
       <c r="AB37" t="s">
-        <v>698</v>
+        <v>612</v>
       </c>
       <c r="AC37" t="s">
-        <v>699</v>
+        <v>61</v>
       </c>
       <c r="AD37" t="s">
         <v>62</v>
       </c>
       <c r="AE37">
-        <v>15050000</v>
+        <v>21090000</v>
       </c>
       <c r="AF37" t="s">
-        <v>700</v>
+        <v>613</v>
       </c>
       <c r="AG37" t="s">
-        <v>701</v>
+        <v>158</v>
       </c>
       <c r="AH37" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="AI37" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="AJ37" t="s">
         <v>62</v>
       </c>
       <c r="AK37">
-        <v>17720000</v>
+        <v>18010000</v>
       </c>
       <c r="AL37" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="AM37" t="s">
-        <v>705</v>
+        <v>618</v>
       </c>
       <c r="AN37">
         <v>0</v>
       </c>
+      <c r="AO37" t="s">
+        <v>619</v>
+      </c>
       <c r="AP37" t="s">
-        <v>105</v>
+        <v>707</v>
       </c>
       <c r="AQ37">
         <v>-1</v>
       </c>
       <c r="AR37" t="s">
-        <v>301</v>
+        <v>708</v>
       </c>
       <c r="AS37" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="AT37">
         <v>0</v>
       </c>
       <c r="AV37" t="s">
-        <v>109</v>
+        <v>347</v>
+      </c>
+      <c r="AW37" t="s">
+        <v>622</v>
       </c>
       <c r="BB37" t="s">
-        <v>707</v>
+        <v>623</v>
       </c>
       <c r="BC37" t="s">
-        <v>708</v>
+        <v>624</v>
       </c>
       <c r="BD37" t="s">
-        <v>697</v>
+        <v>611</v>
       </c>
       <c r="BE37" s="1">
         <v>46034</v>
       </c>
     </row>
     <row r="38" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B38" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C38" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D38" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="E38" t="s">
         <v>62</v>
       </c>
       <c r="F38" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="G38" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="H38" t="s">
-        <v>715</v>
+        <v>290</v>
       </c>
       <c r="I38" t="s">
         <v>716</v>
       </c>
       <c r="J38">
         <v>1</v>
       </c>
       <c r="K38">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="M38">
         <v>0</v>
       </c>
       <c r="O38" t="s">
         <v>717</v>
       </c>
       <c r="P38" t="s">
+        <v>712</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>713</v>
+      </c>
+      <c r="R38" t="s">
+        <v>62</v>
+      </c>
+      <c r="S38">
+        <v>15810000</v>
+      </c>
+      <c r="T38" t="s">
+        <v>715</v>
+      </c>
+      <c r="U38" t="s">
+        <v>712</v>
+      </c>
+      <c r="V38" t="s">
         <v>718</v>
       </c>
-      <c r="Q38" t="s">
-[...14 lines deleted...]
-      <c r="V38" t="s">
+      <c r="W38" t="s">
+        <v>62</v>
+      </c>
+      <c r="X38">
+        <v>1581</v>
+      </c>
+      <c r="Y38" s="1">
+        <v>46044</v>
+      </c>
+      <c r="Z38" s="1">
+        <v>46108</v>
+      </c>
+      <c r="AA38" t="s">
         <v>719</v>
       </c>
-      <c r="W38" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AB38" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="AC38" t="s">
-        <v>100</v>
+        <v>721</v>
       </c>
       <c r="AD38" t="s">
         <v>62</v>
       </c>
       <c r="AE38">
-        <v>18450000</v>
+        <v>15050000</v>
       </c>
       <c r="AF38" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="AG38" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="AH38" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="AI38" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="AJ38" t="s">
-        <v>557</v>
+        <v>62</v>
       </c>
       <c r="AK38">
-        <v>38110000</v>
+        <v>17720000</v>
       </c>
       <c r="AL38" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="AM38" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="AN38">
-        <v>-1</v>
-[...2 lines deleted...]
-        <v>725</v>
+        <v>0</v>
+      </c>
+      <c r="AP38" t="s">
+        <v>107</v>
       </c>
       <c r="AQ38">
         <v>-1</v>
       </c>
       <c r="AR38" t="s">
-        <v>726</v>
+        <v>345</v>
       </c>
       <c r="AS38" t="s">
-        <v>129</v>
+        <v>728</v>
       </c>
       <c r="AT38">
-        <v>-1</v>
-[...2 lines deleted...]
-        <v>727</v>
+        <v>0</v>
       </c>
       <c r="AV38" t="s">
-        <v>728</v>
+        <v>101</v>
       </c>
       <c r="BB38" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="BC38" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="BD38" t="s">
-        <v>730</v>
+        <v>719</v>
       </c>
       <c r="BE38" s="1">
         <v>46034</v>
       </c>
     </row>
     <row r="39" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
         <v>731</v>
       </c>
       <c r="B39" t="s">
         <v>732</v>
       </c>
       <c r="C39" t="s">
         <v>733</v>
       </c>
       <c r="D39" t="s">
-        <v>440</v>
+        <v>464</v>
       </c>
       <c r="E39" t="s">
         <v>62</v>
       </c>
       <c r="F39" t="s">
         <v>734</v>
       </c>
       <c r="G39" t="s">
         <v>735</v>
       </c>
       <c r="H39" t="s">
         <v>736</v>
       </c>
       <c r="I39" t="s">
         <v>737</v>
       </c>
       <c r="J39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K39">
         <v>-1</v>
       </c>
       <c r="M39">
         <v>0</v>
       </c>
       <c r="O39" t="s">
         <v>738</v>
       </c>
       <c r="P39" t="s">
         <v>739</v>
       </c>
       <c r="Q39" t="s">
+        <v>61</v>
+      </c>
+      <c r="R39" t="s">
+        <v>62</v>
+      </c>
+      <c r="S39">
+        <v>21100000</v>
+      </c>
+      <c r="T39" t="s">
         <v>740</v>
       </c>
-      <c r="R39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="U39" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="V39" t="s">
-        <v>123</v>
+        <v>139</v>
       </c>
       <c r="W39" t="s">
         <v>62</v>
       </c>
       <c r="X39">
         <v>2110</v>
       </c>
       <c r="Y39" s="1">
-        <v>46036</v>
+        <v>46027</v>
       </c>
       <c r="Z39" s="1">
-        <v>46142</v>
+        <v>46034</v>
       </c>
       <c r="AA39" t="s">
+        <v>741</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>742</v>
+      </c>
+      <c r="AC39" t="s">
+        <v>743</v>
+      </c>
+      <c r="AD39" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE39">
+        <v>21100000</v>
+      </c>
+      <c r="AF39" t="s">
         <v>744</v>
       </c>
-      <c r="AB39" t="s">
+      <c r="AG39" t="s">
         <v>745</v>
       </c>
-      <c r="AC39" t="s">
-[...8 lines deleted...]
-      <c r="AF39" t="s">
+      <c r="AH39" t="s">
         <v>746</v>
       </c>
-      <c r="AG39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AI39" t="s">
-        <v>418</v>
+        <v>747</v>
       </c>
       <c r="AJ39" t="s">
         <v>62</v>
       </c>
       <c r="AK39">
         <v>25760000</v>
       </c>
       <c r="AL39" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="AM39" t="s">
         <v>420</v>
       </c>
       <c r="AN39">
         <v>-1</v>
       </c>
       <c r="AO39" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="AQ39">
         <v>-1</v>
       </c>
       <c r="AR39" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="AS39" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="AT39">
         <v>-1</v>
       </c>
       <c r="AU39" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="AV39" t="s">
-        <v>109</v>
-[...11 lines deleted...]
-        <v>754</v>
+        <v>101</v>
       </c>
       <c r="BB39" t="s">
         <v>424</v>
       </c>
       <c r="BC39" t="s">
         <v>425</v>
       </c>
       <c r="BD39" t="s">
         <v>416</v>
       </c>
       <c r="BE39" s="1">
         <v>46035</v>
       </c>
     </row>
     <row r="40" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="B40" t="s">
         <v>732</v>
       </c>
       <c r="C40" t="s">
         <v>733</v>
       </c>
       <c r="D40" t="s">
-        <v>440</v>
+        <v>464</v>
       </c>
       <c r="E40" t="s">
         <v>62</v>
       </c>
       <c r="F40" t="s">
         <v>734</v>
       </c>
       <c r="G40" t="s">
         <v>735</v>
       </c>
       <c r="H40" t="s">
         <v>736</v>
       </c>
       <c r="I40" t="s">
         <v>737</v>
       </c>
       <c r="J40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K40">
         <v>-1</v>
       </c>
       <c r="M40">
         <v>0</v>
       </c>
       <c r="O40" t="s">
+        <v>754</v>
+      </c>
+      <c r="P40" t="s">
+        <v>755</v>
+      </c>
+      <c r="Q40" t="s">
         <v>756</v>
       </c>
-      <c r="P40" t="s">
+      <c r="R40" t="s">
         <v>757</v>
       </c>
-      <c r="Q40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S40">
-        <v>21100000</v>
+        <v>294030000</v>
       </c>
       <c r="T40" t="s">
+        <v>744</v>
+      </c>
+      <c r="U40" t="s">
         <v>758</v>
       </c>
-      <c r="U40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V40" t="s">
-        <v>123</v>
+        <v>139</v>
       </c>
       <c r="W40" t="s">
         <v>62</v>
       </c>
       <c r="X40">
         <v>2110</v>
       </c>
       <c r="Y40" s="1">
-        <v>46027</v>
+        <v>46036</v>
       </c>
       <c r="Z40" s="1">
-        <v>46034</v>
+        <v>46142</v>
       </c>
       <c r="AA40" t="s">
         <v>759</v>
       </c>
       <c r="AB40" t="s">
         <v>760</v>
       </c>
       <c r="AC40" t="s">
+        <v>756</v>
+      </c>
+      <c r="AD40" t="s">
+        <v>757</v>
+      </c>
+      <c r="AE40">
+        <v>294030000</v>
+      </c>
+      <c r="AF40" t="s">
         <v>761</v>
       </c>
-      <c r="AD40" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AG40" t="s">
-        <v>762</v>
+        <v>416</v>
       </c>
       <c r="AH40" t="s">
-        <v>763</v>
+        <v>417</v>
       </c>
       <c r="AI40" t="s">
-        <v>764</v>
+        <v>418</v>
       </c>
       <c r="AJ40" t="s">
         <v>62</v>
       </c>
       <c r="AK40">
         <v>25760000</v>
       </c>
       <c r="AL40" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="AM40" t="s">
         <v>420</v>
       </c>
       <c r="AN40">
         <v>-1</v>
       </c>
       <c r="AO40" t="s">
+        <v>762</v>
+      </c>
+      <c r="AQ40">
+        <v>-1</v>
+      </c>
+      <c r="AR40" t="s">
+        <v>750</v>
+      </c>
+      <c r="AS40" t="s">
+        <v>751</v>
+      </c>
+      <c r="AT40">
+        <v>-1</v>
+      </c>
+      <c r="AU40" t="s">
+        <v>763</v>
+      </c>
+      <c r="AV40" t="s">
+        <v>101</v>
+      </c>
+      <c r="AX40" t="s">
+        <v>764</v>
+      </c>
+      <c r="AY40" t="s">
         <v>765</v>
       </c>
-      <c r="AQ40">
-[...11 lines deleted...]
-      <c r="AU40" t="s">
+      <c r="AZ40" s="1">
+        <v>46035</v>
+      </c>
+      <c r="BA40" t="s">
         <v>766</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="BB40" t="s">
         <v>424</v>
       </c>
       <c r="BC40" t="s">
         <v>425</v>
       </c>
       <c r="BD40" t="s">
         <v>416</v>
       </c>
       <c r="BE40" s="1">
         <v>46035</v>
       </c>
     </row>
     <row r="41" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
         <v>767</v>
       </c>
       <c r="B41" t="s">
         <v>768</v>
       </c>
       <c r="C41" t="s">
         <v>768</v>
       </c>
       <c r="D41" t="s">
         <v>61</v>
       </c>
       <c r="E41" t="s">
         <v>62</v>
       </c>
       <c r="F41" t="s">
         <v>769</v>
       </c>
       <c r="G41" t="s">
         <v>770</v>
       </c>
       <c r="H41" t="s">
-        <v>135</v>
+        <v>91</v>
       </c>
       <c r="I41" t="s">
         <v>771</v>
       </c>
       <c r="J41">
         <v>6</v>
       </c>
       <c r="K41">
         <v>-1</v>
       </c>
       <c r="M41">
         <v>0</v>
       </c>
       <c r="O41" t="s">
         <v>772</v>
       </c>
       <c r="P41" t="s">
         <v>773</v>
       </c>
       <c r="Q41" t="s">
         <v>61</v>
       </c>
       <c r="R41" t="s">
         <v>62</v>
       </c>
@@ -9826,2343 +15259,2343 @@
       <c r="AB41" t="s">
         <v>774</v>
       </c>
       <c r="AC41" t="s">
         <v>61</v>
       </c>
       <c r="AD41" t="s">
         <v>62</v>
       </c>
       <c r="AE41">
         <v>21090000</v>
       </c>
       <c r="AF41" t="s">
         <v>776</v>
       </c>
       <c r="AG41" t="s">
         <v>777</v>
       </c>
       <c r="AH41" t="s">
         <v>778</v>
       </c>
       <c r="AI41" t="s">
         <v>779</v>
       </c>
       <c r="AJ41" t="s">
-        <v>557</v>
+        <v>599</v>
       </c>
       <c r="AK41">
         <v>30790000</v>
       </c>
       <c r="AL41" t="s">
         <v>780</v>
       </c>
       <c r="AM41" t="s">
         <v>781</v>
       </c>
       <c r="AN41">
         <v>0</v>
       </c>
       <c r="AP41" t="s">
         <v>782</v>
       </c>
       <c r="AQ41">
         <v>-1</v>
       </c>
       <c r="AR41" t="s">
         <v>783</v>
       </c>
       <c r="AS41" t="s">
         <v>784</v>
       </c>
       <c r="AT41">
         <v>-1</v>
       </c>
       <c r="AU41" t="s">
         <v>785</v>
       </c>
       <c r="AV41" t="s">
-        <v>378</v>
+        <v>302</v>
       </c>
       <c r="BB41" t="s">
         <v>786</v>
       </c>
       <c r="BC41" t="s">
         <v>153</v>
       </c>
       <c r="BD41" t="s">
         <v>777</v>
       </c>
       <c r="BE41" s="1">
         <v>46035</v>
       </c>
     </row>
     <row r="42" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
         <v>787</v>
       </c>
       <c r="B42" t="s">
         <v>788</v>
       </c>
       <c r="C42" t="s">
         <v>789</v>
       </c>
       <c r="D42" t="s">
-        <v>220</v>
+        <v>790</v>
       </c>
       <c r="E42" t="s">
         <v>62</v>
       </c>
       <c r="F42" t="s">
+        <v>791</v>
+      </c>
+      <c r="G42" t="s">
+        <v>792</v>
+      </c>
+      <c r="H42" t="s">
+        <v>793</v>
+      </c>
+      <c r="I42" t="s">
+        <v>794</v>
+      </c>
+      <c r="J42">
+        <v>18</v>
+      </c>
+      <c r="K42">
+        <v>-1</v>
+      </c>
+      <c r="M42">
+        <v>0</v>
+      </c>
+      <c r="O42" t="s">
+        <v>795</v>
+      </c>
+      <c r="P42" t="s">
+        <v>796</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>61</v>
+      </c>
+      <c r="R42" t="s">
+        <v>62</v>
+      </c>
+      <c r="S42">
+        <v>21100000</v>
+      </c>
+      <c r="T42" t="s">
+        <v>792</v>
+      </c>
+      <c r="U42" t="s">
+        <v>789</v>
+      </c>
+      <c r="V42" t="s">
         <v>790</v>
       </c>
-      <c r="G42" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="W42" t="s">
         <v>62</v>
       </c>
       <c r="X42">
-        <v>2118</v>
+        <v>2142</v>
       </c>
       <c r="Y42" s="1">
-        <v>46048</v>
+        <v>46054</v>
       </c>
       <c r="Z42" s="1">
-        <v>46387</v>
+        <v>46447</v>
       </c>
       <c r="AA42" t="s">
+        <v>510</v>
+      </c>
+      <c r="AB42" t="s">
         <v>797</v>
       </c>
-      <c r="AB42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC42" t="s">
-        <v>61</v>
+        <v>500</v>
       </c>
       <c r="AD42" t="s">
         <v>62</v>
       </c>
       <c r="AE42">
-        <v>10400000</v>
+        <v>18640000</v>
       </c>
       <c r="AF42" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="AG42" t="s">
+        <v>510</v>
+      </c>
+      <c r="AH42" t="s">
+        <v>797</v>
+      </c>
+      <c r="AI42" t="s">
+        <v>500</v>
+      </c>
+      <c r="AJ42" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK42">
+        <v>18640000</v>
+      </c>
+      <c r="AL42" t="s">
         <v>798</v>
       </c>
-      <c r="AH42" t="s">
+      <c r="AM42" t="s">
         <v>799</v>
       </c>
-      <c r="AI42" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AN42">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="AO42" t="s">
         <v>800</v>
       </c>
+      <c r="AP42" t="s">
+        <v>801</v>
+      </c>
       <c r="AQ42">
         <v>-1</v>
       </c>
       <c r="AR42" t="s">
-        <v>280</v>
+        <v>802</v>
       </c>
       <c r="AS42" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="AT42">
-        <v>-1</v>
-[...2 lines deleted...]
-        <v>802</v>
+        <v>0</v>
       </c>
       <c r="AV42" t="s">
-        <v>163</v>
+        <v>84</v>
       </c>
       <c r="BB42" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="BC42" t="s">
-        <v>305</v>
+        <v>804</v>
       </c>
       <c r="BD42" t="s">
-        <v>798</v>
+        <v>153</v>
       </c>
       <c r="BE42" s="1">
         <v>46035</v>
+      </c>
+      <c r="BF42" t="s">
+        <v>805</v>
       </c>
     </row>
     <row r="43" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="B43" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="C43" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D43" t="s">
-        <v>807</v>
+        <v>184</v>
       </c>
       <c r="E43" t="s">
         <v>62</v>
       </c>
       <c r="F43" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="G43" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="H43" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="I43" t="s">
-        <v>811</v>
+        <v>154</v>
       </c>
       <c r="J43">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="K43">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="M43">
         <v>0</v>
       </c>
       <c r="O43" t="s">
         <v>812</v>
       </c>
       <c r="P43" t="s">
         <v>813</v>
       </c>
       <c r="Q43" t="s">
+        <v>184</v>
+      </c>
+      <c r="R43" t="s">
+        <v>62</v>
+      </c>
+      <c r="S43">
+        <v>23010000</v>
+      </c>
+      <c r="T43" t="s">
+        <v>814</v>
+      </c>
+      <c r="U43" t="s">
+        <v>815</v>
+      </c>
+      <c r="V43" t="s">
+        <v>139</v>
+      </c>
+      <c r="W43" t="s">
+        <v>62</v>
+      </c>
+      <c r="X43">
+        <v>2118</v>
+      </c>
+      <c r="Y43" s="1">
+        <v>46048</v>
+      </c>
+      <c r="Z43" s="1">
+        <v>46387</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>816</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>815</v>
+      </c>
+      <c r="AC43" t="s">
         <v>61</v>
       </c>
-      <c r="R43" t="s">
-[...29 lines deleted...]
-      <c r="AB43" t="s">
+      <c r="AD43" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE43">
+        <v>10400000</v>
+      </c>
+      <c r="AF43" t="s">
         <v>814</v>
       </c>
-      <c r="AC43" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AG43" t="s">
-        <v>491</v>
+        <v>817</v>
       </c>
       <c r="AH43" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="AI43" t="s">
-        <v>481</v>
+        <v>312</v>
       </c>
       <c r="AJ43" t="s">
         <v>62</v>
       </c>
       <c r="AK43">
-        <v>18640000</v>
+        <v>10400000</v>
       </c>
       <c r="AL43" t="s">
-        <v>815</v>
+        <v>526</v>
       </c>
       <c r="AM43" t="s">
-        <v>816</v>
+        <v>324</v>
       </c>
       <c r="AN43">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="AO43" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="AQ43">
         <v>-1</v>
       </c>
       <c r="AR43" t="s">
-        <v>819</v>
+        <v>366</v>
       </c>
       <c r="AS43" t="s">
         <v>820</v>
       </c>
       <c r="AT43">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="AU43" t="s">
+        <v>821</v>
       </c>
       <c r="AV43" t="s">
-        <v>84</v>
+        <v>208</v>
       </c>
       <c r="BB43" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="BC43" t="s">
-        <v>821</v>
+        <v>307</v>
       </c>
       <c r="BD43" t="s">
-        <v>153</v>
+        <v>817</v>
       </c>
       <c r="BE43" s="1">
         <v>46035</v>
-      </c>
-[...1 lines deleted...]
-        <v>822</v>
       </c>
     </row>
     <row r="44" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
         <v>823</v>
       </c>
       <c r="B44" t="s">
         <v>824</v>
       </c>
       <c r="C44" t="s">
         <v>825</v>
       </c>
       <c r="D44" t="s">
-        <v>807</v>
+        <v>826</v>
       </c>
       <c r="E44" t="s">
         <v>62</v>
       </c>
       <c r="F44" t="s">
+        <v>827</v>
+      </c>
+      <c r="G44" t="s">
+        <v>828</v>
+      </c>
+      <c r="H44" t="s">
+        <v>829</v>
+      </c>
+      <c r="I44" t="s">
+        <v>830</v>
+      </c>
+      <c r="J44">
+        <v>1</v>
+      </c>
+      <c r="K44">
+        <v>-1</v>
+      </c>
+      <c r="M44">
+        <v>0</v>
+      </c>
+      <c r="O44" t="s">
+        <v>831</v>
+      </c>
+      <c r="P44" t="s">
+        <v>832</v>
+      </c>
+      <c r="Q44" t="s">
         <v>826</v>
       </c>
-      <c r="G44" t="s">
-[...2 lines deleted...]
-      <c r="H44" t="s">
+      <c r="R44" t="s">
+        <v>62</v>
+      </c>
+      <c r="S44">
+        <v>27230000</v>
+      </c>
+      <c r="T44" t="s">
         <v>828</v>
       </c>
-      <c r="I44" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="U44" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="V44" t="s">
-        <v>807</v>
+        <v>834</v>
       </c>
       <c r="W44" t="s">
-        <v>62</v>
+        <v>835</v>
       </c>
       <c r="X44">
-        <v>2138</v>
+        <v>2860</v>
       </c>
       <c r="Y44" s="1">
-        <v>46046</v>
+        <v>46041</v>
       </c>
       <c r="Z44" s="1">
-        <v>46411</v>
+        <v>46059</v>
       </c>
       <c r="AA44" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="AB44" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="AC44" t="s">
-        <v>807</v>
+        <v>838</v>
       </c>
       <c r="AD44" t="s">
         <v>62</v>
       </c>
       <c r="AE44">
-        <v>21390000</v>
+        <v>20380000</v>
       </c>
       <c r="AF44" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="AG44" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="AH44" t="s">
+        <v>837</v>
+      </c>
+      <c r="AI44" t="s">
+        <v>838</v>
+      </c>
+      <c r="AJ44" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK44">
+        <v>20380000</v>
+      </c>
+      <c r="AL44" t="s">
+        <v>839</v>
+      </c>
+      <c r="AM44" t="s">
+        <v>840</v>
+      </c>
+      <c r="AN44">
+        <v>-1</v>
+      </c>
+      <c r="AO44" t="s">
+        <v>841</v>
+      </c>
+      <c r="AQ44">
+        <v>-1</v>
+      </c>
+      <c r="AR44" t="s">
+        <v>842</v>
+      </c>
+      <c r="AS44" t="s">
+        <v>843</v>
+      </c>
+      <c r="AT44">
+        <v>-1</v>
+      </c>
+      <c r="AU44" t="s">
+        <v>844</v>
+      </c>
+      <c r="AV44" t="s">
+        <v>101</v>
+      </c>
+      <c r="AX44" t="s">
+        <v>845</v>
+      </c>
+      <c r="AY44" t="s">
+        <v>846</v>
+      </c>
+      <c r="AZ44" s="1">
+        <v>46015</v>
+      </c>
+      <c r="BA44" t="s">
+        <v>847</v>
+      </c>
+      <c r="BB44" t="s">
+        <v>848</v>
+      </c>
+      <c r="BC44" t="s">
+        <v>210</v>
+      </c>
+      <c r="BD44" t="s">
         <v>836</v>
-      </c>
-[...46 lines deleted...]
-        <v>832</v>
       </c>
       <c r="BE44" s="1">
         <v>46036</v>
       </c>
     </row>
     <row r="45" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
       <c r="B45" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
       <c r="C45" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
       <c r="D45" t="s">
-        <v>342</v>
+        <v>852</v>
       </c>
       <c r="E45" t="s">
         <v>62</v>
       </c>
       <c r="F45" t="s">
-        <v>343</v>
+        <v>853</v>
       </c>
       <c r="G45" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="H45" t="s">
-        <v>848</v>
+        <v>153</v>
       </c>
       <c r="I45" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="J45">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="K45">
         <v>0</v>
       </c>
       <c r="M45">
         <v>0</v>
       </c>
       <c r="O45" t="s">
-        <v>845</v>
+        <v>856</v>
       </c>
       <c r="P45" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
       <c r="Q45" t="s">
-        <v>342</v>
+        <v>852</v>
       </c>
       <c r="R45" t="s">
         <v>62</v>
       </c>
       <c r="S45">
-        <v>10400000</v>
+        <v>18100000</v>
       </c>
       <c r="T45" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="U45" t="s">
         <v>851</v>
       </c>
       <c r="V45" t="s">
-        <v>349</v>
+        <v>852</v>
       </c>
       <c r="W45" t="s">
         <v>62</v>
       </c>
       <c r="X45">
-        <v>1085</v>
+        <v>1810</v>
       </c>
       <c r="Y45" s="1">
-        <v>46046</v>
+        <v>46050</v>
       </c>
       <c r="Z45" s="1">
-        <v>46062</v>
+        <v>46273</v>
       </c>
       <c r="AA45" t="s">
-        <v>852</v>
+        <v>221</v>
       </c>
       <c r="AB45" t="s">
-        <v>853</v>
+        <v>222</v>
       </c>
       <c r="AC45" t="s">
-        <v>352</v>
+        <v>223</v>
       </c>
       <c r="AD45" t="s">
         <v>62</v>
       </c>
       <c r="AE45">
-        <v>10850000</v>
+        <v>17570000</v>
       </c>
       <c r="AF45" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="AG45" t="s">
-        <v>852</v>
+        <v>221</v>
       </c>
       <c r="AH45" t="s">
-        <v>853</v>
+        <v>222</v>
       </c>
       <c r="AI45" t="s">
-        <v>352</v>
+        <v>223</v>
       </c>
       <c r="AJ45" t="s">
         <v>62</v>
       </c>
       <c r="AK45">
-        <v>10850000</v>
+        <v>17570000</v>
       </c>
       <c r="AL45" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="AM45" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="AN45">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="AO45" t="s">
-        <v>856</v>
+        <v>859</v>
+      </c>
+      <c r="AP45" t="s">
+        <v>860</v>
       </c>
       <c r="AQ45">
         <v>-1</v>
       </c>
       <c r="AR45" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="AS45" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="AT45">
         <v>0</v>
       </c>
       <c r="AV45" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="BB45" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="BC45" t="s">
-        <v>153</v>
+        <v>864</v>
       </c>
       <c r="BD45" t="s">
-        <v>852</v>
+        <v>229</v>
       </c>
       <c r="BE45" s="1">
         <v>46036</v>
+      </c>
+      <c r="BF45" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="46" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="B46" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="C46" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="D46" t="s">
-        <v>807</v>
+        <v>184</v>
       </c>
       <c r="E46" t="s">
         <v>62</v>
       </c>
       <c r="F46" t="s">
-        <v>863</v>
+        <v>809</v>
       </c>
       <c r="G46" t="s">
-        <v>864</v>
+        <v>810</v>
       </c>
       <c r="H46" t="s">
-        <v>865</v>
+        <v>811</v>
       </c>
       <c r="I46" t="s">
-        <v>628</v>
+        <v>154</v>
       </c>
       <c r="J46">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K46">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="M46">
         <v>0</v>
       </c>
       <c r="O46" t="s">
-        <v>861</v>
+        <v>812</v>
       </c>
       <c r="P46" t="s">
-        <v>862</v>
+        <v>813</v>
       </c>
       <c r="Q46" t="s">
-        <v>807</v>
+        <v>184</v>
       </c>
       <c r="R46" t="s">
         <v>62</v>
       </c>
       <c r="S46">
-        <v>21410000</v>
+        <v>23010000</v>
       </c>
       <c r="T46" t="s">
-        <v>864</v>
+        <v>814</v>
       </c>
       <c r="U46" t="s">
-        <v>862</v>
+        <v>815</v>
       </c>
       <c r="V46" t="s">
-        <v>866</v>
+        <v>61</v>
       </c>
       <c r="W46" t="s">
         <v>62</v>
       </c>
       <c r="X46">
-        <v>2141</v>
+        <v>1040</v>
       </c>
       <c r="Y46" s="1">
-        <v>46047</v>
+        <v>46048</v>
       </c>
       <c r="Z46" s="1">
-        <v>46310</v>
+        <v>46387</v>
       </c>
       <c r="AA46" t="s">
-        <v>491</v>
+        <v>816</v>
       </c>
       <c r="AB46" t="s">
+        <v>815</v>
+      </c>
+      <c r="AC46" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE46">
+        <v>10400000</v>
+      </c>
+      <c r="AF46" t="s">
         <v>814</v>
       </c>
-      <c r="AC46" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AG46" t="s">
-        <v>491</v>
+        <v>817</v>
       </c>
       <c r="AH46" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="AI46" t="s">
-        <v>481</v>
+        <v>312</v>
       </c>
       <c r="AJ46" t="s">
         <v>62</v>
       </c>
       <c r="AK46">
-        <v>18640000</v>
+        <v>10400000</v>
       </c>
       <c r="AL46" t="s">
-        <v>867</v>
+        <v>526</v>
       </c>
       <c r="AM46" t="s">
+        <v>324</v>
+      </c>
+      <c r="AN46">
+        <v>-1</v>
+      </c>
+      <c r="AO46" t="s">
         <v>868</v>
       </c>
-      <c r="AN46">
-[...4 lines deleted...]
-      </c>
       <c r="AQ46">
         <v>-1</v>
       </c>
       <c r="AR46" t="s">
-        <v>244</v>
+        <v>366</v>
       </c>
       <c r="AS46" t="s">
+        <v>820</v>
+      </c>
+      <c r="AT46">
+        <v>-1</v>
+      </c>
+      <c r="AU46" t="s">
         <v>869</v>
       </c>
-      <c r="AT46">
-[...1 lines deleted...]
-      </c>
       <c r="AV46" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>870</v>
+        <v>101</v>
       </c>
       <c r="BB46" t="s">
-        <v>871</v>
+        <v>822</v>
       </c>
       <c r="BC46" t="s">
-        <v>872</v>
+        <v>307</v>
       </c>
       <c r="BD46" t="s">
-        <v>491</v>
+        <v>817</v>
       </c>
       <c r="BE46" s="1">
         <v>46036</v>
       </c>
     </row>
     <row r="47" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
+        <v>870</v>
+      </c>
+      <c r="B47" t="s">
+        <v>871</v>
+      </c>
+      <c r="C47" t="s">
+        <v>872</v>
+      </c>
+      <c r="D47" t="s">
+        <v>233</v>
+      </c>
+      <c r="E47" t="s">
+        <v>62</v>
+      </c>
+      <c r="F47" t="s">
+        <v>234</v>
+      </c>
+      <c r="G47" t="s">
         <v>873</v>
       </c>
-      <c r="B47" t="s">
+      <c r="H47" t="s">
+        <v>153</v>
+      </c>
+      <c r="I47" t="s">
         <v>874</v>
       </c>
-      <c r="C47" t="s">
+      <c r="J47">
+        <v>4</v>
+      </c>
+      <c r="K47">
+        <v>-1</v>
+      </c>
+      <c r="M47">
+        <v>0</v>
+      </c>
+      <c r="O47" t="s">
         <v>875</v>
       </c>
-      <c r="D47" t="s">
+      <c r="P47" t="s">
         <v>876</v>
       </c>
-      <c r="E47" t="s">
-[...2 lines deleted...]
-      <c r="F47" t="s">
+      <c r="Q47" t="s">
+        <v>233</v>
+      </c>
+      <c r="R47" t="s">
+        <v>62</v>
+      </c>
+      <c r="S47">
+        <v>19150000</v>
+      </c>
+      <c r="T47" t="s">
+        <v>873</v>
+      </c>
+      <c r="U47" t="s">
         <v>877</v>
       </c>
-      <c r="G47" t="s">
+      <c r="V47" t="s">
+        <v>223</v>
+      </c>
+      <c r="W47" t="s">
+        <v>62</v>
+      </c>
+      <c r="X47">
+        <v>1757</v>
+      </c>
+      <c r="Y47" s="1">
+        <v>46048</v>
+      </c>
+      <c r="Z47" s="1">
+        <v>46112</v>
+      </c>
+      <c r="AA47" t="s">
         <v>878</v>
       </c>
-      <c r="H47" t="s">
+      <c r="AB47" t="s">
+        <v>877</v>
+      </c>
+      <c r="AC47" t="s">
+        <v>223</v>
+      </c>
+      <c r="AD47" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE47">
+        <v>17570000</v>
+      </c>
+      <c r="AF47" t="s">
+        <v>873</v>
+      </c>
+      <c r="AG47" t="s">
+        <v>182</v>
+      </c>
+      <c r="AH47" t="s">
+        <v>183</v>
+      </c>
+      <c r="AI47" t="s">
+        <v>184</v>
+      </c>
+      <c r="AJ47" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK47">
+        <v>23020000</v>
+      </c>
+      <c r="AL47" t="s">
+        <v>185</v>
+      </c>
+      <c r="AM47" t="s">
+        <v>278</v>
+      </c>
+      <c r="AN47">
+        <v>0</v>
+      </c>
+      <c r="AP47" t="s">
         <v>879</v>
       </c>
-      <c r="I47" t="s">
+      <c r="AQ47">
+        <v>-1</v>
+      </c>
+      <c r="AR47" t="s">
+        <v>244</v>
+      </c>
+      <c r="AS47" t="s">
+        <v>245</v>
+      </c>
+      <c r="AT47">
+        <v>0</v>
+      </c>
+      <c r="AV47" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB47" t="s">
         <v>880</v>
       </c>
-      <c r="J47">
-[...121 lines deleted...]
-      </c>
       <c r="BC47" t="s">
-        <v>165</v>
+        <v>284</v>
       </c>
       <c r="BD47" t="s">
-        <v>886</v>
+        <v>182</v>
       </c>
       <c r="BE47" s="1">
         <v>46036</v>
+      </c>
+      <c r="BF47" t="s">
+        <v>193</v>
       </c>
     </row>
     <row r="48" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
-        <v>899</v>
+        <v>881</v>
       </c>
       <c r="B48" t="s">
-        <v>900</v>
+        <v>882</v>
       </c>
       <c r="C48" t="s">
-        <v>901</v>
+        <v>883</v>
       </c>
       <c r="D48" t="s">
-        <v>452</v>
+        <v>464</v>
       </c>
       <c r="E48" t="s">
         <v>62</v>
       </c>
       <c r="F48" t="s">
-        <v>902</v>
+        <v>734</v>
       </c>
       <c r="G48" t="s">
-        <v>903</v>
+        <v>884</v>
       </c>
       <c r="H48" t="s">
-        <v>165</v>
+        <v>885</v>
       </c>
       <c r="I48" t="s">
-        <v>904</v>
+        <v>193</v>
       </c>
       <c r="J48">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K48">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="M48">
         <v>0</v>
       </c>
       <c r="O48" t="s">
-        <v>903</v>
+        <v>886</v>
       </c>
       <c r="P48" t="s">
-        <v>901</v>
+        <v>887</v>
       </c>
       <c r="Q48" t="s">
-        <v>452</v>
+        <v>464</v>
       </c>
       <c r="R48" t="s">
         <v>62</v>
       </c>
       <c r="S48">
-        <v>25400000</v>
+        <v>27800000</v>
       </c>
       <c r="T48" t="s">
-        <v>903</v>
+        <v>884</v>
       </c>
       <c r="U48" t="s">
-        <v>901</v>
+        <v>887</v>
       </c>
       <c r="V48" t="s">
-        <v>905</v>
+        <v>888</v>
       </c>
       <c r="W48" t="s">
         <v>62</v>
       </c>
       <c r="X48">
-        <v>1960</v>
+        <v>2780</v>
       </c>
       <c r="Y48" s="1">
-        <v>46055</v>
+        <v>45957</v>
       </c>
       <c r="Z48" s="1">
-        <v>46265</v>
+        <v>46035</v>
       </c>
       <c r="AA48" t="s">
-        <v>906</v>
+        <v>889</v>
       </c>
       <c r="AB48" t="s">
-        <v>907</v>
+        <v>417</v>
       </c>
       <c r="AC48" t="s">
-        <v>908</v>
+        <v>418</v>
       </c>
       <c r="AD48" t="s">
         <v>62</v>
       </c>
       <c r="AE48">
-        <v>19600000</v>
+        <v>25760000</v>
       </c>
       <c r="AF48" t="s">
-        <v>909</v>
+        <v>890</v>
       </c>
       <c r="AG48" t="s">
-        <v>910</v>
+        <v>889</v>
       </c>
       <c r="AH48" t="s">
-        <v>911</v>
+        <v>417</v>
       </c>
       <c r="AI48" t="s">
-        <v>667</v>
+        <v>418</v>
       </c>
       <c r="AJ48" t="s">
         <v>62</v>
       </c>
       <c r="AK48">
-        <v>18010000</v>
+        <v>25760000</v>
       </c>
       <c r="AL48" t="s">
-        <v>909</v>
+        <v>890</v>
       </c>
       <c r="AM48" t="s">
-        <v>912</v>
+        <v>420</v>
       </c>
       <c r="AN48">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>355</v>
+        <v>-1</v>
+      </c>
+      <c r="AO48" t="s">
+        <v>891</v>
       </c>
       <c r="AQ48">
         <v>-1</v>
       </c>
       <c r="AR48" t="s">
-        <v>244</v>
+        <v>892</v>
       </c>
       <c r="AS48" t="s">
-        <v>869</v>
+        <v>893</v>
       </c>
       <c r="AT48">
-        <v>-1</v>
-[...2 lines deleted...]
-        <v>913</v>
+        <v>0</v>
       </c>
       <c r="AV48" t="s">
-        <v>378</v>
+        <v>101</v>
       </c>
       <c r="BB48" t="s">
-        <v>914</v>
+        <v>424</v>
       </c>
       <c r="BC48" t="s">
-        <v>914</v>
+        <v>425</v>
       </c>
       <c r="BD48" t="s">
-        <v>906</v>
+        <v>416</v>
       </c>
       <c r="BE48" s="1">
         <v>46036</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="49" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
-        <v>916</v>
+        <v>894</v>
       </c>
       <c r="B49" t="s">
-        <v>917</v>
+        <v>895</v>
       </c>
       <c r="C49" t="s">
-        <v>918</v>
+        <v>896</v>
       </c>
       <c r="D49" t="s">
-        <v>919</v>
+        <v>897</v>
       </c>
       <c r="E49" t="s">
         <v>62</v>
       </c>
       <c r="F49" t="s">
-        <v>920</v>
+        <v>898</v>
       </c>
       <c r="G49" t="s">
-        <v>921</v>
+        <v>899</v>
       </c>
       <c r="H49" t="s">
-        <v>715</v>
+        <v>665</v>
       </c>
       <c r="I49" t="s">
-        <v>922</v>
+        <v>900</v>
       </c>
       <c r="J49">
         <v>1</v>
       </c>
       <c r="K49">
         <v>-1</v>
       </c>
       <c r="M49">
         <v>0</v>
       </c>
       <c r="O49" t="s">
-        <v>921</v>
+        <v>899</v>
       </c>
       <c r="P49" t="s">
-        <v>918</v>
+        <v>896</v>
       </c>
       <c r="Q49" t="s">
-        <v>919</v>
+        <v>897</v>
       </c>
       <c r="R49" t="s">
         <v>62</v>
       </c>
       <c r="S49">
         <v>13750000</v>
       </c>
       <c r="T49" t="s">
-        <v>921</v>
+        <v>899</v>
       </c>
       <c r="U49" t="s">
-        <v>923</v>
+        <v>901</v>
       </c>
       <c r="V49" t="s">
-        <v>924</v>
+        <v>902</v>
       </c>
       <c r="W49" t="s">
         <v>62</v>
       </c>
       <c r="X49">
         <v>1375</v>
       </c>
       <c r="Y49" s="1">
         <v>46046</v>
       </c>
       <c r="Z49" s="1">
         <v>46068</v>
       </c>
       <c r="AA49" t="s">
-        <v>925</v>
+        <v>903</v>
       </c>
       <c r="AB49" t="s">
-        <v>926</v>
+        <v>904</v>
       </c>
       <c r="AC49" t="s">
-        <v>927</v>
+        <v>905</v>
       </c>
       <c r="AD49" t="s">
         <v>62</v>
       </c>
       <c r="AE49">
         <v>10380000</v>
       </c>
       <c r="AF49" t="s">
-        <v>921</v>
+        <v>899</v>
       </c>
       <c r="AG49" t="s">
-        <v>928</v>
+        <v>906</v>
       </c>
       <c r="AH49" t="s">
-        <v>929</v>
+        <v>907</v>
       </c>
       <c r="AI49" t="s">
-        <v>352</v>
+        <v>322</v>
       </c>
       <c r="AJ49" t="s">
         <v>62</v>
       </c>
       <c r="AK49">
         <v>10850000</v>
       </c>
       <c r="AL49" t="s">
-        <v>854</v>
+        <v>908</v>
       </c>
       <c r="AM49" t="s">
-        <v>930</v>
+        <v>909</v>
       </c>
       <c r="AN49">
         <v>-1</v>
       </c>
       <c r="AO49" t="s">
-        <v>931</v>
+        <v>910</v>
       </c>
       <c r="AQ49">
         <v>-1</v>
       </c>
       <c r="AR49" t="s">
-        <v>932</v>
+        <v>911</v>
       </c>
       <c r="AS49" t="s">
-        <v>933</v>
+        <v>912</v>
       </c>
       <c r="AT49">
         <v>-1</v>
       </c>
       <c r="AU49" t="s">
-        <v>934</v>
+        <v>913</v>
       </c>
       <c r="AV49" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="BB49" t="s">
-        <v>859</v>
+        <v>914</v>
       </c>
       <c r="BC49" t="s">
         <v>153</v>
       </c>
       <c r="BD49" t="s">
-        <v>935</v>
+        <v>915</v>
       </c>
       <c r="BE49" s="1">
         <v>46036</v>
       </c>
     </row>
     <row r="50" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
-        <v>936</v>
+        <v>916</v>
       </c>
       <c r="B50" t="s">
-        <v>937</v>
+        <v>917</v>
       </c>
       <c r="C50" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="D50" t="s">
-        <v>220</v>
+        <v>790</v>
       </c>
       <c r="E50" t="s">
         <v>62</v>
       </c>
       <c r="F50" t="s">
+        <v>919</v>
+      </c>
+      <c r="G50" t="s">
+        <v>920</v>
+      </c>
+      <c r="H50" t="s">
+        <v>921</v>
+      </c>
+      <c r="I50" t="s">
+        <v>687</v>
+      </c>
+      <c r="J50">
+        <v>1</v>
+      </c>
+      <c r="K50">
+        <v>-1</v>
+      </c>
+      <c r="M50">
+        <v>0</v>
+      </c>
+      <c r="O50" t="s">
+        <v>917</v>
+      </c>
+      <c r="P50" t="s">
+        <v>918</v>
+      </c>
+      <c r="Q50" t="s">
         <v>790</v>
       </c>
-      <c r="G50" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="R50" t="s">
         <v>62</v>
       </c>
       <c r="S50">
-        <v>23010000</v>
+        <v>21410000</v>
       </c>
       <c r="T50" t="s">
-        <v>795</v>
+        <v>920</v>
       </c>
       <c r="U50" t="s">
-        <v>796</v>
+        <v>918</v>
       </c>
       <c r="V50" t="s">
-        <v>61</v>
+        <v>922</v>
       </c>
       <c r="W50" t="s">
         <v>62</v>
       </c>
       <c r="X50">
-        <v>1040</v>
+        <v>2141</v>
       </c>
       <c r="Y50" s="1">
-        <v>46048</v>
+        <v>46047</v>
       </c>
       <c r="Z50" s="1">
-        <v>46387</v>
+        <v>46310</v>
       </c>
       <c r="AA50" t="s">
+        <v>510</v>
+      </c>
+      <c r="AB50" t="s">
         <v>797</v>
       </c>
-      <c r="AB50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC50" t="s">
-        <v>61</v>
+        <v>500</v>
       </c>
       <c r="AD50" t="s">
         <v>62</v>
       </c>
       <c r="AE50">
-        <v>10400000</v>
+        <v>18640000</v>
       </c>
       <c r="AF50" t="s">
-        <v>795</v>
+        <v>923</v>
       </c>
       <c r="AG50" t="s">
-        <v>798</v>
+        <v>510</v>
       </c>
       <c r="AH50" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="AI50" t="s">
-        <v>342</v>
+        <v>500</v>
       </c>
       <c r="AJ50" t="s">
         <v>62</v>
       </c>
       <c r="AK50">
-        <v>10400000</v>
+        <v>18640000</v>
       </c>
       <c r="AL50" t="s">
-        <v>526</v>
+        <v>923</v>
       </c>
       <c r="AM50" t="s">
-        <v>354</v>
+        <v>924</v>
       </c>
       <c r="AN50">
-        <v>-1</v>
-[...2 lines deleted...]
-        <v>939</v>
+        <v>0</v>
+      </c>
+      <c r="AP50" t="s">
+        <v>107</v>
       </c>
       <c r="AQ50">
         <v>-1</v>
       </c>
       <c r="AR50" t="s">
-        <v>280</v>
+        <v>244</v>
       </c>
       <c r="AS50" t="s">
-        <v>801</v>
+        <v>925</v>
       </c>
       <c r="AT50">
-        <v>-1</v>
-[...2 lines deleted...]
-        <v>940</v>
+        <v>0</v>
       </c>
       <c r="AV50" t="s">
-        <v>109</v>
+        <v>347</v>
+      </c>
+      <c r="AW50" t="s">
+        <v>926</v>
       </c>
       <c r="BB50" t="s">
-        <v>803</v>
+        <v>927</v>
       </c>
       <c r="BC50" t="s">
-        <v>305</v>
+        <v>928</v>
       </c>
       <c r="BD50" t="s">
-        <v>798</v>
+        <v>510</v>
       </c>
       <c r="BE50" s="1">
         <v>46036</v>
       </c>
     </row>
     <row r="51" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
+        <v>929</v>
+      </c>
+      <c r="B51" t="s">
+        <v>930</v>
+      </c>
+      <c r="C51" t="s">
+        <v>931</v>
+      </c>
+      <c r="D51" t="s">
+        <v>790</v>
+      </c>
+      <c r="E51" t="s">
+        <v>62</v>
+      </c>
+      <c r="F51" t="s">
+        <v>932</v>
+      </c>
+      <c r="G51" t="s">
+        <v>933</v>
+      </c>
+      <c r="H51" t="s">
+        <v>934</v>
+      </c>
+      <c r="I51" t="s">
+        <v>935</v>
+      </c>
+      <c r="J51">
+        <v>7</v>
+      </c>
+      <c r="K51">
+        <v>-1</v>
+      </c>
+      <c r="M51">
+        <v>0</v>
+      </c>
+      <c r="O51" t="s">
+        <v>936</v>
+      </c>
+      <c r="P51" t="s">
+        <v>937</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>790</v>
+      </c>
+      <c r="R51" t="s">
+        <v>62</v>
+      </c>
+      <c r="S51">
+        <v>21380000</v>
+      </c>
+      <c r="T51" t="s">
+        <v>933</v>
+      </c>
+      <c r="U51" t="s">
+        <v>931</v>
+      </c>
+      <c r="V51" t="s">
+        <v>790</v>
+      </c>
+      <c r="W51" t="s">
+        <v>62</v>
+      </c>
+      <c r="X51">
+        <v>2138</v>
+      </c>
+      <c r="Y51" s="1">
+        <v>46046</v>
+      </c>
+      <c r="Z51" s="1">
+        <v>46411</v>
+      </c>
+      <c r="AA51" t="s">
+        <v>938</v>
+      </c>
+      <c r="AB51" t="s">
+        <v>939</v>
+      </c>
+      <c r="AC51" t="s">
+        <v>790</v>
+      </c>
+      <c r="AD51" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE51">
+        <v>21390000</v>
+      </c>
+      <c r="AF51" t="s">
+        <v>940</v>
+      </c>
+      <c r="AG51" t="s">
         <v>941</v>
       </c>
-      <c r="B51" t="s">
+      <c r="AH51" t="s">
         <v>942</v>
       </c>
-      <c r="C51" t="s">
+      <c r="AI51" t="s">
+        <v>223</v>
+      </c>
+      <c r="AJ51" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK51">
+        <v>17570000</v>
+      </c>
+      <c r="AL51" t="s">
         <v>943</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="G51" t="s">
+      <c r="AM51" t="s">
         <v>944</v>
       </c>
-      <c r="H51" t="s">
-[...2 lines deleted...]
-      <c r="I51" t="s">
+      <c r="AN51">
+        <v>0</v>
+      </c>
+      <c r="AP51" t="s">
         <v>945</v>
       </c>
-      <c r="J51">
-[...8 lines deleted...]
-      <c r="O51" t="s">
+      <c r="AQ51">
+        <v>-1</v>
+      </c>
+      <c r="AR51" t="s">
         <v>946</v>
       </c>
-      <c r="P51" t="s">
+      <c r="AS51" t="s">
         <v>947</v>
       </c>
-      <c r="Q51" t="s">
-[...11 lines deleted...]
-      <c r="U51" t="s">
+      <c r="AT51">
+        <v>0</v>
+      </c>
+      <c r="AV51" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW51" t="s">
         <v>948</v>
       </c>
-      <c r="V51" t="s">
-[...14 lines deleted...]
-      <c r="AA51" t="s">
+      <c r="BB51" t="s">
         <v>949</v>
       </c>
-      <c r="AB51" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="BC51" t="s">
-        <v>326</v>
+        <v>134</v>
       </c>
       <c r="BD51" t="s">
-        <v>218</v>
+        <v>938</v>
       </c>
       <c r="BE51" s="1">
         <v>46036</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="52" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
+        <v>950</v>
+      </c>
+      <c r="B52" t="s">
+        <v>951</v>
+      </c>
+      <c r="C52" t="s">
         <v>952</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>312</v>
+      </c>
+      <c r="E52" t="s">
+        <v>62</v>
+      </c>
+      <c r="F52" t="s">
+        <v>313</v>
+      </c>
+      <c r="G52" t="s">
         <v>953</v>
       </c>
-      <c r="C52" t="s">
+      <c r="H52" t="s">
         <v>954</v>
       </c>
-      <c r="D52" t="s">
+      <c r="I52" t="s">
         <v>955</v>
       </c>
-      <c r="E52" t="s">
-[...2 lines deleted...]
-      <c r="F52" t="s">
+      <c r="J52">
+        <v>0</v>
+      </c>
+      <c r="K52">
+        <v>0</v>
+      </c>
+      <c r="M52">
+        <v>0</v>
+      </c>
+      <c r="O52" t="s">
+        <v>951</v>
+      </c>
+      <c r="P52" t="s">
+        <v>952</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>312</v>
+      </c>
+      <c r="R52" t="s">
+        <v>62</v>
+      </c>
+      <c r="S52">
+        <v>10400000</v>
+      </c>
+      <c r="T52" t="s">
         <v>956</v>
       </c>
-      <c r="G52" t="s">
+      <c r="U52" t="s">
         <v>957</v>
       </c>
-      <c r="H52" t="s">
+      <c r="V52" t="s">
+        <v>319</v>
+      </c>
+      <c r="W52" t="s">
+        <v>62</v>
+      </c>
+      <c r="X52">
+        <v>1085</v>
+      </c>
+      <c r="Y52" s="1">
+        <v>46046</v>
+      </c>
+      <c r="Z52" s="1">
+        <v>46062</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>958</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>959</v>
+      </c>
+      <c r="AC52" t="s">
+        <v>322</v>
+      </c>
+      <c r="AD52" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE52">
+        <v>10850000</v>
+      </c>
+      <c r="AF52" t="s">
+        <v>908</v>
+      </c>
+      <c r="AG52" t="s">
+        <v>958</v>
+      </c>
+      <c r="AH52" t="s">
+        <v>959</v>
+      </c>
+      <c r="AI52" t="s">
+        <v>322</v>
+      </c>
+      <c r="AJ52" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK52">
+        <v>10850000</v>
+      </c>
+      <c r="AL52" t="s">
+        <v>908</v>
+      </c>
+      <c r="AM52" t="s">
+        <v>960</v>
+      </c>
+      <c r="AN52">
+        <v>-1</v>
+      </c>
+      <c r="AO52" t="s">
+        <v>961</v>
+      </c>
+      <c r="AQ52">
+        <v>-1</v>
+      </c>
+      <c r="AR52" t="s">
+        <v>962</v>
+      </c>
+      <c r="AS52" t="s">
+        <v>963</v>
+      </c>
+      <c r="AT52">
+        <v>0</v>
+      </c>
+      <c r="AV52" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB52" t="s">
+        <v>914</v>
+      </c>
+      <c r="BC52" t="s">
         <v>153</v>
       </c>
-      <c r="I52" t="s">
+      <c r="BD52" t="s">
         <v>958</v>
-      </c>
-[...115 lines deleted...]
-        <v>184</v>
       </c>
       <c r="BE52" s="1">
         <v>46036</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
+        <v>964</v>
+      </c>
+      <c r="B53" t="s">
+        <v>965</v>
+      </c>
+      <c r="C53" t="s">
+        <v>966</v>
+      </c>
+      <c r="D53" t="s">
+        <v>473</v>
+      </c>
+      <c r="E53" t="s">
+        <v>62</v>
+      </c>
+      <c r="F53" t="s">
+        <v>967</v>
+      </c>
+      <c r="G53" t="s">
         <v>968</v>
       </c>
-      <c r="B53" t="s">
+      <c r="H53" t="s">
+        <v>210</v>
+      </c>
+      <c r="I53" t="s">
         <v>969</v>
       </c>
-      <c r="C53" t="s">
+      <c r="J53">
+        <v>1</v>
+      </c>
+      <c r="K53">
+        <v>-1</v>
+      </c>
+      <c r="M53">
+        <v>0</v>
+      </c>
+      <c r="O53" t="s">
+        <v>968</v>
+      </c>
+      <c r="P53" t="s">
+        <v>966</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>473</v>
+      </c>
+      <c r="R53" t="s">
+        <v>62</v>
+      </c>
+      <c r="S53">
+        <v>25400000</v>
+      </c>
+      <c r="T53" t="s">
+        <v>968</v>
+      </c>
+      <c r="U53" t="s">
+        <v>966</v>
+      </c>
+      <c r="V53" t="s">
         <v>970</v>
       </c>
-      <c r="D53" t="s">
-[...8 lines deleted...]
-      <c r="G53" t="s">
+      <c r="W53" t="s">
+        <v>62</v>
+      </c>
+      <c r="X53">
+        <v>1960</v>
+      </c>
+      <c r="Y53" s="1">
+        <v>46055</v>
+      </c>
+      <c r="Z53" s="1">
+        <v>46265</v>
+      </c>
+      <c r="AA53" t="s">
         <v>971</v>
       </c>
-      <c r="H53" t="s">
+      <c r="AB53" t="s">
         <v>972</v>
       </c>
-      <c r="I53" t="s">
-[...11 lines deleted...]
-      <c r="O53" t="s">
+      <c r="AC53" t="s">
         <v>973</v>
       </c>
-      <c r="P53" t="s">
+      <c r="AD53" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE53">
+        <v>19600000</v>
+      </c>
+      <c r="AF53" t="s">
         <v>974</v>
       </c>
-      <c r="Q53" t="s">
-[...8 lines deleted...]
-      <c r="T53" t="s">
+      <c r="AG53" t="s">
+        <v>975</v>
+      </c>
+      <c r="AH53" t="s">
+        <v>976</v>
+      </c>
+      <c r="AI53" t="s">
+        <v>705</v>
+      </c>
+      <c r="AJ53" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK53">
+        <v>18010000</v>
+      </c>
+      <c r="AL53" t="s">
+        <v>974</v>
+      </c>
+      <c r="AM53" t="s">
+        <v>977</v>
+      </c>
+      <c r="AN53">
+        <v>0</v>
+      </c>
+      <c r="AP53" t="s">
+        <v>325</v>
+      </c>
+      <c r="AQ53">
+        <v>-1</v>
+      </c>
+      <c r="AR53" t="s">
+        <v>244</v>
+      </c>
+      <c r="AS53" t="s">
+        <v>925</v>
+      </c>
+      <c r="AT53">
+        <v>-1</v>
+      </c>
+      <c r="AU53" t="s">
+        <v>978</v>
+      </c>
+      <c r="AV53" t="s">
+        <v>302</v>
+      </c>
+      <c r="BB53" t="s">
+        <v>979</v>
+      </c>
+      <c r="BC53" t="s">
+        <v>979</v>
+      </c>
+      <c r="BD53" t="s">
         <v>971</v>
-      </c>
-[...85 lines deleted...]
-        <v>416</v>
       </c>
       <c r="BE53" s="1">
         <v>46036</v>
+      </c>
+      <c r="BF53" t="s">
+        <v>980</v>
       </c>
     </row>
     <row r="54" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
         <v>981</v>
       </c>
       <c r="B54" t="s">
         <v>982</v>
       </c>
       <c r="C54" t="s">
+        <v>983</v>
+      </c>
+      <c r="D54" t="s">
+        <v>984</v>
+      </c>
+      <c r="E54" t="s">
+        <v>62</v>
+      </c>
+      <c r="F54" t="s">
+        <v>985</v>
+      </c>
+      <c r="G54" t="s">
         <v>982</v>
       </c>
-      <c r="D54" t="s">
-[...8 lines deleted...]
-      <c r="G54" t="s">
+      <c r="H54" t="s">
+        <v>986</v>
+      </c>
+      <c r="I54" t="s">
+        <v>987</v>
+      </c>
+      <c r="J54">
+        <v>0</v>
+      </c>
+      <c r="K54">
+        <v>-1</v>
+      </c>
+      <c r="M54">
+        <v>0</v>
+      </c>
+      <c r="O54" t="s">
+        <v>982</v>
+      </c>
+      <c r="P54" t="s">
         <v>983</v>
       </c>
-      <c r="H54" t="s">
+      <c r="Q54" t="s">
         <v>984</v>
       </c>
-      <c r="I54" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="R54" t="s">
         <v>62</v>
       </c>
       <c r="S54">
-        <v>18430000</v>
+        <v>13440000</v>
       </c>
       <c r="T54" t="s">
+        <v>982</v>
+      </c>
+      <c r="U54" t="s">
         <v>983</v>
       </c>
-      <c r="U54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V54" t="s">
-        <v>955</v>
+        <v>984</v>
       </c>
       <c r="W54" t="s">
         <v>62</v>
       </c>
       <c r="X54">
-        <v>1810</v>
+        <v>1344</v>
       </c>
       <c r="Y54" s="1">
+        <v>46048</v>
+      </c>
+      <c r="Z54" s="1">
         <v>46062</v>
-      </c>
-[...1 lines deleted...]
-        <v>46142</v>
       </c>
       <c r="AA54" t="s">
         <v>988</v>
       </c>
       <c r="AB54" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="AC54" t="s">
-        <v>987</v>
+        <v>322</v>
       </c>
       <c r="AD54" t="s">
         <v>62</v>
       </c>
       <c r="AE54">
-        <v>18430000</v>
+        <v>10850000</v>
       </c>
       <c r="AF54" t="s">
-        <v>983</v>
+        <v>908</v>
       </c>
       <c r="AG54" t="s">
+        <v>988</v>
+      </c>
+      <c r="AH54" t="s">
         <v>989</v>
       </c>
-      <c r="AH54" t="s">
+      <c r="AI54" t="s">
+        <v>322</v>
+      </c>
+      <c r="AJ54" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK54">
+        <v>10850000</v>
+      </c>
+      <c r="AL54" t="s">
+        <v>908</v>
+      </c>
+      <c r="AM54" t="s">
+        <v>960</v>
+      </c>
+      <c r="AN54">
+        <v>-1</v>
+      </c>
+      <c r="AO54" t="s">
         <v>990</v>
       </c>
-      <c r="AI54" t="s">
+      <c r="AQ54">
+        <v>-1</v>
+      </c>
+      <c r="AR54" t="s">
         <v>991</v>
       </c>
-      <c r="AJ54" t="s">
-[...5 lines deleted...]
-      <c r="AL54" t="s">
+      <c r="AS54" t="s">
         <v>992</v>
       </c>
-      <c r="AM54" t="s">
+      <c r="AT54">
+        <v>0</v>
+      </c>
+      <c r="AV54" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB54" t="s">
         <v>993</v>
       </c>
-      <c r="AN54">
-[...2 lines deleted...]
-      <c r="AP54" t="s">
+      <c r="BC54" t="s">
         <v>994</v>
       </c>
-      <c r="AQ54">
-[...22 lines deleted...]
-      </c>
       <c r="BD54" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="BE54" s="1">
         <v>46037</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="55" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
+        <v>995</v>
+      </c>
+      <c r="B55" t="s">
+        <v>996</v>
+      </c>
+      <c r="C55" t="s">
+        <v>996</v>
+      </c>
+      <c r="D55" t="s">
+        <v>852</v>
+      </c>
+      <c r="E55" t="s">
+        <v>62</v>
+      </c>
+      <c r="F55" t="s">
+        <v>853</v>
+      </c>
+      <c r="G55" t="s">
+        <v>997</v>
+      </c>
+      <c r="H55" t="s">
+        <v>998</v>
+      </c>
+      <c r="I55" t="s">
+        <v>154</v>
+      </c>
+      <c r="J55">
+        <v>3</v>
+      </c>
+      <c r="K55">
+        <v>-1</v>
+      </c>
+      <c r="M55">
+        <v>0</v>
+      </c>
+      <c r="O55" t="s">
         <v>999</v>
       </c>
-      <c r="B55" t="s">
+      <c r="P55" t="s">
         <v>1000</v>
       </c>
-      <c r="C55" t="s">
+      <c r="Q55" t="s">
         <v>1001</v>
       </c>
-      <c r="D55" t="s">
+      <c r="R55" t="s">
+        <v>62</v>
+      </c>
+      <c r="S55">
+        <v>18430000</v>
+      </c>
+      <c r="T55" t="s">
+        <v>997</v>
+      </c>
+      <c r="U55" t="s">
+        <v>996</v>
+      </c>
+      <c r="V55" t="s">
+        <v>852</v>
+      </c>
+      <c r="W55" t="s">
+        <v>62</v>
+      </c>
+      <c r="X55">
+        <v>1810</v>
+      </c>
+      <c r="Y55" s="1">
+        <v>46062</v>
+      </c>
+      <c r="Z55" s="1">
+        <v>46142</v>
+      </c>
+      <c r="AA55" t="s">
         <v>1002</v>
       </c>
-      <c r="E55" t="s">
-[...2 lines deleted...]
-      <c r="F55" t="s">
+      <c r="AB55" t="s">
+        <v>1000</v>
+      </c>
+      <c r="AC55" t="s">
+        <v>1001</v>
+      </c>
+      <c r="AD55" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE55">
+        <v>18430000</v>
+      </c>
+      <c r="AF55" t="s">
+        <v>997</v>
+      </c>
+      <c r="AG55" t="s">
         <v>1003</v>
       </c>
-      <c r="G55" t="s">
-[...2 lines deleted...]
-      <c r="H55" t="s">
+      <c r="AH55" t="s">
         <v>1004</v>
       </c>
-      <c r="I55" t="s">
+      <c r="AI55" t="s">
         <v>1005</v>
       </c>
-      <c r="J55">
-[...44 lines deleted...]
-      <c r="AA55" t="s">
+      <c r="AJ55" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK55">
+        <v>19060000</v>
+      </c>
+      <c r="AL55" t="s">
         <v>1006</v>
       </c>
-      <c r="AB55" t="s">
+      <c r="AM55" t="s">
         <v>1007</v>
       </c>
-      <c r="AC55" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="AN55">
-        <v>-1</v>
-[...1 lines deleted...]
-      <c r="AO55" t="s">
+        <v>0</v>
+      </c>
+      <c r="AP55" t="s">
         <v>1008</v>
       </c>
       <c r="AQ55">
         <v>-1</v>
       </c>
       <c r="AR55" t="s">
         <v>1009</v>
       </c>
       <c r="AS55" t="s">
         <v>1010</v>
       </c>
       <c r="AT55">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="AU55" t="s">
+        <v>1011</v>
       </c>
       <c r="AV55" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="BB55" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="BC55" t="s">
-        <v>1012</v>
+        <v>153</v>
       </c>
       <c r="BD55" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="BE55" s="1">
         <v>46037</v>
+      </c>
+      <c r="BF55" t="s">
+        <v>339</v>
       </c>
     </row>
     <row r="56" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
         <v>1013</v>
       </c>
       <c r="B56" t="s">
         <v>1014</v>
       </c>
       <c r="C56" t="s">
         <v>1015</v>
       </c>
       <c r="D56" t="s">
-        <v>919</v>
+        <v>897</v>
       </c>
       <c r="E56" t="s">
         <v>62</v>
       </c>
       <c r="F56" t="s">
         <v>1016</v>
       </c>
       <c r="G56" t="s">
-        <v>921</v>
+        <v>899</v>
       </c>
       <c r="H56" t="s">
-        <v>715</v>
+        <v>665</v>
       </c>
       <c r="I56" t="s">
         <v>1017</v>
       </c>
       <c r="J56">
         <v>1</v>
       </c>
       <c r="K56">
         <v>-1</v>
       </c>
       <c r="M56">
         <v>0</v>
       </c>
       <c r="O56" t="s">
         <v>1018</v>
       </c>
       <c r="P56" t="s">
         <v>1019</v>
       </c>
       <c r="Q56" t="s">
-        <v>691</v>
+        <v>713</v>
       </c>
       <c r="R56" t="s">
         <v>62</v>
       </c>
       <c r="S56">
         <v>15810000</v>
       </c>
       <c r="T56" t="s">
-        <v>921</v>
+        <v>899</v>
       </c>
       <c r="U56" t="s">
         <v>1015</v>
       </c>
       <c r="V56" t="s">
-        <v>919</v>
+        <v>897</v>
       </c>
       <c r="W56" t="s">
         <v>62</v>
       </c>
       <c r="X56">
         <v>1373</v>
       </c>
       <c r="Y56" s="1">
         <v>46048</v>
       </c>
       <c r="Z56" s="1">
         <v>46062</v>
       </c>
       <c r="AA56" t="s">
-        <v>921</v>
+        <v>899</v>
       </c>
       <c r="AB56" t="s">
-        <v>926</v>
+        <v>904</v>
       </c>
       <c r="AC56" t="s">
-        <v>927</v>
+        <v>905</v>
       </c>
       <c r="AD56" t="s">
         <v>62</v>
       </c>
       <c r="AE56">
         <v>10380000</v>
       </c>
       <c r="AF56" t="s">
-        <v>921</v>
+        <v>899</v>
       </c>
       <c r="AG56" t="s">
-        <v>1006</v>
+        <v>988</v>
       </c>
       <c r="AH56" t="s">
         <v>1020</v>
       </c>
       <c r="AI56" t="s">
-        <v>352</v>
+        <v>322</v>
       </c>
       <c r="AJ56" t="s">
         <v>62</v>
       </c>
       <c r="AK56">
         <v>10890000</v>
       </c>
       <c r="AL56" t="s">
-        <v>854</v>
+        <v>908</v>
       </c>
       <c r="AM56" t="s">
-        <v>855</v>
+        <v>960</v>
       </c>
       <c r="AN56">
         <v>-1</v>
       </c>
       <c r="AO56" t="s">
         <v>1021</v>
       </c>
       <c r="AQ56">
         <v>-1</v>
       </c>
       <c r="AR56" t="s">
         <v>1022</v>
       </c>
       <c r="AS56" t="s">
         <v>1023</v>
       </c>
       <c r="AT56">
         <v>-1</v>
       </c>
       <c r="AU56" t="s">
         <v>1024</v>
       </c>
       <c r="AV56" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="BB56" t="s">
-        <v>1011</v>
+        <v>993</v>
       </c>
       <c r="BC56" t="s">
-        <v>1012</v>
+        <v>994</v>
       </c>
       <c r="BD56" t="s">
-        <v>1006</v>
+        <v>988</v>
       </c>
       <c r="BE56" s="1">
         <v>46037</v>
       </c>
     </row>
     <row r="57" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
         <v>1025</v>
       </c>
       <c r="B57" t="s">
         <v>1026</v>
       </c>
       <c r="C57" t="s">
         <v>1027</v>
       </c>
       <c r="D57" t="s">
         <v>1028</v>
       </c>
       <c r="E57" t="s">
         <v>62</v>
       </c>
       <c r="F57" t="s">
         <v>1029</v>
       </c>
       <c r="G57" t="s">
@@ -12225,577 +17658,23757 @@
       <c r="AB57" t="s">
         <v>1035</v>
       </c>
       <c r="AC57" t="s">
         <v>1036</v>
       </c>
       <c r="AD57" t="s">
         <v>62</v>
       </c>
       <c r="AE57">
         <v>24940000</v>
       </c>
       <c r="AF57" t="s">
         <v>1037</v>
       </c>
       <c r="AG57" t="s">
         <v>1038</v>
       </c>
       <c r="AH57" t="s">
         <v>1039</v>
       </c>
       <c r="AI57" t="s">
         <v>1040</v>
       </c>
       <c r="AJ57" t="s">
-        <v>557</v>
+        <v>599</v>
       </c>
       <c r="AK57">
         <v>30790000</v>
       </c>
       <c r="AL57" t="s">
         <v>1041</v>
       </c>
       <c r="AM57" t="s">
         <v>1042</v>
       </c>
       <c r="AN57">
         <v>-1</v>
       </c>
       <c r="AO57" t="s">
-        <v>939</v>
+        <v>868</v>
       </c>
       <c r="AQ57">
         <v>-1</v>
       </c>
       <c r="AR57" t="s">
         <v>1043</v>
       </c>
       <c r="AS57" t="s">
         <v>1044</v>
       </c>
       <c r="AT57">
         <v>-1</v>
       </c>
       <c r="AU57" t="s">
         <v>1045</v>
       </c>
       <c r="AV57" t="s">
         <v>84</v>
       </c>
       <c r="BB57" t="s">
         <v>1037</v>
       </c>
       <c r="BC57" t="s">
         <v>1037</v>
       </c>
       <c r="BD57" t="s">
         <v>1046</v>
       </c>
       <c r="BE57" s="1">
         <v>46037</v>
       </c>
       <c r="BF57" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="58" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
         <v>1048</v>
       </c>
       <c r="B58" t="s">
+        <v>59</v>
+      </c>
+      <c r="C58" t="s">
         <v>1049</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>61</v>
+      </c>
+      <c r="E58" t="s">
+        <v>62</v>
+      </c>
+      <c r="F58" t="s">
+        <v>63</v>
+      </c>
+      <c r="G58" t="s">
+        <v>64</v>
+      </c>
+      <c r="H58" t="s">
+        <v>65</v>
+      </c>
+      <c r="I58" t="s">
         <v>1050</v>
       </c>
-      <c r="D58" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J58">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K58">
         <v>-1</v>
       </c>
       <c r="M58">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="N58" t="s">
+        <v>93</v>
       </c>
       <c r="O58" t="s">
-        <v>1052</v>
+        <v>68</v>
       </c>
       <c r="P58" t="s">
-        <v>1053</v>
+        <v>69</v>
       </c>
       <c r="Q58" t="s">
-        <v>712</v>
+        <v>61</v>
       </c>
       <c r="R58" t="s">
         <v>62</v>
       </c>
       <c r="S58">
-        <v>18300000</v>
+        <v>21180000</v>
       </c>
       <c r="T58" t="s">
-        <v>1051</v>
+        <v>64</v>
       </c>
       <c r="U58" t="s">
-        <v>1050</v>
+        <v>69</v>
       </c>
       <c r="V58" t="s">
-        <v>712</v>
+        <v>61</v>
       </c>
       <c r="W58" t="s">
         <v>62</v>
       </c>
       <c r="X58">
-        <v>1830</v>
+        <v>2118</v>
       </c>
       <c r="Y58" s="1">
-        <v>46055</v>
+        <v>46048</v>
       </c>
       <c r="Z58" s="1">
-        <v>46112</v>
+        <v>46174</v>
       </c>
       <c r="AA58" t="s">
-        <v>1054</v>
+        <v>70</v>
       </c>
       <c r="AB58" t="s">
-        <v>1053</v>
+        <v>71</v>
       </c>
       <c r="AC58" t="s">
-        <v>712</v>
+        <v>72</v>
       </c>
       <c r="AD58" t="s">
         <v>62</v>
       </c>
       <c r="AE58">
-        <v>18300000</v>
+        <v>24510000</v>
       </c>
       <c r="AF58" t="s">
-        <v>1055</v>
+        <v>73</v>
       </c>
       <c r="AG58" t="s">
-        <v>1056</v>
+        <v>74</v>
       </c>
       <c r="AH58" t="s">
-        <v>1057</v>
+        <v>75</v>
       </c>
       <c r="AI58" t="s">
-        <v>987</v>
+        <v>76</v>
       </c>
       <c r="AJ58" t="s">
         <v>62</v>
       </c>
       <c r="AK58">
-        <v>18430000</v>
+        <v>18260000</v>
       </c>
       <c r="AL58" t="s">
-        <v>1058</v>
+        <v>77</v>
       </c>
       <c r="AM58" t="s">
-        <v>1059</v>
+        <v>78</v>
       </c>
       <c r="AN58">
         <v>0</v>
       </c>
+      <c r="AO58" t="s">
+        <v>79</v>
+      </c>
       <c r="AP58" t="s">
-        <v>1060</v>
+        <v>80</v>
       </c>
       <c r="AQ58">
         <v>-1</v>
       </c>
       <c r="AR58" t="s">
-        <v>1061</v>
+        <v>81</v>
       </c>
       <c r="AS58" t="s">
-        <v>1062</v>
+        <v>82</v>
       </c>
       <c r="AT58">
         <v>-1</v>
       </c>
       <c r="AU58" t="s">
-        <v>1063</v>
+        <v>109</v>
       </c>
       <c r="AV58" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>1064</v>
+        <v>84</v>
       </c>
       <c r="BB58" t="s">
-        <v>1065</v>
+        <v>85</v>
       </c>
       <c r="BC58" t="s">
-        <v>305</v>
+        <v>86</v>
       </c>
       <c r="BD58" t="s">
-        <v>1056</v>
+        <v>70</v>
       </c>
       <c r="BE58" s="1">
         <v>46038</v>
       </c>
       <c r="BF58" t="s">
-        <v>1066</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="59" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
-        <v>1067</v>
+        <v>1052</v>
       </c>
       <c r="B59" t="s">
-        <v>186</v>
+        <v>149</v>
       </c>
       <c r="C59" t="s">
-        <v>187</v>
+        <v>150</v>
       </c>
       <c r="D59" t="s">
         <v>61</v>
       </c>
       <c r="E59" t="s">
         <v>62</v>
       </c>
       <c r="F59" t="s">
-        <v>364</v>
+        <v>288</v>
       </c>
       <c r="G59" t="s">
-        <v>1068</v>
+        <v>1053</v>
       </c>
       <c r="H59" t="s">
         <v>1031</v>
       </c>
       <c r="I59" t="s">
-        <v>1069</v>
+        <v>1054</v>
       </c>
       <c r="J59">
         <v>10</v>
       </c>
       <c r="K59">
         <v>-1</v>
       </c>
       <c r="M59">
         <v>0</v>
       </c>
       <c r="O59" t="s">
-        <v>1070</v>
+        <v>1055</v>
       </c>
       <c r="P59" t="s">
-        <v>187</v>
+        <v>150</v>
       </c>
       <c r="Q59" t="s">
         <v>61</v>
       </c>
       <c r="R59" t="s">
         <v>62</v>
       </c>
       <c r="S59">
         <v>21150000</v>
       </c>
       <c r="T59" t="s">
-        <v>1068</v>
+        <v>1053</v>
       </c>
       <c r="U59" t="s">
-        <v>187</v>
+        <v>150</v>
       </c>
       <c r="V59" t="s">
-        <v>123</v>
+        <v>139</v>
       </c>
       <c r="W59" t="s">
         <v>62</v>
       </c>
       <c r="X59">
         <v>2115</v>
       </c>
       <c r="Y59" s="1">
         <v>46049</v>
       </c>
       <c r="Z59" s="1">
         <v>46080</v>
       </c>
       <c r="AA59" t="s">
-        <v>1071</v>
+        <v>1056</v>
       </c>
       <c r="AB59" t="s">
-        <v>1072</v>
+        <v>1057</v>
       </c>
       <c r="AC59" t="s">
-        <v>372</v>
+        <v>296</v>
       </c>
       <c r="AD59" t="s">
         <v>62</v>
       </c>
       <c r="AE59">
         <v>21340000</v>
       </c>
       <c r="AF59" t="s">
-        <v>1073</v>
+        <v>1058</v>
       </c>
       <c r="AG59" t="s">
-        <v>1071</v>
+        <v>1056</v>
       </c>
       <c r="AH59" t="s">
-        <v>1072</v>
+        <v>1057</v>
       </c>
       <c r="AI59" t="s">
-        <v>372</v>
+        <v>296</v>
       </c>
       <c r="AJ59" t="s">
         <v>62</v>
       </c>
       <c r="AK59">
         <v>21340000</v>
       </c>
       <c r="AL59" t="s">
-        <v>1073</v>
+        <v>1058</v>
       </c>
       <c r="AM59" t="s">
-        <v>1074</v>
+        <v>1059</v>
       </c>
       <c r="AN59">
         <v>0</v>
       </c>
       <c r="AO59" t="s">
-        <v>1075</v>
+        <v>1060</v>
       </c>
       <c r="AQ59">
         <v>-1</v>
       </c>
       <c r="AR59" t="s">
-        <v>1076</v>
+        <v>1061</v>
       </c>
       <c r="AS59" t="s">
-        <v>201</v>
+        <v>165</v>
       </c>
       <c r="AT59">
         <v>0</v>
       </c>
       <c r="AV59" t="s">
-        <v>130</v>
+        <v>146</v>
       </c>
       <c r="BB59" t="s">
-        <v>1077</v>
+        <v>1062</v>
       </c>
       <c r="BC59" t="s">
         <v>1031</v>
       </c>
       <c r="BD59" t="s">
-        <v>1078</v>
+        <v>1063</v>
       </c>
       <c r="BE59" s="1">
         <v>46038</v>
       </c>
       <c r="BF59" t="s">
-        <v>1079</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="60" spans="1:58" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
-        <v>1080</v>
+        <v>1065</v>
       </c>
       <c r="B60" t="s">
-        <v>1081</v>
+        <v>59</v>
       </c>
       <c r="C60" t="s">
-        <v>1082</v>
+        <v>60</v>
       </c>
       <c r="D60" t="s">
-        <v>807</v>
+        <v>61</v>
       </c>
       <c r="E60" t="s">
         <v>62</v>
       </c>
       <c r="F60" t="s">
-        <v>826</v>
+        <v>63</v>
       </c>
       <c r="G60" t="s">
-        <v>1083</v>
+        <v>64</v>
       </c>
       <c r="H60" t="s">
-        <v>828</v>
+        <v>65</v>
       </c>
       <c r="I60" t="s">
-        <v>1084</v>
+        <v>1032</v>
       </c>
       <c r="J60">
         <v>4</v>
       </c>
       <c r="K60">
         <v>-1</v>
       </c>
       <c r="M60">
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="N60" t="s">
+        <v>1066</v>
       </c>
       <c r="O60" t="s">
-        <v>830</v>
+        <v>68</v>
       </c>
       <c r="P60" t="s">
-        <v>831</v>
+        <v>60</v>
       </c>
       <c r="Q60" t="s">
-        <v>807</v>
+        <v>61</v>
       </c>
       <c r="R60" t="s">
         <v>62</v>
       </c>
       <c r="S60">
-        <v>21380000</v>
+        <v>21180000</v>
       </c>
       <c r="T60" t="s">
-        <v>1083</v>
+        <v>64</v>
       </c>
       <c r="U60" t="s">
-        <v>1082</v>
+        <v>60</v>
       </c>
       <c r="V60" t="s">
-        <v>807</v>
+        <v>61</v>
       </c>
       <c r="W60" t="s">
         <v>62</v>
       </c>
       <c r="X60">
-        <v>2138</v>
+        <v>2118</v>
       </c>
       <c r="Y60" s="1">
-        <v>46082</v>
+        <v>46048</v>
       </c>
       <c r="Z60" s="1">
-        <v>46203</v>
+        <v>46143</v>
       </c>
       <c r="AA60" t="s">
-        <v>832</v>
+        <v>70</v>
       </c>
       <c r="AB60" t="s">
-        <v>833</v>
+        <v>71</v>
       </c>
       <c r="AC60" t="s">
-        <v>807</v>
+        <v>72</v>
       </c>
       <c r="AD60" t="s">
         <v>62</v>
       </c>
       <c r="AE60">
-        <v>21390000</v>
+        <v>24510000</v>
       </c>
       <c r="AF60" t="s">
-        <v>843</v>
+        <v>73</v>
       </c>
       <c r="AG60" t="s">
-        <v>832</v>
+        <v>74</v>
       </c>
       <c r="AH60" t="s">
-        <v>833</v>
+        <v>75</v>
       </c>
       <c r="AI60" t="s">
-        <v>807</v>
+        <v>76</v>
       </c>
       <c r="AJ60" t="s">
         <v>62</v>
       </c>
       <c r="AK60">
-        <v>21390000</v>
+        <v>18260000</v>
       </c>
       <c r="AL60" t="s">
-        <v>843</v>
+        <v>77</v>
       </c>
       <c r="AM60" t="s">
-        <v>1085</v>
+        <v>78</v>
       </c>
       <c r="AN60">
         <v>0</v>
       </c>
+      <c r="AO60" t="s">
+        <v>79</v>
+      </c>
       <c r="AP60" t="s">
-        <v>1086</v>
+        <v>1067</v>
       </c>
       <c r="AQ60">
         <v>-1</v>
       </c>
       <c r="AR60" t="s">
-        <v>840</v>
+        <v>81</v>
       </c>
       <c r="AS60" t="s">
-        <v>841</v>
+        <v>82</v>
       </c>
       <c r="AT60">
         <v>0</v>
       </c>
       <c r="AV60" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>842</v>
+        <v>84</v>
       </c>
       <c r="BB60" t="s">
-        <v>843</v>
+        <v>85</v>
       </c>
       <c r="BC60" t="s">
-        <v>118</v>
+        <v>86</v>
       </c>
       <c r="BD60" t="s">
-        <v>832</v>
+        <v>70</v>
       </c>
       <c r="BE60" s="1">
         <v>46038</v>
+      </c>
+      <c r="BF60" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="61" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A61" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E61" t="s">
+        <v>62</v>
+      </c>
+      <c r="F61" t="s">
+        <v>1072</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H61" t="s">
+        <v>153</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J61">
+        <v>1</v>
+      </c>
+      <c r="K61">
+        <v>0</v>
+      </c>
+      <c r="M61">
+        <v>0</v>
+      </c>
+      <c r="O61" t="s">
+        <v>1075</v>
+      </c>
+      <c r="P61" t="s">
+        <v>1070</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>1071</v>
+      </c>
+      <c r="R61" t="s">
+        <v>62</v>
+      </c>
+      <c r="S61">
+        <v>17600000</v>
+      </c>
+      <c r="T61" t="s">
+        <v>1073</v>
+      </c>
+      <c r="U61" t="s">
+        <v>1076</v>
+      </c>
+      <c r="V61" t="s">
+        <v>439</v>
+      </c>
+      <c r="W61" t="s">
+        <v>62</v>
+      </c>
+      <c r="X61">
+        <v>2464</v>
+      </c>
+      <c r="Y61" s="1">
+        <v>46054</v>
+      </c>
+      <c r="Z61" s="1">
+        <v>46387</v>
+      </c>
+      <c r="AA61" t="s">
+        <v>1077</v>
+      </c>
+      <c r="AB61" t="s">
+        <v>1078</v>
+      </c>
+      <c r="AC61" t="s">
+        <v>439</v>
+      </c>
+      <c r="AD61" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE61">
+        <v>24640000</v>
+      </c>
+      <c r="AF61" t="s">
+        <v>1073</v>
+      </c>
+      <c r="AG61" t="s">
+        <v>817</v>
+      </c>
+      <c r="AH61" t="s">
+        <v>818</v>
+      </c>
+      <c r="AI61" t="s">
+        <v>312</v>
+      </c>
+      <c r="AJ61" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK61">
+        <v>10400000</v>
+      </c>
+      <c r="AL61" t="s">
+        <v>526</v>
+      </c>
+      <c r="AM61" t="s">
+        <v>324</v>
+      </c>
+      <c r="AN61">
+        <v>-1</v>
+      </c>
+      <c r="AO61" t="s">
+        <v>868</v>
+      </c>
+      <c r="AQ61">
+        <v>-1</v>
+      </c>
+      <c r="AR61" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS61" t="s">
+        <v>108</v>
+      </c>
+      <c r="AT61">
+        <v>-1</v>
+      </c>
+      <c r="AU61" t="s">
+        <v>1079</v>
+      </c>
+      <c r="AV61" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB61" t="s">
+        <v>822</v>
+      </c>
+      <c r="BC61" t="s">
+        <v>307</v>
+      </c>
+      <c r="BD61" t="s">
+        <v>817</v>
+      </c>
+      <c r="BE61" s="1">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="62" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A62" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D62" t="s">
+        <v>662</v>
+      </c>
+      <c r="E62" t="s">
+        <v>62</v>
+      </c>
+      <c r="F62" t="s">
+        <v>663</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H62" t="s">
+        <v>153</v>
+      </c>
+      <c r="I62" t="s">
+        <v>154</v>
+      </c>
+      <c r="J62">
+        <v>2</v>
+      </c>
+      <c r="K62">
+        <v>-1</v>
+      </c>
+      <c r="M62">
+        <v>0</v>
+      </c>
+      <c r="O62" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P62" t="s">
+        <v>1085</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>662</v>
+      </c>
+      <c r="R62" t="s">
+        <v>62</v>
+      </c>
+      <c r="S62">
+        <v>18300000</v>
+      </c>
+      <c r="T62" t="s">
+        <v>1083</v>
+      </c>
+      <c r="U62" t="s">
+        <v>1082</v>
+      </c>
+      <c r="V62" t="s">
+        <v>662</v>
+      </c>
+      <c r="W62" t="s">
+        <v>62</v>
+      </c>
+      <c r="X62">
+        <v>1830</v>
+      </c>
+      <c r="Y62" s="1">
+        <v>46055</v>
+      </c>
+      <c r="Z62" s="1">
+        <v>46112</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>1086</v>
+      </c>
+      <c r="AB62" t="s">
+        <v>1085</v>
+      </c>
+      <c r="AC62" t="s">
+        <v>662</v>
+      </c>
+      <c r="AD62" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE62">
+        <v>18300000</v>
+      </c>
+      <c r="AF62" t="s">
+        <v>1087</v>
+      </c>
+      <c r="AG62" t="s">
+        <v>1088</v>
+      </c>
+      <c r="AH62" t="s">
+        <v>1089</v>
+      </c>
+      <c r="AI62" t="s">
+        <v>1001</v>
+      </c>
+      <c r="AJ62" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK62">
+        <v>18430000</v>
+      </c>
+      <c r="AL62" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AM62" t="s">
+        <v>1091</v>
+      </c>
+      <c r="AN62">
+        <v>0</v>
+      </c>
+      <c r="AP62" t="s">
+        <v>1092</v>
+      </c>
+      <c r="AQ62">
+        <v>-1</v>
+      </c>
+      <c r="AR62" t="s">
+        <v>1093</v>
+      </c>
+      <c r="AS62" t="s">
+        <v>1094</v>
+      </c>
+      <c r="AT62">
+        <v>-1</v>
+      </c>
+      <c r="AU62" t="s">
+        <v>1095</v>
+      </c>
+      <c r="AV62" t="s">
+        <v>101</v>
+      </c>
+      <c r="AW62" t="s">
+        <v>1096</v>
+      </c>
+      <c r="BB62" t="s">
+        <v>1097</v>
+      </c>
+      <c r="BC62" t="s">
+        <v>307</v>
+      </c>
+      <c r="BD62" t="s">
+        <v>1088</v>
+      </c>
+      <c r="BE62" s="1">
+        <v>46038</v>
+      </c>
+      <c r="BF62" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="63" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A63" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D63" t="s">
+        <v>790</v>
+      </c>
+      <c r="E63" t="s">
+        <v>62</v>
+      </c>
+      <c r="F63" t="s">
+        <v>932</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H63" t="s">
+        <v>934</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1103</v>
+      </c>
+      <c r="J63">
+        <v>4</v>
+      </c>
+      <c r="K63">
+        <v>-1</v>
+      </c>
+      <c r="M63">
+        <v>0</v>
+      </c>
+      <c r="O63" t="s">
+        <v>936</v>
+      </c>
+      <c r="P63" t="s">
+        <v>937</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>790</v>
+      </c>
+      <c r="R63" t="s">
+        <v>62</v>
+      </c>
+      <c r="S63">
+        <v>21380000</v>
+      </c>
+      <c r="T63" t="s">
+        <v>1102</v>
+      </c>
+      <c r="U63" t="s">
+        <v>1101</v>
+      </c>
+      <c r="V63" t="s">
+        <v>790</v>
+      </c>
+      <c r="W63" t="s">
+        <v>62</v>
+      </c>
+      <c r="X63">
+        <v>2138</v>
+      </c>
+      <c r="Y63" s="1">
+        <v>46082</v>
+      </c>
+      <c r="Z63" s="1">
+        <v>46203</v>
+      </c>
+      <c r="AA63" t="s">
+        <v>938</v>
+      </c>
+      <c r="AB63" t="s">
+        <v>939</v>
+      </c>
+      <c r="AC63" t="s">
+        <v>790</v>
+      </c>
+      <c r="AD63" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE63">
+        <v>21390000</v>
+      </c>
+      <c r="AF63" t="s">
+        <v>949</v>
+      </c>
+      <c r="AG63" t="s">
+        <v>938</v>
+      </c>
+      <c r="AH63" t="s">
+        <v>939</v>
+      </c>
+      <c r="AI63" t="s">
+        <v>790</v>
+      </c>
+      <c r="AJ63" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK63">
+        <v>21390000</v>
+      </c>
+      <c r="AL63" t="s">
+        <v>949</v>
+      </c>
+      <c r="AM63" t="s">
+        <v>1104</v>
+      </c>
+      <c r="AN63">
+        <v>0</v>
+      </c>
+      <c r="AP63" t="s">
+        <v>1105</v>
+      </c>
+      <c r="AQ63">
+        <v>-1</v>
+      </c>
+      <c r="AR63" t="s">
+        <v>946</v>
+      </c>
+      <c r="AS63" t="s">
+        <v>947</v>
+      </c>
+      <c r="AT63">
+        <v>0</v>
+      </c>
+      <c r="AV63" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW63" t="s">
+        <v>948</v>
+      </c>
+      <c r="BB63" t="s">
+        <v>949</v>
+      </c>
+      <c r="BC63" t="s">
+        <v>134</v>
+      </c>
+      <c r="BD63" t="s">
+        <v>938</v>
+      </c>
+      <c r="BE63" s="1">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="64" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A64" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E64" t="s">
+        <v>62</v>
+      </c>
+      <c r="F64" t="s">
+        <v>1110</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H64" t="s">
+        <v>811</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1112</v>
+      </c>
+      <c r="J64">
+        <v>2</v>
+      </c>
+      <c r="K64">
+        <v>-1</v>
+      </c>
+      <c r="M64">
+        <v>-1</v>
+      </c>
+      <c r="N64" t="s">
+        <v>338</v>
+      </c>
+      <c r="O64" t="s">
+        <v>1113</v>
+      </c>
+      <c r="P64" t="s">
+        <v>1114</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>1109</v>
+      </c>
+      <c r="R64" t="s">
+        <v>62</v>
+      </c>
+      <c r="S64">
+        <v>18800000</v>
+      </c>
+      <c r="T64" t="s">
+        <v>1115</v>
+      </c>
+      <c r="U64" t="s">
+        <v>1116</v>
+      </c>
+      <c r="V64" t="s">
+        <v>1117</v>
+      </c>
+      <c r="W64" t="s">
+        <v>62</v>
+      </c>
+      <c r="X64">
+        <v>1867</v>
+      </c>
+      <c r="Y64" s="1">
+        <v>46042</v>
+      </c>
+      <c r="Z64" s="1">
+        <v>46052</v>
+      </c>
+      <c r="AA64" t="s">
+        <v>1118</v>
+      </c>
+      <c r="AB64" t="s">
+        <v>1119</v>
+      </c>
+      <c r="AC64" t="s">
+        <v>1120</v>
+      </c>
+      <c r="AD64" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE64">
+        <v>15900000</v>
+      </c>
+      <c r="AF64" t="s">
+        <v>1121</v>
+      </c>
+      <c r="AG64" t="s">
+        <v>1118</v>
+      </c>
+      <c r="AH64" t="s">
+        <v>1119</v>
+      </c>
+      <c r="AI64" t="s">
+        <v>1120</v>
+      </c>
+      <c r="AJ64" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK64">
+        <v>15900000</v>
+      </c>
+      <c r="AL64" t="s">
+        <v>1121</v>
+      </c>
+      <c r="AM64" t="s">
+        <v>1122</v>
+      </c>
+      <c r="AN64">
+        <v>-1</v>
+      </c>
+      <c r="AO64" t="s">
+        <v>1123</v>
+      </c>
+      <c r="AQ64">
+        <v>-1</v>
+      </c>
+      <c r="AR64" t="s">
+        <v>1124</v>
+      </c>
+      <c r="AS64" t="s">
+        <v>1125</v>
+      </c>
+      <c r="AT64">
+        <v>-1</v>
+      </c>
+      <c r="AU64" t="s">
+        <v>1126</v>
+      </c>
+      <c r="AV64" t="s">
+        <v>101</v>
+      </c>
+      <c r="AX64" t="s">
+        <v>1127</v>
+      </c>
+      <c r="AY64" t="s">
+        <v>1128</v>
+      </c>
+      <c r="AZ64" s="1">
+        <v>46029</v>
+      </c>
+      <c r="BA64" t="s">
+        <v>1129</v>
+      </c>
+      <c r="BB64" t="s">
+        <v>1130</v>
+      </c>
+      <c r="BC64" t="s">
+        <v>210</v>
+      </c>
+      <c r="BD64" t="s">
+        <v>1118</v>
+      </c>
+      <c r="BE64" s="1">
+        <v>46041</v>
+      </c>
+      <c r="BF64" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="65" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A65" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1134</v>
+      </c>
+      <c r="E65" t="s">
+        <v>62</v>
+      </c>
+      <c r="F65" t="s">
+        <v>551</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H65" t="s">
+        <v>336</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1136</v>
+      </c>
+      <c r="J65">
+        <v>2</v>
+      </c>
+      <c r="K65">
+        <v>-1</v>
+      </c>
+      <c r="M65">
+        <v>-1</v>
+      </c>
+      <c r="N65" t="s">
+        <v>338</v>
+      </c>
+      <c r="O65" t="s">
+        <v>1135</v>
+      </c>
+      <c r="P65" t="s">
+        <v>1137</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>1138</v>
+      </c>
+      <c r="R65" t="s">
+        <v>62</v>
+      </c>
+      <c r="S65">
+        <v>23370000</v>
+      </c>
+      <c r="T65" t="s">
+        <v>1135</v>
+      </c>
+      <c r="U65" t="s">
+        <v>1137</v>
+      </c>
+      <c r="V65" t="s">
+        <v>1139</v>
+      </c>
+      <c r="W65" t="s">
+        <v>62</v>
+      </c>
+      <c r="X65">
+        <v>2337</v>
+      </c>
+      <c r="Y65" s="1">
+        <v>46041</v>
+      </c>
+      <c r="Z65" s="1">
+        <v>46043</v>
+      </c>
+      <c r="AA65" t="s">
+        <v>557</v>
+      </c>
+      <c r="AB65" t="s">
+        <v>558</v>
+      </c>
+      <c r="AC65" t="s">
+        <v>559</v>
+      </c>
+      <c r="AD65" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE65">
+        <v>11050000</v>
+      </c>
+      <c r="AF65" t="s">
+        <v>560</v>
+      </c>
+      <c r="AG65" t="s">
+        <v>557</v>
+      </c>
+      <c r="AH65" t="s">
+        <v>558</v>
+      </c>
+      <c r="AI65" t="s">
+        <v>559</v>
+      </c>
+      <c r="AJ65" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK65">
+        <v>11050000</v>
+      </c>
+      <c r="AL65" t="s">
+        <v>560</v>
+      </c>
+      <c r="AM65" t="s">
+        <v>561</v>
+      </c>
+      <c r="AN65">
+        <v>-1</v>
+      </c>
+      <c r="AO65" t="s">
+        <v>1140</v>
+      </c>
+      <c r="AQ65">
+        <v>-1</v>
+      </c>
+      <c r="AR65" t="s">
+        <v>1141</v>
+      </c>
+      <c r="AS65" t="s">
+        <v>1142</v>
+      </c>
+      <c r="AT65">
+        <v>-1</v>
+      </c>
+      <c r="AU65" t="s">
+        <v>1143</v>
+      </c>
+      <c r="AV65" t="s">
+        <v>101</v>
+      </c>
+      <c r="AX65" t="s">
+        <v>566</v>
+      </c>
+      <c r="AY65" t="s">
+        <v>567</v>
+      </c>
+      <c r="AZ65" s="1">
+        <v>46038</v>
+      </c>
+      <c r="BA65" t="s">
+        <v>1144</v>
+      </c>
+      <c r="BB65" t="s">
+        <v>569</v>
+      </c>
+      <c r="BC65" t="s">
+        <v>307</v>
+      </c>
+      <c r="BD65" t="s">
+        <v>557</v>
+      </c>
+      <c r="BE65" s="1">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="66" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A66" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D66" t="s">
+        <v>215</v>
+      </c>
+      <c r="E66" t="s">
+        <v>62</v>
+      </c>
+      <c r="F66" t="s">
+        <v>1148</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H66" t="s">
+        <v>228</v>
+      </c>
+      <c r="I66" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J66">
+        <v>1</v>
+      </c>
+      <c r="K66">
+        <v>-1</v>
+      </c>
+      <c r="M66">
+        <v>0</v>
+      </c>
+      <c r="O66" t="s">
+        <v>1150</v>
+      </c>
+      <c r="P66" t="s">
+        <v>1151</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>61</v>
+      </c>
+      <c r="R66" t="s">
+        <v>62</v>
+      </c>
+      <c r="S66">
+        <v>21100000</v>
+      </c>
+      <c r="T66" t="s">
+        <v>1149</v>
+      </c>
+      <c r="U66" t="s">
+        <v>1152</v>
+      </c>
+      <c r="V66" t="s">
+        <v>1153</v>
+      </c>
+      <c r="W66" t="s">
+        <v>835</v>
+      </c>
+      <c r="X66">
+        <v>2919</v>
+      </c>
+      <c r="Y66" s="1">
+        <v>46055</v>
+      </c>
+      <c r="Z66" s="1">
+        <v>46387</v>
+      </c>
+      <c r="AA66" t="s">
+        <v>1154</v>
+      </c>
+      <c r="AB66" t="s">
+        <v>1155</v>
+      </c>
+      <c r="AC66" t="s">
+        <v>1153</v>
+      </c>
+      <c r="AD66" t="s">
+        <v>835</v>
+      </c>
+      <c r="AE66">
+        <v>10400000</v>
+      </c>
+      <c r="AF66" t="s">
+        <v>1156</v>
+      </c>
+      <c r="AG66" t="s">
+        <v>817</v>
+      </c>
+      <c r="AH66" t="s">
+        <v>818</v>
+      </c>
+      <c r="AI66" t="s">
+        <v>312</v>
+      </c>
+      <c r="AJ66" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK66">
+        <v>10400000</v>
+      </c>
+      <c r="AL66" t="s">
+        <v>526</v>
+      </c>
+      <c r="AM66" t="s">
+        <v>324</v>
+      </c>
+      <c r="AN66">
+        <v>-1</v>
+      </c>
+      <c r="AO66" t="s">
+        <v>868</v>
+      </c>
+      <c r="AQ66">
+        <v>-1</v>
+      </c>
+      <c r="AR66" t="s">
+        <v>1157</v>
+      </c>
+      <c r="AS66" t="s">
+        <v>1158</v>
+      </c>
+      <c r="AT66">
+        <v>-1</v>
+      </c>
+      <c r="AU66" t="s">
+        <v>1159</v>
+      </c>
+      <c r="AV66" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB66" t="s">
+        <v>822</v>
+      </c>
+      <c r="BC66" t="s">
+        <v>307</v>
+      </c>
+      <c r="BD66" t="s">
+        <v>817</v>
+      </c>
+      <c r="BE66" s="1">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="67" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A67" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D67" t="s">
+        <v>215</v>
+      </c>
+      <c r="E67" t="s">
+        <v>62</v>
+      </c>
+      <c r="F67" t="s">
+        <v>1148</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H67" t="s">
+        <v>228</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J67">
+        <v>1</v>
+      </c>
+      <c r="K67">
+        <v>-1</v>
+      </c>
+      <c r="M67">
+        <v>0</v>
+      </c>
+      <c r="O67" t="s">
+        <v>1150</v>
+      </c>
+      <c r="P67" t="s">
+        <v>1151</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>61</v>
+      </c>
+      <c r="R67" t="s">
+        <v>62</v>
+      </c>
+      <c r="S67">
+        <v>21100000</v>
+      </c>
+      <c r="T67" t="s">
+        <v>1149</v>
+      </c>
+      <c r="U67" t="s">
+        <v>1152</v>
+      </c>
+      <c r="V67" t="s">
+        <v>1153</v>
+      </c>
+      <c r="W67" t="s">
+        <v>835</v>
+      </c>
+      <c r="X67">
+        <v>2919</v>
+      </c>
+      <c r="Y67" s="1">
+        <v>46055</v>
+      </c>
+      <c r="Z67" s="1">
+        <v>46387</v>
+      </c>
+      <c r="AA67" t="s">
+        <v>1154</v>
+      </c>
+      <c r="AB67" t="s">
+        <v>1155</v>
+      </c>
+      <c r="AC67" t="s">
+        <v>1153</v>
+      </c>
+      <c r="AD67" t="s">
+        <v>835</v>
+      </c>
+      <c r="AE67">
+        <v>29190000</v>
+      </c>
+      <c r="AF67" t="s">
+        <v>1156</v>
+      </c>
+      <c r="AG67" t="s">
+        <v>817</v>
+      </c>
+      <c r="AH67" t="s">
+        <v>818</v>
+      </c>
+      <c r="AI67" t="s">
+        <v>312</v>
+      </c>
+      <c r="AJ67" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK67">
+        <v>10400000</v>
+      </c>
+      <c r="AL67" t="s">
+        <v>526</v>
+      </c>
+      <c r="AM67" t="s">
+        <v>324</v>
+      </c>
+      <c r="AN67">
+        <v>-1</v>
+      </c>
+      <c r="AO67" t="s">
+        <v>868</v>
+      </c>
+      <c r="AQ67">
+        <v>-1</v>
+      </c>
+      <c r="AR67" t="s">
+        <v>1162</v>
+      </c>
+      <c r="AS67" t="s">
+        <v>1158</v>
+      </c>
+      <c r="AT67">
+        <v>-1</v>
+      </c>
+      <c r="AU67" t="s">
+        <v>1163</v>
+      </c>
+      <c r="AV67" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB67" t="s">
+        <v>822</v>
+      </c>
+      <c r="BC67" t="s">
+        <v>307</v>
+      </c>
+      <c r="BD67" t="s">
+        <v>817</v>
+      </c>
+      <c r="BE67" s="1">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="68" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A68" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E68" t="s">
+        <v>62</v>
+      </c>
+      <c r="F68" t="s">
+        <v>1168</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H68" t="s">
+        <v>378</v>
+      </c>
+      <c r="I68" t="s">
+        <v>1170</v>
+      </c>
+      <c r="J68">
+        <v>2</v>
+      </c>
+      <c r="K68">
+        <v>0</v>
+      </c>
+      <c r="M68">
+        <v>-1</v>
+      </c>
+      <c r="N68" t="s">
+        <v>1171</v>
+      </c>
+      <c r="O68" t="s">
+        <v>1165</v>
+      </c>
+      <c r="P68" t="s">
+        <v>1166</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>1167</v>
+      </c>
+      <c r="R68" t="s">
+        <v>62</v>
+      </c>
+      <c r="S68">
+        <v>10370000</v>
+      </c>
+      <c r="T68" t="s">
+        <v>1172</v>
+      </c>
+      <c r="U68" t="s">
+        <v>1166</v>
+      </c>
+      <c r="V68" t="s">
+        <v>1167</v>
+      </c>
+      <c r="W68" t="s">
+        <v>62</v>
+      </c>
+      <c r="X68">
+        <v>1037</v>
+      </c>
+      <c r="Y68" s="1">
+        <v>46094</v>
+      </c>
+      <c r="Z68" s="1">
+        <v>46537</v>
+      </c>
+      <c r="AA68" t="s">
+        <v>221</v>
+      </c>
+      <c r="AB68" t="s">
+        <v>222</v>
+      </c>
+      <c r="AC68" t="s">
+        <v>223</v>
+      </c>
+      <c r="AD68" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE68">
+        <v>17570000</v>
+      </c>
+      <c r="AF68" t="s">
+        <v>1173</v>
+      </c>
+      <c r="AG68" t="s">
+        <v>221</v>
+      </c>
+      <c r="AH68" t="s">
+        <v>222</v>
+      </c>
+      <c r="AI68" t="s">
+        <v>223</v>
+      </c>
+      <c r="AJ68" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK68">
+        <v>17570000</v>
+      </c>
+      <c r="AL68" t="s">
+        <v>1173</v>
+      </c>
+      <c r="AM68" t="s">
+        <v>1174</v>
+      </c>
+      <c r="AN68">
+        <v>0</v>
+      </c>
+      <c r="AP68" t="s">
+        <v>1175</v>
+      </c>
+      <c r="AQ68">
+        <v>0</v>
+      </c>
+      <c r="AT68">
+        <v>0</v>
+      </c>
+      <c r="AV68" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB68" t="s">
+        <v>1176</v>
+      </c>
+      <c r="BC68" t="s">
+        <v>228</v>
+      </c>
+      <c r="BD68" t="s">
+        <v>229</v>
+      </c>
+      <c r="BE68" s="1">
+        <v>46041</v>
+      </c>
+      <c r="BF68" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="69" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A69" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D69" t="s">
+        <v>113</v>
+      </c>
+      <c r="E69" t="s">
+        <v>62</v>
+      </c>
+      <c r="F69" t="s">
+        <v>114</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H69" t="s">
+        <v>153</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1181</v>
+      </c>
+      <c r="J69">
+        <v>4</v>
+      </c>
+      <c r="K69">
+        <v>-1</v>
+      </c>
+      <c r="M69">
+        <v>0</v>
+      </c>
+      <c r="O69" t="s">
+        <v>1182</v>
+      </c>
+      <c r="P69" t="s">
+        <v>1183</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>61</v>
+      </c>
+      <c r="R69" t="s">
+        <v>62</v>
+      </c>
+      <c r="S69">
+        <v>21080000</v>
+      </c>
+      <c r="T69" t="s">
+        <v>1180</v>
+      </c>
+      <c r="U69" t="s">
+        <v>1184</v>
+      </c>
+      <c r="V69" t="s">
+        <v>1185</v>
+      </c>
+      <c r="W69" t="s">
+        <v>835</v>
+      </c>
+      <c r="X69">
+        <v>1440</v>
+      </c>
+      <c r="Y69" s="1">
+        <v>46054</v>
+      </c>
+      <c r="Z69" s="1">
+        <v>46113</v>
+      </c>
+      <c r="AA69" t="s">
+        <v>1186</v>
+      </c>
+      <c r="AB69" t="s">
+        <v>877</v>
+      </c>
+      <c r="AC69" t="s">
+        <v>223</v>
+      </c>
+      <c r="AD69" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE69">
+        <v>17570000</v>
+      </c>
+      <c r="AF69" t="s">
+        <v>1180</v>
+      </c>
+      <c r="AG69" t="s">
+        <v>1187</v>
+      </c>
+      <c r="AH69" t="s">
+        <v>1184</v>
+      </c>
+      <c r="AI69" t="s">
+        <v>1153</v>
+      </c>
+      <c r="AJ69" t="s">
+        <v>835</v>
+      </c>
+      <c r="AK69">
+        <v>29190000</v>
+      </c>
+      <c r="AL69" t="s">
+        <v>1180</v>
+      </c>
+      <c r="AM69" t="s">
+        <v>1188</v>
+      </c>
+      <c r="AN69">
+        <v>-1</v>
+      </c>
+      <c r="AO69" t="s">
+        <v>187</v>
+      </c>
+      <c r="AQ69">
+        <v>-1</v>
+      </c>
+      <c r="AR69" t="s">
+        <v>1189</v>
+      </c>
+      <c r="AS69" t="s">
+        <v>1190</v>
+      </c>
+      <c r="AT69">
+        <v>-1</v>
+      </c>
+      <c r="AU69" t="s">
+        <v>1191</v>
+      </c>
+      <c r="AV69" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB69" t="s">
+        <v>1192</v>
+      </c>
+      <c r="BC69" t="s">
+        <v>449</v>
+      </c>
+      <c r="BD69" t="s">
+        <v>1187</v>
+      </c>
+      <c r="BE69" s="1">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="70" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A70" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E70" t="s">
+        <v>62</v>
+      </c>
+      <c r="F70" t="s">
+        <v>1196</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H70" t="s">
+        <v>116</v>
+      </c>
+      <c r="I70" t="s">
+        <v>497</v>
+      </c>
+      <c r="J70">
+        <v>2</v>
+      </c>
+      <c r="K70">
+        <v>-1</v>
+      </c>
+      <c r="M70">
+        <v>0</v>
+      </c>
+      <c r="O70" t="s">
+        <v>1198</v>
+      </c>
+      <c r="P70" t="s">
+        <v>1199</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>790</v>
+      </c>
+      <c r="R70" t="s">
+        <v>62</v>
+      </c>
+      <c r="S70">
+        <v>21400000</v>
+      </c>
+      <c r="T70" t="s">
+        <v>1197</v>
+      </c>
+      <c r="U70" t="s">
+        <v>1200</v>
+      </c>
+      <c r="V70" t="s">
+        <v>202</v>
+      </c>
+      <c r="W70" t="s">
+        <v>62</v>
+      </c>
+      <c r="X70">
+        <v>2169</v>
+      </c>
+      <c r="Y70" s="1">
+        <v>45992</v>
+      </c>
+      <c r="Z70" s="1">
+        <v>46111</v>
+      </c>
+      <c r="AA70" t="s">
+        <v>1201</v>
+      </c>
+      <c r="AB70" t="s">
+        <v>1200</v>
+      </c>
+      <c r="AC70" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD70" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE70">
+        <v>21690000</v>
+      </c>
+      <c r="AF70" t="s">
+        <v>1202</v>
+      </c>
+      <c r="AG70" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH70" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI70" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ70" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK70">
+        <v>18260000</v>
+      </c>
+      <c r="AL70" t="s">
+        <v>124</v>
+      </c>
+      <c r="AM70" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN70">
+        <v>-1</v>
+      </c>
+      <c r="AO70" t="s">
+        <v>1203</v>
+      </c>
+      <c r="AQ70">
+        <v>-1</v>
+      </c>
+      <c r="AR70" t="s">
+        <v>1204</v>
+      </c>
+      <c r="AS70" t="s">
+        <v>1205</v>
+      </c>
+      <c r="AT70">
+        <v>-1</v>
+      </c>
+      <c r="AU70" t="s">
+        <v>1206</v>
+      </c>
+      <c r="AV70" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB70" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC70" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD70" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE70" s="1">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="71" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A71" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D71" t="s">
+        <v>559</v>
+      </c>
+      <c r="E71" t="s">
+        <v>62</v>
+      </c>
+      <c r="F71" t="s">
+        <v>1210</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1212</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1213</v>
+      </c>
+      <c r="J71">
+        <v>4</v>
+      </c>
+      <c r="K71">
+        <v>-1</v>
+      </c>
+      <c r="M71">
+        <v>0</v>
+      </c>
+      <c r="O71" t="s">
+        <v>1214</v>
+      </c>
+      <c r="P71" t="s">
+        <v>1215</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>559</v>
+      </c>
+      <c r="R71" t="s">
+        <v>62</v>
+      </c>
+      <c r="S71">
+        <v>11090000</v>
+      </c>
+      <c r="T71" t="s">
+        <v>1211</v>
+      </c>
+      <c r="U71" t="s">
+        <v>1215</v>
+      </c>
+      <c r="V71" t="s">
+        <v>559</v>
+      </c>
+      <c r="W71" t="s">
+        <v>62</v>
+      </c>
+      <c r="X71">
+        <v>1109</v>
+      </c>
+      <c r="Y71" s="1">
+        <v>45915</v>
+      </c>
+      <c r="Z71" s="1">
+        <v>46143</v>
+      </c>
+      <c r="AA71" t="s">
+        <v>1216</v>
+      </c>
+      <c r="AB71" t="s">
+        <v>1217</v>
+      </c>
+      <c r="AC71" t="s">
+        <v>559</v>
+      </c>
+      <c r="AD71" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE71">
+        <v>11180000</v>
+      </c>
+      <c r="AF71" t="s">
+        <v>1218</v>
+      </c>
+      <c r="AG71" t="s">
+        <v>1216</v>
+      </c>
+      <c r="AH71" t="s">
+        <v>1217</v>
+      </c>
+      <c r="AI71" t="s">
+        <v>559</v>
+      </c>
+      <c r="AJ71" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK71">
+        <v>11180000</v>
+      </c>
+      <c r="AL71" t="s">
+        <v>1218</v>
+      </c>
+      <c r="AM71" t="s">
+        <v>1219</v>
+      </c>
+      <c r="AN71">
+        <v>-1</v>
+      </c>
+      <c r="AO71" t="s">
+        <v>1220</v>
+      </c>
+      <c r="AQ71">
+        <v>-1</v>
+      </c>
+      <c r="AR71" t="s">
+        <v>1221</v>
+      </c>
+      <c r="AS71" t="s">
+        <v>1222</v>
+      </c>
+      <c r="AT71">
+        <v>-1</v>
+      </c>
+      <c r="AU71" t="s">
+        <v>1223</v>
+      </c>
+      <c r="AV71" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB71" t="s">
+        <v>1224</v>
+      </c>
+      <c r="BC71" t="s">
+        <v>210</v>
+      </c>
+      <c r="BD71" t="s">
+        <v>1225</v>
+      </c>
+      <c r="BE71" s="1">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="72" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A72" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E72" t="s">
+        <v>62</v>
+      </c>
+      <c r="F72" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1229</v>
+      </c>
+      <c r="H72" t="s">
+        <v>153</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J72">
+        <v>3</v>
+      </c>
+      <c r="K72">
+        <v>-1</v>
+      </c>
+      <c r="M72">
+        <v>0</v>
+      </c>
+      <c r="O72" t="s">
+        <v>1033</v>
+      </c>
+      <c r="P72" t="s">
+        <v>1228</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>1028</v>
+      </c>
+      <c r="R72" t="s">
+        <v>62</v>
+      </c>
+      <c r="S72">
+        <v>24810000</v>
+      </c>
+      <c r="T72" t="s">
+        <v>1229</v>
+      </c>
+      <c r="U72" t="s">
+        <v>1228</v>
+      </c>
+      <c r="V72" t="s">
+        <v>1230</v>
+      </c>
+      <c r="W72" t="s">
+        <v>62</v>
+      </c>
+      <c r="X72">
+        <v>2481</v>
+      </c>
+      <c r="Y72" s="1">
+        <v>46056</v>
+      </c>
+      <c r="Z72" s="1">
+        <v>46387</v>
+      </c>
+      <c r="AA72" t="s">
+        <v>1231</v>
+      </c>
+      <c r="AB72" t="s">
+        <v>1232</v>
+      </c>
+      <c r="AC72" t="s">
+        <v>1233</v>
+      </c>
+      <c r="AD72" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE72">
+        <v>21550000</v>
+      </c>
+      <c r="AF72" t="s">
+        <v>107</v>
+      </c>
+      <c r="AG72" t="s">
+        <v>158</v>
+      </c>
+      <c r="AH72" t="s">
+        <v>159</v>
+      </c>
+      <c r="AI72" t="s">
+        <v>160</v>
+      </c>
+      <c r="AJ72" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK72">
+        <v>18870000</v>
+      </c>
+      <c r="AL72" t="s">
+        <v>1234</v>
+      </c>
+      <c r="AM72" t="s">
+        <v>1235</v>
+      </c>
+      <c r="AN72">
+        <v>0</v>
+      </c>
+      <c r="AO72" t="s">
+        <v>107</v>
+      </c>
+      <c r="AP72" t="s">
+        <v>107</v>
+      </c>
+      <c r="AQ72">
+        <v>-1</v>
+      </c>
+      <c r="AR72" t="s">
+        <v>1236</v>
+      </c>
+      <c r="AS72" t="s">
+        <v>301</v>
+      </c>
+      <c r="AT72">
+        <v>0</v>
+      </c>
+      <c r="AV72" t="s">
+        <v>678</v>
+      </c>
+      <c r="AW72" t="s">
+        <v>1237</v>
+      </c>
+      <c r="BB72" t="s">
+        <v>1238</v>
+      </c>
+      <c r="BC72" t="s">
+        <v>1239</v>
+      </c>
+      <c r="BD72" t="s">
+        <v>158</v>
+      </c>
+      <c r="BE72" s="1">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="73" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A73" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C73" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D73" t="s">
+        <v>184</v>
+      </c>
+      <c r="E73" t="s">
+        <v>62</v>
+      </c>
+      <c r="F73" t="s">
+        <v>1243</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H73" t="s">
+        <v>378</v>
+      </c>
+      <c r="I73" t="s">
+        <v>1245</v>
+      </c>
+      <c r="J73">
+        <v>1</v>
+      </c>
+      <c r="K73">
+        <v>-1</v>
+      </c>
+      <c r="M73">
+        <v>0</v>
+      </c>
+      <c r="O73" t="s">
+        <v>1246</v>
+      </c>
+      <c r="P73" t="s">
+        <v>1242</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>184</v>
+      </c>
+      <c r="R73" t="s">
+        <v>62</v>
+      </c>
+      <c r="S73">
+        <v>23020000</v>
+      </c>
+      <c r="T73" t="s">
+        <v>1244</v>
+      </c>
+      <c r="U73" t="s">
+        <v>1242</v>
+      </c>
+      <c r="V73" t="s">
+        <v>1247</v>
+      </c>
+      <c r="W73" t="s">
+        <v>62</v>
+      </c>
+      <c r="X73">
+        <v>2302</v>
+      </c>
+      <c r="Y73" s="1">
+        <v>46055</v>
+      </c>
+      <c r="Z73" s="1">
+        <v>46208</v>
+      </c>
+      <c r="AA73" t="s">
+        <v>1248</v>
+      </c>
+      <c r="AB73" t="s">
+        <v>1249</v>
+      </c>
+      <c r="AC73" t="s">
+        <v>1250</v>
+      </c>
+      <c r="AD73" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE73">
+        <v>23220000</v>
+      </c>
+      <c r="AF73" t="s">
+        <v>1251</v>
+      </c>
+      <c r="AG73" t="s">
+        <v>1248</v>
+      </c>
+      <c r="AH73" t="s">
+        <v>1249</v>
+      </c>
+      <c r="AI73" t="s">
+        <v>1250</v>
+      </c>
+      <c r="AJ73" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK73">
+        <v>23220000</v>
+      </c>
+      <c r="AL73" t="s">
+        <v>1251</v>
+      </c>
+      <c r="AM73" t="s">
+        <v>1252</v>
+      </c>
+      <c r="AN73">
+        <v>0</v>
+      </c>
+      <c r="AP73" t="s">
+        <v>1253</v>
+      </c>
+      <c r="AQ73">
+        <v>-1</v>
+      </c>
+      <c r="AR73" t="s">
+        <v>842</v>
+      </c>
+      <c r="AS73" t="s">
+        <v>1254</v>
+      </c>
+      <c r="AT73">
+        <v>0</v>
+      </c>
+      <c r="AV73" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB73" t="s">
+        <v>1255</v>
+      </c>
+      <c r="BC73" t="s">
+        <v>370</v>
+      </c>
+      <c r="BD73" t="s">
+        <v>1248</v>
+      </c>
+      <c r="BE73" s="1">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="74" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A74" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C74" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D74" t="s">
+        <v>516</v>
+      </c>
+      <c r="E74" t="s">
+        <v>62</v>
+      </c>
+      <c r="F74" t="s">
+        <v>1259</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1261</v>
+      </c>
+      <c r="I74" t="s">
+        <v>1262</v>
+      </c>
+      <c r="J74">
+        <v>3</v>
+      </c>
+      <c r="K74">
+        <v>-1</v>
+      </c>
+      <c r="M74">
+        <v>0</v>
+      </c>
+      <c r="O74" t="s">
+        <v>1263</v>
+      </c>
+      <c r="P74" t="s">
+        <v>1258</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>516</v>
+      </c>
+      <c r="R74" t="s">
+        <v>62</v>
+      </c>
+      <c r="S74">
+        <v>21460000</v>
+      </c>
+      <c r="T74" t="s">
+        <v>1260</v>
+      </c>
+      <c r="U74" t="s">
+        <v>1264</v>
+      </c>
+      <c r="V74" t="s">
+        <v>139</v>
+      </c>
+      <c r="W74" t="s">
+        <v>62</v>
+      </c>
+      <c r="X74">
+        <v>2115</v>
+      </c>
+      <c r="Y74" s="1">
+        <v>46043</v>
+      </c>
+      <c r="Z74" s="1">
+        <v>46081</v>
+      </c>
+      <c r="AA74" t="s">
+        <v>1265</v>
+      </c>
+      <c r="AB74" t="s">
+        <v>1266</v>
+      </c>
+      <c r="AC74" t="s">
+        <v>1267</v>
+      </c>
+      <c r="AD74" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE74">
+        <v>20810000</v>
+      </c>
+      <c r="AF74" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AG74" t="s">
+        <v>1265</v>
+      </c>
+      <c r="AH74" t="s">
+        <v>1266</v>
+      </c>
+      <c r="AI74" t="s">
+        <v>1267</v>
+      </c>
+      <c r="AJ74" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK74">
+        <v>20810000</v>
+      </c>
+      <c r="AL74" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AM74" t="s">
+        <v>1269</v>
+      </c>
+      <c r="AN74">
+        <v>0</v>
+      </c>
+      <c r="AP74" t="s">
+        <v>1270</v>
+      </c>
+      <c r="AQ74">
+        <v>-1</v>
+      </c>
+      <c r="AR74" t="s">
+        <v>1271</v>
+      </c>
+      <c r="AS74" t="s">
+        <v>1272</v>
+      </c>
+      <c r="AT74">
+        <v>0</v>
+      </c>
+      <c r="AV74" t="s">
+        <v>146</v>
+      </c>
+      <c r="AX74" t="s">
+        <v>1271</v>
+      </c>
+      <c r="AY74" t="s">
+        <v>1273</v>
+      </c>
+      <c r="AZ74" s="1">
+        <v>46042</v>
+      </c>
+      <c r="BA74" t="s">
+        <v>1274</v>
+      </c>
+      <c r="BB74" t="s">
+        <v>1275</v>
+      </c>
+      <c r="BC74" t="s">
+        <v>336</v>
+      </c>
+      <c r="BD74" t="s">
+        <v>1265</v>
+      </c>
+      <c r="BE74" s="1">
+        <v>46042</v>
+      </c>
+      <c r="BF74" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="75" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A75" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C75" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D75" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E75" t="s">
+        <v>62</v>
+      </c>
+      <c r="F75" t="s">
+        <v>1280</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H75" t="s">
+        <v>449</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1281</v>
+      </c>
+      <c r="J75">
+        <v>2</v>
+      </c>
+      <c r="K75">
+        <v>-1</v>
+      </c>
+      <c r="M75">
+        <v>0</v>
+      </c>
+      <c r="O75" t="s">
+        <v>1282</v>
+      </c>
+      <c r="P75" t="s">
+        <v>1283</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>202</v>
+      </c>
+      <c r="R75" t="s">
+        <v>62</v>
+      </c>
+      <c r="S75">
+        <v>21690000</v>
+      </c>
+      <c r="T75" t="s">
+        <v>1192</v>
+      </c>
+      <c r="U75" t="s">
+        <v>1184</v>
+      </c>
+      <c r="V75" t="s">
+        <v>1185</v>
+      </c>
+      <c r="W75" t="s">
+        <v>835</v>
+      </c>
+      <c r="X75">
+        <v>2919</v>
+      </c>
+      <c r="Y75" s="1">
+        <v>46048</v>
+      </c>
+      <c r="Z75" s="1">
+        <v>46138</v>
+      </c>
+      <c r="AA75" t="s">
+        <v>1187</v>
+      </c>
+      <c r="AB75" t="s">
+        <v>1184</v>
+      </c>
+      <c r="AC75" t="s">
+        <v>1153</v>
+      </c>
+      <c r="AD75" t="s">
+        <v>835</v>
+      </c>
+      <c r="AE75">
+        <v>29190000</v>
+      </c>
+      <c r="AF75" t="s">
+        <v>1192</v>
+      </c>
+      <c r="AG75" t="s">
+        <v>1187</v>
+      </c>
+      <c r="AH75" t="s">
+        <v>1184</v>
+      </c>
+      <c r="AI75" t="s">
+        <v>1153</v>
+      </c>
+      <c r="AJ75" t="s">
+        <v>835</v>
+      </c>
+      <c r="AK75">
+        <v>29190000</v>
+      </c>
+      <c r="AL75" t="s">
+        <v>1192</v>
+      </c>
+      <c r="AM75" t="s">
+        <v>1188</v>
+      </c>
+      <c r="AN75">
+        <v>-1</v>
+      </c>
+      <c r="AO75" t="s">
+        <v>187</v>
+      </c>
+      <c r="AQ75">
+        <v>-1</v>
+      </c>
+      <c r="AR75" t="s">
+        <v>1284</v>
+      </c>
+      <c r="AS75" t="s">
+        <v>1285</v>
+      </c>
+      <c r="AT75">
+        <v>-1</v>
+      </c>
+      <c r="AU75" t="s">
+        <v>1286</v>
+      </c>
+      <c r="AV75" t="s">
+        <v>101</v>
+      </c>
+      <c r="AX75" t="s">
+        <v>1287</v>
+      </c>
+      <c r="AY75" t="s">
+        <v>1288</v>
+      </c>
+      <c r="AZ75" s="1">
+        <v>46042</v>
+      </c>
+      <c r="BA75" t="s">
+        <v>1289</v>
+      </c>
+      <c r="BB75" t="s">
+        <v>1192</v>
+      </c>
+      <c r="BC75" t="s">
+        <v>449</v>
+      </c>
+      <c r="BD75" t="s">
+        <v>1187</v>
+      </c>
+      <c r="BE75" s="1">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="76" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A76" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D76" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E76" t="s">
+        <v>62</v>
+      </c>
+      <c r="F76" t="s">
+        <v>1280</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H76" t="s">
+        <v>449</v>
+      </c>
+      <c r="I76" t="s">
+        <v>1292</v>
+      </c>
+      <c r="J76">
+        <v>1</v>
+      </c>
+      <c r="K76">
+        <v>-1</v>
+      </c>
+      <c r="M76">
+        <v>0</v>
+      </c>
+      <c r="O76" t="s">
+        <v>1282</v>
+      </c>
+      <c r="P76" t="s">
+        <v>1283</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>202</v>
+      </c>
+      <c r="R76" t="s">
+        <v>62</v>
+      </c>
+      <c r="S76">
+        <v>21690000</v>
+      </c>
+      <c r="T76" t="s">
+        <v>1192</v>
+      </c>
+      <c r="U76" t="s">
+        <v>1184</v>
+      </c>
+      <c r="V76" t="s">
+        <v>1185</v>
+      </c>
+      <c r="W76" t="s">
+        <v>835</v>
+      </c>
+      <c r="X76">
+        <v>2919</v>
+      </c>
+      <c r="Y76" s="1">
+        <v>46048</v>
+      </c>
+      <c r="Z76" s="1">
+        <v>46138</v>
+      </c>
+      <c r="AA76" t="s">
+        <v>1187</v>
+      </c>
+      <c r="AB76" t="s">
+        <v>1184</v>
+      </c>
+      <c r="AC76" t="s">
+        <v>1153</v>
+      </c>
+      <c r="AD76" t="s">
+        <v>835</v>
+      </c>
+      <c r="AE76">
+        <v>29190000</v>
+      </c>
+      <c r="AF76" t="s">
+        <v>1192</v>
+      </c>
+      <c r="AG76" t="s">
+        <v>1187</v>
+      </c>
+      <c r="AH76" t="s">
+        <v>1184</v>
+      </c>
+      <c r="AI76" t="s">
+        <v>1153</v>
+      </c>
+      <c r="AJ76" t="s">
+        <v>835</v>
+      </c>
+      <c r="AK76">
+        <v>29190000</v>
+      </c>
+      <c r="AL76" t="s">
+        <v>1192</v>
+      </c>
+      <c r="AM76" t="s">
+        <v>1188</v>
+      </c>
+      <c r="AN76">
+        <v>-1</v>
+      </c>
+      <c r="AO76" t="s">
+        <v>187</v>
+      </c>
+      <c r="AQ76">
+        <v>-1</v>
+      </c>
+      <c r="AR76" t="s">
+        <v>1284</v>
+      </c>
+      <c r="AS76" t="s">
+        <v>1285</v>
+      </c>
+      <c r="AT76">
+        <v>-1</v>
+      </c>
+      <c r="AU76" t="s">
+        <v>1293</v>
+      </c>
+      <c r="AV76" t="s">
+        <v>101</v>
+      </c>
+      <c r="AX76" t="s">
+        <v>1287</v>
+      </c>
+      <c r="AY76" t="s">
+        <v>1288</v>
+      </c>
+      <c r="AZ76" s="1">
+        <v>46042</v>
+      </c>
+      <c r="BA76" t="s">
+        <v>1294</v>
+      </c>
+      <c r="BB76" t="s">
+        <v>1192</v>
+      </c>
+      <c r="BC76" t="s">
+        <v>449</v>
+      </c>
+      <c r="BD76" t="s">
+        <v>1187</v>
+      </c>
+      <c r="BE76" s="1">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="77" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A77" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C77" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D77" t="s">
+        <v>1298</v>
+      </c>
+      <c r="E77" t="s">
+        <v>62</v>
+      </c>
+      <c r="F77" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1054</v>
+      </c>
+      <c r="J77">
+        <v>4</v>
+      </c>
+      <c r="K77">
+        <v>-1</v>
+      </c>
+      <c r="M77">
+        <v>0</v>
+      </c>
+      <c r="O77" t="s">
+        <v>1302</v>
+      </c>
+      <c r="P77" t="s">
+        <v>1303</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>973</v>
+      </c>
+      <c r="R77" t="s">
+        <v>62</v>
+      </c>
+      <c r="S77">
+        <v>19600000</v>
+      </c>
+      <c r="T77" t="s">
+        <v>1300</v>
+      </c>
+      <c r="U77" t="s">
+        <v>1303</v>
+      </c>
+      <c r="V77" t="s">
+        <v>973</v>
+      </c>
+      <c r="W77" t="s">
+        <v>62</v>
+      </c>
+      <c r="X77">
+        <v>1960</v>
+      </c>
+      <c r="Y77" s="1">
+        <v>46055</v>
+      </c>
+      <c r="Z77" s="1">
+        <v>46417</v>
+      </c>
+      <c r="AA77" t="s">
+        <v>510</v>
+      </c>
+      <c r="AB77" t="s">
+        <v>499</v>
+      </c>
+      <c r="AC77" t="s">
+        <v>500</v>
+      </c>
+      <c r="AD77" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE77">
+        <v>18640000</v>
+      </c>
+      <c r="AF77" t="s">
+        <v>1304</v>
+      </c>
+      <c r="AG77" t="s">
+        <v>777</v>
+      </c>
+      <c r="AH77" t="s">
+        <v>778</v>
+      </c>
+      <c r="AI77" t="s">
+        <v>779</v>
+      </c>
+      <c r="AJ77" t="s">
+        <v>599</v>
+      </c>
+      <c r="AK77">
+        <v>30790000</v>
+      </c>
+      <c r="AL77" t="s">
+        <v>786</v>
+      </c>
+      <c r="AM77" t="s">
+        <v>781</v>
+      </c>
+      <c r="AN77">
+        <v>0</v>
+      </c>
+      <c r="AP77" t="s">
+        <v>1305</v>
+      </c>
+      <c r="AQ77">
+        <v>-1</v>
+      </c>
+      <c r="AR77" t="s">
+        <v>188</v>
+      </c>
+      <c r="AS77" t="s">
+        <v>189</v>
+      </c>
+      <c r="AT77">
+        <v>-1</v>
+      </c>
+      <c r="AU77" t="s">
+        <v>1306</v>
+      </c>
+      <c r="AV77" t="s">
+        <v>302</v>
+      </c>
+      <c r="BB77" t="s">
+        <v>786</v>
+      </c>
+      <c r="BC77" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD77" t="s">
+        <v>777</v>
+      </c>
+      <c r="BE77" s="1">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="78" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A78" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C78" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D78" t="s">
+        <v>439</v>
+      </c>
+      <c r="E78" t="s">
+        <v>62</v>
+      </c>
+      <c r="F78" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1311</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1312</v>
+      </c>
+      <c r="I78" t="s">
+        <v>270</v>
+      </c>
+      <c r="J78">
+        <v>3</v>
+      </c>
+      <c r="K78">
+        <v>-1</v>
+      </c>
+      <c r="M78">
+        <v>0</v>
+      </c>
+      <c r="O78" t="s">
+        <v>1313</v>
+      </c>
+      <c r="P78" t="s">
+        <v>1314</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>439</v>
+      </c>
+      <c r="R78" t="s">
+        <v>62</v>
+      </c>
+      <c r="S78">
+        <v>24580000</v>
+      </c>
+      <c r="T78" t="s">
+        <v>1311</v>
+      </c>
+      <c r="U78" t="s">
+        <v>1315</v>
+      </c>
+      <c r="V78" t="s">
+        <v>202</v>
+      </c>
+      <c r="W78" t="s">
+        <v>62</v>
+      </c>
+      <c r="X78">
+        <v>2169</v>
+      </c>
+      <c r="Y78" s="1">
+        <v>45719</v>
+      </c>
+      <c r="Z78" s="1">
+        <v>46080</v>
+      </c>
+      <c r="AA78" t="s">
+        <v>1201</v>
+      </c>
+      <c r="AB78" t="s">
+        <v>1315</v>
+      </c>
+      <c r="AC78" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD78" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE78">
+        <v>21690000</v>
+      </c>
+      <c r="AF78" t="s">
+        <v>1311</v>
+      </c>
+      <c r="AG78" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH78" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI78" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ78" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK78">
+        <v>18260000</v>
+      </c>
+      <c r="AL78" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM78" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN78">
+        <v>0</v>
+      </c>
+      <c r="AO78" t="s">
+        <v>1316</v>
+      </c>
+      <c r="AP78" t="s">
+        <v>1317</v>
+      </c>
+      <c r="AQ78">
+        <v>-1</v>
+      </c>
+      <c r="AR78" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS78" t="s">
+        <v>108</v>
+      </c>
+      <c r="AT78">
+        <v>-1</v>
+      </c>
+      <c r="AU78" t="s">
+        <v>1318</v>
+      </c>
+      <c r="AV78" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB78" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC78" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD78" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE78" s="1">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="79" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A79" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C79" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D79" t="s">
+        <v>897</v>
+      </c>
+      <c r="E79" t="s">
+        <v>62</v>
+      </c>
+      <c r="F79" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G79" t="s">
+        <v>899</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1322</v>
+      </c>
+      <c r="I79" t="s">
+        <v>900</v>
+      </c>
+      <c r="J79">
+        <v>1</v>
+      </c>
+      <c r="K79">
+        <v>-1</v>
+      </c>
+      <c r="M79">
+        <v>0</v>
+      </c>
+      <c r="O79" t="s">
+        <v>1323</v>
+      </c>
+      <c r="P79" t="s">
+        <v>1321</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>897</v>
+      </c>
+      <c r="R79" t="s">
+        <v>62</v>
+      </c>
+      <c r="S79">
+        <v>13730000</v>
+      </c>
+      <c r="T79" t="s">
+        <v>899</v>
+      </c>
+      <c r="U79" t="s">
+        <v>904</v>
+      </c>
+      <c r="V79" t="s">
+        <v>1324</v>
+      </c>
+      <c r="W79" t="s">
+        <v>62</v>
+      </c>
+      <c r="X79">
+        <v>1085</v>
+      </c>
+      <c r="Y79" s="1">
+        <v>46053</v>
+      </c>
+      <c r="Z79" s="1">
+        <v>46059</v>
+      </c>
+      <c r="AA79" t="s">
+        <v>903</v>
+      </c>
+      <c r="AB79" t="s">
+        <v>904</v>
+      </c>
+      <c r="AC79" t="s">
+        <v>905</v>
+      </c>
+      <c r="AD79" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE79">
+        <v>10850000</v>
+      </c>
+      <c r="AF79" t="s">
+        <v>899</v>
+      </c>
+      <c r="AG79" t="s">
+        <v>1325</v>
+      </c>
+      <c r="AH79" t="s">
+        <v>907</v>
+      </c>
+      <c r="AI79" t="s">
+        <v>322</v>
+      </c>
+      <c r="AJ79" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK79">
+        <v>10850000</v>
+      </c>
+      <c r="AL79" t="s">
+        <v>908</v>
+      </c>
+      <c r="AM79" t="s">
+        <v>960</v>
+      </c>
+      <c r="AN79">
+        <v>-1</v>
+      </c>
+      <c r="AO79" t="s">
+        <v>868</v>
+      </c>
+      <c r="AQ79">
+        <v>-1</v>
+      </c>
+      <c r="AR79" t="s">
+        <v>1326</v>
+      </c>
+      <c r="AS79" t="s">
+        <v>912</v>
+      </c>
+      <c r="AT79">
+        <v>-1</v>
+      </c>
+      <c r="AU79" t="s">
+        <v>913</v>
+      </c>
+      <c r="AV79" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB79" t="s">
+        <v>914</v>
+      </c>
+      <c r="BC79" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD79" t="s">
+        <v>1325</v>
+      </c>
+      <c r="BE79" s="1">
+        <v>46043</v>
+      </c>
+    </row>
+    <row r="80" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A80" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C80" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D80" t="s">
+        <v>61</v>
+      </c>
+      <c r="E80" t="s">
+        <v>62</v>
+      </c>
+      <c r="F80" t="s">
+        <v>1330</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1332</v>
+      </c>
+      <c r="I80" t="s">
+        <v>1333</v>
+      </c>
+      <c r="J80">
+        <v>4</v>
+      </c>
+      <c r="K80">
+        <v>-1</v>
+      </c>
+      <c r="M80">
+        <v>0</v>
+      </c>
+      <c r="O80" t="s">
+        <v>1334</v>
+      </c>
+      <c r="P80" t="s">
+        <v>1329</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>61</v>
+      </c>
+      <c r="R80" t="s">
+        <v>62</v>
+      </c>
+      <c r="S80">
+        <v>21350000</v>
+      </c>
+      <c r="T80" t="s">
+        <v>1331</v>
+      </c>
+      <c r="U80" t="s">
+        <v>1329</v>
+      </c>
+      <c r="V80" t="s">
+        <v>139</v>
+      </c>
+      <c r="W80" t="s">
+        <v>62</v>
+      </c>
+      <c r="X80">
+        <v>2135</v>
+      </c>
+      <c r="Y80" s="1">
+        <v>46083</v>
+      </c>
+      <c r="Z80" s="1">
+        <v>46387</v>
+      </c>
+      <c r="AA80" t="s">
+        <v>1335</v>
+      </c>
+      <c r="AB80" t="s">
+        <v>877</v>
+      </c>
+      <c r="AC80" t="s">
+        <v>223</v>
+      </c>
+      <c r="AD80" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE80">
+        <v>17570000</v>
+      </c>
+      <c r="AF80" t="s">
+        <v>1336</v>
+      </c>
+      <c r="AG80" t="s">
+        <v>1335</v>
+      </c>
+      <c r="AH80" t="s">
+        <v>877</v>
+      </c>
+      <c r="AI80" t="s">
+        <v>223</v>
+      </c>
+      <c r="AJ80" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK80">
+        <v>17570000</v>
+      </c>
+      <c r="AL80" t="s">
+        <v>1336</v>
+      </c>
+      <c r="AM80" t="s">
+        <v>1337</v>
+      </c>
+      <c r="AN80">
+        <v>0</v>
+      </c>
+      <c r="AO80" t="s">
+        <v>1338</v>
+      </c>
+      <c r="AP80" t="s">
+        <v>107</v>
+      </c>
+      <c r="AQ80">
+        <v>-1</v>
+      </c>
+      <c r="AR80" t="s">
+        <v>1339</v>
+      </c>
+      <c r="AS80" t="s">
+        <v>1340</v>
+      </c>
+      <c r="AT80">
+        <v>0</v>
+      </c>
+      <c r="AV80" t="s">
+        <v>84</v>
+      </c>
+      <c r="AW80" t="s">
+        <v>1341</v>
+      </c>
+      <c r="BB80" t="s">
+        <v>1342</v>
+      </c>
+      <c r="BC80" t="s">
+        <v>228</v>
+      </c>
+      <c r="BD80" t="s">
+        <v>878</v>
+      </c>
+      <c r="BE80" s="1">
+        <v>46043</v>
+      </c>
+    </row>
+    <row r="81" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A81" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C81" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D81" t="s">
+        <v>790</v>
+      </c>
+      <c r="E81" t="s">
+        <v>62</v>
+      </c>
+      <c r="F81" t="s">
+        <v>932</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1346</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1347</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1348</v>
+      </c>
+      <c r="J81">
+        <v>8</v>
+      </c>
+      <c r="K81">
+        <v>-1</v>
+      </c>
+      <c r="M81">
+        <v>0</v>
+      </c>
+      <c r="O81" t="s">
+        <v>1349</v>
+      </c>
+      <c r="P81" t="s">
+        <v>1350</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>61</v>
+      </c>
+      <c r="R81" t="s">
+        <v>62</v>
+      </c>
+      <c r="S81">
+        <v>21150000</v>
+      </c>
+      <c r="T81" t="s">
+        <v>1346</v>
+      </c>
+      <c r="U81" t="s">
+        <v>1345</v>
+      </c>
+      <c r="V81" t="s">
+        <v>790</v>
+      </c>
+      <c r="W81" t="s">
+        <v>62</v>
+      </c>
+      <c r="X81">
+        <v>2138</v>
+      </c>
+      <c r="Y81" s="1">
+        <v>46063</v>
+      </c>
+      <c r="Z81" s="1">
+        <v>46203</v>
+      </c>
+      <c r="AA81" t="s">
+        <v>1351</v>
+      </c>
+      <c r="AB81" t="s">
+        <v>1352</v>
+      </c>
+      <c r="AC81" t="s">
+        <v>160</v>
+      </c>
+      <c r="AD81" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE81">
+        <v>18870000</v>
+      </c>
+      <c r="AF81" t="s">
+        <v>1353</v>
+      </c>
+      <c r="AG81" t="s">
+        <v>158</v>
+      </c>
+      <c r="AH81" t="s">
+        <v>1354</v>
+      </c>
+      <c r="AI81" t="s">
+        <v>1355</v>
+      </c>
+      <c r="AJ81" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK81">
+        <v>18900000</v>
+      </c>
+      <c r="AL81" t="s">
+        <v>1353</v>
+      </c>
+      <c r="AM81" t="s">
+        <v>1356</v>
+      </c>
+      <c r="AN81">
+        <v>0</v>
+      </c>
+      <c r="AP81" t="s">
+        <v>1357</v>
+      </c>
+      <c r="AQ81">
+        <v>-1</v>
+      </c>
+      <c r="AR81" t="s">
+        <v>1358</v>
+      </c>
+      <c r="AS81" t="s">
+        <v>1359</v>
+      </c>
+      <c r="AT81">
+        <v>-1</v>
+      </c>
+      <c r="AU81" t="s">
+        <v>1360</v>
+      </c>
+      <c r="AV81" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW81" t="s">
+        <v>1361</v>
+      </c>
+      <c r="BB81" t="s">
+        <v>1362</v>
+      </c>
+      <c r="BC81" t="s">
+        <v>1363</v>
+      </c>
+      <c r="BD81" t="s">
+        <v>1364</v>
+      </c>
+      <c r="BE81" s="1">
+        <v>46043</v>
+      </c>
+    </row>
+    <row r="82" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A82" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C82" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D82" t="s">
+        <v>1368</v>
+      </c>
+      <c r="E82" t="s">
+        <v>62</v>
+      </c>
+      <c r="F82" t="s">
+        <v>1369</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1371</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1372</v>
+      </c>
+      <c r="J82">
+        <v>2</v>
+      </c>
+      <c r="K82">
+        <v>-1</v>
+      </c>
+      <c r="M82">
+        <v>0</v>
+      </c>
+      <c r="O82" t="s">
+        <v>1373</v>
+      </c>
+      <c r="P82" t="s">
+        <v>1374</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>1375</v>
+      </c>
+      <c r="R82" t="s">
+        <v>62</v>
+      </c>
+      <c r="S82">
+        <v>17560000</v>
+      </c>
+      <c r="T82" t="s">
+        <v>1370</v>
+      </c>
+      <c r="U82" t="s">
+        <v>1376</v>
+      </c>
+      <c r="V82" t="s">
+        <v>1377</v>
+      </c>
+      <c r="W82" t="s">
+        <v>62</v>
+      </c>
+      <c r="X82">
+        <v>1756</v>
+      </c>
+      <c r="Y82" s="1">
+        <v>46069</v>
+      </c>
+      <c r="Z82" s="1">
+        <v>46082</v>
+      </c>
+      <c r="AA82" t="s">
+        <v>1378</v>
+      </c>
+      <c r="AB82" t="s">
+        <v>1374</v>
+      </c>
+      <c r="AC82" t="s">
+        <v>1375</v>
+      </c>
+      <c r="AD82" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE82">
+        <v>17560000</v>
+      </c>
+      <c r="AF82" t="s">
+        <v>1370</v>
+      </c>
+      <c r="AG82" t="s">
+        <v>1379</v>
+      </c>
+      <c r="AH82" t="s">
+        <v>1380</v>
+      </c>
+      <c r="AI82" t="s">
+        <v>1381</v>
+      </c>
+      <c r="AJ82" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK82">
+        <v>15690000</v>
+      </c>
+      <c r="AL82" t="s">
+        <v>1382</v>
+      </c>
+      <c r="AM82" t="s">
+        <v>1383</v>
+      </c>
+      <c r="AN82">
+        <v>-1</v>
+      </c>
+      <c r="AO82" t="s">
+        <v>187</v>
+      </c>
+      <c r="AQ82">
+        <v>-1</v>
+      </c>
+      <c r="AR82" t="s">
+        <v>1384</v>
+      </c>
+      <c r="AS82" t="s">
+        <v>1385</v>
+      </c>
+      <c r="AT82">
+        <v>-1</v>
+      </c>
+      <c r="AU82" t="s">
+        <v>1386</v>
+      </c>
+      <c r="AV82" t="s">
+        <v>1387</v>
+      </c>
+      <c r="BB82" t="s">
+        <v>1370</v>
+      </c>
+      <c r="BC82" t="s">
+        <v>1371</v>
+      </c>
+      <c r="BD82" t="s">
+        <v>1388</v>
+      </c>
+      <c r="BE82" s="1">
+        <v>46043</v>
+      </c>
+      <c r="BF82" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="83" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A83" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C83" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D83" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E83" t="s">
+        <v>62</v>
+      </c>
+      <c r="F83" t="s">
+        <v>1394</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H83" t="s">
+        <v>134</v>
+      </c>
+      <c r="I83" t="s">
+        <v>1396</v>
+      </c>
+      <c r="J83">
+        <v>2</v>
+      </c>
+      <c r="K83">
+        <v>-1</v>
+      </c>
+      <c r="M83">
+        <v>0</v>
+      </c>
+      <c r="O83" t="s">
+        <v>1397</v>
+      </c>
+      <c r="P83" t="s">
+        <v>1398</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>1393</v>
+      </c>
+      <c r="R83" t="s">
+        <v>62</v>
+      </c>
+      <c r="S83">
+        <v>20450000</v>
+      </c>
+      <c r="T83" t="s">
+        <v>1395</v>
+      </c>
+      <c r="U83" t="s">
+        <v>1399</v>
+      </c>
+      <c r="V83" t="s">
+        <v>1400</v>
+      </c>
+      <c r="W83" t="s">
+        <v>62</v>
+      </c>
+      <c r="X83">
+        <v>2339</v>
+      </c>
+      <c r="Y83" s="1">
+        <v>46057</v>
+      </c>
+      <c r="Z83" s="1">
+        <v>46087</v>
+      </c>
+      <c r="AA83" t="s">
+        <v>1401</v>
+      </c>
+      <c r="AB83" t="s">
+        <v>1399</v>
+      </c>
+      <c r="AC83" t="s">
+        <v>1402</v>
+      </c>
+      <c r="AD83" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE83">
+        <v>19600000</v>
+      </c>
+      <c r="AF83" t="s">
+        <v>1395</v>
+      </c>
+      <c r="AG83" t="s">
+        <v>1403</v>
+      </c>
+      <c r="AH83" t="s">
+        <v>1404</v>
+      </c>
+      <c r="AI83" t="s">
+        <v>973</v>
+      </c>
+      <c r="AJ83" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK83">
+        <v>19600000</v>
+      </c>
+      <c r="AL83" t="s">
+        <v>1405</v>
+      </c>
+      <c r="AM83" t="s">
+        <v>1406</v>
+      </c>
+      <c r="AN83">
+        <v>0</v>
+      </c>
+      <c r="AP83" t="s">
+        <v>1407</v>
+      </c>
+      <c r="AQ83">
+        <v>-1</v>
+      </c>
+      <c r="AR83" t="s">
+        <v>1408</v>
+      </c>
+      <c r="AS83" t="s">
+        <v>1409</v>
+      </c>
+      <c r="AT83">
+        <v>-1</v>
+      </c>
+      <c r="AU83" t="s">
+        <v>1410</v>
+      </c>
+      <c r="AV83" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB83" t="s">
+        <v>1405</v>
+      </c>
+      <c r="BC83" t="s">
+        <v>1411</v>
+      </c>
+      <c r="BD83" t="s">
+        <v>1403</v>
+      </c>
+      <c r="BE83" s="1">
+        <v>46043</v>
+      </c>
+    </row>
+    <row r="84" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A84" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C84" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D84" t="s">
+        <v>113</v>
+      </c>
+      <c r="E84" t="s">
+        <v>62</v>
+      </c>
+      <c r="F84" t="s">
+        <v>114</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1416</v>
+      </c>
+      <c r="I84" t="s">
+        <v>1417</v>
+      </c>
+      <c r="J84">
+        <v>2</v>
+      </c>
+      <c r="K84">
+        <v>-1</v>
+      </c>
+      <c r="M84">
+        <v>0</v>
+      </c>
+      <c r="O84" t="s">
+        <v>1418</v>
+      </c>
+      <c r="P84" t="s">
+        <v>1419</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>1420</v>
+      </c>
+      <c r="R84" t="s">
+        <v>1421</v>
+      </c>
+      <c r="S84">
+        <v>802110000</v>
+      </c>
+      <c r="T84" t="s">
+        <v>1415</v>
+      </c>
+      <c r="U84" t="s">
+        <v>1419</v>
+      </c>
+      <c r="V84" t="s">
+        <v>1420</v>
+      </c>
+      <c r="W84" t="s">
+        <v>1421</v>
+      </c>
+      <c r="X84">
+        <v>80211</v>
+      </c>
+      <c r="Y84" s="1">
+        <v>46062</v>
+      </c>
+      <c r="Z84" s="1">
+        <v>46171</v>
+      </c>
+      <c r="AA84" t="s">
+        <v>878</v>
+      </c>
+      <c r="AB84" t="s">
+        <v>877</v>
+      </c>
+      <c r="AC84" t="s">
+        <v>223</v>
+      </c>
+      <c r="AD84" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE84">
+        <v>17570000</v>
+      </c>
+      <c r="AF84" t="s">
+        <v>1422</v>
+      </c>
+      <c r="AG84" t="s">
+        <v>182</v>
+      </c>
+      <c r="AH84" t="s">
+        <v>183</v>
+      </c>
+      <c r="AI84" t="s">
+        <v>184</v>
+      </c>
+      <c r="AJ84" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK84">
+        <v>23020000</v>
+      </c>
+      <c r="AL84" t="s">
+        <v>1423</v>
+      </c>
+      <c r="AM84" t="s">
+        <v>278</v>
+      </c>
+      <c r="AN84">
+        <v>-1</v>
+      </c>
+      <c r="AO84" t="s">
+        <v>187</v>
+      </c>
+      <c r="AQ84">
+        <v>-1</v>
+      </c>
+      <c r="AR84" t="s">
+        <v>783</v>
+      </c>
+      <c r="AS84" t="s">
+        <v>1424</v>
+      </c>
+      <c r="AT84">
+        <v>0</v>
+      </c>
+      <c r="AV84" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB84" t="s">
+        <v>191</v>
+      </c>
+      <c r="BC84" t="s">
+        <v>192</v>
+      </c>
+      <c r="BD84" t="s">
+        <v>182</v>
+      </c>
+      <c r="BE84" s="1">
+        <v>46044</v>
+      </c>
+      <c r="BF84" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="85" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A85" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C85" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D85" t="s">
+        <v>61</v>
+      </c>
+      <c r="E85" t="s">
+        <v>62</v>
+      </c>
+      <c r="F85" t="s">
+        <v>1330</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1332</v>
+      </c>
+      <c r="I85" t="s">
+        <v>1333</v>
+      </c>
+      <c r="J85">
+        <v>4</v>
+      </c>
+      <c r="K85">
+        <v>0</v>
+      </c>
+      <c r="M85">
+        <v>0</v>
+      </c>
+      <c r="O85" t="s">
+        <v>1334</v>
+      </c>
+      <c r="P85" t="s">
+        <v>1329</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>61</v>
+      </c>
+      <c r="R85" t="s">
+        <v>62</v>
+      </c>
+      <c r="S85">
+        <v>21350000</v>
+      </c>
+      <c r="T85" t="s">
+        <v>1331</v>
+      </c>
+      <c r="U85" t="s">
+        <v>1329</v>
+      </c>
+      <c r="V85" t="s">
+        <v>1426</v>
+      </c>
+      <c r="W85" t="s">
+        <v>62</v>
+      </c>
+      <c r="X85">
+        <v>1757</v>
+      </c>
+      <c r="Y85" s="1">
+        <v>46055</v>
+      </c>
+      <c r="Z85" s="1">
+        <v>46085</v>
+      </c>
+      <c r="AA85" t="s">
+        <v>1335</v>
+      </c>
+      <c r="AB85" t="s">
+        <v>877</v>
+      </c>
+      <c r="AC85" t="s">
+        <v>223</v>
+      </c>
+      <c r="AD85" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE85">
+        <v>17570000</v>
+      </c>
+      <c r="AF85" t="s">
+        <v>1336</v>
+      </c>
+      <c r="AG85" t="s">
+        <v>1335</v>
+      </c>
+      <c r="AH85" t="s">
+        <v>877</v>
+      </c>
+      <c r="AI85" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ85" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK85">
+        <v>21350000</v>
+      </c>
+      <c r="AL85" t="s">
+        <v>1336</v>
+      </c>
+      <c r="AM85" t="s">
+        <v>1337</v>
+      </c>
+      <c r="AN85">
+        <v>0</v>
+      </c>
+      <c r="AO85" t="s">
+        <v>1427</v>
+      </c>
+      <c r="AQ85">
+        <v>-1</v>
+      </c>
+      <c r="AR85" t="s">
+        <v>1339</v>
+      </c>
+      <c r="AS85" t="s">
+        <v>1340</v>
+      </c>
+      <c r="AT85">
+        <v>0</v>
+      </c>
+      <c r="AV85" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB85" t="s">
+        <v>1342</v>
+      </c>
+      <c r="BC85" t="s">
+        <v>228</v>
+      </c>
+      <c r="BD85" t="s">
+        <v>1335</v>
+      </c>
+      <c r="BE85" s="1">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="86" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A86" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C86" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D86" t="s">
+        <v>61</v>
+      </c>
+      <c r="E86" t="s">
+        <v>62</v>
+      </c>
+      <c r="F86" t="s">
+        <v>288</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1430</v>
+      </c>
+      <c r="H86" t="s">
+        <v>290</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1431</v>
+      </c>
+      <c r="J86">
+        <v>6</v>
+      </c>
+      <c r="K86">
+        <v>0</v>
+      </c>
+      <c r="M86">
+        <v>0</v>
+      </c>
+      <c r="O86" t="s">
+        <v>1334</v>
+      </c>
+      <c r="P86" t="s">
+        <v>1429</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>61</v>
+      </c>
+      <c r="R86" t="s">
+        <v>62</v>
+      </c>
+      <c r="S86">
+        <v>21150000</v>
+      </c>
+      <c r="T86" t="s">
+        <v>1430</v>
+      </c>
+      <c r="U86" t="s">
+        <v>1429</v>
+      </c>
+      <c r="V86" t="s">
+        <v>1426</v>
+      </c>
+      <c r="W86" t="s">
+        <v>62</v>
+      </c>
+      <c r="X86">
+        <v>1757</v>
+      </c>
+      <c r="Y86" s="1">
+        <v>46055</v>
+      </c>
+      <c r="Z86" s="1">
+        <v>46101</v>
+      </c>
+      <c r="AA86" t="s">
+        <v>221</v>
+      </c>
+      <c r="AB86" t="s">
+        <v>222</v>
+      </c>
+      <c r="AC86" t="s">
+        <v>223</v>
+      </c>
+      <c r="AD86" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE86">
+        <v>17570000</v>
+      </c>
+      <c r="AF86" t="s">
+        <v>1432</v>
+      </c>
+      <c r="AG86" t="s">
+        <v>221</v>
+      </c>
+      <c r="AH86" t="s">
+        <v>222</v>
+      </c>
+      <c r="AI86" t="s">
+        <v>223</v>
+      </c>
+      <c r="AJ86" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK86">
+        <v>17570000</v>
+      </c>
+      <c r="AL86" t="s">
+        <v>1432</v>
+      </c>
+      <c r="AM86" t="s">
+        <v>1433</v>
+      </c>
+      <c r="AN86">
+        <v>0</v>
+      </c>
+      <c r="AO86" t="s">
+        <v>1434</v>
+      </c>
+      <c r="AP86" t="s">
+        <v>1435</v>
+      </c>
+      <c r="AQ86">
+        <v>-1</v>
+      </c>
+      <c r="AR86" t="s">
+        <v>1436</v>
+      </c>
+      <c r="AS86" t="s">
+        <v>1437</v>
+      </c>
+      <c r="AT86">
+        <v>0</v>
+      </c>
+      <c r="AV86" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB86" t="s">
+        <v>1432</v>
+      </c>
+      <c r="BC86" t="s">
+        <v>1438</v>
+      </c>
+      <c r="BD86" t="s">
+        <v>221</v>
+      </c>
+      <c r="BE86" s="1">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="87" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A87" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C87" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D87" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E87" t="s">
+        <v>62</v>
+      </c>
+      <c r="F87" t="s">
+        <v>352</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1442</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1443</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1444</v>
+      </c>
+      <c r="J87">
+        <v>2</v>
+      </c>
+      <c r="K87">
+        <v>-1</v>
+      </c>
+      <c r="M87">
+        <v>0</v>
+      </c>
+      <c r="O87" t="s">
+        <v>1445</v>
+      </c>
+      <c r="P87" t="s">
+        <v>1446</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>202</v>
+      </c>
+      <c r="R87" t="s">
+        <v>62</v>
+      </c>
+      <c r="S87">
+        <v>21690000</v>
+      </c>
+      <c r="T87" t="s">
+        <v>1442</v>
+      </c>
+      <c r="U87" t="s">
+        <v>1447</v>
+      </c>
+      <c r="V87" t="s">
+        <v>1448</v>
+      </c>
+      <c r="W87" t="s">
+        <v>62</v>
+      </c>
+      <c r="X87">
+        <v>2169</v>
+      </c>
+      <c r="Y87" s="1">
+        <v>46069</v>
+      </c>
+      <c r="Z87" s="1">
+        <v>46082</v>
+      </c>
+      <c r="AA87" t="s">
+        <v>1449</v>
+      </c>
+      <c r="AB87" t="s">
+        <v>1450</v>
+      </c>
+      <c r="AC87" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD87" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE87">
+        <v>21690000</v>
+      </c>
+      <c r="AF87" t="s">
+        <v>1442</v>
+      </c>
+      <c r="AG87" t="s">
+        <v>1449</v>
+      </c>
+      <c r="AH87" t="s">
+        <v>1450</v>
+      </c>
+      <c r="AI87" t="s">
+        <v>202</v>
+      </c>
+      <c r="AJ87" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK87">
+        <v>21690000</v>
+      </c>
+      <c r="AL87" t="s">
+        <v>1442</v>
+      </c>
+      <c r="AM87" t="s">
+        <v>1451</v>
+      </c>
+      <c r="AN87">
+        <v>-1</v>
+      </c>
+      <c r="AO87" t="s">
+        <v>1452</v>
+      </c>
+      <c r="AQ87">
+        <v>-1</v>
+      </c>
+      <c r="AR87" t="s">
+        <v>1453</v>
+      </c>
+      <c r="AS87" t="s">
+        <v>1454</v>
+      </c>
+      <c r="AT87">
+        <v>-1</v>
+      </c>
+      <c r="AU87" t="s">
+        <v>1455</v>
+      </c>
+      <c r="AV87" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB87" t="s">
+        <v>1442</v>
+      </c>
+      <c r="BC87" t="s">
+        <v>1442</v>
+      </c>
+      <c r="BD87" t="s">
+        <v>1449</v>
+      </c>
+      <c r="BE87" s="1">
+        <v>46044</v>
+      </c>
+      <c r="BF87" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="88" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A88" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C88" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D88" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E88" t="s">
+        <v>62</v>
+      </c>
+      <c r="F88" t="s">
+        <v>1461</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H88" t="s">
+        <v>116</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1463</v>
+      </c>
+      <c r="J88">
+        <v>2</v>
+      </c>
+      <c r="K88">
+        <v>-1</v>
+      </c>
+      <c r="M88">
+        <v>-1</v>
+      </c>
+      <c r="N88" t="s">
+        <v>1464</v>
+      </c>
+      <c r="O88" t="s">
+        <v>1465</v>
+      </c>
+      <c r="P88" t="s">
+        <v>1466</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>1467</v>
+      </c>
+      <c r="R88" t="s">
+        <v>62</v>
+      </c>
+      <c r="S88">
+        <v>21840000</v>
+      </c>
+      <c r="T88" t="s">
+        <v>1462</v>
+      </c>
+      <c r="U88" t="s">
+        <v>1468</v>
+      </c>
+      <c r="V88" t="s">
+        <v>460</v>
+      </c>
+      <c r="W88" t="s">
+        <v>62</v>
+      </c>
+      <c r="X88">
+        <v>2021</v>
+      </c>
+      <c r="Y88" s="1">
+        <v>46027</v>
+      </c>
+      <c r="Z88" s="1">
+        <v>46073</v>
+      </c>
+      <c r="AA88" t="s">
+        <v>1469</v>
+      </c>
+      <c r="AB88" t="s">
+        <v>1468</v>
+      </c>
+      <c r="AC88" t="s">
+        <v>460</v>
+      </c>
+      <c r="AD88" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE88">
+        <v>20210000</v>
+      </c>
+      <c r="AF88" t="s">
+        <v>1462</v>
+      </c>
+      <c r="AG88" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH88" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI88" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ88" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK88">
+        <v>18260000</v>
+      </c>
+      <c r="AL88" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM88" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN88">
+        <v>0</v>
+      </c>
+      <c r="AO88" t="s">
+        <v>1470</v>
+      </c>
+      <c r="AQ88">
+        <v>-1</v>
+      </c>
+      <c r="AR88" t="s">
+        <v>1471</v>
+      </c>
+      <c r="AS88" t="s">
+        <v>1472</v>
+      </c>
+      <c r="AT88">
+        <v>-1</v>
+      </c>
+      <c r="AU88" t="s">
+        <v>1473</v>
+      </c>
+      <c r="AV88" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB88" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC88" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD88" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE88" s="1">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="89" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A89" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C89" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D89" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E89" t="s">
+        <v>62</v>
+      </c>
+      <c r="F89" t="s">
+        <v>1461</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H89" t="s">
+        <v>116</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1463</v>
+      </c>
+      <c r="J89">
+        <v>2</v>
+      </c>
+      <c r="K89">
+        <v>-1</v>
+      </c>
+      <c r="M89">
+        <v>-1</v>
+      </c>
+      <c r="N89" t="s">
+        <v>1464</v>
+      </c>
+      <c r="O89" t="s">
+        <v>1465</v>
+      </c>
+      <c r="P89" t="s">
+        <v>1466</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>1467</v>
+      </c>
+      <c r="R89" t="s">
+        <v>62</v>
+      </c>
+      <c r="S89">
+        <v>21840000</v>
+      </c>
+      <c r="T89" t="s">
+        <v>1462</v>
+      </c>
+      <c r="U89" t="s">
+        <v>1468</v>
+      </c>
+      <c r="V89" t="s">
+        <v>460</v>
+      </c>
+      <c r="W89" t="s">
+        <v>62</v>
+      </c>
+      <c r="X89">
+        <v>2021</v>
+      </c>
+      <c r="Y89" s="1">
+        <v>46027</v>
+      </c>
+      <c r="Z89" s="1">
+        <v>46073</v>
+      </c>
+      <c r="AA89" t="s">
+        <v>1469</v>
+      </c>
+      <c r="AB89" t="s">
+        <v>1468</v>
+      </c>
+      <c r="AC89" t="s">
+        <v>460</v>
+      </c>
+      <c r="AD89" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE89">
+        <v>20210000</v>
+      </c>
+      <c r="AF89" t="s">
+        <v>1462</v>
+      </c>
+      <c r="AG89" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH89" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI89" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ89" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK89">
+        <v>18260000</v>
+      </c>
+      <c r="AL89" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM89" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN89">
+        <v>0</v>
+      </c>
+      <c r="AO89" t="s">
+        <v>1470</v>
+      </c>
+      <c r="AQ89">
+        <v>-1</v>
+      </c>
+      <c r="AR89" t="s">
+        <v>1471</v>
+      </c>
+      <c r="AS89" t="s">
+        <v>1472</v>
+      </c>
+      <c r="AT89">
+        <v>-1</v>
+      </c>
+      <c r="AU89" t="s">
+        <v>1476</v>
+      </c>
+      <c r="AV89" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB89" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC89" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD89" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE89" s="1">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="90" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A90" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C90" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D90" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E90" t="s">
+        <v>62</v>
+      </c>
+      <c r="F90" t="s">
+        <v>1461</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H90" t="s">
+        <v>116</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1463</v>
+      </c>
+      <c r="J90">
+        <v>2</v>
+      </c>
+      <c r="K90">
+        <v>0</v>
+      </c>
+      <c r="M90">
+        <v>-1</v>
+      </c>
+      <c r="N90" t="s">
+        <v>1464</v>
+      </c>
+      <c r="O90" t="s">
+        <v>1465</v>
+      </c>
+      <c r="P90" t="s">
+        <v>1466</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>1467</v>
+      </c>
+      <c r="R90" t="s">
+        <v>62</v>
+      </c>
+      <c r="S90">
+        <v>21840000</v>
+      </c>
+      <c r="T90" t="s">
+        <v>1462</v>
+      </c>
+      <c r="U90" t="s">
+        <v>1468</v>
+      </c>
+      <c r="V90" t="s">
+        <v>460</v>
+      </c>
+      <c r="W90" t="s">
+        <v>62</v>
+      </c>
+      <c r="X90">
+        <v>2021</v>
+      </c>
+      <c r="Y90" s="1">
+        <v>46027</v>
+      </c>
+      <c r="Z90" s="1">
+        <v>46073</v>
+      </c>
+      <c r="AA90" t="s">
+        <v>1469</v>
+      </c>
+      <c r="AB90" t="s">
+        <v>1468</v>
+      </c>
+      <c r="AC90" t="s">
+        <v>460</v>
+      </c>
+      <c r="AD90" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE90">
+        <v>20210000</v>
+      </c>
+      <c r="AF90" t="s">
+        <v>1462</v>
+      </c>
+      <c r="AG90" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH90" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI90" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ90" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK90">
+        <v>18260000</v>
+      </c>
+      <c r="AL90" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM90" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN90">
+        <v>0</v>
+      </c>
+      <c r="AO90" t="s">
+        <v>1479</v>
+      </c>
+      <c r="AQ90">
+        <v>-1</v>
+      </c>
+      <c r="AR90" t="s">
+        <v>1471</v>
+      </c>
+      <c r="AS90" t="s">
+        <v>1472</v>
+      </c>
+      <c r="AT90">
+        <v>-1</v>
+      </c>
+      <c r="AU90" t="s">
+        <v>1480</v>
+      </c>
+      <c r="AV90" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB90" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC90" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD90" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE90" s="1">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="91" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A91" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C91" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D91" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E91" t="s">
+        <v>62</v>
+      </c>
+      <c r="F91" t="s">
+        <v>1461</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H91" t="s">
+        <v>116</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1463</v>
+      </c>
+      <c r="J91">
+        <v>2</v>
+      </c>
+      <c r="K91">
+        <v>-1</v>
+      </c>
+      <c r="M91">
+        <v>-1</v>
+      </c>
+      <c r="N91" t="s">
+        <v>1464</v>
+      </c>
+      <c r="O91" t="s">
+        <v>1465</v>
+      </c>
+      <c r="P91" t="s">
+        <v>1466</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>1467</v>
+      </c>
+      <c r="R91" t="s">
+        <v>62</v>
+      </c>
+      <c r="S91">
+        <v>21840000</v>
+      </c>
+      <c r="T91" t="s">
+        <v>1462</v>
+      </c>
+      <c r="U91" t="s">
+        <v>1468</v>
+      </c>
+      <c r="V91" t="s">
+        <v>460</v>
+      </c>
+      <c r="W91" t="s">
+        <v>62</v>
+      </c>
+      <c r="X91">
+        <v>2021</v>
+      </c>
+      <c r="Y91" s="1">
+        <v>46057</v>
+      </c>
+      <c r="Z91" s="1">
+        <v>46080</v>
+      </c>
+      <c r="AA91" t="s">
+        <v>1469</v>
+      </c>
+      <c r="AB91" t="s">
+        <v>1468</v>
+      </c>
+      <c r="AC91" t="s">
+        <v>460</v>
+      </c>
+      <c r="AD91" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE91">
+        <v>20210000</v>
+      </c>
+      <c r="AF91" t="s">
+        <v>1462</v>
+      </c>
+      <c r="AG91" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH91" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI91" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ91" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK91">
+        <v>18260000</v>
+      </c>
+      <c r="AL91" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM91" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN91">
+        <v>0</v>
+      </c>
+      <c r="AO91" t="s">
+        <v>1470</v>
+      </c>
+      <c r="AQ91">
+        <v>-1</v>
+      </c>
+      <c r="AR91" t="s">
+        <v>1471</v>
+      </c>
+      <c r="AS91" t="s">
+        <v>1472</v>
+      </c>
+      <c r="AT91">
+        <v>-1</v>
+      </c>
+      <c r="AU91" t="s">
+        <v>1483</v>
+      </c>
+      <c r="AV91" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB91" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC91" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD91" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE91" s="1">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="92" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A92" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C92" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D92" t="s">
+        <v>1486</v>
+      </c>
+      <c r="E92" t="s">
+        <v>62</v>
+      </c>
+      <c r="F92" t="s">
+        <v>1461</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H92" t="s">
+        <v>116</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1463</v>
+      </c>
+      <c r="J92">
+        <v>2</v>
+      </c>
+      <c r="K92">
+        <v>-1</v>
+      </c>
+      <c r="M92">
+        <v>-1</v>
+      </c>
+      <c r="N92" t="s">
+        <v>1464</v>
+      </c>
+      <c r="O92" t="s">
+        <v>1465</v>
+      </c>
+      <c r="P92" t="s">
+        <v>1466</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>1467</v>
+      </c>
+      <c r="R92" t="s">
+        <v>62</v>
+      </c>
+      <c r="S92">
+        <v>21840000</v>
+      </c>
+      <c r="T92" t="s">
+        <v>1462</v>
+      </c>
+      <c r="U92" t="s">
+        <v>1468</v>
+      </c>
+      <c r="V92" t="s">
+        <v>460</v>
+      </c>
+      <c r="W92" t="s">
+        <v>62</v>
+      </c>
+      <c r="X92">
+        <v>2021</v>
+      </c>
+      <c r="Y92" s="1">
+        <v>46027</v>
+      </c>
+      <c r="Z92" s="1">
+        <v>46073</v>
+      </c>
+      <c r="AA92" t="s">
+        <v>1469</v>
+      </c>
+      <c r="AB92" t="s">
+        <v>1468</v>
+      </c>
+      <c r="AC92" t="s">
+        <v>460</v>
+      </c>
+      <c r="AD92" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE92">
+        <v>20210000</v>
+      </c>
+      <c r="AF92" t="s">
+        <v>1462</v>
+      </c>
+      <c r="AG92" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH92" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI92" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ92" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK92">
+        <v>18260000</v>
+      </c>
+      <c r="AL92" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM92" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN92">
+        <v>0</v>
+      </c>
+      <c r="AO92" t="s">
+        <v>1470</v>
+      </c>
+      <c r="AQ92">
+        <v>-1</v>
+      </c>
+      <c r="AR92" t="s">
+        <v>1471</v>
+      </c>
+      <c r="AS92" t="s">
+        <v>1472</v>
+      </c>
+      <c r="AT92">
+        <v>-1</v>
+      </c>
+      <c r="AU92" t="s">
+        <v>1487</v>
+      </c>
+      <c r="AV92" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB92" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC92" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD92" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE92" s="1">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="93" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A93" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C93" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D93" t="s">
+        <v>61</v>
+      </c>
+      <c r="E93" t="s">
+        <v>62</v>
+      </c>
+      <c r="F93" t="s">
+        <v>769</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1490</v>
+      </c>
+      <c r="H93" t="s">
+        <v>153</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1491</v>
+      </c>
+      <c r="J93">
+        <v>1</v>
+      </c>
+      <c r="K93">
+        <v>0</v>
+      </c>
+      <c r="M93">
+        <v>0</v>
+      </c>
+      <c r="O93" t="s">
+        <v>1492</v>
+      </c>
+      <c r="P93" t="s">
+        <v>1489</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>61</v>
+      </c>
+      <c r="R93" t="s">
+        <v>62</v>
+      </c>
+      <c r="S93">
+        <v>21100000</v>
+      </c>
+      <c r="T93" t="s">
+        <v>1490</v>
+      </c>
+      <c r="U93" t="s">
+        <v>1489</v>
+      </c>
+      <c r="V93" t="s">
+        <v>61</v>
+      </c>
+      <c r="W93" t="s">
+        <v>62</v>
+      </c>
+      <c r="X93">
+        <v>2110</v>
+      </c>
+      <c r="Y93" s="1">
+        <v>46082</v>
+      </c>
+      <c r="Z93" s="1">
+        <v>46174</v>
+      </c>
+      <c r="AA93" t="s">
+        <v>1493</v>
+      </c>
+      <c r="AB93" t="s">
+        <v>1494</v>
+      </c>
+      <c r="AC93" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD93" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE93">
+        <v>21710000</v>
+      </c>
+      <c r="AF93" t="s">
+        <v>1495</v>
+      </c>
+      <c r="AG93" t="s">
+        <v>1493</v>
+      </c>
+      <c r="AH93" t="s">
+        <v>1494</v>
+      </c>
+      <c r="AI93" t="s">
+        <v>202</v>
+      </c>
+      <c r="AJ93" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK93">
+        <v>21710000</v>
+      </c>
+      <c r="AL93" t="s">
+        <v>1496</v>
+      </c>
+      <c r="AM93" t="s">
+        <v>1497</v>
+      </c>
+      <c r="AN93">
+        <v>0</v>
+      </c>
+      <c r="AO93" t="s">
+        <v>1498</v>
+      </c>
+      <c r="AP93" t="s">
+        <v>1499</v>
+      </c>
+      <c r="AQ93">
+        <v>-1</v>
+      </c>
+      <c r="AR93" t="s">
+        <v>1500</v>
+      </c>
+      <c r="AS93" t="s">
+        <v>1501</v>
+      </c>
+      <c r="AT93">
+        <v>0</v>
+      </c>
+      <c r="AV93" t="s">
+        <v>146</v>
+      </c>
+      <c r="BB93" t="s">
+        <v>1502</v>
+      </c>
+      <c r="BC93" t="s">
+        <v>134</v>
+      </c>
+      <c r="BD93" t="s">
+        <v>1493</v>
+      </c>
+      <c r="BE93" s="1">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="94" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A94" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C94" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D94" t="s">
+        <v>790</v>
+      </c>
+      <c r="E94" t="s">
+        <v>62</v>
+      </c>
+      <c r="F94" t="s">
+        <v>932</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1506</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1507</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1508</v>
+      </c>
+      <c r="J94">
+        <v>4</v>
+      </c>
+      <c r="K94">
+        <v>-1</v>
+      </c>
+      <c r="M94">
+        <v>0</v>
+      </c>
+      <c r="O94" t="s">
+        <v>293</v>
+      </c>
+      <c r="P94" t="s">
+        <v>1509</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>790</v>
+      </c>
+      <c r="R94" t="s">
+        <v>62</v>
+      </c>
+      <c r="S94">
+        <v>21380000</v>
+      </c>
+      <c r="T94" t="s">
+        <v>1506</v>
+      </c>
+      <c r="U94" t="s">
+        <v>1510</v>
+      </c>
+      <c r="V94" t="s">
+        <v>790</v>
+      </c>
+      <c r="W94" t="s">
+        <v>62</v>
+      </c>
+      <c r="X94">
+        <v>2138</v>
+      </c>
+      <c r="Y94" s="1">
+        <v>46044</v>
+      </c>
+      <c r="Z94" s="1">
+        <v>46075</v>
+      </c>
+      <c r="AA94" t="s">
+        <v>1511</v>
+      </c>
+      <c r="AB94" t="s">
+        <v>1512</v>
+      </c>
+      <c r="AC94" t="s">
+        <v>743</v>
+      </c>
+      <c r="AD94" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE94">
+        <v>21290000</v>
+      </c>
+      <c r="AF94" t="s">
+        <v>1513</v>
+      </c>
+      <c r="AG94" t="s">
+        <v>1511</v>
+      </c>
+      <c r="AH94" t="s">
+        <v>1512</v>
+      </c>
+      <c r="AI94" t="s">
+        <v>743</v>
+      </c>
+      <c r="AJ94" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK94">
+        <v>21290000</v>
+      </c>
+      <c r="AL94" t="s">
+        <v>1514</v>
+      </c>
+      <c r="AM94" t="s">
+        <v>1515</v>
+      </c>
+      <c r="AN94">
+        <v>0</v>
+      </c>
+      <c r="AP94" t="s">
+        <v>1516</v>
+      </c>
+      <c r="AQ94">
+        <v>-1</v>
+      </c>
+      <c r="AR94" t="s">
+        <v>1517</v>
+      </c>
+      <c r="AS94" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AT94">
+        <v>0</v>
+      </c>
+      <c r="AV94" t="s">
+        <v>508</v>
+      </c>
+      <c r="AX94" t="s">
+        <v>1287</v>
+      </c>
+      <c r="AY94" t="s">
+        <v>1273</v>
+      </c>
+      <c r="AZ94" s="1">
+        <v>46043</v>
+      </c>
+      <c r="BA94" t="s">
+        <v>1519</v>
+      </c>
+      <c r="BB94" t="s">
+        <v>1520</v>
+      </c>
+      <c r="BC94" t="s">
+        <v>1521</v>
+      </c>
+      <c r="BD94" t="s">
+        <v>1511</v>
+      </c>
+      <c r="BE94" s="1">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="95" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A95" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C95" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D95" t="s">
+        <v>61</v>
+      </c>
+      <c r="E95" t="s">
+        <v>62</v>
+      </c>
+      <c r="F95" t="s">
+        <v>572</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1526</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1527</v>
+      </c>
+      <c r="J95">
+        <v>25</v>
+      </c>
+      <c r="K95">
+        <v>0</v>
+      </c>
+      <c r="M95">
+        <v>0</v>
+      </c>
+      <c r="O95" t="s">
+        <v>1528</v>
+      </c>
+      <c r="P95" t="s">
+        <v>1529</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>61</v>
+      </c>
+      <c r="R95" t="s">
+        <v>62</v>
+      </c>
+      <c r="S95">
+        <v>21160000</v>
+      </c>
+      <c r="T95" t="s">
+        <v>1530</v>
+      </c>
+      <c r="U95" t="s">
+        <v>1529</v>
+      </c>
+      <c r="V95" t="s">
+        <v>139</v>
+      </c>
+      <c r="W95" t="s">
+        <v>62</v>
+      </c>
+      <c r="X95">
+        <v>2116</v>
+      </c>
+      <c r="Y95" s="1">
+        <v>46055</v>
+      </c>
+      <c r="Z95" s="1">
+        <v>46172</v>
+      </c>
+      <c r="AA95" t="s">
+        <v>1531</v>
+      </c>
+      <c r="AB95" t="s">
+        <v>1532</v>
+      </c>
+      <c r="AC95" t="s">
+        <v>1533</v>
+      </c>
+      <c r="AD95" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE95">
+        <v>19500000</v>
+      </c>
+      <c r="AF95" t="s">
+        <v>1534</v>
+      </c>
+      <c r="AG95" t="s">
+        <v>1535</v>
+      </c>
+      <c r="AH95" t="s">
+        <v>1536</v>
+      </c>
+      <c r="AI95" t="s">
+        <v>973</v>
+      </c>
+      <c r="AJ95" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK95">
+        <v>19600000</v>
+      </c>
+      <c r="AL95" t="s">
+        <v>1537</v>
+      </c>
+      <c r="AM95" t="s">
+        <v>1538</v>
+      </c>
+      <c r="AN95">
+        <v>0</v>
+      </c>
+      <c r="AP95" t="s">
+        <v>1539</v>
+      </c>
+      <c r="AQ95">
+        <v>-1</v>
+      </c>
+      <c r="AR95" t="s">
+        <v>447</v>
+      </c>
+      <c r="AS95" t="s">
+        <v>1540</v>
+      </c>
+      <c r="AT95">
+        <v>0</v>
+      </c>
+      <c r="AV95" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW95" t="s">
+        <v>1541</v>
+      </c>
+      <c r="BB95" t="s">
+        <v>1542</v>
+      </c>
+      <c r="BC95" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD95" t="s">
+        <v>1531</v>
+      </c>
+      <c r="BE95" s="1">
+        <v>46045</v>
+      </c>
+      <c r="BF95" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="96" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A96" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C96" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D96" t="s">
+        <v>1547</v>
+      </c>
+      <c r="E96" t="s">
+        <v>62</v>
+      </c>
+      <c r="F96" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1550</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1017</v>
+      </c>
+      <c r="J96">
+        <v>2</v>
+      </c>
+      <c r="K96">
+        <v>-1</v>
+      </c>
+      <c r="M96">
+        <v>0</v>
+      </c>
+      <c r="O96" t="s">
+        <v>1551</v>
+      </c>
+      <c r="P96" t="s">
+        <v>1546</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>1547</v>
+      </c>
+      <c r="R96" t="s">
+        <v>62</v>
+      </c>
+      <c r="S96">
+        <v>15360000</v>
+      </c>
+      <c r="T96" t="s">
+        <v>1549</v>
+      </c>
+      <c r="U96" t="s">
+        <v>1546</v>
+      </c>
+      <c r="V96" t="s">
+        <v>1547</v>
+      </c>
+      <c r="W96" t="s">
+        <v>62</v>
+      </c>
+      <c r="X96">
+        <v>1536</v>
+      </c>
+      <c r="Y96" s="1">
+        <v>46069</v>
+      </c>
+      <c r="Z96" s="1">
+        <v>46101</v>
+      </c>
+      <c r="AA96" t="s">
+        <v>1552</v>
+      </c>
+      <c r="AB96" t="s">
+        <v>1553</v>
+      </c>
+      <c r="AC96" t="s">
+        <v>1071</v>
+      </c>
+      <c r="AD96" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE96">
+        <v>17600000</v>
+      </c>
+      <c r="AF96" t="s">
+        <v>1554</v>
+      </c>
+      <c r="AG96" t="s">
+        <v>1552</v>
+      </c>
+      <c r="AH96" t="s">
+        <v>1553</v>
+      </c>
+      <c r="AI96" t="s">
+        <v>1071</v>
+      </c>
+      <c r="AJ96" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK96">
+        <v>17600000</v>
+      </c>
+      <c r="AL96" t="s">
+        <v>1554</v>
+      </c>
+      <c r="AM96" t="s">
+        <v>1555</v>
+      </c>
+      <c r="AN96">
+        <v>-1</v>
+      </c>
+      <c r="AO96" t="s">
+        <v>1556</v>
+      </c>
+      <c r="AQ96">
+        <v>-1</v>
+      </c>
+      <c r="AR96" t="s">
+        <v>1557</v>
+      </c>
+      <c r="AS96" t="s">
+        <v>1558</v>
+      </c>
+      <c r="AT96">
+        <v>-1</v>
+      </c>
+      <c r="AU96" t="s">
+        <v>1559</v>
+      </c>
+      <c r="AV96" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW96" t="s">
+        <v>1560</v>
+      </c>
+      <c r="BB96" t="s">
+        <v>1552</v>
+      </c>
+      <c r="BC96" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD96" t="s">
+        <v>1561</v>
+      </c>
+      <c r="BE96" s="1">
+        <v>46045</v>
+      </c>
+    </row>
+    <row r="97" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A97" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C97" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D97" t="s">
+        <v>61</v>
+      </c>
+      <c r="E97" t="s">
+        <v>62</v>
+      </c>
+      <c r="F97" t="s">
+        <v>1565</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1566</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1567</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1568</v>
+      </c>
+      <c r="J97">
+        <v>4</v>
+      </c>
+      <c r="K97">
+        <v>-1</v>
+      </c>
+      <c r="M97">
+        <v>0</v>
+      </c>
+      <c r="O97" t="s">
+        <v>1563</v>
+      </c>
+      <c r="P97" t="s">
+        <v>1564</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>61</v>
+      </c>
+      <c r="R97" t="s">
+        <v>62</v>
+      </c>
+      <c r="S97">
+        <v>15880000</v>
+      </c>
+      <c r="T97" t="s">
+        <v>1566</v>
+      </c>
+      <c r="U97" t="s">
+        <v>1564</v>
+      </c>
+      <c r="V97" t="s">
+        <v>1569</v>
+      </c>
+      <c r="W97" t="s">
+        <v>62</v>
+      </c>
+      <c r="X97">
+        <v>1588</v>
+      </c>
+      <c r="Y97" s="1">
+        <v>46063</v>
+      </c>
+      <c r="Z97" s="1">
+        <v>46213</v>
+      </c>
+      <c r="AA97" t="s">
+        <v>255</v>
+      </c>
+      <c r="AB97" t="s">
+        <v>1570</v>
+      </c>
+      <c r="AC97" t="s">
+        <v>257</v>
+      </c>
+      <c r="AD97" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE97">
+        <v>15880000</v>
+      </c>
+      <c r="AF97" t="s">
+        <v>258</v>
+      </c>
+      <c r="AG97" t="s">
+        <v>1571</v>
+      </c>
+      <c r="AH97" t="s">
+        <v>159</v>
+      </c>
+      <c r="AI97" t="s">
+        <v>160</v>
+      </c>
+      <c r="AJ97" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK97">
+        <v>18870000</v>
+      </c>
+      <c r="AL97" t="s">
+        <v>1572</v>
+      </c>
+      <c r="AM97" t="s">
+        <v>259</v>
+      </c>
+      <c r="AN97">
+        <v>0</v>
+      </c>
+      <c r="AP97" t="s">
+        <v>1573</v>
+      </c>
+      <c r="AQ97">
+        <v>-1</v>
+      </c>
+      <c r="AR97" t="s">
+        <v>1574</v>
+      </c>
+      <c r="AS97" t="s">
+        <v>1575</v>
+      </c>
+      <c r="AT97">
+        <v>0</v>
+      </c>
+      <c r="AV97" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB97" t="s">
+        <v>258</v>
+      </c>
+      <c r="BC97" t="s">
+        <v>263</v>
+      </c>
+      <c r="BD97" t="s">
+        <v>255</v>
+      </c>
+      <c r="BE97" s="1">
+        <v>46048</v>
+      </c>
+    </row>
+    <row r="98" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A98" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C98" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D98" t="s">
+        <v>1579</v>
+      </c>
+      <c r="E98" t="s">
+        <v>62</v>
+      </c>
+      <c r="F98" t="s">
+        <v>1580</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1581</v>
+      </c>
+      <c r="H98" t="s">
+        <v>336</v>
+      </c>
+      <c r="I98" t="s">
+        <v>1582</v>
+      </c>
+      <c r="J98">
+        <v>2</v>
+      </c>
+      <c r="K98">
+        <v>-1</v>
+      </c>
+      <c r="M98">
+        <v>0</v>
+      </c>
+      <c r="O98" t="s">
+        <v>1583</v>
+      </c>
+      <c r="P98" t="s">
+        <v>1584</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>580</v>
+      </c>
+      <c r="R98" t="s">
+        <v>62</v>
+      </c>
+      <c r="S98">
+        <v>19400000</v>
+      </c>
+      <c r="T98" t="s">
+        <v>1581</v>
+      </c>
+      <c r="U98" t="s">
+        <v>1584</v>
+      </c>
+      <c r="V98" t="s">
+        <v>580</v>
+      </c>
+      <c r="W98" t="s">
+        <v>62</v>
+      </c>
+      <c r="X98">
+        <v>1940</v>
+      </c>
+      <c r="Y98" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z98" s="1">
+        <v>46113</v>
+      </c>
+      <c r="AA98" t="s">
+        <v>1583</v>
+      </c>
+      <c r="AB98" t="s">
+        <v>1584</v>
+      </c>
+      <c r="AC98" t="s">
+        <v>580</v>
+      </c>
+      <c r="AD98" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE98">
+        <v>19400000</v>
+      </c>
+      <c r="AF98" t="s">
+        <v>1581</v>
+      </c>
+      <c r="AG98" t="s">
+        <v>1585</v>
+      </c>
+      <c r="AH98" t="s">
+        <v>1586</v>
+      </c>
+      <c r="AI98" t="s">
+        <v>531</v>
+      </c>
+      <c r="AJ98" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK98">
+        <v>18510000</v>
+      </c>
+      <c r="AL98" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AM98" t="s">
+        <v>1588</v>
+      </c>
+      <c r="AN98">
+        <v>-1</v>
+      </c>
+      <c r="AO98" t="s">
+        <v>187</v>
+      </c>
+      <c r="AQ98">
+        <v>-1</v>
+      </c>
+      <c r="AR98" t="s">
+        <v>1589</v>
+      </c>
+      <c r="AS98" t="s">
+        <v>1590</v>
+      </c>
+      <c r="AT98">
+        <v>-1</v>
+      </c>
+      <c r="AU98" t="s">
+        <v>1591</v>
+      </c>
+      <c r="AV98" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB98" t="s">
+        <v>1592</v>
+      </c>
+      <c r="BC98" t="s">
+        <v>210</v>
+      </c>
+      <c r="BD98" t="s">
+        <v>1585</v>
+      </c>
+      <c r="BE98" s="1">
+        <v>46049</v>
+      </c>
+      <c r="BF98" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="99" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A99" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C99" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D99" t="s">
+        <v>1596</v>
+      </c>
+      <c r="E99" t="s">
+        <v>62</v>
+      </c>
+      <c r="F99" t="s">
+        <v>1597</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1599</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1600</v>
+      </c>
+      <c r="J99">
+        <v>1</v>
+      </c>
+      <c r="K99">
+        <v>-1</v>
+      </c>
+      <c r="M99">
+        <v>0</v>
+      </c>
+      <c r="O99" t="s">
+        <v>1601</v>
+      </c>
+      <c r="P99" t="s">
+        <v>1595</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>1596</v>
+      </c>
+      <c r="R99" t="s">
+        <v>62</v>
+      </c>
+      <c r="S99">
+        <v>27190000</v>
+      </c>
+      <c r="T99" t="s">
+        <v>1598</v>
+      </c>
+      <c r="U99" t="s">
+        <v>1595</v>
+      </c>
+      <c r="V99" t="s">
+        <v>1602</v>
+      </c>
+      <c r="W99" t="s">
+        <v>62</v>
+      </c>
+      <c r="X99">
+        <v>2719</v>
+      </c>
+      <c r="Y99" s="1">
+        <v>45362</v>
+      </c>
+      <c r="Z99" s="1">
+        <v>46142</v>
+      </c>
+      <c r="AA99" t="s">
+        <v>1603</v>
+      </c>
+      <c r="AB99" t="s">
+        <v>1604</v>
+      </c>
+      <c r="AC99" t="s">
+        <v>1605</v>
+      </c>
+      <c r="AD99" t="s">
+        <v>599</v>
+      </c>
+      <c r="AE99">
+        <v>38650000</v>
+      </c>
+      <c r="AF99" t="s">
+        <v>1606</v>
+      </c>
+      <c r="AG99" t="s">
+        <v>416</v>
+      </c>
+      <c r="AH99" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI99" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ99" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK99">
+        <v>25760000</v>
+      </c>
+      <c r="AL99" t="s">
+        <v>748</v>
+      </c>
+      <c r="AM99" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN99">
+        <v>0</v>
+      </c>
+      <c r="AO99" t="s">
+        <v>1607</v>
+      </c>
+      <c r="AQ99">
+        <v>-1</v>
+      </c>
+      <c r="AR99" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AS99" t="s">
+        <v>1609</v>
+      </c>
+      <c r="AT99">
+        <v>-1</v>
+      </c>
+      <c r="AU99" t="s">
+        <v>1610</v>
+      </c>
+      <c r="AV99" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB99" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC99" t="s">
+        <v>425</v>
+      </c>
+      <c r="BD99" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE99" s="1">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="100" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A100" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C100" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D100" t="s">
+        <v>1596</v>
+      </c>
+      <c r="E100" t="s">
+        <v>62</v>
+      </c>
+      <c r="F100" t="s">
+        <v>1597</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1599</v>
+      </c>
+      <c r="I100" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J100">
+        <v>2</v>
+      </c>
+      <c r="K100">
+        <v>-1</v>
+      </c>
+      <c r="M100">
+        <v>0</v>
+      </c>
+      <c r="O100" t="s">
+        <v>1601</v>
+      </c>
+      <c r="P100" t="s">
+        <v>1595</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>1596</v>
+      </c>
+      <c r="R100" t="s">
+        <v>62</v>
+      </c>
+      <c r="S100">
+        <v>27190000</v>
+      </c>
+      <c r="T100" t="s">
+        <v>1598</v>
+      </c>
+      <c r="U100" t="s">
+        <v>1595</v>
+      </c>
+      <c r="V100" t="s">
+        <v>1602</v>
+      </c>
+      <c r="W100" t="s">
+        <v>62</v>
+      </c>
+      <c r="X100">
+        <v>2719</v>
+      </c>
+      <c r="Y100" s="1">
+        <v>45362</v>
+      </c>
+      <c r="Z100" s="1">
+        <v>46142</v>
+      </c>
+      <c r="AA100" t="s">
+        <v>1603</v>
+      </c>
+      <c r="AB100" t="s">
+        <v>1604</v>
+      </c>
+      <c r="AC100" t="s">
+        <v>1605</v>
+      </c>
+      <c r="AD100" t="s">
+        <v>599</v>
+      </c>
+      <c r="AE100">
+        <v>25760000</v>
+      </c>
+      <c r="AF100" t="s">
+        <v>1606</v>
+      </c>
+      <c r="AG100" t="s">
+        <v>416</v>
+      </c>
+      <c r="AH100" t="s">
+        <v>1613</v>
+      </c>
+      <c r="AI100" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ100" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK100">
+        <v>25760000</v>
+      </c>
+      <c r="AL100" t="s">
+        <v>748</v>
+      </c>
+      <c r="AM100" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN100">
+        <v>0</v>
+      </c>
+      <c r="AO100" t="s">
+        <v>1614</v>
+      </c>
+      <c r="AQ100">
+        <v>-1</v>
+      </c>
+      <c r="AR100" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AS100" t="s">
+        <v>1609</v>
+      </c>
+      <c r="AT100">
+        <v>-1</v>
+      </c>
+      <c r="AU100" t="s">
+        <v>1615</v>
+      </c>
+      <c r="AV100" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB100" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC100" t="s">
+        <v>1616</v>
+      </c>
+      <c r="BD100" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE100" s="1">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="101" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A101" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C101" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D101" t="s">
+        <v>559</v>
+      </c>
+      <c r="E101" t="s">
+        <v>62</v>
+      </c>
+      <c r="F101" t="s">
+        <v>1210</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1212</v>
+      </c>
+      <c r="I101" t="s">
+        <v>1213</v>
+      </c>
+      <c r="J101">
+        <v>4</v>
+      </c>
+      <c r="K101">
+        <v>-1</v>
+      </c>
+      <c r="M101">
+        <v>0</v>
+      </c>
+      <c r="O101" t="s">
+        <v>1214</v>
+      </c>
+      <c r="P101" t="s">
+        <v>1215</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>559</v>
+      </c>
+      <c r="R101" t="s">
+        <v>62</v>
+      </c>
+      <c r="S101">
+        <v>11090000</v>
+      </c>
+      <c r="T101" t="s">
+        <v>1211</v>
+      </c>
+      <c r="U101" t="s">
+        <v>1215</v>
+      </c>
+      <c r="V101" t="s">
+        <v>559</v>
+      </c>
+      <c r="W101" t="s">
+        <v>62</v>
+      </c>
+      <c r="X101">
+        <v>1109</v>
+      </c>
+      <c r="Y101" s="1">
+        <v>46082</v>
+      </c>
+      <c r="Z101" s="1">
+        <v>46142</v>
+      </c>
+      <c r="AA101" t="s">
+        <v>1216</v>
+      </c>
+      <c r="AB101" t="s">
+        <v>1217</v>
+      </c>
+      <c r="AC101" t="s">
+        <v>559</v>
+      </c>
+      <c r="AD101" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE101">
+        <v>11180000</v>
+      </c>
+      <c r="AF101" t="s">
+        <v>1218</v>
+      </c>
+      <c r="AG101" t="s">
+        <v>1216</v>
+      </c>
+      <c r="AH101" t="s">
+        <v>1217</v>
+      </c>
+      <c r="AI101" t="s">
+        <v>559</v>
+      </c>
+      <c r="AJ101" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK101">
+        <v>11180000</v>
+      </c>
+      <c r="AL101" t="s">
+        <v>1218</v>
+      </c>
+      <c r="AM101" t="s">
+        <v>1219</v>
+      </c>
+      <c r="AN101">
+        <v>-1</v>
+      </c>
+      <c r="AO101" t="s">
+        <v>1220</v>
+      </c>
+      <c r="AQ101">
+        <v>-1</v>
+      </c>
+      <c r="AR101" t="s">
+        <v>1221</v>
+      </c>
+      <c r="AS101" t="s">
+        <v>1222</v>
+      </c>
+      <c r="AT101">
+        <v>-1</v>
+      </c>
+      <c r="AU101" t="s">
+        <v>1223</v>
+      </c>
+      <c r="AV101" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB101" t="s">
+        <v>1618</v>
+      </c>
+      <c r="BC101" t="s">
+        <v>1619</v>
+      </c>
+      <c r="BD101" t="s">
+        <v>1225</v>
+      </c>
+      <c r="BE101" s="1">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="102" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A102" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C102" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D102" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E102" t="s">
+        <v>62</v>
+      </c>
+      <c r="F102" t="s">
+        <v>1624</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1625</v>
+      </c>
+      <c r="H102" t="s">
+        <v>153</v>
+      </c>
+      <c r="I102" t="s">
+        <v>1626</v>
+      </c>
+      <c r="J102">
+        <v>1</v>
+      </c>
+      <c r="K102">
+        <v>0</v>
+      </c>
+      <c r="M102">
+        <v>0</v>
+      </c>
+      <c r="O102" t="s">
+        <v>1627</v>
+      </c>
+      <c r="P102" t="s">
+        <v>1628</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>1623</v>
+      </c>
+      <c r="R102" t="s">
+        <v>62</v>
+      </c>
+      <c r="S102">
+        <v>26490000</v>
+      </c>
+      <c r="T102" t="s">
+        <v>1629</v>
+      </c>
+      <c r="U102" t="s">
+        <v>1630</v>
+      </c>
+      <c r="V102" t="s">
+        <v>1631</v>
+      </c>
+      <c r="W102" t="s">
+        <v>62</v>
+      </c>
+      <c r="X102">
+        <v>2601</v>
+      </c>
+      <c r="Y102" s="1">
+        <v>46062</v>
+      </c>
+      <c r="Z102" s="1">
+        <v>46752</v>
+      </c>
+      <c r="AA102" t="s">
+        <v>1632</v>
+      </c>
+      <c r="AB102" t="s">
+        <v>1633</v>
+      </c>
+      <c r="AC102" t="s">
+        <v>1634</v>
+      </c>
+      <c r="AD102" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE102">
+        <v>20720000</v>
+      </c>
+      <c r="AF102" t="s">
+        <v>1635</v>
+      </c>
+      <c r="AG102" t="s">
+        <v>1632</v>
+      </c>
+      <c r="AH102" t="s">
+        <v>1633</v>
+      </c>
+      <c r="AI102" t="s">
+        <v>1634</v>
+      </c>
+      <c r="AJ102" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK102">
+        <v>20720000</v>
+      </c>
+      <c r="AL102" t="s">
+        <v>1635</v>
+      </c>
+      <c r="AM102" t="s">
+        <v>1636</v>
+      </c>
+      <c r="AN102">
+        <v>0</v>
+      </c>
+      <c r="AP102" t="s">
+        <v>1637</v>
+      </c>
+      <c r="AQ102">
+        <v>0</v>
+      </c>
+      <c r="AT102">
+        <v>0</v>
+      </c>
+      <c r="AV102" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB102" t="s">
+        <v>1625</v>
+      </c>
+      <c r="BC102" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD102" t="s">
+        <v>1632</v>
+      </c>
+      <c r="BE102" s="1">
+        <v>46049</v>
+      </c>
+      <c r="BF102" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="103" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A103" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C103" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D103" t="s">
+        <v>1596</v>
+      </c>
+      <c r="E103" t="s">
+        <v>62</v>
+      </c>
+      <c r="F103" t="s">
+        <v>1597</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1599</v>
+      </c>
+      <c r="I103" t="s">
+        <v>1640</v>
+      </c>
+      <c r="J103">
+        <v>1</v>
+      </c>
+      <c r="K103">
+        <v>-1</v>
+      </c>
+      <c r="M103">
+        <v>0</v>
+      </c>
+      <c r="O103" t="s">
+        <v>1601</v>
+      </c>
+      <c r="P103" t="s">
+        <v>1595</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>1596</v>
+      </c>
+      <c r="R103" t="s">
+        <v>62</v>
+      </c>
+      <c r="S103">
+        <v>27190000</v>
+      </c>
+      <c r="T103" t="s">
+        <v>1598</v>
+      </c>
+      <c r="U103" t="s">
+        <v>1595</v>
+      </c>
+      <c r="V103" t="s">
+        <v>1602</v>
+      </c>
+      <c r="W103" t="s">
+        <v>62</v>
+      </c>
+      <c r="X103">
+        <v>2719</v>
+      </c>
+      <c r="Y103" s="1">
+        <v>45362</v>
+      </c>
+      <c r="Z103" s="1">
+        <v>46142</v>
+      </c>
+      <c r="AA103" t="s">
+        <v>1603</v>
+      </c>
+      <c r="AB103" t="s">
+        <v>1604</v>
+      </c>
+      <c r="AC103" t="s">
+        <v>1605</v>
+      </c>
+      <c r="AD103" t="s">
+        <v>599</v>
+      </c>
+      <c r="AE103">
+        <v>25760000</v>
+      </c>
+      <c r="AF103" t="s">
+        <v>1606</v>
+      </c>
+      <c r="AG103" t="s">
+        <v>416</v>
+      </c>
+      <c r="AH103" t="s">
+        <v>1613</v>
+      </c>
+      <c r="AI103" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ103" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK103">
+        <v>25760000</v>
+      </c>
+      <c r="AL103" t="s">
+        <v>748</v>
+      </c>
+      <c r="AM103" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN103">
+        <v>0</v>
+      </c>
+      <c r="AO103" t="s">
+        <v>1641</v>
+      </c>
+      <c r="AQ103">
+        <v>-1</v>
+      </c>
+      <c r="AR103" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AS103" t="s">
+        <v>1609</v>
+      </c>
+      <c r="AT103">
+        <v>-1</v>
+      </c>
+      <c r="AU103" t="s">
+        <v>1642</v>
+      </c>
+      <c r="AV103" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB103" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC103" t="s">
+        <v>1616</v>
+      </c>
+      <c r="BD103" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE103" s="1">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="104" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A104" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C104" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D104" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E104" t="s">
+        <v>62</v>
+      </c>
+      <c r="F104" t="s">
+        <v>1647</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H104" t="s">
+        <v>153</v>
+      </c>
+      <c r="I104" t="s">
+        <v>1649</v>
+      </c>
+      <c r="J104">
+        <v>1</v>
+      </c>
+      <c r="K104">
+        <v>-1</v>
+      </c>
+      <c r="M104">
+        <v>0</v>
+      </c>
+      <c r="O104" t="s">
+        <v>1650</v>
+      </c>
+      <c r="P104" t="s">
+        <v>1651</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>61</v>
+      </c>
+      <c r="R104" t="s">
+        <v>62</v>
+      </c>
+      <c r="S104">
+        <v>21080000</v>
+      </c>
+      <c r="T104" t="s">
+        <v>1648</v>
+      </c>
+      <c r="U104" t="s">
+        <v>1651</v>
+      </c>
+      <c r="V104" t="s">
+        <v>139</v>
+      </c>
+      <c r="W104" t="s">
+        <v>62</v>
+      </c>
+      <c r="X104">
+        <v>2108</v>
+      </c>
+      <c r="Y104" s="1">
+        <v>45845</v>
+      </c>
+      <c r="Z104" s="1">
+        <v>46081</v>
+      </c>
+      <c r="AA104" t="s">
+        <v>416</v>
+      </c>
+      <c r="AB104" t="s">
+        <v>417</v>
+      </c>
+      <c r="AC104" t="s">
+        <v>418</v>
+      </c>
+      <c r="AD104" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE104">
+        <v>25760000</v>
+      </c>
+      <c r="AF104" t="s">
+        <v>1652</v>
+      </c>
+      <c r="AG104" t="s">
+        <v>416</v>
+      </c>
+      <c r="AH104" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI104" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ104" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK104">
+        <v>25760000</v>
+      </c>
+      <c r="AL104" t="s">
+        <v>1652</v>
+      </c>
+      <c r="AM104" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN104">
+        <v>-1</v>
+      </c>
+      <c r="AO104" t="s">
+        <v>1653</v>
+      </c>
+      <c r="AQ104">
+        <v>-1</v>
+      </c>
+      <c r="AR104" t="s">
+        <v>1654</v>
+      </c>
+      <c r="AS104" t="s">
+        <v>1655</v>
+      </c>
+      <c r="AT104">
+        <v>-1</v>
+      </c>
+      <c r="AU104" t="s">
+        <v>1656</v>
+      </c>
+      <c r="AV104" t="s">
+        <v>101</v>
+      </c>
+      <c r="AX104" t="s">
+        <v>1657</v>
+      </c>
+      <c r="AY104" t="s">
+        <v>1658</v>
+      </c>
+      <c r="AZ104" s="1">
+        <v>45758</v>
+      </c>
+      <c r="BA104" t="s">
+        <v>1659</v>
+      </c>
+      <c r="BB104" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC104" t="s">
+        <v>1616</v>
+      </c>
+      <c r="BD104" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE104" s="1">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="105" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A105" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C105" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D105" t="s">
+        <v>1596</v>
+      </c>
+      <c r="E105" t="s">
+        <v>62</v>
+      </c>
+      <c r="F105" t="s">
+        <v>1597</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1599</v>
+      </c>
+      <c r="I105" t="s">
+        <v>193</v>
+      </c>
+      <c r="J105">
+        <v>0</v>
+      </c>
+      <c r="K105">
+        <v>-1</v>
+      </c>
+      <c r="M105">
+        <v>0</v>
+      </c>
+      <c r="O105" t="s">
+        <v>1601</v>
+      </c>
+      <c r="P105" t="s">
+        <v>1595</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>1596</v>
+      </c>
+      <c r="R105" t="s">
+        <v>62</v>
+      </c>
+      <c r="S105">
+        <v>27190000</v>
+      </c>
+      <c r="T105" t="s">
+        <v>1598</v>
+      </c>
+      <c r="U105" t="s">
+        <v>1595</v>
+      </c>
+      <c r="V105" t="s">
+        <v>1596</v>
+      </c>
+      <c r="W105" t="s">
+        <v>62</v>
+      </c>
+      <c r="X105">
+        <v>2719</v>
+      </c>
+      <c r="Y105" s="1">
+        <v>45362</v>
+      </c>
+      <c r="Z105" s="1">
+        <v>46142</v>
+      </c>
+      <c r="AA105" t="s">
+        <v>1603</v>
+      </c>
+      <c r="AB105" t="s">
+        <v>1604</v>
+      </c>
+      <c r="AC105" t="s">
+        <v>1605</v>
+      </c>
+      <c r="AD105" t="s">
+        <v>599</v>
+      </c>
+      <c r="AE105">
+        <v>38650000</v>
+      </c>
+      <c r="AF105" t="s">
+        <v>1606</v>
+      </c>
+      <c r="AG105" t="s">
+        <v>416</v>
+      </c>
+      <c r="AH105" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI105" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ105" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK105">
+        <v>25760000</v>
+      </c>
+      <c r="AL105" t="s">
+        <v>748</v>
+      </c>
+      <c r="AM105" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN105">
+        <v>0</v>
+      </c>
+      <c r="AO105" t="s">
+        <v>1607</v>
+      </c>
+      <c r="AQ105">
+        <v>-1</v>
+      </c>
+      <c r="AR105" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AS105" t="s">
+        <v>1609</v>
+      </c>
+      <c r="AT105">
+        <v>0</v>
+      </c>
+      <c r="AV105" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB105" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC105" t="s">
+        <v>425</v>
+      </c>
+      <c r="BD105" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE105" s="1">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="106" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A106" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C106" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D106" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E106" t="s">
+        <v>62</v>
+      </c>
+      <c r="F106" t="s">
+        <v>1597</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1599</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1663</v>
+      </c>
+      <c r="J106">
+        <v>2</v>
+      </c>
+      <c r="K106">
+        <v>-1</v>
+      </c>
+      <c r="M106">
+        <v>0</v>
+      </c>
+      <c r="O106" t="s">
+        <v>1601</v>
+      </c>
+      <c r="P106" t="s">
+        <v>1595</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>1662</v>
+      </c>
+      <c r="R106" t="s">
+        <v>62</v>
+      </c>
+      <c r="S106">
+        <v>27190000</v>
+      </c>
+      <c r="T106" t="s">
+        <v>1598</v>
+      </c>
+      <c r="U106" t="s">
+        <v>1595</v>
+      </c>
+      <c r="V106" t="s">
+        <v>1602</v>
+      </c>
+      <c r="W106" t="s">
+        <v>62</v>
+      </c>
+      <c r="X106">
+        <v>2719</v>
+      </c>
+      <c r="Y106" s="1">
+        <v>45362</v>
+      </c>
+      <c r="Z106" s="1">
+        <v>46142</v>
+      </c>
+      <c r="AA106" t="s">
+        <v>1603</v>
+      </c>
+      <c r="AB106" t="s">
+        <v>1604</v>
+      </c>
+      <c r="AC106" t="s">
+        <v>1605</v>
+      </c>
+      <c r="AD106" t="s">
+        <v>599</v>
+      </c>
+      <c r="AE106">
+        <v>38650000</v>
+      </c>
+      <c r="AF106" t="s">
+        <v>1606</v>
+      </c>
+      <c r="AG106" t="s">
+        <v>416</v>
+      </c>
+      <c r="AH106" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI106" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ106" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK106">
+        <v>25760000</v>
+      </c>
+      <c r="AL106" t="s">
+        <v>748</v>
+      </c>
+      <c r="AM106" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN106">
+        <v>0</v>
+      </c>
+      <c r="AO106" t="s">
+        <v>1607</v>
+      </c>
+      <c r="AQ106">
+        <v>-1</v>
+      </c>
+      <c r="AR106" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AS106" t="s">
+        <v>1609</v>
+      </c>
+      <c r="AT106">
+        <v>-1</v>
+      </c>
+      <c r="AU106" t="s">
+        <v>1664</v>
+      </c>
+      <c r="AV106" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB106" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC106" t="s">
+        <v>1616</v>
+      </c>
+      <c r="BD106" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE106" s="1">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="107" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A107" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C107" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D107" t="s">
+        <v>1668</v>
+      </c>
+      <c r="E107" t="s">
+        <v>62</v>
+      </c>
+      <c r="F107" t="s">
+        <v>1669</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1670</v>
+      </c>
+      <c r="H107" t="s">
+        <v>116</v>
+      </c>
+      <c r="I107" t="s">
+        <v>1050</v>
+      </c>
+      <c r="J107">
+        <v>2</v>
+      </c>
+      <c r="K107">
+        <v>-1</v>
+      </c>
+      <c r="M107">
+        <v>0</v>
+      </c>
+      <c r="O107" t="s">
+        <v>1671</v>
+      </c>
+      <c r="P107" t="s">
+        <v>1672</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>1668</v>
+      </c>
+      <c r="R107" t="s">
+        <v>62</v>
+      </c>
+      <c r="S107">
+        <v>25390000</v>
+      </c>
+      <c r="T107" t="s">
+        <v>1670</v>
+      </c>
+      <c r="U107" t="s">
+        <v>1673</v>
+      </c>
+      <c r="V107" t="s">
+        <v>1674</v>
+      </c>
+      <c r="W107" t="s">
+        <v>62</v>
+      </c>
+      <c r="X107">
+        <v>2536</v>
+      </c>
+      <c r="Y107" s="1">
+        <v>46062</v>
+      </c>
+      <c r="Z107" s="1">
+        <v>46121</v>
+      </c>
+      <c r="AA107" t="s">
+        <v>1201</v>
+      </c>
+      <c r="AB107" t="s">
+        <v>1673</v>
+      </c>
+      <c r="AC107" t="s">
+        <v>1674</v>
+      </c>
+      <c r="AD107" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE107">
+        <v>25360000</v>
+      </c>
+      <c r="AF107" t="s">
+        <v>1670</v>
+      </c>
+      <c r="AG107" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH107" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI107" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ107" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK107">
+        <v>18260000</v>
+      </c>
+      <c r="AL107" t="s">
+        <v>124</v>
+      </c>
+      <c r="AM107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN107">
+        <v>-1</v>
+      </c>
+      <c r="AO107" t="s">
+        <v>1675</v>
+      </c>
+      <c r="AQ107">
+        <v>-1</v>
+      </c>
+      <c r="AR107" t="s">
+        <v>107</v>
+      </c>
+      <c r="AS107" t="s">
+        <v>100</v>
+      </c>
+      <c r="AT107">
+        <v>-1</v>
+      </c>
+      <c r="AU107" t="s">
+        <v>1676</v>
+      </c>
+      <c r="AV107" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB107" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC107" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD107" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE107" s="1">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="108" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A108" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D108" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E108" t="s">
+        <v>62</v>
+      </c>
+      <c r="F108" t="s">
+        <v>1681</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1682</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1683</v>
+      </c>
+      <c r="I108" t="s">
+        <v>1684</v>
+      </c>
+      <c r="J108">
+        <v>2</v>
+      </c>
+      <c r="K108">
+        <v>0</v>
+      </c>
+      <c r="M108">
+        <v>0</v>
+      </c>
+      <c r="O108" t="s">
+        <v>1685</v>
+      </c>
+      <c r="P108" t="s">
+        <v>1686</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>1687</v>
+      </c>
+      <c r="R108" t="s">
+        <v>62</v>
+      </c>
+      <c r="S108">
+        <v>18030000</v>
+      </c>
+      <c r="T108" t="s">
+        <v>1682</v>
+      </c>
+      <c r="U108" t="s">
+        <v>1686</v>
+      </c>
+      <c r="V108" t="s">
+        <v>1688</v>
+      </c>
+      <c r="W108" t="s">
+        <v>62</v>
+      </c>
+      <c r="X108">
+        <v>1803</v>
+      </c>
+      <c r="Y108" s="1">
+        <v>46082</v>
+      </c>
+      <c r="Z108" s="1">
+        <v>46174</v>
+      </c>
+      <c r="AA108" t="s">
+        <v>1689</v>
+      </c>
+      <c r="AB108" t="s">
+        <v>1690</v>
+      </c>
+      <c r="AC108" t="s">
+        <v>1687</v>
+      </c>
+      <c r="AD108" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE108">
+        <v>18030000</v>
+      </c>
+      <c r="AF108" t="s">
+        <v>1691</v>
+      </c>
+      <c r="AG108" t="s">
+        <v>1689</v>
+      </c>
+      <c r="AH108" t="s">
+        <v>1690</v>
+      </c>
+      <c r="AI108" t="s">
+        <v>1687</v>
+      </c>
+      <c r="AJ108" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK108">
+        <v>18030000</v>
+      </c>
+      <c r="AL108" t="s">
+        <v>1691</v>
+      </c>
+      <c r="AM108" t="s">
+        <v>1692</v>
+      </c>
+      <c r="AN108">
+        <v>0</v>
+      </c>
+      <c r="AP108" t="s">
+        <v>1693</v>
+      </c>
+      <c r="AQ108">
+        <v>-1</v>
+      </c>
+      <c r="AR108" t="s">
+        <v>1694</v>
+      </c>
+      <c r="AS108" t="s">
+        <v>728</v>
+      </c>
+      <c r="AT108">
+        <v>0</v>
+      </c>
+      <c r="AV108" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW108" t="s">
+        <v>1695</v>
+      </c>
+      <c r="BB108" t="s">
+        <v>1689</v>
+      </c>
+      <c r="BC108" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD108" t="s">
+        <v>1689</v>
+      </c>
+      <c r="BE108" s="1">
+        <v>46050</v>
+      </c>
+      <c r="BF108" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="109" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A109" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B109" t="s">
+        <v>111</v>
+      </c>
+      <c r="C109" t="s">
+        <v>112</v>
+      </c>
+      <c r="D109" t="s">
+        <v>113</v>
+      </c>
+      <c r="E109" t="s">
+        <v>62</v>
+      </c>
+      <c r="F109" t="s">
+        <v>114</v>
+      </c>
+      <c r="G109" t="s">
+        <v>115</v>
+      </c>
+      <c r="H109" t="s">
+        <v>116</v>
+      </c>
+      <c r="I109" t="s">
+        <v>117</v>
+      </c>
+      <c r="J109">
+        <v>2</v>
+      </c>
+      <c r="K109">
+        <v>-1</v>
+      </c>
+      <c r="M109">
+        <v>0</v>
+      </c>
+      <c r="O109" t="s">
+        <v>118</v>
+      </c>
+      <c r="P109" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>120</v>
+      </c>
+      <c r="R109" t="s">
+        <v>62</v>
+      </c>
+      <c r="S109">
+        <v>23790000</v>
+      </c>
+      <c r="T109" t="s">
+        <v>115</v>
+      </c>
+      <c r="U109" t="s">
+        <v>121</v>
+      </c>
+      <c r="V109" t="s">
+        <v>122</v>
+      </c>
+      <c r="W109" t="s">
+        <v>62</v>
+      </c>
+      <c r="X109">
+        <v>1845</v>
+      </c>
+      <c r="Y109" s="1">
+        <v>46017</v>
+      </c>
+      <c r="Z109" s="1">
+        <v>46080</v>
+      </c>
+      <c r="AA109" t="s">
+        <v>123</v>
+      </c>
+      <c r="AB109" t="s">
+        <v>121</v>
+      </c>
+      <c r="AC109" t="s">
+        <v>122</v>
+      </c>
+      <c r="AD109" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE109">
+        <v>18450000</v>
+      </c>
+      <c r="AF109" t="s">
+        <v>115</v>
+      </c>
+      <c r="AG109" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH109" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI109" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ109" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK109">
+        <v>18260000</v>
+      </c>
+      <c r="AL109" t="s">
+        <v>124</v>
+      </c>
+      <c r="AM109" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN109">
+        <v>0</v>
+      </c>
+      <c r="AO109" t="s">
+        <v>125</v>
+      </c>
+      <c r="AP109" t="s">
+        <v>107</v>
+      </c>
+      <c r="AQ109">
+        <v>-1</v>
+      </c>
+      <c r="AR109" t="s">
+        <v>126</v>
+      </c>
+      <c r="AS109" t="s">
+        <v>127</v>
+      </c>
+      <c r="AT109">
+        <v>-1</v>
+      </c>
+      <c r="AU109" t="s">
+        <v>128</v>
+      </c>
+      <c r="AV109" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB109" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC109" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD109" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE109" s="1">
+        <v>46050</v>
+      </c>
+    </row>
+    <row r="110" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A110" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D110" t="s">
+        <v>184</v>
+      </c>
+      <c r="E110" t="s">
+        <v>62</v>
+      </c>
+      <c r="F110" t="s">
+        <v>809</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1700</v>
+      </c>
+      <c r="H110" t="s">
+        <v>153</v>
+      </c>
+      <c r="I110" t="s">
+        <v>687</v>
+      </c>
+      <c r="J110">
+        <v>5</v>
+      </c>
+      <c r="K110">
+        <v>-1</v>
+      </c>
+      <c r="M110">
+        <v>0</v>
+      </c>
+      <c r="O110" t="s">
+        <v>1701</v>
+      </c>
+      <c r="P110" t="s">
+        <v>1702</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>61</v>
+      </c>
+      <c r="R110" t="s">
+        <v>62</v>
+      </c>
+      <c r="S110">
+        <v>21180000</v>
+      </c>
+      <c r="T110" t="s">
+        <v>1700</v>
+      </c>
+      <c r="U110" t="s">
+        <v>1703</v>
+      </c>
+      <c r="V110" t="s">
+        <v>1704</v>
+      </c>
+      <c r="W110" t="s">
+        <v>62</v>
+      </c>
+      <c r="X110">
+        <v>2118</v>
+      </c>
+      <c r="Y110" s="1">
+        <v>45992</v>
+      </c>
+      <c r="Z110" s="1">
+        <v>46092</v>
+      </c>
+      <c r="AA110" t="s">
+        <v>1705</v>
+      </c>
+      <c r="AB110" t="s">
+        <v>1706</v>
+      </c>
+      <c r="AC110" t="s">
+        <v>1704</v>
+      </c>
+      <c r="AD110" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE110">
+        <v>20480000</v>
+      </c>
+      <c r="AF110" t="s">
+        <v>1700</v>
+      </c>
+      <c r="AG110" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH110" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI110" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ110" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK110">
+        <v>18260000</v>
+      </c>
+      <c r="AL110" t="s">
+        <v>1707</v>
+      </c>
+      <c r="AM110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN110">
+        <v>0</v>
+      </c>
+      <c r="AP110" t="s">
+        <v>1708</v>
+      </c>
+      <c r="AQ110">
+        <v>-1</v>
+      </c>
+      <c r="AR110" t="s">
+        <v>99</v>
+      </c>
+      <c r="AS110" t="s">
+        <v>100</v>
+      </c>
+      <c r="AT110">
+        <v>-1</v>
+      </c>
+      <c r="AU110" t="s">
+        <v>1709</v>
+      </c>
+      <c r="AV110" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB110" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC110" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD110" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE110" s="1">
+        <v>46050</v>
+      </c>
+    </row>
+    <row r="111" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A111" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D111" t="s">
+        <v>61</v>
+      </c>
+      <c r="E111" t="s">
+        <v>62</v>
+      </c>
+      <c r="F111" t="s">
+        <v>1713</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1714</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1715</v>
+      </c>
+      <c r="I111" t="s">
+        <v>1716</v>
+      </c>
+      <c r="J111">
+        <v>17</v>
+      </c>
+      <c r="K111">
+        <v>-1</v>
+      </c>
+      <c r="M111">
+        <v>0</v>
+      </c>
+      <c r="O111" t="s">
+        <v>1711</v>
+      </c>
+      <c r="P111" t="s">
+        <v>1712</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>61</v>
+      </c>
+      <c r="R111" t="s">
+        <v>62</v>
+      </c>
+      <c r="S111">
+        <v>21550000</v>
+      </c>
+      <c r="T111" t="s">
+        <v>1714</v>
+      </c>
+      <c r="U111" t="s">
+        <v>1712</v>
+      </c>
+      <c r="V111" t="s">
+        <v>61</v>
+      </c>
+      <c r="W111" t="s">
+        <v>62</v>
+      </c>
+      <c r="X111">
+        <v>2155</v>
+      </c>
+      <c r="Y111" s="1">
+        <v>46062</v>
+      </c>
+      <c r="Z111" s="1">
+        <v>46203</v>
+      </c>
+      <c r="AA111" t="s">
+        <v>1717</v>
+      </c>
+      <c r="AB111" t="s">
+        <v>1718</v>
+      </c>
+      <c r="AC111" t="s">
+        <v>1233</v>
+      </c>
+      <c r="AD111" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE111">
+        <v>21550000</v>
+      </c>
+      <c r="AF111" t="s">
+        <v>1719</v>
+      </c>
+      <c r="AG111" t="s">
+        <v>1720</v>
+      </c>
+      <c r="AH111" t="s">
+        <v>159</v>
+      </c>
+      <c r="AI111" t="s">
+        <v>160</v>
+      </c>
+      <c r="AJ111" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK111">
+        <v>18870000</v>
+      </c>
+      <c r="AL111" t="s">
+        <v>1719</v>
+      </c>
+      <c r="AM111" t="s">
+        <v>1721</v>
+      </c>
+      <c r="AN111">
+        <v>0</v>
+      </c>
+      <c r="AO111" t="s">
+        <v>1722</v>
+      </c>
+      <c r="AP111" t="s">
+        <v>1723</v>
+      </c>
+      <c r="AQ111">
+        <v>-1</v>
+      </c>
+      <c r="AR111" t="s">
+        <v>1436</v>
+      </c>
+      <c r="AS111" t="s">
+        <v>1158</v>
+      </c>
+      <c r="AT111">
+        <v>-1</v>
+      </c>
+      <c r="AU111" t="s">
+        <v>526</v>
+      </c>
+      <c r="AV111" t="s">
+        <v>101</v>
+      </c>
+      <c r="AW111" t="s">
+        <v>1724</v>
+      </c>
+      <c r="BB111" t="s">
+        <v>1725</v>
+      </c>
+      <c r="BC111" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD111" t="s">
+        <v>1717</v>
+      </c>
+      <c r="BE111" s="1">
+        <v>46050</v>
+      </c>
+    </row>
+    <row r="112" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A112" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D112" t="s">
+        <v>215</v>
+      </c>
+      <c r="E112" t="s">
+        <v>62</v>
+      </c>
+      <c r="F112" t="s">
+        <v>1729</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1312</v>
+      </c>
+      <c r="I112" t="s">
+        <v>1731</v>
+      </c>
+      <c r="J112">
+        <v>3</v>
+      </c>
+      <c r="K112">
+        <v>-1</v>
+      </c>
+      <c r="M112">
+        <v>0</v>
+      </c>
+      <c r="O112" t="s">
+        <v>1732</v>
+      </c>
+      <c r="P112" t="s">
+        <v>1733</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>61</v>
+      </c>
+      <c r="R112" t="s">
+        <v>62</v>
+      </c>
+      <c r="S112">
+        <v>21090000</v>
+      </c>
+      <c r="T112" t="s">
+        <v>1730</v>
+      </c>
+      <c r="U112" t="s">
+        <v>1734</v>
+      </c>
+      <c r="V112" t="s">
+        <v>1735</v>
+      </c>
+      <c r="W112" t="s">
+        <v>62</v>
+      </c>
+      <c r="X112">
+        <v>2368</v>
+      </c>
+      <c r="Y112" s="1">
+        <v>45672</v>
+      </c>
+      <c r="Z112" s="1">
+        <v>46092</v>
+      </c>
+      <c r="AA112" t="s">
+        <v>1736</v>
+      </c>
+      <c r="AB112" t="s">
+        <v>1734</v>
+      </c>
+      <c r="AC112" t="s">
+        <v>1735</v>
+      </c>
+      <c r="AD112" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE112">
+        <v>23680000</v>
+      </c>
+      <c r="AF112" t="s">
+        <v>1730</v>
+      </c>
+      <c r="AG112" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH112" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI112" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ112" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK112">
+        <v>18260000</v>
+      </c>
+      <c r="AL112" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN112">
+        <v>0</v>
+      </c>
+      <c r="AP112" t="s">
+        <v>1737</v>
+      </c>
+      <c r="AQ112">
+        <v>-1</v>
+      </c>
+      <c r="AR112" t="s">
+        <v>1738</v>
+      </c>
+      <c r="AS112" t="s">
+        <v>1739</v>
+      </c>
+      <c r="AT112">
+        <v>-1</v>
+      </c>
+      <c r="AU112" t="s">
+        <v>1740</v>
+      </c>
+      <c r="AV112" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB112" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC112" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD112" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE112" s="1">
+        <v>46050</v>
+      </c>
+    </row>
+    <row r="113" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A113" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D113" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E113" t="s">
+        <v>62</v>
+      </c>
+      <c r="F113" t="s">
+        <v>1394</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H113" t="s">
+        <v>134</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1396</v>
+      </c>
+      <c r="J113">
+        <v>2</v>
+      </c>
+      <c r="K113">
+        <v>-1</v>
+      </c>
+      <c r="M113">
+        <v>0</v>
+      </c>
+      <c r="O113" t="s">
+        <v>1397</v>
+      </c>
+      <c r="P113" t="s">
+        <v>1398</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>1393</v>
+      </c>
+      <c r="R113" t="s">
+        <v>62</v>
+      </c>
+      <c r="S113">
+        <v>20450000</v>
+      </c>
+      <c r="T113" t="s">
+        <v>1395</v>
+      </c>
+      <c r="U113" t="s">
+        <v>1399</v>
+      </c>
+      <c r="V113" t="s">
+        <v>1400</v>
+      </c>
+      <c r="W113" t="s">
+        <v>62</v>
+      </c>
+      <c r="X113">
+        <v>2339</v>
+      </c>
+      <c r="Y113" s="1">
+        <v>46062</v>
+      </c>
+      <c r="Z113" s="1">
+        <v>46087</v>
+      </c>
+      <c r="AA113" t="s">
+        <v>1401</v>
+      </c>
+      <c r="AB113" t="s">
+        <v>1399</v>
+      </c>
+      <c r="AC113" t="s">
+        <v>1402</v>
+      </c>
+      <c r="AD113" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE113">
+        <v>19600000</v>
+      </c>
+      <c r="AF113" t="s">
+        <v>1395</v>
+      </c>
+      <c r="AG113" t="s">
+        <v>1403</v>
+      </c>
+      <c r="AH113" t="s">
+        <v>1404</v>
+      </c>
+      <c r="AI113" t="s">
+        <v>973</v>
+      </c>
+      <c r="AJ113" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK113">
+        <v>19600000</v>
+      </c>
+      <c r="AL113" t="s">
+        <v>1405</v>
+      </c>
+      <c r="AM113" t="s">
+        <v>1406</v>
+      </c>
+      <c r="AN113">
+        <v>0</v>
+      </c>
+      <c r="AP113" t="s">
+        <v>1407</v>
+      </c>
+      <c r="AQ113">
+        <v>-1</v>
+      </c>
+      <c r="AR113" t="s">
+        <v>1408</v>
+      </c>
+      <c r="AS113" t="s">
+        <v>1409</v>
+      </c>
+      <c r="AT113">
+        <v>-1</v>
+      </c>
+      <c r="AU113" t="s">
+        <v>1410</v>
+      </c>
+      <c r="AV113" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB113" t="s">
+        <v>1405</v>
+      </c>
+      <c r="BC113" t="s">
+        <v>1411</v>
+      </c>
+      <c r="BD113" t="s">
+        <v>1403</v>
+      </c>
+      <c r="BE113" s="1">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="114" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A114" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D114" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E114" t="s">
+        <v>62</v>
+      </c>
+      <c r="F114" t="s">
+        <v>1745</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1746</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1747</v>
+      </c>
+      <c r="I114" t="s">
+        <v>199</v>
+      </c>
+      <c r="J114">
+        <v>1</v>
+      </c>
+      <c r="K114">
+        <v>0</v>
+      </c>
+      <c r="M114">
+        <v>0</v>
+      </c>
+      <c r="O114" t="s">
+        <v>1746</v>
+      </c>
+      <c r="P114" t="s">
+        <v>1744</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>1267</v>
+      </c>
+      <c r="R114" t="s">
+        <v>62</v>
+      </c>
+      <c r="S114">
+        <v>20320000</v>
+      </c>
+      <c r="T114" t="s">
+        <v>1746</v>
+      </c>
+      <c r="U114" t="s">
+        <v>1744</v>
+      </c>
+      <c r="V114" t="s">
+        <v>1748</v>
+      </c>
+      <c r="W114" t="s">
+        <v>62</v>
+      </c>
+      <c r="X114">
+        <v>2466</v>
+      </c>
+      <c r="Y114" s="1">
+        <v>46062</v>
+      </c>
+      <c r="Z114" s="1">
+        <v>46206</v>
+      </c>
+      <c r="AA114" t="s">
+        <v>1749</v>
+      </c>
+      <c r="AB114" t="s">
+        <v>499</v>
+      </c>
+      <c r="AC114" t="s">
+        <v>500</v>
+      </c>
+      <c r="AD114" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE114">
+        <v>18640000</v>
+      </c>
+      <c r="AF114" t="s">
+        <v>1750</v>
+      </c>
+      <c r="AG114" t="s">
+        <v>1749</v>
+      </c>
+      <c r="AH114" t="s">
+        <v>499</v>
+      </c>
+      <c r="AI114" t="s">
+        <v>500</v>
+      </c>
+      <c r="AJ114" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK114">
+        <v>18640000</v>
+      </c>
+      <c r="AL114" t="s">
+        <v>1750</v>
+      </c>
+      <c r="AM114" t="s">
+        <v>1751</v>
+      </c>
+      <c r="AN114">
+        <v>0</v>
+      </c>
+      <c r="AP114" t="s">
+        <v>107</v>
+      </c>
+      <c r="AQ114">
+        <v>-1</v>
+      </c>
+      <c r="AR114" t="s">
+        <v>1752</v>
+      </c>
+      <c r="AS114" t="s">
+        <v>1010</v>
+      </c>
+      <c r="AT114">
+        <v>0</v>
+      </c>
+      <c r="AV114" t="s">
+        <v>208</v>
+      </c>
+      <c r="BB114" t="s">
+        <v>1753</v>
+      </c>
+      <c r="BC114" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD114" t="s">
+        <v>1754</v>
+      </c>
+      <c r="BE114" s="1">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="115" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A115" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D115" t="s">
+        <v>1757</v>
+      </c>
+      <c r="E115" t="s">
+        <v>62</v>
+      </c>
+      <c r="F115" t="s">
+        <v>1758</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1759</v>
+      </c>
+      <c r="H115" t="s">
+        <v>336</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1760</v>
+      </c>
+      <c r="J115">
+        <v>1</v>
+      </c>
+      <c r="K115">
+        <v>-1</v>
+      </c>
+      <c r="M115">
+        <v>0</v>
+      </c>
+      <c r="O115" t="s">
+        <v>1759</v>
+      </c>
+      <c r="P115" t="s">
+        <v>1756</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>1757</v>
+      </c>
+      <c r="R115" t="s">
+        <v>62</v>
+      </c>
+      <c r="S115">
+        <v>12470000</v>
+      </c>
+      <c r="T115" t="s">
+        <v>1759</v>
+      </c>
+      <c r="U115" t="s">
+        <v>1756</v>
+      </c>
+      <c r="V115" t="s">
+        <v>1761</v>
+      </c>
+      <c r="W115" t="s">
+        <v>62</v>
+      </c>
+      <c r="X115">
+        <v>1247</v>
+      </c>
+      <c r="Y115" s="1">
+        <v>46066</v>
+      </c>
+      <c r="Z115" s="1">
+        <v>46081</v>
+      </c>
+      <c r="AA115" t="s">
+        <v>1762</v>
+      </c>
+      <c r="AB115" t="s">
+        <v>1763</v>
+      </c>
+      <c r="AC115" t="s">
+        <v>1764</v>
+      </c>
+      <c r="AD115" t="s">
+        <v>1765</v>
+      </c>
+      <c r="AE115">
+        <v>123080000</v>
+      </c>
+      <c r="AF115" t="s">
+        <v>1766</v>
+      </c>
+      <c r="AG115" t="s">
+        <v>1762</v>
+      </c>
+      <c r="AH115" t="s">
+        <v>1763</v>
+      </c>
+      <c r="AI115" t="s">
+        <v>1764</v>
+      </c>
+      <c r="AJ115" t="s">
+        <v>1765</v>
+      </c>
+      <c r="AK115">
+        <v>123080000</v>
+      </c>
+      <c r="AL115" t="s">
+        <v>1766</v>
+      </c>
+      <c r="AM115" t="s">
+        <v>107</v>
+      </c>
+      <c r="AN115">
+        <v>-1</v>
+      </c>
+      <c r="AO115" t="s">
+        <v>1767</v>
+      </c>
+      <c r="AQ115">
+        <v>-1</v>
+      </c>
+      <c r="AR115" t="s">
+        <v>1768</v>
+      </c>
+      <c r="AS115" t="s">
+        <v>1769</v>
+      </c>
+      <c r="AT115">
+        <v>0</v>
+      </c>
+      <c r="AV115" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB115" t="s">
+        <v>1770</v>
+      </c>
+      <c r="BC115" t="s">
+        <v>284</v>
+      </c>
+      <c r="BD115" t="s">
+        <v>1762</v>
+      </c>
+      <c r="BE115" s="1">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="116" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A116" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D116" t="s">
+        <v>61</v>
+      </c>
+      <c r="E116" t="s">
+        <v>62</v>
+      </c>
+      <c r="F116" t="s">
+        <v>1774</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1775</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1776</v>
+      </c>
+      <c r="I116" t="s">
+        <v>1777</v>
+      </c>
+      <c r="J116">
+        <v>6</v>
+      </c>
+      <c r="K116">
+        <v>0</v>
+      </c>
+      <c r="M116">
+        <v>0</v>
+      </c>
+      <c r="O116" t="s">
+        <v>1778</v>
+      </c>
+      <c r="P116" t="s">
+        <v>1773</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>61</v>
+      </c>
+      <c r="R116" t="s">
+        <v>62</v>
+      </c>
+      <c r="S116">
+        <v>22150000</v>
+      </c>
+      <c r="T116" t="s">
+        <v>1775</v>
+      </c>
+      <c r="U116" t="s">
+        <v>1773</v>
+      </c>
+      <c r="V116" t="s">
+        <v>139</v>
+      </c>
+      <c r="W116" t="s">
+        <v>62</v>
+      </c>
+      <c r="X116">
+        <v>2115</v>
+      </c>
+      <c r="Y116" s="1">
+        <v>46062</v>
+      </c>
+      <c r="Z116" s="1">
+        <v>46129</v>
+      </c>
+      <c r="AA116" t="s">
+        <v>1779</v>
+      </c>
+      <c r="AB116" t="s">
+        <v>1780</v>
+      </c>
+      <c r="AC116" t="s">
+        <v>439</v>
+      </c>
+      <c r="AD116" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE116">
+        <v>24610000</v>
+      </c>
+      <c r="AF116" t="s">
+        <v>1781</v>
+      </c>
+      <c r="AG116" t="s">
+        <v>1779</v>
+      </c>
+      <c r="AH116" t="s">
+        <v>1780</v>
+      </c>
+      <c r="AI116" t="s">
+        <v>439</v>
+      </c>
+      <c r="AJ116" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK116">
+        <v>24610000</v>
+      </c>
+      <c r="AL116" t="s">
+        <v>1781</v>
+      </c>
+      <c r="AM116" t="s">
+        <v>1782</v>
+      </c>
+      <c r="AN116">
+        <v>0</v>
+      </c>
+      <c r="AO116" t="s">
+        <v>1783</v>
+      </c>
+      <c r="AP116" t="s">
+        <v>1784</v>
+      </c>
+      <c r="AQ116">
+        <v>-1</v>
+      </c>
+      <c r="AR116" t="s">
+        <v>1785</v>
+      </c>
+      <c r="AS116" t="s">
+        <v>1786</v>
+      </c>
+      <c r="AT116">
+        <v>0</v>
+      </c>
+      <c r="AV116" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW116" t="s">
+        <v>1787</v>
+      </c>
+      <c r="BB116" t="s">
+        <v>1788</v>
+      </c>
+      <c r="BC116" t="s">
+        <v>1789</v>
+      </c>
+      <c r="BD116" t="s">
+        <v>1790</v>
+      </c>
+      <c r="BE116" s="1">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="117" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A117" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D117" t="s">
+        <v>852</v>
+      </c>
+      <c r="E117" t="s">
+        <v>62</v>
+      </c>
+      <c r="F117" t="s">
+        <v>1794</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1795</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1796</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1797</v>
+      </c>
+      <c r="J117">
+        <v>2</v>
+      </c>
+      <c r="K117">
+        <v>-1</v>
+      </c>
+      <c r="M117">
+        <v>0</v>
+      </c>
+      <c r="O117" t="s">
+        <v>1798</v>
+      </c>
+      <c r="P117" t="s">
+        <v>1799</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>852</v>
+      </c>
+      <c r="R117" t="s">
+        <v>62</v>
+      </c>
+      <c r="S117">
+        <v>18010000</v>
+      </c>
+      <c r="T117" t="s">
+        <v>1795</v>
+      </c>
+      <c r="U117" t="s">
+        <v>1799</v>
+      </c>
+      <c r="V117" t="s">
+        <v>1800</v>
+      </c>
+      <c r="W117" t="s">
+        <v>62</v>
+      </c>
+      <c r="X117">
+        <v>1801</v>
+      </c>
+      <c r="Y117" s="1">
+        <v>46063</v>
+      </c>
+      <c r="Z117" s="1">
+        <v>46387</v>
+      </c>
+      <c r="AA117" t="s">
+        <v>1801</v>
+      </c>
+      <c r="AB117" t="s">
+        <v>1802</v>
+      </c>
+      <c r="AC117" t="s">
+        <v>1687</v>
+      </c>
+      <c r="AD117" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE117">
+        <v>18030000</v>
+      </c>
+      <c r="AF117" t="s">
+        <v>1803</v>
+      </c>
+      <c r="AG117" t="s">
+        <v>1801</v>
+      </c>
+      <c r="AH117" t="s">
+        <v>1802</v>
+      </c>
+      <c r="AI117" t="s">
+        <v>1687</v>
+      </c>
+      <c r="AJ117" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK117">
+        <v>18030000</v>
+      </c>
+      <c r="AL117" t="s">
+        <v>1803</v>
+      </c>
+      <c r="AM117" t="s">
+        <v>1804</v>
+      </c>
+      <c r="AN117">
+        <v>0</v>
+      </c>
+      <c r="AO117" t="s">
+        <v>1805</v>
+      </c>
+      <c r="AP117" t="s">
+        <v>1806</v>
+      </c>
+      <c r="AQ117">
+        <v>-1</v>
+      </c>
+      <c r="AR117" t="s">
+        <v>99</v>
+      </c>
+      <c r="AS117" t="s">
+        <v>82</v>
+      </c>
+      <c r="AT117">
+        <v>0</v>
+      </c>
+      <c r="AV117" t="s">
+        <v>208</v>
+      </c>
+      <c r="BB117" t="s">
+        <v>1807</v>
+      </c>
+      <c r="BC117" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD117" t="s">
+        <v>1808</v>
+      </c>
+      <c r="BE117" s="1">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="118" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A118" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D118" t="s">
+        <v>790</v>
+      </c>
+      <c r="E118" t="s">
+        <v>62</v>
+      </c>
+      <c r="F118" t="s">
+        <v>932</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H118" t="s">
+        <v>116</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1813</v>
+      </c>
+      <c r="J118">
+        <v>1</v>
+      </c>
+      <c r="K118">
+        <v>-1</v>
+      </c>
+      <c r="M118">
+        <v>0</v>
+      </c>
+      <c r="O118" t="s">
+        <v>1814</v>
+      </c>
+      <c r="P118" t="s">
+        <v>1815</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>1816</v>
+      </c>
+      <c r="R118" t="s">
+        <v>62</v>
+      </c>
+      <c r="S118">
+        <v>23790000</v>
+      </c>
+      <c r="T118" t="s">
+        <v>1812</v>
+      </c>
+      <c r="U118" t="s">
+        <v>1799</v>
+      </c>
+      <c r="V118" t="s">
+        <v>1817</v>
+      </c>
+      <c r="W118" t="s">
+        <v>62</v>
+      </c>
+      <c r="X118">
+        <v>2356</v>
+      </c>
+      <c r="Y118" s="1">
+        <v>46064</v>
+      </c>
+      <c r="Z118" s="1">
+        <v>46092</v>
+      </c>
+      <c r="AA118" t="s">
+        <v>1818</v>
+      </c>
+      <c r="AB118" t="s">
+        <v>1799</v>
+      </c>
+      <c r="AC118" t="s">
+        <v>1817</v>
+      </c>
+      <c r="AD118" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE118">
+        <v>23560000</v>
+      </c>
+      <c r="AF118" t="s">
+        <v>1812</v>
+      </c>
+      <c r="AG118" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH118" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI118" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ118" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK118">
+        <v>18260000</v>
+      </c>
+      <c r="AL118" t="s">
+        <v>124</v>
+      </c>
+      <c r="AM118" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN118">
+        <v>0</v>
+      </c>
+      <c r="AO118" t="s">
+        <v>98</v>
+      </c>
+      <c r="AQ118">
+        <v>-1</v>
+      </c>
+      <c r="AR118" t="s">
+        <v>1819</v>
+      </c>
+      <c r="AS118" t="s">
+        <v>1820</v>
+      </c>
+      <c r="AT118">
+        <v>-1</v>
+      </c>
+      <c r="AU118" t="s">
+        <v>1821</v>
+      </c>
+      <c r="AV118" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB118" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC118" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD118" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE118" s="1">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="119" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A119" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1824</v>
+      </c>
+      <c r="D119" t="s">
+        <v>61</v>
+      </c>
+      <c r="E119" t="s">
+        <v>62</v>
+      </c>
+      <c r="F119" t="s">
+        <v>1825</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1826</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1827</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1828</v>
+      </c>
+      <c r="J119">
+        <v>1</v>
+      </c>
+      <c r="K119">
+        <v>0</v>
+      </c>
+      <c r="M119">
+        <v>0</v>
+      </c>
+      <c r="O119" t="s">
+        <v>1829</v>
+      </c>
+      <c r="P119" t="s">
+        <v>1830</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>1831</v>
+      </c>
+      <c r="R119" t="s">
+        <v>1765</v>
+      </c>
+      <c r="S119">
+        <v>112010000</v>
+      </c>
+      <c r="T119" t="s">
+        <v>1832</v>
+      </c>
+      <c r="U119" t="s">
+        <v>1833</v>
+      </c>
+      <c r="V119" t="s">
+        <v>1834</v>
+      </c>
+      <c r="W119" t="s">
+        <v>62</v>
+      </c>
+      <c r="X119">
+        <v>1719</v>
+      </c>
+      <c r="Y119" s="1">
+        <v>46069</v>
+      </c>
+      <c r="Z119" s="1">
+        <v>46155</v>
+      </c>
+      <c r="AA119" t="s">
+        <v>1835</v>
+      </c>
+      <c r="AB119" t="s">
+        <v>1833</v>
+      </c>
+      <c r="AC119" t="s">
+        <v>1836</v>
+      </c>
+      <c r="AD119" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE119">
+        <v>17190000</v>
+      </c>
+      <c r="AF119" t="s">
+        <v>1832</v>
+      </c>
+      <c r="AG119" t="s">
+        <v>1837</v>
+      </c>
+      <c r="AH119" t="s">
+        <v>159</v>
+      </c>
+      <c r="AI119" t="s">
+        <v>160</v>
+      </c>
+      <c r="AJ119" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK119">
+        <v>18870000</v>
+      </c>
+      <c r="AL119" t="s">
+        <v>1838</v>
+      </c>
+      <c r="AM119" t="s">
+        <v>1839</v>
+      </c>
+      <c r="AN119">
+        <v>0</v>
+      </c>
+      <c r="AO119" t="s">
+        <v>1840</v>
+      </c>
+      <c r="AP119" t="s">
+        <v>1841</v>
+      </c>
+      <c r="AQ119">
+        <v>-1</v>
+      </c>
+      <c r="AR119" t="s">
+        <v>1842</v>
+      </c>
+      <c r="AS119" t="s">
+        <v>751</v>
+      </c>
+      <c r="AT119">
+        <v>0</v>
+      </c>
+      <c r="AV119" t="s">
+        <v>208</v>
+      </c>
+      <c r="BB119" t="s">
+        <v>1843</v>
+      </c>
+      <c r="BC119" t="s">
+        <v>1844</v>
+      </c>
+      <c r="BD119" t="s">
+        <v>86</v>
+      </c>
+      <c r="BE119" s="1">
+        <v>46055</v>
+      </c>
+      <c r="BF119" t="s">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="120" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A120" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D120" t="s">
+        <v>531</v>
+      </c>
+      <c r="E120" t="s">
+        <v>62</v>
+      </c>
+      <c r="F120" t="s">
+        <v>1849</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1850</v>
+      </c>
+      <c r="H120" t="s">
+        <v>378</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J120">
+        <v>2</v>
+      </c>
+      <c r="K120">
+        <v>-1</v>
+      </c>
+      <c r="M120">
+        <v>0</v>
+      </c>
+      <c r="O120" t="s">
+        <v>1851</v>
+      </c>
+      <c r="P120" t="s">
+        <v>1848</v>
+      </c>
+      <c r="Q120" t="s">
+        <v>531</v>
+      </c>
+      <c r="R120" t="s">
+        <v>62</v>
+      </c>
+      <c r="S120">
+        <v>18510000</v>
+      </c>
+      <c r="T120" t="s">
+        <v>1850</v>
+      </c>
+      <c r="U120" t="s">
+        <v>1848</v>
+      </c>
+      <c r="V120" t="s">
+        <v>1852</v>
+      </c>
+      <c r="W120" t="s">
+        <v>62</v>
+      </c>
+      <c r="X120">
+        <v>1742</v>
+      </c>
+      <c r="Y120" s="1">
+        <v>46069</v>
+      </c>
+      <c r="Z120" s="1">
+        <v>46386</v>
+      </c>
+      <c r="AA120" t="s">
+        <v>1853</v>
+      </c>
+      <c r="AB120" t="s">
+        <v>1854</v>
+      </c>
+      <c r="AC120" t="s">
+        <v>1855</v>
+      </c>
+      <c r="AD120" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE120">
+        <v>17420000</v>
+      </c>
+      <c r="AF120" t="s">
+        <v>1856</v>
+      </c>
+      <c r="AG120" t="s">
+        <v>1853</v>
+      </c>
+      <c r="AH120" t="s">
+        <v>1854</v>
+      </c>
+      <c r="AI120" t="s">
+        <v>1855</v>
+      </c>
+      <c r="AJ120" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK120">
+        <v>17420000</v>
+      </c>
+      <c r="AL120" t="s">
+        <v>1856</v>
+      </c>
+      <c r="AM120" t="s">
+        <v>1857</v>
+      </c>
+      <c r="AN120">
+        <v>0</v>
+      </c>
+      <c r="AO120" t="s">
+        <v>1858</v>
+      </c>
+      <c r="AP120" t="s">
+        <v>1859</v>
+      </c>
+      <c r="AQ120">
+        <v>-1</v>
+      </c>
+      <c r="AR120" t="s">
+        <v>1860</v>
+      </c>
+      <c r="AS120" t="s">
+        <v>1861</v>
+      </c>
+      <c r="AT120">
+        <v>-1</v>
+      </c>
+      <c r="AU120" t="s">
+        <v>1862</v>
+      </c>
+      <c r="AV120" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB120" t="s">
+        <v>1863</v>
+      </c>
+      <c r="BC120" t="s">
+        <v>1863</v>
+      </c>
+      <c r="BD120" t="s">
+        <v>1853</v>
+      </c>
+      <c r="BE120" s="1">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="121" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A121" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D121" t="s">
+        <v>437</v>
+      </c>
+      <c r="E121" t="s">
+        <v>62</v>
+      </c>
+      <c r="F121" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H121" t="s">
+        <v>116</v>
+      </c>
+      <c r="I121" t="s">
+        <v>593</v>
+      </c>
+      <c r="J121">
+        <v>3</v>
+      </c>
+      <c r="K121">
+        <v>0</v>
+      </c>
+      <c r="M121">
+        <v>0</v>
+      </c>
+      <c r="O121" t="s">
+        <v>1868</v>
+      </c>
+      <c r="P121" t="s">
+        <v>1865</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>437</v>
+      </c>
+      <c r="R121" t="s">
+        <v>62</v>
+      </c>
+      <c r="S121">
+        <v>24210000</v>
+      </c>
+      <c r="T121" t="s">
+        <v>1867</v>
+      </c>
+      <c r="U121" t="s">
+        <v>1869</v>
+      </c>
+      <c r="V121" t="s">
+        <v>1816</v>
+      </c>
+      <c r="W121" t="s">
+        <v>62</v>
+      </c>
+      <c r="X121">
+        <v>2324</v>
+      </c>
+      <c r="Y121" s="1">
+        <v>46069</v>
+      </c>
+      <c r="Z121" s="1">
+        <v>46128</v>
+      </c>
+      <c r="AA121" t="s">
+        <v>1870</v>
+      </c>
+      <c r="AB121" t="s">
+        <v>1869</v>
+      </c>
+      <c r="AC121" t="s">
+        <v>1816</v>
+      </c>
+      <c r="AD121" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE121">
+        <v>23240000</v>
+      </c>
+      <c r="AF121" t="s">
+        <v>1867</v>
+      </c>
+      <c r="AG121" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH121" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI121" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ121" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK121">
+        <v>18260000</v>
+      </c>
+      <c r="AL121" t="s">
+        <v>124</v>
+      </c>
+      <c r="AM121" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN121">
+        <v>0</v>
+      </c>
+      <c r="AO121" t="s">
+        <v>1871</v>
+      </c>
+      <c r="AQ121">
+        <v>-1</v>
+      </c>
+      <c r="AR121" t="s">
+        <v>1872</v>
+      </c>
+      <c r="AS121" t="s">
+        <v>1873</v>
+      </c>
+      <c r="AT121">
+        <v>-1</v>
+      </c>
+      <c r="AU121" t="s">
+        <v>1874</v>
+      </c>
+      <c r="AV121" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB121" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC121" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD121" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE121" s="1">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="122" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A122" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D122" t="s">
+        <v>61</v>
+      </c>
+      <c r="E122" t="s">
+        <v>62</v>
+      </c>
+      <c r="F122" t="s">
+        <v>1330</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1878</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1879</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1880</v>
+      </c>
+      <c r="J122">
+        <v>4</v>
+      </c>
+      <c r="K122">
+        <v>-1</v>
+      </c>
+      <c r="M122">
+        <v>0</v>
+      </c>
+      <c r="O122" t="s">
+        <v>1881</v>
+      </c>
+      <c r="P122" t="s">
+        <v>1877</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>1882</v>
+      </c>
+      <c r="R122" t="s">
+        <v>62</v>
+      </c>
+      <c r="S122">
+        <v>21450000</v>
+      </c>
+      <c r="T122" t="s">
+        <v>1878</v>
+      </c>
+      <c r="U122" t="s">
+        <v>1329</v>
+      </c>
+      <c r="V122" t="s">
+        <v>1883</v>
+      </c>
+      <c r="W122" t="s">
+        <v>62</v>
+      </c>
+      <c r="X122">
+        <v>2135</v>
+      </c>
+      <c r="Y122" s="1">
+        <v>46081</v>
+      </c>
+      <c r="Z122" s="1">
+        <v>46122</v>
+      </c>
+      <c r="AA122" t="s">
+        <v>1265</v>
+      </c>
+      <c r="AB122" t="s">
+        <v>1266</v>
+      </c>
+      <c r="AC122" t="s">
+        <v>1267</v>
+      </c>
+      <c r="AD122" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE122">
+        <v>20810000</v>
+      </c>
+      <c r="AF122" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AG122" t="s">
+        <v>1265</v>
+      </c>
+      <c r="AH122" t="s">
+        <v>1266</v>
+      </c>
+      <c r="AI122" t="s">
+        <v>1267</v>
+      </c>
+      <c r="AJ122" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK122">
+        <v>20810000</v>
+      </c>
+      <c r="AL122" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AM122" t="s">
+        <v>1269</v>
+      </c>
+      <c r="AN122">
+        <v>0</v>
+      </c>
+      <c r="AP122" t="s">
+        <v>1884</v>
+      </c>
+      <c r="AQ122">
+        <v>-1</v>
+      </c>
+      <c r="AR122" t="s">
+        <v>1271</v>
+      </c>
+      <c r="AS122" t="s">
+        <v>1272</v>
+      </c>
+      <c r="AT122">
+        <v>-1</v>
+      </c>
+      <c r="AU122" t="s">
+        <v>1885</v>
+      </c>
+      <c r="AV122" t="s">
+        <v>146</v>
+      </c>
+      <c r="BB122" t="s">
+        <v>1275</v>
+      </c>
+      <c r="BC122" t="s">
+        <v>336</v>
+      </c>
+      <c r="BD122" t="s">
+        <v>1265</v>
+      </c>
+      <c r="BE122" s="1">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="123" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A123" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B123" t="s">
+        <v>427</v>
+      </c>
+      <c r="C123" t="s">
+        <v>403</v>
+      </c>
+      <c r="D123" t="s">
+        <v>404</v>
+      </c>
+      <c r="E123" t="s">
+        <v>62</v>
+      </c>
+      <c r="F123" t="s">
+        <v>405</v>
+      </c>
+      <c r="G123" t="s">
+        <v>406</v>
+      </c>
+      <c r="H123" t="s">
+        <v>407</v>
+      </c>
+      <c r="I123" t="s">
+        <v>408</v>
+      </c>
+      <c r="J123">
+        <v>2</v>
+      </c>
+      <c r="K123">
+        <v>-1</v>
+      </c>
+      <c r="M123">
+        <v>0</v>
+      </c>
+      <c r="O123" t="s">
+        <v>427</v>
+      </c>
+      <c r="P123" t="s">
+        <v>410</v>
+      </c>
+      <c r="Q123" t="s">
+        <v>72</v>
+      </c>
+      <c r="R123" t="s">
+        <v>62</v>
+      </c>
+      <c r="S123">
+        <v>24510000</v>
+      </c>
+      <c r="T123" t="s">
+        <v>411</v>
+      </c>
+      <c r="U123" t="s">
+        <v>412</v>
+      </c>
+      <c r="V123" t="s">
+        <v>413</v>
+      </c>
+      <c r="W123" t="s">
+        <v>62</v>
+      </c>
+      <c r="X123">
+        <v>2189</v>
+      </c>
+      <c r="Y123" s="1">
+        <v>46048</v>
+      </c>
+      <c r="Z123" s="1">
+        <v>46055</v>
+      </c>
+      <c r="AA123" t="s">
+        <v>414</v>
+      </c>
+      <c r="AB123" t="s">
+        <v>412</v>
+      </c>
+      <c r="AC123" t="s">
+        <v>415</v>
+      </c>
+      <c r="AD123" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE123">
+        <v>21890000</v>
+      </c>
+      <c r="AF123" t="s">
+        <v>411</v>
+      </c>
+      <c r="AG123" t="s">
+        <v>416</v>
+      </c>
+      <c r="AH123" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI123" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ123" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK123">
+        <v>25760000</v>
+      </c>
+      <c r="AL123" t="s">
+        <v>419</v>
+      </c>
+      <c r="AM123" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN123">
+        <v>-1</v>
+      </c>
+      <c r="AO123" t="s">
+        <v>428</v>
+      </c>
+      <c r="AQ123">
+        <v>-1</v>
+      </c>
+      <c r="AR123" t="s">
+        <v>422</v>
+      </c>
+      <c r="AS123" t="s">
+        <v>423</v>
+      </c>
+      <c r="AT123">
+        <v>-1</v>
+      </c>
+      <c r="AU123" t="s">
+        <v>339</v>
+      </c>
+      <c r="AV123" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB123" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC123" t="s">
+        <v>425</v>
+      </c>
+      <c r="BD123" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE123" s="1">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="124" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A124" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D124" t="s">
+        <v>61</v>
+      </c>
+      <c r="E124" t="s">
+        <v>62</v>
+      </c>
+      <c r="F124" t="s">
+        <v>572</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1890</v>
+      </c>
+      <c r="H124" t="s">
+        <v>354</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1891</v>
+      </c>
+      <c r="J124">
+        <v>10</v>
+      </c>
+      <c r="K124">
+        <v>0</v>
+      </c>
+      <c r="M124">
+        <v>0</v>
+      </c>
+      <c r="O124" t="s">
+        <v>1892</v>
+      </c>
+      <c r="P124" t="s">
+        <v>1889</v>
+      </c>
+      <c r="Q124" t="s">
+        <v>61</v>
+      </c>
+      <c r="R124" t="s">
+        <v>62</v>
+      </c>
+      <c r="S124">
+        <v>21160000</v>
+      </c>
+      <c r="T124" t="s">
+        <v>1890</v>
+      </c>
+      <c r="U124" t="s">
+        <v>1889</v>
+      </c>
+      <c r="V124" t="s">
+        <v>61</v>
+      </c>
+      <c r="W124" t="s">
+        <v>62</v>
+      </c>
+      <c r="X124">
+        <v>2116</v>
+      </c>
+      <c r="Y124" s="1">
+        <v>46066</v>
+      </c>
+      <c r="Z124" s="1">
+        <v>46295</v>
+      </c>
+      <c r="AA124" t="s">
+        <v>440</v>
+      </c>
+      <c r="AB124" t="s">
+        <v>689</v>
+      </c>
+      <c r="AC124" t="s">
+        <v>439</v>
+      </c>
+      <c r="AD124" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE124">
+        <v>24650000</v>
+      </c>
+      <c r="AF124" t="s">
+        <v>1893</v>
+      </c>
+      <c r="AG124" t="s">
+        <v>440</v>
+      </c>
+      <c r="AH124" t="s">
+        <v>689</v>
+      </c>
+      <c r="AI124" t="s">
+        <v>439</v>
+      </c>
+      <c r="AJ124" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK124">
+        <v>24650000</v>
+      </c>
+      <c r="AL124" t="s">
+        <v>1893</v>
+      </c>
+      <c r="AM124" t="s">
+        <v>1894</v>
+      </c>
+      <c r="AN124">
+        <v>0</v>
+      </c>
+      <c r="AP124" t="s">
+        <v>1895</v>
+      </c>
+      <c r="AQ124">
+        <v>-1</v>
+      </c>
+      <c r="AR124" t="s">
+        <v>1896</v>
+      </c>
+      <c r="AS124" t="s">
+        <v>1897</v>
+      </c>
+      <c r="AT124">
+        <v>0</v>
+      </c>
+      <c r="AV124" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB124" t="s">
+        <v>696</v>
+      </c>
+      <c r="BC124" t="s">
+        <v>697</v>
+      </c>
+      <c r="BD124" t="s">
+        <v>440</v>
+      </c>
+      <c r="BE124" s="1">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="125" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A125" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D125" t="s">
+        <v>72</v>
+      </c>
+      <c r="E125" t="s">
+        <v>62</v>
+      </c>
+      <c r="F125" t="s">
+        <v>1901</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1902</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1903</v>
+      </c>
+      <c r="I125" t="s">
+        <v>575</v>
+      </c>
+      <c r="J125">
+        <v>3</v>
+      </c>
+      <c r="K125">
+        <v>-1</v>
+      </c>
+      <c r="M125">
+        <v>0</v>
+      </c>
+      <c r="O125" t="s">
+        <v>1904</v>
+      </c>
+      <c r="P125" t="s">
+        <v>1905</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>72</v>
+      </c>
+      <c r="R125" t="s">
+        <v>62</v>
+      </c>
+      <c r="S125">
+        <v>24520000</v>
+      </c>
+      <c r="T125" t="s">
+        <v>1906</v>
+      </c>
+      <c r="U125" t="s">
+        <v>1905</v>
+      </c>
+      <c r="V125" t="s">
+        <v>72</v>
+      </c>
+      <c r="W125" t="s">
+        <v>62</v>
+      </c>
+      <c r="X125">
+        <v>2452</v>
+      </c>
+      <c r="Y125" s="1">
+        <v>46069</v>
+      </c>
+      <c r="Z125" s="1">
+        <v>46112</v>
+      </c>
+      <c r="AA125" t="s">
+        <v>1907</v>
+      </c>
+      <c r="AB125" t="s">
+        <v>1908</v>
+      </c>
+      <c r="AC125" t="s">
+        <v>1909</v>
+      </c>
+      <c r="AD125" t="s">
+        <v>835</v>
+      </c>
+      <c r="AE125">
+        <v>29200000</v>
+      </c>
+      <c r="AF125" t="s">
+        <v>1910</v>
+      </c>
+      <c r="AG125" t="s">
+        <v>1907</v>
+      </c>
+      <c r="AH125" t="s">
+        <v>1908</v>
+      </c>
+      <c r="AI125" t="s">
+        <v>1909</v>
+      </c>
+      <c r="AJ125" t="s">
+        <v>835</v>
+      </c>
+      <c r="AK125">
+        <v>29200000</v>
+      </c>
+      <c r="AL125" t="s">
+        <v>1910</v>
+      </c>
+      <c r="AM125" t="s">
+        <v>1911</v>
+      </c>
+      <c r="AN125">
+        <v>0</v>
+      </c>
+      <c r="AO125" t="s">
+        <v>1912</v>
+      </c>
+      <c r="AQ125">
+        <v>-1</v>
+      </c>
+      <c r="AR125" t="s">
+        <v>1913</v>
+      </c>
+      <c r="AS125" t="s">
+        <v>1914</v>
+      </c>
+      <c r="AT125">
+        <v>-1</v>
+      </c>
+      <c r="AU125" t="s">
+        <v>1915</v>
+      </c>
+      <c r="AV125" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB125" t="s">
+        <v>1916</v>
+      </c>
+      <c r="BC125" t="s">
+        <v>1917</v>
+      </c>
+      <c r="BD125" t="s">
+        <v>1907</v>
+      </c>
+      <c r="BE125" s="1">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="126" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A126" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D126" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E126" t="s">
+        <v>62</v>
+      </c>
+      <c r="F126" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1923</v>
+      </c>
+      <c r="H126" t="s">
+        <v>153</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1924</v>
+      </c>
+      <c r="J126">
+        <v>1</v>
+      </c>
+      <c r="K126">
+        <v>-1</v>
+      </c>
+      <c r="M126">
+        <v>0</v>
+      </c>
+      <c r="O126" t="s">
+        <v>1925</v>
+      </c>
+      <c r="P126" t="s">
+        <v>1926</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>1927</v>
+      </c>
+      <c r="R126" t="s">
+        <v>62</v>
+      </c>
+      <c r="S126">
+        <v>17010000</v>
+      </c>
+      <c r="T126" t="s">
+        <v>1923</v>
+      </c>
+      <c r="U126" t="s">
+        <v>1928</v>
+      </c>
+      <c r="V126" t="s">
+        <v>1687</v>
+      </c>
+      <c r="W126" t="s">
+        <v>1929</v>
+      </c>
+      <c r="X126">
+        <v>8016</v>
+      </c>
+      <c r="Y126" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z126" s="1">
+        <v>46203</v>
+      </c>
+      <c r="AA126" t="s">
+        <v>1930</v>
+      </c>
+      <c r="AB126" t="s">
+        <v>1928</v>
+      </c>
+      <c r="AC126" t="s">
+        <v>1931</v>
+      </c>
+      <c r="AD126" t="s">
+        <v>1929</v>
+      </c>
+      <c r="AE126">
+        <v>80160000</v>
+      </c>
+      <c r="AF126" t="s">
+        <v>1923</v>
+      </c>
+      <c r="AG126" t="s">
+        <v>1932</v>
+      </c>
+      <c r="AH126" t="s">
+        <v>1933</v>
+      </c>
+      <c r="AI126" t="s">
+        <v>1934</v>
+      </c>
+      <c r="AJ126" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK126">
+        <v>19690000</v>
+      </c>
+      <c r="AL126" t="s">
+        <v>444</v>
+      </c>
+      <c r="AM126" t="s">
+        <v>445</v>
+      </c>
+      <c r="AN126">
+        <v>0</v>
+      </c>
+      <c r="AO126" t="s">
+        <v>446</v>
+      </c>
+      <c r="AQ126">
+        <v>-1</v>
+      </c>
+      <c r="AR126" t="s">
+        <v>1935</v>
+      </c>
+      <c r="AS126" t="s">
+        <v>1936</v>
+      </c>
+      <c r="AT126">
+        <v>0</v>
+      </c>
+      <c r="AV126" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB126" t="s">
+        <v>448</v>
+      </c>
+      <c r="BC126" t="s">
+        <v>449</v>
+      </c>
+      <c r="BD126" t="s">
+        <v>1932</v>
+      </c>
+      <c r="BE126" s="1">
+        <v>46055</v>
+      </c>
+      <c r="BF126" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="127" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A127" t="s">
+        <v>1937</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1938</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E127" t="s">
+        <v>62</v>
+      </c>
+      <c r="F127" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1923</v>
+      </c>
+      <c r="H127" t="s">
+        <v>153</v>
+      </c>
+      <c r="I127" t="s">
+        <v>92</v>
+      </c>
+      <c r="J127">
+        <v>2</v>
+      </c>
+      <c r="K127">
+        <v>0</v>
+      </c>
+      <c r="M127">
+        <v>0</v>
+      </c>
+      <c r="O127" t="s">
+        <v>1925</v>
+      </c>
+      <c r="P127" t="s">
+        <v>1926</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>1927</v>
+      </c>
+      <c r="R127" t="s">
+        <v>62</v>
+      </c>
+      <c r="S127">
+        <v>17010000</v>
+      </c>
+      <c r="T127" t="s">
+        <v>1923</v>
+      </c>
+      <c r="U127" t="s">
+        <v>1928</v>
+      </c>
+      <c r="V127" t="s">
+        <v>1687</v>
+      </c>
+      <c r="W127" t="s">
+        <v>1929</v>
+      </c>
+      <c r="X127">
+        <v>8016</v>
+      </c>
+      <c r="Y127" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z127" s="1">
+        <v>46203</v>
+      </c>
+      <c r="AA127" t="s">
+        <v>1930</v>
+      </c>
+      <c r="AB127" t="s">
+        <v>1928</v>
+      </c>
+      <c r="AC127" t="s">
+        <v>1931</v>
+      </c>
+      <c r="AD127" t="s">
+        <v>1929</v>
+      </c>
+      <c r="AE127">
+        <v>80160000</v>
+      </c>
+      <c r="AF127" t="s">
+        <v>1923</v>
+      </c>
+      <c r="AG127" t="s">
+        <v>1932</v>
+      </c>
+      <c r="AH127" t="s">
+        <v>1933</v>
+      </c>
+      <c r="AI127" t="s">
+        <v>1934</v>
+      </c>
+      <c r="AJ127" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK127">
+        <v>19690000</v>
+      </c>
+      <c r="AL127" t="s">
+        <v>444</v>
+      </c>
+      <c r="AM127" t="s">
+        <v>445</v>
+      </c>
+      <c r="AN127">
+        <v>0</v>
+      </c>
+      <c r="AO127" t="s">
+        <v>446</v>
+      </c>
+      <c r="AQ127">
+        <v>-1</v>
+      </c>
+      <c r="AR127" t="s">
+        <v>1939</v>
+      </c>
+      <c r="AS127" t="s">
+        <v>1940</v>
+      </c>
+      <c r="AT127">
+        <v>0</v>
+      </c>
+      <c r="AV127" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB127" t="s">
+        <v>448</v>
+      </c>
+      <c r="BC127" t="s">
+        <v>449</v>
+      </c>
+      <c r="BD127" t="s">
+        <v>1932</v>
+      </c>
+      <c r="BE127" s="1">
+        <v>46055</v>
+      </c>
+      <c r="BF127" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="128" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A128" t="s">
+        <v>1941</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1944</v>
+      </c>
+      <c r="E128" t="s">
+        <v>62</v>
+      </c>
+      <c r="F128" t="s">
+        <v>1945</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1946</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1947</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1948</v>
+      </c>
+      <c r="J128">
+        <v>1</v>
+      </c>
+      <c r="K128">
+        <v>-1</v>
+      </c>
+      <c r="M128">
+        <v>0</v>
+      </c>
+      <c r="O128" t="s">
+        <v>1949</v>
+      </c>
+      <c r="P128" t="s">
+        <v>1943</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>1944</v>
+      </c>
+      <c r="R128" t="s">
+        <v>62</v>
+      </c>
+      <c r="S128">
+        <v>26420000</v>
+      </c>
+      <c r="T128" t="s">
+        <v>1946</v>
+      </c>
+      <c r="U128" t="s">
+        <v>1943</v>
+      </c>
+      <c r="V128" t="s">
+        <v>1944</v>
+      </c>
+      <c r="W128" t="s">
+        <v>62</v>
+      </c>
+      <c r="X128">
+        <v>2642</v>
+      </c>
+      <c r="Y128" s="1">
+        <v>46056</v>
+      </c>
+      <c r="Z128" s="1">
+        <v>46080</v>
+      </c>
+      <c r="AA128" t="s">
+        <v>1950</v>
+      </c>
+      <c r="AB128" t="s">
+        <v>1951</v>
+      </c>
+      <c r="AC128" t="s">
+        <v>1952</v>
+      </c>
+      <c r="AD128" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE128">
+        <v>19130000</v>
+      </c>
+      <c r="AF128" t="s">
+        <v>1953</v>
+      </c>
+      <c r="AG128" t="s">
+        <v>1950</v>
+      </c>
+      <c r="AH128" t="s">
+        <v>1951</v>
+      </c>
+      <c r="AI128" t="s">
+        <v>1952</v>
+      </c>
+      <c r="AJ128" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK128">
+        <v>19130000</v>
+      </c>
+      <c r="AL128" t="s">
+        <v>1953</v>
+      </c>
+      <c r="AM128" t="s">
+        <v>1954</v>
+      </c>
+      <c r="AN128">
+        <v>-1</v>
+      </c>
+      <c r="AO128" t="s">
+        <v>1955</v>
+      </c>
+      <c r="AQ128">
+        <v>-1</v>
+      </c>
+      <c r="AR128" t="s">
+        <v>1956</v>
+      </c>
+      <c r="AS128" t="s">
+        <v>1957</v>
+      </c>
+      <c r="AT128">
+        <v>0</v>
+      </c>
+      <c r="AV128" t="s">
+        <v>101</v>
+      </c>
+      <c r="AX128" t="s">
+        <v>764</v>
+      </c>
+      <c r="AY128" t="s">
+        <v>765</v>
+      </c>
+      <c r="AZ128" s="1">
+        <v>46055</v>
+      </c>
+      <c r="BA128" t="s">
+        <v>1958</v>
+      </c>
+      <c r="BB128" t="s">
+        <v>1959</v>
+      </c>
+      <c r="BC128" t="s">
+        <v>1960</v>
+      </c>
+      <c r="BD128" t="s">
+        <v>1950</v>
+      </c>
+      <c r="BE128" s="1">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="129" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A129" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D129" t="s">
+        <v>1964</v>
+      </c>
+      <c r="E129" t="s">
+        <v>62</v>
+      </c>
+      <c r="F129" t="s">
+        <v>1965</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1966</v>
+      </c>
+      <c r="H129" t="s">
+        <v>954</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1967</v>
+      </c>
+      <c r="J129">
+        <v>1</v>
+      </c>
+      <c r="K129">
+        <v>-1</v>
+      </c>
+      <c r="M129">
+        <v>0</v>
+      </c>
+      <c r="O129" t="s">
+        <v>1962</v>
+      </c>
+      <c r="P129" t="s">
+        <v>1963</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>1964</v>
+      </c>
+      <c r="R129" t="s">
+        <v>62</v>
+      </c>
+      <c r="S129">
+        <v>27260000</v>
+      </c>
+      <c r="T129" t="s">
+        <v>1966</v>
+      </c>
+      <c r="U129" t="s">
+        <v>1963</v>
+      </c>
+      <c r="V129" t="s">
+        <v>1968</v>
+      </c>
+      <c r="W129" t="s">
+        <v>62</v>
+      </c>
+      <c r="X129">
+        <v>2346</v>
+      </c>
+      <c r="Y129" s="1">
+        <v>46040</v>
+      </c>
+      <c r="Z129" s="1">
+        <v>46113</v>
+      </c>
+      <c r="AA129" t="s">
+        <v>1969</v>
+      </c>
+      <c r="AB129" t="s">
+        <v>1970</v>
+      </c>
+      <c r="AC129" t="s">
+        <v>1971</v>
+      </c>
+      <c r="AD129" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE129">
+        <v>27180000</v>
+      </c>
+      <c r="AF129" t="s">
+        <v>1972</v>
+      </c>
+      <c r="AG129" t="s">
+        <v>1969</v>
+      </c>
+      <c r="AH129" t="s">
+        <v>1970</v>
+      </c>
+      <c r="AI129" t="s">
+        <v>1971</v>
+      </c>
+      <c r="AJ129" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK129">
+        <v>27180000</v>
+      </c>
+      <c r="AL129" t="s">
+        <v>1972</v>
+      </c>
+      <c r="AM129" t="s">
+        <v>1973</v>
+      </c>
+      <c r="AN129">
+        <v>0</v>
+      </c>
+      <c r="AO129" t="s">
+        <v>1974</v>
+      </c>
+      <c r="AQ129">
+        <v>-1</v>
+      </c>
+      <c r="AR129" t="s">
+        <v>1975</v>
+      </c>
+      <c r="AS129" t="s">
+        <v>1976</v>
+      </c>
+      <c r="AT129">
+        <v>0</v>
+      </c>
+      <c r="AV129" t="s">
+        <v>508</v>
+      </c>
+      <c r="AX129" t="s">
+        <v>1977</v>
+      </c>
+      <c r="AY129" t="s">
+        <v>765</v>
+      </c>
+      <c r="AZ129" s="1">
+        <v>46052</v>
+      </c>
+      <c r="BA129" t="s">
+        <v>1978</v>
+      </c>
+      <c r="BB129" t="s">
+        <v>1972</v>
+      </c>
+      <c r="BC129" t="s">
+        <v>370</v>
+      </c>
+      <c r="BD129" t="s">
+        <v>1969</v>
+      </c>
+      <c r="BE129" s="1">
+        <v>46055</v>
+      </c>
+      <c r="BF129" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="130" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A130" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D130" t="s">
+        <v>61</v>
+      </c>
+      <c r="E130" t="s">
+        <v>62</v>
+      </c>
+      <c r="F130" t="s">
+        <v>197</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1983</v>
+      </c>
+      <c r="H130" t="s">
+        <v>370</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1984</v>
+      </c>
+      <c r="J130">
+        <v>9</v>
+      </c>
+      <c r="K130">
+        <v>0</v>
+      </c>
+      <c r="M130">
+        <v>-1</v>
+      </c>
+      <c r="N130" t="s">
+        <v>1985</v>
+      </c>
+      <c r="O130" t="s">
+        <v>1986</v>
+      </c>
+      <c r="P130" t="s">
+        <v>774</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>61</v>
+      </c>
+      <c r="R130" t="s">
+        <v>62</v>
+      </c>
+      <c r="S130">
+        <v>21090000</v>
+      </c>
+      <c r="T130" t="s">
+        <v>1987</v>
+      </c>
+      <c r="U130" t="s">
+        <v>774</v>
+      </c>
+      <c r="V130" t="s">
+        <v>139</v>
+      </c>
+      <c r="W130" t="s">
+        <v>62</v>
+      </c>
+      <c r="X130">
+        <v>2109</v>
+      </c>
+      <c r="Y130" s="1">
+        <v>46068</v>
+      </c>
+      <c r="Z130" s="1">
+        <v>46614</v>
+      </c>
+      <c r="AA130" t="s">
+        <v>179</v>
+      </c>
+      <c r="AB130" t="s">
+        <v>180</v>
+      </c>
+      <c r="AC130" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD130" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE130">
+        <v>21190000</v>
+      </c>
+      <c r="AF130" t="s">
+        <v>1983</v>
+      </c>
+      <c r="AG130" t="s">
+        <v>179</v>
+      </c>
+      <c r="AH130" t="s">
+        <v>180</v>
+      </c>
+      <c r="AI130" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ130" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK130">
+        <v>21190000</v>
+      </c>
+      <c r="AL130" t="s">
+        <v>1983</v>
+      </c>
+      <c r="AM130" t="s">
+        <v>1988</v>
+      </c>
+      <c r="AN130">
+        <v>0</v>
+      </c>
+      <c r="AP130" t="s">
+        <v>1989</v>
+      </c>
+      <c r="AQ130">
+        <v>0</v>
+      </c>
+      <c r="AT130">
+        <v>0</v>
+      </c>
+      <c r="AV130" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB130" t="s">
+        <v>1983</v>
+      </c>
+      <c r="BC130" t="s">
+        <v>370</v>
+      </c>
+      <c r="BD130" t="s">
+        <v>179</v>
+      </c>
+      <c r="BE130" s="1">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="131" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A131" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D131" t="s">
+        <v>202</v>
+      </c>
+      <c r="E131" t="s">
+        <v>62</v>
+      </c>
+      <c r="F131" t="s">
+        <v>1993</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H131" t="s">
+        <v>354</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1995</v>
+      </c>
+      <c r="J131">
+        <v>8</v>
+      </c>
+      <c r="K131">
+        <v>0</v>
+      </c>
+      <c r="M131">
+        <v>0</v>
+      </c>
+      <c r="O131" t="s">
+        <v>1996</v>
+      </c>
+      <c r="P131" t="s">
+        <v>1997</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>61</v>
+      </c>
+      <c r="R131" t="s">
+        <v>62</v>
+      </c>
+      <c r="S131">
+        <v>21160000</v>
+      </c>
+      <c r="T131" t="s">
+        <v>1994</v>
+      </c>
+      <c r="U131" t="s">
+        <v>1992</v>
+      </c>
+      <c r="V131" t="s">
+        <v>202</v>
+      </c>
+      <c r="W131" t="s">
+        <v>62</v>
+      </c>
+      <c r="X131">
+        <v>2170</v>
+      </c>
+      <c r="Y131" s="1">
+        <v>46066</v>
+      </c>
+      <c r="Z131" s="1">
+        <v>46264</v>
+      </c>
+      <c r="AA131" t="s">
+        <v>440</v>
+      </c>
+      <c r="AB131" t="s">
+        <v>689</v>
+      </c>
+      <c r="AC131" t="s">
+        <v>439</v>
+      </c>
+      <c r="AD131" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE131">
+        <v>24650000</v>
+      </c>
+      <c r="AF131" t="s">
+        <v>1998</v>
+      </c>
+      <c r="AG131" t="s">
+        <v>440</v>
+      </c>
+      <c r="AH131" t="s">
+        <v>689</v>
+      </c>
+      <c r="AI131" t="s">
+        <v>439</v>
+      </c>
+      <c r="AJ131" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK131">
+        <v>24650000</v>
+      </c>
+      <c r="AL131" t="s">
+        <v>1998</v>
+      </c>
+      <c r="AM131" t="s">
+        <v>1999</v>
+      </c>
+      <c r="AN131">
+        <v>0</v>
+      </c>
+      <c r="AP131" t="s">
+        <v>2000</v>
+      </c>
+      <c r="AQ131">
+        <v>-1</v>
+      </c>
+      <c r="AR131" t="s">
+        <v>1896</v>
+      </c>
+      <c r="AS131" t="s">
+        <v>1897</v>
+      </c>
+      <c r="AT131">
+        <v>0</v>
+      </c>
+      <c r="AV131" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB131" t="s">
+        <v>696</v>
+      </c>
+      <c r="BC131" t="s">
+        <v>697</v>
+      </c>
+      <c r="BD131" t="s">
+        <v>440</v>
+      </c>
+      <c r="BE131" s="1">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="132" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A132" t="s">
+        <v>2001</v>
+      </c>
+      <c r="B132" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C132" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D132" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E132" t="s">
+        <v>62</v>
+      </c>
+      <c r="F132" t="s">
+        <v>2004</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1682</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1683</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1684</v>
+      </c>
+      <c r="J132">
+        <v>2</v>
+      </c>
+      <c r="K132">
+        <v>0</v>
+      </c>
+      <c r="M132">
+        <v>0</v>
+      </c>
+      <c r="O132" t="s">
+        <v>1685</v>
+      </c>
+      <c r="P132" t="s">
+        <v>1686</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>1687</v>
+      </c>
+      <c r="R132" t="s">
+        <v>62</v>
+      </c>
+      <c r="S132">
+        <v>18030000</v>
+      </c>
+      <c r="T132" t="s">
+        <v>1682</v>
+      </c>
+      <c r="U132" t="s">
+        <v>1686</v>
+      </c>
+      <c r="V132" t="s">
+        <v>1688</v>
+      </c>
+      <c r="W132" t="s">
+        <v>62</v>
+      </c>
+      <c r="X132">
+        <v>1803</v>
+      </c>
+      <c r="Y132" s="1">
+        <v>46068</v>
+      </c>
+      <c r="Z132" s="1">
+        <v>46127</v>
+      </c>
+      <c r="AA132" t="s">
+        <v>1689</v>
+      </c>
+      <c r="AB132" t="s">
+        <v>1690</v>
+      </c>
+      <c r="AC132" t="s">
+        <v>1687</v>
+      </c>
+      <c r="AD132" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE132">
+        <v>18030000</v>
+      </c>
+      <c r="AF132" t="s">
+        <v>1691</v>
+      </c>
+      <c r="AG132" t="s">
+        <v>1689</v>
+      </c>
+      <c r="AH132" t="s">
+        <v>1690</v>
+      </c>
+      <c r="AI132" t="s">
+        <v>1687</v>
+      </c>
+      <c r="AJ132" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK132">
+        <v>18030000</v>
+      </c>
+      <c r="AL132" t="s">
+        <v>2005</v>
+      </c>
+      <c r="AM132" t="s">
+        <v>1692</v>
+      </c>
+      <c r="AN132">
+        <v>0</v>
+      </c>
+      <c r="AP132" t="s">
+        <v>2006</v>
+      </c>
+      <c r="AQ132">
+        <v>-1</v>
+      </c>
+      <c r="AR132" t="s">
+        <v>1694</v>
+      </c>
+      <c r="AS132" t="s">
+        <v>728</v>
+      </c>
+      <c r="AT132">
+        <v>0</v>
+      </c>
+      <c r="AV132" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW132" t="s">
+        <v>1695</v>
+      </c>
+      <c r="BB132" t="s">
+        <v>1689</v>
+      </c>
+      <c r="BC132" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD132" t="s">
+        <v>1689</v>
+      </c>
+      <c r="BE132" s="1">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="133" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A133" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B133" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C133" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D133" t="s">
+        <v>790</v>
+      </c>
+      <c r="E133" t="s">
+        <v>62</v>
+      </c>
+      <c r="F133" t="s">
+        <v>932</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2010</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2011</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1684</v>
+      </c>
+      <c r="J133">
+        <v>6</v>
+      </c>
+      <c r="K133">
+        <v>0</v>
+      </c>
+      <c r="M133">
+        <v>0</v>
+      </c>
+      <c r="O133" t="s">
+        <v>2012</v>
+      </c>
+      <c r="P133" t="s">
+        <v>2009</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>790</v>
+      </c>
+      <c r="R133" t="s">
+        <v>62</v>
+      </c>
+      <c r="S133">
+        <v>21380000</v>
+      </c>
+      <c r="T133" t="s">
+        <v>2010</v>
+      </c>
+      <c r="U133" t="s">
+        <v>2009</v>
+      </c>
+      <c r="V133" t="s">
+        <v>790</v>
+      </c>
+      <c r="W133" t="s">
+        <v>62</v>
+      </c>
+      <c r="X133">
+        <v>2138</v>
+      </c>
+      <c r="Y133" s="1">
+        <v>46069</v>
+      </c>
+      <c r="Z133" s="1">
+        <v>46398</v>
+      </c>
+      <c r="AA133" t="s">
+        <v>2013</v>
+      </c>
+      <c r="AB133" t="s">
+        <v>2014</v>
+      </c>
+      <c r="AC133" t="s">
+        <v>1355</v>
+      </c>
+      <c r="AD133" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE133">
+        <v>18900000</v>
+      </c>
+      <c r="AF133" t="s">
+        <v>2015</v>
+      </c>
+      <c r="AG133" t="s">
+        <v>2013</v>
+      </c>
+      <c r="AH133" t="s">
+        <v>2014</v>
+      </c>
+      <c r="AI133" t="s">
+        <v>1355</v>
+      </c>
+      <c r="AJ133" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK133">
+        <v>18900000</v>
+      </c>
+      <c r="AL133" t="s">
+        <v>2015</v>
+      </c>
+      <c r="AM133" t="s">
+        <v>2016</v>
+      </c>
+      <c r="AN133">
+        <v>0</v>
+      </c>
+      <c r="AP133" t="s">
+        <v>2017</v>
+      </c>
+      <c r="AQ133">
+        <v>-1</v>
+      </c>
+      <c r="AR133" t="s">
+        <v>1043</v>
+      </c>
+      <c r="AS133" t="s">
+        <v>2018</v>
+      </c>
+      <c r="AT133">
+        <v>0</v>
+      </c>
+      <c r="AV133" t="s">
+        <v>208</v>
+      </c>
+      <c r="AW133" t="s">
+        <v>2019</v>
+      </c>
+      <c r="BB133" t="s">
+        <v>2020</v>
+      </c>
+      <c r="BC133" t="s">
+        <v>86</v>
+      </c>
+      <c r="BD133" t="s">
+        <v>2013</v>
+      </c>
+      <c r="BE133" s="1">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="134" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A134" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B134" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C134" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D134" t="s">
+        <v>464</v>
+      </c>
+      <c r="E134" t="s">
+        <v>62</v>
+      </c>
+      <c r="F134" t="s">
+        <v>2024</v>
+      </c>
+      <c r="G134" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H134" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I134" t="s">
+        <v>2027</v>
+      </c>
+      <c r="J134">
+        <v>4</v>
+      </c>
+      <c r="K134">
+        <v>0</v>
+      </c>
+      <c r="M134">
+        <v>0</v>
+      </c>
+      <c r="O134" t="s">
+        <v>2028</v>
+      </c>
+      <c r="P134" t="s">
+        <v>2029</v>
+      </c>
+      <c r="Q134" t="s">
+        <v>2030</v>
+      </c>
+      <c r="R134" t="s">
+        <v>62</v>
+      </c>
+      <c r="S134">
+        <v>27400000</v>
+      </c>
+      <c r="T134" t="s">
+        <v>2031</v>
+      </c>
+      <c r="U134" t="s">
+        <v>2032</v>
+      </c>
+      <c r="V134" t="s">
+        <v>2033</v>
+      </c>
+      <c r="W134" t="s">
+        <v>62</v>
+      </c>
+      <c r="X134">
+        <v>2744</v>
+      </c>
+      <c r="Y134" s="1">
+        <v>46042</v>
+      </c>
+      <c r="Z134" s="1">
+        <v>46055</v>
+      </c>
+      <c r="AA134" t="s">
+        <v>889</v>
+      </c>
+      <c r="AB134" t="s">
+        <v>417</v>
+      </c>
+      <c r="AC134" t="s">
+        <v>418</v>
+      </c>
+      <c r="AD134" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE134">
+        <v>25760000</v>
+      </c>
+      <c r="AF134" t="s">
+        <v>419</v>
+      </c>
+      <c r="AG134" t="s">
+        <v>889</v>
+      </c>
+      <c r="AH134" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI134" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ134" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK134">
+        <v>25760000</v>
+      </c>
+      <c r="AL134" t="s">
+        <v>419</v>
+      </c>
+      <c r="AM134" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN134">
+        <v>-1</v>
+      </c>
+      <c r="AO134" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AQ134">
+        <v>-1</v>
+      </c>
+      <c r="AR134" t="s">
+        <v>2035</v>
+      </c>
+      <c r="AS134" t="s">
+        <v>2036</v>
+      </c>
+      <c r="AT134">
+        <v>0</v>
+      </c>
+      <c r="AV134" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB134" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC134" t="s">
+        <v>1616</v>
+      </c>
+      <c r="BD134" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE134" s="1">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="135" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A135" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B135" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C135" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D135" t="s">
+        <v>464</v>
+      </c>
+      <c r="E135" t="s">
+        <v>62</v>
+      </c>
+      <c r="F135" t="s">
+        <v>2024</v>
+      </c>
+      <c r="G135" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H135" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I135" t="s">
+        <v>2040</v>
+      </c>
+      <c r="J135">
+        <v>1</v>
+      </c>
+      <c r="K135">
+        <v>-1</v>
+      </c>
+      <c r="M135">
+        <v>0</v>
+      </c>
+      <c r="O135" t="s">
+        <v>2028</v>
+      </c>
+      <c r="P135" t="s">
+        <v>2029</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>2030</v>
+      </c>
+      <c r="R135" t="s">
+        <v>62</v>
+      </c>
+      <c r="S135">
+        <v>27400000</v>
+      </c>
+      <c r="T135" t="s">
+        <v>2031</v>
+      </c>
+      <c r="U135" t="s">
+        <v>2032</v>
+      </c>
+      <c r="V135" t="s">
+        <v>2033</v>
+      </c>
+      <c r="W135" t="s">
+        <v>62</v>
+      </c>
+      <c r="X135">
+        <v>2744</v>
+      </c>
+      <c r="Y135" s="1">
+        <v>46034</v>
+      </c>
+      <c r="Z135" s="1">
+        <v>46055</v>
+      </c>
+      <c r="AA135" t="s">
+        <v>889</v>
+      </c>
+      <c r="AB135" t="s">
+        <v>417</v>
+      </c>
+      <c r="AC135" t="s">
+        <v>418</v>
+      </c>
+      <c r="AD135" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE135">
+        <v>25760000</v>
+      </c>
+      <c r="AF135" t="s">
+        <v>419</v>
+      </c>
+      <c r="AG135" t="s">
+        <v>889</v>
+      </c>
+      <c r="AH135" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI135" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ135" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK135">
+        <v>25760000</v>
+      </c>
+      <c r="AL135" t="s">
+        <v>419</v>
+      </c>
+      <c r="AM135" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN135">
+        <v>-1</v>
+      </c>
+      <c r="AO135" t="s">
+        <v>2041</v>
+      </c>
+      <c r="AQ135">
+        <v>-1</v>
+      </c>
+      <c r="AR135" t="s">
+        <v>2035</v>
+      </c>
+      <c r="AS135" t="s">
+        <v>2036</v>
+      </c>
+      <c r="AT135">
+        <v>-1</v>
+      </c>
+      <c r="AU135" t="s">
+        <v>2042</v>
+      </c>
+      <c r="AV135" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB135" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC135" t="s">
+        <v>425</v>
+      </c>
+      <c r="BD135" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE135" s="1">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="136" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A136" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B136" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C136" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D136" t="s">
+        <v>464</v>
+      </c>
+      <c r="E136" t="s">
+        <v>62</v>
+      </c>
+      <c r="F136" t="s">
+        <v>2024</v>
+      </c>
+      <c r="G136" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H136" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I136" t="s">
+        <v>154</v>
+      </c>
+      <c r="J136">
+        <v>1</v>
+      </c>
+      <c r="K136">
+        <v>-1</v>
+      </c>
+      <c r="M136">
+        <v>0</v>
+      </c>
+      <c r="O136" t="s">
+        <v>2028</v>
+      </c>
+      <c r="P136" t="s">
+        <v>2029</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>2030</v>
+      </c>
+      <c r="R136" t="s">
+        <v>62</v>
+      </c>
+      <c r="S136">
+        <v>27400000</v>
+      </c>
+      <c r="T136" t="s">
+        <v>2031</v>
+      </c>
+      <c r="U136" t="s">
+        <v>2032</v>
+      </c>
+      <c r="V136" t="s">
+        <v>2033</v>
+      </c>
+      <c r="W136" t="s">
+        <v>62</v>
+      </c>
+      <c r="X136">
+        <v>2744</v>
+      </c>
+      <c r="Y136" s="1">
+        <v>46034</v>
+      </c>
+      <c r="Z136" s="1">
+        <v>46055</v>
+      </c>
+      <c r="AA136" t="s">
+        <v>889</v>
+      </c>
+      <c r="AB136" t="s">
+        <v>417</v>
+      </c>
+      <c r="AC136" t="s">
+        <v>418</v>
+      </c>
+      <c r="AD136" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE136">
+        <v>25760000</v>
+      </c>
+      <c r="AF136" t="s">
+        <v>419</v>
+      </c>
+      <c r="AG136" t="s">
+        <v>889</v>
+      </c>
+      <c r="AH136" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI136" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ136" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK136">
+        <v>25760000</v>
+      </c>
+      <c r="AL136" t="s">
+        <v>419</v>
+      </c>
+      <c r="AM136" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN136">
+        <v>-1</v>
+      </c>
+      <c r="AO136" t="s">
+        <v>2045</v>
+      </c>
+      <c r="AQ136">
+        <v>-1</v>
+      </c>
+      <c r="AR136" t="s">
+        <v>2035</v>
+      </c>
+      <c r="AS136" t="s">
+        <v>2036</v>
+      </c>
+      <c r="AT136">
+        <v>-1</v>
+      </c>
+      <c r="AU136" t="s">
+        <v>2046</v>
+      </c>
+      <c r="AV136" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB136" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC136" t="s">
+        <v>425</v>
+      </c>
+      <c r="BD136" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE136" s="1">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="137" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A137" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B137" t="s">
+        <v>2048</v>
+      </c>
+      <c r="C137" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D137" t="s">
+        <v>826</v>
+      </c>
+      <c r="E137" t="s">
+        <v>62</v>
+      </c>
+      <c r="F137" t="s">
+        <v>2024</v>
+      </c>
+      <c r="G137" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H137" t="s">
+        <v>2049</v>
+      </c>
+      <c r="I137" t="s">
+        <v>154</v>
+      </c>
+      <c r="J137">
+        <v>1</v>
+      </c>
+      <c r="K137">
+        <v>-1</v>
+      </c>
+      <c r="M137">
+        <v>0</v>
+      </c>
+      <c r="O137" t="s">
+        <v>2028</v>
+      </c>
+      <c r="P137" t="s">
+        <v>2029</v>
+      </c>
+      <c r="Q137" t="s">
+        <v>2030</v>
+      </c>
+      <c r="R137" t="s">
+        <v>62</v>
+      </c>
+      <c r="S137">
+        <v>27400000</v>
+      </c>
+      <c r="T137" t="s">
+        <v>2025</v>
+      </c>
+      <c r="U137" t="s">
+        <v>2050</v>
+      </c>
+      <c r="V137" t="s">
+        <v>1602</v>
+      </c>
+      <c r="W137" t="s">
+        <v>62</v>
+      </c>
+      <c r="X137">
+        <v>2719</v>
+      </c>
+      <c r="Y137" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z137" s="1">
+        <v>46172</v>
+      </c>
+      <c r="AA137" t="s">
+        <v>416</v>
+      </c>
+      <c r="AB137" t="s">
+        <v>417</v>
+      </c>
+      <c r="AC137" t="s">
+        <v>418</v>
+      </c>
+      <c r="AD137" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE137">
+        <v>25760000</v>
+      </c>
+      <c r="AF137" t="s">
+        <v>419</v>
+      </c>
+      <c r="AG137" t="s">
+        <v>416</v>
+      </c>
+      <c r="AH137" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI137" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ137" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK137">
+        <v>25760000</v>
+      </c>
+      <c r="AL137" t="s">
+        <v>419</v>
+      </c>
+      <c r="AM137" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN137">
+        <v>-1</v>
+      </c>
+      <c r="AO137" t="s">
+        <v>2051</v>
+      </c>
+      <c r="AQ137">
+        <v>-1</v>
+      </c>
+      <c r="AR137" t="s">
+        <v>2035</v>
+      </c>
+      <c r="AS137" t="s">
+        <v>2036</v>
+      </c>
+      <c r="AT137">
+        <v>-1</v>
+      </c>
+      <c r="AU137" t="s">
+        <v>2046</v>
+      </c>
+      <c r="AV137" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB137" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC137" t="s">
+        <v>425</v>
+      </c>
+      <c r="BD137" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE137" s="1">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="138" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A138" t="s">
+        <v>2052</v>
+      </c>
+      <c r="B138" t="s">
+        <v>107</v>
+      </c>
+      <c r="C138" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D138" t="s">
+        <v>61</v>
+      </c>
+      <c r="E138" t="s">
+        <v>62</v>
+      </c>
+      <c r="F138" t="s">
+        <v>171</v>
+      </c>
+      <c r="G138" t="s">
+        <v>2054</v>
+      </c>
+      <c r="H138" t="s">
+        <v>107</v>
+      </c>
+      <c r="I138" t="s">
+        <v>2055</v>
+      </c>
+      <c r="J138">
+        <v>2</v>
+      </c>
+      <c r="K138">
+        <v>-1</v>
+      </c>
+      <c r="M138">
+        <v>0</v>
+      </c>
+      <c r="O138" t="s">
+        <v>2056</v>
+      </c>
+      <c r="P138" t="s">
+        <v>2057</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>61</v>
+      </c>
+      <c r="R138" t="s">
+        <v>62</v>
+      </c>
+      <c r="S138">
+        <v>21280000</v>
+      </c>
+      <c r="T138" t="s">
+        <v>2058</v>
+      </c>
+      <c r="U138" t="s">
+        <v>2059</v>
+      </c>
+      <c r="V138" t="s">
+        <v>2060</v>
+      </c>
+      <c r="W138" t="s">
+        <v>62</v>
+      </c>
+      <c r="X138">
+        <v>1915</v>
+      </c>
+      <c r="Y138" s="1">
+        <v>46069</v>
+      </c>
+      <c r="Z138" s="1">
+        <v>46129</v>
+      </c>
+      <c r="AA138" t="s">
+        <v>2061</v>
+      </c>
+      <c r="AB138" t="s">
+        <v>2059</v>
+      </c>
+      <c r="AC138" t="s">
+        <v>233</v>
+      </c>
+      <c r="AD138" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE138">
+        <v>19150000</v>
+      </c>
+      <c r="AF138" t="s">
+        <v>2062</v>
+      </c>
+      <c r="AG138" t="s">
+        <v>2061</v>
+      </c>
+      <c r="AH138" t="s">
+        <v>2059</v>
+      </c>
+      <c r="AI138" t="s">
+        <v>233</v>
+      </c>
+      <c r="AJ138" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK138">
+        <v>19150000</v>
+      </c>
+      <c r="AL138" t="s">
+        <v>2062</v>
+      </c>
+      <c r="AM138" t="s">
+        <v>2063</v>
+      </c>
+      <c r="AN138">
+        <v>0</v>
+      </c>
+      <c r="AP138" t="s">
+        <v>2064</v>
+      </c>
+      <c r="AQ138">
+        <v>-1</v>
+      </c>
+      <c r="AR138" t="s">
+        <v>2065</v>
+      </c>
+      <c r="AS138" t="s">
+        <v>2066</v>
+      </c>
+      <c r="AT138">
+        <v>0</v>
+      </c>
+      <c r="AV138" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW138" t="s">
+        <v>2067</v>
+      </c>
+      <c r="BB138" t="s">
+        <v>2058</v>
+      </c>
+      <c r="BC138" t="s">
+        <v>2068</v>
+      </c>
+      <c r="BD138" t="s">
+        <v>2069</v>
+      </c>
+      <c r="BE138" s="1">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="139" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A139" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B139" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C139" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D139" t="s">
+        <v>826</v>
+      </c>
+      <c r="E139" t="s">
+        <v>62</v>
+      </c>
+      <c r="F139" t="s">
+        <v>2024</v>
+      </c>
+      <c r="G139" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H139" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I139" t="s">
+        <v>2040</v>
+      </c>
+      <c r="J139">
+        <v>1</v>
+      </c>
+      <c r="K139">
+        <v>0</v>
+      </c>
+      <c r="M139">
+        <v>0</v>
+      </c>
+      <c r="O139" t="s">
+        <v>2028</v>
+      </c>
+      <c r="P139" t="s">
+        <v>2029</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>2030</v>
+      </c>
+      <c r="R139" t="s">
+        <v>62</v>
+      </c>
+      <c r="S139">
+        <v>27400000</v>
+      </c>
+      <c r="T139" t="s">
+        <v>2025</v>
+      </c>
+      <c r="U139" t="s">
+        <v>2050</v>
+      </c>
+      <c r="V139" t="s">
+        <v>1602</v>
+      </c>
+      <c r="W139" t="s">
+        <v>62</v>
+      </c>
+      <c r="X139">
+        <v>2719</v>
+      </c>
+      <c r="Y139" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z139" s="1">
+        <v>46172</v>
+      </c>
+      <c r="AA139" t="s">
+        <v>416</v>
+      </c>
+      <c r="AB139" t="s">
+        <v>417</v>
+      </c>
+      <c r="AC139" t="s">
+        <v>418</v>
+      </c>
+      <c r="AD139" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE139">
+        <v>25760000</v>
+      </c>
+      <c r="AF139" t="s">
+        <v>419</v>
+      </c>
+      <c r="AG139" t="s">
+        <v>416</v>
+      </c>
+      <c r="AH139" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI139" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ139" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK139">
+        <v>25760000</v>
+      </c>
+      <c r="AL139" t="s">
+        <v>419</v>
+      </c>
+      <c r="AM139" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN139">
+        <v>-1</v>
+      </c>
+      <c r="AO139" t="s">
+        <v>2073</v>
+      </c>
+      <c r="AQ139">
+        <v>-1</v>
+      </c>
+      <c r="AR139" t="s">
+        <v>2035</v>
+      </c>
+      <c r="AS139" t="s">
+        <v>2036</v>
+      </c>
+      <c r="AT139">
+        <v>-1</v>
+      </c>
+      <c r="AU139" t="s">
+        <v>2042</v>
+      </c>
+      <c r="AV139" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB139" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC139" t="s">
+        <v>425</v>
+      </c>
+      <c r="BD139" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE139" s="1">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="140" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A140" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B140" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C140" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D140" t="s">
+        <v>826</v>
+      </c>
+      <c r="E140" t="s">
+        <v>62</v>
+      </c>
+      <c r="F140" t="s">
+        <v>2024</v>
+      </c>
+      <c r="G140" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H140" t="s">
+        <v>2049</v>
+      </c>
+      <c r="I140" t="s">
+        <v>2077</v>
+      </c>
+      <c r="J140">
+        <v>1</v>
+      </c>
+      <c r="K140">
+        <v>-1</v>
+      </c>
+      <c r="M140">
+        <v>0</v>
+      </c>
+      <c r="O140" t="s">
+        <v>2028</v>
+      </c>
+      <c r="P140" t="s">
+        <v>2029</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>2030</v>
+      </c>
+      <c r="R140" t="s">
+        <v>62</v>
+      </c>
+      <c r="S140">
+        <v>27400000</v>
+      </c>
+      <c r="T140" t="s">
+        <v>2025</v>
+      </c>
+      <c r="U140" t="s">
+        <v>2050</v>
+      </c>
+      <c r="V140" t="s">
+        <v>1602</v>
+      </c>
+      <c r="W140" t="s">
+        <v>62</v>
+      </c>
+      <c r="X140">
+        <v>2719</v>
+      </c>
+      <c r="Y140" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z140" s="1">
+        <v>46172</v>
+      </c>
+      <c r="AA140" t="s">
+        <v>416</v>
+      </c>
+      <c r="AB140" t="s">
+        <v>417</v>
+      </c>
+      <c r="AC140" t="s">
+        <v>418</v>
+      </c>
+      <c r="AD140" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE140">
+        <v>25760000</v>
+      </c>
+      <c r="AF140" t="s">
+        <v>419</v>
+      </c>
+      <c r="AG140" t="s">
+        <v>416</v>
+      </c>
+      <c r="AH140" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI140" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ140" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK140">
+        <v>25760000</v>
+      </c>
+      <c r="AL140" t="s">
+        <v>419</v>
+      </c>
+      <c r="AM140" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN140">
+        <v>-1</v>
+      </c>
+      <c r="AO140" t="s">
+        <v>2078</v>
+      </c>
+      <c r="AQ140">
+        <v>-1</v>
+      </c>
+      <c r="AR140" t="s">
+        <v>2035</v>
+      </c>
+      <c r="AS140" t="s">
+        <v>2036</v>
+      </c>
+      <c r="AT140">
+        <v>0</v>
+      </c>
+      <c r="AV140" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB140" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC140" t="s">
+        <v>425</v>
+      </c>
+      <c r="BD140" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE140" s="1">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="141" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A141" t="s">
+        <v>2079</v>
+      </c>
+      <c r="B141" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C141" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D141" t="s">
+        <v>464</v>
+      </c>
+      <c r="E141" t="s">
+        <v>62</v>
+      </c>
+      <c r="F141" t="s">
+        <v>2024</v>
+      </c>
+      <c r="G141" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H141" t="s">
+        <v>2049</v>
+      </c>
+      <c r="I141" t="s">
+        <v>2027</v>
+      </c>
+      <c r="J141">
+        <v>3</v>
+      </c>
+      <c r="K141">
+        <v>-1</v>
+      </c>
+      <c r="M141">
+        <v>-1</v>
+      </c>
+      <c r="N141" t="s">
+        <v>1066</v>
+      </c>
+      <c r="O141" t="s">
+        <v>2028</v>
+      </c>
+      <c r="P141" t="s">
+        <v>2029</v>
+      </c>
+      <c r="Q141" t="s">
+        <v>2030</v>
+      </c>
+      <c r="R141" t="s">
+        <v>62</v>
+      </c>
+      <c r="S141">
+        <v>27400000</v>
+      </c>
+      <c r="T141" t="s">
+        <v>2031</v>
+      </c>
+      <c r="U141" t="s">
+        <v>2032</v>
+      </c>
+      <c r="V141" t="s">
+        <v>2033</v>
+      </c>
+      <c r="W141" t="s">
+        <v>62</v>
+      </c>
+      <c r="X141">
+        <v>2744</v>
+      </c>
+      <c r="Y141" s="1">
+        <v>46034</v>
+      </c>
+      <c r="Z141" s="1">
+        <v>46055</v>
+      </c>
+      <c r="AA141" t="s">
+        <v>889</v>
+      </c>
+      <c r="AB141" t="s">
+        <v>417</v>
+      </c>
+      <c r="AC141" t="s">
+        <v>418</v>
+      </c>
+      <c r="AD141" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE141">
+        <v>25760000</v>
+      </c>
+      <c r="AF141" t="s">
+        <v>419</v>
+      </c>
+      <c r="AG141" t="s">
+        <v>416</v>
+      </c>
+      <c r="AH141" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI141" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ141" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK141">
+        <v>25760000</v>
+      </c>
+      <c r="AL141" t="s">
+        <v>419</v>
+      </c>
+      <c r="AM141" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN141">
+        <v>-1</v>
+      </c>
+      <c r="AO141" t="s">
+        <v>2082</v>
+      </c>
+      <c r="AQ141">
+        <v>-1</v>
+      </c>
+      <c r="AR141" t="s">
+        <v>2035</v>
+      </c>
+      <c r="AS141" t="s">
+        <v>2036</v>
+      </c>
+      <c r="AT141">
+        <v>-1</v>
+      </c>
+      <c r="AU141" t="s">
+        <v>2083</v>
+      </c>
+      <c r="AV141" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB141" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC141" t="s">
+        <v>1616</v>
+      </c>
+      <c r="BD141" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE141" s="1">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="142" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A142" t="s">
+        <v>2084</v>
+      </c>
+      <c r="B142" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C142" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D142" t="s">
+        <v>826</v>
+      </c>
+      <c r="E142" t="s">
+        <v>62</v>
+      </c>
+      <c r="F142" t="s">
+        <v>2024</v>
+      </c>
+      <c r="G142" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H142" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I142" t="s">
+        <v>2027</v>
+      </c>
+      <c r="J142">
+        <v>3</v>
+      </c>
+      <c r="K142">
+        <v>-1</v>
+      </c>
+      <c r="M142">
+        <v>-1</v>
+      </c>
+      <c r="N142" t="s">
+        <v>1066</v>
+      </c>
+      <c r="O142" t="s">
+        <v>2028</v>
+      </c>
+      <c r="P142" t="s">
+        <v>2029</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>2030</v>
+      </c>
+      <c r="R142" t="s">
+        <v>62</v>
+      </c>
+      <c r="S142">
+        <v>27400000</v>
+      </c>
+      <c r="T142" t="s">
+        <v>2025</v>
+      </c>
+      <c r="U142" t="s">
+        <v>2050</v>
+      </c>
+      <c r="V142" t="s">
+        <v>1602</v>
+      </c>
+      <c r="W142" t="s">
+        <v>62</v>
+      </c>
+      <c r="X142">
+        <v>2719</v>
+      </c>
+      <c r="Y142" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z142" s="1">
+        <v>46172</v>
+      </c>
+      <c r="AA142" t="s">
+        <v>889</v>
+      </c>
+      <c r="AB142" t="s">
+        <v>417</v>
+      </c>
+      <c r="AC142" t="s">
+        <v>418</v>
+      </c>
+      <c r="AD142" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE142">
+        <v>25760000</v>
+      </c>
+      <c r="AF142" t="s">
+        <v>419</v>
+      </c>
+      <c r="AG142" t="s">
+        <v>889</v>
+      </c>
+      <c r="AH142" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI142" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ142" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK142">
+        <v>25760000</v>
+      </c>
+      <c r="AL142" t="s">
+        <v>419</v>
+      </c>
+      <c r="AM142" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN142">
+        <v>-1</v>
+      </c>
+      <c r="AO142" t="s">
+        <v>2087</v>
+      </c>
+      <c r="AQ142">
+        <v>-1</v>
+      </c>
+      <c r="AR142" t="s">
+        <v>2088</v>
+      </c>
+      <c r="AS142" t="s">
+        <v>2036</v>
+      </c>
+      <c r="AT142">
+        <v>-1</v>
+      </c>
+      <c r="AU142" t="s">
+        <v>2083</v>
+      </c>
+      <c r="AV142" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB142" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC142" t="s">
+        <v>1616</v>
+      </c>
+      <c r="BD142" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE142" s="1">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="143" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A143" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B143" t="s">
+        <v>59</v>
+      </c>
+      <c r="C143" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D143" t="s">
+        <v>61</v>
+      </c>
+      <c r="E143" t="s">
+        <v>62</v>
+      </c>
+      <c r="F143" t="s">
+        <v>63</v>
+      </c>
+      <c r="G143" t="s">
+        <v>90</v>
+      </c>
+      <c r="H143" t="s">
+        <v>91</v>
+      </c>
+      <c r="I143" t="s">
+        <v>92</v>
+      </c>
+      <c r="J143">
+        <v>4</v>
+      </c>
+      <c r="K143">
+        <v>-1</v>
+      </c>
+      <c r="M143">
+        <v>-1</v>
+      </c>
+      <c r="N143" t="s">
+        <v>93</v>
+      </c>
+      <c r="O143" t="s">
+        <v>68</v>
+      </c>
+      <c r="P143" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>61</v>
+      </c>
+      <c r="R143" t="s">
+        <v>62</v>
+      </c>
+      <c r="S143">
+        <v>21180000</v>
+      </c>
+      <c r="T143" t="s">
+        <v>90</v>
+      </c>
+      <c r="U143" t="s">
+        <v>95</v>
+      </c>
+      <c r="V143" t="s">
+        <v>72</v>
+      </c>
+      <c r="W143" t="s">
+        <v>62</v>
+      </c>
+      <c r="X143">
+        <v>2118</v>
+      </c>
+      <c r="Y143" s="1">
+        <v>46069</v>
+      </c>
+      <c r="Z143" s="1">
+        <v>46097</v>
+      </c>
+      <c r="AA143" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB143" t="s">
+        <v>95</v>
+      </c>
+      <c r="AC143" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD143" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE143">
+        <v>24510000</v>
+      </c>
+      <c r="AF143" t="s">
+        <v>90</v>
+      </c>
+      <c r="AG143" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH143" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI143" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ143" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK143">
+        <v>18260000</v>
+      </c>
+      <c r="AL143" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM143" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN143">
+        <v>0</v>
+      </c>
+      <c r="AO143" t="s">
+        <v>98</v>
+      </c>
+      <c r="AQ143">
+        <v>-1</v>
+      </c>
+      <c r="AR143" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS143" t="s">
+        <v>108</v>
+      </c>
+      <c r="AT143">
+        <v>-1</v>
+      </c>
+      <c r="AU143" t="s">
+        <v>2091</v>
+      </c>
+      <c r="AV143" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB143" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC143" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD143" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE143" s="1">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="144" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A144" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B144" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C144" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D144" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E144" t="s">
+        <v>62</v>
+      </c>
+      <c r="F144" t="s">
+        <v>2096</v>
+      </c>
+      <c r="G144" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H144" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I144" t="s">
+        <v>2099</v>
+      </c>
+      <c r="J144">
+        <v>1</v>
+      </c>
+      <c r="K144">
+        <v>0</v>
+      </c>
+      <c r="M144">
+        <v>0</v>
+      </c>
+      <c r="O144" t="s">
+        <v>2100</v>
+      </c>
+      <c r="P144" t="s">
+        <v>2101</v>
+      </c>
+      <c r="Q144" t="s">
+        <v>2102</v>
+      </c>
+      <c r="R144" t="s">
+        <v>2103</v>
+      </c>
+      <c r="S144">
+        <v>606070000</v>
+      </c>
+      <c r="T144" t="s">
+        <v>2097</v>
+      </c>
+      <c r="U144" t="s">
+        <v>2104</v>
+      </c>
+      <c r="V144" t="s">
+        <v>2105</v>
+      </c>
+      <c r="W144" t="s">
+        <v>62</v>
+      </c>
+      <c r="X144">
+        <v>1532</v>
+      </c>
+      <c r="Y144" s="1">
+        <v>46072</v>
+      </c>
+      <c r="Z144" s="1">
+        <v>46174</v>
+      </c>
+      <c r="AA144" t="s">
+        <v>2106</v>
+      </c>
+      <c r="AB144" t="s">
+        <v>2104</v>
+      </c>
+      <c r="AC144" t="s">
+        <v>2105</v>
+      </c>
+      <c r="AD144" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE144">
+        <v>15320000</v>
+      </c>
+      <c r="AF144" t="s">
+        <v>2097</v>
+      </c>
+      <c r="AG144" t="s">
+        <v>2107</v>
+      </c>
+      <c r="AH144" t="s">
+        <v>2108</v>
+      </c>
+      <c r="AI144" t="s">
+        <v>531</v>
+      </c>
+      <c r="AJ144" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK144">
+        <v>18540000</v>
+      </c>
+      <c r="AL144" t="s">
+        <v>2109</v>
+      </c>
+      <c r="AM144" t="s">
+        <v>2110</v>
+      </c>
+      <c r="AN144">
+        <v>-1</v>
+      </c>
+      <c r="AO144" t="s">
+        <v>2111</v>
+      </c>
+      <c r="AQ144">
+        <v>-1</v>
+      </c>
+      <c r="AR144" t="s">
+        <v>2112</v>
+      </c>
+      <c r="AS144" t="s">
+        <v>2113</v>
+      </c>
+      <c r="AT144">
+        <v>0</v>
+      </c>
+      <c r="AV144" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB144" t="s">
+        <v>2114</v>
+      </c>
+      <c r="BC144" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD144" t="s">
+        <v>2107</v>
+      </c>
+      <c r="BE144" s="1">
+        <v>46057</v>
+      </c>
+      <c r="BF144" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="145" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A145" t="s">
+        <v>2116</v>
+      </c>
+      <c r="B145" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C145" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D145" t="s">
+        <v>61</v>
+      </c>
+      <c r="E145" t="s">
+        <v>62</v>
+      </c>
+      <c r="F145" t="s">
+        <v>250</v>
+      </c>
+      <c r="G145" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H145" t="s">
+        <v>153</v>
+      </c>
+      <c r="I145" t="s">
+        <v>1948</v>
+      </c>
+      <c r="J145">
+        <v>1</v>
+      </c>
+      <c r="K145">
+        <v>-1</v>
+      </c>
+      <c r="M145">
+        <v>0</v>
+      </c>
+      <c r="O145" t="s">
+        <v>2120</v>
+      </c>
+      <c r="P145" t="s">
+        <v>2121</v>
+      </c>
+      <c r="Q145" t="s">
+        <v>2122</v>
+      </c>
+      <c r="R145" t="s">
+        <v>62</v>
+      </c>
+      <c r="S145">
+        <v>21300000</v>
+      </c>
+      <c r="T145" t="s">
+        <v>2119</v>
+      </c>
+      <c r="U145" t="s">
+        <v>2123</v>
+      </c>
+      <c r="V145" t="s">
+        <v>2124</v>
+      </c>
+      <c r="W145" t="s">
+        <v>62</v>
+      </c>
+      <c r="X145">
+        <v>2132</v>
+      </c>
+      <c r="Y145" s="1">
+        <v>46083</v>
+      </c>
+      <c r="Z145" s="1">
+        <v>46089</v>
+      </c>
+      <c r="AA145" t="s">
+        <v>2125</v>
+      </c>
+      <c r="AB145" t="s">
+        <v>2123</v>
+      </c>
+      <c r="AC145" t="s">
+        <v>2124</v>
+      </c>
+      <c r="AD145" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE145">
+        <v>21320000</v>
+      </c>
+      <c r="AF145" t="s">
+        <v>2125</v>
+      </c>
+      <c r="AG145" t="s">
+        <v>2126</v>
+      </c>
+      <c r="AH145" t="s">
+        <v>2127</v>
+      </c>
+      <c r="AI145" t="s">
+        <v>2128</v>
+      </c>
+      <c r="AJ145" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK145">
+        <v>21910000</v>
+      </c>
+      <c r="AL145" t="s">
+        <v>2129</v>
+      </c>
+      <c r="AM145" t="s">
+        <v>2130</v>
+      </c>
+      <c r="AN145">
+        <v>-1</v>
+      </c>
+      <c r="AO145" t="s">
+        <v>2131</v>
+      </c>
+      <c r="AQ145">
+        <v>-1</v>
+      </c>
+      <c r="AR145" t="s">
+        <v>2132</v>
+      </c>
+      <c r="AS145" t="s">
+        <v>2133</v>
+      </c>
+      <c r="AT145">
+        <v>-1</v>
+      </c>
+      <c r="AU145" t="s">
+        <v>2134</v>
+      </c>
+      <c r="AV145" t="s">
+        <v>101</v>
+      </c>
+      <c r="AW145" t="s">
+        <v>2135</v>
+      </c>
+      <c r="BB145" t="s">
+        <v>2136</v>
+      </c>
+      <c r="BC145" t="s">
+        <v>2137</v>
+      </c>
+      <c r="BD145" t="s">
+        <v>2138</v>
+      </c>
+      <c r="BE145" s="1">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="146" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A146" t="s">
+        <v>2139</v>
+      </c>
+      <c r="B146" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C146" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D146" t="s">
+        <v>1579</v>
+      </c>
+      <c r="E146" t="s">
+        <v>62</v>
+      </c>
+      <c r="F146" t="s">
+        <v>2142</v>
+      </c>
+      <c r="G146" t="s">
+        <v>2143</v>
+      </c>
+      <c r="H146" t="s">
+        <v>153</v>
+      </c>
+      <c r="I146" t="s">
+        <v>2144</v>
+      </c>
+      <c r="J146">
+        <v>1</v>
+      </c>
+      <c r="K146">
+        <v>0</v>
+      </c>
+      <c r="M146">
+        <v>0</v>
+      </c>
+      <c r="O146" t="s">
+        <v>2100</v>
+      </c>
+      <c r="P146" t="s">
+        <v>2101</v>
+      </c>
+      <c r="Q146" t="s">
+        <v>2102</v>
+      </c>
+      <c r="R146" t="s">
+        <v>2103</v>
+      </c>
+      <c r="S146">
+        <v>606070000</v>
+      </c>
+      <c r="T146" t="s">
+        <v>2143</v>
+      </c>
+      <c r="U146" t="s">
+        <v>2104</v>
+      </c>
+      <c r="V146" t="s">
+        <v>2105</v>
+      </c>
+      <c r="W146" t="s">
+        <v>62</v>
+      </c>
+      <c r="X146">
+        <v>1532</v>
+      </c>
+      <c r="Y146" s="1">
+        <v>46072</v>
+      </c>
+      <c r="Z146" s="1">
+        <v>46174</v>
+      </c>
+      <c r="AA146" t="s">
+        <v>2106</v>
+      </c>
+      <c r="AB146" t="s">
+        <v>2104</v>
+      </c>
+      <c r="AC146" t="s">
+        <v>2105</v>
+      </c>
+      <c r="AD146" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE146">
+        <v>15320000</v>
+      </c>
+      <c r="AF146" t="s">
+        <v>2145</v>
+      </c>
+      <c r="AG146" t="s">
+        <v>2107</v>
+      </c>
+      <c r="AH146" t="s">
+        <v>2108</v>
+      </c>
+      <c r="AI146" t="s">
+        <v>531</v>
+      </c>
+      <c r="AJ146" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK146">
+        <v>18540000</v>
+      </c>
+      <c r="AL146" t="s">
+        <v>2109</v>
+      </c>
+      <c r="AM146" t="s">
+        <v>2110</v>
+      </c>
+      <c r="AN146">
+        <v>-1</v>
+      </c>
+      <c r="AO146" t="s">
+        <v>2111</v>
+      </c>
+      <c r="AQ146">
+        <v>-1</v>
+      </c>
+      <c r="AR146" t="s">
+        <v>2146</v>
+      </c>
+      <c r="AS146" t="s">
+        <v>2147</v>
+      </c>
+      <c r="AT146">
+        <v>0</v>
+      </c>
+      <c r="AV146" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB146" t="s">
+        <v>2114</v>
+      </c>
+      <c r="BC146" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD146" t="s">
+        <v>2107</v>
+      </c>
+      <c r="BE146" s="1">
+        <v>46057</v>
+      </c>
+      <c r="BF146" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="147" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A147" t="s">
+        <v>2148</v>
+      </c>
+      <c r="B147" t="s">
+        <v>59</v>
+      </c>
+      <c r="C147" t="s">
+        <v>2149</v>
+      </c>
+      <c r="D147" t="s">
+        <v>61</v>
+      </c>
+      <c r="E147" t="s">
+        <v>62</v>
+      </c>
+      <c r="F147" t="s">
+        <v>63</v>
+      </c>
+      <c r="G147" t="s">
+        <v>90</v>
+      </c>
+      <c r="H147" t="s">
+        <v>91</v>
+      </c>
+      <c r="I147" t="s">
+        <v>92</v>
+      </c>
+      <c r="J147">
+        <v>4</v>
+      </c>
+      <c r="K147">
+        <v>-1</v>
+      </c>
+      <c r="M147">
+        <v>-1</v>
+      </c>
+      <c r="N147" t="s">
+        <v>93</v>
+      </c>
+      <c r="O147" t="s">
+        <v>68</v>
+      </c>
+      <c r="P147" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q147" t="s">
+        <v>61</v>
+      </c>
+      <c r="R147" t="s">
+        <v>62</v>
+      </c>
+      <c r="S147">
+        <v>21180000</v>
+      </c>
+      <c r="T147" t="s">
+        <v>90</v>
+      </c>
+      <c r="U147" t="s">
+        <v>95</v>
+      </c>
+      <c r="V147" t="s">
+        <v>72</v>
+      </c>
+      <c r="W147" t="s">
+        <v>62</v>
+      </c>
+      <c r="X147">
+        <v>2451</v>
+      </c>
+      <c r="Y147" s="1">
+        <v>46069</v>
+      </c>
+      <c r="Z147" s="1">
+        <v>46097</v>
+      </c>
+      <c r="AA147" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB147" t="s">
+        <v>95</v>
+      </c>
+      <c r="AC147" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD147" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE147">
+        <v>24510000</v>
+      </c>
+      <c r="AF147" t="s">
+        <v>90</v>
+      </c>
+      <c r="AG147" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH147" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI147" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ147" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK147">
+        <v>18260000</v>
+      </c>
+      <c r="AL147" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM147" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN147">
+        <v>0</v>
+      </c>
+      <c r="AO147" t="s">
+        <v>98</v>
+      </c>
+      <c r="AQ147">
+        <v>-1</v>
+      </c>
+      <c r="AR147" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS147" t="s">
+        <v>108</v>
+      </c>
+      <c r="AT147">
+        <v>-1</v>
+      </c>
+      <c r="AU147" t="s">
+        <v>2150</v>
+      </c>
+      <c r="AV147" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB147" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC147" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD147" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE147" s="1">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="148" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A148" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B148" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C148" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D148" t="s">
+        <v>215</v>
+      </c>
+      <c r="E148" t="s">
+        <v>62</v>
+      </c>
+      <c r="F148" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G148" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H148" t="s">
+        <v>153</v>
+      </c>
+      <c r="I148" t="s">
+        <v>1054</v>
+      </c>
+      <c r="J148">
+        <v>3</v>
+      </c>
+      <c r="K148">
+        <v>-1</v>
+      </c>
+      <c r="M148">
+        <v>0</v>
+      </c>
+      <c r="O148" t="s">
+        <v>2155</v>
+      </c>
+      <c r="P148" t="s">
+        <v>2156</v>
+      </c>
+      <c r="Q148" t="s">
+        <v>2157</v>
+      </c>
+      <c r="R148" t="s">
+        <v>62</v>
+      </c>
+      <c r="S148">
+        <v>21300000</v>
+      </c>
+      <c r="T148" t="s">
+        <v>2158</v>
+      </c>
+      <c r="U148" t="s">
+        <v>2159</v>
+      </c>
+      <c r="V148" t="s">
+        <v>215</v>
+      </c>
+      <c r="W148" t="s">
+        <v>62</v>
+      </c>
+      <c r="X148">
+        <v>1610</v>
+      </c>
+      <c r="Y148" s="1">
+        <v>46069</v>
+      </c>
+      <c r="Z148" s="1">
+        <v>46387</v>
+      </c>
+      <c r="AA148" t="s">
+        <v>1201</v>
+      </c>
+      <c r="AB148" t="s">
+        <v>1315</v>
+      </c>
+      <c r="AC148" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD148" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE148">
+        <v>21690000</v>
+      </c>
+      <c r="AF148" t="s">
+        <v>2158</v>
+      </c>
+      <c r="AG148" t="s">
+        <v>1088</v>
+      </c>
+      <c r="AH148" t="s">
+        <v>1089</v>
+      </c>
+      <c r="AI148" t="s">
+        <v>1001</v>
+      </c>
+      <c r="AJ148" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK148">
+        <v>18430000</v>
+      </c>
+      <c r="AL148" t="s">
+        <v>1097</v>
+      </c>
+      <c r="AM148" t="s">
+        <v>1091</v>
+      </c>
+      <c r="AN148">
+        <v>0</v>
+      </c>
+      <c r="AO148" t="s">
+        <v>2160</v>
+      </c>
+      <c r="AP148" t="s">
+        <v>2161</v>
+      </c>
+      <c r="AQ148">
+        <v>-1</v>
+      </c>
+      <c r="AR148" t="s">
+        <v>750</v>
+      </c>
+      <c r="AS148" t="s">
+        <v>2162</v>
+      </c>
+      <c r="AT148">
+        <v>-1</v>
+      </c>
+      <c r="AU148" t="s">
+        <v>2163</v>
+      </c>
+      <c r="AV148" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB148" t="s">
+        <v>1097</v>
+      </c>
+      <c r="BC148" t="s">
+        <v>307</v>
+      </c>
+      <c r="BD148" t="s">
+        <v>1088</v>
+      </c>
+      <c r="BE148" s="1">
+        <v>46058</v>
+      </c>
+      <c r="BF148" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="149" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A149" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B149" t="s">
+        <v>2165</v>
+      </c>
+      <c r="C149" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D149" t="s">
+        <v>590</v>
+      </c>
+      <c r="E149" t="s">
+        <v>62</v>
+      </c>
+      <c r="F149" t="s">
+        <v>591</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2167</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2168</v>
+      </c>
+      <c r="I149" t="s">
+        <v>2169</v>
+      </c>
+      <c r="J149">
+        <v>2</v>
+      </c>
+      <c r="K149">
+        <v>-1</v>
+      </c>
+      <c r="M149">
+        <v>0</v>
+      </c>
+      <c r="O149" t="s">
+        <v>2170</v>
+      </c>
+      <c r="P149" t="s">
+        <v>2171</v>
+      </c>
+      <c r="Q149" t="s">
+        <v>437</v>
+      </c>
+      <c r="R149" t="s">
+        <v>62</v>
+      </c>
+      <c r="S149">
+        <v>24210000</v>
+      </c>
+      <c r="T149" t="s">
+        <v>2167</v>
+      </c>
+      <c r="U149" t="s">
+        <v>2171</v>
+      </c>
+      <c r="V149" t="s">
+        <v>437</v>
+      </c>
+      <c r="W149" t="s">
+        <v>62</v>
+      </c>
+      <c r="X149">
+        <v>2421</v>
+      </c>
+      <c r="Y149" s="1">
+        <v>46071</v>
+      </c>
+      <c r="Z149" s="1">
+        <v>46446</v>
+      </c>
+      <c r="AA149" t="s">
+        <v>179</v>
+      </c>
+      <c r="AB149" t="s">
+        <v>180</v>
+      </c>
+      <c r="AC149" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD149" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE149">
+        <v>21190000</v>
+      </c>
+      <c r="AF149" t="s">
+        <v>2172</v>
+      </c>
+      <c r="AG149" t="s">
+        <v>2173</v>
+      </c>
+      <c r="AH149" t="s">
+        <v>778</v>
+      </c>
+      <c r="AI149" t="s">
+        <v>779</v>
+      </c>
+      <c r="AJ149" t="s">
+        <v>599</v>
+      </c>
+      <c r="AK149">
+        <v>30790000</v>
+      </c>
+      <c r="AL149" t="s">
+        <v>786</v>
+      </c>
+      <c r="AM149" t="s">
+        <v>781</v>
+      </c>
+      <c r="AN149">
+        <v>0</v>
+      </c>
+      <c r="AP149" t="s">
+        <v>2174</v>
+      </c>
+      <c r="AQ149">
+        <v>-1</v>
+      </c>
+      <c r="AR149" t="s">
+        <v>2175</v>
+      </c>
+      <c r="AS149" t="s">
+        <v>2176</v>
+      </c>
+      <c r="AT149">
+        <v>-1</v>
+      </c>
+      <c r="AU149" t="s">
+        <v>2177</v>
+      </c>
+      <c r="AV149" t="s">
+        <v>678</v>
+      </c>
+      <c r="BB149" t="s">
+        <v>786</v>
+      </c>
+      <c r="BC149" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD149" t="s">
+        <v>777</v>
+      </c>
+      <c r="BE149" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="150" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A150" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B150" t="s">
+        <v>409</v>
+      </c>
+      <c r="C150" t="s">
+        <v>2179</v>
+      </c>
+      <c r="D150" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E150" t="s">
+        <v>62</v>
+      </c>
+      <c r="F150" t="s">
+        <v>2180</v>
+      </c>
+      <c r="G150" t="s">
+        <v>2181</v>
+      </c>
+      <c r="H150" t="s">
+        <v>153</v>
+      </c>
+      <c r="I150" t="s">
+        <v>1508</v>
+      </c>
+      <c r="J150">
+        <v>1</v>
+      </c>
+      <c r="K150">
+        <v>-1</v>
+      </c>
+      <c r="M150">
+        <v>0</v>
+      </c>
+      <c r="O150" t="s">
+        <v>409</v>
+      </c>
+      <c r="P150" t="s">
+        <v>410</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>72</v>
+      </c>
+      <c r="R150" t="s">
+        <v>62</v>
+      </c>
+      <c r="S150">
+        <v>24510000</v>
+      </c>
+      <c r="T150" t="s">
+        <v>2181</v>
+      </c>
+      <c r="U150" t="s">
+        <v>2182</v>
+      </c>
+      <c r="V150" t="s">
+        <v>139</v>
+      </c>
+      <c r="W150" t="s">
+        <v>62</v>
+      </c>
+      <c r="X150">
+        <v>2109</v>
+      </c>
+      <c r="Y150" s="1">
+        <v>46071</v>
+      </c>
+      <c r="Z150" s="1">
+        <v>46418</v>
+      </c>
+      <c r="AA150" t="s">
+        <v>2183</v>
+      </c>
+      <c r="AB150" t="s">
+        <v>2184</v>
+      </c>
+      <c r="AC150" t="s">
+        <v>460</v>
+      </c>
+      <c r="AD150" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE150">
+        <v>20210000</v>
+      </c>
+      <c r="AF150" t="s">
+        <v>2185</v>
+      </c>
+      <c r="AG150" t="s">
+        <v>2186</v>
+      </c>
+      <c r="AH150" t="s">
+        <v>2187</v>
+      </c>
+      <c r="AI150" t="s">
+        <v>2188</v>
+      </c>
+      <c r="AJ150" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK150">
+        <v>27660000</v>
+      </c>
+      <c r="AL150" t="s">
+        <v>2189</v>
+      </c>
+      <c r="AM150" t="s">
+        <v>2190</v>
+      </c>
+      <c r="AN150">
+        <v>0</v>
+      </c>
+      <c r="AP150" t="s">
+        <v>2191</v>
+      </c>
+      <c r="AQ150">
+        <v>-1</v>
+      </c>
+      <c r="AR150" t="s">
+        <v>422</v>
+      </c>
+      <c r="AS150" t="s">
+        <v>423</v>
+      </c>
+      <c r="AT150">
+        <v>-1</v>
+      </c>
+      <c r="AU150" t="s">
+        <v>2192</v>
+      </c>
+      <c r="AV150" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB150" t="s">
+        <v>2193</v>
+      </c>
+      <c r="BC150" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD150" t="s">
+        <v>2183</v>
+      </c>
+      <c r="BE150" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="151" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A151" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B151" t="s">
+        <v>195</v>
+      </c>
+      <c r="C151" t="s">
+        <v>196</v>
+      </c>
+      <c r="D151" t="s">
+        <v>61</v>
+      </c>
+      <c r="E151" t="s">
+        <v>62</v>
+      </c>
+      <c r="F151" t="s">
+        <v>197</v>
+      </c>
+      <c r="G151" t="s">
+        <v>2195</v>
+      </c>
+      <c r="H151" t="s">
+        <v>153</v>
+      </c>
+      <c r="I151" t="s">
+        <v>2196</v>
+      </c>
+      <c r="J151">
+        <v>10</v>
+      </c>
+      <c r="K151">
+        <v>0</v>
+      </c>
+      <c r="M151">
+        <v>0</v>
+      </c>
+      <c r="O151" t="s">
+        <v>195</v>
+      </c>
+      <c r="P151" t="s">
+        <v>196</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>61</v>
+      </c>
+      <c r="R151" t="s">
+        <v>62</v>
+      </c>
+      <c r="S151">
+        <v>21290000</v>
+      </c>
+      <c r="T151" t="s">
+        <v>2195</v>
+      </c>
+      <c r="U151" t="s">
+        <v>196</v>
+      </c>
+      <c r="V151" t="s">
+        <v>61</v>
+      </c>
+      <c r="W151" t="s">
+        <v>62</v>
+      </c>
+      <c r="X151">
+        <v>2129</v>
+      </c>
+      <c r="Y151" s="1">
+        <v>46068</v>
+      </c>
+      <c r="Z151" s="1">
+        <v>46431</v>
+      </c>
+      <c r="AA151" t="s">
+        <v>200</v>
+      </c>
+      <c r="AB151" t="s">
+        <v>201</v>
+      </c>
+      <c r="AC151" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD151" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE151">
+        <v>21690000</v>
+      </c>
+      <c r="AF151" t="s">
+        <v>203</v>
+      </c>
+      <c r="AG151" t="s">
+        <v>200</v>
+      </c>
+      <c r="AH151" t="s">
+        <v>201</v>
+      </c>
+      <c r="AI151" t="s">
+        <v>202</v>
+      </c>
+      <c r="AJ151" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK151">
+        <v>21690000</v>
+      </c>
+      <c r="AL151" t="s">
+        <v>203</v>
+      </c>
+      <c r="AM151" t="s">
+        <v>204</v>
+      </c>
+      <c r="AN151">
+        <v>0</v>
+      </c>
+      <c r="AP151" t="s">
+        <v>2197</v>
+      </c>
+      <c r="AQ151">
+        <v>-1</v>
+      </c>
+      <c r="AR151" t="s">
+        <v>206</v>
+      </c>
+      <c r="AS151" t="s">
+        <v>207</v>
+      </c>
+      <c r="AT151">
+        <v>-1</v>
+      </c>
+      <c r="AU151" t="s">
+        <v>2198</v>
+      </c>
+      <c r="AV151" t="s">
+        <v>208</v>
+      </c>
+      <c r="BB151" t="s">
+        <v>209</v>
+      </c>
+      <c r="BC151" t="s">
+        <v>210</v>
+      </c>
+      <c r="BD151" t="s">
+        <v>200</v>
+      </c>
+      <c r="BE151" s="1">
+        <v>46058</v>
+      </c>
+      <c r="BF151" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="152" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A152" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B152" t="s">
+        <v>2201</v>
+      </c>
+      <c r="C152" t="s">
+        <v>2202</v>
+      </c>
+      <c r="D152" t="s">
+        <v>779</v>
+      </c>
+      <c r="E152" t="s">
+        <v>62</v>
+      </c>
+      <c r="F152" t="s">
+        <v>2203</v>
+      </c>
+      <c r="G152" t="s">
+        <v>2204</v>
+      </c>
+      <c r="H152" t="s">
+        <v>2205</v>
+      </c>
+      <c r="I152" t="s">
+        <v>2206</v>
+      </c>
+      <c r="J152">
+        <v>1</v>
+      </c>
+      <c r="K152">
+        <v>-1</v>
+      </c>
+      <c r="M152">
+        <v>0</v>
+      </c>
+      <c r="O152" t="s">
+        <v>2201</v>
+      </c>
+      <c r="P152" t="s">
+        <v>2207</v>
+      </c>
+      <c r="Q152" t="s">
+        <v>779</v>
+      </c>
+      <c r="R152" t="s">
+        <v>62</v>
+      </c>
+      <c r="S152">
+        <v>19700000</v>
+      </c>
+      <c r="T152" t="s">
+        <v>2204</v>
+      </c>
+      <c r="U152" t="s">
+        <v>2207</v>
+      </c>
+      <c r="V152" t="s">
+        <v>779</v>
+      </c>
+      <c r="W152" t="s">
+        <v>62</v>
+      </c>
+      <c r="X152">
+        <v>1970</v>
+      </c>
+      <c r="Y152" s="1">
+        <v>46083</v>
+      </c>
+      <c r="Z152" s="1">
+        <v>46112</v>
+      </c>
+      <c r="AA152" t="s">
+        <v>2208</v>
+      </c>
+      <c r="AB152" t="s">
+        <v>2209</v>
+      </c>
+      <c r="AC152" t="s">
+        <v>2210</v>
+      </c>
+      <c r="AD152" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE152">
+        <v>18670000</v>
+      </c>
+      <c r="AF152" t="s">
+        <v>2211</v>
+      </c>
+      <c r="AG152" t="s">
+        <v>2208</v>
+      </c>
+      <c r="AH152" t="s">
+        <v>2209</v>
+      </c>
+      <c r="AI152" t="s">
+        <v>2210</v>
+      </c>
+      <c r="AJ152" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK152">
+        <v>18670000</v>
+      </c>
+      <c r="AL152" t="s">
+        <v>2211</v>
+      </c>
+      <c r="AM152" t="s">
+        <v>2212</v>
+      </c>
+      <c r="AN152">
+        <v>0</v>
+      </c>
+      <c r="AP152" t="s">
+        <v>2213</v>
+      </c>
+      <c r="AQ152">
+        <v>-1</v>
+      </c>
+      <c r="AR152" t="s">
+        <v>2214</v>
+      </c>
+      <c r="AS152" t="s">
+        <v>2215</v>
+      </c>
+      <c r="AT152">
+        <v>0</v>
+      </c>
+      <c r="AV152" t="s">
+        <v>208</v>
+      </c>
+      <c r="BB152" t="s">
+        <v>2216</v>
+      </c>
+      <c r="BC152" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD152" t="s">
+        <v>2208</v>
+      </c>
+      <c r="BE152" s="1">
+        <v>46059</v>
+      </c>
+      <c r="BF152" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="153" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A153" t="s">
+        <v>2217</v>
+      </c>
+      <c r="B153" t="s">
+        <v>2218</v>
+      </c>
+      <c r="C153" t="s">
+        <v>2219</v>
+      </c>
+      <c r="D153" t="s">
+        <v>453</v>
+      </c>
+      <c r="E153" t="s">
+        <v>62</v>
+      </c>
+      <c r="F153" t="s">
+        <v>2220</v>
+      </c>
+      <c r="G153" t="s">
+        <v>2221</v>
+      </c>
+      <c r="H153" t="s">
+        <v>456</v>
+      </c>
+      <c r="I153" t="s">
+        <v>2222</v>
+      </c>
+      <c r="J153">
+        <v>3</v>
+      </c>
+      <c r="K153">
+        <v>-1</v>
+      </c>
+      <c r="M153">
+        <v>-1</v>
+      </c>
+      <c r="N153" t="s">
+        <v>2223</v>
+      </c>
+      <c r="O153" t="s">
+        <v>2224</v>
+      </c>
+      <c r="P153" t="s">
+        <v>2225</v>
+      </c>
+      <c r="Q153" t="s">
+        <v>1816</v>
+      </c>
+      <c r="R153" t="s">
+        <v>62</v>
+      </c>
+      <c r="S153">
+        <v>23240000</v>
+      </c>
+      <c r="T153" t="s">
+        <v>2221</v>
+      </c>
+      <c r="U153" t="s">
+        <v>2226</v>
+      </c>
+      <c r="V153" t="s">
+        <v>2227</v>
+      </c>
+      <c r="W153" t="s">
+        <v>62</v>
+      </c>
+      <c r="X153">
+        <v>2747</v>
+      </c>
+      <c r="Y153" s="1">
+        <v>46071</v>
+      </c>
+      <c r="Z153" s="1">
+        <v>46099</v>
+      </c>
+      <c r="AA153" t="s">
+        <v>2224</v>
+      </c>
+      <c r="AB153" t="s">
+        <v>2225</v>
+      </c>
+      <c r="AC153" t="s">
+        <v>1816</v>
+      </c>
+      <c r="AD153" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE153">
+        <v>23240000</v>
+      </c>
+      <c r="AF153" t="s">
+        <v>2228</v>
+      </c>
+      <c r="AG153" t="s">
+        <v>2224</v>
+      </c>
+      <c r="AH153" t="s">
+        <v>2225</v>
+      </c>
+      <c r="AI153" t="s">
+        <v>1816</v>
+      </c>
+      <c r="AJ153" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK153">
+        <v>23240000</v>
+      </c>
+      <c r="AL153" t="s">
+        <v>2228</v>
+      </c>
+      <c r="AM153" t="s">
+        <v>2229</v>
+      </c>
+      <c r="AN153">
+        <v>0</v>
+      </c>
+      <c r="AP153" t="s">
+        <v>2230</v>
+      </c>
+      <c r="AQ153">
+        <v>-1</v>
+      </c>
+      <c r="AR153" t="s">
+        <v>2231</v>
+      </c>
+      <c r="AS153" t="s">
+        <v>2232</v>
+      </c>
+      <c r="AT153">
+        <v>0</v>
+      </c>
+      <c r="AV153" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB153" t="s">
+        <v>2233</v>
+      </c>
+      <c r="BC153" t="s">
+        <v>2233</v>
+      </c>
+      <c r="BD153" t="s">
+        <v>153</v>
+      </c>
+      <c r="BE153" s="1">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="154" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A154" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B154" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C154" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D154" t="s">
+        <v>2237</v>
+      </c>
+      <c r="E154" t="s">
+        <v>62</v>
+      </c>
+      <c r="F154" t="s">
+        <v>1280</v>
+      </c>
+      <c r="G154" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H154" t="s">
+        <v>153</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1054</v>
+      </c>
+      <c r="J154">
+        <v>2</v>
+      </c>
+      <c r="K154">
+        <v>-1</v>
+      </c>
+      <c r="M154">
+        <v>0</v>
+      </c>
+      <c r="O154" t="s">
+        <v>2239</v>
+      </c>
+      <c r="P154" t="s">
+        <v>2240</v>
+      </c>
+      <c r="Q154" t="s">
+        <v>223</v>
+      </c>
+      <c r="R154" t="s">
+        <v>62</v>
+      </c>
+      <c r="S154">
+        <v>17570000</v>
+      </c>
+      <c r="T154" t="s">
+        <v>2238</v>
+      </c>
+      <c r="U154" t="s">
+        <v>2240</v>
+      </c>
+      <c r="V154" t="s">
+        <v>2241</v>
+      </c>
+      <c r="W154" t="s">
+        <v>62</v>
+      </c>
+      <c r="X154">
+        <v>2043</v>
+      </c>
+      <c r="Y154" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z154" s="1">
+        <v>46203</v>
+      </c>
+      <c r="AA154" t="s">
+        <v>2242</v>
+      </c>
+      <c r="AB154" t="s">
+        <v>2243</v>
+      </c>
+      <c r="AC154" t="s">
+        <v>2244</v>
+      </c>
+      <c r="AD154" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE154">
+        <v>20430000</v>
+      </c>
+      <c r="AF154" t="s">
+        <v>526</v>
+      </c>
+      <c r="AG154" t="s">
+        <v>2242</v>
+      </c>
+      <c r="AH154" t="s">
+        <v>2243</v>
+      </c>
+      <c r="AI154" t="s">
+        <v>2244</v>
+      </c>
+      <c r="AJ154" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK154">
+        <v>20430000</v>
+      </c>
+      <c r="AL154" t="s">
+        <v>526</v>
+      </c>
+      <c r="AM154" t="s">
+        <v>2245</v>
+      </c>
+      <c r="AN154">
+        <v>0</v>
+      </c>
+      <c r="AP154" t="s">
+        <v>2246</v>
+      </c>
+      <c r="AQ154">
+        <v>-1</v>
+      </c>
+      <c r="AR154" t="s">
+        <v>2247</v>
+      </c>
+      <c r="AS154" t="s">
+        <v>2248</v>
+      </c>
+      <c r="AT154">
+        <v>-1</v>
+      </c>
+      <c r="AU154" t="s">
+        <v>2249</v>
+      </c>
+      <c r="AV154" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB154" t="s">
+        <v>2250</v>
+      </c>
+      <c r="BC154" t="s">
+        <v>2250</v>
+      </c>
+      <c r="BD154" t="s">
+        <v>307</v>
+      </c>
+      <c r="BE154" s="1">
+        <v>46062</v>
+      </c>
+      <c r="BF154" t="s">
+        <v>2251</v>
+      </c>
+    </row>
+    <row r="155" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A155" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B155" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C155" t="s">
+        <v>2253</v>
+      </c>
+      <c r="D155" t="s">
+        <v>2254</v>
+      </c>
+      <c r="E155" t="s">
+        <v>62</v>
+      </c>
+      <c r="F155" t="s">
+        <v>2255</v>
+      </c>
+      <c r="G155" t="s">
+        <v>2256</v>
+      </c>
+      <c r="H155" t="s">
+        <v>153</v>
+      </c>
+      <c r="I155" t="s">
+        <v>2257</v>
+      </c>
+      <c r="J155">
+        <v>1</v>
+      </c>
+      <c r="K155">
+        <v>0</v>
+      </c>
+      <c r="M155">
+        <v>0</v>
+      </c>
+      <c r="O155" t="s">
+        <v>2258</v>
+      </c>
+      <c r="P155" t="s">
+        <v>2259</v>
+      </c>
+      <c r="Q155" t="s">
+        <v>61</v>
+      </c>
+      <c r="R155" t="s">
+        <v>62</v>
+      </c>
+      <c r="S155">
+        <v>21150000</v>
+      </c>
+      <c r="T155" t="s">
+        <v>2256</v>
+      </c>
+      <c r="U155" t="s">
+        <v>2253</v>
+      </c>
+      <c r="V155" t="s">
+        <v>2260</v>
+      </c>
+      <c r="W155" t="s">
+        <v>62</v>
+      </c>
+      <c r="X155">
+        <v>2019</v>
+      </c>
+      <c r="Y155" s="1">
+        <v>46078</v>
+      </c>
+      <c r="Z155" s="1">
+        <v>46386</v>
+      </c>
+      <c r="AA155" t="s">
+        <v>2261</v>
+      </c>
+      <c r="AB155" t="s">
+        <v>2262</v>
+      </c>
+      <c r="AC155" t="s">
+        <v>2254</v>
+      </c>
+      <c r="AD155" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE155">
+        <v>20190000</v>
+      </c>
+      <c r="AF155" t="s">
+        <v>2256</v>
+      </c>
+      <c r="AG155" t="s">
+        <v>2261</v>
+      </c>
+      <c r="AH155" t="s">
+        <v>2262</v>
+      </c>
+      <c r="AI155" t="s">
+        <v>2254</v>
+      </c>
+      <c r="AJ155" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK155">
+        <v>20190000</v>
+      </c>
+      <c r="AL155" t="s">
+        <v>2256</v>
+      </c>
+      <c r="AM155" t="s">
+        <v>2263</v>
+      </c>
+      <c r="AN155">
+        <v>-1</v>
+      </c>
+      <c r="AO155" t="s">
+        <v>2264</v>
+      </c>
+      <c r="AQ155">
+        <v>-1</v>
+      </c>
+      <c r="AR155" t="s">
+        <v>2132</v>
+      </c>
+      <c r="AS155" t="s">
+        <v>2133</v>
+      </c>
+      <c r="AT155">
+        <v>0</v>
+      </c>
+      <c r="AV155" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB155" t="s">
+        <v>2256</v>
+      </c>
+      <c r="BC155" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD155" t="s">
+        <v>2261</v>
+      </c>
+      <c r="BE155" s="1">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="156" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A156" t="s">
+        <v>2265</v>
+      </c>
+      <c r="B156" t="s">
+        <v>2266</v>
+      </c>
+      <c r="C156" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D156" t="s">
+        <v>2268</v>
+      </c>
+      <c r="E156" t="s">
+        <v>62</v>
+      </c>
+      <c r="F156" t="s">
+        <v>2269</v>
+      </c>
+      <c r="G156" t="s">
+        <v>2270</v>
+      </c>
+      <c r="H156" t="s">
+        <v>134</v>
+      </c>
+      <c r="I156" t="s">
+        <v>2271</v>
+      </c>
+      <c r="J156">
+        <v>3</v>
+      </c>
+      <c r="K156">
+        <v>-1</v>
+      </c>
+      <c r="M156">
+        <v>0</v>
+      </c>
+      <c r="O156" t="s">
+        <v>2270</v>
+      </c>
+      <c r="P156" t="s">
+        <v>2267</v>
+      </c>
+      <c r="Q156" t="s">
+        <v>2268</v>
+      </c>
+      <c r="R156" t="s">
+        <v>62</v>
+      </c>
+      <c r="S156">
+        <v>20260000</v>
+      </c>
+      <c r="T156" t="s">
+        <v>2270</v>
+      </c>
+      <c r="U156" t="s">
+        <v>2267</v>
+      </c>
+      <c r="V156" t="s">
+        <v>2272</v>
+      </c>
+      <c r="W156" t="s">
+        <v>62</v>
+      </c>
+      <c r="X156">
+        <v>2026</v>
+      </c>
+      <c r="Y156" s="1">
+        <v>46083</v>
+      </c>
+      <c r="Z156" s="1">
+        <v>46387</v>
+      </c>
+      <c r="AA156" t="s">
+        <v>2273</v>
+      </c>
+      <c r="AB156" t="s">
+        <v>2274</v>
+      </c>
+      <c r="AC156" t="s">
+        <v>1233</v>
+      </c>
+      <c r="AD156" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE156">
+        <v>21550000</v>
+      </c>
+      <c r="AF156" t="s">
+        <v>2275</v>
+      </c>
+      <c r="AG156" t="s">
+        <v>2273</v>
+      </c>
+      <c r="AH156" t="s">
+        <v>2274</v>
+      </c>
+      <c r="AI156" t="s">
+        <v>1233</v>
+      </c>
+      <c r="AJ156" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK156">
+        <v>21550000</v>
+      </c>
+      <c r="AL156" t="s">
+        <v>2275</v>
+      </c>
+      <c r="AM156" t="s">
+        <v>2276</v>
+      </c>
+      <c r="AN156">
+        <v>0</v>
+      </c>
+      <c r="AP156" t="s">
+        <v>2277</v>
+      </c>
+      <c r="AQ156">
+        <v>-1</v>
+      </c>
+      <c r="AR156" t="s">
+        <v>1436</v>
+      </c>
+      <c r="AS156" t="s">
+        <v>2278</v>
+      </c>
+      <c r="AT156">
+        <v>0</v>
+      </c>
+      <c r="AV156" t="s">
+        <v>2279</v>
+      </c>
+      <c r="BB156" t="s">
+        <v>2275</v>
+      </c>
+      <c r="BC156" t="s">
+        <v>1363</v>
+      </c>
+      <c r="BD156" t="s">
+        <v>2273</v>
+      </c>
+      <c r="BE156" s="1">
+        <v>46062</v>
+      </c>
+      <c r="BF156" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="157" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A157" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B157" t="s">
+        <v>2282</v>
+      </c>
+      <c r="C157" t="s">
+        <v>2283</v>
+      </c>
+      <c r="D157" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E157" t="s">
+        <v>62</v>
+      </c>
+      <c r="F157" t="s">
+        <v>2284</v>
+      </c>
+      <c r="G157" t="s">
+        <v>2285</v>
+      </c>
+      <c r="H157" t="s">
+        <v>2286</v>
+      </c>
+      <c r="I157" t="s">
+        <v>2287</v>
+      </c>
+      <c r="J157">
+        <v>1</v>
+      </c>
+      <c r="K157">
+        <v>-1</v>
+      </c>
+      <c r="M157">
+        <v>0</v>
+      </c>
+      <c r="O157" t="s">
+        <v>2282</v>
+      </c>
+      <c r="P157" t="s">
+        <v>2283</v>
+      </c>
+      <c r="Q157" t="s">
+        <v>1355</v>
+      </c>
+      <c r="R157" t="s">
+        <v>62</v>
+      </c>
+      <c r="S157">
+        <v>18900000</v>
+      </c>
+      <c r="T157" t="s">
+        <v>2285</v>
+      </c>
+      <c r="U157" t="s">
+        <v>2288</v>
+      </c>
+      <c r="V157" t="s">
+        <v>2289</v>
+      </c>
+      <c r="W157" t="s">
+        <v>62</v>
+      </c>
+      <c r="X157">
+        <v>2169</v>
+      </c>
+      <c r="Y157" s="1">
+        <v>46073</v>
+      </c>
+      <c r="Z157" s="1">
+        <v>46266</v>
+      </c>
+      <c r="AA157" t="s">
+        <v>2290</v>
+      </c>
+      <c r="AB157" t="s">
+        <v>2291</v>
+      </c>
+      <c r="AC157" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD157" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE157">
+        <v>21690000</v>
+      </c>
+      <c r="AF157" t="s">
+        <v>2292</v>
+      </c>
+      <c r="AG157" t="s">
+        <v>2293</v>
+      </c>
+      <c r="AH157" t="s">
+        <v>2294</v>
+      </c>
+      <c r="AI157" t="s">
+        <v>160</v>
+      </c>
+      <c r="AJ157" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK157">
+        <v>18870000</v>
+      </c>
+      <c r="AL157" t="s">
+        <v>2295</v>
+      </c>
+      <c r="AM157" t="s">
+        <v>2296</v>
+      </c>
+      <c r="AN157">
+        <v>0</v>
+      </c>
+      <c r="AP157" t="s">
+        <v>2297</v>
+      </c>
+      <c r="AQ157">
+        <v>-1</v>
+      </c>
+      <c r="AR157" t="s">
+        <v>2298</v>
+      </c>
+      <c r="AS157" t="s">
+        <v>2299</v>
+      </c>
+      <c r="AT157">
+        <v>0</v>
+      </c>
+      <c r="AV157" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW157" t="s">
+        <v>339</v>
+      </c>
+      <c r="BB157" t="s">
+        <v>2300</v>
+      </c>
+      <c r="BC157" t="s">
+        <v>336</v>
+      </c>
+      <c r="BD157" t="s">
+        <v>2282</v>
+      </c>
+      <c r="BE157" s="1">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="158" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A158" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B158" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C158" t="s">
+        <v>2303</v>
+      </c>
+      <c r="D158" t="s">
+        <v>516</v>
+      </c>
+      <c r="E158" t="s">
+        <v>62</v>
+      </c>
+      <c r="F158" t="s">
+        <v>517</v>
+      </c>
+      <c r="G158" t="s">
+        <v>2304</v>
+      </c>
+      <c r="H158" t="s">
+        <v>263</v>
+      </c>
+      <c r="I158" t="s">
+        <v>593</v>
+      </c>
+      <c r="J158">
+        <v>2</v>
+      </c>
+      <c r="K158">
+        <v>-1</v>
+      </c>
+      <c r="M158">
+        <v>0</v>
+      </c>
+      <c r="O158" t="s">
+        <v>2305</v>
+      </c>
+      <c r="P158" t="s">
+        <v>2306</v>
+      </c>
+      <c r="Q158" t="s">
+        <v>2307</v>
+      </c>
+      <c r="R158" t="s">
+        <v>62</v>
+      </c>
+      <c r="S158">
+        <v>24670000</v>
+      </c>
+      <c r="T158" t="s">
+        <v>2304</v>
+      </c>
+      <c r="U158" t="s">
+        <v>2303</v>
+      </c>
+      <c r="V158" t="s">
+        <v>516</v>
+      </c>
+      <c r="W158" t="s">
+        <v>62</v>
+      </c>
+      <c r="X158">
+        <v>2467</v>
+      </c>
+      <c r="Y158" s="1">
+        <v>46083</v>
+      </c>
+      <c r="Z158" s="1">
+        <v>46266</v>
+      </c>
+      <c r="AA158" t="s">
+        <v>498</v>
+      </c>
+      <c r="AB158" t="s">
+        <v>499</v>
+      </c>
+      <c r="AC158" t="s">
+        <v>500</v>
+      </c>
+      <c r="AD158" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE158">
+        <v>18640000</v>
+      </c>
+      <c r="AF158" t="s">
+        <v>2308</v>
+      </c>
+      <c r="AG158" t="s">
+        <v>2309</v>
+      </c>
+      <c r="AH158" t="s">
+        <v>2310</v>
+      </c>
+      <c r="AI158" t="s">
+        <v>160</v>
+      </c>
+      <c r="AJ158" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK158">
+        <v>18870000</v>
+      </c>
+      <c r="AL158" t="s">
+        <v>2311</v>
+      </c>
+      <c r="AM158" t="s">
+        <v>2312</v>
+      </c>
+      <c r="AN158">
+        <v>0</v>
+      </c>
+      <c r="AO158" t="s">
+        <v>2313</v>
+      </c>
+      <c r="AP158" t="s">
+        <v>2314</v>
+      </c>
+      <c r="AQ158">
+        <v>-1</v>
+      </c>
+      <c r="AR158" t="s">
+        <v>2315</v>
+      </c>
+      <c r="AS158" t="s">
+        <v>2316</v>
+      </c>
+      <c r="AT158">
+        <v>-1</v>
+      </c>
+      <c r="AU158" t="s">
+        <v>2317</v>
+      </c>
+      <c r="AV158" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB158" t="s">
+        <v>2318</v>
+      </c>
+      <c r="BC158" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD158" t="s">
+        <v>498</v>
+      </c>
+      <c r="BE158" s="1">
+        <v>46063</v>
+      </c>
+      <c r="BF158" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="159" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A159" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B159" t="s">
+        <v>2320</v>
+      </c>
+      <c r="C159" t="s">
+        <v>2321</v>
+      </c>
+      <c r="D159" t="s">
+        <v>61</v>
+      </c>
+      <c r="E159" t="s">
+        <v>62</v>
+      </c>
+      <c r="F159" t="s">
+        <v>2322</v>
+      </c>
+      <c r="G159" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H159" t="s">
+        <v>2324</v>
+      </c>
+      <c r="I159" t="s">
+        <v>2325</v>
+      </c>
+      <c r="J159">
+        <v>1</v>
+      </c>
+      <c r="K159">
+        <v>0</v>
+      </c>
+      <c r="M159">
+        <v>0</v>
+      </c>
+      <c r="O159" t="s">
+        <v>2326</v>
+      </c>
+      <c r="P159" t="s">
+        <v>2321</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>61</v>
+      </c>
+      <c r="R159" t="s">
+        <v>62</v>
+      </c>
+      <c r="S159">
+        <v>21110000</v>
+      </c>
+      <c r="T159" t="s">
+        <v>2323</v>
+      </c>
+      <c r="U159" t="s">
+        <v>2321</v>
+      </c>
+      <c r="V159" t="s">
+        <v>61</v>
+      </c>
+      <c r="W159" t="s">
+        <v>62</v>
+      </c>
+      <c r="X159">
+        <v>2111</v>
+      </c>
+      <c r="Y159" s="1">
+        <v>46097</v>
+      </c>
+      <c r="Z159" s="1">
+        <v>46175</v>
+      </c>
+      <c r="AA159" t="s">
+        <v>1493</v>
+      </c>
+      <c r="AB159" t="s">
+        <v>1494</v>
+      </c>
+      <c r="AC159" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD159" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE159">
+        <v>21710000</v>
+      </c>
+      <c r="AF159" t="s">
+        <v>2327</v>
+      </c>
+      <c r="AG159" t="s">
+        <v>1493</v>
+      </c>
+      <c r="AH159" t="s">
+        <v>1494</v>
+      </c>
+      <c r="AI159" t="s">
+        <v>202</v>
+      </c>
+      <c r="AJ159" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK159">
+        <v>21710000</v>
+      </c>
+      <c r="AL159" t="s">
+        <v>2327</v>
+      </c>
+      <c r="AM159" t="s">
+        <v>2328</v>
+      </c>
+      <c r="AN159">
+        <v>0</v>
+      </c>
+      <c r="AO159" t="s">
+        <v>2329</v>
+      </c>
+      <c r="AP159" t="s">
+        <v>2330</v>
+      </c>
+      <c r="AQ159">
+        <v>-1</v>
+      </c>
+      <c r="AR159" t="s">
+        <v>2331</v>
+      </c>
+      <c r="AS159" t="s">
+        <v>2332</v>
+      </c>
+      <c r="AT159">
+        <v>0</v>
+      </c>
+      <c r="AV159" t="s">
+        <v>146</v>
+      </c>
+      <c r="BB159" t="s">
+        <v>2333</v>
+      </c>
+      <c r="BC159" t="s">
+        <v>1493</v>
+      </c>
+      <c r="BD159" t="s">
+        <v>1493</v>
+      </c>
+      <c r="BE159" s="1">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="160" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A160" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B160" t="s">
+        <v>2335</v>
+      </c>
+      <c r="C160" t="s">
+        <v>2335</v>
+      </c>
+      <c r="D160" t="s">
+        <v>61</v>
+      </c>
+      <c r="E160" t="s">
+        <v>62</v>
+      </c>
+      <c r="F160" t="s">
+        <v>769</v>
+      </c>
+      <c r="G160" t="s">
+        <v>2336</v>
+      </c>
+      <c r="H160" t="s">
+        <v>2337</v>
+      </c>
+      <c r="I160" t="s">
+        <v>2338</v>
+      </c>
+      <c r="J160">
+        <v>37</v>
+      </c>
+      <c r="K160">
+        <v>-1</v>
+      </c>
+      <c r="M160">
+        <v>0</v>
+      </c>
+      <c r="O160" t="s">
+        <v>2339</v>
+      </c>
+      <c r="P160" t="s">
+        <v>2335</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>61</v>
+      </c>
+      <c r="R160" t="s">
+        <v>62</v>
+      </c>
+      <c r="S160">
+        <v>21100000</v>
+      </c>
+      <c r="T160" t="s">
+        <v>2336</v>
+      </c>
+      <c r="U160" t="s">
+        <v>2335</v>
+      </c>
+      <c r="V160" t="s">
+        <v>61</v>
+      </c>
+      <c r="W160" t="s">
+        <v>62</v>
+      </c>
+      <c r="X160">
+        <v>2110</v>
+      </c>
+      <c r="Y160" s="1">
+        <v>46078</v>
+      </c>
+      <c r="Z160" s="1">
+        <v>46111</v>
+      </c>
+      <c r="AA160" t="s">
+        <v>2340</v>
+      </c>
+      <c r="AB160" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC160" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD160" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE160">
+        <v>21090000</v>
+      </c>
+      <c r="AF160" t="s">
+        <v>2341</v>
+      </c>
+      <c r="AG160" t="s">
+        <v>2340</v>
+      </c>
+      <c r="AH160" t="s">
+        <v>138</v>
+      </c>
+      <c r="AI160" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ160" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK160">
+        <v>21090000</v>
+      </c>
+      <c r="AL160" t="s">
+        <v>2341</v>
+      </c>
+      <c r="AM160" t="s">
+        <v>2342</v>
+      </c>
+      <c r="AN160">
+        <v>0</v>
+      </c>
+      <c r="AP160" t="s">
+        <v>2343</v>
+      </c>
+      <c r="AQ160">
+        <v>-1</v>
+      </c>
+      <c r="AR160" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS160" t="s">
+        <v>145</v>
+      </c>
+      <c r="AT160">
+        <v>0</v>
+      </c>
+      <c r="AV160" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW160" t="s">
+        <v>948</v>
+      </c>
+      <c r="BB160" t="s">
+        <v>2341</v>
+      </c>
+      <c r="BC160" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD160" t="s">
+        <v>2340</v>
+      </c>
+      <c r="BE160" s="1">
+        <v>46063</v>
+      </c>
+      <c r="BF160" t="s">
+        <v>2344</v>
+      </c>
+    </row>
+    <row r="161" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A161" t="s">
+        <v>2345</v>
+      </c>
+      <c r="B161" t="s">
+        <v>2346</v>
+      </c>
+      <c r="C161" t="s">
+        <v>2347</v>
+      </c>
+      <c r="D161" t="s">
+        <v>2268</v>
+      </c>
+      <c r="E161" t="s">
+        <v>62</v>
+      </c>
+      <c r="F161" t="s">
+        <v>2269</v>
+      </c>
+      <c r="G161" t="s">
+        <v>2348</v>
+      </c>
+      <c r="H161" t="s">
+        <v>2349</v>
+      </c>
+      <c r="I161" t="s">
+        <v>2350</v>
+      </c>
+      <c r="J161">
+        <v>1</v>
+      </c>
+      <c r="K161">
+        <v>0</v>
+      </c>
+      <c r="M161">
+        <v>0</v>
+      </c>
+      <c r="O161" t="s">
+        <v>2351</v>
+      </c>
+      <c r="P161" t="s">
+        <v>2352</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>1687</v>
+      </c>
+      <c r="R161" t="s">
+        <v>62</v>
+      </c>
+      <c r="S161">
+        <v>18030000</v>
+      </c>
+      <c r="T161" t="s">
+        <v>2348</v>
+      </c>
+      <c r="U161" t="s">
+        <v>2352</v>
+      </c>
+      <c r="V161" t="s">
+        <v>1688</v>
+      </c>
+      <c r="W161" t="s">
+        <v>62</v>
+      </c>
+      <c r="X161">
+        <v>1803</v>
+      </c>
+      <c r="Y161" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z161" s="1">
+        <v>46142</v>
+      </c>
+      <c r="AA161" t="s">
+        <v>1801</v>
+      </c>
+      <c r="AB161" t="s">
+        <v>2352</v>
+      </c>
+      <c r="AC161" t="s">
+        <v>1687</v>
+      </c>
+      <c r="AD161" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE161">
+        <v>18030000</v>
+      </c>
+      <c r="AF161" t="s">
+        <v>2353</v>
+      </c>
+      <c r="AG161" t="s">
+        <v>1801</v>
+      </c>
+      <c r="AH161" t="s">
+        <v>2352</v>
+      </c>
+      <c r="AI161" t="s">
+        <v>1687</v>
+      </c>
+      <c r="AJ161" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK161">
+        <v>18030000</v>
+      </c>
+      <c r="AL161" t="s">
+        <v>2353</v>
+      </c>
+      <c r="AM161" t="s">
+        <v>2354</v>
+      </c>
+      <c r="AN161">
+        <v>-1</v>
+      </c>
+      <c r="AO161" t="s">
+        <v>2355</v>
+      </c>
+      <c r="AQ161">
+        <v>-1</v>
+      </c>
+      <c r="AR161" t="s">
+        <v>345</v>
+      </c>
+      <c r="AS161" t="s">
+        <v>346</v>
+      </c>
+      <c r="AT161">
+        <v>-1</v>
+      </c>
+      <c r="AU161" t="s">
+        <v>2356</v>
+      </c>
+      <c r="AV161" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB161" t="s">
+        <v>2357</v>
+      </c>
+      <c r="BC161" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD161" t="s">
+        <v>1801</v>
+      </c>
+      <c r="BE161" s="1">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="162" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A162" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B162" t="s">
+        <v>2346</v>
+      </c>
+      <c r="C162" t="s">
+        <v>2359</v>
+      </c>
+      <c r="D162" t="s">
+        <v>2268</v>
+      </c>
+      <c r="E162" t="s">
+        <v>62</v>
+      </c>
+      <c r="F162" t="s">
+        <v>2269</v>
+      </c>
+      <c r="G162" t="s">
+        <v>2348</v>
+      </c>
+      <c r="H162" t="s">
+        <v>2349</v>
+      </c>
+      <c r="I162" t="s">
+        <v>2360</v>
+      </c>
+      <c r="J162">
+        <v>2</v>
+      </c>
+      <c r="K162">
+        <v>0</v>
+      </c>
+      <c r="M162">
+        <v>0</v>
+      </c>
+      <c r="O162" t="s">
+        <v>2351</v>
+      </c>
+      <c r="P162" t="s">
+        <v>2352</v>
+      </c>
+      <c r="Q162" t="s">
+        <v>1687</v>
+      </c>
+      <c r="R162" t="s">
+        <v>62</v>
+      </c>
+      <c r="S162">
+        <v>18030000</v>
+      </c>
+      <c r="T162" t="s">
+        <v>2348</v>
+      </c>
+      <c r="U162" t="s">
+        <v>2352</v>
+      </c>
+      <c r="V162" t="s">
+        <v>1687</v>
+      </c>
+      <c r="W162" t="s">
+        <v>62</v>
+      </c>
+      <c r="X162">
+        <v>1803</v>
+      </c>
+      <c r="Y162" s="1">
+        <v>46075</v>
+      </c>
+      <c r="Z162" s="1">
+        <v>46142</v>
+      </c>
+      <c r="AA162" t="s">
+        <v>1801</v>
+      </c>
+      <c r="AB162" t="s">
+        <v>2352</v>
+      </c>
+      <c r="AC162" t="s">
+        <v>1687</v>
+      </c>
+      <c r="AD162" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE162">
+        <v>18030000</v>
+      </c>
+      <c r="AF162" t="s">
+        <v>2353</v>
+      </c>
+      <c r="AG162" t="s">
+        <v>1801</v>
+      </c>
+      <c r="AH162" t="s">
+        <v>2352</v>
+      </c>
+      <c r="AI162" t="s">
+        <v>1687</v>
+      </c>
+      <c r="AJ162" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK162">
+        <v>18030000</v>
+      </c>
+      <c r="AL162" t="s">
+        <v>2353</v>
+      </c>
+      <c r="AM162" t="s">
+        <v>2354</v>
+      </c>
+      <c r="AN162">
+        <v>0</v>
+      </c>
+      <c r="AO162" t="s">
+        <v>2361</v>
+      </c>
+      <c r="AQ162">
+        <v>-1</v>
+      </c>
+      <c r="AR162" t="s">
+        <v>345</v>
+      </c>
+      <c r="AS162" t="s">
+        <v>346</v>
+      </c>
+      <c r="AT162">
+        <v>-1</v>
+      </c>
+      <c r="AU162" t="s">
+        <v>2362</v>
+      </c>
+      <c r="AV162" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB162" t="s">
+        <v>2357</v>
+      </c>
+      <c r="BC162" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD162" t="s">
+        <v>1801</v>
+      </c>
+      <c r="BE162" s="1">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="163" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A163" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B163" t="s">
+        <v>2346</v>
+      </c>
+      <c r="C163" t="s">
+        <v>2347</v>
+      </c>
+      <c r="D163" t="s">
+        <v>2268</v>
+      </c>
+      <c r="E163" t="s">
+        <v>62</v>
+      </c>
+      <c r="F163" t="s">
+        <v>2269</v>
+      </c>
+      <c r="G163" t="s">
+        <v>2348</v>
+      </c>
+      <c r="H163" t="s">
+        <v>2349</v>
+      </c>
+      <c r="I163" t="s">
+        <v>2350</v>
+      </c>
+      <c r="J163">
+        <v>1</v>
+      </c>
+      <c r="K163">
+        <v>0</v>
+      </c>
+      <c r="M163">
+        <v>0</v>
+      </c>
+      <c r="O163" t="s">
+        <v>2351</v>
+      </c>
+      <c r="P163" t="s">
+        <v>2347</v>
+      </c>
+      <c r="Q163" t="s">
+        <v>2268</v>
+      </c>
+      <c r="R163" t="s">
+        <v>62</v>
+      </c>
+      <c r="S163">
+        <v>20260000</v>
+      </c>
+      <c r="T163" t="s">
+        <v>2348</v>
+      </c>
+      <c r="U163" t="s">
+        <v>2352</v>
+      </c>
+      <c r="V163" t="s">
+        <v>1688</v>
+      </c>
+      <c r="W163" t="s">
+        <v>62</v>
+      </c>
+      <c r="X163">
+        <v>1803</v>
+      </c>
+      <c r="Y163" s="1">
+        <v>46073</v>
+      </c>
+      <c r="Z163" s="1">
+        <v>46132</v>
+      </c>
+      <c r="AA163" t="s">
+        <v>1801</v>
+      </c>
+      <c r="AB163" t="s">
+        <v>2352</v>
+      </c>
+      <c r="AC163" t="s">
+        <v>1687</v>
+      </c>
+      <c r="AD163" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE163">
+        <v>18030000</v>
+      </c>
+      <c r="AF163" t="s">
+        <v>2353</v>
+      </c>
+      <c r="AG163" t="s">
+        <v>1801</v>
+      </c>
+      <c r="AH163" t="s">
+        <v>2352</v>
+      </c>
+      <c r="AI163" t="s">
+        <v>1687</v>
+      </c>
+      <c r="AJ163" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK163">
+        <v>18030000</v>
+      </c>
+      <c r="AL163" t="s">
+        <v>2353</v>
+      </c>
+      <c r="AM163" t="s">
+        <v>2354</v>
+      </c>
+      <c r="AN163">
+        <v>0</v>
+      </c>
+      <c r="AO163" t="s">
+        <v>2364</v>
+      </c>
+      <c r="AQ163">
+        <v>-1</v>
+      </c>
+      <c r="AR163" t="s">
+        <v>345</v>
+      </c>
+      <c r="AS163" t="s">
+        <v>346</v>
+      </c>
+      <c r="AT163">
+        <v>-1</v>
+      </c>
+      <c r="AU163" t="s">
+        <v>2356</v>
+      </c>
+      <c r="AV163" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB163" t="s">
+        <v>2357</v>
+      </c>
+      <c r="BC163" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD163" t="s">
+        <v>1801</v>
+      </c>
+      <c r="BE163" s="1">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="164" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A164" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B164" t="s">
+        <v>2366</v>
+      </c>
+      <c r="C164" t="s">
+        <v>2321</v>
+      </c>
+      <c r="D164" t="s">
+        <v>61</v>
+      </c>
+      <c r="E164" t="s">
+        <v>62</v>
+      </c>
+      <c r="F164" t="s">
+        <v>2322</v>
+      </c>
+      <c r="G164" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H164" t="s">
+        <v>2324</v>
+      </c>
+      <c r="I164" t="s">
+        <v>2367</v>
+      </c>
+      <c r="J164">
+        <v>1</v>
+      </c>
+      <c r="K164">
+        <v>0</v>
+      </c>
+      <c r="M164">
+        <v>0</v>
+      </c>
+      <c r="O164" t="s">
+        <v>2326</v>
+      </c>
+      <c r="P164" t="s">
+        <v>2321</v>
+      </c>
+      <c r="Q164" t="s">
+        <v>61</v>
+      </c>
+      <c r="R164" t="s">
+        <v>62</v>
+      </c>
+      <c r="S164">
+        <v>21110000</v>
+      </c>
+      <c r="T164" t="s">
+        <v>2323</v>
+      </c>
+      <c r="U164" t="s">
+        <v>2321</v>
+      </c>
+      <c r="V164" t="s">
+        <v>61</v>
+      </c>
+      <c r="W164" t="s">
+        <v>62</v>
+      </c>
+      <c r="X164">
+        <v>2111</v>
+      </c>
+      <c r="Y164" s="1">
+        <v>46097</v>
+      </c>
+      <c r="Z164" s="1">
+        <v>46174</v>
+      </c>
+      <c r="AA164" t="s">
+        <v>1493</v>
+      </c>
+      <c r="AB164" t="s">
+        <v>1494</v>
+      </c>
+      <c r="AC164" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD164" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE164">
+        <v>21710000</v>
+      </c>
+      <c r="AF164" t="s">
+        <v>2327</v>
+      </c>
+      <c r="AG164" t="s">
+        <v>1493</v>
+      </c>
+      <c r="AH164" t="s">
+        <v>1494</v>
+      </c>
+      <c r="AI164" t="s">
+        <v>202</v>
+      </c>
+      <c r="AJ164" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK164">
+        <v>21710000</v>
+      </c>
+      <c r="AL164" t="s">
+        <v>2327</v>
+      </c>
+      <c r="AM164" t="s">
+        <v>2328</v>
+      </c>
+      <c r="AN164">
+        <v>0</v>
+      </c>
+      <c r="AO164" t="s">
+        <v>2329</v>
+      </c>
+      <c r="AP164" t="s">
+        <v>2330</v>
+      </c>
+      <c r="AQ164">
+        <v>-1</v>
+      </c>
+      <c r="AR164" t="s">
+        <v>2368</v>
+      </c>
+      <c r="AS164" t="s">
+        <v>2369</v>
+      </c>
+      <c r="AT164">
+        <v>0</v>
+      </c>
+      <c r="AV164" t="s">
+        <v>146</v>
+      </c>
+      <c r="BB164" t="s">
+        <v>2333</v>
+      </c>
+      <c r="BC164" t="s">
+        <v>134</v>
+      </c>
+      <c r="BD164" t="s">
+        <v>1493</v>
+      </c>
+      <c r="BE164" s="1">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="165" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A165" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B165" t="s">
+        <v>59</v>
+      </c>
+      <c r="C165" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D165" t="s">
+        <v>61</v>
+      </c>
+      <c r="E165" t="s">
+        <v>62</v>
+      </c>
+      <c r="F165" t="s">
+        <v>63</v>
+      </c>
+      <c r="G165" t="s">
+        <v>90</v>
+      </c>
+      <c r="H165" t="s">
+        <v>91</v>
+      </c>
+      <c r="I165" t="s">
+        <v>92</v>
+      </c>
+      <c r="J165">
+        <v>4</v>
+      </c>
+      <c r="K165">
+        <v>-1</v>
+      </c>
+      <c r="M165">
+        <v>-1</v>
+      </c>
+      <c r="N165" t="s">
+        <v>93</v>
+      </c>
+      <c r="O165" t="s">
+        <v>68</v>
+      </c>
+      <c r="P165" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>61</v>
+      </c>
+      <c r="R165" t="s">
+        <v>62</v>
+      </c>
+      <c r="S165">
+        <v>21180000</v>
+      </c>
+      <c r="T165" t="s">
+        <v>90</v>
+      </c>
+      <c r="U165" t="s">
+        <v>95</v>
+      </c>
+      <c r="V165" t="s">
+        <v>72</v>
+      </c>
+      <c r="W165" t="s">
+        <v>62</v>
+      </c>
+      <c r="X165">
+        <v>2451</v>
+      </c>
+      <c r="Y165" s="1">
+        <v>46034</v>
+      </c>
+      <c r="Z165" s="1">
+        <v>46093</v>
+      </c>
+      <c r="AA165" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB165" t="s">
+        <v>95</v>
+      </c>
+      <c r="AC165" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD165" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE165">
+        <v>24510000</v>
+      </c>
+      <c r="AF165" t="s">
+        <v>90</v>
+      </c>
+      <c r="AG165" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH165" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI165" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ165" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK165">
+        <v>18260000</v>
+      </c>
+      <c r="AL165" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM165" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN165">
+        <v>0</v>
+      </c>
+      <c r="AO165" t="s">
+        <v>98</v>
+      </c>
+      <c r="AP165" t="s">
+        <v>2372</v>
+      </c>
+      <c r="AQ165">
+        <v>-1</v>
+      </c>
+      <c r="AR165" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS165" t="s">
+        <v>108</v>
+      </c>
+      <c r="AT165">
+        <v>-1</v>
+      </c>
+      <c r="AU165" t="s">
+        <v>83</v>
+      </c>
+      <c r="AV165" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB165" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC165" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD165" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE165" s="1">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="166" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A166" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B166" t="s">
+        <v>2374</v>
+      </c>
+      <c r="C166" t="s">
+        <v>2375</v>
+      </c>
+      <c r="D166" t="s">
+        <v>61</v>
+      </c>
+      <c r="E166" t="s">
+        <v>62</v>
+      </c>
+      <c r="F166" t="s">
+        <v>1774</v>
+      </c>
+      <c r="G166" t="s">
+        <v>2376</v>
+      </c>
+      <c r="H166" t="s">
+        <v>153</v>
+      </c>
+      <c r="I166" t="s">
+        <v>2377</v>
+      </c>
+      <c r="J166">
+        <v>5</v>
+      </c>
+      <c r="K166">
+        <v>-1</v>
+      </c>
+      <c r="M166">
+        <v>0</v>
+      </c>
+      <c r="O166" t="s">
+        <v>2374</v>
+      </c>
+      <c r="P166" t="s">
+        <v>2375</v>
+      </c>
+      <c r="Q166" t="s">
+        <v>61</v>
+      </c>
+      <c r="R166" t="s">
+        <v>62</v>
+      </c>
+      <c r="S166">
+        <v>22150000</v>
+      </c>
+      <c r="T166" t="s">
+        <v>2376</v>
+      </c>
+      <c r="U166" t="s">
+        <v>2375</v>
+      </c>
+      <c r="V166" t="s">
+        <v>61</v>
+      </c>
+      <c r="W166" t="s">
+        <v>62</v>
+      </c>
+      <c r="X166">
+        <v>2215</v>
+      </c>
+      <c r="Y166" s="1">
+        <v>46090</v>
+      </c>
+      <c r="Z166" s="1">
+        <v>46094</v>
+      </c>
+      <c r="AA166" t="s">
+        <v>2378</v>
+      </c>
+      <c r="AB166" t="s">
+        <v>2379</v>
+      </c>
+      <c r="AC166" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD166" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE166">
+        <v>21090000</v>
+      </c>
+      <c r="AF166" t="s">
+        <v>2380</v>
+      </c>
+      <c r="AG166" t="s">
+        <v>2381</v>
+      </c>
+      <c r="AH166" t="s">
+        <v>2382</v>
+      </c>
+      <c r="AI166" t="s">
+        <v>705</v>
+      </c>
+      <c r="AJ166" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK166">
+        <v>18010000</v>
+      </c>
+      <c r="AL166" t="s">
+        <v>2383</v>
+      </c>
+      <c r="AM166" t="s">
+        <v>2384</v>
+      </c>
+      <c r="AN166">
+        <v>0</v>
+      </c>
+      <c r="AP166" t="s">
+        <v>2385</v>
+      </c>
+      <c r="AQ166">
+        <v>-1</v>
+      </c>
+      <c r="AR166" t="s">
+        <v>2112</v>
+      </c>
+      <c r="AS166" t="s">
+        <v>2113</v>
+      </c>
+      <c r="AT166">
+        <v>-1</v>
+      </c>
+      <c r="AU166" t="s">
+        <v>2386</v>
+      </c>
+      <c r="AV166" t="s">
+        <v>101</v>
+      </c>
+      <c r="AW166" t="s">
+        <v>2387</v>
+      </c>
+      <c r="BB166" t="s">
+        <v>2388</v>
+      </c>
+      <c r="BC166" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD166" t="s">
+        <v>2389</v>
+      </c>
+      <c r="BE166" s="1">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="167" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A167" t="s">
+        <v>2390</v>
+      </c>
+      <c r="B167" t="s">
+        <v>2391</v>
+      </c>
+      <c r="C167" t="s">
+        <v>2392</v>
+      </c>
+      <c r="D167" t="s">
+        <v>2393</v>
+      </c>
+      <c r="E167" t="s">
+        <v>62</v>
+      </c>
+      <c r="F167" t="s">
+        <v>2394</v>
+      </c>
+      <c r="G167" t="s">
+        <v>2395</v>
+      </c>
+      <c r="H167" t="s">
+        <v>153</v>
+      </c>
+      <c r="I167" t="s">
+        <v>2396</v>
+      </c>
+      <c r="J167">
+        <v>2</v>
+      </c>
+      <c r="K167">
+        <v>-1</v>
+      </c>
+      <c r="M167">
+        <v>-1</v>
+      </c>
+      <c r="N167" t="s">
+        <v>338</v>
+      </c>
+      <c r="O167" t="s">
+        <v>2397</v>
+      </c>
+      <c r="P167" t="s">
+        <v>2398</v>
+      </c>
+      <c r="Q167" t="s">
+        <v>713</v>
+      </c>
+      <c r="R167" t="s">
+        <v>62</v>
+      </c>
+      <c r="S167">
+        <v>15810000</v>
+      </c>
+      <c r="T167" t="s">
+        <v>2395</v>
+      </c>
+      <c r="U167" t="s">
+        <v>2398</v>
+      </c>
+      <c r="V167" t="s">
+        <v>2399</v>
+      </c>
+      <c r="W167" t="s">
+        <v>62</v>
+      </c>
+      <c r="X167">
+        <v>1581</v>
+      </c>
+      <c r="Y167" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z167" s="1">
+        <v>46084</v>
+      </c>
+      <c r="AA167" t="s">
+        <v>2400</v>
+      </c>
+      <c r="AB167" t="s">
+        <v>2401</v>
+      </c>
+      <c r="AC167" t="s">
+        <v>1605</v>
+      </c>
+      <c r="AD167" t="s">
+        <v>599</v>
+      </c>
+      <c r="AE167">
+        <v>38650000</v>
+      </c>
+      <c r="AF167" t="s">
+        <v>2402</v>
+      </c>
+      <c r="AG167" t="s">
+        <v>2400</v>
+      </c>
+      <c r="AH167" t="s">
+        <v>2401</v>
+      </c>
+      <c r="AI167" t="s">
+        <v>1605</v>
+      </c>
+      <c r="AJ167" t="s">
+        <v>599</v>
+      </c>
+      <c r="AK167">
+        <v>38650000</v>
+      </c>
+      <c r="AL167" t="s">
+        <v>2402</v>
+      </c>
+      <c r="AM167" t="s">
+        <v>2403</v>
+      </c>
+      <c r="AN167">
+        <v>-1</v>
+      </c>
+      <c r="AO167" t="s">
+        <v>2404</v>
+      </c>
+      <c r="AQ167">
+        <v>-1</v>
+      </c>
+      <c r="AR167" t="s">
+        <v>2405</v>
+      </c>
+      <c r="AS167" t="s">
+        <v>2406</v>
+      </c>
+      <c r="AT167">
+        <v>-1</v>
+      </c>
+      <c r="AU167" t="s">
+        <v>2407</v>
+      </c>
+      <c r="AV167" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB167" t="s">
+        <v>2408</v>
+      </c>
+      <c r="BC167" t="s">
+        <v>307</v>
+      </c>
+      <c r="BD167" t="s">
+        <v>2409</v>
+      </c>
+      <c r="BE167" s="1">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="168" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A168" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B168" t="s">
+        <v>2411</v>
+      </c>
+      <c r="C168" t="s">
+        <v>2411</v>
+      </c>
+      <c r="D168" t="s">
+        <v>61</v>
+      </c>
+      <c r="E168" t="s">
+        <v>62</v>
+      </c>
+      <c r="F168" t="s">
+        <v>572</v>
+      </c>
+      <c r="G168" t="s">
+        <v>2412</v>
+      </c>
+      <c r="H168" t="s">
+        <v>2413</v>
+      </c>
+      <c r="I168" t="s">
+        <v>2414</v>
+      </c>
+      <c r="J168">
+        <v>62</v>
+      </c>
+      <c r="K168">
+        <v>-1</v>
+      </c>
+      <c r="M168">
+        <v>0</v>
+      </c>
+      <c r="O168" t="s">
+        <v>136</v>
+      </c>
+      <c r="P168" t="s">
+        <v>2415</v>
+      </c>
+      <c r="Q168" t="s">
+        <v>61</v>
+      </c>
+      <c r="R168" t="s">
+        <v>62</v>
+      </c>
+      <c r="S168">
+        <v>21990000</v>
+      </c>
+      <c r="T168" t="s">
+        <v>2412</v>
+      </c>
+      <c r="U168" t="s">
+        <v>2411</v>
+      </c>
+      <c r="V168" t="s">
+        <v>61</v>
+      </c>
+      <c r="W168" t="s">
+        <v>62</v>
+      </c>
+      <c r="X168">
+        <v>2116</v>
+      </c>
+      <c r="Y168" s="1">
+        <v>46073</v>
+      </c>
+      <c r="Z168" s="1">
+        <v>46324</v>
+      </c>
+      <c r="AA168" t="s">
+        <v>140</v>
+      </c>
+      <c r="AB168" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC168" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD168" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE168">
+        <v>21090000</v>
+      </c>
+      <c r="AF168" t="s">
+        <v>2416</v>
+      </c>
+      <c r="AG168" t="s">
+        <v>140</v>
+      </c>
+      <c r="AH168" t="s">
+        <v>138</v>
+      </c>
+      <c r="AI168" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ168" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK168">
+        <v>21090000</v>
+      </c>
+      <c r="AL168" t="s">
+        <v>2416</v>
+      </c>
+      <c r="AM168" t="s">
+        <v>2417</v>
+      </c>
+      <c r="AN168">
+        <v>0</v>
+      </c>
+      <c r="AO168" t="s">
+        <v>2418</v>
+      </c>
+      <c r="AP168" t="s">
+        <v>2419</v>
+      </c>
+      <c r="AQ168">
+        <v>-1</v>
+      </c>
+      <c r="AR168" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS168" t="s">
+        <v>145</v>
+      </c>
+      <c r="AT168">
+        <v>0</v>
+      </c>
+      <c r="AV168" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB168" t="s">
+        <v>2420</v>
+      </c>
+      <c r="BC168" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD168" t="s">
+        <v>140</v>
+      </c>
+      <c r="BE168" s="1">
+        <v>46063</v>
+      </c>
+      <c r="BF168" t="s">
+        <v>2421</v>
+      </c>
+    </row>
+    <row r="169" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A169" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B169" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D169" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E169" t="s">
+        <v>62</v>
+      </c>
+      <c r="F169" t="s">
+        <v>1394</v>
+      </c>
+      <c r="G169" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H169" t="s">
+        <v>134</v>
+      </c>
+      <c r="I169" t="s">
+        <v>1396</v>
+      </c>
+      <c r="J169">
+        <v>2</v>
+      </c>
+      <c r="K169">
+        <v>-1</v>
+      </c>
+      <c r="M169">
+        <v>0</v>
+      </c>
+      <c r="O169" t="s">
+        <v>1397</v>
+      </c>
+      <c r="P169" t="s">
+        <v>1398</v>
+      </c>
+      <c r="Q169" t="s">
+        <v>1393</v>
+      </c>
+      <c r="R169" t="s">
+        <v>62</v>
+      </c>
+      <c r="S169">
+        <v>20450000</v>
+      </c>
+      <c r="T169" t="s">
+        <v>1395</v>
+      </c>
+      <c r="U169" t="s">
+        <v>1399</v>
+      </c>
+      <c r="V169" t="s">
+        <v>1400</v>
+      </c>
+      <c r="W169" t="s">
+        <v>62</v>
+      </c>
+      <c r="X169">
+        <v>2339</v>
+      </c>
+      <c r="Y169" s="1">
+        <v>46069</v>
+      </c>
+      <c r="Z169" s="1">
+        <v>46087</v>
+      </c>
+      <c r="AA169" t="s">
+        <v>1401</v>
+      </c>
+      <c r="AB169" t="s">
+        <v>1399</v>
+      </c>
+      <c r="AC169" t="s">
+        <v>1402</v>
+      </c>
+      <c r="AD169" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE169">
+        <v>19600000</v>
+      </c>
+      <c r="AF169" t="s">
+        <v>1395</v>
+      </c>
+      <c r="AG169" t="s">
+        <v>1403</v>
+      </c>
+      <c r="AH169" t="s">
+        <v>1404</v>
+      </c>
+      <c r="AI169" t="s">
+        <v>973</v>
+      </c>
+      <c r="AJ169" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK169">
+        <v>19600000</v>
+      </c>
+      <c r="AL169" t="s">
+        <v>1405</v>
+      </c>
+      <c r="AM169" t="s">
+        <v>1406</v>
+      </c>
+      <c r="AN169">
+        <v>0</v>
+      </c>
+      <c r="AP169" t="s">
+        <v>1407</v>
+      </c>
+      <c r="AQ169">
+        <v>-1</v>
+      </c>
+      <c r="AR169" t="s">
+        <v>1408</v>
+      </c>
+      <c r="AS169" t="s">
+        <v>1409</v>
+      </c>
+      <c r="AT169">
+        <v>-1</v>
+      </c>
+      <c r="AU169" t="s">
+        <v>1410</v>
+      </c>
+      <c r="AV169" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB169" t="s">
+        <v>1405</v>
+      </c>
+      <c r="BC169" t="s">
+        <v>1411</v>
+      </c>
+      <c r="BD169" t="s">
+        <v>1403</v>
+      </c>
+      <c r="BE169" s="1">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="170" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A170" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B170" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C170" t="s">
+        <v>2425</v>
+      </c>
+      <c r="D170" t="s">
+        <v>233</v>
+      </c>
+      <c r="E170" t="s">
+        <v>62</v>
+      </c>
+      <c r="F170" t="s">
+        <v>234</v>
+      </c>
+      <c r="G170" t="s">
+        <v>2426</v>
+      </c>
+      <c r="H170" t="s">
+        <v>336</v>
+      </c>
+      <c r="I170" t="s">
+        <v>2427</v>
+      </c>
+      <c r="J170">
+        <v>2</v>
+      </c>
+      <c r="K170">
+        <v>-1</v>
+      </c>
+      <c r="M170">
+        <v>0</v>
+      </c>
+      <c r="O170" t="s">
+        <v>2428</v>
+      </c>
+      <c r="P170" t="s">
+        <v>2429</v>
+      </c>
+      <c r="Q170" t="s">
+        <v>233</v>
+      </c>
+      <c r="R170" t="s">
+        <v>62</v>
+      </c>
+      <c r="S170">
+        <v>19150000</v>
+      </c>
+      <c r="T170" t="s">
+        <v>2426</v>
+      </c>
+      <c r="U170" t="s">
+        <v>2429</v>
+      </c>
+      <c r="V170" t="s">
+        <v>2060</v>
+      </c>
+      <c r="W170" t="s">
+        <v>62</v>
+      </c>
+      <c r="X170">
+        <v>1915</v>
+      </c>
+      <c r="Y170" s="1">
+        <v>46083</v>
+      </c>
+      <c r="Z170" s="1">
+        <v>46220</v>
+      </c>
+      <c r="AA170" t="s">
+        <v>2061</v>
+      </c>
+      <c r="AB170" t="s">
+        <v>2059</v>
+      </c>
+      <c r="AC170" t="s">
+        <v>233</v>
+      </c>
+      <c r="AD170" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE170">
+        <v>19150000</v>
+      </c>
+      <c r="AF170" t="s">
+        <v>2430</v>
+      </c>
+      <c r="AG170" t="s">
+        <v>2061</v>
+      </c>
+      <c r="AH170" t="s">
+        <v>2059</v>
+      </c>
+      <c r="AI170" t="s">
+        <v>233</v>
+      </c>
+      <c r="AJ170" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK170">
+        <v>19150000</v>
+      </c>
+      <c r="AL170" t="s">
+        <v>2430</v>
+      </c>
+      <c r="AM170" t="s">
+        <v>2431</v>
+      </c>
+      <c r="AN170">
+        <v>0</v>
+      </c>
+      <c r="AP170" t="s">
+        <v>2432</v>
+      </c>
+      <c r="AQ170">
+        <v>-1</v>
+      </c>
+      <c r="AR170" t="s">
+        <v>2433</v>
+      </c>
+      <c r="AS170" t="s">
+        <v>2434</v>
+      </c>
+      <c r="AT170">
+        <v>0</v>
+      </c>
+      <c r="AV170" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW170" t="s">
+        <v>2435</v>
+      </c>
+      <c r="BB170" t="s">
+        <v>2436</v>
+      </c>
+      <c r="BC170" t="s">
+        <v>2436</v>
+      </c>
+      <c r="BD170" t="s">
+        <v>153</v>
+      </c>
+      <c r="BE170" s="1">
+        <v>46063</v>
+      </c>
+      <c r="BF170" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="171" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A171" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B171" t="s">
+        <v>2439</v>
+      </c>
+      <c r="C171" t="s">
+        <v>2440</v>
+      </c>
+      <c r="D171" t="s">
+        <v>61</v>
+      </c>
+      <c r="E171" t="s">
+        <v>62</v>
+      </c>
+      <c r="F171" t="s">
+        <v>288</v>
+      </c>
+      <c r="G171" t="s">
+        <v>2441</v>
+      </c>
+      <c r="H171" t="s">
+        <v>153</v>
+      </c>
+      <c r="I171" t="s">
+        <v>2442</v>
+      </c>
+      <c r="J171">
+        <v>40</v>
+      </c>
+      <c r="K171">
+        <v>0</v>
+      </c>
+      <c r="M171">
+        <v>-1</v>
+      </c>
+      <c r="N171" t="s">
+        <v>2443</v>
+      </c>
+      <c r="O171" t="s">
+        <v>2444</v>
+      </c>
+      <c r="P171" t="s">
+        <v>2445</v>
+      </c>
+      <c r="Q171" t="s">
+        <v>2446</v>
+      </c>
+      <c r="R171" t="s">
+        <v>1765</v>
+      </c>
+      <c r="S171">
+        <v>100230000</v>
+      </c>
+      <c r="T171" t="s">
+        <v>2441</v>
+      </c>
+      <c r="U171" t="s">
+        <v>2440</v>
+      </c>
+      <c r="V171" t="s">
+        <v>61</v>
+      </c>
+      <c r="W171" t="s">
+        <v>62</v>
+      </c>
+      <c r="X171">
+        <v>2115</v>
+      </c>
+      <c r="Y171" s="1">
+        <v>46074</v>
+      </c>
+      <c r="Z171" s="1">
+        <v>46097</v>
+      </c>
+      <c r="AA171" t="s">
+        <v>2340</v>
+      </c>
+      <c r="AB171" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC171" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD171" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE171">
+        <v>21090000</v>
+      </c>
+      <c r="AF171" t="s">
+        <v>2447</v>
+      </c>
+      <c r="AG171" t="s">
+        <v>2448</v>
+      </c>
+      <c r="AH171" t="s">
+        <v>2449</v>
+      </c>
+      <c r="AI171" t="s">
+        <v>223</v>
+      </c>
+      <c r="AJ171" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK171">
+        <v>17570000</v>
+      </c>
+      <c r="AL171" t="s">
+        <v>2447</v>
+      </c>
+      <c r="AM171" t="s">
+        <v>2450</v>
+      </c>
+      <c r="AN171">
+        <v>0</v>
+      </c>
+      <c r="AO171" t="s">
+        <v>2451</v>
+      </c>
+      <c r="AP171" t="s">
+        <v>2452</v>
+      </c>
+      <c r="AQ171">
+        <v>-1</v>
+      </c>
+      <c r="AR171" t="s">
+        <v>802</v>
+      </c>
+      <c r="AS171" t="s">
+        <v>803</v>
+      </c>
+      <c r="AT171">
+        <v>0</v>
+      </c>
+      <c r="AV171" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB171" t="s">
+        <v>2453</v>
+      </c>
+      <c r="BC171" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD171" t="s">
+        <v>2340</v>
+      </c>
+      <c r="BE171" s="1">
+        <v>46064</v>
+      </c>
+      <c r="BF171" t="s">
+        <v>2454</v>
+      </c>
+    </row>
+    <row r="172" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A172" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B172" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C172" t="s">
+        <v>150</v>
+      </c>
+      <c r="D172" t="s">
+        <v>72</v>
+      </c>
+      <c r="E172" t="s">
+        <v>62</v>
+      </c>
+      <c r="F172" t="s">
+        <v>288</v>
+      </c>
+      <c r="G172" t="s">
+        <v>2456</v>
+      </c>
+      <c r="H172" t="s">
+        <v>153</v>
+      </c>
+      <c r="I172" t="s">
+        <v>2457</v>
+      </c>
+      <c r="J172">
+        <v>5</v>
+      </c>
+      <c r="K172">
+        <v>-1</v>
+      </c>
+      <c r="M172">
+        <v>0</v>
+      </c>
+      <c r="O172" t="s">
+        <v>2458</v>
+      </c>
+      <c r="P172" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q172" t="s">
+        <v>61</v>
+      </c>
+      <c r="R172" t="s">
+        <v>62</v>
+      </c>
+      <c r="S172">
+        <v>21150000</v>
+      </c>
+      <c r="T172" t="s">
+        <v>2456</v>
+      </c>
+      <c r="U172" t="s">
+        <v>150</v>
+      </c>
+      <c r="V172" t="s">
+        <v>61</v>
+      </c>
+      <c r="W172" t="s">
+        <v>62</v>
+      </c>
+      <c r="X172">
+        <v>2115</v>
+      </c>
+      <c r="Y172" s="1">
+        <v>46078</v>
+      </c>
+      <c r="Z172" s="1">
+        <v>46387</v>
+      </c>
+      <c r="AA172" t="s">
+        <v>1364</v>
+      </c>
+      <c r="AB172" t="s">
+        <v>1354</v>
+      </c>
+      <c r="AC172" t="s">
+        <v>1355</v>
+      </c>
+      <c r="AD172" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE172">
+        <v>18900000</v>
+      </c>
+      <c r="AF172" t="s">
+        <v>2459</v>
+      </c>
+      <c r="AG172" t="s">
+        <v>1364</v>
+      </c>
+      <c r="AH172" t="s">
+        <v>1354</v>
+      </c>
+      <c r="AI172" t="s">
+        <v>1355</v>
+      </c>
+      <c r="AJ172" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK172">
+        <v>18900000</v>
+      </c>
+      <c r="AL172" t="s">
+        <v>2459</v>
+      </c>
+      <c r="AM172" t="s">
+        <v>1356</v>
+      </c>
+      <c r="AN172">
+        <v>0</v>
+      </c>
+      <c r="AP172" t="s">
+        <v>2460</v>
+      </c>
+      <c r="AQ172">
+        <v>-1</v>
+      </c>
+      <c r="AR172" t="s">
+        <v>1061</v>
+      </c>
+      <c r="AS172" t="s">
+        <v>2461</v>
+      </c>
+      <c r="AT172">
+        <v>0</v>
+      </c>
+      <c r="AV172" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW172" t="s">
+        <v>2462</v>
+      </c>
+      <c r="BB172" t="s">
+        <v>2463</v>
+      </c>
+      <c r="BC172" t="s">
+        <v>1031</v>
+      </c>
+      <c r="BD172" t="s">
+        <v>2464</v>
+      </c>
+      <c r="BE172" s="1">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="173" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A173" t="s">
+        <v>2465</v>
+      </c>
+      <c r="B173" t="s">
+        <v>2466</v>
+      </c>
+      <c r="C173" t="s">
+        <v>2467</v>
+      </c>
+      <c r="D173" t="s">
+        <v>2468</v>
+      </c>
+      <c r="E173" t="s">
+        <v>62</v>
+      </c>
+      <c r="F173" t="s">
+        <v>2469</v>
+      </c>
+      <c r="G173" t="s">
+        <v>2470</v>
+      </c>
+      <c r="H173" t="s">
+        <v>2471</v>
+      </c>
+      <c r="I173" t="s">
+        <v>2257</v>
+      </c>
+      <c r="J173">
+        <v>1</v>
+      </c>
+      <c r="K173">
+        <v>-1</v>
+      </c>
+      <c r="M173">
+        <v>0</v>
+      </c>
+      <c r="O173" t="s">
+        <v>2472</v>
+      </c>
+      <c r="P173" t="s">
+        <v>2473</v>
+      </c>
+      <c r="Q173" t="s">
+        <v>2474</v>
+      </c>
+      <c r="R173" t="s">
+        <v>62</v>
+      </c>
+      <c r="S173">
+        <v>23790000</v>
+      </c>
+      <c r="T173" t="s">
+        <v>2470</v>
+      </c>
+      <c r="U173" t="s">
+        <v>2473</v>
+      </c>
+      <c r="V173" t="s">
+        <v>2475</v>
+      </c>
+      <c r="W173" t="s">
+        <v>62</v>
+      </c>
+      <c r="X173">
+        <v>2379</v>
+      </c>
+      <c r="Y173" s="1">
+        <v>46070</v>
+      </c>
+      <c r="Z173" s="1">
+        <v>46101</v>
+      </c>
+      <c r="AA173" t="s">
+        <v>2476</v>
+      </c>
+      <c r="AB173" t="s">
+        <v>2477</v>
+      </c>
+      <c r="AC173" t="s">
+        <v>460</v>
+      </c>
+      <c r="AD173" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE173">
+        <v>20210000</v>
+      </c>
+      <c r="AF173" t="s">
+        <v>2478</v>
+      </c>
+      <c r="AG173" t="s">
+        <v>416</v>
+      </c>
+      <c r="AH173" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI173" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ173" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK173">
+        <v>25760000</v>
+      </c>
+      <c r="AL173" t="s">
+        <v>419</v>
+      </c>
+      <c r="AM173" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN173">
+        <v>-1</v>
+      </c>
+      <c r="AO173" t="s">
+        <v>2479</v>
+      </c>
+      <c r="AQ173">
+        <v>-1</v>
+      </c>
+      <c r="AR173" t="s">
+        <v>2480</v>
+      </c>
+      <c r="AS173" t="s">
+        <v>2481</v>
+      </c>
+      <c r="AT173">
+        <v>0</v>
+      </c>
+      <c r="AV173" t="s">
+        <v>101</v>
+      </c>
+      <c r="AX173" t="s">
+        <v>764</v>
+      </c>
+      <c r="AY173" t="s">
+        <v>2482</v>
+      </c>
+      <c r="AZ173" s="1">
+        <v>46064</v>
+      </c>
+      <c r="BA173" t="s">
+        <v>2483</v>
+      </c>
+      <c r="BB173" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC173" t="s">
+        <v>425</v>
+      </c>
+      <c r="BD173" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE173" s="1">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="174" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A174" t="s">
+        <v>2484</v>
+      </c>
+      <c r="B174" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C174" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D174" t="s">
+        <v>61</v>
+      </c>
+      <c r="E174" t="s">
+        <v>62</v>
+      </c>
+      <c r="F174" t="s">
+        <v>769</v>
+      </c>
+      <c r="G174" t="s">
+        <v>2487</v>
+      </c>
+      <c r="H174" t="s">
+        <v>2488</v>
+      </c>
+      <c r="I174" t="s">
+        <v>2489</v>
+      </c>
+      <c r="J174">
+        <v>53</v>
+      </c>
+      <c r="K174">
+        <v>0</v>
+      </c>
+      <c r="M174">
+        <v>-1</v>
+      </c>
+      <c r="N174" t="s">
+        <v>2490</v>
+      </c>
+      <c r="O174" t="s">
+        <v>2485</v>
+      </c>
+      <c r="P174" t="s">
+        <v>2486</v>
+      </c>
+      <c r="Q174" t="s">
+        <v>61</v>
+      </c>
+      <c r="R174" t="s">
+        <v>62</v>
+      </c>
+      <c r="S174">
+        <v>21100000</v>
+      </c>
+      <c r="T174" t="s">
+        <v>2487</v>
+      </c>
+      <c r="U174" t="s">
+        <v>2486</v>
+      </c>
+      <c r="V174" t="s">
+        <v>61</v>
+      </c>
+      <c r="W174" t="s">
+        <v>62</v>
+      </c>
+      <c r="X174">
+        <v>2110</v>
+      </c>
+      <c r="Y174" s="1">
+        <v>46074</v>
+      </c>
+      <c r="Z174" s="1">
+        <v>46192</v>
+      </c>
+      <c r="AA174" t="s">
+        <v>140</v>
+      </c>
+      <c r="AB174" t="s">
+        <v>2491</v>
+      </c>
+      <c r="AC174" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD174" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE174">
+        <v>21090000</v>
+      </c>
+      <c r="AF174" t="s">
+        <v>2492</v>
+      </c>
+      <c r="AG174" t="s">
+        <v>140</v>
+      </c>
+      <c r="AH174" t="s">
+        <v>2491</v>
+      </c>
+      <c r="AI174" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ174" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK174">
+        <v>21090000</v>
+      </c>
+      <c r="AL174" t="s">
+        <v>2492</v>
+      </c>
+      <c r="AM174" t="s">
+        <v>2493</v>
+      </c>
+      <c r="AN174">
+        <v>0</v>
+      </c>
+      <c r="AO174" t="s">
+        <v>2494</v>
+      </c>
+      <c r="AP174" t="s">
+        <v>2495</v>
+      </c>
+      <c r="AQ174">
+        <v>-1</v>
+      </c>
+      <c r="AR174" t="s">
+        <v>802</v>
+      </c>
+      <c r="AS174" t="s">
+        <v>803</v>
+      </c>
+      <c r="AT174">
+        <v>0</v>
+      </c>
+      <c r="AV174" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW174" t="s">
+        <v>2496</v>
+      </c>
+      <c r="BB174" t="s">
+        <v>2497</v>
+      </c>
+      <c r="BC174" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD174" t="s">
+        <v>2340</v>
+      </c>
+      <c r="BE174" s="1">
+        <v>46064</v>
+      </c>
+      <c r="BF174" t="s">
+        <v>2454</v>
+      </c>
+    </row>
+    <row r="175" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A175" t="s">
+        <v>2498</v>
+      </c>
+      <c r="B175" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C175" t="s">
+        <v>2500</v>
+      </c>
+      <c r="D175" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E175" t="s">
+        <v>62</v>
+      </c>
+      <c r="F175" t="s">
+        <v>1624</v>
+      </c>
+      <c r="G175" t="s">
+        <v>1625</v>
+      </c>
+      <c r="H175" t="s">
+        <v>153</v>
+      </c>
+      <c r="I175" t="s">
+        <v>1626</v>
+      </c>
+      <c r="J175">
+        <v>1</v>
+      </c>
+      <c r="K175">
+        <v>0</v>
+      </c>
+      <c r="M175">
+        <v>0</v>
+      </c>
+      <c r="O175" t="s">
+        <v>1627</v>
+      </c>
+      <c r="P175" t="s">
+        <v>1628</v>
+      </c>
+      <c r="Q175" t="s">
+        <v>1623</v>
+      </c>
+      <c r="R175" t="s">
+        <v>62</v>
+      </c>
+      <c r="S175">
+        <v>26490000</v>
+      </c>
+      <c r="T175" t="s">
+        <v>1629</v>
+      </c>
+      <c r="U175" t="s">
+        <v>1630</v>
+      </c>
+      <c r="V175" t="s">
+        <v>1631</v>
+      </c>
+      <c r="W175" t="s">
+        <v>62</v>
+      </c>
+      <c r="X175">
+        <v>2601</v>
+      </c>
+      <c r="Y175" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z175" s="1">
+        <v>46752</v>
+      </c>
+      <c r="AA175" t="s">
+        <v>2501</v>
+      </c>
+      <c r="AB175" t="s">
+        <v>1633</v>
+      </c>
+      <c r="AC175" t="s">
+        <v>1634</v>
+      </c>
+      <c r="AD175" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE175">
+        <v>20720000</v>
+      </c>
+      <c r="AF175" t="s">
+        <v>1635</v>
+      </c>
+      <c r="AG175" t="s">
+        <v>2501</v>
+      </c>
+      <c r="AH175" t="s">
+        <v>1633</v>
+      </c>
+      <c r="AI175" t="s">
+        <v>1634</v>
+      </c>
+      <c r="AJ175" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK175">
+        <v>20720000</v>
+      </c>
+      <c r="AL175" t="s">
+        <v>1635</v>
+      </c>
+      <c r="AM175" t="s">
+        <v>1636</v>
+      </c>
+      <c r="AN175">
+        <v>0</v>
+      </c>
+      <c r="AP175" t="s">
+        <v>1637</v>
+      </c>
+      <c r="AQ175">
+        <v>0</v>
+      </c>
+      <c r="AT175">
+        <v>0</v>
+      </c>
+      <c r="AV175" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB175" t="s">
+        <v>1625</v>
+      </c>
+      <c r="BC175" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD175" t="s">
+        <v>1632</v>
+      </c>
+      <c r="BE175" s="1">
+        <v>46064</v>
+      </c>
+      <c r="BF175" t="s">
+        <v>2502</v>
+      </c>
+    </row>
+    <row r="176" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A176" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B176" t="s">
+        <v>2504</v>
+      </c>
+      <c r="C176" t="s">
+        <v>2505</v>
+      </c>
+      <c r="D176" t="s">
+        <v>2506</v>
+      </c>
+      <c r="E176" t="s">
+        <v>62</v>
+      </c>
+      <c r="F176" t="s">
+        <v>2507</v>
+      </c>
+      <c r="G176" t="s">
+        <v>2508</v>
+      </c>
+      <c r="H176" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I176" t="s">
+        <v>2509</v>
+      </c>
+      <c r="J176">
+        <v>2</v>
+      </c>
+      <c r="K176">
+        <v>0</v>
+      </c>
+      <c r="M176">
+        <v>0</v>
+      </c>
+      <c r="O176" t="s">
+        <v>2510</v>
+      </c>
+      <c r="P176" t="s">
+        <v>2505</v>
+      </c>
+      <c r="Q176" t="s">
+        <v>2506</v>
+      </c>
+      <c r="R176" t="s">
+        <v>62</v>
+      </c>
+      <c r="S176">
+        <v>25320000</v>
+      </c>
+      <c r="T176" t="s">
+        <v>2508</v>
+      </c>
+      <c r="U176" t="s">
+        <v>2505</v>
+      </c>
+      <c r="V176" t="s">
+        <v>2506</v>
+      </c>
+      <c r="W176" t="s">
+        <v>62</v>
+      </c>
+      <c r="X176">
+        <v>2532</v>
+      </c>
+      <c r="Y176" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z176" s="1">
+        <v>46204</v>
+      </c>
+      <c r="AA176" t="s">
+        <v>2511</v>
+      </c>
+      <c r="AB176" t="s">
+        <v>2512</v>
+      </c>
+      <c r="AC176" t="s">
+        <v>1579</v>
+      </c>
+      <c r="AD176" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE176">
+        <v>19050000</v>
+      </c>
+      <c r="AF176" t="s">
+        <v>2513</v>
+      </c>
+      <c r="AG176" t="s">
+        <v>361</v>
+      </c>
+      <c r="AH176" t="s">
+        <v>2514</v>
+      </c>
+      <c r="AI176" t="s">
+        <v>202</v>
+      </c>
+      <c r="AJ176" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK176">
+        <v>21690000</v>
+      </c>
+      <c r="AL176" t="s">
+        <v>2515</v>
+      </c>
+      <c r="AM176" t="s">
+        <v>2516</v>
+      </c>
+      <c r="AN176">
+        <v>0</v>
+      </c>
+      <c r="AP176" t="s">
+        <v>2517</v>
+      </c>
+      <c r="AQ176">
+        <v>-1</v>
+      </c>
+      <c r="AR176" t="s">
+        <v>2518</v>
+      </c>
+      <c r="AS176" t="s">
+        <v>2519</v>
+      </c>
+      <c r="AT176">
+        <v>0</v>
+      </c>
+      <c r="AV176" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB176" t="s">
+        <v>2520</v>
+      </c>
+      <c r="BC176" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD176" t="s">
+        <v>2511</v>
+      </c>
+      <c r="BE176" s="1">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="177" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A177" t="s">
+        <v>2521</v>
+      </c>
+      <c r="B177" t="s">
+        <v>2522</v>
+      </c>
+      <c r="C177" t="s">
+        <v>2523</v>
+      </c>
+      <c r="D177" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E177" t="s">
+        <v>62</v>
+      </c>
+      <c r="F177" t="s">
+        <v>1624</v>
+      </c>
+      <c r="G177" t="s">
+        <v>1625</v>
+      </c>
+      <c r="H177" t="s">
+        <v>153</v>
+      </c>
+      <c r="I177" t="s">
+        <v>1626</v>
+      </c>
+      <c r="J177">
+        <v>1</v>
+      </c>
+      <c r="K177">
+        <v>0</v>
+      </c>
+      <c r="M177">
+        <v>0</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1627</v>
+      </c>
+      <c r="P177" t="s">
+        <v>1628</v>
+      </c>
+      <c r="Q177" t="s">
+        <v>1623</v>
+      </c>
+      <c r="R177" t="s">
+        <v>62</v>
+      </c>
+      <c r="S177">
+        <v>26490000</v>
+      </c>
+      <c r="T177" t="s">
+        <v>1629</v>
+      </c>
+      <c r="U177" t="s">
+        <v>1630</v>
+      </c>
+      <c r="V177" t="s">
+        <v>1631</v>
+      </c>
+      <c r="W177" t="s">
+        <v>62</v>
+      </c>
+      <c r="X177">
+        <v>2601</v>
+      </c>
+      <c r="Y177" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z177" s="1">
+        <v>46752</v>
+      </c>
+      <c r="AA177" t="s">
+        <v>2501</v>
+      </c>
+      <c r="AB177" t="s">
+        <v>1633</v>
+      </c>
+      <c r="AC177" t="s">
+        <v>1634</v>
+      </c>
+      <c r="AD177" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE177">
+        <v>20720000</v>
+      </c>
+      <c r="AF177" t="s">
+        <v>1635</v>
+      </c>
+      <c r="AG177" t="s">
+        <v>2501</v>
+      </c>
+      <c r="AH177" t="s">
+        <v>1633</v>
+      </c>
+      <c r="AI177" t="s">
+        <v>1634</v>
+      </c>
+      <c r="AJ177" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK177">
+        <v>20720000</v>
+      </c>
+      <c r="AL177" t="s">
+        <v>1635</v>
+      </c>
+      <c r="AM177" t="s">
+        <v>1636</v>
+      </c>
+      <c r="AN177">
+        <v>0</v>
+      </c>
+      <c r="AP177" t="s">
+        <v>1637</v>
+      </c>
+      <c r="AQ177">
+        <v>0</v>
+      </c>
+      <c r="AT177">
+        <v>0</v>
+      </c>
+      <c r="AV177" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB177" t="s">
+        <v>1625</v>
+      </c>
+      <c r="BC177" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD177" t="s">
+        <v>2524</v>
+      </c>
+      <c r="BE177" s="1">
+        <v>46064</v>
+      </c>
+      <c r="BF177" t="s">
+        <v>2502</v>
+      </c>
+    </row>
+    <row r="178" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A178" t="s">
+        <v>2525</v>
+      </c>
+      <c r="B178" t="s">
+        <v>2526</v>
+      </c>
+      <c r="C178" t="s">
+        <v>2526</v>
+      </c>
+      <c r="D178" t="s">
+        <v>2105</v>
+      </c>
+      <c r="E178" t="s">
+        <v>62</v>
+      </c>
+      <c r="F178" t="s">
+        <v>2527</v>
+      </c>
+      <c r="G178" t="s">
+        <v>2528</v>
+      </c>
+      <c r="H178" t="s">
+        <v>228</v>
+      </c>
+      <c r="I178" t="s">
+        <v>2529</v>
+      </c>
+      <c r="J178">
+        <v>1</v>
+      </c>
+      <c r="K178">
+        <v>-1</v>
+      </c>
+      <c r="M178">
+        <v>0</v>
+      </c>
+      <c r="O178" t="s">
+        <v>2530</v>
+      </c>
+      <c r="P178" t="s">
+        <v>2531</v>
+      </c>
+      <c r="Q178" t="s">
+        <v>2532</v>
+      </c>
+      <c r="R178" t="s">
+        <v>1765</v>
+      </c>
+      <c r="S178">
+        <v>115300000</v>
+      </c>
+      <c r="T178" t="s">
+        <v>2528</v>
+      </c>
+      <c r="U178" t="s">
+        <v>2533</v>
+      </c>
+      <c r="V178" t="s">
+        <v>2534</v>
+      </c>
+      <c r="W178" t="s">
+        <v>62</v>
+      </c>
+      <c r="X178">
+        <v>2451</v>
+      </c>
+      <c r="Y178" s="1">
+        <v>46082</v>
+      </c>
+      <c r="Z178" s="1">
+        <v>46127</v>
+      </c>
+      <c r="AA178" t="s">
+        <v>2535</v>
+      </c>
+      <c r="AB178" t="s">
+        <v>2533</v>
+      </c>
+      <c r="AC178" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD178" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE178">
+        <v>24510000</v>
+      </c>
+      <c r="AF178" t="s">
+        <v>2528</v>
+      </c>
+      <c r="AG178" t="s">
+        <v>2536</v>
+      </c>
+      <c r="AH178" t="s">
+        <v>2537</v>
+      </c>
+      <c r="AI178" t="s">
+        <v>1634</v>
+      </c>
+      <c r="AJ178" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK178">
+        <v>20720000</v>
+      </c>
+      <c r="AL178" t="s">
+        <v>2528</v>
+      </c>
+      <c r="AM178" t="s">
+        <v>2538</v>
+      </c>
+      <c r="AN178">
+        <v>0</v>
+      </c>
+      <c r="AP178" t="s">
+        <v>2539</v>
+      </c>
+      <c r="AQ178">
+        <v>-1</v>
+      </c>
+      <c r="AR178" t="s">
+        <v>345</v>
+      </c>
+      <c r="AS178" t="s">
+        <v>346</v>
+      </c>
+      <c r="AT178">
+        <v>-1</v>
+      </c>
+      <c r="AU178" t="s">
+        <v>2540</v>
+      </c>
+      <c r="AV178" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB178" t="s">
+        <v>2541</v>
+      </c>
+      <c r="BC178" t="s">
+        <v>864</v>
+      </c>
+      <c r="BD178" t="s">
+        <v>2535</v>
+      </c>
+      <c r="BE178" s="1">
+        <v>46065</v>
+      </c>
+      <c r="BF178" t="s">
+        <v>2542</v>
+      </c>
+    </row>
+    <row r="179" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A179" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B179" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C179" t="s">
+        <v>2544</v>
+      </c>
+      <c r="D179" t="s">
+        <v>61</v>
+      </c>
+      <c r="E179" t="s">
+        <v>62</v>
+      </c>
+      <c r="F179" t="s">
+        <v>1774</v>
+      </c>
+      <c r="G179" t="s">
+        <v>2545</v>
+      </c>
+      <c r="H179" t="s">
+        <v>290</v>
+      </c>
+      <c r="I179" t="s">
+        <v>2546</v>
+      </c>
+      <c r="J179">
+        <v>3</v>
+      </c>
+      <c r="K179">
+        <v>-1</v>
+      </c>
+      <c r="M179">
+        <v>0</v>
+      </c>
+      <c r="O179" t="s">
+        <v>2547</v>
+      </c>
+      <c r="P179" t="s">
+        <v>2548</v>
+      </c>
+      <c r="Q179" t="s">
+        <v>61</v>
+      </c>
+      <c r="R179" t="s">
+        <v>62</v>
+      </c>
+      <c r="S179">
+        <v>22150000</v>
+      </c>
+      <c r="T179" t="s">
+        <v>2545</v>
+      </c>
+      <c r="U179" t="s">
+        <v>2544</v>
+      </c>
+      <c r="V179" t="s">
+        <v>61</v>
+      </c>
+      <c r="W179" t="s">
+        <v>62</v>
+      </c>
+      <c r="X179">
+        <v>2215</v>
+      </c>
+      <c r="Y179" s="1">
+        <v>46097</v>
+      </c>
+      <c r="Z179" s="1">
+        <v>46248</v>
+      </c>
+      <c r="AA179" t="s">
+        <v>2549</v>
+      </c>
+      <c r="AB179" t="s">
+        <v>2059</v>
+      </c>
+      <c r="AC179" t="s">
+        <v>233</v>
+      </c>
+      <c r="AD179" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE179">
+        <v>19150000</v>
+      </c>
+      <c r="AF179" t="s">
+        <v>2550</v>
+      </c>
+      <c r="AG179" t="s">
+        <v>2549</v>
+      </c>
+      <c r="AH179" t="s">
+        <v>2059</v>
+      </c>
+      <c r="AI179" t="s">
+        <v>233</v>
+      </c>
+      <c r="AJ179" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK179">
+        <v>19150000</v>
+      </c>
+      <c r="AL179" t="s">
+        <v>2550</v>
+      </c>
+      <c r="AM179" t="s">
+        <v>2551</v>
+      </c>
+      <c r="AN179">
+        <v>0</v>
+      </c>
+      <c r="AP179" t="s">
+        <v>2552</v>
+      </c>
+      <c r="AQ179">
+        <v>-1</v>
+      </c>
+      <c r="AR179" t="s">
+        <v>2553</v>
+      </c>
+      <c r="AS179" t="s">
+        <v>2554</v>
+      </c>
+      <c r="AT179">
+        <v>0</v>
+      </c>
+      <c r="AV179" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB179" t="s">
+        <v>2555</v>
+      </c>
+      <c r="BC179" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD179" t="s">
+        <v>2549</v>
+      </c>
+      <c r="BE179" s="1">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="180" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A180" t="s">
+        <v>2556</v>
+      </c>
+      <c r="B180" t="s">
+        <v>606</v>
+      </c>
+      <c r="C180" t="s">
+        <v>607</v>
+      </c>
+      <c r="D180" t="s">
+        <v>61</v>
+      </c>
+      <c r="E180" t="s">
+        <v>62</v>
+      </c>
+      <c r="F180" t="s">
+        <v>288</v>
+      </c>
+      <c r="G180" t="s">
+        <v>2557</v>
+      </c>
+      <c r="H180" t="s">
+        <v>2558</v>
+      </c>
+      <c r="I180" t="s">
+        <v>2559</v>
+      </c>
+      <c r="J180">
+        <v>5</v>
+      </c>
+      <c r="K180">
+        <v>-1</v>
+      </c>
+      <c r="M180">
+        <v>0</v>
+      </c>
+      <c r="O180" t="s">
+        <v>606</v>
+      </c>
+      <c r="P180" t="s">
+        <v>607</v>
+      </c>
+      <c r="Q180" t="s">
+        <v>61</v>
+      </c>
+      <c r="R180" t="s">
+        <v>62</v>
+      </c>
+      <c r="S180">
+        <v>21150000</v>
+      </c>
+      <c r="T180" t="s">
+        <v>2557</v>
+      </c>
+      <c r="U180" t="s">
+        <v>610</v>
+      </c>
+      <c r="V180" t="s">
+        <v>139</v>
+      </c>
+      <c r="W180" t="s">
+        <v>62</v>
+      </c>
+      <c r="X180">
+        <v>2115</v>
+      </c>
+      <c r="Y180" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z180" s="1">
+        <v>46235</v>
+      </c>
+      <c r="AA180" t="s">
+        <v>611</v>
+      </c>
+      <c r="AB180" t="s">
+        <v>612</v>
+      </c>
+      <c r="AC180" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD180" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE180">
+        <v>21090000</v>
+      </c>
+      <c r="AF180" t="s">
+        <v>613</v>
+      </c>
+      <c r="AG180" t="s">
+        <v>158</v>
+      </c>
+      <c r="AH180" t="s">
+        <v>1352</v>
+      </c>
+      <c r="AI180" t="s">
+        <v>160</v>
+      </c>
+      <c r="AJ180" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK180">
+        <v>18870000</v>
+      </c>
+      <c r="AL180" t="s">
+        <v>706</v>
+      </c>
+      <c r="AM180" t="s">
+        <v>618</v>
+      </c>
+      <c r="AN180">
+        <v>0</v>
+      </c>
+      <c r="AO180" t="s">
+        <v>2560</v>
+      </c>
+      <c r="AP180" t="s">
+        <v>2561</v>
+      </c>
+      <c r="AQ180">
+        <v>-1</v>
+      </c>
+      <c r="AR180" t="s">
+        <v>2562</v>
+      </c>
+      <c r="AS180" t="s">
+        <v>2563</v>
+      </c>
+      <c r="AT180">
+        <v>0</v>
+      </c>
+      <c r="AV180" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW180" t="s">
+        <v>622</v>
+      </c>
+      <c r="BB180" t="s">
+        <v>623</v>
+      </c>
+      <c r="BC180" t="s">
+        <v>86</v>
+      </c>
+      <c r="BD180" t="s">
+        <v>611</v>
+      </c>
+      <c r="BE180" s="1">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="181" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A181" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1579</v>
+      </c>
+      <c r="E181" t="s">
+        <v>62</v>
+      </c>
+      <c r="F181" t="s">
+        <v>1580</v>
+      </c>
+      <c r="G181" t="s">
+        <v>1581</v>
+      </c>
+      <c r="H181" t="s">
+        <v>336</v>
+      </c>
+      <c r="I181" t="s">
+        <v>1582</v>
+      </c>
+      <c r="J181">
+        <v>2</v>
+      </c>
+      <c r="K181">
+        <v>-1</v>
+      </c>
+      <c r="M181">
+        <v>0</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1583</v>
+      </c>
+      <c r="P181" t="s">
+        <v>1584</v>
+      </c>
+      <c r="Q181" t="s">
+        <v>580</v>
+      </c>
+      <c r="R181" t="s">
+        <v>62</v>
+      </c>
+      <c r="S181">
+        <v>19400000</v>
+      </c>
+      <c r="T181" t="s">
+        <v>1581</v>
+      </c>
+      <c r="U181" t="s">
+        <v>1584</v>
+      </c>
+      <c r="V181" t="s">
+        <v>580</v>
+      </c>
+      <c r="W181" t="s">
+        <v>62</v>
+      </c>
+      <c r="X181">
+        <v>1940</v>
+      </c>
+      <c r="Y181" s="1">
+        <v>46067</v>
+      </c>
+      <c r="Z181" s="1">
+        <v>46113</v>
+      </c>
+      <c r="AA181" t="s">
+        <v>1583</v>
+      </c>
+      <c r="AB181" t="s">
+        <v>1584</v>
+      </c>
+      <c r="AC181" t="s">
+        <v>580</v>
+      </c>
+      <c r="AD181" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE181">
+        <v>19400000</v>
+      </c>
+      <c r="AF181" t="s">
+        <v>1581</v>
+      </c>
+      <c r="AG181" t="s">
+        <v>1585</v>
+      </c>
+      <c r="AH181" t="s">
+        <v>1586</v>
+      </c>
+      <c r="AI181" t="s">
+        <v>531</v>
+      </c>
+      <c r="AJ181" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK181">
+        <v>18510000</v>
+      </c>
+      <c r="AL181" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AM181" t="s">
+        <v>1588</v>
+      </c>
+      <c r="AN181">
+        <v>-1</v>
+      </c>
+      <c r="AO181" t="s">
+        <v>187</v>
+      </c>
+      <c r="AQ181">
+        <v>-1</v>
+      </c>
+      <c r="AR181" t="s">
+        <v>1589</v>
+      </c>
+      <c r="AS181" t="s">
+        <v>1590</v>
+      </c>
+      <c r="AT181">
+        <v>-1</v>
+      </c>
+      <c r="AU181" t="s">
+        <v>1591</v>
+      </c>
+      <c r="AV181" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB181" t="s">
+        <v>1592</v>
+      </c>
+      <c r="BC181" t="s">
+        <v>210</v>
+      </c>
+      <c r="BD181" t="s">
+        <v>1585</v>
+      </c>
+      <c r="BE181" s="1">
+        <v>46065</v>
+      </c>
+      <c r="BF181" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="182" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A182" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B182" t="s">
+        <v>2566</v>
+      </c>
+      <c r="C182" t="s">
+        <v>2566</v>
+      </c>
+      <c r="D182" t="s">
+        <v>61</v>
+      </c>
+      <c r="E182" t="s">
+        <v>62</v>
+      </c>
+      <c r="F182" t="s">
+        <v>769</v>
+      </c>
+      <c r="G182" t="s">
+        <v>2567</v>
+      </c>
+      <c r="H182" t="s">
+        <v>1411</v>
+      </c>
+      <c r="I182" t="s">
+        <v>2568</v>
+      </c>
+      <c r="J182">
+        <v>33</v>
+      </c>
+      <c r="K182">
+        <v>-1</v>
+      </c>
+      <c r="M182">
+        <v>0</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1528</v>
+      </c>
+      <c r="P182" t="s">
+        <v>2569</v>
+      </c>
+      <c r="Q182" t="s">
+        <v>61</v>
+      </c>
+      <c r="R182" t="s">
+        <v>62</v>
+      </c>
+      <c r="S182">
+        <v>21100000</v>
+      </c>
+      <c r="T182" t="s">
+        <v>2567</v>
+      </c>
+      <c r="U182" t="s">
+        <v>2566</v>
+      </c>
+      <c r="V182" t="s">
+        <v>61</v>
+      </c>
+      <c r="W182" t="s">
+        <v>62</v>
+      </c>
+      <c r="X182">
+        <v>2110</v>
+      </c>
+      <c r="Y182" s="1">
+        <v>46083</v>
+      </c>
+      <c r="Z182" s="1">
+        <v>46374</v>
+      </c>
+      <c r="AA182" t="s">
+        <v>2340</v>
+      </c>
+      <c r="AB182" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC182" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD182" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE182">
+        <v>21090000</v>
+      </c>
+      <c r="AF182" t="s">
+        <v>2570</v>
+      </c>
+      <c r="AG182" t="s">
+        <v>2340</v>
+      </c>
+      <c r="AH182" t="s">
+        <v>138</v>
+      </c>
+      <c r="AI182" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ182" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK182">
+        <v>21090000</v>
+      </c>
+      <c r="AL182" t="s">
+        <v>2570</v>
+      </c>
+      <c r="AM182" t="s">
+        <v>2571</v>
+      </c>
+      <c r="AN182">
+        <v>0</v>
+      </c>
+      <c r="AO182" t="s">
+        <v>2572</v>
+      </c>
+      <c r="AP182" t="s">
+        <v>2573</v>
+      </c>
+      <c r="AQ182">
+        <v>-1</v>
+      </c>
+      <c r="AR182" t="s">
+        <v>447</v>
+      </c>
+      <c r="AS182" t="s">
+        <v>145</v>
+      </c>
+      <c r="AT182">
+        <v>0</v>
+      </c>
+      <c r="AV182" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW182" t="s">
+        <v>2574</v>
+      </c>
+      <c r="BB182" t="s">
+        <v>2575</v>
+      </c>
+      <c r="BC182" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD182" t="s">
+        <v>2340</v>
+      </c>
+      <c r="BE182" s="1">
+        <v>46065</v>
+      </c>
+      <c r="BF182" t="s">
+        <v>2576</v>
+      </c>
+    </row>
+    <row r="183" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A183" t="s">
+        <v>2577</v>
+      </c>
+      <c r="B183" t="s">
+        <v>2578</v>
+      </c>
+      <c r="C183" t="s">
+        <v>2578</v>
+      </c>
+      <c r="D183" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E183" t="s">
+        <v>62</v>
+      </c>
+      <c r="F183" t="s">
+        <v>2580</v>
+      </c>
+      <c r="G183" t="s">
+        <v>2581</v>
+      </c>
+      <c r="H183" t="s">
+        <v>153</v>
+      </c>
+      <c r="I183" t="s">
+        <v>1050</v>
+      </c>
+      <c r="J183">
+        <v>1</v>
+      </c>
+      <c r="K183">
+        <v>-1</v>
+      </c>
+      <c r="M183">
+        <v>0</v>
+      </c>
+      <c r="O183" t="s">
+        <v>2582</v>
+      </c>
+      <c r="P183" t="s">
+        <v>2583</v>
+      </c>
+      <c r="Q183" t="s">
+        <v>2584</v>
+      </c>
+      <c r="R183" t="s">
+        <v>2585</v>
+      </c>
+      <c r="S183">
+        <v>546500000</v>
+      </c>
+      <c r="T183" t="s">
+        <v>2581</v>
+      </c>
+      <c r="U183" t="s">
+        <v>2583</v>
+      </c>
+      <c r="V183" t="s">
+        <v>2584</v>
+      </c>
+      <c r="W183" t="s">
+        <v>2585</v>
+      </c>
+      <c r="X183">
+        <v>54650</v>
+      </c>
+      <c r="Y183" s="1">
+        <v>46080</v>
+      </c>
+      <c r="Z183" s="1">
+        <v>46091</v>
+      </c>
+      <c r="AA183" t="s">
+        <v>2582</v>
+      </c>
+      <c r="AB183" t="s">
+        <v>2583</v>
+      </c>
+      <c r="AC183" t="s">
+        <v>2584</v>
+      </c>
+      <c r="AD183" t="s">
+        <v>2585</v>
+      </c>
+      <c r="AE183">
+        <v>15070000</v>
+      </c>
+      <c r="AF183" t="s">
+        <v>2581</v>
+      </c>
+      <c r="AG183" t="s">
+        <v>2586</v>
+      </c>
+      <c r="AH183" t="s">
+        <v>2587</v>
+      </c>
+      <c r="AI183" t="s">
+        <v>2588</v>
+      </c>
+      <c r="AJ183" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK183">
+        <v>15400000</v>
+      </c>
+      <c r="AL183" t="s">
+        <v>2589</v>
+      </c>
+      <c r="AM183" t="s">
+        <v>2590</v>
+      </c>
+      <c r="AN183">
+        <v>-1</v>
+      </c>
+      <c r="AO183" t="s">
+        <v>868</v>
+      </c>
+      <c r="AQ183">
+        <v>-1</v>
+      </c>
+      <c r="AR183" t="s">
+        <v>2591</v>
+      </c>
+      <c r="AS183" t="s">
+        <v>2592</v>
+      </c>
+      <c r="AT183">
+        <v>-1</v>
+      </c>
+      <c r="AU183" t="s">
+        <v>2593</v>
+      </c>
+      <c r="AV183" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB183" t="s">
+        <v>2589</v>
+      </c>
+      <c r="BC183" t="s">
+        <v>307</v>
+      </c>
+      <c r="BD183" t="s">
+        <v>2586</v>
+      </c>
+      <c r="BE183" s="1">
+        <v>46066</v>
+      </c>
+    </row>
+    <row r="184" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A184" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B184" t="s">
+        <v>2595</v>
+      </c>
+      <c r="C184" t="s">
+        <v>2596</v>
+      </c>
+      <c r="D184" t="s">
+        <v>531</v>
+      </c>
+      <c r="E184" t="s">
+        <v>62</v>
+      </c>
+      <c r="F184" t="s">
+        <v>1849</v>
+      </c>
+      <c r="G184" t="s">
+        <v>2597</v>
+      </c>
+      <c r="H184" t="s">
+        <v>354</v>
+      </c>
+      <c r="I184" t="s">
+        <v>2598</v>
+      </c>
+      <c r="J184">
+        <v>1</v>
+      </c>
+      <c r="K184">
+        <v>0</v>
+      </c>
+      <c r="M184">
+        <v>0</v>
+      </c>
+      <c r="O184" t="s">
+        <v>2599</v>
+      </c>
+      <c r="P184" t="s">
+        <v>2596</v>
+      </c>
+      <c r="Q184" t="s">
+        <v>531</v>
+      </c>
+      <c r="R184" t="s">
+        <v>62</v>
+      </c>
+      <c r="S184">
+        <v>18510000</v>
+      </c>
+      <c r="T184" t="s">
+        <v>2597</v>
+      </c>
+      <c r="U184" t="s">
+        <v>2596</v>
+      </c>
+      <c r="V184" t="s">
+        <v>531</v>
+      </c>
+      <c r="W184" t="s">
+        <v>62</v>
+      </c>
+      <c r="X184">
+        <v>1851</v>
+      </c>
+      <c r="Y184" s="1">
+        <v>46082</v>
+      </c>
+      <c r="Z184" s="1">
+        <v>46326</v>
+      </c>
+      <c r="AA184" t="s">
+        <v>440</v>
+      </c>
+      <c r="AB184" t="s">
+        <v>689</v>
+      </c>
+      <c r="AC184" t="s">
+        <v>439</v>
+      </c>
+      <c r="AD184" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE184">
+        <v>24650000</v>
+      </c>
+      <c r="AF184" t="s">
+        <v>2600</v>
+      </c>
+      <c r="AG184" t="s">
+        <v>440</v>
+      </c>
+      <c r="AH184" t="s">
+        <v>689</v>
+      </c>
+      <c r="AI184" t="s">
+        <v>439</v>
+      </c>
+      <c r="AJ184" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK184">
+        <v>24650000</v>
+      </c>
+      <c r="AL184" t="s">
+        <v>2600</v>
+      </c>
+      <c r="AM184" t="s">
+        <v>2601</v>
+      </c>
+      <c r="AN184">
+        <v>0</v>
+      </c>
+      <c r="AP184" t="s">
+        <v>2602</v>
+      </c>
+      <c r="AQ184">
+        <v>-1</v>
+      </c>
+      <c r="AR184" t="s">
+        <v>2603</v>
+      </c>
+      <c r="AS184" t="s">
+        <v>2604</v>
+      </c>
+      <c r="AT184">
+        <v>0</v>
+      </c>
+      <c r="AV184" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB184" t="s">
+        <v>696</v>
+      </c>
+      <c r="BC184" t="s">
+        <v>697</v>
+      </c>
+      <c r="BD184" t="s">
+        <v>440</v>
+      </c>
+      <c r="BE184" s="1">
+        <v>46066</v>
+      </c>
+    </row>
+    <row r="185" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A185" t="s">
+        <v>2605</v>
+      </c>
+      <c r="B185" t="s">
+        <v>59</v>
+      </c>
+      <c r="C185" t="s">
+        <v>2606</v>
+      </c>
+      <c r="D185" t="s">
+        <v>61</v>
+      </c>
+      <c r="E185" t="s">
+        <v>62</v>
+      </c>
+      <c r="F185" t="s">
+        <v>63</v>
+      </c>
+      <c r="G185" t="s">
+        <v>64</v>
+      </c>
+      <c r="H185" t="s">
+        <v>65</v>
+      </c>
+      <c r="I185" t="s">
+        <v>1050</v>
+      </c>
+      <c r="J185">
+        <v>4</v>
+      </c>
+      <c r="K185">
+        <v>-1</v>
+      </c>
+      <c r="M185">
+        <v>-1</v>
+      </c>
+      <c r="N185" t="s">
+        <v>1066</v>
+      </c>
+      <c r="O185" t="s">
+        <v>68</v>
+      </c>
+      <c r="P185" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q185" t="s">
+        <v>61</v>
+      </c>
+      <c r="R185" t="s">
+        <v>62</v>
+      </c>
+      <c r="S185">
+        <v>21180000</v>
+      </c>
+      <c r="T185" t="s">
+        <v>64</v>
+      </c>
+      <c r="U185" t="s">
+        <v>69</v>
+      </c>
+      <c r="V185" t="s">
+        <v>61</v>
+      </c>
+      <c r="W185" t="s">
+        <v>62</v>
+      </c>
+      <c r="X185">
+        <v>2118</v>
+      </c>
+      <c r="Y185" s="1">
+        <v>46079</v>
+      </c>
+      <c r="Z185" s="1">
+        <v>46143</v>
+      </c>
+      <c r="AA185" t="s">
+        <v>70</v>
+      </c>
+      <c r="AB185" t="s">
+        <v>71</v>
+      </c>
+      <c r="AC185" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD185" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE185">
+        <v>24510000</v>
+      </c>
+      <c r="AF185" t="s">
+        <v>73</v>
+      </c>
+      <c r="AG185" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH185" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI185" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ185" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK185">
+        <v>18260000</v>
+      </c>
+      <c r="AL185" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM185" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN185">
+        <v>0</v>
+      </c>
+      <c r="AO185" t="s">
+        <v>2607</v>
+      </c>
+      <c r="AP185" t="s">
+        <v>2608</v>
+      </c>
+      <c r="AQ185">
+        <v>-1</v>
+      </c>
+      <c r="AR185" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS185" t="s">
+        <v>82</v>
+      </c>
+      <c r="AT185">
+        <v>0</v>
+      </c>
+      <c r="AV185" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB185" t="s">
+        <v>85</v>
+      </c>
+      <c r="BC185" t="s">
+        <v>86</v>
+      </c>
+      <c r="BD185" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE185" s="1">
+        <v>46069</v>
+      </c>
+      <c r="BF185" t="s">
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="186" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A186" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B186" t="s">
+        <v>2611</v>
+      </c>
+      <c r="C186" t="s">
+        <v>2612</v>
+      </c>
+      <c r="D186" t="s">
+        <v>160</v>
+      </c>
+      <c r="E186" t="s">
+        <v>62</v>
+      </c>
+      <c r="F186" t="s">
+        <v>2613</v>
+      </c>
+      <c r="G186" t="s">
+        <v>2614</v>
+      </c>
+      <c r="H186" t="s">
+        <v>336</v>
+      </c>
+      <c r="I186" t="s">
+        <v>1463</v>
+      </c>
+      <c r="J186">
+        <v>1</v>
+      </c>
+      <c r="K186">
+        <v>-1</v>
+      </c>
+      <c r="M186">
+        <v>0</v>
+      </c>
+      <c r="O186" t="s">
+        <v>2611</v>
+      </c>
+      <c r="P186" t="s">
+        <v>2612</v>
+      </c>
+      <c r="Q186" t="s">
+        <v>160</v>
+      </c>
+      <c r="R186" t="s">
+        <v>62</v>
+      </c>
+      <c r="S186">
+        <v>18870000</v>
+      </c>
+      <c r="T186" t="s">
+        <v>2614</v>
+      </c>
+      <c r="U186" t="s">
+        <v>2612</v>
+      </c>
+      <c r="V186" t="s">
+        <v>2615</v>
+      </c>
+      <c r="W186" t="s">
+        <v>62</v>
+      </c>
+      <c r="X186">
+        <v>1801</v>
+      </c>
+      <c r="Y186" s="1">
+        <v>46084</v>
+      </c>
+      <c r="Z186" s="1">
+        <v>46143</v>
+      </c>
+      <c r="AA186" t="s">
+        <v>2616</v>
+      </c>
+      <c r="AB186" t="s">
+        <v>2617</v>
+      </c>
+      <c r="AC186" t="s">
+        <v>705</v>
+      </c>
+      <c r="AD186" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE186">
+        <v>18010000</v>
+      </c>
+      <c r="AF186" t="s">
+        <v>2618</v>
+      </c>
+      <c r="AG186" t="s">
+        <v>2616</v>
+      </c>
+      <c r="AH186" t="s">
+        <v>2617</v>
+      </c>
+      <c r="AI186" t="s">
+        <v>705</v>
+      </c>
+      <c r="AJ186" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK186">
+        <v>18010000</v>
+      </c>
+      <c r="AL186" t="s">
+        <v>2618</v>
+      </c>
+      <c r="AM186" t="s">
+        <v>2619</v>
+      </c>
+      <c r="AN186">
+        <v>0</v>
+      </c>
+      <c r="AP186" t="s">
+        <v>2620</v>
+      </c>
+      <c r="AQ186">
+        <v>-1</v>
+      </c>
+      <c r="AR186" t="s">
+        <v>2621</v>
+      </c>
+      <c r="AS186" t="s">
+        <v>2622</v>
+      </c>
+      <c r="AT186">
+        <v>0</v>
+      </c>
+      <c r="AV186" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB186" t="s">
+        <v>2618</v>
+      </c>
+      <c r="BC186" t="s">
+        <v>2623</v>
+      </c>
+      <c r="BD186" t="s">
+        <v>2616</v>
+      </c>
+      <c r="BE186" s="1">
+        <v>46069</v>
+      </c>
+      <c r="BF186" t="s">
+        <v>2624</v>
+      </c>
+    </row>
+    <row r="187" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A187" t="s">
+        <v>2625</v>
+      </c>
+      <c r="B187" t="s">
+        <v>2626</v>
+      </c>
+      <c r="C187" t="s">
+        <v>2627</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1579</v>
+      </c>
+      <c r="E187" t="s">
+        <v>62</v>
+      </c>
+      <c r="F187" t="s">
+        <v>2628</v>
+      </c>
+      <c r="G187" t="s">
+        <v>2629</v>
+      </c>
+      <c r="H187" t="s">
+        <v>336</v>
+      </c>
+      <c r="I187" t="s">
+        <v>2630</v>
+      </c>
+      <c r="J187">
+        <v>2</v>
+      </c>
+      <c r="K187">
+        <v>0</v>
+      </c>
+      <c r="M187">
+        <v>0</v>
+      </c>
+      <c r="O187" t="s">
+        <v>2631</v>
+      </c>
+      <c r="P187" t="s">
+        <v>2632</v>
+      </c>
+      <c r="Q187" t="s">
+        <v>2633</v>
+      </c>
+      <c r="R187" t="s">
+        <v>1765</v>
+      </c>
+      <c r="S187">
+        <v>115520000</v>
+      </c>
+      <c r="T187" t="s">
+        <v>2629</v>
+      </c>
+      <c r="U187" t="s">
+        <v>2632</v>
+      </c>
+      <c r="V187" t="s">
+        <v>2615</v>
+      </c>
+      <c r="W187" t="s">
+        <v>62</v>
+      </c>
+      <c r="X187">
+        <v>1801</v>
+      </c>
+      <c r="Y187" s="1">
+        <v>46084</v>
+      </c>
+      <c r="Z187" s="1">
+        <v>46450</v>
+      </c>
+      <c r="AA187" t="s">
+        <v>2616</v>
+      </c>
+      <c r="AB187" t="s">
+        <v>2617</v>
+      </c>
+      <c r="AC187" t="s">
+        <v>705</v>
+      </c>
+      <c r="AD187" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE187">
+        <v>18010000</v>
+      </c>
+      <c r="AF187" t="s">
+        <v>2634</v>
+      </c>
+      <c r="AG187" t="s">
+        <v>2616</v>
+      </c>
+      <c r="AH187" t="s">
+        <v>2617</v>
+      </c>
+      <c r="AI187" t="s">
+        <v>705</v>
+      </c>
+      <c r="AJ187" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK187">
+        <v>18010000</v>
+      </c>
+      <c r="AL187" t="s">
+        <v>2634</v>
+      </c>
+      <c r="AM187" t="s">
+        <v>2619</v>
+      </c>
+      <c r="AN187">
+        <v>0</v>
+      </c>
+      <c r="AP187" t="s">
+        <v>2635</v>
+      </c>
+      <c r="AQ187">
+        <v>0</v>
+      </c>
+      <c r="AT187">
+        <v>0</v>
+      </c>
+      <c r="AV187" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB187" t="s">
+        <v>2618</v>
+      </c>
+      <c r="BC187" t="s">
+        <v>2623</v>
+      </c>
+      <c r="BD187" t="s">
+        <v>2616</v>
+      </c>
+      <c r="BE187" s="1">
+        <v>46069</v>
+      </c>
+      <c r="BF187" t="s">
+        <v>2624</v>
+      </c>
+    </row>
+    <row r="188" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A188" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B188" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C188" t="s">
+        <v>2638</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1687</v>
+      </c>
+      <c r="E188" t="s">
+        <v>62</v>
+      </c>
+      <c r="F188" t="s">
+        <v>1681</v>
+      </c>
+      <c r="G188" t="s">
+        <v>2639</v>
+      </c>
+      <c r="H188" t="s">
+        <v>2640</v>
+      </c>
+      <c r="I188" t="s">
+        <v>2641</v>
+      </c>
+      <c r="J188">
+        <v>1</v>
+      </c>
+      <c r="K188">
+        <v>0</v>
+      </c>
+      <c r="M188">
+        <v>0</v>
+      </c>
+      <c r="O188" t="s">
+        <v>2642</v>
+      </c>
+      <c r="P188" t="s">
+        <v>2643</v>
+      </c>
+      <c r="Q188" t="s">
+        <v>1687</v>
+      </c>
+      <c r="R188" t="s">
+        <v>62</v>
+      </c>
+      <c r="S188">
+        <v>18030000</v>
+      </c>
+      <c r="T188" t="s">
+        <v>2639</v>
+      </c>
+      <c r="U188" t="s">
+        <v>2638</v>
+      </c>
+      <c r="V188" t="s">
+        <v>1687</v>
+      </c>
+      <c r="W188" t="s">
+        <v>62</v>
+      </c>
+      <c r="X188">
+        <v>1803</v>
+      </c>
+      <c r="Y188" s="1">
+        <v>46083</v>
+      </c>
+      <c r="Z188" s="1">
+        <v>46199</v>
+      </c>
+      <c r="AA188" t="s">
+        <v>498</v>
+      </c>
+      <c r="AB188" t="s">
+        <v>499</v>
+      </c>
+      <c r="AC188" t="s">
+        <v>500</v>
+      </c>
+      <c r="AD188" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE188">
+        <v>18640000</v>
+      </c>
+      <c r="AF188" t="s">
+        <v>2644</v>
+      </c>
+      <c r="AG188" t="s">
+        <v>498</v>
+      </c>
+      <c r="AH188" t="s">
+        <v>499</v>
+      </c>
+      <c r="AI188" t="s">
+        <v>500</v>
+      </c>
+      <c r="AJ188" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK188">
+        <v>18640000</v>
+      </c>
+      <c r="AL188" t="s">
+        <v>2644</v>
+      </c>
+      <c r="AM188" t="s">
+        <v>2645</v>
+      </c>
+      <c r="AN188">
+        <v>0</v>
+      </c>
+      <c r="AO188" t="s">
+        <v>2646</v>
+      </c>
+      <c r="AP188" t="s">
+        <v>2647</v>
+      </c>
+      <c r="AQ188">
+        <v>-1</v>
+      </c>
+      <c r="AR188" t="s">
+        <v>2146</v>
+      </c>
+      <c r="AS188" t="s">
+        <v>2147</v>
+      </c>
+      <c r="AT188">
+        <v>0</v>
+      </c>
+      <c r="AV188" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB188" t="s">
+        <v>2648</v>
+      </c>
+      <c r="BC188" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD188" t="s">
+        <v>498</v>
+      </c>
+      <c r="BE188" s="1">
+        <v>46069</v>
+      </c>
+      <c r="BF188" t="s">
+        <v>2624</v>
+      </c>
+    </row>
+    <row r="189" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A189" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E189" t="s">
+        <v>62</v>
+      </c>
+      <c r="F189" t="s">
+        <v>1394</v>
+      </c>
+      <c r="G189" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H189" t="s">
+        <v>134</v>
+      </c>
+      <c r="I189" t="s">
+        <v>1396</v>
+      </c>
+      <c r="J189">
+        <v>2</v>
+      </c>
+      <c r="K189">
+        <v>-1</v>
+      </c>
+      <c r="M189">
+        <v>0</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1397</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1398</v>
+      </c>
+      <c r="Q189" t="s">
+        <v>1393</v>
+      </c>
+      <c r="R189" t="s">
+        <v>62</v>
+      </c>
+      <c r="S189">
+        <v>20450000</v>
+      </c>
+      <c r="T189" t="s">
+        <v>1395</v>
+      </c>
+      <c r="U189" t="s">
+        <v>1399</v>
+      </c>
+      <c r="V189" t="s">
+        <v>1400</v>
+      </c>
+      <c r="W189" t="s">
+        <v>62</v>
+      </c>
+      <c r="X189">
+        <v>2339</v>
+      </c>
+      <c r="Y189" s="1">
+        <v>46076</v>
+      </c>
+      <c r="Z189" s="1">
+        <v>46094</v>
+      </c>
+      <c r="AA189" t="s">
+        <v>1401</v>
+      </c>
+      <c r="AB189" t="s">
+        <v>1399</v>
+      </c>
+      <c r="AC189" t="s">
+        <v>1402</v>
+      </c>
+      <c r="AD189" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE189">
+        <v>19600000</v>
+      </c>
+      <c r="AF189" t="s">
+        <v>1395</v>
+      </c>
+      <c r="AG189" t="s">
+        <v>1403</v>
+      </c>
+      <c r="AH189" t="s">
+        <v>1404</v>
+      </c>
+      <c r="AI189" t="s">
+        <v>973</v>
+      </c>
+      <c r="AJ189" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK189">
+        <v>19600000</v>
+      </c>
+      <c r="AL189" t="s">
+        <v>1405</v>
+      </c>
+      <c r="AM189" t="s">
+        <v>1406</v>
+      </c>
+      <c r="AN189">
+        <v>0</v>
+      </c>
+      <c r="AP189" t="s">
+        <v>1407</v>
+      </c>
+      <c r="AQ189">
+        <v>-1</v>
+      </c>
+      <c r="AR189" t="s">
+        <v>1408</v>
+      </c>
+      <c r="AS189" t="s">
+        <v>1409</v>
+      </c>
+      <c r="AT189">
+        <v>-1</v>
+      </c>
+      <c r="AU189" t="s">
+        <v>1410</v>
+      </c>
+      <c r="AV189" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB189" t="s">
+        <v>1405</v>
+      </c>
+      <c r="BC189" t="s">
+        <v>1411</v>
+      </c>
+      <c r="BD189" t="s">
+        <v>1403</v>
+      </c>
+      <c r="BE189" s="1">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="190" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A190" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B190" t="s">
+        <v>59</v>
+      </c>
+      <c r="C190" t="s">
+        <v>2651</v>
+      </c>
+      <c r="D190" t="s">
+        <v>61</v>
+      </c>
+      <c r="E190" t="s">
+        <v>62</v>
+      </c>
+      <c r="F190" t="s">
+        <v>63</v>
+      </c>
+      <c r="G190" t="s">
+        <v>64</v>
+      </c>
+      <c r="H190" t="s">
+        <v>65</v>
+      </c>
+      <c r="I190" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J190">
+        <v>4</v>
+      </c>
+      <c r="K190">
+        <v>-1</v>
+      </c>
+      <c r="M190">
+        <v>-1</v>
+      </c>
+      <c r="N190" t="s">
+        <v>93</v>
+      </c>
+      <c r="O190" t="s">
+        <v>68</v>
+      </c>
+      <c r="P190" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q190" t="s">
+        <v>61</v>
+      </c>
+      <c r="R190" t="s">
+        <v>62</v>
+      </c>
+      <c r="S190">
+        <v>21180000</v>
+      </c>
+      <c r="T190" t="s">
+        <v>64</v>
+      </c>
+      <c r="U190" t="s">
+        <v>69</v>
+      </c>
+      <c r="V190" t="s">
+        <v>61</v>
+      </c>
+      <c r="W190" t="s">
+        <v>62</v>
+      </c>
+      <c r="X190">
+        <v>2118</v>
+      </c>
+      <c r="Y190" s="1">
+        <v>46079</v>
+      </c>
+      <c r="Z190" s="1">
+        <v>46143</v>
+      </c>
+      <c r="AA190" t="s">
+        <v>70</v>
+      </c>
+      <c r="AB190" t="s">
+        <v>71</v>
+      </c>
+      <c r="AC190" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD190" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE190">
+        <v>24510000</v>
+      </c>
+      <c r="AF190" t="s">
+        <v>73</v>
+      </c>
+      <c r="AG190" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH190" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI190" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ190" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK190">
+        <v>18260000</v>
+      </c>
+      <c r="AL190" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM190" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN190">
+        <v>0</v>
+      </c>
+      <c r="AP190" t="s">
+        <v>2652</v>
+      </c>
+      <c r="AQ190">
+        <v>-1</v>
+      </c>
+      <c r="AR190" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS190" t="s">
+        <v>82</v>
+      </c>
+      <c r="AT190">
+        <v>0</v>
+      </c>
+      <c r="AV190" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB190" t="s">
+        <v>85</v>
+      </c>
+      <c r="BC190" t="s">
+        <v>86</v>
+      </c>
+      <c r="BD190" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE190" s="1">
+        <v>46069</v>
+      </c>
+      <c r="BF190" t="s">
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="191" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A191" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B191" t="s">
+        <v>2654</v>
+      </c>
+      <c r="C191" t="s">
+        <v>2654</v>
+      </c>
+      <c r="D191" t="s">
+        <v>215</v>
+      </c>
+      <c r="E191" t="s">
+        <v>62</v>
+      </c>
+      <c r="F191" t="s">
+        <v>2655</v>
+      </c>
+      <c r="G191" t="s">
+        <v>2656</v>
+      </c>
+      <c r="H191" t="s">
+        <v>91</v>
+      </c>
+      <c r="I191" t="s">
+        <v>2657</v>
+      </c>
+      <c r="J191">
+        <v>2</v>
+      </c>
+      <c r="K191">
+        <v>-1</v>
+      </c>
+      <c r="M191">
+        <v>0</v>
+      </c>
+      <c r="O191" t="s">
+        <v>2658</v>
+      </c>
+      <c r="P191" t="s">
+        <v>2659</v>
+      </c>
+      <c r="Q191" t="s">
+        <v>1927</v>
+      </c>
+      <c r="R191" t="s">
+        <v>62</v>
+      </c>
+      <c r="S191">
+        <v>17020000</v>
+      </c>
+      <c r="T191" t="s">
+        <v>2656</v>
+      </c>
+      <c r="U191" t="s">
+        <v>2660</v>
+      </c>
+      <c r="V191" t="s">
+        <v>61</v>
+      </c>
+      <c r="W191" t="s">
+        <v>62</v>
+      </c>
+      <c r="X191">
+        <v>2110</v>
+      </c>
+      <c r="Y191" s="1">
+        <v>46083</v>
+      </c>
+      <c r="Z191" s="1">
+        <v>46108</v>
+      </c>
+      <c r="AA191" t="s">
+        <v>2661</v>
+      </c>
+      <c r="AB191" t="s">
+        <v>2660</v>
+      </c>
+      <c r="AC191" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD191" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE191">
+        <v>21100000</v>
+      </c>
+      <c r="AF191" t="s">
+        <v>2656</v>
+      </c>
+      <c r="AG191" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH191" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI191" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ191" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK191">
+        <v>18260000</v>
+      </c>
+      <c r="AL191" t="s">
+        <v>1707</v>
+      </c>
+      <c r="AM191" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN191">
+        <v>0</v>
+      </c>
+      <c r="AO191" t="s">
+        <v>98</v>
+      </c>
+      <c r="AQ191">
+        <v>-1</v>
+      </c>
+      <c r="AR191" t="s">
+        <v>2662</v>
+      </c>
+      <c r="AS191" t="s">
+        <v>2663</v>
+      </c>
+      <c r="AT191">
+        <v>-1</v>
+      </c>
+      <c r="AU191" t="s">
+        <v>2664</v>
+      </c>
+      <c r="AV191" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB191" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC191" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD191" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE191" s="1">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="192" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A192" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B192" t="s">
+        <v>430</v>
+      </c>
+      <c r="C192" t="s">
+        <v>2666</v>
+      </c>
+      <c r="D192" t="s">
+        <v>2667</v>
+      </c>
+      <c r="E192" t="s">
+        <v>62</v>
+      </c>
+      <c r="F192" t="s">
+        <v>2668</v>
+      </c>
+      <c r="G192" t="s">
+        <v>2669</v>
+      </c>
+      <c r="H192" t="s">
+        <v>153</v>
+      </c>
+      <c r="I192" t="s">
+        <v>1050</v>
+      </c>
+      <c r="J192">
+        <v>1</v>
+      </c>
+      <c r="K192">
+        <v>-1</v>
+      </c>
+      <c r="M192">
+        <v>0</v>
+      </c>
+      <c r="O192" t="s">
+        <v>2670</v>
+      </c>
+      <c r="P192" t="s">
+        <v>2671</v>
+      </c>
+      <c r="Q192" t="s">
+        <v>2667</v>
+      </c>
+      <c r="R192" t="s">
+        <v>62</v>
+      </c>
+      <c r="S192">
+        <v>14600000</v>
+      </c>
+      <c r="T192" t="s">
+        <v>2669</v>
+      </c>
+      <c r="U192" t="s">
+        <v>2671</v>
+      </c>
+      <c r="V192" t="s">
+        <v>2667</v>
+      </c>
+      <c r="W192" t="s">
+        <v>62</v>
+      </c>
+      <c r="X192">
+        <v>1460</v>
+      </c>
+      <c r="Y192" s="1">
+        <v>46079</v>
+      </c>
+      <c r="Z192" s="1">
+        <v>46265</v>
+      </c>
+      <c r="AA192" t="s">
+        <v>1531</v>
+      </c>
+      <c r="AB192" t="s">
+        <v>2672</v>
+      </c>
+      <c r="AC192" t="s">
+        <v>1533</v>
+      </c>
+      <c r="AD192" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE192">
+        <v>19500000</v>
+      </c>
+      <c r="AF192" t="s">
+        <v>2669</v>
+      </c>
+      <c r="AG192" t="s">
+        <v>2673</v>
+      </c>
+      <c r="AH192" t="s">
+        <v>2674</v>
+      </c>
+      <c r="AI192" t="s">
+        <v>2675</v>
+      </c>
+      <c r="AJ192" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK192">
+        <v>18440000</v>
+      </c>
+      <c r="AL192" t="s">
+        <v>2676</v>
+      </c>
+      <c r="AM192" t="s">
+        <v>2677</v>
+      </c>
+      <c r="AN192">
+        <v>-1</v>
+      </c>
+      <c r="AO192" t="s">
+        <v>2678</v>
+      </c>
+      <c r="AQ192">
+        <v>-1</v>
+      </c>
+      <c r="AR192" t="s">
+        <v>2679</v>
+      </c>
+      <c r="AS192" t="s">
+        <v>1125</v>
+      </c>
+      <c r="AT192">
+        <v>-1</v>
+      </c>
+      <c r="AU192" t="s">
+        <v>2680</v>
+      </c>
+      <c r="AV192" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB192" t="s">
+        <v>2681</v>
+      </c>
+      <c r="BC192" t="s">
+        <v>210</v>
+      </c>
+      <c r="BD192" t="s">
+        <v>2673</v>
+      </c>
+      <c r="BE192" s="1">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="193" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A193" t="s">
+        <v>2682</v>
+      </c>
+      <c r="B193" t="s">
+        <v>59</v>
+      </c>
+      <c r="C193" t="s">
+        <v>2149</v>
+      </c>
+      <c r="D193" t="s">
+        <v>61</v>
+      </c>
+      <c r="E193" t="s">
+        <v>62</v>
+      </c>
+      <c r="F193" t="s">
+        <v>63</v>
+      </c>
+      <c r="G193" t="s">
+        <v>64</v>
+      </c>
+      <c r="H193" t="s">
+        <v>65</v>
+      </c>
+      <c r="I193" t="s">
+        <v>92</v>
+      </c>
+      <c r="J193">
+        <v>4</v>
+      </c>
+      <c r="K193">
+        <v>-1</v>
+      </c>
+      <c r="M193">
+        <v>-1</v>
+      </c>
+      <c r="N193" t="s">
+        <v>93</v>
+      </c>
+      <c r="O193" t="s">
+        <v>68</v>
+      </c>
+      <c r="P193" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q193" t="s">
+        <v>61</v>
+      </c>
+      <c r="R193" t="s">
+        <v>62</v>
+      </c>
+      <c r="S193">
+        <v>21180000</v>
+      </c>
+      <c r="T193" t="s">
+        <v>64</v>
+      </c>
+      <c r="U193" t="s">
+        <v>69</v>
+      </c>
+      <c r="V193" t="s">
+        <v>61</v>
+      </c>
+      <c r="W193" t="s">
+        <v>62</v>
+      </c>
+      <c r="X193">
+        <v>2118</v>
+      </c>
+      <c r="Y193" s="1">
+        <v>46079</v>
+      </c>
+      <c r="Z193" s="1">
+        <v>46143</v>
+      </c>
+      <c r="AA193" t="s">
+        <v>70</v>
+      </c>
+      <c r="AB193" t="s">
+        <v>71</v>
+      </c>
+      <c r="AC193" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD193" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE193">
+        <v>24510000</v>
+      </c>
+      <c r="AF193" t="s">
+        <v>73</v>
+      </c>
+      <c r="AG193" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH193" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI193" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ193" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK193">
+        <v>18260000</v>
+      </c>
+      <c r="AL193" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM193" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN193">
+        <v>0</v>
+      </c>
+      <c r="AO193" t="s">
+        <v>2683</v>
+      </c>
+      <c r="AQ193">
+        <v>-1</v>
+      </c>
+      <c r="AR193" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS193" t="s">
+        <v>82</v>
+      </c>
+      <c r="AT193">
+        <v>-1</v>
+      </c>
+      <c r="AU193" t="s">
+        <v>2150</v>
+      </c>
+      <c r="AV193" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB193" t="s">
+        <v>85</v>
+      </c>
+      <c r="BC193" t="s">
+        <v>86</v>
+      </c>
+      <c r="BD193" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE193" s="1">
+        <v>46069</v>
+      </c>
+      <c r="BF193" t="s">
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="194" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A194" t="s">
+        <v>2684</v>
+      </c>
+      <c r="B194" t="s">
+        <v>248</v>
+      </c>
+      <c r="C194" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D194" t="s">
+        <v>61</v>
+      </c>
+      <c r="E194" t="s">
+        <v>62</v>
+      </c>
+      <c r="F194" t="s">
+        <v>288</v>
+      </c>
+      <c r="G194" t="s">
+        <v>2686</v>
+      </c>
+      <c r="H194" t="s">
+        <v>153</v>
+      </c>
+      <c r="I194" t="s">
+        <v>1032</v>
+      </c>
+      <c r="J194">
+        <v>8</v>
+      </c>
+      <c r="K194">
+        <v>-1</v>
+      </c>
+      <c r="M194">
+        <v>0</v>
+      </c>
+      <c r="O194" t="s">
+        <v>248</v>
+      </c>
+      <c r="P194" t="s">
+        <v>253</v>
+      </c>
+      <c r="Q194" t="s">
+        <v>61</v>
+      </c>
+      <c r="R194" t="s">
+        <v>62</v>
+      </c>
+      <c r="S194">
+        <v>21150000</v>
+      </c>
+      <c r="T194" t="s">
+        <v>2686</v>
+      </c>
+      <c r="U194" t="s">
+        <v>253</v>
+      </c>
+      <c r="V194" t="s">
+        <v>61</v>
+      </c>
+      <c r="W194" t="s">
+        <v>62</v>
+      </c>
+      <c r="X194">
+        <v>2115</v>
+      </c>
+      <c r="Y194" s="1">
+        <v>46084</v>
+      </c>
+      <c r="Z194" s="1">
+        <v>46387</v>
+      </c>
+      <c r="AA194" t="s">
+        <v>2687</v>
+      </c>
+      <c r="AB194" t="s">
+        <v>689</v>
+      </c>
+      <c r="AC194" t="s">
+        <v>439</v>
+      </c>
+      <c r="AD194" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE194">
+        <v>24650000</v>
+      </c>
+      <c r="AF194" t="s">
+        <v>2688</v>
+      </c>
+      <c r="AG194" t="s">
+        <v>2687</v>
+      </c>
+      <c r="AH194" t="s">
+        <v>689</v>
+      </c>
+      <c r="AI194" t="s">
+        <v>439</v>
+      </c>
+      <c r="AJ194" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK194">
+        <v>24650000</v>
+      </c>
+      <c r="AL194" t="s">
+        <v>2688</v>
+      </c>
+      <c r="AM194" t="s">
+        <v>2689</v>
+      </c>
+      <c r="AN194">
+        <v>0</v>
+      </c>
+      <c r="AP194" t="s">
+        <v>2690</v>
+      </c>
+      <c r="AQ194">
+        <v>-1</v>
+      </c>
+      <c r="AR194" t="s">
+        <v>261</v>
+      </c>
+      <c r="AS194" t="s">
+        <v>2691</v>
+      </c>
+      <c r="AT194">
+        <v>0</v>
+      </c>
+      <c r="AV194" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW194" t="s">
+        <v>948</v>
+      </c>
+      <c r="BB194" t="s">
+        <v>2692</v>
+      </c>
+      <c r="BC194" t="s">
+        <v>2693</v>
+      </c>
+      <c r="BD194" t="s">
+        <v>2687</v>
+      </c>
+      <c r="BE194" s="1">
+        <v>46070</v>
+      </c>
+    </row>
+    <row r="195" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A195" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B195" t="s">
+        <v>2695</v>
+      </c>
+      <c r="C195" t="s">
+        <v>2696</v>
+      </c>
+      <c r="D195" t="s">
+        <v>897</v>
+      </c>
+      <c r="E195" t="s">
+        <v>62</v>
+      </c>
+      <c r="F195" t="s">
+        <v>2697</v>
+      </c>
+      <c r="G195" t="s">
+        <v>2698</v>
+      </c>
+      <c r="H195" t="s">
+        <v>228</v>
+      </c>
+      <c r="I195" t="s">
+        <v>2699</v>
+      </c>
+      <c r="J195">
+        <v>3</v>
+      </c>
+      <c r="K195">
+        <v>-1</v>
+      </c>
+      <c r="M195">
+        <v>0</v>
+      </c>
+      <c r="O195" t="s">
+        <v>2700</v>
+      </c>
+      <c r="P195" t="s">
+        <v>2696</v>
+      </c>
+      <c r="Q195" t="s">
+        <v>897</v>
+      </c>
+      <c r="R195" t="s">
+        <v>62</v>
+      </c>
+      <c r="S195">
+        <v>13420000</v>
+      </c>
+      <c r="T195" t="s">
+        <v>2701</v>
+      </c>
+      <c r="U195" t="s">
+        <v>2696</v>
+      </c>
+      <c r="V195" t="s">
+        <v>902</v>
+      </c>
+      <c r="W195" t="s">
+        <v>62</v>
+      </c>
+      <c r="X195">
+        <v>1342</v>
+      </c>
+      <c r="Y195" s="1">
+        <v>46117</v>
+      </c>
+      <c r="Z195" s="1">
+        <v>46631</v>
+      </c>
+      <c r="AA195" t="s">
+        <v>2702</v>
+      </c>
+      <c r="AB195" t="s">
+        <v>2703</v>
+      </c>
+      <c r="AC195" t="s">
+        <v>559</v>
+      </c>
+      <c r="AD195" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE195">
+        <v>11040000</v>
+      </c>
+      <c r="AF195" t="s">
+        <v>2698</v>
+      </c>
+      <c r="AG195" t="s">
+        <v>2702</v>
+      </c>
+      <c r="AH195" t="s">
+        <v>2703</v>
+      </c>
+      <c r="AI195" t="s">
+        <v>559</v>
+      </c>
+      <c r="AJ195" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK195">
+        <v>11040000</v>
+      </c>
+      <c r="AL195" t="s">
+        <v>2698</v>
+      </c>
+      <c r="AM195" t="s">
+        <v>2704</v>
+      </c>
+      <c r="AN195">
+        <v>0</v>
+      </c>
+      <c r="AP195" t="s">
+        <v>2705</v>
+      </c>
+      <c r="AQ195">
+        <v>0</v>
+      </c>
+      <c r="AT195">
+        <v>0</v>
+      </c>
+      <c r="AV195" t="s">
+        <v>2706</v>
+      </c>
+      <c r="BB195" t="s">
+        <v>2707</v>
+      </c>
+      <c r="BC195" t="s">
+        <v>2707</v>
+      </c>
+      <c r="BD195" t="s">
+        <v>153</v>
+      </c>
+      <c r="BE195" s="1">
+        <v>46070</v>
+      </c>
+      <c r="BF195" t="s">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="196" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A196" t="s">
+        <v>2709</v>
+      </c>
+      <c r="B196" t="s">
+        <v>293</v>
+      </c>
+      <c r="C196" t="s">
+        <v>2710</v>
+      </c>
+      <c r="D196" t="s">
+        <v>790</v>
+      </c>
+      <c r="E196" t="s">
+        <v>62</v>
+      </c>
+      <c r="F196" t="s">
+        <v>932</v>
+      </c>
+      <c r="G196" t="s">
+        <v>2711</v>
+      </c>
+      <c r="H196" t="s">
+        <v>290</v>
+      </c>
+      <c r="I196" t="s">
+        <v>154</v>
+      </c>
+      <c r="J196">
+        <v>4</v>
+      </c>
+      <c r="K196">
+        <v>-1</v>
+      </c>
+      <c r="M196">
+        <v>0</v>
+      </c>
+      <c r="O196" t="s">
+        <v>293</v>
+      </c>
+      <c r="P196" t="s">
+        <v>2712</v>
+      </c>
+      <c r="Q196" t="s">
+        <v>790</v>
+      </c>
+      <c r="R196" t="s">
+        <v>62</v>
+      </c>
+      <c r="S196">
+        <v>21380000</v>
+      </c>
+      <c r="T196" t="s">
+        <v>2711</v>
+      </c>
+      <c r="U196" t="s">
+        <v>2713</v>
+      </c>
+      <c r="V196" t="s">
+        <v>790</v>
+      </c>
+      <c r="W196" t="s">
+        <v>62</v>
+      </c>
+      <c r="X196">
+        <v>2138</v>
+      </c>
+      <c r="Y196" s="1">
+        <v>46084</v>
+      </c>
+      <c r="Z196" s="1">
+        <v>46087</v>
+      </c>
+      <c r="AA196" t="s">
+        <v>2714</v>
+      </c>
+      <c r="AB196" t="s">
+        <v>2715</v>
+      </c>
+      <c r="AC196" t="s">
+        <v>500</v>
+      </c>
+      <c r="AD196" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE196">
+        <v>18640000</v>
+      </c>
+      <c r="AF196" t="s">
+        <v>2716</v>
+      </c>
+      <c r="AG196" t="s">
+        <v>2714</v>
+      </c>
+      <c r="AH196" t="s">
+        <v>2715</v>
+      </c>
+      <c r="AI196" t="s">
+        <v>500</v>
+      </c>
+      <c r="AJ196" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK196">
+        <v>18640000</v>
+      </c>
+      <c r="AL196" t="s">
+        <v>2716</v>
+      </c>
+      <c r="AM196" t="s">
+        <v>2717</v>
+      </c>
+      <c r="AN196">
+        <v>0</v>
+      </c>
+      <c r="AP196" t="s">
+        <v>2718</v>
+      </c>
+      <c r="AQ196">
+        <v>-1</v>
+      </c>
+      <c r="AR196" t="s">
+        <v>1436</v>
+      </c>
+      <c r="AS196" t="s">
+        <v>2719</v>
+      </c>
+      <c r="AT196">
+        <v>-1</v>
+      </c>
+      <c r="AU196" t="s">
+        <v>2720</v>
+      </c>
+      <c r="AV196" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB196" t="s">
+        <v>2721</v>
+      </c>
+      <c r="BC196" t="s">
+        <v>2722</v>
+      </c>
+      <c r="BD196" t="s">
+        <v>2723</v>
+      </c>
+      <c r="BE196" s="1">
+        <v>46070</v>
+      </c>
+    </row>
+    <row r="197" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A197" t="s">
+        <v>2724</v>
+      </c>
+      <c r="B197" t="s">
+        <v>248</v>
+      </c>
+      <c r="C197" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D197" t="s">
+        <v>61</v>
+      </c>
+      <c r="E197" t="s">
+        <v>62</v>
+      </c>
+      <c r="F197" t="s">
+        <v>288</v>
+      </c>
+      <c r="G197" t="s">
+        <v>2686</v>
+      </c>
+      <c r="H197" t="s">
+        <v>153</v>
+      </c>
+      <c r="I197" t="s">
+        <v>2350</v>
+      </c>
+      <c r="J197">
+        <v>8</v>
+      </c>
+      <c r="K197">
+        <v>-1</v>
+      </c>
+      <c r="M197">
+        <v>0</v>
+      </c>
+      <c r="O197" t="s">
+        <v>248</v>
+      </c>
+      <c r="P197" t="s">
+        <v>253</v>
+      </c>
+      <c r="Q197" t="s">
+        <v>61</v>
+      </c>
+      <c r="R197" t="s">
+        <v>62</v>
+      </c>
+      <c r="S197">
+        <v>21150000</v>
+      </c>
+      <c r="T197" t="s">
+        <v>2686</v>
+      </c>
+      <c r="U197" t="s">
+        <v>253</v>
+      </c>
+      <c r="V197" t="s">
+        <v>61</v>
+      </c>
+      <c r="W197" t="s">
+        <v>62</v>
+      </c>
+      <c r="X197">
+        <v>2115</v>
+      </c>
+      <c r="Y197" s="1">
+        <v>46084</v>
+      </c>
+      <c r="Z197" s="1">
+        <v>46326</v>
+      </c>
+      <c r="AA197" t="s">
+        <v>2687</v>
+      </c>
+      <c r="AB197" t="s">
+        <v>689</v>
+      </c>
+      <c r="AC197" t="s">
+        <v>439</v>
+      </c>
+      <c r="AD197" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE197">
+        <v>24650000</v>
+      </c>
+      <c r="AF197" t="s">
+        <v>2688</v>
+      </c>
+      <c r="AG197" t="s">
+        <v>2687</v>
+      </c>
+      <c r="AH197" t="s">
+        <v>689</v>
+      </c>
+      <c r="AI197" t="s">
+        <v>439</v>
+      </c>
+      <c r="AJ197" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK197">
+        <v>24650000</v>
+      </c>
+      <c r="AL197" t="s">
+        <v>2688</v>
+      </c>
+      <c r="AM197" t="s">
+        <v>2689</v>
+      </c>
+      <c r="AN197">
+        <v>0</v>
+      </c>
+      <c r="AP197" t="s">
+        <v>2725</v>
+      </c>
+      <c r="AQ197">
+        <v>-1</v>
+      </c>
+      <c r="AR197" t="s">
+        <v>261</v>
+      </c>
+      <c r="AS197" t="s">
+        <v>2691</v>
+      </c>
+      <c r="AT197">
+        <v>0</v>
+      </c>
+      <c r="AV197" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW197" t="s">
+        <v>948</v>
+      </c>
+      <c r="BB197" t="s">
+        <v>2692</v>
+      </c>
+      <c r="BC197" t="s">
+        <v>2693</v>
+      </c>
+      <c r="BD197" t="s">
+        <v>2687</v>
+      </c>
+      <c r="BE197" s="1">
+        <v>46070</v>
+      </c>
+    </row>
+    <row r="198" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A198" t="s">
+        <v>2726</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E198" t="s">
+        <v>62</v>
+      </c>
+      <c r="F198" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G198" t="s">
+        <v>1923</v>
+      </c>
+      <c r="H198" t="s">
+        <v>153</v>
+      </c>
+      <c r="I198" t="s">
+        <v>1924</v>
+      </c>
+      <c r="J198">
+        <v>1</v>
+      </c>
+      <c r="K198">
+        <v>-1</v>
+      </c>
+      <c r="M198">
+        <v>0</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1925</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1926</v>
+      </c>
+      <c r="Q198" t="s">
+        <v>1927</v>
+      </c>
+      <c r="R198" t="s">
+        <v>62</v>
+      </c>
+      <c r="S198">
+        <v>17010000</v>
+      </c>
+      <c r="T198" t="s">
+        <v>1923</v>
+      </c>
+      <c r="U198" t="s">
+        <v>1928</v>
+      </c>
+      <c r="V198" t="s">
+        <v>1687</v>
+      </c>
+      <c r="W198" t="s">
+        <v>1929</v>
+      </c>
+      <c r="X198">
+        <v>8016</v>
+      </c>
+      <c r="Y198" s="1">
+        <v>46071</v>
+      </c>
+      <c r="Z198" s="1">
+        <v>46071</v>
+      </c>
+      <c r="AA198" t="s">
+        <v>1930</v>
+      </c>
+      <c r="AB198" t="s">
+        <v>1928</v>
+      </c>
+      <c r="AC198" t="s">
+        <v>1931</v>
+      </c>
+      <c r="AD198" t="s">
+        <v>1929</v>
+      </c>
+      <c r="AE198">
+        <v>80160000</v>
+      </c>
+      <c r="AF198" t="s">
+        <v>1923</v>
+      </c>
+      <c r="AG198" t="s">
+        <v>1932</v>
+      </c>
+      <c r="AH198" t="s">
+        <v>1933</v>
+      </c>
+      <c r="AI198" t="s">
+        <v>1934</v>
+      </c>
+      <c r="AJ198" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK198">
+        <v>19690000</v>
+      </c>
+      <c r="AL198" t="s">
+        <v>444</v>
+      </c>
+      <c r="AM198" t="s">
+        <v>445</v>
+      </c>
+      <c r="AN198">
+        <v>0</v>
+      </c>
+      <c r="AO198" t="s">
+        <v>446</v>
+      </c>
+      <c r="AQ198">
+        <v>-1</v>
+      </c>
+      <c r="AR198" t="s">
+        <v>1935</v>
+      </c>
+      <c r="AS198" t="s">
+        <v>1936</v>
+      </c>
+      <c r="AT198">
+        <v>0</v>
+      </c>
+      <c r="AV198" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB198" t="s">
+        <v>448</v>
+      </c>
+      <c r="BC198" t="s">
+        <v>449</v>
+      </c>
+      <c r="BD198" t="s">
+        <v>1932</v>
+      </c>
+      <c r="BE198" s="1">
+        <v>46071</v>
+      </c>
+      <c r="BF198" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="199" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A199" t="s">
+        <v>2727</v>
+      </c>
+      <c r="B199" t="s">
+        <v>2728</v>
+      </c>
+      <c r="C199" t="s">
+        <v>2729</v>
+      </c>
+      <c r="D199" t="s">
+        <v>790</v>
+      </c>
+      <c r="E199" t="s">
+        <v>62</v>
+      </c>
+      <c r="F199" t="s">
+        <v>791</v>
+      </c>
+      <c r="G199" t="s">
+        <v>2730</v>
+      </c>
+      <c r="H199" t="s">
+        <v>2413</v>
+      </c>
+      <c r="I199" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J199">
+        <v>12</v>
+      </c>
+      <c r="K199">
+        <v>0</v>
+      </c>
+      <c r="M199">
+        <v>0</v>
+      </c>
+      <c r="O199" t="s">
+        <v>2728</v>
+      </c>
+      <c r="P199" t="s">
+        <v>2729</v>
+      </c>
+      <c r="Q199" t="s">
+        <v>790</v>
+      </c>
+      <c r="R199" t="s">
+        <v>62</v>
+      </c>
+      <c r="S199">
+        <v>21420000</v>
+      </c>
+      <c r="T199" t="s">
+        <v>2730</v>
+      </c>
+      <c r="U199" t="s">
+        <v>2729</v>
+      </c>
+      <c r="V199" t="s">
+        <v>790</v>
+      </c>
+      <c r="W199" t="s">
+        <v>62</v>
+      </c>
+      <c r="X199">
+        <v>2142</v>
+      </c>
+      <c r="Y199" s="1">
+        <v>46081</v>
+      </c>
+      <c r="Z199" s="1">
+        <v>46230</v>
+      </c>
+      <c r="AA199" t="s">
+        <v>2340</v>
+      </c>
+      <c r="AB199" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC199" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD199" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE199">
+        <v>21090000</v>
+      </c>
+      <c r="AF199" t="s">
+        <v>2732</v>
+      </c>
+      <c r="AG199" t="s">
+        <v>2340</v>
+      </c>
+      <c r="AH199" t="s">
+        <v>138</v>
+      </c>
+      <c r="AI199" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ199" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK199">
+        <v>21090000</v>
+      </c>
+      <c r="AL199" t="s">
+        <v>2732</v>
+      </c>
+      <c r="AM199" t="s">
+        <v>2733</v>
+      </c>
+      <c r="AN199">
+        <v>0</v>
+      </c>
+      <c r="AO199" t="s">
+        <v>2734</v>
+      </c>
+      <c r="AP199" t="s">
+        <v>2734</v>
+      </c>
+      <c r="AQ199">
+        <v>-1</v>
+      </c>
+      <c r="AR199" t="s">
+        <v>447</v>
+      </c>
+      <c r="AS199" t="s">
+        <v>2735</v>
+      </c>
+      <c r="AT199">
+        <v>0</v>
+      </c>
+      <c r="AV199" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB199" t="s">
+        <v>2732</v>
+      </c>
+      <c r="BC199" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD199" t="s">
+        <v>2340</v>
+      </c>
+      <c r="BE199" s="1">
+        <v>46071</v>
+      </c>
+      <c r="BF199" t="s">
+        <v>2736</v>
+      </c>
+    </row>
+    <row r="200" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A200" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B200" t="s">
+        <v>2738</v>
+      </c>
+      <c r="C200" t="s">
+        <v>2738</v>
+      </c>
+      <c r="D200" t="s">
+        <v>61</v>
+      </c>
+      <c r="E200" t="s">
+        <v>62</v>
+      </c>
+      <c r="F200" t="s">
+        <v>769</v>
+      </c>
+      <c r="G200" t="s">
+        <v>2739</v>
+      </c>
+      <c r="H200" t="s">
+        <v>134</v>
+      </c>
+      <c r="I200" t="s">
+        <v>2740</v>
+      </c>
+      <c r="J200">
+        <v>13</v>
+      </c>
+      <c r="K200">
+        <v>0</v>
+      </c>
+      <c r="M200">
+        <v>0</v>
+      </c>
+      <c r="O200" t="s">
+        <v>2738</v>
+      </c>
+      <c r="P200" t="s">
+        <v>2738</v>
+      </c>
+      <c r="Q200" t="s">
+        <v>61</v>
+      </c>
+      <c r="R200" t="s">
+        <v>62</v>
+      </c>
+      <c r="S200">
+        <v>21100000</v>
+      </c>
+      <c r="T200" t="s">
+        <v>2739</v>
+      </c>
+      <c r="U200" t="s">
+        <v>2738</v>
+      </c>
+      <c r="V200" t="s">
+        <v>61</v>
+      </c>
+      <c r="W200" t="s">
+        <v>62</v>
+      </c>
+      <c r="X200">
+        <v>2110</v>
+      </c>
+      <c r="Y200" s="1">
+        <v>46081</v>
+      </c>
+      <c r="Z200" s="1">
+        <v>46230</v>
+      </c>
+      <c r="AA200" t="s">
+        <v>2340</v>
+      </c>
+      <c r="AB200" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC200" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD200" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE200">
+        <v>21090000</v>
+      </c>
+      <c r="AF200" t="s">
+        <v>2741</v>
+      </c>
+      <c r="AG200" t="s">
+        <v>2340</v>
+      </c>
+      <c r="AH200" t="s">
+        <v>138</v>
+      </c>
+      <c r="AI200" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ200" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK200">
+        <v>21090000</v>
+      </c>
+      <c r="AL200" t="s">
+        <v>2741</v>
+      </c>
+      <c r="AM200" t="s">
+        <v>2733</v>
+      </c>
+      <c r="AN200">
+        <v>0</v>
+      </c>
+      <c r="AO200" t="s">
+        <v>2742</v>
+      </c>
+      <c r="AP200" t="s">
+        <v>2742</v>
+      </c>
+      <c r="AQ200">
+        <v>-1</v>
+      </c>
+      <c r="AR200" t="s">
+        <v>2743</v>
+      </c>
+      <c r="AS200" t="s">
+        <v>2744</v>
+      </c>
+      <c r="AT200">
+        <v>0</v>
+      </c>
+      <c r="AV200" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB200" t="s">
+        <v>2732</v>
+      </c>
+      <c r="BC200" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD200" t="s">
+        <v>2340</v>
+      </c>
+      <c r="BE200" s="1">
+        <v>46071</v>
+      </c>
+      <c r="BF200" t="s">
+        <v>2736</v>
+      </c>
+    </row>
+    <row r="201" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A201" t="s">
+        <v>2745</v>
+      </c>
+      <c r="B201" t="s">
+        <v>2746</v>
+      </c>
+      <c r="C201" t="s">
+        <v>2747</v>
+      </c>
+      <c r="D201" t="s">
+        <v>61</v>
+      </c>
+      <c r="E201" t="s">
+        <v>62</v>
+      </c>
+      <c r="F201" t="s">
+        <v>1774</v>
+      </c>
+      <c r="G201" t="s">
+        <v>2748</v>
+      </c>
+      <c r="H201" t="s">
+        <v>2749</v>
+      </c>
+      <c r="I201" t="s">
+        <v>2750</v>
+      </c>
+      <c r="J201">
+        <v>9</v>
+      </c>
+      <c r="K201">
+        <v>-1</v>
+      </c>
+      <c r="M201">
+        <v>0</v>
+      </c>
+      <c r="O201" t="s">
+        <v>2751</v>
+      </c>
+      <c r="P201" t="s">
+        <v>2752</v>
+      </c>
+      <c r="Q201" t="s">
+        <v>61</v>
+      </c>
+      <c r="R201" t="s">
+        <v>62</v>
+      </c>
+      <c r="S201">
+        <v>22150000</v>
+      </c>
+      <c r="T201" t="s">
+        <v>2748</v>
+      </c>
+      <c r="U201" t="s">
+        <v>2753</v>
+      </c>
+      <c r="V201" t="s">
+        <v>61</v>
+      </c>
+      <c r="W201" t="s">
+        <v>62</v>
+      </c>
+      <c r="X201">
+        <v>2215</v>
+      </c>
+      <c r="Y201" s="1">
+        <v>46090</v>
+      </c>
+      <c r="Z201" s="1">
+        <v>46387</v>
+      </c>
+      <c r="AA201" t="s">
+        <v>179</v>
+      </c>
+      <c r="AB201" t="s">
+        <v>180</v>
+      </c>
+      <c r="AC201" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD201" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE201">
+        <v>22190000</v>
+      </c>
+      <c r="AF201" t="s">
+        <v>2754</v>
+      </c>
+      <c r="AG201" t="s">
+        <v>777</v>
+      </c>
+      <c r="AH201" t="s">
+        <v>2755</v>
+      </c>
+      <c r="AI201" t="s">
+        <v>779</v>
+      </c>
+      <c r="AJ201" t="s">
+        <v>599</v>
+      </c>
+      <c r="AK201">
+        <v>30790000</v>
+      </c>
+      <c r="AL201" t="s">
+        <v>780</v>
+      </c>
+      <c r="AM201" t="s">
+        <v>781</v>
+      </c>
+      <c r="AN201">
+        <v>-1</v>
+      </c>
+      <c r="AO201" t="s">
+        <v>2756</v>
+      </c>
+      <c r="AQ201">
+        <v>-1</v>
+      </c>
+      <c r="AR201" t="s">
+        <v>2757</v>
+      </c>
+      <c r="AS201" t="s">
+        <v>1158</v>
+      </c>
+      <c r="AT201">
+        <v>-1</v>
+      </c>
+      <c r="AU201" t="s">
+        <v>2758</v>
+      </c>
+      <c r="AV201" t="s">
+        <v>302</v>
+      </c>
+      <c r="BB201" t="s">
+        <v>786</v>
+      </c>
+      <c r="BC201" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD201" t="s">
+        <v>777</v>
+      </c>
+      <c r="BE201" s="1">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="202" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A202" t="s">
+        <v>2759</v>
+      </c>
+      <c r="B202" t="s">
+        <v>2760</v>
+      </c>
+      <c r="C202" t="s">
+        <v>2761</v>
+      </c>
+      <c r="D202" t="s">
+        <v>61</v>
+      </c>
+      <c r="E202" t="s">
+        <v>62</v>
+      </c>
+      <c r="F202" t="s">
+        <v>1330</v>
+      </c>
+      <c r="G202" t="s">
+        <v>2762</v>
+      </c>
+      <c r="H202" t="s">
+        <v>2763</v>
+      </c>
+      <c r="I202" t="s">
+        <v>2764</v>
+      </c>
+      <c r="J202">
+        <v>1</v>
+      </c>
+      <c r="K202">
+        <v>-1</v>
+      </c>
+      <c r="M202">
+        <v>0</v>
+      </c>
+      <c r="O202" t="s">
+        <v>2765</v>
+      </c>
+      <c r="P202" t="s">
+        <v>2766</v>
+      </c>
+      <c r="Q202" t="s">
+        <v>2767</v>
+      </c>
+      <c r="R202" t="s">
+        <v>62</v>
+      </c>
+      <c r="S202">
+        <v>21860000</v>
+      </c>
+      <c r="T202" t="s">
+        <v>2762</v>
+      </c>
+      <c r="U202" t="s">
+        <v>2766</v>
+      </c>
+      <c r="V202" t="s">
+        <v>2767</v>
+      </c>
+      <c r="W202" t="s">
+        <v>62</v>
+      </c>
+      <c r="X202">
+        <v>2186</v>
+      </c>
+      <c r="Y202" s="1">
+        <v>46083</v>
+      </c>
+      <c r="Z202" s="1">
+        <v>46204</v>
+      </c>
+      <c r="AA202" t="s">
+        <v>2511</v>
+      </c>
+      <c r="AB202" t="s">
+        <v>2512</v>
+      </c>
+      <c r="AC202" t="s">
+        <v>1579</v>
+      </c>
+      <c r="AD202" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE202">
+        <v>19050000</v>
+      </c>
+      <c r="AF202" t="s">
+        <v>2768</v>
+      </c>
+      <c r="AG202" t="s">
+        <v>2769</v>
+      </c>
+      <c r="AH202" t="s">
+        <v>2770</v>
+      </c>
+      <c r="AI202" t="s">
+        <v>1001</v>
+      </c>
+      <c r="AJ202" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK202">
+        <v>18410000</v>
+      </c>
+      <c r="AL202" t="s">
+        <v>2771</v>
+      </c>
+      <c r="AM202" t="s">
+        <v>2772</v>
+      </c>
+      <c r="AN202">
+        <v>0</v>
+      </c>
+      <c r="AP202" t="s">
+        <v>2773</v>
+      </c>
+      <c r="AQ202">
+        <v>-1</v>
+      </c>
+      <c r="AR202" t="s">
+        <v>99</v>
+      </c>
+      <c r="AS202" t="s">
+        <v>2519</v>
+      </c>
+      <c r="AT202">
+        <v>-1</v>
+      </c>
+      <c r="AU202" t="s">
+        <v>2774</v>
+      </c>
+      <c r="AV202" t="s">
+        <v>208</v>
+      </c>
+      <c r="BB202" t="s">
+        <v>2520</v>
+      </c>
+      <c r="BC202" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD202" t="s">
+        <v>2511</v>
+      </c>
+      <c r="BE202" s="1">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="203" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A203" t="s">
+        <v>2775</v>
+      </c>
+      <c r="B203" t="s">
+        <v>2776</v>
+      </c>
+      <c r="C203" t="s">
+        <v>2776</v>
+      </c>
+      <c r="D203" t="s">
+        <v>61</v>
+      </c>
+      <c r="E203" t="s">
+        <v>62</v>
+      </c>
+      <c r="F203" t="s">
+        <v>151</v>
+      </c>
+      <c r="G203" t="s">
+        <v>2777</v>
+      </c>
+      <c r="H203" t="s">
+        <v>2778</v>
+      </c>
+      <c r="I203" t="s">
+        <v>2779</v>
+      </c>
+      <c r="J203">
+        <v>6</v>
+      </c>
+      <c r="K203">
+        <v>-1</v>
+      </c>
+      <c r="M203">
+        <v>0</v>
+      </c>
+      <c r="O203" t="s">
+        <v>2780</v>
+      </c>
+      <c r="P203" t="s">
+        <v>2781</v>
+      </c>
+      <c r="Q203" t="s">
+        <v>2782</v>
+      </c>
+      <c r="R203" t="s">
+        <v>62</v>
+      </c>
+      <c r="S203">
+        <v>24620000</v>
+      </c>
+      <c r="T203" t="s">
+        <v>2777</v>
+      </c>
+      <c r="U203" t="s">
+        <v>2776</v>
+      </c>
+      <c r="V203" t="s">
+        <v>61</v>
+      </c>
+      <c r="W203" t="s">
+        <v>62</v>
+      </c>
+      <c r="X203">
+        <v>2210</v>
+      </c>
+      <c r="Y203" s="1">
+        <v>46084</v>
+      </c>
+      <c r="Z203" s="1">
+        <v>46231</v>
+      </c>
+      <c r="AA203" t="s">
+        <v>2340</v>
+      </c>
+      <c r="AB203" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC203" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD203" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE203">
+        <v>21090000</v>
+      </c>
+      <c r="AF203" t="s">
+        <v>2341</v>
+      </c>
+      <c r="AG203" t="s">
+        <v>2340</v>
+      </c>
+      <c r="AH203" t="s">
+        <v>138</v>
+      </c>
+      <c r="AI203" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ203" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK203">
+        <v>21090000</v>
+      </c>
+      <c r="AL203" t="s">
+        <v>2341</v>
+      </c>
+      <c r="AM203" t="s">
+        <v>2342</v>
+      </c>
+      <c r="AN203">
+        <v>0</v>
+      </c>
+      <c r="AP203" t="s">
+        <v>107</v>
+      </c>
+      <c r="AQ203">
+        <v>-1</v>
+      </c>
+      <c r="AR203" t="s">
+        <v>2783</v>
+      </c>
+      <c r="AS203" t="s">
+        <v>2784</v>
+      </c>
+      <c r="AT203">
+        <v>0</v>
+      </c>
+      <c r="AV203" t="s">
+        <v>347</v>
+      </c>
+      <c r="AW203" t="s">
+        <v>948</v>
+      </c>
+      <c r="BB203" t="s">
+        <v>2341</v>
+      </c>
+      <c r="BC203" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD203" t="s">
+        <v>2340</v>
+      </c>
+      <c r="BE203" s="1">
+        <v>46071</v>
+      </c>
+      <c r="BF203" t="s">
+        <v>2785</v>
+      </c>
+    </row>
+    <row r="204" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A204" t="s">
+        <v>2786</v>
+      </c>
+      <c r="B204" t="s">
+        <v>2787</v>
+      </c>
+      <c r="C204" t="s">
+        <v>2788</v>
+      </c>
+      <c r="D204" t="s">
+        <v>852</v>
+      </c>
+      <c r="E204" t="s">
+        <v>62</v>
+      </c>
+      <c r="F204" t="s">
+        <v>853</v>
+      </c>
+      <c r="G204" t="s">
+        <v>2789</v>
+      </c>
+      <c r="H204" t="s">
+        <v>2790</v>
+      </c>
+      <c r="I204" t="s">
+        <v>2791</v>
+      </c>
+      <c r="J204">
+        <v>3</v>
+      </c>
+      <c r="K204">
+        <v>0</v>
+      </c>
+      <c r="M204">
+        <v>0</v>
+      </c>
+      <c r="O204" t="s">
+        <v>2792</v>
+      </c>
+      <c r="P204" t="s">
+        <v>2788</v>
+      </c>
+      <c r="Q204" t="s">
+        <v>852</v>
+      </c>
+      <c r="R204" t="s">
+        <v>62</v>
+      </c>
+      <c r="S204">
+        <v>18100000</v>
+      </c>
+      <c r="T204" t="s">
+        <v>2789</v>
+      </c>
+      <c r="U204" t="s">
+        <v>2788</v>
+      </c>
+      <c r="V204" t="s">
+        <v>852</v>
+      </c>
+      <c r="W204" t="s">
+        <v>62</v>
+      </c>
+      <c r="X204">
+        <v>1810</v>
+      </c>
+      <c r="Y204" s="1">
+        <v>46083</v>
+      </c>
+      <c r="Z204" s="1">
+        <v>46305</v>
+      </c>
+      <c r="AA204" t="s">
+        <v>221</v>
+      </c>
+      <c r="AB204" t="s">
+        <v>222</v>
+      </c>
+      <c r="AC204" t="s">
+        <v>223</v>
+      </c>
+      <c r="AD204" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE204">
+        <v>17570000</v>
+      </c>
+      <c r="AF204" t="s">
+        <v>2793</v>
+      </c>
+      <c r="AG204" t="s">
+        <v>221</v>
+      </c>
+      <c r="AH204" t="s">
+        <v>222</v>
+      </c>
+      <c r="AI204" t="s">
+        <v>223</v>
+      </c>
+      <c r="AJ204" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK204">
+        <v>17570000</v>
+      </c>
+      <c r="AL204" t="s">
+        <v>2793</v>
+      </c>
+      <c r="AM204" t="s">
+        <v>2794</v>
+      </c>
+      <c r="AN204">
+        <v>0</v>
+      </c>
+      <c r="AO204" t="s">
+        <v>2795</v>
+      </c>
+      <c r="AP204" t="s">
+        <v>2796</v>
+      </c>
+      <c r="AQ204">
+        <v>-1</v>
+      </c>
+      <c r="AR204" t="s">
+        <v>2797</v>
+      </c>
+      <c r="AS204" t="s">
+        <v>2798</v>
+      </c>
+      <c r="AT204">
+        <v>0</v>
+      </c>
+      <c r="AV204" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB204" t="s">
+        <v>2799</v>
+      </c>
+      <c r="BC204" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD204" t="s">
+        <v>229</v>
+      </c>
+      <c r="BE204" s="1">
+        <v>46071</v>
+      </c>
+      <c r="BF204" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="205" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A205" t="s">
+        <v>2800</v>
+      </c>
+      <c r="B205" t="s">
+        <v>2801</v>
+      </c>
+      <c r="C205" t="s">
+        <v>2802</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1757</v>
+      </c>
+      <c r="E205" t="s">
+        <v>62</v>
+      </c>
+      <c r="F205" t="s">
+        <v>1758</v>
+      </c>
+      <c r="G205" t="s">
+        <v>2803</v>
+      </c>
+      <c r="H205" t="s">
+        <v>153</v>
+      </c>
+      <c r="I205" t="s">
+        <v>2804</v>
+      </c>
+      <c r="J205">
+        <v>2</v>
+      </c>
+      <c r="K205">
+        <v>0</v>
+      </c>
+      <c r="M205">
+        <v>0</v>
+      </c>
+      <c r="O205" t="s">
+        <v>2805</v>
+      </c>
+      <c r="P205" t="s">
+        <v>2806</v>
+      </c>
+      <c r="Q205" t="s">
+        <v>1757</v>
+      </c>
+      <c r="R205" t="s">
+        <v>62</v>
+      </c>
+      <c r="S205">
+        <v>12470000</v>
+      </c>
+      <c r="T205" t="s">
+        <v>2803</v>
+      </c>
+      <c r="U205" t="s">
+        <v>2703</v>
+      </c>
+      <c r="V205" t="s">
+        <v>2807</v>
+      </c>
+      <c r="W205" t="s">
+        <v>62</v>
+      </c>
+      <c r="X205">
+        <v>1104</v>
+      </c>
+      <c r="Y205" s="1">
+        <v>46104</v>
+      </c>
+      <c r="Z205" s="1">
+        <v>46199</v>
+      </c>
+      <c r="AA205" t="s">
+        <v>2808</v>
+      </c>
+      <c r="AB205" t="s">
+        <v>2703</v>
+      </c>
+      <c r="AC205" t="s">
+        <v>559</v>
+      </c>
+      <c r="AD205" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE205">
+        <v>10400000</v>
+      </c>
+      <c r="AF205" t="s">
+        <v>2809</v>
+      </c>
+      <c r="AG205" t="s">
+        <v>817</v>
+      </c>
+      <c r="AH205" t="s">
+        <v>818</v>
+      </c>
+      <c r="AI205" t="s">
+        <v>312</v>
+      </c>
+      <c r="AJ205" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK205">
+        <v>10400000</v>
+      </c>
+      <c r="AL205" t="s">
+        <v>526</v>
+      </c>
+      <c r="AM205" t="s">
+        <v>324</v>
+      </c>
+      <c r="AN205">
+        <v>-1</v>
+      </c>
+      <c r="AO205" t="s">
+        <v>868</v>
+      </c>
+      <c r="AQ205">
+        <v>-1</v>
+      </c>
+      <c r="AR205" t="s">
+        <v>602</v>
+      </c>
+      <c r="AS205" t="s">
+        <v>603</v>
+      </c>
+      <c r="AT205">
+        <v>-1</v>
+      </c>
+      <c r="AU205" t="s">
+        <v>2810</v>
+      </c>
+      <c r="AV205" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB205" t="s">
+        <v>822</v>
+      </c>
+      <c r="BC205" t="s">
+        <v>822</v>
+      </c>
+      <c r="BD205" t="s">
+        <v>817</v>
+      </c>
+      <c r="BE205" s="1">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="206" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A206" t="s">
+        <v>2811</v>
+      </c>
+      <c r="B206" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C206" t="s">
+        <v>2813</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E206" t="s">
+        <v>62</v>
+      </c>
+      <c r="F206" t="s">
+        <v>1196</v>
+      </c>
+      <c r="G206" t="s">
+        <v>2814</v>
+      </c>
+      <c r="H206" t="s">
+        <v>1332</v>
+      </c>
+      <c r="I206" t="s">
+        <v>2815</v>
+      </c>
+      <c r="J206">
+        <v>5</v>
+      </c>
+      <c r="K206">
+        <v>0</v>
+      </c>
+      <c r="M206">
+        <v>0</v>
+      </c>
+      <c r="O206" t="s">
+        <v>2816</v>
+      </c>
+      <c r="P206" t="s">
+        <v>2813</v>
+      </c>
+      <c r="Q206" t="s">
+        <v>1195</v>
+      </c>
+      <c r="R206" t="s">
+        <v>62</v>
+      </c>
+      <c r="S206">
+        <v>21430000</v>
+      </c>
+      <c r="T206" t="s">
+        <v>2814</v>
+      </c>
+      <c r="U206" t="s">
+        <v>2813</v>
+      </c>
+      <c r="V206" t="s">
+        <v>1195</v>
+      </c>
+      <c r="W206" t="s">
+        <v>62</v>
+      </c>
+      <c r="X206">
+        <v>2143</v>
+      </c>
+      <c r="Y206" s="1">
+        <v>46085</v>
+      </c>
+      <c r="Z206" s="1">
+        <v>46086</v>
+      </c>
+      <c r="AA206" t="s">
+        <v>2400</v>
+      </c>
+      <c r="AB206" t="s">
+        <v>2401</v>
+      </c>
+      <c r="AC206" t="s">
+        <v>1605</v>
+      </c>
+      <c r="AD206" t="s">
+        <v>599</v>
+      </c>
+      <c r="AE206">
+        <v>38650000</v>
+      </c>
+      <c r="AF206" t="s">
+        <v>2817</v>
+      </c>
+      <c r="AG206" t="s">
+        <v>2400</v>
+      </c>
+      <c r="AH206" t="s">
+        <v>2401</v>
+      </c>
+      <c r="AI206" t="s">
+        <v>1605</v>
+      </c>
+      <c r="AJ206" t="s">
+        <v>599</v>
+      </c>
+      <c r="AK206">
+        <v>38650000</v>
+      </c>
+      <c r="AL206" t="s">
+        <v>2817</v>
+      </c>
+      <c r="AM206" t="s">
+        <v>2403</v>
+      </c>
+      <c r="AN206">
+        <v>0</v>
+      </c>
+      <c r="AP206" t="s">
+        <v>2818</v>
+      </c>
+      <c r="AQ206">
+        <v>-1</v>
+      </c>
+      <c r="AR206" t="s">
+        <v>2817</v>
+      </c>
+      <c r="AS206" t="s">
+        <v>2819</v>
+      </c>
+      <c r="AT206">
+        <v>-1</v>
+      </c>
+      <c r="AU206" t="s">
+        <v>2820</v>
+      </c>
+      <c r="AV206" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB206" t="s">
+        <v>2408</v>
+      </c>
+      <c r="BC206" t="s">
+        <v>307</v>
+      </c>
+      <c r="BD206" t="s">
+        <v>2409</v>
+      </c>
+      <c r="BE206" s="1">
+        <v>46072</v>
+      </c>
+    </row>
+    <row r="207" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A207" t="s">
+        <v>2821</v>
+      </c>
+      <c r="B207" t="s">
+        <v>2822</v>
+      </c>
+      <c r="C207" t="s">
+        <v>2823</v>
+      </c>
+      <c r="D207" t="s">
+        <v>779</v>
+      </c>
+      <c r="E207" t="s">
+        <v>62</v>
+      </c>
+      <c r="F207" t="s">
+        <v>234</v>
+      </c>
+      <c r="G207" t="s">
+        <v>2824</v>
+      </c>
+      <c r="H207" t="s">
+        <v>2825</v>
+      </c>
+      <c r="I207" t="s">
+        <v>2027</v>
+      </c>
+      <c r="J207">
+        <v>1</v>
+      </c>
+      <c r="K207">
+        <v>-1</v>
+      </c>
+      <c r="M207">
+        <v>0</v>
+      </c>
+      <c r="O207" t="s">
+        <v>2826</v>
+      </c>
+      <c r="P207" t="s">
+        <v>2823</v>
+      </c>
+      <c r="Q207" t="s">
+        <v>779</v>
+      </c>
+      <c r="R207" t="s">
+        <v>62</v>
+      </c>
+      <c r="S207">
+        <v>19150000</v>
+      </c>
+      <c r="T207" t="s">
+        <v>2824</v>
+      </c>
+      <c r="U207" t="s">
+        <v>2823</v>
+      </c>
+      <c r="V207" t="s">
+        <v>779</v>
+      </c>
+      <c r="W207" t="s">
+        <v>62</v>
+      </c>
+      <c r="X207">
+        <v>1915</v>
+      </c>
+      <c r="Y207" s="1">
+        <v>46090</v>
+      </c>
+      <c r="Z207" s="1">
+        <v>46108</v>
+      </c>
+      <c r="AA207" t="s">
+        <v>2827</v>
+      </c>
+      <c r="AB207" t="s">
+        <v>2828</v>
+      </c>
+      <c r="AC207" t="s">
+        <v>2829</v>
+      </c>
+      <c r="AD207" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE207">
+        <v>19130000</v>
+      </c>
+      <c r="AF207" t="s">
+        <v>2830</v>
+      </c>
+      <c r="AG207" t="s">
+        <v>2827</v>
+      </c>
+      <c r="AH207" t="s">
+        <v>2828</v>
+      </c>
+      <c r="AI207" t="s">
+        <v>2829</v>
+      </c>
+      <c r="AJ207" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK207">
+        <v>19130000</v>
+      </c>
+      <c r="AL207" t="s">
+        <v>2830</v>
+      </c>
+      <c r="AM207" t="s">
+        <v>2831</v>
+      </c>
+      <c r="AN207">
+        <v>-1</v>
+      </c>
+      <c r="AO207" t="s">
+        <v>2832</v>
+      </c>
+      <c r="AQ207">
+        <v>-1</v>
+      </c>
+      <c r="AR207" t="s">
+        <v>2833</v>
+      </c>
+      <c r="AS207" t="s">
+        <v>2834</v>
+      </c>
+      <c r="AT207">
+        <v>-1</v>
+      </c>
+      <c r="AU207" t="s">
+        <v>2835</v>
+      </c>
+      <c r="AV207" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB207" t="s">
+        <v>2836</v>
+      </c>
+      <c r="BC207" t="s">
+        <v>284</v>
+      </c>
+      <c r="BD207" t="s">
+        <v>2837</v>
+      </c>
+      <c r="BE207" s="1">
+        <v>46072</v>
+      </c>
+    </row>
+    <row r="208" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A208" t="s">
+        <v>2838</v>
+      </c>
+      <c r="B208" t="s">
+        <v>149</v>
+      </c>
+      <c r="C208" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D208" t="s">
+        <v>415</v>
+      </c>
+      <c r="E208" t="s">
+        <v>62</v>
+      </c>
+      <c r="F208" t="s">
+        <v>2840</v>
+      </c>
+      <c r="G208" t="s">
+        <v>2841</v>
+      </c>
+      <c r="H208" t="s">
+        <v>2842</v>
+      </c>
+      <c r="I208" t="s">
+        <v>2843</v>
+      </c>
+      <c r="J208">
+        <v>3</v>
+      </c>
+      <c r="K208">
+        <v>0</v>
+      </c>
+      <c r="M208">
+        <v>0</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1334</v>
+      </c>
+      <c r="P208" t="s">
+        <v>2839</v>
+      </c>
+      <c r="Q208" t="s">
+        <v>415</v>
+      </c>
+      <c r="R208" t="s">
+        <v>62</v>
+      </c>
+      <c r="S208">
+        <v>21890000</v>
+      </c>
+      <c r="T208" t="s">
+        <v>2841</v>
+      </c>
+      <c r="U208" t="s">
+        <v>2839</v>
+      </c>
+      <c r="V208" t="s">
+        <v>2844</v>
+      </c>
+      <c r="W208" t="s">
+        <v>62</v>
+      </c>
+      <c r="X208">
+        <v>2155</v>
+      </c>
+      <c r="Y208" s="1">
+        <v>46086</v>
+      </c>
+      <c r="Z208" s="1">
+        <v>46171</v>
+      </c>
+      <c r="AA208" t="s">
+        <v>2845</v>
+      </c>
+      <c r="AB208" t="s">
+        <v>2846</v>
+      </c>
+      <c r="AC208" t="s">
+        <v>1233</v>
+      </c>
+      <c r="AD208" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE208">
+        <v>21550000</v>
+      </c>
+      <c r="AF208" t="s">
+        <v>2847</v>
+      </c>
+      <c r="AG208" t="s">
+        <v>2845</v>
+      </c>
+      <c r="AH208" t="s">
+        <v>2846</v>
+      </c>
+      <c r="AI208" t="s">
+        <v>2848</v>
+      </c>
+      <c r="AJ208" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK208">
+        <v>20620000</v>
+      </c>
+      <c r="AL208" t="s">
+        <v>2847</v>
+      </c>
+      <c r="AM208" t="s">
+        <v>2849</v>
+      </c>
+      <c r="AN208">
+        <v>0</v>
+      </c>
+      <c r="AO208" t="s">
+        <v>2850</v>
+      </c>
+      <c r="AP208" t="s">
+        <v>2850</v>
+      </c>
+      <c r="AQ208">
+        <v>-1</v>
+      </c>
+      <c r="AR208" t="s">
+        <v>1061</v>
+      </c>
+      <c r="AS208" t="s">
+        <v>2461</v>
+      </c>
+      <c r="AT208">
+        <v>0</v>
+      </c>
+      <c r="AV208" t="s">
+        <v>208</v>
+      </c>
+      <c r="BB208" t="s">
+        <v>2851</v>
+      </c>
+      <c r="BC208" t="s">
+        <v>134</v>
+      </c>
+      <c r="BD208" t="s">
+        <v>2845</v>
+      </c>
+      <c r="BE208" s="1">
+        <v>46072</v>
+      </c>
+    </row>
+    <row r="209" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A209" t="s">
+        <v>2852</v>
+      </c>
+      <c r="B209" t="s">
+        <v>2853</v>
+      </c>
+      <c r="C209" t="s">
+        <v>2854</v>
+      </c>
+      <c r="D209" t="s">
+        <v>662</v>
+      </c>
+      <c r="E209" t="s">
+        <v>62</v>
+      </c>
+      <c r="F209" t="s">
+        <v>2855</v>
+      </c>
+      <c r="G209" t="s">
+        <v>2856</v>
+      </c>
+      <c r="H209" t="s">
+        <v>2857</v>
+      </c>
+      <c r="I209" t="s">
+        <v>1032</v>
+      </c>
+      <c r="J209">
+        <v>1</v>
+      </c>
+      <c r="K209">
+        <v>-1</v>
+      </c>
+      <c r="M209">
+        <v>0</v>
+      </c>
+      <c r="O209" t="s">
+        <v>2858</v>
+      </c>
+      <c r="P209" t="s">
+        <v>2859</v>
+      </c>
+      <c r="Q209" t="s">
+        <v>662</v>
+      </c>
+      <c r="R209" t="s">
+        <v>62</v>
+      </c>
+      <c r="S209">
+        <v>18300000</v>
+      </c>
+      <c r="T209" t="s">
+        <v>2856</v>
+      </c>
+      <c r="U209" t="s">
+        <v>2859</v>
+      </c>
+      <c r="V209" t="s">
+        <v>662</v>
+      </c>
+      <c r="W209" t="s">
+        <v>62</v>
+      </c>
+      <c r="X209">
+        <v>1830</v>
+      </c>
+      <c r="Y209" s="1">
+        <v>46097</v>
+      </c>
+      <c r="Z209" s="1">
+        <v>46265</v>
+      </c>
+      <c r="AA209" t="s">
+        <v>1531</v>
+      </c>
+      <c r="AB209" t="s">
+        <v>2860</v>
+      </c>
+      <c r="AC209" t="s">
+        <v>2861</v>
+      </c>
+      <c r="AD209" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE209">
+        <v>15100000</v>
+      </c>
+      <c r="AF209" t="s">
+        <v>2862</v>
+      </c>
+      <c r="AG209" t="s">
+        <v>2673</v>
+      </c>
+      <c r="AH209" t="s">
+        <v>2674</v>
+      </c>
+      <c r="AI209" t="s">
+        <v>2675</v>
+      </c>
+      <c r="AJ209" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK209">
+        <v>18440000</v>
+      </c>
+      <c r="AL209" t="s">
+        <v>2863</v>
+      </c>
+      <c r="AM209" t="s">
+        <v>2677</v>
+      </c>
+      <c r="AN209">
+        <v>-1</v>
+      </c>
+      <c r="AO209" t="s">
+        <v>2864</v>
+      </c>
+      <c r="AQ209">
+        <v>-1</v>
+      </c>
+      <c r="AR209" t="s">
+        <v>2865</v>
+      </c>
+      <c r="AS209" t="s">
+        <v>2866</v>
+      </c>
+      <c r="AT209">
+        <v>-1</v>
+      </c>
+      <c r="AU209" t="s">
+        <v>2867</v>
+      </c>
+      <c r="AV209" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB209" t="s">
+        <v>2681</v>
+      </c>
+      <c r="BC209" t="s">
+        <v>210</v>
+      </c>
+      <c r="BD209" t="s">
+        <v>2673</v>
+      </c>
+      <c r="BE209" s="1">
+        <v>46072</v>
+      </c>
+    </row>
+    <row r="210" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A210" t="s">
+        <v>2868</v>
+      </c>
+      <c r="B210" t="s">
+        <v>493</v>
+      </c>
+      <c r="C210" t="s">
+        <v>2869</v>
+      </c>
+      <c r="D210" t="s">
+        <v>61</v>
+      </c>
+      <c r="E210" t="s">
+        <v>62</v>
+      </c>
+      <c r="F210" t="s">
+        <v>132</v>
+      </c>
+      <c r="G210" t="s">
+        <v>495</v>
+      </c>
+      <c r="H210" t="s">
+        <v>496</v>
+      </c>
+      <c r="I210" t="s">
+        <v>497</v>
+      </c>
+      <c r="J210">
+        <v>4</v>
+      </c>
+      <c r="K210">
+        <v>0</v>
+      </c>
+      <c r="M210">
+        <v>0</v>
+      </c>
+      <c r="O210" t="s">
+        <v>493</v>
+      </c>
+      <c r="P210" t="s">
+        <v>494</v>
+      </c>
+      <c r="Q210" t="s">
+        <v>61</v>
+      </c>
+      <c r="R210" t="s">
+        <v>62</v>
+      </c>
+      <c r="S210">
+        <v>21140000</v>
+      </c>
+      <c r="T210" t="s">
+        <v>495</v>
+      </c>
+      <c r="U210" t="s">
+        <v>494</v>
+      </c>
+      <c r="V210" t="s">
+        <v>61</v>
+      </c>
+      <c r="W210" t="s">
+        <v>62</v>
+      </c>
+      <c r="X210">
+        <v>2114</v>
+      </c>
+      <c r="Y210" s="1">
+        <v>46096</v>
+      </c>
+      <c r="Z210" s="1">
+        <v>46172</v>
+      </c>
+      <c r="AA210" t="s">
+        <v>498</v>
+      </c>
+      <c r="AB210" t="s">
+        <v>499</v>
+      </c>
+      <c r="AC210" t="s">
+        <v>500</v>
+      </c>
+      <c r="AD210" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE210">
+        <v>18640000</v>
+      </c>
+      <c r="AF210" t="s">
+        <v>501</v>
+      </c>
+      <c r="AG210" t="s">
+        <v>498</v>
+      </c>
+      <c r="AH210" t="s">
+        <v>499</v>
+      </c>
+      <c r="AI210" t="s">
+        <v>500</v>
+      </c>
+      <c r="AJ210" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK210">
+        <v>18640000</v>
+      </c>
+      <c r="AL210" t="s">
+        <v>501</v>
+      </c>
+      <c r="AM210" t="s">
+        <v>502</v>
+      </c>
+      <c r="AN210">
+        <v>0</v>
+      </c>
+      <c r="AP210" t="s">
+        <v>2870</v>
+      </c>
+      <c r="AQ210">
+        <v>-1</v>
+      </c>
+      <c r="AR210" t="s">
+        <v>505</v>
+      </c>
+      <c r="AS210" t="s">
+        <v>1158</v>
+      </c>
+      <c r="AT210">
+        <v>0</v>
+      </c>
+      <c r="AV210" t="s">
+        <v>208</v>
+      </c>
+      <c r="BB210" t="s">
+        <v>2871</v>
+      </c>
+      <c r="BC210" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD210" t="s">
+        <v>510</v>
+      </c>
+      <c r="BE210" s="1">
+        <v>46073</v>
+      </c>
+      <c r="BF210" t="s">
+        <v>2872</v>
+      </c>
+    </row>
+    <row r="211" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A211" t="s">
+        <v>2873</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E211" t="s">
+        <v>62</v>
+      </c>
+      <c r="F211" t="s">
+        <v>1461</v>
+      </c>
+      <c r="G211" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H211" t="s">
+        <v>116</v>
+      </c>
+      <c r="I211" t="s">
+        <v>1463</v>
+      </c>
+      <c r="J211">
+        <v>2</v>
+      </c>
+      <c r="K211">
+        <v>0</v>
+      </c>
+      <c r="M211">
+        <v>-1</v>
+      </c>
+      <c r="N211" t="s">
+        <v>1464</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1465</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1466</v>
+      </c>
+      <c r="Q211" t="s">
+        <v>1467</v>
+      </c>
+      <c r="R211" t="s">
+        <v>62</v>
+      </c>
+      <c r="S211">
+        <v>21840000</v>
+      </c>
+      <c r="T211" t="s">
+        <v>1462</v>
+      </c>
+      <c r="U211" t="s">
+        <v>1468</v>
+      </c>
+      <c r="V211" t="s">
+        <v>460</v>
+      </c>
+      <c r="W211" t="s">
+        <v>62</v>
+      </c>
+      <c r="X211">
+        <v>2021</v>
+      </c>
+      <c r="Y211" s="1">
+        <v>46027</v>
+      </c>
+      <c r="Z211" s="1">
+        <v>46108</v>
+      </c>
+      <c r="AA211" t="s">
+        <v>1469</v>
+      </c>
+      <c r="AB211" t="s">
+        <v>1468</v>
+      </c>
+      <c r="AC211" t="s">
+        <v>460</v>
+      </c>
+      <c r="AD211" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE211">
+        <v>20210000</v>
+      </c>
+      <c r="AF211" t="s">
+        <v>1462</v>
+      </c>
+      <c r="AG211" t="s">
+        <v>74</v>
+      </c>
+      <c r="AH211" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI211" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ211" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK211">
+        <v>18260000</v>
+      </c>
+      <c r="AL211" t="s">
+        <v>77</v>
+      </c>
+      <c r="AM211" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN211">
+        <v>0</v>
+      </c>
+      <c r="AO211" t="s">
+        <v>1479</v>
+      </c>
+      <c r="AQ211">
+        <v>-1</v>
+      </c>
+      <c r="AR211" t="s">
+        <v>1471</v>
+      </c>
+      <c r="AS211" t="s">
+        <v>1472</v>
+      </c>
+      <c r="AT211">
+        <v>-1</v>
+      </c>
+      <c r="AU211" t="s">
+        <v>1480</v>
+      </c>
+      <c r="AV211" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB211" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC211" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD211" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE211" s="1">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="212" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A212" t="s">
+        <v>2874</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D212" t="s">
+        <v>897</v>
+      </c>
+      <c r="E212" t="s">
+        <v>62</v>
+      </c>
+      <c r="F212" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G212" t="s">
+        <v>899</v>
+      </c>
+      <c r="H212" t="s">
+        <v>2875</v>
+      </c>
+      <c r="I212" t="s">
+        <v>900</v>
+      </c>
+      <c r="J212">
+        <v>1</v>
+      </c>
+      <c r="K212">
+        <v>-1</v>
+      </c>
+      <c r="M212">
+        <v>0</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1323</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1015</v>
+      </c>
+      <c r="Q212" t="s">
+        <v>897</v>
+      </c>
+      <c r="R212" t="s">
+        <v>62</v>
+      </c>
+      <c r="S212">
+        <v>13730000</v>
+      </c>
+      <c r="T212" t="s">
+        <v>899</v>
+      </c>
+      <c r="U212" t="s">
+        <v>904</v>
+      </c>
+      <c r="V212" t="s">
+        <v>1324</v>
+      </c>
+      <c r="W212" t="s">
+        <v>62</v>
+      </c>
+      <c r="X212">
+        <v>1038</v>
+      </c>
+      <c r="Y212" s="1">
+        <v>46083</v>
+      </c>
+      <c r="Z212" s="1">
+        <v>46112</v>
+      </c>
+      <c r="AA212" t="s">
+        <v>903</v>
+      </c>
+      <c r="AB212" t="s">
+        <v>904</v>
+      </c>
+      <c r="AC212" t="s">
+        <v>905</v>
+      </c>
+      <c r="AD212" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE212">
+        <v>10380000</v>
+      </c>
+      <c r="AF212" t="s">
+        <v>899</v>
+      </c>
+      <c r="AG212" t="s">
+        <v>988</v>
+      </c>
+      <c r="AH212" t="s">
+        <v>1020</v>
+      </c>
+      <c r="AI212" t="s">
+        <v>322</v>
+      </c>
+      <c r="AJ212" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK212">
+        <v>10850000</v>
+      </c>
+      <c r="AL212" t="s">
+        <v>908</v>
+      </c>
+      <c r="AM212" t="s">
+        <v>960</v>
+      </c>
+      <c r="AN212">
+        <v>-1</v>
+      </c>
+      <c r="AO212" t="s">
+        <v>868</v>
+      </c>
+      <c r="AQ212">
+        <v>-1</v>
+      </c>
+      <c r="AR212" t="s">
+        <v>2876</v>
+      </c>
+      <c r="AS212" t="s">
+        <v>912</v>
+      </c>
+      <c r="AT212">
+        <v>-1</v>
+      </c>
+      <c r="AU212" t="s">
+        <v>913</v>
+      </c>
+      <c r="AV212" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB212" t="s">
+        <v>993</v>
+      </c>
+      <c r="BC212" t="s">
+        <v>153</v>
+      </c>
+      <c r="BD212" t="s">
+        <v>958</v>
+      </c>
+      <c r="BE212" s="1">
+        <v>46073</v>
+      </c>
+      <c r="BF212" t="s">
+        <v>2877</v>
+      </c>
+    </row>
+    <row r="213" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A213" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B213" t="s">
+        <v>2853</v>
+      </c>
+      <c r="C213" t="s">
+        <v>2854</v>
+      </c>
+      <c r="D213" t="s">
+        <v>662</v>
+      </c>
+      <c r="E213" t="s">
+        <v>62</v>
+      </c>
+      <c r="F213" t="s">
+        <v>2855</v>
+      </c>
+      <c r="G213" t="s">
+        <v>2856</v>
+      </c>
+      <c r="H213" t="s">
+        <v>2857</v>
+      </c>
+      <c r="I213" t="s">
+        <v>1032</v>
+      </c>
+      <c r="J213">
+        <v>1</v>
+      </c>
+      <c r="K213">
+        <v>-1</v>
+      </c>
+      <c r="M213">
+        <v>0</v>
+      </c>
+      <c r="O213" t="s">
+        <v>2858</v>
+      </c>
+      <c r="P213" t="s">
+        <v>2859</v>
+      </c>
+      <c r="Q213" t="s">
+        <v>662</v>
+      </c>
+      <c r="R213" t="s">
+        <v>62</v>
+      </c>
+      <c r="S213">
+        <v>18300000</v>
+      </c>
+      <c r="T213" t="s">
+        <v>2856</v>
+      </c>
+      <c r="U213" t="s">
+        <v>2859</v>
+      </c>
+      <c r="V213" t="s">
+        <v>662</v>
+      </c>
+      <c r="W213" t="s">
+        <v>62</v>
+      </c>
+      <c r="X213">
+        <v>1830</v>
+      </c>
+      <c r="Y213" s="1">
+        <v>46097</v>
+      </c>
+      <c r="Z213" s="1">
+        <v>46265</v>
+      </c>
+      <c r="AA213" t="s">
+        <v>2879</v>
+      </c>
+      <c r="AB213" t="s">
+        <v>2860</v>
+      </c>
+      <c r="AC213" t="s">
+        <v>2861</v>
+      </c>
+      <c r="AD213" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE213">
+        <v>15100000</v>
+      </c>
+      <c r="AF213" t="s">
+        <v>2862</v>
+      </c>
+      <c r="AG213" t="s">
+        <v>2880</v>
+      </c>
+      <c r="AH213" t="s">
+        <v>2674</v>
+      </c>
+      <c r="AI213" t="s">
+        <v>2675</v>
+      </c>
+      <c r="AJ213" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK213">
+        <v>18440000</v>
+      </c>
+      <c r="AL213" t="s">
+        <v>2676</v>
+      </c>
+      <c r="AM213" t="s">
+        <v>2677</v>
+      </c>
+      <c r="AN213">
+        <v>-1</v>
+      </c>
+      <c r="AO213" t="s">
+        <v>2864</v>
+      </c>
+      <c r="AQ213">
+        <v>-1</v>
+      </c>
+      <c r="AR213" t="s">
+        <v>2865</v>
+      </c>
+      <c r="AS213" t="s">
+        <v>2866</v>
+      </c>
+      <c r="AT213">
+        <v>-1</v>
+      </c>
+      <c r="AU213" t="s">
+        <v>2867</v>
+      </c>
+      <c r="AV213" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB213" t="s">
+        <v>2681</v>
+      </c>
+      <c r="BC213" t="s">
+        <v>210</v>
+      </c>
+      <c r="BD213" t="s">
+        <v>2673</v>
+      </c>
+      <c r="BE213" s="1">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="214" spans="1:58" x14ac:dyDescent="0.3">
+      <c r="A214" t="s">
+        <v>2881</v>
+      </c>
+      <c r="B214" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C214" t="s">
+        <v>2883</v>
+      </c>
+      <c r="D214" t="s">
+        <v>2884</v>
+      </c>
+      <c r="E214" t="s">
+        <v>62</v>
+      </c>
+      <c r="F214" t="s">
+        <v>2885</v>
+      </c>
+      <c r="G214" t="s">
+        <v>2886</v>
+      </c>
+      <c r="H214" t="s">
+        <v>2887</v>
+      </c>
+      <c r="I214" t="s">
+        <v>2077</v>
+      </c>
+      <c r="J214">
+        <v>1</v>
+      </c>
+      <c r="K214">
+        <v>-1</v>
+      </c>
+      <c r="M214">
+        <v>0</v>
+      </c>
+      <c r="O214" t="s">
+        <v>2888</v>
+      </c>
+      <c r="P214" t="s">
+        <v>2889</v>
+      </c>
+      <c r="Q214" t="s">
+        <v>2884</v>
+      </c>
+      <c r="R214" t="s">
+        <v>62</v>
+      </c>
+      <c r="S214">
+        <v>20530000</v>
+      </c>
+      <c r="T214" t="s">
+        <v>2886</v>
+      </c>
+      <c r="U214" t="s">
+        <v>2889</v>
+      </c>
+      <c r="V214" t="s">
+        <v>2890</v>
+      </c>
+      <c r="W214" t="s">
+        <v>62</v>
+      </c>
+      <c r="X214">
+        <v>2053</v>
+      </c>
+      <c r="Y214" s="1">
+        <v>46090</v>
+      </c>
+      <c r="Z214" s="1">
+        <v>46142</v>
+      </c>
+      <c r="AA214" t="s">
+        <v>2891</v>
+      </c>
+      <c r="AB214" t="s">
+        <v>2892</v>
+      </c>
+      <c r="AC214" t="s">
+        <v>2893</v>
+      </c>
+      <c r="AD214" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE214">
+        <v>27620000</v>
+      </c>
+      <c r="AF214" t="s">
+        <v>2894</v>
+      </c>
+      <c r="AG214" t="s">
+        <v>416</v>
+      </c>
+      <c r="AH214" t="s">
+        <v>417</v>
+      </c>
+      <c r="AI214" t="s">
+        <v>418</v>
+      </c>
+      <c r="AJ214" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK214">
+        <v>25760000</v>
+      </c>
+      <c r="AL214" t="s">
+        <v>890</v>
+      </c>
+      <c r="AM214" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN214">
+        <v>-1</v>
+      </c>
+      <c r="AO214" t="s">
+        <v>2895</v>
+      </c>
+      <c r="AQ214">
+        <v>-1</v>
+      </c>
+      <c r="AR214" t="s">
+        <v>2896</v>
+      </c>
+      <c r="AS214" t="s">
+        <v>2897</v>
+      </c>
+      <c r="AT214">
+        <v>0</v>
+      </c>
+      <c r="AV214" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB214" t="s">
+        <v>424</v>
+      </c>
+      <c r="BC214" t="s">
+        <v>1616</v>
+      </c>
+      <c r="BD214" t="s">
+        <v>416</v>
+      </c>
+      <c r="BE214" s="1">
+        <v>46073</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>AQ06_2026</vt:lpstr>
+      <vt:lpstr>AQ06_20-20-2026</vt:lpstr>
       <vt:lpstr>qryAQ06</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hurley, Michael (DEP)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>