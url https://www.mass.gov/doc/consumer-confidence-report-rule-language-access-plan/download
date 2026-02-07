--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -1,4055 +1,4042 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00F4726B" w:rsidR="00E30C4F" w:rsidP="002023F3" w:rsidRDefault="007827E8" w14:textId="2D3B2225" w14:paraId="1E254096">
+    <w:p w14:paraId="1E254096" w14:textId="2D3B2225" w:rsidR="00E30C4F" w:rsidRPr="00F4726B" w:rsidRDefault="30A7AA91" w:rsidP="002023F3">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="002023F3" w:rsidR="30A7AA91">
+      <w:r w:rsidRPr="002023F3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Background</w:t>
       </w:r>
       <w:r w:rsidR="462B8D68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Instructions</w:t>
       </w:r>
-      <w:r w:rsidRPr="002023F3" w:rsidR="30A7AA91">
+      <w:r w:rsidRPr="002023F3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
-          <w:b w:val="1"/>
-[...5 lines deleted...]
-    <w:p w:rsidRPr="00F4726B" w:rsidR="00E30C4F" w:rsidP="002023F3" w:rsidRDefault="007827E8" w14:paraId="59187229" w14:textId="24621FA8">
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59187229" w14:textId="24621FA8" w:rsidR="00E30C4F" w:rsidRPr="00F4726B" w:rsidRDefault="5BD9415D" w:rsidP="002023F3">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00714BA9" w:rsidR="5BD9415D">
-        <w:rPr/>
+      <w:r w:rsidRPr="00714BA9">
         <w:t>The </w:t>
       </w:r>
       <w:r w:rsidR="729CAFA6">
-        <w:rPr/>
         <w:t>EPA</w:t>
       </w:r>
       <w:r w:rsidR="3146BA9E">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="6D6AE0EB">
-        <w:rPr/>
         <w:t>Language</w:t>
       </w:r>
       <w:r w:rsidR="53714100">
-        <w:rPr/>
         <w:t xml:space="preserve"> Access Plan</w:t>
       </w:r>
       <w:r w:rsidR="1385FBC5">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="3AB91C76">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="0A0A0A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="002023F3" w:rsidR="3AB91C76">
+      <w:r w:rsidR="3AB91C76" w:rsidRPr="002023F3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="022A8D0A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t>AP)</w:t>
       </w:r>
       <w:r w:rsidR="20CE00F1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714BA9" w:rsidR="5BD9415D">
+      <w:r w:rsidRPr="00714BA9">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="0A0A0A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>is </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714BA9" w:rsidR="5BD9415D">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> of the 2024 Consumer Confidence Report (CCR) Rule revisions, which require </w:t>
+      <w:r w:rsidRPr="00714BA9">
+        <w:t xml:space="preserve">a component of the 2024 Consumer Confidence Report (CCR) Rule revisions, which require </w:t>
       </w:r>
       <w:r w:rsidR="3B9CDE56">
-        <w:rPr/>
         <w:t xml:space="preserve">Public Water Systems serving 100,000 or more persons, </w:t>
       </w:r>
       <w:r w:rsidR="31B9F43B">
-        <w:rPr/>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="3B9CDE56">
-        <w:rPr/>
         <w:t xml:space="preserve"> develop a plan for </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="3B9CDE56">
-        <w:rPr/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t>providing assistance to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="3B9CDE56">
-        <w:rPr/>
-        <w:t xml:space="preserve">assistance</w:t>
+        <w:t xml:space="preserve"> consumers with limited English proficiency. The system must evaluate the languages spoken by persons with limited English proficiency served by the water system, and the system's anticipated approach to address translation needs. The first </w:t>
+      </w:r>
+      <w:r w:rsidR="13F98FCF">
+        <w:t>LAP</w:t>
       </w:r>
       <w:r w:rsidR="3B9CDE56">
-        <w:rPr/>
-        <w:t xml:space="preserve"> to</w:t>
+        <w:t xml:space="preserve"> must be provided to the state with the first report in 2027. </w:t>
+      </w:r>
+      <w:r w:rsidR="43DAB8D0">
+        <w:t>LAP</w:t>
+      </w:r>
+      <w:r w:rsidR="22CF02D6">
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="3B9CDE56">
-        <w:rPr/>
-[...43 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve"> must be evaluated annually and updated as necessary and reported </w:t>
       </w:r>
       <w:r w:rsidR="5B5560DB">
-        <w:rPr/>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="450DAB14">
-        <w:rPr/>
         <w:t xml:space="preserve">o later than 10 days after the date the system is required to distribute the </w:t>
       </w:r>
       <w:r w:rsidR="5B5560DB">
-        <w:rPr/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="10E44068">
-        <w:rPr/>
         <w:t xml:space="preserve">onsumer Confidence Report </w:t>
       </w:r>
       <w:r w:rsidR="450DAB14">
-        <w:rPr/>
         <w:t>to its c</w:t>
       </w:r>
       <w:r w:rsidR="28D275E2">
-        <w:rPr/>
         <w:t>onsu</w:t>
       </w:r>
       <w:r w:rsidR="450DAB14">
-        <w:rPr/>
         <w:t xml:space="preserve">mers, </w:t>
       </w:r>
       <w:r w:rsidR="1FA8EB50">
-        <w:rPr/>
         <w:t xml:space="preserve">along with the </w:t>
       </w:r>
       <w:r w:rsidR="450DAB14">
-        <w:rPr/>
         <w:t xml:space="preserve"> certification that the report(s) has/have been distributed to c</w:t>
       </w:r>
       <w:r w:rsidR="4B2BED40">
-        <w:rPr/>
         <w:t>onsu</w:t>
       </w:r>
       <w:r w:rsidR="450DAB14">
-        <w:rPr/>
         <w:t xml:space="preserve">mers, and that the information is correct and consistent with the compliance monitoring data </w:t>
       </w:r>
       <w:r w:rsidR="6C52618D">
-        <w:rPr/>
         <w:t>in the CCR</w:t>
       </w:r>
       <w:r w:rsidR="169C7DFB">
-        <w:rPr/>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="085ADAE5">
-        <w:rPr/>
         <w:t>See</w:t>
       </w:r>
-      <w:r w:rsidRPr="00070918" w:rsidR="1FB3D645">
-        <w:rPr/>
+      <w:r w:rsidR="1FB3D645" w:rsidRPr="00070918">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="Rd5d9f7b659234f39">
-        <w:r w:rsidRPr="00070918" w:rsidR="1FB3D645">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="1FB3D645" w:rsidRPr="00070918">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Consumer Confidence Report Rule Revisions | US EPA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="432454C4">
-        <w:rPr/>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002023F3" w:rsidR="00D2500C" w:rsidP="002023F3" w:rsidRDefault="00D2500C" w14:paraId="36D3C256" w14:textId="77777777">
+    <w:p w14:paraId="36D3C256" w14:textId="77777777" w:rsidR="00D2500C" w:rsidRPr="002023F3" w:rsidRDefault="00D2500C" w:rsidP="002023F3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001C7F1D" w:rsidR="00DE3CFF" w:rsidP="449F7615" w:rsidRDefault="001C71BA" w14:paraId="489910A4" w14:textId="17B68077">
+    <w:p w14:paraId="489910A4" w14:textId="17B68077" w:rsidR="00DE3CFF" w:rsidRPr="001C7F1D" w:rsidRDefault="00AC70CE" w:rsidP="449F7615">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
-          <w:i w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="449F7615" w:rsidR="00AC70CE">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">MassDEP Drinking Water Program has developed this </w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="00942C06">
+      <w:r w:rsidR="00942C06" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">CCR-LAP </w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="21053C12">
+      <w:r w:rsidR="21053C12" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">template </w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="00942C06">
+      <w:r w:rsidR="00942C06" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="00D2500C">
+      <w:r w:rsidR="00D2500C" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Public Water Suppliers </w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="00A46DC1">
+      <w:r w:rsidR="00A46DC1" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">(PWS) </w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="00D2500C">
+      <w:r w:rsidR="00D2500C" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t>to document their L</w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="00B91317">
+      <w:r w:rsidR="00B91317" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t>AP</w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="006A168B">
+      <w:r w:rsidR="006A168B" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="00B91317">
+      <w:r w:rsidR="00B91317" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="006A168B">
+      <w:r w:rsidR="006A168B" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The CCR-LAP</w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="244E7C41">
+      <w:r w:rsidR="244E7C41" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="00B91317">
+      <w:r w:rsidR="00B91317" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">can be used </w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="00507D41">
+      <w:r w:rsidR="00507D41" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="00E60997">
+      <w:r w:rsidR="00E60997" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> a PWS </w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="00DB1D4B">
+      <w:r w:rsidR="00DB1D4B" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">to </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="449F7615" w:rsidR="00DB1D4B">
+        <w:t>to facilitate communication for those who do not use English as their primary language and have limited ability to read, write, speak, or understand English</w:t>
+      </w:r>
+      <w:r w:rsidR="009C3577" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>facilitate</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="449F7615" w:rsidR="00DB1D4B">
+        <w:t xml:space="preserve"> for all forms of </w:t>
+      </w:r>
+      <w:r w:rsidR="000D7510" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> communication for those who do not use English as their primary language and have limited ability to read, write, speak, or understand English</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="449F7615" w:rsidR="009C3577">
+        <w:t>notification and information for co</w:t>
+      </w:r>
+      <w:r w:rsidR="00F17A9F" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for all forms of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="449F7615" w:rsidR="000D7510">
+        <w:t>nsumers</w:t>
+      </w:r>
+      <w:r w:rsidR="00B91317" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>notification and information for co</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="449F7615" w:rsidR="00F17A9F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="1873C190" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>nsumers</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="449F7615" w:rsidR="00B91317">
+        <w:t xml:space="preserve"> Please </w:t>
+      </w:r>
+      <w:r w:rsidR="5C1AFC20" w:rsidRPr="449F7615">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
+        <w:t>review th</w:t>
+      </w:r>
+      <w:r w:rsidR="7BCBF2F0" w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is template’s </w:t>
+      </w:r>
+      <w:r w:rsidR="148EEEE6" w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tables, certification statements, and </w:t>
+      </w:r>
+      <w:r w:rsidR="5C1AFC20" w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">highlighted sections and ensure you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="5C1AFC20" w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>are including</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="5C1AFC20" w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the appropriate information</w:t>
+      </w:r>
+      <w:r w:rsidR="3BA2C8B2" w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="449F7615" w:rsidR="1873C190">
+    </w:p>
+    <w:p w14:paraId="7C467828" w14:textId="4A99B4F6" w:rsidR="66B55662" w:rsidRDefault="66B55662" w:rsidP="66B55662">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
-          <w:i w:val="0"/>
-[...78 lines deleted...]
-    <w:p w:rsidRPr="00113943" w:rsidR="00C156E0" w:rsidP="00C156E0" w:rsidRDefault="005E06F3" w14:paraId="0D7C36B7" w14:textId="775E41FF">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D7C36B7" w14:textId="775E41FF" w:rsidR="00C156E0" w:rsidRPr="00113943" w:rsidRDefault="18DB2473" w:rsidP="00C156E0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="449F7615" w:rsidR="18DB2473">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Consumer Confidence Report (CCR) Language Access Plan (LAP)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003746AF" w:rsidP="449F7615" w:rsidRDefault="00030F28" w14:paraId="195DB189" w14:textId="714BCDC3">
+    <w:p w14:paraId="195DB189" w14:textId="714BCDC3" w:rsidR="003746AF" w:rsidRDefault="756AD16D" w:rsidP="449F7615">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...8 lines deleted...]
-          <w:u w:val="none"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9360"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidTr="449F7615" w14:paraId="545E7062" w14:textId="77777777">
+      <w:tr w:rsidR="000C09AE" w:rsidRPr="000C09AE" w14:paraId="545E7062" w14:textId="77777777" w:rsidTr="449F7615">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
-            <w:tcBorders/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidP="000C09AE" w:rsidRDefault="000C09AE" w14:paraId="56C811C4" w14:textId="77777777">
+          <w:p w14:paraId="56C811C4" w14:textId="77777777" w:rsidR="000C09AE" w:rsidRPr="000C09AE" w:rsidRDefault="000C09AE" w:rsidP="000C09AE">
             <w:r w:rsidRPr="000C09AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>City/Town:</w:t>
             </w:r>
             <w:r w:rsidRPr="000C09AE">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidTr="449F7615" w14:paraId="1072DF6D" w14:textId="77777777">
+      <w:tr w:rsidR="000C09AE" w:rsidRPr="000C09AE" w14:paraId="1072DF6D" w14:textId="77777777" w:rsidTr="449F7615">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
-            <w:tcBorders/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidP="000C09AE" w:rsidRDefault="000C09AE" w14:paraId="460A33D2" w14:textId="77777777">
+          <w:p w14:paraId="460A33D2" w14:textId="77777777" w:rsidR="000C09AE" w:rsidRPr="000C09AE" w:rsidRDefault="000C09AE" w:rsidP="000C09AE">
             <w:r w:rsidRPr="000C09AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>PWS Name:</w:t>
             </w:r>
             <w:r w:rsidRPr="000C09AE">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidTr="449F7615" w14:paraId="5E082399" w14:textId="77777777">
+      <w:tr w:rsidR="000C09AE" w:rsidRPr="000C09AE" w14:paraId="5E082399" w14:textId="77777777" w:rsidTr="449F7615">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
-            <w:tcBorders/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidP="000C09AE" w:rsidRDefault="000C09AE" w14:paraId="21F20DCD" w14:textId="77777777">
+          <w:p w14:paraId="21F20DCD" w14:textId="77777777" w:rsidR="000C09AE" w:rsidRPr="000C09AE" w:rsidRDefault="000C09AE" w:rsidP="000C09AE">
             <w:r w:rsidRPr="000C09AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>PWS ID#:</w:t>
             </w:r>
             <w:r w:rsidRPr="000C09AE">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidTr="449F7615" w14:paraId="3CDA84A3" w14:textId="77777777">
+      <w:tr w:rsidR="000C09AE" w:rsidRPr="000C09AE" w14:paraId="3CDA84A3" w14:textId="77777777" w:rsidTr="449F7615">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
-            <w:tcBorders/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidP="000C09AE" w:rsidRDefault="000C09AE" w14:paraId="794A9246" w14:textId="77777777">
+          <w:p w14:paraId="794A9246" w14:textId="77777777" w:rsidR="000C09AE" w:rsidRPr="000C09AE" w:rsidRDefault="000C09AE" w:rsidP="000C09AE">
             <w:r w:rsidRPr="66B55662">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>PWS TYPE:</w:t>
             </w:r>
             <w:r w:rsidRPr="66B55662">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> COM                                              </w:t>
             </w:r>
             <w:r w:rsidRPr="66B55662">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> PWS Population: </w:t>
             </w:r>
             <w:r>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidTr="449F7615" w14:paraId="146BF951" w14:textId="77777777">
+      <w:tr w:rsidR="000C09AE" w:rsidRPr="000C09AE" w14:paraId="146BF951" w14:textId="77777777" w:rsidTr="449F7615">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
-            <w:tcBorders/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="005457F7" w:rsidR="000C09AE" w:rsidP="000C09AE" w:rsidRDefault="005457F7" w14:paraId="261F28C6" w14:textId="5F5B709C">
+          <w:p w14:paraId="261F28C6" w14:textId="5F5B709C" w:rsidR="000C09AE" w:rsidRPr="005457F7" w:rsidRDefault="005457F7" w:rsidP="000C09AE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457F7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000C09AE" w:rsidP="00A31564" w:rsidRDefault="000C09AE" w14:paraId="1D3344B2" w14:textId="77777777">
+    <w:p w14:paraId="1D3344B2" w14:textId="77777777" w:rsidR="000C09AE" w:rsidRDefault="000C09AE" w:rsidP="00A31564">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C09AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Introduction: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidP="00A31564" w:rsidRDefault="6FF89C48" w14:paraId="1C99B161" w14:textId="248B2973">
+    <w:p w14:paraId="1C99B161" w14:textId="248B2973" w:rsidR="000C09AE" w:rsidRPr="000C09AE" w:rsidRDefault="6FF89C48" w:rsidP="00A31564">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Our PWS has prepared the following LAP </w:t>
       </w:r>
       <w:r w:rsidR="6D9455F6">
         <w:t xml:space="preserve">to describe </w:t>
       </w:r>
       <w:r w:rsidR="4682DC7F">
         <w:t xml:space="preserve">how our PWS </w:t>
       </w:r>
       <w:r w:rsidR="7A290034">
         <w:t>will</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> interacting with </w:t>
       </w:r>
       <w:r w:rsidR="7FC7EB18">
         <w:t xml:space="preserve">our </w:t>
       </w:r>
       <w:r w:rsidR="1BC32A54">
         <w:t>consumers</w:t>
       </w:r>
       <w:r w:rsidR="7D0615BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">who have limited English proficiency. Our PWS is committed to improving the accessibility of our programs, policies and activities for the non-English speaking </w:t>
+        <w:t xml:space="preserve">who have limited English proficiency. Our PWS is committed to </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">improving the accessibility of our programs, policies and activities for the non-English speaking </w:t>
       </w:r>
       <w:r w:rsidR="480A517B">
         <w:t>con</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="480A517B">
         <w:t>umers</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> within the communities that we serve. We recognize the importance of providing accessible communications, engaging with communities, and </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> within the communities that we serve. We recognize the importance of providing accessible communications, engaging with communities, and fostering involvement from all members of the public. We will review and update this LAP annually </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w:rsidR="66B55662" w:rsidP="66B55662" w:rsidRDefault="66B55662" w14:paraId="75707BC9" w14:textId="483C31E0">
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ensure continued responsiveness to community needs, consistent with our mission to provide high quality and equitable drinking water services. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75707BC9" w14:textId="483C31E0" w:rsidR="66B55662" w:rsidRDefault="66B55662" w:rsidP="66B55662">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="0DCCEB7F" w14:textId="24C9DD97">
+    <w:p w14:paraId="0DCCEB7F" w14:textId="24C9DD97" w:rsidR="000C09AE" w:rsidRPr="000C09AE" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C09AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Purpose:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="6FF89C48" w14:paraId="704C7732" w14:textId="09C1D861">
+    <w:p w14:paraId="704C7732" w14:textId="09C1D861" w:rsidR="000C09AE" w:rsidRPr="000C09AE" w:rsidRDefault="6FF89C48" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The purpose of this LAP is to ensure meaningful communication and access to information on our services, programs, activities and materials for all </w:t>
       </w:r>
       <w:r w:rsidR="5BDE675C">
         <w:t>consumer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s in our service area. </w:t>
       </w:r>
       <w:r w:rsidR="0F253E24">
         <w:t>Consumer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s who do not speak English as their primary language and who have limited ability to read, write, or understand English may be considered to have Limited English Proficiency (LEP). We are committed to making information and communications available to LEP </w:t>
       </w:r>
       <w:r w:rsidR="3ECB83CE">
         <w:t>consumers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as part of our mission. Based on this commitment, our PWS makes every attempt to assist LEP </w:t>
       </w:r>
       <w:r w:rsidR="452879C9">
         <w:t>consumer</w:t>
       </w:r>
       <w:r>
         <w:t>s in a fair and timely manner by providing translation and interpreter services. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A0058" w:rsidP="00C27C3F" w:rsidRDefault="00BB4E91" w14:paraId="4085BF97" w14:textId="4C379822">
+    <w:p w14:paraId="1E2AE175" w14:textId="77777777" w:rsidR="00D83DBA" w:rsidRDefault="00BB4E91" w:rsidP="00D83DBA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="003A0058">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">What </w:t>
       </w:r>
       <w:r w:rsidR="00370A08">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="003A0058">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A0058" w:rsidR="00D30159">
+      <w:r w:rsidR="00D30159" w:rsidRPr="003A0058">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="003A0058">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Translation </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A0058" w:rsidR="00D30159">
+      <w:r w:rsidR="00D30159" w:rsidRPr="003A0058">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="003A0058">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ervice</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A0058" w:rsidR="00D30159">
+      <w:r w:rsidR="00D30159" w:rsidRPr="003A0058">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="003A0058">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="0002035E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A0058" w:rsidR="000C09AE">
+      <w:r w:rsidR="000C09AE" w:rsidRPr="003A0058">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Translation </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A0058" w:rsidR="00D3439D">
+      <w:r w:rsidR="00D3439D" w:rsidRPr="003A0058">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Service</w:t>
       </w:r>
       <w:r w:rsidR="00D3439D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000C09AE" w:rsidR="000C09AE">
+      <w:r w:rsidR="000C09AE" w:rsidRPr="000C09AE">
         <w:t>is the process of converting written text from a source language into an equivalent written text in a target language as fully and as accurately as possible while maintaining the style, tone, and intent of the text, and while considering differences of culture and dialect. </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D5485" w:rsidR="000D5485">
-[...2 lines deleted...]
-      <w:r w:rsidR="00385645">
+      <w:r w:rsidR="000D5485" w:rsidRPr="000D5485">
+        <w:t xml:space="preserve">There </w:t>
+      </w:r>
+      <w:r w:rsidR="000D5485" w:rsidRPr="00D83DBA">
+        <w:t>are many free translation tools and applications available</w:t>
+      </w:r>
+      <w:r w:rsidR="00385645" w:rsidRPr="00D83DBA">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D5485" w:rsidR="000D5485">
+      <w:r w:rsidR="000D5485" w:rsidRPr="00D83DBA">
         <w:t xml:space="preserve"> E.g. Google</w:t>
       </w:r>
-      <w:r w:rsidR="00C27C3F">
+      <w:r w:rsidR="00C27C3F" w:rsidRPr="00D83DBA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003A0058" w:rsidR="000C09AE" w:rsidP="66B55662" w:rsidRDefault="353B52D4" w14:paraId="0461C84B" w14:textId="12AA06B5">
+    <w:p w14:paraId="0461C84B" w14:textId="02D41B60" w:rsidR="000C09AE" w:rsidRPr="00D83DBA" w:rsidRDefault="353B52D4" w:rsidP="00D83DBA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="66B55662">
+      </w:pPr>
+      <w:r w:rsidRPr="00D83DBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">What </w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662" w:rsidR="00D30159">
+      <w:r w:rsidR="00D30159" w:rsidRPr="00D83DBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662">
+      <w:r w:rsidRPr="00D83DBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662" w:rsidR="00D30159">
+      <w:r w:rsidR="00D30159" w:rsidRPr="00D83DBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662">
+      <w:r w:rsidRPr="00D83DBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Interpre</w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662" w:rsidR="7A51718F">
+      <w:r w:rsidR="7A51718F" w:rsidRPr="00D83DBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ter Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662" w:rsidR="00D30159">
+      <w:r w:rsidR="00D30159" w:rsidRPr="00D83DBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662" w:rsidR="7A51718F">
+      <w:r w:rsidR="7A51718F" w:rsidRPr="00D83DBA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662" w:rsidR="7A51718F">
+      <w:r w:rsidR="7A51718F" w:rsidRPr="00D83DBA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662" w:rsidR="6FF89C48">
+      <w:r w:rsidR="6FF89C48" w:rsidRPr="00D83DBA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Interpreter Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662" w:rsidR="6FF89C48">
+      <w:r w:rsidR="6FF89C48" w:rsidRPr="00D83DBA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="6FF89C48">
         <w:t>are conducted in</w:t>
       </w:r>
       <w:r w:rsidR="7E4B1434">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="6FF89C48">
         <w:t xml:space="preserve">person by trained interpreters who provide face-to-face interactions to provide real-time interpretation between </w:t>
       </w:r>
       <w:r w:rsidR="0C81A55C">
         <w:t>consumers</w:t>
       </w:r>
       <w:r w:rsidR="6FF89C48">
         <w:t xml:space="preserve"> who speak different languages. In-person interpreting enables effective communication and ensures that </w:t>
       </w:r>
       <w:r w:rsidR="6159EC55">
         <w:t>consumers</w:t>
       </w:r>
       <w:r w:rsidR="6FF89C48">
         <w:t xml:space="preserve"> can fully participate and comprehend the information being conveyed. </w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662" w:rsidR="7E4B1434">
+      <w:r w:rsidR="7E4B1434" w:rsidRPr="00D83DBA">
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662" w:rsidR="4B593663">
+      <w:r w:rsidR="4B593663" w:rsidRPr="00D83DBA">
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">PWS </w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662" w:rsidR="7E4B1434">
+      <w:r w:rsidR="7E4B1434" w:rsidRPr="00D83DBA">
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Insert telephonic or virtual interpretive service options as well as interpreter contact information if available]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="66B55662" w:rsidP="66B55662" w:rsidRDefault="66B55662" w14:paraId="6EC786ED" w14:textId="7D322274">
+    <w:p w14:paraId="6EC786ED" w14:textId="7D322274" w:rsidR="66B55662" w:rsidRDefault="66B55662" w:rsidP="66B55662">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="0335E99B" w14:textId="61CDB27E">
+    <w:p w14:paraId="0335E99B" w14:textId="61CDB27E" w:rsidR="000C09AE" w:rsidRPr="000C09AE" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C09AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Language Access Plan</w:t>
       </w:r>
       <w:r w:rsidR="0045435E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="6FF89C48" w14:paraId="45CD91AF" w14:textId="6C96AC2B">
+    <w:p w14:paraId="45CD91AF" w14:textId="6C96AC2B" w:rsidR="000C09AE" w:rsidRPr="000C09AE" w:rsidRDefault="6FF89C48" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">This LAP has been prepared to ensure that our service area </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="426FEDBC">
+      <w:r w:rsidR="426FEDBC" w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>consumers</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> and communities have timely access to </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="6A7DBB7A">
+      <w:r w:rsidR="6A7DBB7A" w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">PWS </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
           <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         </w:rPr>
         <w:t xml:space="preserve"> all applicable:</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         </w:rPr>
         <w:t>public notices, information on and links to public meetings, contact information, financial reports, information regarding upcoming and ongoing construction, water quality information, special projects and initiatives, and environmental and planning documents</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>].</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="6FF89C48" w14:paraId="08FE7861" w14:textId="2492301F">
+    <w:p w14:paraId="08FE7861" w14:textId="2492301F" w:rsidR="000C09AE" w:rsidRDefault="6FF89C48" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Our PWS </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">has identified the following </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="6A7DBB7A">
+      <w:r w:rsidR="6A7DBB7A" w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         </w:rPr>
         <w:t xml:space="preserve">PWS </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         </w:rPr>
         <w:t>insert the specific number___]</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> languages as the most prevalent languages spoken by </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="3D409E68">
+      <w:r w:rsidR="3D409E68" w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
         <w:t>consumer</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">s in our service area, based on EEA’s </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Languages Spoken in Massachusetts </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
         <w:t>GIS Viewer and 2015 Census Bureau American Community Survey data. </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="42333BA5" w14:textId="77777777">
+    <w:p w14:paraId="42333BA5" w14:textId="77777777" w:rsidR="000C09AE" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="5B495CE6" w14:textId="4C55153B">
+    <w:p w14:paraId="5B495CE6" w14:textId="4C55153B" w:rsidR="000C09AE" w:rsidRPr="000C09AE" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C09AE">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Languages Identified:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="16E01E55" w14:textId="67FEE142">
+    <w:p w14:paraId="16E01E55" w14:textId="67FEE142" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="08086F73" w14:textId="37D65AC1">
+    <w:p w14:paraId="08086F73" w14:textId="37D65AC1" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="69802724" w14:textId="1763E4ED">
+    <w:p w14:paraId="69802724" w14:textId="1763E4ED" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="60784B32" w14:textId="79EE3716">
+    <w:p w14:paraId="60784B32" w14:textId="79EE3716" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="0084488D" w14:textId="0D0C2407">
+    <w:p w14:paraId="0084488D" w14:textId="0D0C2407" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="0D2C7886" w14:textId="5427F83F">
+    <w:p w14:paraId="0D2C7886" w14:textId="5427F83F" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="5DF1028D" w14:textId="2B934422">
+    <w:p w14:paraId="5DF1028D" w14:textId="2B934422" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="46877567" w14:textId="5A2D1A66">
+    <w:p w14:paraId="46877567" w14:textId="5A2D1A66" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="2544D65E" w14:textId="5E877866">
+    <w:p w14:paraId="2544D65E" w14:textId="5E877866" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="67401FA7" w14:textId="0615527A">
+    <w:p w14:paraId="67401FA7" w14:textId="0615527A" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="409CEFC9" w14:textId="4840FB4E">
+    <w:p w14:paraId="409CEFC9" w14:textId="4840FB4E" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="107D48A5" w14:textId="5464E192">
+    <w:p w14:paraId="107D48A5" w14:textId="5464E192" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="3E461B8B" w14:textId="7B4A429B">
+    <w:p w14:paraId="3E461B8B" w14:textId="7B4A429B" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="3630E60A" w14:textId="4D65806E">
+    <w:p w14:paraId="3630E60A" w14:textId="4D65806E" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="036F2D7A" w14:textId="66AB509D">
+    <w:p w14:paraId="036F2D7A" w14:textId="66AB509D" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="28F13C9A" w14:textId="77777777">
+    <w:p w14:paraId="28F13C9A" w14:textId="77777777" w:rsidR="000C09AE" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="4DBE5557" w14:textId="77777777">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DBE5557" w14:textId="77777777" w:rsidR="000C09AE" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w:rsidRPr="000C09AE" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="63176567" w14:paraId="61A19F31" w14:textId="6B57F0E5">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61A19F31" w14:textId="6B57F0E5" w:rsidR="000C09AE" w:rsidRPr="000C09AE" w:rsidRDefault="63176567" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">LAP </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="6FF89C48">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="6FF89C48" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Coordinator’s Duties and Responsibilities:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="32112020" w14:textId="4B37ED37">
+    <w:p w14:paraId="32112020" w14:textId="4B37ED37" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="3F585781" w14:textId="4E6A79CC">
+    <w:p w14:paraId="3F585781" w14:textId="4E6A79CC" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="5DE7118C" w14:textId="6FCD3051">
+    <w:p w14:paraId="5DE7118C" w14:textId="6FCD3051" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="4234628C" w14:textId="4024F628">
+    <w:p w14:paraId="4234628C" w14:textId="4024F628" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="6C47FBF5" w14:textId="18262C63">
+    <w:p w14:paraId="6C47FBF5" w14:textId="18262C63" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="02B833ED" w14:textId="62B400F0">
+    <w:p w14:paraId="02B833ED" w14:textId="62B400F0" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007A24F6" w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="1EBF043C" w14:textId="4AFB0A96">
+    <w:p w14:paraId="1EBF043C" w14:textId="4AFB0A96" w:rsidR="000C09AE" w:rsidRPr="007A24F6" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C09AE" w:rsidP="449F7615" w:rsidRDefault="000C09AE" w14:paraId="0D4AC43B" w14:textId="2BECC8FD">
+    <w:p w14:paraId="0D4AC43B" w14:textId="2BECC8FD" w:rsidR="000C09AE" w:rsidRDefault="553C36AB" w:rsidP="449F7615">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="449F7615" w:rsidR="553C36AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+      <w:r w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0045435E" w:rsidR="0045435E" w:rsidP="00740E64" w:rsidRDefault="0045435E" w14:paraId="73667B04" w14:textId="7A77DE51">
+    <w:p w14:paraId="486AF870" w14:textId="77777777" w:rsidR="00D83DBA" w:rsidRDefault="0045435E" w:rsidP="00D83DBA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73667B04" w14:textId="31A6006C" w:rsidR="0045435E" w:rsidRPr="00D83DBA" w:rsidRDefault="0045435E" w:rsidP="00D83DBA">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045435E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>Language Resources Provided by our PWS:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0045435E" w:rsidP="00740E64" w:rsidRDefault="07518BBF" w14:paraId="214C5791" w14:textId="15241F73">
+    <w:p w14:paraId="214C5791" w14:textId="15241F73" w:rsidR="0045435E" w:rsidRDefault="07518BBF" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Translation:</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> We are committed to maintaining all applicable PWS publications in the most prevalent languages spoken by </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="68A855CB">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="68A855CB" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>consumers</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F20EBC" w:rsidP="00740E64" w:rsidRDefault="00F20EBC" w14:paraId="20740CA0" w14:textId="77777777">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in our </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>service area. We will work to identify any additional languages prevalent in that community. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20740CA0" w14:textId="77777777" w:rsidR="00F20EBC" w:rsidRDefault="00F20EBC" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w:rsidRPr="0045435E" w:rsidR="0045435E" w:rsidP="00740E64" w:rsidRDefault="07518BBF" w14:paraId="38FC3A74" w14:textId="6A694EA6">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38FC3A74" w14:textId="6A694EA6" w:rsidR="0045435E" w:rsidRPr="0045435E" w:rsidRDefault="07518BBF" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vital Documents:</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">We will work to continuously ensure that vital documents, listed below, are translated into </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="5FC1D8DA">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="5FC1D8DA" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>languages</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> identified within our service area, and that they are translated in a timely fashion, ensuring equitable access to this information. Our PWS will regularly review that all vital documents have been translated and are available for our LEP </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="59687411">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="59687411" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>consumer</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>s. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0045435E" w:rsidR="0045435E" w:rsidP="1EFBDEB7" w:rsidRDefault="0045435E" w14:paraId="3F5B44D7" w14:textId="5B875704">
+    <w:p w14:paraId="3F5B44D7" w14:textId="5B875704" w:rsidR="0045435E" w:rsidRPr="0045435E" w:rsidRDefault="0045435E" w:rsidP="1EFBDEB7">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2520"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2160"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1EFBDEB7">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Vital Documents are documents that bring awareness to PWS’s programs, activities, services, </w:t>
       </w:r>
-      <w:r w:rsidRPr="1EFBDEB7" w:rsidR="7A372AFD">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="7A372AFD" w:rsidRPr="1EFBDEB7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">consumer </w:t>
       </w:r>
       <w:r w:rsidRPr="1EFBDEB7">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>eligibility rights, or any information available in English that without translation may deny non-English speakers and limited English proficiency persons meaningful access.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">eligibility rights, or any information available in English that without translation may deny non-English speakers and limited English proficiency </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="1EFBDEB7">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1EFBDEB7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meaningful access.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1EFBDEB7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0045435E" w:rsidR="0045435E" w:rsidP="00740E64" w:rsidRDefault="0045435E" w14:paraId="2B6CB7A3" w14:textId="77777777">
+    <w:p w14:paraId="2B6CB7A3" w14:textId="77777777" w:rsidR="0045435E" w:rsidRPr="0045435E" w:rsidRDefault="0045435E" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3240"/>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2880"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Board Meeting Agendas</w:t>
       </w:r>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0045435E" w:rsidR="0045435E" w:rsidP="00740E64" w:rsidRDefault="0045435E" w14:paraId="04CD9F4B" w14:textId="77777777">
+    <w:p w14:paraId="04CD9F4B" w14:textId="77777777" w:rsidR="0045435E" w:rsidRPr="0045435E" w:rsidRDefault="0045435E" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3240"/>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2880"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Public Meeting Notices</w:t>
       </w:r>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0045435E" w:rsidR="0045435E" w:rsidP="00740E64" w:rsidRDefault="0045435E" w14:paraId="5F64A0C3" w14:textId="77777777">
+    <w:p w14:paraId="5F64A0C3" w14:textId="77777777" w:rsidR="0045435E" w:rsidRPr="0045435E" w:rsidRDefault="0045435E" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3240"/>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2880"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Construction Project Information</w:t>
       </w:r>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0045435E" w:rsidR="0045435E" w:rsidP="00740E64" w:rsidRDefault="0045435E" w14:paraId="32785299" w14:textId="77777777">
+    <w:p w14:paraId="32785299" w14:textId="77777777" w:rsidR="0045435E" w:rsidRPr="0045435E" w:rsidRDefault="0045435E" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3240"/>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2880"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Consumer Confidence Reports (CCRs)</w:t>
       </w:r>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0045435E" w:rsidR="0045435E" w:rsidP="00740E64" w:rsidRDefault="0045435E" w14:paraId="4D0597CA" w14:textId="77777777">
+    <w:p w14:paraId="4D0597CA" w14:textId="77777777" w:rsidR="0045435E" w:rsidRPr="0045435E" w:rsidRDefault="0045435E" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3240"/>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2880"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Environmental Justice Strategy</w:t>
       </w:r>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0045435E" w:rsidP="00740E64" w:rsidRDefault="0045435E" w14:paraId="22FBA252" w14:textId="0E6E1CE5">
+    <w:p w14:paraId="22FBA252" w14:textId="0E6E1CE5" w:rsidR="0045435E" w:rsidRDefault="0045435E" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3240"/>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2880"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Language Access Plans</w:t>
       </w:r>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F20EBC" w:rsidP="00740E64" w:rsidRDefault="00F20EBC" w14:paraId="06FE3506" w14:textId="77777777">
+    <w:p w14:paraId="06FE3506" w14:textId="77777777" w:rsidR="00F20EBC" w:rsidRDefault="00F20EBC" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0045435E" w:rsidP="00740E64" w:rsidRDefault="0045435E" w14:paraId="0183A80C" w14:textId="4DF4F740">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0183A80C" w14:textId="4DF4F740" w:rsidR="0045435E" w:rsidRDefault="0045435E" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Website Content:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">We will continue to implement translation services on our website, </w:t>
       </w:r>
       <w:r w:rsidRPr="00117EE3">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00117EE3" w:rsidR="00117EE3">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00117EE3" w:rsidRPr="00117EE3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">PWS </w:t>
       </w:r>
       <w:r w:rsidRPr="00117EE3">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Insert PWS website/URL)</w:t>
       </w:r>
       <w:r w:rsidRPr="00117EE3">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0045435E">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> to ensure that information is accessible, including </w:t>
       </w:r>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00117EE3">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">PWS </w:t>
       </w:r>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>insert applicable information: press releases, public notices, links to public meetings, upcoming and ongoing construction, contact information, special project information, water quality, information regarding sewer overflows, financial reports, and information on environmental and planning documents.]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0045435E" w:rsidR="00F20EBC" w:rsidP="00740E64" w:rsidRDefault="00F20EBC" w14:paraId="5F0164BC" w14:textId="77777777">
+    <w:p w14:paraId="5F0164BC" w14:textId="77777777" w:rsidR="00F20EBC" w:rsidRPr="0045435E" w:rsidRDefault="00F20EBC" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00F20EBC" w:rsidP="00740E64" w:rsidRDefault="5FC1D8DA" w14:paraId="4E499A09" w14:textId="3047CB56">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E499A09" w14:textId="3047CB56" w:rsidR="00F20EBC" w:rsidRDefault="5FC1D8DA" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Interpretive Services:</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> We will provide translation services for public meetings, upon request, in the prevalent languages spoken by </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="00292CA9">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00292CA9" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>consumer</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>s in our service area and American Sign Language (ASL).</w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="723B5A4A">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="723B5A4A" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F20EBC" w:rsidR="00F20EBC" w:rsidP="00740E64" w:rsidRDefault="00F20EBC" w14:paraId="04E74202" w14:textId="77777777">
+    <w:p w14:paraId="04E74202" w14:textId="77777777" w:rsidR="00F20EBC" w:rsidRPr="00F20EBC" w:rsidRDefault="00F20EBC" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="007A24F6" w:rsidP="00740E64" w:rsidRDefault="007A24F6" w14:paraId="2B2C36EE" w14:textId="76D8FA3E">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B2C36EE" w14:textId="76D8FA3E" w:rsidR="007A24F6" w:rsidRDefault="007A24F6" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Contract Vendors:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>If applicable)</w:t>
       </w:r>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">We will continue to work with the following contract vendor for translation and interpretive services: </w:t>
       </w:r>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00117EE3">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">PWS </w:t>
       </w:r>
       <w:r w:rsidRPr="007A24F6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Insert vendor name and contact information].</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F20EBC" w:rsidP="00740E64" w:rsidRDefault="00F20EBC" w14:paraId="02B90D8E" w14:textId="77777777">
+    <w:p w14:paraId="02B90D8E" w14:textId="77777777" w:rsidR="00F20EBC" w:rsidRDefault="00F20EBC" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="003F5A43" w:rsidP="00740E64" w:rsidRDefault="256EF381" w14:paraId="1E020015" w14:textId="0AAB065E">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E020015" w14:textId="0AAB065E" w:rsidR="003F5A43" w:rsidRDefault="256EF381" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Correspondence:</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(If applicable)</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">We maintain a public notification system allowing </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="328CE053">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="328CE053" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>consumer</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">s to sign up for emails and text messages on important information such as </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="554F86FC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="554F86FC" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">PWS </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">insert applicable </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="5791FBFF">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="5791FBFF" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">drinking water and other </w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">information: water quality, construction projects, emergencies, </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="6486245F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="6486245F" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Boil Water Orders, </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="13D08129">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="13D08129" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Do not drink Orders, Do not use Orders, </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="6486245F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="6486245F" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Lead Action Level Exceedances, </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="13D08129">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="13D08129" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Drinking Water Emergency Declarations, </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="6486245F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="6486245F" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>etc.</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> We will work to ensure that information included in these public notifications is accessible in the identified prevalent languages spoken by </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="6C3449B1">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="6C3449B1" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>consumers</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> in our service area. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F20EBC" w:rsidP="00740E64" w:rsidRDefault="00F20EBC" w14:paraId="6868409E" w14:textId="77777777">
+    <w:p w14:paraId="6868409E" w14:textId="77777777" w:rsidR="00F20EBC" w:rsidRDefault="00F20EBC" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w:rsidRPr="003F5A43" w:rsidR="003F5A43" w:rsidP="00740E64" w:rsidRDefault="003F5A43" w14:paraId="544D759F" w14:textId="27CA7BF4">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="544D759F" w14:textId="27CA7BF4" w:rsidR="003F5A43" w:rsidRPr="003F5A43" w:rsidRDefault="003F5A43" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F5A43">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Hotlines and Emergency Contacts:</w:t>
       </w:r>
       <w:r w:rsidRPr="003F5A43">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F5A43">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(if applicable)</w:t>
       </w:r>
       <w:r w:rsidRPr="003F5A43">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F5A43">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>We will continue to maintain the following hotlines:</w:t>
       </w:r>
       <w:r w:rsidRPr="003F5A43">
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003F5A43" w:rsidR="003F5A43" w:rsidP="00740E64" w:rsidRDefault="003F5A43" w14:paraId="5FF6FEEF" w14:textId="77777777">
+    <w:p w14:paraId="5FF6FEEF" w14:textId="77777777" w:rsidR="003F5A43" w:rsidRPr="003F5A43" w:rsidRDefault="003F5A43" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2520"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2160"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F5A43">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(Title), (XXX XXX-XXXX) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F5A43" w:rsidP="00740E64" w:rsidRDefault="003F5A43" w14:paraId="54D12483" w14:textId="28C6EC7C">
+    <w:p w14:paraId="54D12483" w14:textId="28C6EC7C" w:rsidR="003F5A43" w:rsidRDefault="003F5A43" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2520"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2160"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F5A43">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(Title), (XXX XXX-XXXX) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005111D6" w:rsidR="00F20EBC" w:rsidP="00740E64" w:rsidRDefault="00F20EBC" w14:paraId="009A99B7" w14:textId="77777777">
+    <w:p w14:paraId="009A99B7" w14:textId="77777777" w:rsidR="00F20EBC" w:rsidRPr="005111D6" w:rsidRDefault="00F20EBC" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="005111D6" w:rsidR="005111D6" w:rsidP="00740E64" w:rsidRDefault="005111D6" w14:paraId="5CCF2990" w14:textId="27C16406">
+    <w:p w14:paraId="5CCF2990" w14:textId="27C16406" w:rsidR="005111D6" w:rsidRPr="005111D6" w:rsidRDefault="005111D6" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005111D6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Monitoring of our LAP:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005111D6" w:rsidP="00740E64" w:rsidRDefault="005111D6" w14:paraId="146EACF5" w14:textId="41270422">
+    <w:p w14:paraId="146EACF5" w14:textId="41270422" w:rsidR="005111D6" w:rsidRDefault="005111D6" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005111D6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Our PWS will review and update its LAP at least annually. The review will include the</w:t>
       </w:r>
       <w:r w:rsidRPr="005111D6">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="005111D6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
         <w:t>following:</w:t>
       </w:r>
       <w:r w:rsidRPr="005111D6">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:cs="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005111D6" w:rsidR="005111D6" w:rsidP="00740E64" w:rsidRDefault="005111D6" w14:paraId="058B45F6" w14:textId="77777777">
+    <w:p w14:paraId="058B45F6" w14:textId="77777777" w:rsidR="005111D6" w:rsidRPr="005111D6" w:rsidRDefault="005111D6" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005111D6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>Whether there have been any significant changes in the composition or language needs of the population served. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005111D6" w:rsidR="005111D6" w:rsidP="00740E64" w:rsidRDefault="005111D6" w14:paraId="4B079E12" w14:textId="10D670E9">
+    <w:p w14:paraId="4B079E12" w14:textId="10D670E9" w:rsidR="005111D6" w:rsidRPr="005111D6" w:rsidRDefault="005111D6" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005111D6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>Whether staff knows and understands the LAP document, and is comfortable, applying the protocols described within. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005111D6" w:rsidR="005111D6" w:rsidP="00740E64" w:rsidRDefault="005111D6" w14:paraId="7E47EBDF" w14:textId="77777777">
+    <w:p w14:paraId="7E47EBDF" w14:textId="77777777" w:rsidR="005111D6" w:rsidRPr="005111D6" w:rsidRDefault="005111D6" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005111D6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>Whether additional documents require translation. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005111D6" w:rsidR="005111D6" w:rsidP="00740E64" w:rsidRDefault="005111D6" w14:paraId="2830BA1B" w14:textId="77777777">
+    <w:p w14:paraId="2830BA1B" w14:textId="77777777" w:rsidR="005111D6" w:rsidRPr="005111D6" w:rsidRDefault="005111D6" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005111D6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="005111D6" w:rsidP="66B55662" w:rsidRDefault="005111D6" w14:paraId="48D96B75" w14:textId="59396A6D">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identification of any issues or problems related to serving LEP </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005111D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005111D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>, which may have emerged during the past year. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48D96B75" w14:textId="59396A6D" w:rsidR="005111D6" w:rsidRDefault="005111D6" w:rsidP="66B55662">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="66B55662">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="66B55662" w:rsidP="66B55662" w:rsidRDefault="66B55662" w14:paraId="666C6B46" w14:textId="4EF3B808">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identification of any recommended actions to provide more responsive and effective language services (e.g., adding documents to be translated, creating or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="66B55662">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>expanding partnerships with community organizations, or changing staffing priorities). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666C6B46" w14:textId="4EF3B808" w:rsidR="66B55662" w:rsidRDefault="66B55662" w:rsidP="66B55662">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="005111D6" w:rsidP="00740E64" w:rsidRDefault="005111D6" w14:paraId="0E9423C1" w14:textId="0DB644FB">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E9423C1" w14:textId="0DB644FB" w:rsidR="005111D6" w:rsidRDefault="005111D6" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
         <w:t xml:space="preserve">Our PWS will also monitor </w:t>
       </w:r>
       <w:r w:rsidRPr="005111D6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>effectiveness of the LAP. Monitoring efforts may include the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005111D6" w:rsidR="005111D6" w:rsidP="00740E64" w:rsidRDefault="005111D6" w14:paraId="3D1C9D78" w14:textId="77777777">
+    <w:p w14:paraId="3D1C9D78" w14:textId="77777777" w:rsidR="005111D6" w:rsidRPr="005111D6" w:rsidRDefault="005111D6" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005111D6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...4 lines deleted...]
-    <w:p w:rsidRPr="005111D6" w:rsidR="005111D6" w:rsidP="00740E64" w:rsidRDefault="005111D6" w14:paraId="0DD1E448" w14:textId="77777777">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Analyzing information and data on languages spoken in our service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005111D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>area;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005111D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD1E448" w14:textId="77777777" w:rsidR="005111D6" w:rsidRPr="005111D6" w:rsidRDefault="005111D6" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005111D6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>Collecting data on language access services used (translation and interpretation requests); and </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005111D6" w:rsidP="66B55662" w:rsidRDefault="7A138730" w14:paraId="482F4FE9" w14:textId="7D38E9FC">
+    <w:p w14:paraId="482F4FE9" w14:textId="7D38E9FC" w:rsidR="005111D6" w:rsidRDefault="7A138730" w:rsidP="66B55662">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="66B55662">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Monitoring feedback from community-based organizations, legal services and other stakeholders about </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="66B55662">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>the PWS’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="66B55662">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effectiveness and performance in ensuring meaningful access for LEP </w:t>
+      </w:r>
+      <w:r w:rsidR="218D4850" w:rsidRPr="66B55662">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>consumer</w:t>
       </w:r>
       <w:r w:rsidRPr="66B55662">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>s. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="66B55662" w:rsidP="66B55662" w:rsidRDefault="66B55662" w14:paraId="38969803" w14:textId="4DFC35A4">
+    <w:p w14:paraId="38969803" w14:textId="4DFC35A4" w:rsidR="66B55662" w:rsidRDefault="66B55662" w:rsidP="66B55662">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w:rsidRPr="005111D6" w:rsidR="005111D6" w:rsidP="00740E64" w:rsidRDefault="005111D6" w14:paraId="4CD6E9AA" w14:textId="77777777">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CD6E9AA" w14:textId="77777777" w:rsidR="005111D6" w:rsidRPr="005111D6" w:rsidRDefault="005111D6" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="66B55662">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PWS Staff Training</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F40F36" w:rsidR="005111D6" w:rsidP="66B55662" w:rsidRDefault="0B8BE7B1" w14:paraId="5D3AD5F0" w14:textId="2AD1BDD9">
+    <w:p w14:paraId="5D3AD5F0" w14:textId="2AD1BDD9" w:rsidR="005111D6" w:rsidRPr="00F40F36" w:rsidRDefault="0B8BE7B1" w:rsidP="66B55662">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="66B55662">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Our PWS is committed to providing annual or as needed training for staff on our LAP program.</w:t>
       </w:r>
       <w:r w:rsidRPr="66B55662">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662" w:rsidR="00716AB3">
+      <w:r w:rsidR="00716AB3" w:rsidRPr="66B55662">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Our PWS will</w:t>
       </w:r>
-      <w:r w:rsidRPr="66B55662" w:rsidR="00775843">
+      <w:r w:rsidR="00775843" w:rsidRPr="66B55662">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> provide training to staff as follows:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00AE6B18" w:rsidR="00AE6B18" w:rsidP="26689212" w:rsidRDefault="736C66A1" w14:paraId="72FDF2BA" w14:textId="50620EBF">
+        <w:t xml:space="preserve"> provide training </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00775843" w:rsidRPr="66B55662">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00775843" w:rsidRPr="66B55662">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> staff as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72FDF2BA" w14:textId="50620EBF" w:rsidR="00AE6B18" w:rsidRPr="00AE6B18" w:rsidRDefault="736C66A1" w:rsidP="26689212">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="26689212">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="26689212" w:rsidR="682238FD">
+      <w:r w:rsidR="682238FD" w:rsidRPr="26689212">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="26689212" w:rsidR="3B6546AA">
+      <w:r w:rsidR="3B6546AA" w:rsidRPr="26689212">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="majorEastAsia"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005111D6" w:rsidR="003F5A43" w:rsidP="00740E64" w:rsidRDefault="005111D6" w14:paraId="00F00F14" w14:textId="603BFA2C">
+    <w:p w14:paraId="00F00F14" w14:textId="603BFA2C" w:rsidR="003F5A43" w:rsidRPr="005111D6" w:rsidRDefault="005111D6" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005111D6">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Additional Information &amp; PWS Contacts:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005111D6" w:rsidP="00740E64" w:rsidRDefault="7A138730" w14:paraId="4FFFD73F" w14:textId="1BE7E2F3">
+    <w:p w14:paraId="4FFFD73F" w14:textId="1BE7E2F3" w:rsidR="005111D6" w:rsidRDefault="7A138730" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">Our PWS is committed to this plan for all </w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="15A62D09">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="15A62D09" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>con</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="4F7557A0" w:rsidR="15A62D09">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="15A62D09" w:rsidRPr="4F7557A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>umers</w:t>
       </w:r>
       <w:r w:rsidRPr="4F7557A0">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> in our service area. For additional information, questions or comments please contact:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005111D6" w:rsidP="449F7615" w:rsidRDefault="005111D6" w14:paraId="182ED318" w14:textId="2E44FD93">
+    <w:p w14:paraId="182ED318" w14:textId="2E44FD93" w:rsidR="005111D6" w:rsidRDefault="2B244A20" w:rsidP="449F7615">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="449F7615" w:rsidR="2B244A20">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+      <w:r w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Name: ____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005111D6" w:rsidP="449F7615" w:rsidRDefault="005111D6" w14:paraId="563E75CD" w14:textId="2067195E">
+    <w:p w14:paraId="563E75CD" w14:textId="2067195E" w:rsidR="005111D6" w:rsidRDefault="2B244A20" w:rsidP="449F7615">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="449F7615" w:rsidR="2B244A20">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+      <w:r w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Title: ______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005111D6" w:rsidP="449F7615" w:rsidRDefault="005111D6" w14:paraId="6542EC74" w14:textId="77777777">
+    <w:p w14:paraId="6542EC74" w14:textId="77777777" w:rsidR="005111D6" w:rsidRDefault="2B244A20" w:rsidP="449F7615">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="449F7615" w:rsidR="2B244A20">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+      <w:r w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Email: _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005111D6" w:rsidP="449F7615" w:rsidRDefault="005111D6" w14:paraId="208ECE1A" w14:textId="11AEE5F7">
+    <w:p w14:paraId="208ECE1A" w14:textId="11AEE5F7" w:rsidR="005111D6" w:rsidRDefault="2B244A20" w:rsidP="449F7615">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="449F7615" w:rsidR="2B244A20">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+      <w:r w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Phone: ____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005111D6" w:rsidR="005111D6" w:rsidP="449F7615" w:rsidRDefault="005111D6" w14:paraId="38A5B6F4" w14:textId="77777777">
+    <w:p w14:paraId="38A5B6F4" w14:textId="77777777" w:rsidR="005111D6" w:rsidRPr="005111D6" w:rsidRDefault="005111D6" w:rsidP="449F7615">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005111D6" w:rsidP="449F7615" w:rsidRDefault="005111D6" w14:paraId="3A7FC0D1" w14:textId="77777777">
+    <w:p w14:paraId="3A7FC0D1" w14:textId="77777777" w:rsidR="005111D6" w:rsidRDefault="2B244A20" w:rsidP="449F7615">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="449F7615" w:rsidR="2B244A20">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+      <w:r w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Name: ____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005111D6" w:rsidP="449F7615" w:rsidRDefault="005111D6" w14:paraId="5214E6F8" w14:textId="77777777">
+    <w:p w14:paraId="5214E6F8" w14:textId="77777777" w:rsidR="005111D6" w:rsidRDefault="2B244A20" w:rsidP="449F7615">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="449F7615" w:rsidR="2B244A20">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+      <w:r w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Title: ______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005111D6" w:rsidP="449F7615" w:rsidRDefault="005111D6" w14:paraId="06ED9828" w14:textId="77777777">
+    <w:p w14:paraId="06ED9828" w14:textId="77777777" w:rsidR="005111D6" w:rsidRDefault="2B244A20" w:rsidP="449F7615">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="449F7615" w:rsidR="2B244A20">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+      <w:r w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Email: _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0045435E" w:rsidR="005111D6" w:rsidP="449F7615" w:rsidRDefault="005111D6" w14:paraId="63F2E4C3" w14:textId="77777777">
+    <w:p w14:paraId="63F2E4C3" w14:textId="77777777" w:rsidR="005111D6" w:rsidRPr="0045435E" w:rsidRDefault="2B244A20" w:rsidP="449F7615">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="449F7615" w:rsidR="2B244A20">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+      <w:r w:rsidRPr="449F7615">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Phone: ____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="66B55662" w:rsidP="66B55662" w:rsidRDefault="66B55662" w14:paraId="1E484C36" w14:textId="285B3FA6">
+    <w:p w14:paraId="1E484C36" w14:textId="285B3FA6" w:rsidR="66B55662" w:rsidRDefault="66B55662" w:rsidP="66B55662">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w:rsidRPr="00092748" w:rsidR="0045435E" w:rsidP="00740E64" w:rsidRDefault="7A138730" w14:paraId="0B078A7A" w14:textId="1C6658E7">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B078A7A" w14:textId="1C6658E7" w:rsidR="0045435E" w:rsidRPr="00092748" w:rsidRDefault="7A138730" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00092748">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Certification and Date Submitted to MassDEP Drinking Water Program:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D961CD" w:rsidR="45F7773D" w:rsidP="00740E64" w:rsidRDefault="45F7773D" w14:paraId="4EE4A31C" w14:textId="08374F8E">
+    <w:p w14:paraId="4EE4A31C" w14:textId="08374F8E" w:rsidR="45F7773D" w:rsidRPr="00D961CD" w:rsidRDefault="45F7773D" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="7ABDB7CB">
+      <w:r w:rsidR="7ABDB7CB" w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>I certify under penalty of law that I am the person authorized to fill out this form and the information contained herein is true, accurate, and complete to the best of my knowledge and belief.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="25BE2CFF">
+      <w:r w:rsidR="25BE2CFF" w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and that I am </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="4FC66B54">
+      <w:r w:rsidR="4FC66B54" w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Publi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="3A15A448">
+      <w:r w:rsidR="3A15A448" w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>c W</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="4FC66B54">
+      <w:r w:rsidR="4FC66B54" w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ater Supplier</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="240D4364">
+      <w:r w:rsidR="240D4364" w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> party responsible for completing this </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="4585D3B2">
+      <w:r w:rsidR="4585D3B2" w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>LAP</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="2C9AA241">
+      <w:r w:rsidR="2C9AA241" w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="043DF3F3">
+      <w:r w:rsidR="043DF3F3" w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D961CD" w:rsidR="5401AF68" w:rsidP="00740E64" w:rsidRDefault="5401AF68" w14:paraId="2425A713" w14:textId="7DAB3654">
+    <w:p w14:paraId="2425A713" w14:textId="7DAB3654" w:rsidR="5401AF68" w:rsidRPr="00D961CD" w:rsidRDefault="5401AF68" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00D961CD" w:rsidR="007B38D8" w:rsidP="00740E64" w:rsidRDefault="000C12EB" w14:paraId="0A9D6B97" w14:textId="5C3A7726">
+    <w:p w14:paraId="0A9D6B97" w14:textId="5C3A7726" w:rsidR="007B38D8" w:rsidRPr="00D961CD" w:rsidRDefault="000C12EB" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="00A146D7">
+      <w:r w:rsidR="00A146D7" w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="00A146D7">
+      <w:r w:rsidR="00A146D7" w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="00A146D7">
+      <w:r w:rsidR="00A146D7" w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D961CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>___________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00860068" w:rsidR="00CB6ADD" w:rsidP="00740E64" w:rsidRDefault="00CB6ADD" w14:paraId="54615DF7" w14:textId="6A062B3E">
+    <w:p w14:paraId="54615DF7" w14:textId="6A062B3E" w:rsidR="00CB6ADD" w:rsidRPr="00860068" w:rsidRDefault="00CB6ADD" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00D961CD" w:rsidR="00CB6ADD" w:rsidP="00740E64" w:rsidRDefault="00D961CD" w14:paraId="1DFA8E1D" w14:textId="4BD80F12">
+    <w:p w14:paraId="1DFA8E1D" w14:textId="4BD80F12" w:rsidR="00CB6ADD" w:rsidRPr="00D961CD" w:rsidRDefault="00D961CD" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D961CD">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Printed </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="00CB6ADD">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00CB6ADD" w:rsidRPr="00D961CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="00CB6ADD">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00CB6ADD" w:rsidRPr="00D961CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> ______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D961CD" w:rsidR="00D961CD" w:rsidP="00740E64" w:rsidRDefault="00C751CD" w14:paraId="02252E02" w14:textId="1199238B">
+    <w:p w14:paraId="02252E02" w14:textId="1199238B" w:rsidR="00D961CD" w:rsidRPr="00D961CD" w:rsidRDefault="00C751CD" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D961CD">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Title: ________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="00092748">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00092748" w:rsidRPr="00D961CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D961CD" w:rsidR="00D961CD" w:rsidP="00740E64" w:rsidRDefault="00D961CD" w14:paraId="7960C3A6" w14:textId="75B03FA6">
+    <w:p w14:paraId="7960C3A6" w14:textId="75B03FA6" w:rsidR="00D961CD" w:rsidRPr="00D961CD" w:rsidRDefault="00D961CD" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D961CD">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Email Address:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D961CD">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D961CD" w:rsidR="00DE313E" w:rsidP="00740E64" w:rsidRDefault="007B1351" w14:paraId="2E9228AD" w14:textId="60B184BC">
+    <w:p w14:paraId="2E9228AD" w14:textId="60B184BC" w:rsidR="00DE313E" w:rsidRPr="00D961CD" w:rsidRDefault="007B1351" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D961CD">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="00C751CD">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00C751CD" w:rsidRPr="00D961CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="00092748">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00092748" w:rsidRPr="00D961CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________</w:t>
       </w:r>
       <w:r w:rsidR="00D961CD">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C73F2B" w:rsidP="00740E64" w:rsidRDefault="009A0480" w14:paraId="6F29ECDD" w14:textId="2F3D7BA8">
+    <w:p w14:paraId="6F29ECDD" w14:textId="2F3D7BA8" w:rsidR="00C73F2B" w:rsidRDefault="009A0480" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D961CD">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Phone #:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D961CD" w:rsidR="00D961CD">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00D961CD" w:rsidRPr="00D961CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D961CD">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>_______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C09AE" w:rsidP="00740E64" w:rsidRDefault="000C09AE" w14:paraId="052E4811" w14:textId="77777777">
+    <w:p w14:paraId="052E4811" w14:textId="77777777" w:rsidR="000C09AE" w:rsidRDefault="000C09AE" w:rsidP="00740E64">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-    <w:p w:rsidRPr="00805F29" w:rsidR="00C66343" w:rsidP="00805F29" w:rsidRDefault="00805F29" w14:paraId="2E1B148C" w14:textId="712D6EA6">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E1B148C" w14:textId="712D6EA6" w:rsidR="00C66343" w:rsidRPr="00805F29" w:rsidRDefault="00805F29" w:rsidP="00805F29">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00805F29">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>H. Return Instructions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C09AE" w:rsidP="26689212" w:rsidRDefault="00787264" w14:paraId="33F917E6" w14:textId="37D1C9CA">
+    <w:p w14:paraId="33F917E6" w14:textId="37D1C9CA" w:rsidR="000C09AE" w:rsidRDefault="00787264" w:rsidP="26689212">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="26689212">
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">If completed prior to </w:t>
       </w:r>
-      <w:r w:rsidRPr="26689212" w:rsidR="00551DF5">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00551DF5" w:rsidRPr="26689212">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">2027: </w:t>
       </w:r>
-      <w:r w:rsidRPr="26689212" w:rsidR="00A7183D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00A7183D" w:rsidRPr="26689212">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">Return completed LAP to MassDEP Drinking Water Program at </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidRPr="26689212" w:rsidR="00B13BB9">
+        <w:r w:rsidR="00B13BB9" w:rsidRPr="26689212">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           </w:rPr>
           <w:t>program.director-dwp@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="26689212" w:rsidR="006F3206">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="006F3206" w:rsidRPr="26689212">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="26689212" w:rsidR="00B13BB9">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00B13BB9" w:rsidRPr="26689212">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> Subject</w:t>
       </w:r>
-      <w:r w:rsidRPr="26689212" w:rsidR="003F104C">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="003F104C" w:rsidRPr="26689212">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="26689212" w:rsidR="00B13BB9">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00B13BB9" w:rsidRPr="26689212">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> CCR-LAP</w:t>
       </w:r>
-      <w:r w:rsidRPr="26689212" w:rsidR="003F104C">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="003F104C" w:rsidRPr="26689212">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000C09AE" w:rsidSect="00111005">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00160FB5" w:rsidP="00F20EBC" w:rsidRDefault="00160FB5" w14:paraId="64417D93" w14:textId="77777777">
+    <w:p w14:paraId="4FCE6ADB" w14:textId="77777777" w:rsidR="00C55E27" w:rsidRDefault="00C55E27" w:rsidP="00F20EBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00160FB5" w:rsidP="00F20EBC" w:rsidRDefault="00160FB5" w14:paraId="7A2C238D" w14:textId="77777777">
+    <w:p w14:paraId="688D4F83" w14:textId="77777777" w:rsidR="00C55E27" w:rsidRDefault="00C55E27" w:rsidP="00F20EBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4107,331 +4094,331 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00160FB5" w:rsidP="00F20EBC" w:rsidRDefault="00160FB5" w14:paraId="44A05FB8" w14:textId="77777777">
+    <w:p w14:paraId="4B2B8EE5" w14:textId="77777777" w:rsidR="00C55E27" w:rsidRDefault="00C55E27" w:rsidP="00F20EBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00160FB5" w:rsidP="00F20EBC" w:rsidRDefault="00160FB5" w14:paraId="228FB6E0" w14:textId="77777777">
+    <w:p w14:paraId="1964AF8C" w14:textId="77777777" w:rsidR="00C55E27" w:rsidRDefault="00C55E27" w:rsidP="00F20EBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="00111005" w:rsidR="00111005" w:rsidP="00111005" w:rsidRDefault="00111005" w14:paraId="23295A1A" w14:textId="6DEF79C9">
+  <w:p w14:paraId="23295A1A" w14:textId="6DEF79C9" w:rsidR="00111005" w:rsidRPr="00111005" w:rsidRDefault="00111005" w:rsidP="00111005">
     <w:pPr>
       <w:pStyle w:val="paragraph"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:textAlignment w:val="baseline"/>
       <w:rPr>
-        <w:rFonts w:cs="Segoe UI" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00111005">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:t>MassDEP Drinking Water Program CCR LAP EXAMPLE </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00111005" w:rsidR="00111005" w:rsidP="00111005" w:rsidRDefault="00111005" w14:paraId="04726A78" w14:textId="4BF15F4A">
+  <w:p w14:paraId="04726A78" w14:textId="4BF15F4A" w:rsidR="00111005" w:rsidRPr="00111005" w:rsidRDefault="00111005" w:rsidP="00111005">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00111005">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:t>PWS may use and update this example to create a Language Access Plan (LAP). </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00F20EBC" w:rsidP="4D346371" w:rsidRDefault="00F20EBC" w14:paraId="22CF25F6" w14:textId="346B3AF6">
+  <w:p w14:paraId="22CF25F6" w14:textId="346B3AF6" w:rsidR="00F20EBC" w:rsidRDefault="00F20EBC" w:rsidP="4D346371">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="20"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="48245C82" w:rsidP="165FD923" w:rsidRDefault="00CD6E9C" w14:paraId="3C3A0F50" w14:textId="43161BE9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3C3A0F50" w14:textId="43161BE9" w:rsidR="48245C82" w:rsidRDefault="00CD6E9C" w:rsidP="165FD923">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00025D44">
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:kern w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w14:ligatures w14:val="none"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1798BDFF" wp14:editId="1E90360F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>685801</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>400050</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="838200" cy="841477"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="image1.png" descr="A picture containing the MassDEP icon."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-            <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="image1.png" descr="A picture containing icon&#10;&#10;AI-generated content may be incorrect."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+                  <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="843492" cy="846790"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="165FD923" w:rsidR="449F7615">
+    <w:r w:rsidR="449F7615" w:rsidRPr="165FD923">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        <w:b w:val="1"/>
-        <w:bCs w:val="1"/>
+        <w:b/>
+        <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Massachusetts Department of Environmental Protection</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="48245C82" w:rsidP="165FD923" w:rsidRDefault="165FD923" w14:paraId="56C82CC8" w14:textId="701DD235">
+  <w:p w14:paraId="56C82CC8" w14:textId="701DD235" w:rsidR="48245C82" w:rsidRDefault="165FD923" w:rsidP="165FD923">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="720" w:firstLine="720"/>
     </w:pPr>
     <w:r w:rsidRPr="165FD923">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Bureau of Water Resources – Drinking Water Program</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="008C4D50" w:rsidP="008C4D50" w:rsidRDefault="165FD923" w14:paraId="795B0058" w14:textId="11A58A4F">
+  <w:p w14:paraId="795B0058" w14:textId="11A58A4F" w:rsidR="008C4D50" w:rsidRDefault="165FD923" w:rsidP="008C4D50">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="165FD923">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Consumer Confidence Report Program</w:t>
     </w:r>
     <w:r w:rsidR="003746AF">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="003746AF" w:rsidP="008C4D50" w:rsidRDefault="003746AF" w14:paraId="1F048FA5" w14:textId="20C87076">
+  <w:p w14:paraId="1F048FA5" w14:textId="20C87076" w:rsidR="003746AF" w:rsidRDefault="003746AF" w:rsidP="008C4D50">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Language Access Plan</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="4F7557A0">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t>CCR-LAP</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="008C4D50" w:rsidR="00111586" w:rsidP="008C4D50" w:rsidRDefault="165FD923" w14:paraId="529B4AE2" w14:textId="38E9B895">
+  <w:p w14:paraId="529B4AE2" w14:textId="38E9B895" w:rsidR="00111586" w:rsidRPr="008C4D50" w:rsidRDefault="165FD923" w:rsidP="008C4D50">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="165FD923">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>310 CMR 22.16A</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00111005" w:rsidP="165FD923" w:rsidRDefault="00111005" w14:paraId="08618C2C" w14:textId="2A94AC13">
+  <w:p w14:paraId="08618C2C" w14:textId="2A94AC13" w:rsidR="00111005" w:rsidRDefault="00111005" w:rsidP="165FD923">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08D451B7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3C2A932A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
@@ -4616,295 +4603,295 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="111159EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82CAF1B8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13264651"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CC28B79C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="154D5B2C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="05DAEE1A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -4991,288 +4978,288 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EB656F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03D8E7BE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="206275F0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="418C1146"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+        <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20CC69CA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5B9CE71E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -5362,888 +5349,888 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21C07640"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="78D4E94C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25770C56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD1447F4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25ED3751"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="963A9FCC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29B95095"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6FB63A3A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E7214DD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2B2A788C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F4A6F28"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1E5067B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BC65215"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D46CDB42"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -6309,179 +6296,179 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BE917E0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5A98D362"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C60722C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9F26F0A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -6568,147 +6555,147 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51770375"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB043C36"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56B77B59"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AAAE5D3A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6797,179 +6784,179 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="592A6A43"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B9629772"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59316E31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5F223434"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
@@ -7029,147 +7016,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BBC07E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA289CF2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="671B3C8B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E2100CA8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7597,179 +7584,179 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D4B3676"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="18108040"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E2A1CA4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F2DC7C8E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -7972,179 +7959,179 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F43063B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5958DE38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1576472979">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1818061507">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2002006820">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1423453938">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1204444990">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1431462213">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1973631970">
     <w:abstractNumId w:val="7"/>
   </w:num>
@@ -8198,58 +8185,54 @@
   </w:num>
   <w:num w:numId="24" w16cid:durableId="575942822">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="233668358">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="529075433">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1070693852">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="2033416445">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="768352261">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="334186087">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C09AE"/>
     <w:rsid w:val="00005F69"/>
     <w:rsid w:val="00006AAC"/>
@@ -8370,50 +8353,51 @@
     <w:rsid w:val="00314A8A"/>
     <w:rsid w:val="003212A7"/>
     <w:rsid w:val="003245C3"/>
     <w:rsid w:val="00336581"/>
     <w:rsid w:val="00340487"/>
     <w:rsid w:val="0034388C"/>
     <w:rsid w:val="00353FFA"/>
     <w:rsid w:val="00354BE0"/>
     <w:rsid w:val="00360A51"/>
     <w:rsid w:val="00361903"/>
     <w:rsid w:val="003649DA"/>
     <w:rsid w:val="0036566D"/>
     <w:rsid w:val="00370A08"/>
     <w:rsid w:val="0037271E"/>
     <w:rsid w:val="003737DC"/>
     <w:rsid w:val="00374506"/>
     <w:rsid w:val="003746AF"/>
     <w:rsid w:val="0038165A"/>
     <w:rsid w:val="00382426"/>
     <w:rsid w:val="00385645"/>
     <w:rsid w:val="00385854"/>
     <w:rsid w:val="00393742"/>
     <w:rsid w:val="00394A1C"/>
     <w:rsid w:val="00397D9A"/>
     <w:rsid w:val="003A0058"/>
+    <w:rsid w:val="003A69CC"/>
     <w:rsid w:val="003A7AB2"/>
     <w:rsid w:val="003C40D9"/>
     <w:rsid w:val="003C5052"/>
     <w:rsid w:val="003D08D3"/>
     <w:rsid w:val="003D2CF5"/>
     <w:rsid w:val="003E0830"/>
     <w:rsid w:val="003E165F"/>
     <w:rsid w:val="003E3E3F"/>
     <w:rsid w:val="003F104C"/>
     <w:rsid w:val="003F218F"/>
     <w:rsid w:val="003F5A43"/>
     <w:rsid w:val="003F5BBB"/>
     <w:rsid w:val="003F7A11"/>
     <w:rsid w:val="00413545"/>
     <w:rsid w:val="004153C9"/>
     <w:rsid w:val="00420B7D"/>
     <w:rsid w:val="004407B7"/>
     <w:rsid w:val="00442D71"/>
     <w:rsid w:val="00443E39"/>
     <w:rsid w:val="0045435E"/>
     <w:rsid w:val="00460793"/>
     <w:rsid w:val="004622DD"/>
     <w:rsid w:val="00464E33"/>
     <w:rsid w:val="00466CC7"/>
     <w:rsid w:val="00495801"/>
@@ -8493,60 +8477,62 @@
     <w:rsid w:val="00714BA9"/>
     <w:rsid w:val="00716AB3"/>
     <w:rsid w:val="007225B8"/>
     <w:rsid w:val="00724D27"/>
     <w:rsid w:val="00736C26"/>
     <w:rsid w:val="00737A81"/>
     <w:rsid w:val="00740E64"/>
     <w:rsid w:val="0074345D"/>
     <w:rsid w:val="0074531A"/>
     <w:rsid w:val="00764D28"/>
     <w:rsid w:val="00766332"/>
     <w:rsid w:val="00770391"/>
     <w:rsid w:val="00773579"/>
     <w:rsid w:val="00773A7F"/>
     <w:rsid w:val="00775843"/>
     <w:rsid w:val="007827E8"/>
     <w:rsid w:val="007859A8"/>
     <w:rsid w:val="00787264"/>
     <w:rsid w:val="00794561"/>
     <w:rsid w:val="007A1243"/>
     <w:rsid w:val="007A24F6"/>
     <w:rsid w:val="007A3539"/>
     <w:rsid w:val="007A4C16"/>
     <w:rsid w:val="007B01B2"/>
     <w:rsid w:val="007B1351"/>
+    <w:rsid w:val="007B1522"/>
     <w:rsid w:val="007B38D8"/>
     <w:rsid w:val="007B4341"/>
     <w:rsid w:val="007B4A14"/>
     <w:rsid w:val="007C1567"/>
     <w:rsid w:val="007D5DB4"/>
     <w:rsid w:val="007E04F5"/>
     <w:rsid w:val="007E2C4C"/>
     <w:rsid w:val="007F324F"/>
     <w:rsid w:val="007F73F0"/>
     <w:rsid w:val="007F7EAA"/>
+    <w:rsid w:val="00802299"/>
     <w:rsid w:val="0080381D"/>
     <w:rsid w:val="00804F44"/>
     <w:rsid w:val="00805F29"/>
     <w:rsid w:val="008068D2"/>
     <w:rsid w:val="0081091E"/>
     <w:rsid w:val="00812F0B"/>
     <w:rsid w:val="008174A4"/>
     <w:rsid w:val="0082156F"/>
     <w:rsid w:val="00824549"/>
     <w:rsid w:val="00824E16"/>
     <w:rsid w:val="0082577F"/>
     <w:rsid w:val="00831CF9"/>
     <w:rsid w:val="008421BB"/>
     <w:rsid w:val="00842A5E"/>
     <w:rsid w:val="00851417"/>
     <w:rsid w:val="00851461"/>
     <w:rsid w:val="00851635"/>
     <w:rsid w:val="00851C67"/>
     <w:rsid w:val="00852DEA"/>
     <w:rsid w:val="00854952"/>
     <w:rsid w:val="00860068"/>
     <w:rsid w:val="00860B3A"/>
     <w:rsid w:val="0086682E"/>
     <w:rsid w:val="00872247"/>
     <w:rsid w:val="00873EFF"/>
@@ -8672,84 +8658,86 @@
     <w:rsid w:val="00B92FA7"/>
     <w:rsid w:val="00BA52FB"/>
     <w:rsid w:val="00BA6EF4"/>
     <w:rsid w:val="00BB4E91"/>
     <w:rsid w:val="00BC4913"/>
     <w:rsid w:val="00BC72B1"/>
     <w:rsid w:val="00BD17EA"/>
     <w:rsid w:val="00BD1F2D"/>
     <w:rsid w:val="00BD2401"/>
     <w:rsid w:val="00BE13F1"/>
     <w:rsid w:val="00BF2B8E"/>
     <w:rsid w:val="00BF5A8D"/>
     <w:rsid w:val="00C156E0"/>
     <w:rsid w:val="00C1662C"/>
     <w:rsid w:val="00C24045"/>
     <w:rsid w:val="00C2656B"/>
     <w:rsid w:val="00C27C3F"/>
     <w:rsid w:val="00C37784"/>
     <w:rsid w:val="00C3784C"/>
     <w:rsid w:val="00C42808"/>
     <w:rsid w:val="00C42B02"/>
     <w:rsid w:val="00C434F2"/>
     <w:rsid w:val="00C44927"/>
     <w:rsid w:val="00C44A96"/>
     <w:rsid w:val="00C51AE4"/>
+    <w:rsid w:val="00C55E27"/>
     <w:rsid w:val="00C66343"/>
     <w:rsid w:val="00C669DA"/>
     <w:rsid w:val="00C67A9B"/>
     <w:rsid w:val="00C73F2B"/>
     <w:rsid w:val="00C751CD"/>
     <w:rsid w:val="00C86069"/>
     <w:rsid w:val="00C96A76"/>
     <w:rsid w:val="00C96CD9"/>
     <w:rsid w:val="00CB50E6"/>
     <w:rsid w:val="00CB5BE3"/>
     <w:rsid w:val="00CB6ADD"/>
     <w:rsid w:val="00CC52B9"/>
     <w:rsid w:val="00CD6CC6"/>
     <w:rsid w:val="00CD6E9C"/>
     <w:rsid w:val="00CE0F32"/>
     <w:rsid w:val="00CE3BDF"/>
     <w:rsid w:val="00CE4689"/>
     <w:rsid w:val="00CE564E"/>
     <w:rsid w:val="00CF1638"/>
     <w:rsid w:val="00D05889"/>
     <w:rsid w:val="00D1310A"/>
     <w:rsid w:val="00D17367"/>
     <w:rsid w:val="00D2500C"/>
     <w:rsid w:val="00D27104"/>
     <w:rsid w:val="00D30159"/>
     <w:rsid w:val="00D316CB"/>
     <w:rsid w:val="00D3439D"/>
     <w:rsid w:val="00D47523"/>
     <w:rsid w:val="00D50306"/>
     <w:rsid w:val="00D52211"/>
     <w:rsid w:val="00D57DA7"/>
     <w:rsid w:val="00D64543"/>
     <w:rsid w:val="00D753EC"/>
     <w:rsid w:val="00D758AD"/>
+    <w:rsid w:val="00D83DBA"/>
     <w:rsid w:val="00D87801"/>
     <w:rsid w:val="00D961CD"/>
     <w:rsid w:val="00D96CDF"/>
     <w:rsid w:val="00DA63EC"/>
     <w:rsid w:val="00DB0E2D"/>
     <w:rsid w:val="00DB1D4B"/>
     <w:rsid w:val="00DB34AE"/>
     <w:rsid w:val="00DB491B"/>
     <w:rsid w:val="00DC05E5"/>
     <w:rsid w:val="00DC1378"/>
     <w:rsid w:val="00DC297E"/>
     <w:rsid w:val="00DD11B5"/>
     <w:rsid w:val="00DE0F31"/>
     <w:rsid w:val="00DE12B4"/>
     <w:rsid w:val="00DE2BA5"/>
     <w:rsid w:val="00DE313E"/>
     <w:rsid w:val="00DE3CFF"/>
     <w:rsid w:val="00DE456A"/>
     <w:rsid w:val="00DE60CA"/>
     <w:rsid w:val="00E03FA3"/>
     <w:rsid w:val="00E0514C"/>
     <w:rsid w:val="00E1487F"/>
     <w:rsid w:val="00E17B7C"/>
     <w:rsid w:val="00E30C4F"/>
     <w:rsid w:val="00E37017"/>
@@ -8783,50 +8771,51 @@
     <w:rsid w:val="00EE61F5"/>
     <w:rsid w:val="00EE6596"/>
     <w:rsid w:val="00EE67D7"/>
     <w:rsid w:val="00F0495B"/>
     <w:rsid w:val="00F10735"/>
     <w:rsid w:val="00F16183"/>
     <w:rsid w:val="00F17A3A"/>
     <w:rsid w:val="00F17A9F"/>
     <w:rsid w:val="00F20EBC"/>
     <w:rsid w:val="00F2277A"/>
     <w:rsid w:val="00F23762"/>
     <w:rsid w:val="00F23ECF"/>
     <w:rsid w:val="00F36D51"/>
     <w:rsid w:val="00F40F36"/>
     <w:rsid w:val="00F4726B"/>
     <w:rsid w:val="00F47A4B"/>
     <w:rsid w:val="00F52442"/>
     <w:rsid w:val="00F53FC5"/>
     <w:rsid w:val="00F54B0A"/>
     <w:rsid w:val="00F55D78"/>
     <w:rsid w:val="00F57229"/>
     <w:rsid w:val="00F57F72"/>
     <w:rsid w:val="00F65269"/>
     <w:rsid w:val="00F71D70"/>
     <w:rsid w:val="00F736C7"/>
+    <w:rsid w:val="00F76D2F"/>
     <w:rsid w:val="00F90BB9"/>
     <w:rsid w:val="00FA1BB5"/>
     <w:rsid w:val="00FA21E9"/>
     <w:rsid w:val="00FA4DD3"/>
     <w:rsid w:val="00FA502C"/>
     <w:rsid w:val="00FB09C7"/>
     <w:rsid w:val="00FB7708"/>
     <w:rsid w:val="00FC4213"/>
     <w:rsid w:val="00FC5895"/>
     <w:rsid w:val="00FD24DC"/>
     <w:rsid w:val="00FE67BE"/>
     <w:rsid w:val="00FF203F"/>
     <w:rsid w:val="00FF5503"/>
     <w:rsid w:val="00FF7FCA"/>
     <w:rsid w:val="0100DE4D"/>
     <w:rsid w:val="021458C9"/>
     <w:rsid w:val="022A8D0A"/>
     <w:rsid w:val="043DF3F3"/>
     <w:rsid w:val="04F41C17"/>
     <w:rsid w:val="05E9C7D6"/>
     <w:rsid w:val="0688C408"/>
     <w:rsid w:val="07470258"/>
     <w:rsid w:val="07518BBF"/>
     <w:rsid w:val="085ADAE5"/>
     <w:rsid w:val="090A53A3"/>
@@ -9002,131 +8991,131 @@
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5728BCDE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7A9CE2B7-0EA3-4364-88F1-B906FA4524BF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9282,52 +9271,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -9394,93 +9383,93 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="000C09AE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000C09AE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000C09AE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
@@ -9597,505 +9586,506 @@
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000C09AE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="000C09AE"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="000C09AE"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="000C09AE"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000C09AE"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="000C09AE"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
-        <w:bottom w:val="single" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C09AE"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="000C09AE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="000C09AE"/>
   </w:style>
-  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="000C09AE"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F20EBC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F20EBC"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F20EBC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F20EBC"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00111586"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FA4DD3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.director-dwp@mass.gov" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/ccr/consumer-confidence-report-rule-revisions" TargetMode="External" Id="Rd5d9f7b659234f39" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.director-dwp@mass.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/ccr/consumer-confidence-report-rule-revisions" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
@@ -10540,59 +10530,66 @@
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F5FF187-E03F-425E-9312-D85B20A45222}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02917764-92D0-4793-BDB0-9DCD5611DEAD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>7</Pages>
+  <Words>1851</Words>
+  <Characters>10556</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>87</Lines>
+  <Paragraphs>24</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>12383</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Joaquin, Ben (DEP)</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Joaquin, Ben (DEP)</lastModifiedBy>
-  <revision>348</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D9C65035329F864F907FEBFC92352320</vt:lpwstr>
   </property>
 </Properties>
 </file>