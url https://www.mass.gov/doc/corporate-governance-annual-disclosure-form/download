--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -6,51 +6,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7259BC2C" w14:textId="77777777" w:rsidR="004849BF" w:rsidRDefault="004849BF" w:rsidP="004849BF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7794EB9A" w14:textId="77777777" w:rsidR="00C418F7" w:rsidRDefault="00C418F7" w:rsidP="004849BF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="271F6A75" w14:textId="0F425C74" w:rsidR="004D4907" w:rsidRDefault="002450FF" w:rsidP="00AD2A77">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D4907">
         <w:rPr>
           <w:b/>
@@ -202,114 +202,141 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>MASSACHUSETTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7595BD89" w14:textId="77777777" w:rsidR="004849BF" w:rsidRPr="00AD2A77" w:rsidRDefault="004D4907" w:rsidP="00A007D9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD2A77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Division of Insurance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C9528E2" w14:textId="77777777" w:rsidR="00A007D9" w:rsidRPr="00AD2A77" w:rsidRDefault="00AD2A77" w:rsidP="00A007D9">
+    <w:p w14:paraId="0C9528E2" w14:textId="29DADF2C" w:rsidR="00A007D9" w:rsidRPr="00AD2A77" w:rsidRDefault="00FE7BD4" w:rsidP="00A007D9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD2A77">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>1000 Washington Street, Suite 810</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">One Federal </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2A77" w:rsidRPr="00AD2A77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AD2A77">
+        <w:t xml:space="preserve">Street, Suite </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Boston, MA 02118</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3D35090F" w14:textId="77777777" w:rsidR="00AD2A77" w:rsidRDefault="00AD2A77" w:rsidP="00A007D9">
+        <w:t>700</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="514E202C" w14:textId="2725A3D8" w:rsidR="00AD2A77" w:rsidRPr="00AD2A77" w:rsidRDefault="00AD2A77" w:rsidP="00A007D9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00AD2A77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>Boston, MA 0211</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7BD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D35090F" w14:textId="77777777" w:rsidR="00AD2A77" w:rsidRDefault="00AD2A77" w:rsidP="00A007D9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36A94C75" w14:textId="77777777" w:rsidR="00AD2A77" w:rsidRPr="00AE6506" w:rsidRDefault="00AD2A77" w:rsidP="00A007D9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17E6ED56" w14:textId="77777777" w:rsidR="004849BF" w:rsidRDefault="004849BF" w:rsidP="00A007D9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>By</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112BC500" w14:textId="77777777" w:rsidR="00C41136" w:rsidRDefault="00C41136" w:rsidP="00A007D9">
       <w:pPr>
@@ -4625,61 +4652,83 @@
       </w:r>
       <w:r w:rsidRPr="00A160B5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> for and on behalf of </w:t>
       </w:r>
       <w:r w:rsidR="00DC4BBB" w:rsidRPr="00A160B5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Association</w:t>
       </w:r>
       <w:r w:rsidR="00C25E22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Name </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C25E22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name </w:t>
       </w:r>
       <w:r w:rsidR="008B6E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>________________________</w:t>
+        <w:t>__</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008B6E52">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00A160B5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">and that </w:t>
       </w:r>
       <w:r w:rsidR="00DD0383" w:rsidRPr="00A160B5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00A160B5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00DD0383" w:rsidRPr="00A160B5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
@@ -4940,130 +4989,129 @@
       </w:pPr>
       <w:r w:rsidRPr="00A160B5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CD1AAAF" w14:textId="77777777" w:rsidR="008B6E52" w:rsidRPr="00A160B5" w:rsidRDefault="008B6E52" w:rsidP="004849BF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="328DBD5D" w14:textId="77777777" w:rsidR="002450FF" w:rsidRPr="00A160B5" w:rsidRDefault="002450FF" w:rsidP="00FA24FD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00201C0B" w:rsidRPr="00A160B5">
+    <w:sectPr w:rsidR="002450FF" w:rsidRPr="00A160B5">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06A8F379" w14:textId="77777777" w:rsidR="00911644" w:rsidRDefault="00911644" w:rsidP="00911644">
+    <w:p w14:paraId="4FD6B3E0" w14:textId="77777777" w:rsidR="00AB02A1" w:rsidRDefault="00AB02A1" w:rsidP="00911644">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="494ABF09" w14:textId="77777777" w:rsidR="00911644" w:rsidRDefault="00911644" w:rsidP="00911644">
+    <w:p w14:paraId="1D065FBC" w14:textId="77777777" w:rsidR="00AB02A1" w:rsidRDefault="00AB02A1" w:rsidP="00911644">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="961926879"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="452B511B" w14:textId="77777777" w:rsidR="00120076" w:rsidRDefault="00120076">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -5072,76 +5120,76 @@
         </w:r>
         <w:r w:rsidR="004F4AD5">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="29D345C3" w14:textId="77777777" w:rsidR="00911644" w:rsidRDefault="00911644">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02A65EB3" w14:textId="77777777" w:rsidR="00911644" w:rsidRDefault="00911644" w:rsidP="00911644">
+    <w:p w14:paraId="06042414" w14:textId="77777777" w:rsidR="00AB02A1" w:rsidRDefault="00AB02A1" w:rsidP="00911644">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D5AA595" w14:textId="77777777" w:rsidR="00911644" w:rsidRDefault="00911644" w:rsidP="00911644">
+    <w:p w14:paraId="66F81CE1" w14:textId="77777777" w:rsidR="00AB02A1" w:rsidRDefault="00AB02A1" w:rsidP="00911644">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DC00C65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4100F158"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -5191,57 +5239,57 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="265238728">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004849BF"/>
     <w:rsid w:val="00034F85"/>
     <w:rsid w:val="000D1DA0"/>
     <w:rsid w:val="000E25FF"/>
     <w:rsid w:val="000F1955"/>
     <w:rsid w:val="00120076"/>
     <w:rsid w:val="00137D01"/>
@@ -5272,125 +5320,128 @@
     <w:rsid w:val="00540688"/>
     <w:rsid w:val="00561274"/>
     <w:rsid w:val="00594CDE"/>
     <w:rsid w:val="005A0DDC"/>
     <w:rsid w:val="005D4475"/>
     <w:rsid w:val="00616264"/>
     <w:rsid w:val="00636BF0"/>
     <w:rsid w:val="006705D5"/>
     <w:rsid w:val="00694860"/>
     <w:rsid w:val="006A75DC"/>
     <w:rsid w:val="006D62B6"/>
     <w:rsid w:val="007668F8"/>
     <w:rsid w:val="0076775E"/>
     <w:rsid w:val="00794F7C"/>
     <w:rsid w:val="007B530E"/>
     <w:rsid w:val="007D3070"/>
     <w:rsid w:val="007E44BE"/>
     <w:rsid w:val="008A6061"/>
     <w:rsid w:val="008B6E52"/>
     <w:rsid w:val="00911644"/>
     <w:rsid w:val="00925894"/>
     <w:rsid w:val="00943D98"/>
     <w:rsid w:val="00945D0A"/>
     <w:rsid w:val="0096413F"/>
     <w:rsid w:val="0097700D"/>
+    <w:rsid w:val="009944B0"/>
     <w:rsid w:val="00A007D9"/>
     <w:rsid w:val="00A160B5"/>
     <w:rsid w:val="00A55FA2"/>
     <w:rsid w:val="00A8626C"/>
+    <w:rsid w:val="00AB02A1"/>
     <w:rsid w:val="00AD2A77"/>
     <w:rsid w:val="00AE6506"/>
     <w:rsid w:val="00AF2A36"/>
     <w:rsid w:val="00B10B90"/>
     <w:rsid w:val="00B13C6D"/>
     <w:rsid w:val="00B401C5"/>
     <w:rsid w:val="00B4784E"/>
     <w:rsid w:val="00B725C9"/>
     <w:rsid w:val="00BB0332"/>
     <w:rsid w:val="00BF2018"/>
     <w:rsid w:val="00C01449"/>
     <w:rsid w:val="00C222B0"/>
     <w:rsid w:val="00C25E22"/>
     <w:rsid w:val="00C41136"/>
     <w:rsid w:val="00C418F7"/>
     <w:rsid w:val="00C45B96"/>
     <w:rsid w:val="00C46D79"/>
     <w:rsid w:val="00C57A02"/>
     <w:rsid w:val="00C67FB4"/>
     <w:rsid w:val="00C86A79"/>
     <w:rsid w:val="00CC2E1A"/>
     <w:rsid w:val="00CE496C"/>
     <w:rsid w:val="00CF6409"/>
     <w:rsid w:val="00D30BA3"/>
     <w:rsid w:val="00D4251C"/>
     <w:rsid w:val="00D4398B"/>
     <w:rsid w:val="00DC4BBB"/>
     <w:rsid w:val="00DD0383"/>
     <w:rsid w:val="00E23002"/>
     <w:rsid w:val="00E36688"/>
     <w:rsid w:val="00E57535"/>
     <w:rsid w:val="00E85B5D"/>
     <w:rsid w:val="00EE3E91"/>
     <w:rsid w:val="00F05328"/>
     <w:rsid w:val="00F248F3"/>
     <w:rsid w:val="00F255FB"/>
     <w:rsid w:val="00F40D19"/>
     <w:rsid w:val="00F77315"/>
     <w:rsid w:val="00FA24FD"/>
+    <w:rsid w:val="00FE7BD4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0FCADEC2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{536ABEEC-6CA5-4C51-A604-739F1D236BAB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5865,51 +5916,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00911644"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00911644"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -6153,106 +6204,102 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="85471739-20a3-405f-8957-71a2abecc360" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1139e758-b9e0-45fd-886d-2dd42c05c3b6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-    <xsd:import namespace="219cc07e-c1da-4270-a78f-3a6ce23ab0a8"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010095471F8C1A2B6C4A886E943ACFECD846" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b05640728e05fa328faa77d85c16cf89">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1139e758-b9e0-45fd-886d-2dd42c05c3b6" xmlns:ns3="85471739-20a3-405f-8957-71a2abecc360" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2520e8043f2a7ff048b0b7e42ac2f937" ns2:_="" ns3:_="">
+    <xsd:import namespace="1139e758-b9e0-45fd-886d-2dd42c05c3b6"/>
     <xsd:import namespace="85471739-20a3-405f-8957-71a2abecc360"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1139e758-b9e0-45fd-886d-2dd42c05c3b6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="14" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
@@ -6321,52 +6368,52 @@
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{64ea883f-a43d-4557-89a5-87954ab456b0}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="85471739-20a3-405f-8957-71a2abecc360">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="4" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -6411,138 +6458,121 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B45E2DFF-5A11-4CBC-948B-C30895867AD1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC81E2CA-C304-47D2-8090-57AAB8C0656E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="85471739-20a3-405f-8957-71a2abecc360"/>
+    <ds:schemaRef ds:uri="219cc07e-c1da-4270-a78f-3a6ce23ab0a8"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5926DEA3-9753-45C1-BAE9-47C5E93B4377}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9571402F-834D-4F69-9E50-2FEBDF691EFD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
   <Words>2093</Words>
-  <Characters>11935</Characters>
+  <Characters>11931</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>99</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14001</CharactersWithSpaces>
+  <CharactersWithSpaces>13997</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Smallwood, John (DOI)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101009DE413DC9396414788A0571B52761EC3</vt:lpwstr>
+    <vt:lpwstr>0x01010095471F8C1A2B6C4A886E943ACFECD846</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>