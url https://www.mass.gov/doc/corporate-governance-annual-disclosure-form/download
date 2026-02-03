--- v1 (2025-12-15)
+++ v2 (2026-02-03)
@@ -202,110 +202,92 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>MASSACHUSETTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7595BD89" w14:textId="77777777" w:rsidR="004849BF" w:rsidRPr="00AD2A77" w:rsidRDefault="004D4907" w:rsidP="00A007D9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD2A77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Division of Insurance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C9528E2" w14:textId="29DADF2C" w:rsidR="00A007D9" w:rsidRPr="00AD2A77" w:rsidRDefault="00FE7BD4" w:rsidP="00A007D9">
+    <w:p w14:paraId="0C9528E2" w14:textId="6E631534" w:rsidR="00A007D9" w:rsidRPr="00AD2A77" w:rsidRDefault="009E61B3" w:rsidP="00A007D9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">One Federal </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AD2A77" w:rsidRPr="00AD2A77">
+        <w:t>1 Federal Street, Suite 700</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="514E202C" w14:textId="051825F4" w:rsidR="00AD2A77" w:rsidRPr="00AD2A77" w:rsidRDefault="00AD2A77" w:rsidP="00A007D9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Street, Suite </w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2A77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>700</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>Boston, MA 0211</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7BD4">
+      <w:r w:rsidR="009E61B3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D35090F" w14:textId="77777777" w:rsidR="00AD2A77" w:rsidRDefault="00AD2A77" w:rsidP="00A007D9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36A94C75" w14:textId="77777777" w:rsidR="00AD2A77" w:rsidRPr="00AE6506" w:rsidRDefault="00AD2A77" w:rsidP="00A007D9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
@@ -5003,109 +4985,109 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="328DBD5D" w14:textId="77777777" w:rsidR="002450FF" w:rsidRPr="00A160B5" w:rsidRDefault="002450FF" w:rsidP="00FA24FD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002450FF" w:rsidRPr="00A160B5">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FD6B3E0" w14:textId="77777777" w:rsidR="00AB02A1" w:rsidRDefault="00AB02A1" w:rsidP="00911644">
+    <w:p w14:paraId="06A8F379" w14:textId="77777777" w:rsidR="00911644" w:rsidRDefault="00911644" w:rsidP="00911644">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D065FBC" w14:textId="77777777" w:rsidR="00AB02A1" w:rsidRDefault="00AB02A1" w:rsidP="00911644">
+    <w:p w14:paraId="494ABF09" w14:textId="77777777" w:rsidR="00911644" w:rsidRDefault="00911644" w:rsidP="00911644">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="961926879"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="452B511B" w14:textId="77777777" w:rsidR="00120076" w:rsidRDefault="00120076">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
@@ -5122,61 +5104,61 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="29D345C3" w14:textId="77777777" w:rsidR="00911644" w:rsidRDefault="00911644">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06042414" w14:textId="77777777" w:rsidR="00AB02A1" w:rsidRDefault="00AB02A1" w:rsidP="00911644">
+    <w:p w14:paraId="02A65EB3" w14:textId="77777777" w:rsidR="00911644" w:rsidRDefault="00911644" w:rsidP="00911644">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66F81CE1" w14:textId="77777777" w:rsidR="00AB02A1" w:rsidRDefault="00AB02A1" w:rsidP="00911644">
+    <w:p w14:paraId="5D5AA595" w14:textId="77777777" w:rsidR="00911644" w:rsidRDefault="00911644" w:rsidP="00911644">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DC00C65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4100F158"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -5245,191 +5227,191 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="265238728">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004849BF"/>
     <w:rsid w:val="00034F85"/>
     <w:rsid w:val="000D1DA0"/>
     <w:rsid w:val="000E25FF"/>
     <w:rsid w:val="000F1955"/>
     <w:rsid w:val="00120076"/>
     <w:rsid w:val="00137D01"/>
     <w:rsid w:val="00157558"/>
     <w:rsid w:val="00183762"/>
     <w:rsid w:val="001D6A94"/>
     <w:rsid w:val="001E5BA7"/>
     <w:rsid w:val="002450FF"/>
     <w:rsid w:val="0026124B"/>
     <w:rsid w:val="002823A5"/>
     <w:rsid w:val="002D29C5"/>
     <w:rsid w:val="002D715D"/>
     <w:rsid w:val="0034503E"/>
     <w:rsid w:val="003630D2"/>
     <w:rsid w:val="003F207E"/>
     <w:rsid w:val="003F6CE1"/>
     <w:rsid w:val="004051BC"/>
     <w:rsid w:val="004074F4"/>
     <w:rsid w:val="00450A8F"/>
     <w:rsid w:val="004849BF"/>
     <w:rsid w:val="00497D0C"/>
     <w:rsid w:val="004B311A"/>
     <w:rsid w:val="004C6EDA"/>
     <w:rsid w:val="004D4907"/>
     <w:rsid w:val="004F14BF"/>
     <w:rsid w:val="004F4AD5"/>
+    <w:rsid w:val="00527173"/>
     <w:rsid w:val="00530A61"/>
     <w:rsid w:val="00540688"/>
     <w:rsid w:val="00561274"/>
     <w:rsid w:val="00594CDE"/>
     <w:rsid w:val="005A0DDC"/>
     <w:rsid w:val="005D4475"/>
     <w:rsid w:val="00616264"/>
     <w:rsid w:val="00636BF0"/>
     <w:rsid w:val="006705D5"/>
     <w:rsid w:val="00694860"/>
     <w:rsid w:val="006A75DC"/>
     <w:rsid w:val="006D62B6"/>
     <w:rsid w:val="007668F8"/>
     <w:rsid w:val="0076775E"/>
     <w:rsid w:val="00794F7C"/>
     <w:rsid w:val="007B530E"/>
     <w:rsid w:val="007D3070"/>
     <w:rsid w:val="007E44BE"/>
+    <w:rsid w:val="007F3E07"/>
     <w:rsid w:val="008A6061"/>
     <w:rsid w:val="008B6E52"/>
     <w:rsid w:val="00911644"/>
     <w:rsid w:val="00925894"/>
     <w:rsid w:val="00943D98"/>
     <w:rsid w:val="00945D0A"/>
     <w:rsid w:val="0096413F"/>
     <w:rsid w:val="0097700D"/>
-    <w:rsid w:val="009944B0"/>
+    <w:rsid w:val="009E61B3"/>
     <w:rsid w:val="00A007D9"/>
     <w:rsid w:val="00A160B5"/>
     <w:rsid w:val="00A55FA2"/>
     <w:rsid w:val="00A8626C"/>
-    <w:rsid w:val="00AB02A1"/>
     <w:rsid w:val="00AD2A77"/>
     <w:rsid w:val="00AE6506"/>
     <w:rsid w:val="00AF2A36"/>
     <w:rsid w:val="00B10B90"/>
     <w:rsid w:val="00B13C6D"/>
     <w:rsid w:val="00B401C5"/>
     <w:rsid w:val="00B4784E"/>
     <w:rsid w:val="00B725C9"/>
     <w:rsid w:val="00BB0332"/>
     <w:rsid w:val="00BF2018"/>
     <w:rsid w:val="00C01449"/>
     <w:rsid w:val="00C222B0"/>
     <w:rsid w:val="00C25E22"/>
     <w:rsid w:val="00C41136"/>
     <w:rsid w:val="00C418F7"/>
     <w:rsid w:val="00C45B96"/>
     <w:rsid w:val="00C46D79"/>
     <w:rsid w:val="00C57A02"/>
     <w:rsid w:val="00C67FB4"/>
     <w:rsid w:val="00C86A79"/>
     <w:rsid w:val="00CC2E1A"/>
     <w:rsid w:val="00CE496C"/>
     <w:rsid w:val="00CF6409"/>
     <w:rsid w:val="00D30BA3"/>
     <w:rsid w:val="00D4251C"/>
     <w:rsid w:val="00D4398B"/>
     <w:rsid w:val="00DC4BBB"/>
     <w:rsid w:val="00DD0383"/>
     <w:rsid w:val="00E23002"/>
     <w:rsid w:val="00E36688"/>
     <w:rsid w:val="00E57535"/>
     <w:rsid w:val="00E85B5D"/>
     <w:rsid w:val="00EE3E91"/>
     <w:rsid w:val="00F05328"/>
     <w:rsid w:val="00F248F3"/>
     <w:rsid w:val="00F255FB"/>
     <w:rsid w:val="00F40D19"/>
     <w:rsid w:val="00F77315"/>
     <w:rsid w:val="00FA24FD"/>
-    <w:rsid w:val="00FE7BD4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0FCADEC2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{536ABEEC-6CA5-4C51-A604-739F1D236BAB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -6216,90 +6198,91 @@
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="85471739-20a3-405f-8957-71a2abecc360" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1139e758-b9e0-45fd-886d-2dd42c05c3b6">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="219cc07e-c1da-4270-a78f-3a6ce23ab0a8">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010095471F8C1A2B6C4A886E943ACFECD846" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b05640728e05fa328faa77d85c16cf89">
-[...1 lines deleted...]
-    <xsd:import namespace="1139e758-b9e0-45fd-886d-2dd42c05c3b6"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009DE413DC9396414788A0571B52761EC3" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="290c8c56af18cc4b7a6cacfd9aad0e42">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" xmlns:ns3="85471739-20a3-405f-8957-71a2abecc360" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="28e6c951bd87c2c1888662617bd6964b" ns2:_="" ns3:_="">
+    <xsd:import namespace="219cc07e-c1da-4270-a78f-3a6ce23ab0a8"/>
     <xsd:import namespace="85471739-20a3-405f-8957-71a2abecc360"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1139e758-b9e0-45fd-886d-2dd42c05c3b6" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="14" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
@@ -6317,50 +6300,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="85471739-20a3-405f-8957-71a2abecc360" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:SearchPeopleOnly="false" ma:SharePointGroup="0" ma:internalName="SharedWithUsers" ma:readOnly="true" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -6368,52 +6356,52 @@
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{64ea883f-a43d-4557-89a5-87954ab456b0}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="85471739-20a3-405f-8957-71a2abecc360">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="4" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -6473,106 +6461,112 @@
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B45E2DFF-5A11-4CBC-948B-C30895867AD1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC81E2CA-C304-47D2-8090-57AAB8C0656E}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="219cc07e-c1da-4270-a78f-3a6ce23ab0a8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="85471739-20a3-405f-8957-71a2abecc360"/>
-    <ds:schemaRef ds:uri="219cc07e-c1da-4270-a78f-3a6ce23ab0a8"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5926DEA3-9753-45C1-BAE9-47C5E93B4377}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11344FDA-184C-400F-BAC8-DEBB37AA2806}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9571402F-834D-4F69-9E50-2FEBDF691EFD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2093</Words>
-  <Characters>11931</Characters>
+  <Words>2092</Words>
+  <Characters>11930</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>99</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13997</CharactersWithSpaces>
+  <CharactersWithSpaces>13995</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Smallwood, John (DOI)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010095471F8C1A2B6C4A886E943ACFECD846</vt:lpwstr>
+    <vt:lpwstr>0x0101009DE413DC9396414788A0571B52761EC3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>