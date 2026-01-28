--- v0 (2025-12-06)
+++ v1 (2026-01-28)
@@ -39,51 +39,51 @@
       <w:r w:rsidRPr="00A2448E">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve">Requirements for </w:t>
       </w:r>
       <w:r w:rsidR="00B627F9" w:rsidRPr="00A2448E">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>Cost Accounting Report</w:t>
       </w:r>
       <w:r w:rsidR="005674A4" w:rsidRPr="00A2448E">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B682428" w14:textId="438918A9" w:rsidR="00D472D5" w:rsidRPr="00A2448E" w:rsidRDefault="007C3FBC" w:rsidP="00D472D5">
+    <w:p w14:paraId="4B682428" w14:textId="47082BEE" w:rsidR="00D472D5" w:rsidRPr="00A2448E" w:rsidRDefault="007C3FBC" w:rsidP="00D472D5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2448E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Before </w:t>
       </w:r>
       <w:r w:rsidR="00D12894" w:rsidRPr="00A2448E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">an Eligible Theater Company </w:t>
       </w:r>
       <w:r w:rsidRPr="00A2448E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -207,72 +207,84 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="000F6042" w:rsidRPr="00A2448E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eport</w:t>
       </w:r>
       <w:r w:rsidR="00F07018" w:rsidRPr="00A2448E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00382C40" w:rsidRPr="00A2448E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">must be prepared </w:t>
       </w:r>
-      <w:r w:rsidR="00F07018" w:rsidRPr="00A2448E">
+      <w:r w:rsidR="00653564">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">by an </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">by the Eligible Theater Company and reviewed </w:t>
+      </w:r>
       <w:r w:rsidR="00F07018" w:rsidRPr="00A2448E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>independent</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F07018" w:rsidRPr="00A2448E">
+        <w:t>by an independent certified public accountant</w:t>
+      </w:r>
+      <w:r w:rsidR="00851125">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> certified public accountant, consistent with </w:t>
+        <w:t xml:space="preserve"> for accuracy</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6614">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and completeness</w:t>
+      </w:r>
+      <w:r w:rsidR="00F07018" w:rsidRPr="00A2448E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, consistent with </w:t>
       </w:r>
       <w:r w:rsidR="00E55A00" w:rsidRPr="00A2448E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00481505">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="000F6042" w:rsidRPr="00A2448E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">greed </w:t>
       </w:r>
       <w:r w:rsidR="00481505">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -1052,67 +1064,51 @@
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00A2448E">
         <w:t xml:space="preserve">roduction”). We followed these procedures to demonstrate compliance with the criteria specified by MOTT for qualifying the Eligible Production Costs incurred by the </w:t>
       </w:r>
       <w:r w:rsidR="00054F5A" w:rsidRPr="00A2448E">
         <w:t xml:space="preserve">Eligible Theater </w:t>
       </w:r>
       <w:r w:rsidRPr="00A2448E">
         <w:t xml:space="preserve">Company for the Production. The </w:t>
       </w:r>
       <w:r w:rsidR="00054F5A" w:rsidRPr="00A2448E">
         <w:t xml:space="preserve">Eligible Theater </w:t>
       </w:r>
       <w:r w:rsidRPr="00A2448E">
         <w:t xml:space="preserve">Company’s management is responsible for maintaining records of the information contained in the Cost Accounting Report for the Production. This agreed-upon procedures (AUP) engagement was conducted in accordance with attestation standards established by the American Institute of Certified Public Accountants (AICPA). The sufficiency of these procedures is solely the responsibility of those parties specified in this report. Consequently, we make no representation regarding the sufficiency of these procedures except as specified in the attached Exhibit A below. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="722AB6F6" w14:textId="77777777" w:rsidR="00EC0A19" w:rsidRPr="00A2448E" w:rsidRDefault="00EC0A19" w:rsidP="00EC0A19">
       <w:r w:rsidRPr="00A2448E">
         <w:t xml:space="preserve">The summary of procedures and associated findings are as set forth in Exhibit A below. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BB9DFB2" w14:textId="77777777" w:rsidR="00EC0A19" w:rsidRPr="00A2448E" w:rsidRDefault="00EC0A19" w:rsidP="00EC0A19">
       <w:r w:rsidRPr="00A2448E">
-        <w:t xml:space="preserve">We were not engaged </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> additional procedures, other matters might have come to our attention that would have been reported to you. </w:t>
+        <w:t xml:space="preserve">We were not engaged to, and did not, conduct an audit, the objective of which would be the expression of an opinion on the completeness and accuracy of the accompanying Cost Accounting Report of Eligible Production Costs for the Production. Accordingly, we do not express such an opinion. Had we performed additional procedures, other matters might have come to our attention that would have been reported to you. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C791E5" w14:textId="217A2CA3" w:rsidR="00EC0A19" w:rsidRPr="00A2448E" w:rsidRDefault="00EC0A19" w:rsidP="00EC0A19">
       <w:r w:rsidRPr="00A2448E">
         <w:t xml:space="preserve">This report is intended solely for the information and use of the </w:t>
       </w:r>
       <w:r w:rsidR="00B858E0" w:rsidRPr="00A2448E">
         <w:t xml:space="preserve">Eligible Theater </w:t>
       </w:r>
       <w:r w:rsidRPr="00A2448E">
         <w:t xml:space="preserve">Company and MOTT and is not intended to be and should not be used by anyone other than these specified parties. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0734DD21" w14:textId="66D5E41A" w:rsidR="00EC0A19" w:rsidRPr="00A2448E" w:rsidRDefault="00EC0A19" w:rsidP="00EC0A19">
       <w:r w:rsidRPr="00A2448E">
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="007717E9" w:rsidRPr="00A2448E">
         <w:t xml:space="preserve">Certified Public </w:t>
       </w:r>
       <w:r w:rsidRPr="00A2448E">
         <w:t xml:space="preserve">Accountant Signature] </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="314F37BC" w14:textId="2ED21A36" w:rsidR="007717E9" w:rsidRPr="00A2448E" w:rsidRDefault="007717E9" w:rsidP="00EC0A19">
@@ -1319,59 +1315,51 @@
       <w:r w:rsidR="00552761" w:rsidRPr="00964898">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">nt </w:t>
       </w:r>
       <w:r w:rsidR="007C1B08" w:rsidRPr="0045453A">
         <w:t>has sufficient understanding of the specified compliance requirements</w:t>
       </w:r>
       <w:r w:rsidR="007C1B08">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1043D4B2" w14:textId="77777777" w:rsidR="00747408" w:rsidRPr="00747408" w:rsidRDefault="00747408" w:rsidP="00B06032">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00747408">
-        <w:t xml:space="preserve">The independent certified public accountant evaluating the completeness and accuracy of the Cost Accounting Report for the Eligible Theater Company, in accordance with these Agreed Upon Procedures, must be licensed in Massachusetts and performed in accordance with professional independence standards, as commonly defined by the American Institute of Certified Public Accountants. The Eligible Theater Company may use its existing certified public accountant, provided the certified public accountant is independent in </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and has not performed bookkeeping or financial statement preparation of the Eligible Theater Production, including preparing the Cost Accounting Report.  </w:t>
+        <w:t xml:space="preserve">The independent certified public accountant evaluating the completeness and accuracy of the Cost Accounting Report for the Eligible Theater Company, in accordance with these Agreed Upon Procedures, must be licensed in Massachusetts and performed in accordance with professional independence standards, as commonly defined by the American Institute of Certified Public Accountants. The Eligible Theater Company may use its existing certified public accountant, provided the certified public accountant is independent in fact and appearance and has not performed bookkeeping or financial statement preparation of the Eligible Theater Production, including preparing the Cost Accounting Report.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CA1B635" w14:textId="1202CB74" w:rsidR="00B06032" w:rsidRPr="007C3074" w:rsidRDefault="00B06032" w:rsidP="00B06032">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C3074">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Obtain from Eligible Theater Company documentation of all production expenses (straight run of the full general ledger) and all call sheets for the length of production.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22D7F4DC" w14:textId="77777777" w:rsidR="00B06032" w:rsidRPr="00BB3094" w:rsidRDefault="00B06032" w:rsidP="00B06032">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1479,65 +1467,51 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Production;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="637975FF" w14:textId="77777777" w:rsidR="00BB3094" w:rsidRDefault="00BB3094" w:rsidP="00BB3094">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Eligible Theater Company has incurred a minimum of $100,000 </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Eligible Production Costs in </w:t>
+        <w:t xml:space="preserve">The Eligible Theater Company has incurred a minimum of $100,000 of Eligible Production Costs in </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Massachusetts;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="498F12AB" w14:textId="77777777" w:rsidR="003611BE" w:rsidRPr="003611BE" w:rsidRDefault="00BB3094" w:rsidP="003611BE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC57D4">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
@@ -1603,117 +1577,89 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00964898">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Obtain from the Eligible Theater Company a schedule of</w:t>
       </w:r>
       <w:r w:rsidR="00D87FE9">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> total</w:t>
       </w:r>
       <w:r w:rsidRPr="00964898">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, final payroll costs for all employees (individual, contractor or loan-out company) connected with </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Theater Production’s activity for which they will be claiming </w:t>
+        <w:t xml:space="preserve">, final payroll costs for all employees (individual, contractor or loan-out company) connected with the Eligible Theater Production’s activity for which they will be claiming </w:t>
       </w:r>
       <w:r w:rsidR="00D87FE9">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Eligible Production Costs</w:t>
       </w:r>
       <w:r w:rsidRPr="00964898">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="037E9640" w14:textId="4312A2D1" w:rsidR="007C1B08" w:rsidRDefault="001F6D37" w:rsidP="007C1B08">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="007C1B08" w:rsidRPr="00964898">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">nspect the invoices, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> or equivalent documentation for evidence of the expense being for time in </w:t>
+        <w:t xml:space="preserve">nspect the invoices, timesheets or equivalent documentation for evidence of the expense being for time in </w:t>
       </w:r>
       <w:r w:rsidR="00F1544C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Massachusetts</w:t>
       </w:r>
       <w:r w:rsidR="007C1B08" w:rsidRPr="00964898">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BE5FE0">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A56C847" w14:textId="02540377" w:rsidR="007C1B08" w:rsidRPr="00B22793" w:rsidRDefault="001F6D37" w:rsidP="007C1B08">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1876,57 +1822,50 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">and compare such calculation with the Eligible Production Costs claimed by the Eligible Theater Company in its Cost Accounting Report. The certified public accountant will separately list any area of discrepancies. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E43AB8B" w14:textId="6077623F" w:rsidR="0052250C" w:rsidRPr="00B22793" w:rsidRDefault="0052250C" w:rsidP="007C1B08">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B22793">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Test, on a sample basis, payments to individual talent, whether they were made to an individual contractor or a loan-out company and verify the agreement of: (1) the date the expense was incurred; (2) the individual, contractor or loan-out company paid; and (3) the amount of the expense. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56FA2ED6" w14:textId="77777777" w:rsidR="00BB2CD7" w:rsidRDefault="00BB2CD7" w:rsidP="00BB2CD7">
-[...5 lines deleted...]
-    </w:p>
     <w:p w14:paraId="50BA4670" w14:textId="225DDAF7" w:rsidR="00BB2CD7" w:rsidRDefault="00BB2CD7" w:rsidP="00BB2CD7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Cost Review Procedures – </w:t>
       </w:r>
       <w:r w:rsidR="000E5B8C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Production and Performance Costs; Transportation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
@@ -2161,86 +2100,70 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B22793">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Test, on a sample basis, expenses, other than </w:t>
       </w:r>
       <w:r w:rsidR="00C10F5E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Payroll Costs</w:t>
       </w:r>
       <w:r w:rsidRPr="00B22793">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, from the list of Eligible Production Costs and </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> to the supporting invoices and verify agreement of: (1) the date the expense was incurred; (2) the vendor paid; and (3) the amount of the expense. </w:t>
+        <w:t xml:space="preserve">, from the list of Eligible Production Costs and compare to the supporting invoices and verify agreement of: (1) the date the expense was incurred; (2) the vendor paid; and (3) the amount of the expense. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C161544" w14:textId="77777777" w:rsidR="007C1B08" w:rsidRDefault="007C1B08" w:rsidP="007C1B08"/>
-    <w:p w14:paraId="063A9D89" w14:textId="77777777" w:rsidR="007C1B08" w:rsidRDefault="007C1B08" w:rsidP="007C1B08"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="523C3BE6" w14:textId="77777777" w:rsidR="00A92896" w:rsidRDefault="00A92896" w:rsidP="007C1B08"/>
     <w:p w14:paraId="209EA671" w14:textId="7F36CE9D" w:rsidR="00016737" w:rsidRPr="00A57CA0" w:rsidRDefault="00016737" w:rsidP="00016737">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57CA0">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cost Accounting Report </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A9659E0" w14:textId="361DF2AE" w:rsidR="00B627F9" w:rsidRDefault="00B627F9">
       <w:r>
         <w:t xml:space="preserve">Eligible Theater Company Name: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CD301D9" w14:textId="60CAD0D7" w:rsidR="00091EBC" w:rsidRDefault="00B627F9">
       <w:r>
         <w:t xml:space="preserve">Eligible Theater Production Title: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05FAAD70" w14:textId="07111775" w:rsidR="00091EBC" w:rsidRDefault="00B627F9">
       <w:r>
         <w:t>Production Period: [DATE] – [DATE]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CDC5FBA" w14:textId="20C89D23" w:rsidR="00091EBC" w:rsidRDefault="00B627F9">
       <w:r>
         <w:t>Submission Date: [DATE]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7945ABBB" w14:textId="431395FE" w:rsidR="001F5FF9" w:rsidRPr="00A24D92" w:rsidRDefault="001F5FF9">
       <w:pPr>
@@ -2331,62 +2254,54 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Were directly related to the Eligible Theater </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Production;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="42131FDC" w14:textId="77777777" w:rsidR="007B6FC1" w:rsidRDefault="001F5FF9" w:rsidP="00D76B1B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Were paid by </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">the </w:t>
+        <w:t xml:space="preserve">Were paid by the </w:t>
       </w:r>
       <w:r w:rsidR="00D76B1B">
-        <w:t>Eligible</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Theater </w:t>
+        <w:t xml:space="preserve">Eligible Theater </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D76B1B">
         <w:t>Production</w:t>
       </w:r>
       <w:r w:rsidR="008802C1">
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="008802C1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ADF4606" w14:textId="2A4EB7B6" w:rsidR="00D76B1B" w:rsidRDefault="007B6FC1" w:rsidP="00D76B1B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Does </w:t>
       </w:r>
       <w:r w:rsidRPr="007B6FC1">
@@ -2793,51 +2708,50 @@
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02DF1681" w14:textId="356A8088" w:rsidR="00394FCF" w:rsidRDefault="00394FCF" w:rsidP="00394FCF">
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00394FCF" w14:paraId="5410E597" w14:textId="77777777" w:rsidTr="009A03D4">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1915" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="029384EB" w14:textId="73CADEE1" w:rsidR="00394FCF" w:rsidRDefault="00394FCF" w:rsidP="00394FCF">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="705EE2F7" w14:textId="77777777" w:rsidR="00394FCF" w:rsidRDefault="00394FCF" w:rsidP="00394FCF"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03361566" w14:textId="4CABE398" w:rsidR="00394FCF" w:rsidRDefault="00394FCF" w:rsidP="00394FCF">
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CDF913E" w14:textId="7C03BE45" w:rsidR="00394FCF" w:rsidRDefault="00D15D3E" w:rsidP="00394FCF">
@@ -2860,50 +2774,51 @@
     </w:tbl>
     <w:p w14:paraId="139C69A7" w14:textId="77777777" w:rsidR="0026662B" w:rsidRDefault="0026662B" w:rsidP="004B4200"/>
     <w:p w14:paraId="6E06F8F5" w14:textId="77777777" w:rsidR="00954A57" w:rsidRDefault="00954A57" w:rsidP="004B4200"/>
     <w:p w14:paraId="697268F4" w14:textId="77777777" w:rsidR="00954A57" w:rsidRDefault="00954A57" w:rsidP="004B4200"/>
     <w:p w14:paraId="13BEBB4D" w14:textId="7613101D" w:rsidR="00D15D3E" w:rsidRDefault="00D15D3E" w:rsidP="00D15D3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Production and Performance Expenditures</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1904"/>
         <w:gridCol w:w="1558"/>
         <w:gridCol w:w="1740"/>
         <w:gridCol w:w="1771"/>
         <w:gridCol w:w="1667"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D15D3E" w14:paraId="2F92C370" w14:textId="77777777" w:rsidTr="009A03D4">
         <w:trPr>
           <w:trHeight w:val="852"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1915" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="172437B1" w14:textId="77777777" w:rsidR="00D15D3E" w:rsidRPr="00B55387" w:rsidRDefault="00D15D3E" w:rsidP="000D0F3C">
             <w:pPr>
@@ -3601,51 +3516,50 @@
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57BA2B5F" w14:textId="77777777" w:rsidR="007E2210" w:rsidRDefault="007E2210" w:rsidP="000D0F3C">
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E2210" w14:paraId="43E33642" w14:textId="77777777" w:rsidTr="009A03D4">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1915" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="609055D5" w14:textId="364C8A05" w:rsidR="007E2210" w:rsidRDefault="00B348CD" w:rsidP="000D0F3C">
             <w:r w:rsidRPr="00B348CD">
-              <w:lastRenderedPageBreak/>
               <w:t>Expenses to transport the cast or crew</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C39B402" w14:textId="77777777" w:rsidR="007E2210" w:rsidRDefault="007E2210" w:rsidP="000D0F3C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CBB6C38" w14:textId="77777777" w:rsidR="007E2210" w:rsidRDefault="007E2210" w:rsidP="000D0F3C">
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D3382B9" w14:textId="77777777" w:rsidR="007E2210" w:rsidRDefault="007E2210" w:rsidP="000D0F3C">
@@ -4397,83 +4311,163 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A3E9B60" w14:textId="77777777" w:rsidR="00F954C0" w:rsidRDefault="00F954C0" w:rsidP="000D0F3C">
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="094580B8" w14:textId="77777777" w:rsidR="00DD7F3F" w:rsidRDefault="00DD7F3F" w:rsidP="00DD7F3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14510542" w14:textId="3A73D880" w:rsidR="007A7F24" w:rsidRDefault="007A7F24" w:rsidP="007A7F24">
+    <w:p w14:paraId="4217A8C4" w14:textId="77777777" w:rsidR="009E2FC1" w:rsidRDefault="009E2FC1" w:rsidP="009E2FC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="724DAAF7" w14:textId="77777777" w:rsidR="009E2FC1" w:rsidRDefault="009E2FC1" w:rsidP="009E2FC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53E59806" w14:textId="77777777" w:rsidR="009E2FC1" w:rsidRDefault="009E2FC1" w:rsidP="009E2FC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4095DA2C" w14:textId="77777777" w:rsidR="009E2FC1" w:rsidRDefault="009E2FC1" w:rsidP="009E2FC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50B9918A" w14:textId="77777777" w:rsidR="009E2FC1" w:rsidRDefault="009E2FC1" w:rsidP="009E2FC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03E486B5" w14:textId="77777777" w:rsidR="009E2FC1" w:rsidRDefault="009E2FC1" w:rsidP="009E2FC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01F2AD84" w14:textId="77777777" w:rsidR="00805FA6" w:rsidRDefault="00805FA6" w:rsidP="009E2FC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09D10FC6" w14:textId="77777777" w:rsidR="00805FA6" w:rsidRDefault="00805FA6" w:rsidP="009E2FC1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14510542" w14:textId="2D6CCD95" w:rsidR="007A7F24" w:rsidRDefault="007A7F24" w:rsidP="007A7F24">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A7F24">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Certification </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="001BE46B" w14:textId="0F8F093C" w:rsidR="00D82E4A" w:rsidRPr="00D82E4A" w:rsidRDefault="00D82E4A" w:rsidP="00D82E4A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D82E4A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">To be completed by the individual that is submitting this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Cost Accounting Report</w:t>
       </w:r>
       <w:r w:rsidRPr="00D82E4A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> on behalf of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Eligible Theater Company</w:t>
       </w:r>
       <w:r w:rsidRPr="00D82E4A">
         <w:rPr>
@@ -4533,83 +4527,82 @@
     <w:p w14:paraId="4C0A1A4A" w14:textId="45C28CD7" w:rsidR="008E3F75" w:rsidRDefault="008E3F75" w:rsidP="00D82E4A">
       <w:r>
         <w:t xml:space="preserve">Signature: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="036F0E67" w14:textId="4896352C" w:rsidR="008E3F75" w:rsidRPr="00D82E4A" w:rsidRDefault="008E3F75" w:rsidP="00D82E4A">
       <w:r>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C6CB76A" w14:textId="77777777" w:rsidR="007A7F24" w:rsidRDefault="007A7F24"/>
     <w:sectPr w:rsidR="007A7F24" w:rsidSect="00034616">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F982179" w14:textId="77777777" w:rsidR="00D02B33" w:rsidRDefault="00D02B33" w:rsidP="007A7F24">
+    <w:p w14:paraId="1163EDB2" w14:textId="77777777" w:rsidR="00194053" w:rsidRDefault="00194053" w:rsidP="007A7F24">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21BBDF8A" w14:textId="77777777" w:rsidR="00D02B33" w:rsidRDefault="00D02B33" w:rsidP="007A7F24">
+    <w:p w14:paraId="1158E864" w14:textId="77777777" w:rsidR="00194053" w:rsidRDefault="00194053" w:rsidP="007A7F24">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4630,102 +4623,117 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="751813A7" w14:textId="77777777" w:rsidR="00D02B33" w:rsidRDefault="00D02B33" w:rsidP="007A7F24">
+    <w:p w14:paraId="71B028EA" w14:textId="77777777" w:rsidR="00194053" w:rsidRDefault="00194053" w:rsidP="007A7F24">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C861BB9" w14:textId="77777777" w:rsidR="00D02B33" w:rsidRDefault="00D02B33" w:rsidP="007A7F24">
+    <w:p w14:paraId="463EE5EB" w14:textId="77777777" w:rsidR="00194053" w:rsidRDefault="00194053" w:rsidP="007A7F24">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31223A2A" w14:textId="7C97DB05" w:rsidR="00646EF3" w:rsidRDefault="00954A57" w:rsidP="00954A57">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>Massachusetts Live Theater Tax Credit Program</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5069D98A" w14:textId="77777777" w:rsidR="00EC71B5" w:rsidRDefault="00BA0751" w:rsidP="00954A57">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>Cost Accounting Report</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="333282C8" w14:textId="3621B665" w:rsidR="00EC16E4" w:rsidRDefault="00EC71B5" w:rsidP="00954A57">
+  <w:p w14:paraId="333282C8" w14:textId="700C1BAA" w:rsidR="00EC16E4" w:rsidRDefault="00EC71B5" w:rsidP="00954A57">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>(</w:t>
     </w:r>
     <w:r w:rsidR="00EC16E4">
-      <w:t>Updated 11/20/25</w:t>
+      <w:t xml:space="preserve">Updated </w:t>
+    </w:r>
+    <w:r w:rsidR="003F4013">
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00EC16E4">
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="003F4013">
+      <w:t>8</w:t>
+    </w:r>
+    <w:r w:rsidR="00EC16E4">
+      <w:t>/2</w:t>
+    </w:r>
+    <w:r w:rsidR="003F4013">
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C310EC42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -5905,233 +5913,242 @@
     <w:rsid w:val="00016737"/>
     <w:rsid w:val="00025072"/>
     <w:rsid w:val="00026A11"/>
     <w:rsid w:val="00034616"/>
     <w:rsid w:val="0005214F"/>
     <w:rsid w:val="00054F5A"/>
     <w:rsid w:val="0006063C"/>
     <w:rsid w:val="00060FAD"/>
     <w:rsid w:val="00063C93"/>
     <w:rsid w:val="00086C4A"/>
     <w:rsid w:val="00091EBC"/>
     <w:rsid w:val="000B20A7"/>
     <w:rsid w:val="000B3E08"/>
     <w:rsid w:val="000B3FC3"/>
     <w:rsid w:val="000E0E4C"/>
     <w:rsid w:val="000E5B8C"/>
     <w:rsid w:val="000F6042"/>
     <w:rsid w:val="00103781"/>
     <w:rsid w:val="00104171"/>
     <w:rsid w:val="0010698A"/>
     <w:rsid w:val="00115EC6"/>
     <w:rsid w:val="00123853"/>
     <w:rsid w:val="00131FF0"/>
     <w:rsid w:val="0015074B"/>
     <w:rsid w:val="0016068F"/>
+    <w:rsid w:val="00194053"/>
     <w:rsid w:val="001A2630"/>
     <w:rsid w:val="001A3795"/>
     <w:rsid w:val="001B0D5B"/>
     <w:rsid w:val="001D3AE4"/>
     <w:rsid w:val="001D4374"/>
     <w:rsid w:val="001D62FD"/>
     <w:rsid w:val="001F5FF9"/>
     <w:rsid w:val="001F6D37"/>
     <w:rsid w:val="00216CA2"/>
     <w:rsid w:val="00217747"/>
     <w:rsid w:val="00223C68"/>
     <w:rsid w:val="00247B9B"/>
     <w:rsid w:val="00252035"/>
     <w:rsid w:val="0025535D"/>
     <w:rsid w:val="00262D31"/>
     <w:rsid w:val="0026369E"/>
     <w:rsid w:val="0026662B"/>
     <w:rsid w:val="002942F8"/>
     <w:rsid w:val="00295DFB"/>
     <w:rsid w:val="0029639D"/>
     <w:rsid w:val="002B0651"/>
     <w:rsid w:val="002B41FD"/>
     <w:rsid w:val="002B57C8"/>
     <w:rsid w:val="002C19AC"/>
     <w:rsid w:val="002D7720"/>
     <w:rsid w:val="002F056B"/>
     <w:rsid w:val="002F0B44"/>
     <w:rsid w:val="002F6C80"/>
     <w:rsid w:val="003042E4"/>
     <w:rsid w:val="00304A36"/>
     <w:rsid w:val="0032305F"/>
     <w:rsid w:val="00326F90"/>
     <w:rsid w:val="00333750"/>
     <w:rsid w:val="00337E6D"/>
     <w:rsid w:val="00341EF6"/>
     <w:rsid w:val="0034514A"/>
     <w:rsid w:val="003611BE"/>
     <w:rsid w:val="003655FF"/>
     <w:rsid w:val="003657D4"/>
     <w:rsid w:val="00366947"/>
     <w:rsid w:val="00382305"/>
     <w:rsid w:val="00382C40"/>
     <w:rsid w:val="00391FB5"/>
     <w:rsid w:val="00394FCF"/>
     <w:rsid w:val="003A145C"/>
     <w:rsid w:val="003B70D5"/>
     <w:rsid w:val="003D0803"/>
+    <w:rsid w:val="003D6E93"/>
     <w:rsid w:val="003E4C36"/>
     <w:rsid w:val="003E6ACA"/>
+    <w:rsid w:val="003F4013"/>
     <w:rsid w:val="0040032E"/>
     <w:rsid w:val="00402400"/>
     <w:rsid w:val="0040479F"/>
     <w:rsid w:val="004113AA"/>
     <w:rsid w:val="00424083"/>
     <w:rsid w:val="004274B6"/>
     <w:rsid w:val="0045453A"/>
     <w:rsid w:val="00461231"/>
     <w:rsid w:val="00481505"/>
     <w:rsid w:val="0048495B"/>
     <w:rsid w:val="004B24FB"/>
     <w:rsid w:val="004B4200"/>
     <w:rsid w:val="004B68A2"/>
     <w:rsid w:val="004B6FC8"/>
     <w:rsid w:val="004C203D"/>
     <w:rsid w:val="004C20B0"/>
     <w:rsid w:val="004D2456"/>
     <w:rsid w:val="004E23BC"/>
     <w:rsid w:val="004E32AE"/>
     <w:rsid w:val="004F1E67"/>
     <w:rsid w:val="004F3ED8"/>
     <w:rsid w:val="004F72DD"/>
     <w:rsid w:val="00503449"/>
     <w:rsid w:val="00504690"/>
     <w:rsid w:val="005073D7"/>
     <w:rsid w:val="00515713"/>
     <w:rsid w:val="0052250C"/>
     <w:rsid w:val="0053557F"/>
     <w:rsid w:val="005361B5"/>
     <w:rsid w:val="00542FCA"/>
     <w:rsid w:val="005461B1"/>
     <w:rsid w:val="0054672A"/>
     <w:rsid w:val="0055087F"/>
     <w:rsid w:val="00552761"/>
     <w:rsid w:val="005543A8"/>
     <w:rsid w:val="0055728A"/>
     <w:rsid w:val="005674A4"/>
     <w:rsid w:val="00587870"/>
     <w:rsid w:val="00596FF8"/>
     <w:rsid w:val="005D2831"/>
     <w:rsid w:val="005E2117"/>
     <w:rsid w:val="005F2160"/>
     <w:rsid w:val="00616ED5"/>
     <w:rsid w:val="0062706B"/>
     <w:rsid w:val="006318EA"/>
     <w:rsid w:val="00633F9E"/>
     <w:rsid w:val="00646EF3"/>
+    <w:rsid w:val="00653564"/>
     <w:rsid w:val="006947A5"/>
     <w:rsid w:val="006A3429"/>
     <w:rsid w:val="006A79E4"/>
     <w:rsid w:val="006C0DE2"/>
     <w:rsid w:val="006C6B56"/>
     <w:rsid w:val="006D1563"/>
     <w:rsid w:val="006D1F1B"/>
     <w:rsid w:val="006F5903"/>
     <w:rsid w:val="006F757F"/>
     <w:rsid w:val="007172A3"/>
     <w:rsid w:val="0072768C"/>
     <w:rsid w:val="00747408"/>
     <w:rsid w:val="00756AA8"/>
     <w:rsid w:val="00762A19"/>
     <w:rsid w:val="00770857"/>
     <w:rsid w:val="007717E9"/>
     <w:rsid w:val="0077281F"/>
     <w:rsid w:val="0078361B"/>
     <w:rsid w:val="007879A9"/>
     <w:rsid w:val="007930F2"/>
     <w:rsid w:val="00797CD4"/>
     <w:rsid w:val="007A7606"/>
     <w:rsid w:val="007A7F24"/>
     <w:rsid w:val="007B0696"/>
     <w:rsid w:val="007B09B7"/>
     <w:rsid w:val="007B6FC1"/>
     <w:rsid w:val="007C1B08"/>
     <w:rsid w:val="007C2150"/>
     <w:rsid w:val="007C3074"/>
     <w:rsid w:val="007C395A"/>
     <w:rsid w:val="007C3FBC"/>
     <w:rsid w:val="007C6171"/>
     <w:rsid w:val="007E2210"/>
     <w:rsid w:val="007E46D5"/>
     <w:rsid w:val="007F37C8"/>
     <w:rsid w:val="008043B6"/>
+    <w:rsid w:val="00805FA6"/>
     <w:rsid w:val="00811CE9"/>
     <w:rsid w:val="00823516"/>
     <w:rsid w:val="00845203"/>
     <w:rsid w:val="008471FF"/>
+    <w:rsid w:val="00851125"/>
     <w:rsid w:val="008614CD"/>
     <w:rsid w:val="0086426E"/>
     <w:rsid w:val="008716B2"/>
     <w:rsid w:val="00873F68"/>
     <w:rsid w:val="008802C1"/>
     <w:rsid w:val="0088167A"/>
     <w:rsid w:val="00894990"/>
     <w:rsid w:val="008A3D2D"/>
     <w:rsid w:val="008A74BF"/>
     <w:rsid w:val="008B15F9"/>
     <w:rsid w:val="008B6AD8"/>
     <w:rsid w:val="008D0204"/>
     <w:rsid w:val="008E1B91"/>
     <w:rsid w:val="008E3F75"/>
     <w:rsid w:val="00904DA0"/>
     <w:rsid w:val="009079C5"/>
     <w:rsid w:val="00916375"/>
     <w:rsid w:val="00954A57"/>
     <w:rsid w:val="00964898"/>
     <w:rsid w:val="00983C5C"/>
     <w:rsid w:val="00990E2C"/>
     <w:rsid w:val="009A03D4"/>
     <w:rsid w:val="009A10CB"/>
     <w:rsid w:val="009B1BF8"/>
     <w:rsid w:val="009B29EF"/>
+    <w:rsid w:val="009C141A"/>
     <w:rsid w:val="009D1743"/>
     <w:rsid w:val="009D4CDA"/>
     <w:rsid w:val="009E26B1"/>
+    <w:rsid w:val="009E2FC1"/>
     <w:rsid w:val="00A2448E"/>
     <w:rsid w:val="00A24D92"/>
     <w:rsid w:val="00A345A4"/>
     <w:rsid w:val="00A53F1A"/>
     <w:rsid w:val="00A57CA0"/>
     <w:rsid w:val="00A60FB2"/>
     <w:rsid w:val="00A645A1"/>
     <w:rsid w:val="00A8135A"/>
     <w:rsid w:val="00A92896"/>
     <w:rsid w:val="00A9408D"/>
     <w:rsid w:val="00A94E89"/>
     <w:rsid w:val="00AA0CE0"/>
     <w:rsid w:val="00AA1D8D"/>
     <w:rsid w:val="00AA2988"/>
     <w:rsid w:val="00AA3AB0"/>
     <w:rsid w:val="00AB720E"/>
     <w:rsid w:val="00AC09C3"/>
     <w:rsid w:val="00AE217A"/>
     <w:rsid w:val="00AF391F"/>
+    <w:rsid w:val="00B04E43"/>
     <w:rsid w:val="00B05DAB"/>
     <w:rsid w:val="00B06032"/>
     <w:rsid w:val="00B13137"/>
     <w:rsid w:val="00B14CF9"/>
     <w:rsid w:val="00B22143"/>
     <w:rsid w:val="00B22793"/>
     <w:rsid w:val="00B348CD"/>
     <w:rsid w:val="00B46095"/>
     <w:rsid w:val="00B47730"/>
     <w:rsid w:val="00B52FBD"/>
     <w:rsid w:val="00B55387"/>
     <w:rsid w:val="00B558F6"/>
     <w:rsid w:val="00B627F9"/>
     <w:rsid w:val="00B71029"/>
     <w:rsid w:val="00B7301C"/>
     <w:rsid w:val="00B83083"/>
     <w:rsid w:val="00B858E0"/>
     <w:rsid w:val="00B9105D"/>
     <w:rsid w:val="00BA0751"/>
     <w:rsid w:val="00BA4564"/>
     <w:rsid w:val="00BB2CD7"/>
     <w:rsid w:val="00BB3094"/>
     <w:rsid w:val="00BB60B8"/>
     <w:rsid w:val="00BC2A05"/>
     <w:rsid w:val="00BD6373"/>
@@ -6149,57 +6166,59 @@
     <w:rsid w:val="00CA16AA"/>
     <w:rsid w:val="00CA7934"/>
     <w:rsid w:val="00CB0664"/>
     <w:rsid w:val="00CB620E"/>
     <w:rsid w:val="00CF5378"/>
     <w:rsid w:val="00CF782A"/>
     <w:rsid w:val="00D02B33"/>
     <w:rsid w:val="00D0572A"/>
     <w:rsid w:val="00D12894"/>
     <w:rsid w:val="00D15D3E"/>
     <w:rsid w:val="00D178E7"/>
     <w:rsid w:val="00D472D5"/>
     <w:rsid w:val="00D539E3"/>
     <w:rsid w:val="00D613E9"/>
     <w:rsid w:val="00D67D66"/>
     <w:rsid w:val="00D76B1B"/>
     <w:rsid w:val="00D81B70"/>
     <w:rsid w:val="00D82E4A"/>
     <w:rsid w:val="00D87FE9"/>
     <w:rsid w:val="00D91891"/>
     <w:rsid w:val="00DB274C"/>
     <w:rsid w:val="00DB71E0"/>
     <w:rsid w:val="00DD4834"/>
     <w:rsid w:val="00DD7F3F"/>
     <w:rsid w:val="00DE4C9F"/>
+    <w:rsid w:val="00DE6614"/>
     <w:rsid w:val="00DF0BE1"/>
     <w:rsid w:val="00DF5515"/>
     <w:rsid w:val="00E15CA6"/>
     <w:rsid w:val="00E32031"/>
     <w:rsid w:val="00E34834"/>
     <w:rsid w:val="00E35CE1"/>
     <w:rsid w:val="00E55A00"/>
+    <w:rsid w:val="00EA06BF"/>
     <w:rsid w:val="00EC0A19"/>
     <w:rsid w:val="00EC16E4"/>
     <w:rsid w:val="00EC57D4"/>
     <w:rsid w:val="00EC71B5"/>
     <w:rsid w:val="00EF12AD"/>
     <w:rsid w:val="00EF68F0"/>
     <w:rsid w:val="00EF7A36"/>
     <w:rsid w:val="00F07018"/>
     <w:rsid w:val="00F1544C"/>
     <w:rsid w:val="00F17CFB"/>
     <w:rsid w:val="00F242AC"/>
     <w:rsid w:val="00F31DFC"/>
     <w:rsid w:val="00F33FD3"/>
     <w:rsid w:val="00F421CC"/>
     <w:rsid w:val="00F52E21"/>
     <w:rsid w:val="00F549CD"/>
     <w:rsid w:val="00F574F6"/>
     <w:rsid w:val="00F657EB"/>
     <w:rsid w:val="00F812B3"/>
     <w:rsid w:val="00F86E21"/>
     <w:rsid w:val="00F8780E"/>
     <w:rsid w:val="00F954C0"/>
     <w:rsid w:val="00FA126E"/>
     <w:rsid w:val="00FA228C"/>
     <w:rsid w:val="00FA2B1D"/>
@@ -18060,72 +18079,72 @@
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1936</Words>
-  <Characters>11040</Characters>
+  <Words>1948</Words>
+  <Characters>11107</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>92</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12951</CharactersWithSpaces>
+  <CharactersWithSpaces>13029</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
   <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>