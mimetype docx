--- v0 (2025-10-23)
+++ v1 (2026-03-26)
@@ -1,124 +1,143 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="01978A60" w14:textId="77777777" w:rsidR="00807ED1" w:rsidRPr="00A73F5A" w:rsidRDefault="00807ED1" w:rsidP="00DD5841">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Crumbling Foundations Application </w:t>
       </w:r>
       <w:r w:rsidR="00677A9D" w:rsidRPr="00A73F5A">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Instructions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F2CCD4" w14:textId="31958956" w:rsidR="00DD5841" w:rsidRPr="00DD5841" w:rsidRDefault="00DD5841" w:rsidP="00DD5841">
+    <w:p w14:paraId="60F2CCD4" w14:textId="53A3FF7A" w:rsidR="00DD5841" w:rsidRPr="00DD5841" w:rsidRDefault="00DD5841" w:rsidP="00DD5841">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5841">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t>Revised October 202</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Revised </w:t>
+      </w:r>
+      <w:r w:rsidR="007B6AF9">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>March</w:t>
+      </w:r>
+      <w:r w:rsidR="009151BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19,</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11A23465" w14:textId="17E4DEAA" w:rsidR="00677A9D" w:rsidRPr="005E531B" w:rsidRDefault="00677A9D" w:rsidP="00DD5841">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E531B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve">This application is intended to request reimbursement for monies spent on visual and\or </w:t>
       </w:r>
       <w:r w:rsidR="00AF72BA">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t>test samplings</w:t>
       </w:r>
@@ -130,83 +149,119 @@
       </w:r>
       <w:r w:rsidR="00573100" w:rsidRPr="005E531B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t>rr</w:t>
       </w:r>
       <w:r w:rsidRPr="005E531B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve">hotite on concrete home foundations. </w:t>
       </w:r>
       <w:r w:rsidR="00DD5841">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005E531B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please remember, this is a reimbursement program, so monies </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D23F4" w:rsidRPr="005E531B">
+        <w:t xml:space="preserve">Please remember, this is a reimbursement program, so </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E531B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>must</w:t>
-      </w:r>
+        <w:t>monies</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="005E531B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> be expended </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F440B1" w:rsidRPr="005E531B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D23F4" w:rsidRPr="005E531B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>first,</w:t>
+        <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="005E531B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and evidence of expenditures must be submitted with the application.  Applicants cannot prospectively request reimbursement for costs.</w:t>
+        <w:t xml:space="preserve"> be expended </w:t>
+      </w:r>
+      <w:r w:rsidR="00F440B1" w:rsidRPr="005E531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>first,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and evidence of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>expenditures</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E531B">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be submitted with the application.  Applicants cannot prospectively request reimbursement for costs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C0C7D8" w14:textId="77777777" w:rsidR="00677A9D" w:rsidRPr="005E531B" w:rsidRDefault="00677A9D" w:rsidP="00DD5841">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E531B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
         </w:rPr>
         <w:t>All applications must be accompanied by:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CBF6DB0" w14:textId="77777777" w:rsidR="004A2EEA" w:rsidRPr="005E531B" w:rsidRDefault="004A2EEA" w:rsidP="00DD5841">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1067,191 +1122,268 @@
     <w:p w14:paraId="38F4B9A2" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E" w:rsidP="00DD5841">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5395"/>
         <w:gridCol w:w="5395"/>
       </w:tblGrid>
       <w:tr w:rsidR="005E531B" w14:paraId="478349F0" w14:textId="77777777" w:rsidTr="005E531B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F82479B" w14:textId="2B2185E1" w:rsidR="005E531B" w:rsidRPr="0081311A" w:rsidRDefault="005E531B" w:rsidP="00DD5841">
+          <w:p w14:paraId="1F82479B" w14:textId="229FF923" w:rsidR="005E531B" w:rsidRPr="003804AD" w:rsidRDefault="005E531B" w:rsidP="003804AD">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A514D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t xml:space="preserve">Complete </w:t>
             </w:r>
-            <w:r w:rsidRPr="006A514D">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="006A514D">
+            <w:r w:rsidRPr="003804AD">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
-              <w:t>The applicant</w:t>
+              <w:t>required information</w:t>
             </w:r>
             <w:r w:rsidRPr="006A514D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on the Commonwealth Standard Contract Form</w:t>
+            </w:r>
+            <w:r w:rsidR="003804AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003804AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> needs to remember that he\she is considered the contractor for filing this form and therefore needs only to complete the top, left portion of the form, sign and date.)</w:t>
+              <w:t>The applicant</w:t>
             </w:r>
-            <w:r w:rsidR="0081311A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+            <w:r w:rsidRPr="003804AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> needs to remember that he\she is considered the contractor for </w:t>
+            </w:r>
+            <w:r w:rsidR="003804AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">purposes of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003804AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">filing this form and therefore needs </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003804AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
+              <w:t>only to complete the top, left portion of the form,</w:t>
             </w:r>
-            <w:r w:rsidR="0081311A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+            <w:r w:rsidR="003804AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
                 <w:iCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
-              <w:t>Dates in the body of the contract indicating start\stop times will be completed by OPSI upon receipt of completed application.</w:t>
+              <w:t xml:space="preserve"> up to and including email address </w:t>
+            </w:r>
+            <w:r w:rsidR="003804AD" w:rsidRPr="003804AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t>(no VC code)</w:t>
+            </w:r>
+            <w:r w:rsidR="003804AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003804AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sign and date</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003804AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6401D149" w14:textId="77777777" w:rsidR="005E531B" w:rsidRPr="006A514D" w:rsidRDefault="005E531B" w:rsidP="00DD5841">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34C6BE67" w14:textId="77777777" w:rsidR="005E531B" w:rsidRPr="006A514D" w:rsidRDefault="005E531B" w:rsidP="00DD5841">
+          <w:p w14:paraId="34C6BE67" w14:textId="77777777" w:rsidR="005E531B" w:rsidRPr="006A514D" w:rsidRDefault="005E531B" w:rsidP="003804AD">
             <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A514D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Fully</w:t>
             </w:r>
             <w:r w:rsidRPr="006A514D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t xml:space="preserve"> complete the Electronic Fund Transfer Form </w:t>
             </w:r>
             <w:r w:rsidRPr="006A514D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t xml:space="preserve">(EFT) (In this instance, </w:t>
             </w:r>
             <w:r w:rsidRPr="006A514D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>the applicant</w:t>
             </w:r>
             <w:r w:rsidRPr="006A514D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> is considered the vendor and needs to complete all parts with the exception of old banking information.  Also, the applicant needs to remember to provide a </w:t>
+              <w:t xml:space="preserve"> is considered the vendor and needs to complete all parts </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A514D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t>with the exception of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A514D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> old banking information.  Also, the applicant needs to remember to provide a </w:t>
             </w:r>
             <w:r w:rsidRPr="006A514D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>voided check</w:t>
             </w:r>
             <w:r w:rsidRPr="006A514D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t xml:space="preserve"> so that reimbursement monies are deposited in the correct account.  The Tax Identification Number (TIN) is the applicant’s social security number.  The form also provides further instruction as to what is required for each part.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E531B" w14:paraId="3A0FD662" w14:textId="77777777" w:rsidTr="005E531B">
@@ -1266,52 +1398,53 @@
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A514D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Fully</w:t>
             </w:r>
             <w:r w:rsidRPr="006A514D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t xml:space="preserve"> complete the W-9 Form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44282375" w14:textId="77777777" w:rsidR="005E531B" w:rsidRPr="006A514D" w:rsidRDefault="005E531B" w:rsidP="00DD5841">
+          <w:p w14:paraId="44282375" w14:textId="77777777" w:rsidR="005E531B" w:rsidRPr="006A514D" w:rsidRDefault="005E531B" w:rsidP="003804AD">
             <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A514D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t xml:space="preserve">Finally, applicants must remember to present evidence of payment for inspections made and\or core samples tested in the form of a cancelled check, credit card statement or similar evidence, not just an invoice marked </w:t>
             </w:r>
             <w:r w:rsidRPr="006A514D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>paid</w:t>
             </w:r>
             <w:r w:rsidRPr="006A514D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:color w:val="C00000"/>
@@ -1693,79 +1826,103 @@
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="5FEEA95D" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
               <w:t>Type of Property</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61E44CAB" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
-              <w:t xml:space="preserve">□  Residential    </w:t>
+              <w:t>□  Residential</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F7D1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
-              <w:t xml:space="preserve">□  Condo    </w:t>
+              <w:t>□  Condo</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F7D1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
-              <w:t>□  House Addition</w:t>
+              <w:t>□  House</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F7D1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Addition</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E5E2DF1" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="4E1526A7" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
@@ -1805,55 +1962,77 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3538" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="48C76C9D" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
               <w:t>Type of Foundation Test</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="259E93CF" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
-              <w:t>□  Visual             □  Core Test</w:t>
+              <w:t>□  Visual</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F7D1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F7D1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+              </w:rPr>
+              <w:t>□  Core</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F7D1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Test</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F993EB2" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1857" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="45070BFB" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
@@ -2059,152 +2238,332 @@
           <w:p w14:paraId="6A6AABA5" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t xml:space="preserve">Did your foundation test positive for </w:t>
             </w:r>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>pyrrhotite</w:t>
             </w:r>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t xml:space="preserve">?     </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C972D9">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
-              <w:t>□  YES    □  NO    □  I don’t know</w:t>
+              <w:t>□  YES</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  NO</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  I</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> don’t know</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1947D360" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>Damage Level (</w:t>
             </w:r>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:i/>
               </w:rPr>
               <w:t>If given</w:t>
             </w:r>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7384DC12" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="00C972D9" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C972D9">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
-              <w:t>□  No Visible Damage                              □  Minor Degradation        □  Minor to Moderate Degradation</w:t>
+              <w:t>□  No</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Visible Damage                              </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  Minor</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Degradation        </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  Minor</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to Moderate Degradation</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4AFB8258" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C972D9">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
-              <w:t>□  Moderate to Severe Degradation       □  Severe Degradation       □  I don’t know</w:t>
+              <w:t>□  Moderate</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to Severe Degradation       </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  Severe</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Degradation       </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  I</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> don’t know</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A74749" w:rsidRPr="005F7D1B" w14:paraId="4B4080F7" w14:textId="77777777" w:rsidTr="00E05187">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10885" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D19B17E" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>Where is the location of the damage?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DBB0877" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C972D9">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
-              <w:t>□  Concrete Floors Only       □  Concrete Wall Only       □  Floors and Walls       □  I don’t know</w:t>
+              <w:t>□  Concrete</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Floors Only       </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  Concrete</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Wall Only       </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  Floors</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Walls       </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  I</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> don’t know</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A74749" w:rsidRPr="005F7D1B" w14:paraId="497DEF45" w14:textId="77777777" w:rsidTr="00E05187">
         <w:trPr>
           <w:trHeight w:val="1088"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10885" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04A0655E" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
@@ -2226,80 +2585,169 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t xml:space="preserve"> know.</w:t>
             </w:r>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="185D6E44" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="00C972D9" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C972D9">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">          □  Waterproofing on the exterior of the basement       □  Routine use of dehumidifier in the basement</w:t>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  Waterproofing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on the exterior of the basement       </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  Routine</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> use of dehumidifier in the basement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="535BD322" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="00C972D9" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C972D9">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">          □  Waterproofing in the interior walls                              □  Gutters</w:t>
+              <w:t xml:space="preserve">          </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  Waterproofing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the interior walls                              </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  Gutters</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="04BFB48B" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C972D9">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">          □  Finished Basement or partially finished                      □  Damage was in the partially finished portion</w:t>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  Finished</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Basement or partially finished                      </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>□  Damage</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C972D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> was in the partially finished portion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F50FB6F" w14:textId="77777777" w:rsidR="00A74749" w:rsidRDefault="00A74749" w:rsidP="00A74749">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60CADB91" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="00307461" w:rsidRDefault="00A74749" w:rsidP="00A74749">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00307461">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
         </w:rPr>
@@ -2329,57 +2777,66 @@
         <w:tab/>
         <w:t xml:space="preserve">Proof of Home Ownership (Condos: proof of foundation ownership - usually the association declaration) </w:t>
       </w:r>
       <w:r w:rsidRPr="005C61B6">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:i/>
         </w:rPr>
         <w:t>(Examples of homeownership include mortgage statements, tax bills, copies of deeds, etc.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="415B0817" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005C61B6" w:rsidRDefault="00A74749" w:rsidP="00A74749">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C61B6">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">          □</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005C61B6">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">  Testing / Visual Inspection Report / Results</w:t>
+        <w:t xml:space="preserve">  Testing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C61B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Visual Inspection Report / Results</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C52304C" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005C61B6" w:rsidRDefault="00A74749" w:rsidP="00A74749">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C61B6">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">          □    Pictures of Foundation Damage </w:t>
       </w:r>
       <w:r w:rsidRPr="005C61B6">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:i/>
         </w:rPr>
         <w:t>(If not in Report)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5813BA8F" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005C61B6" w:rsidRDefault="00A74749" w:rsidP="00A74749">
@@ -2854,6025 +3311,223 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F7D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01859182" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="005F7D1B" w:rsidRDefault="00A74749" w:rsidP="00E05187">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="38480932" w14:textId="77777777" w:rsidR="00A74749" w:rsidRDefault="00A74749">
+    <w:p w14:paraId="38480932" w14:textId="6C5B5B2D" w:rsidR="007B6AF9" w:rsidRDefault="007B6AF9">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E95979C" w14:textId="77777777" w:rsidR="00A74749" w:rsidRDefault="00A74749" w:rsidP="00A73F5A">
-      <w:pPr>
+    <w:p w14:paraId="4E213E2E" w14:textId="6084AB15" w:rsidR="00A74749" w:rsidRDefault="00DC3475" w:rsidP="005552BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="009E69B8">
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="26"/>
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EECD415" wp14:editId="0E91141B">
-[...26 lines deleted...]
-            <wp:docPr id="15" name="Picture 15" descr="masseal"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CA42429" wp14:editId="47B3E795">
+            <wp:extent cx="6948535" cy="9144000"/>
+            <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+            <wp:docPr id="201808352" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 15" descr="masseal"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="201808352" name=""/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
-                  <pic:blipFill>
-[...7 lines deleted...]
-                    <a:srcRect/>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId14"/>
+                    <a:srcRect l="31912" t="18550" r="36555" b="12256"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="544195" cy="513715"/>
+                      <a:ext cx="7032654" cy="9254698"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00D07B6E">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1327C789" w14:textId="77777777" w:rsidR="006A514D" w:rsidRDefault="006A514D" w:rsidP="006A514D">
-[...352 lines deleted...]
-        <w:tblW w:w="10825" w:type="dxa"/>
+    <w:p w14:paraId="796C4221" w14:textId="1468663A" w:rsidR="003D1421" w:rsidRDefault="00DB0CC8" w:rsidP="005552BB">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:tblBorders>
-[...5456 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E69B8">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="04267FBD" wp14:editId="2E14A154">
+            <wp:extent cx="7002780" cy="8944824"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="8890"/>
+            <wp:docPr id="177420749" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="177420749" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId15"/>
+                    <a:srcRect l="32064" t="19227" r="36552" b="11167"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7025421" cy="8973744"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5ECBCCA7" w14:textId="306AD99E" w:rsidR="00E12E40" w:rsidRDefault="00110E88" w:rsidP="00E12E40">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E2B5546" wp14:editId="3D7944F1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E2B5546" wp14:editId="153C203F">
             <wp:extent cx="7213600" cy="9417050"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId27"/>
+                    <a:blip r:embed="rId16"/>
                     <a:srcRect l="33868" t="17474" r="35150" b="13010"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7225063" cy="9432014"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -8893,51 +3548,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="280FC8CB" wp14:editId="4E7596DF">
             <wp:extent cx="6857835" cy="9062720"/>
             <wp:effectExtent l="0" t="0" r="635" b="5080"/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId28"/>
+                    <a:blip r:embed="rId17"/>
                     <a:srcRect l="34352" t="22387" r="36018" b="11605"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6864110" cy="9071013"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -8955,51 +3610,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B0727B2" wp14:editId="5C8AC429">
             <wp:extent cx="6788150" cy="9276721"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:docPr id="12" name="Picture 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId29"/>
+                    <a:blip r:embed="rId18"/>
                     <a:srcRect l="32745" t="16957" r="34515" b="5670"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6843538" cy="9352415"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -9017,51 +3672,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52943355" wp14:editId="1A8226F0">
             <wp:extent cx="6959600" cy="9258299"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:docPr id="11" name="Picture 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId30"/>
+                    <a:blip r:embed="rId19"/>
                     <a:srcRect l="24902" t="18475" r="41123" b="5506"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7023614" cy="9343457"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -9416,135 +4071,215 @@
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Pyrrhotite is an iron sulfide mineral that has been found in at least one quarry in northeastern Connecticut. </w:t>
                         </w:r>
                         <w:r w:rsidR="00F3603D">
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">Over the years, materials extracted from this quarry have been used in concrete mixtures and the concrete has been used in varied construction projects in\around Connecticut and central Massachusetts regions. </w:t>
+                          <w:t xml:space="preserve">Over the years, materials extracted from this quarry have been used in concrete mixtures and the concrete has been used in varied construction </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>projects in\</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">around Connecticut and central Massachusetts regions. </w:t>
                         </w:r>
                         <w:r w:rsidR="00F3603D">
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Pyrrhotite that is exposed to oxygen and water may react and cause severe swelling and cracking. </w:t>
                         </w:r>
                         <w:r w:rsidR="00F3603D">
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">As the concrete continues to deteriorate, concrete foundations may become structurally unsound. </w:t>
+                          <w:t xml:space="preserve">As </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>the concrete</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> continues to deteriorate, concrete foundations may become structurally unsound. </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="56EDF8DB" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:spacing w:after="75"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="0270DCCD" w14:textId="607A8294" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:spacing w:after="75"/>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">The cracking is not normal settling or shrinkage and it may take 15 - 20 years for the pyrrhotite damage to appear. Cracks are typically horizontal, on a 45° angle, or appear in a spider pattern. </w:t>
+                          <w:t xml:space="preserve">The cracking is not normal settling or </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>shrinkage</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> and it may take 15 - 20 years for the pyrrhotite damage to appear. Cracks are typically horizontal, on a 45° angle, or appear in a spider pattern. </w:t>
                         </w:r>
                         <w:r w:rsidR="00F3603D">
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">A white powdery substance may be noticeable in\around the cracks, brown stains or drips that resemble rust may also be evident. </w:t>
+                          <w:t xml:space="preserve">A white powdery substance may be </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>noticeable in\</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">around the cracks, brown stains or drips that resemble rust may also be evident. </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rStyle w:val="Emphasis"/>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> (See </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rStyle w:val="Strong"/>
                             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                             <w:u w:val="single"/>
                           </w:rPr>
                           <w:t>Image 1</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rStyle w:val="Emphasis"/>
@@ -9579,51 +4314,51 @@
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:noProof/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:drawing>
                             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E1C7D9D" wp14:editId="760B9AE4">
                               <wp:extent cx="2324100" cy="1835150"/>
                               <wp:effectExtent l="0" t="0" r="0" b="0"/>
                               <wp:docPr id="5" name="Picture 5" descr="https://mlsvc01-prod.s3.amazonaws.com/635bdd6b001/3e414412-5c38-4cd4-8726-0a6daac38d1a.jpg"/>
                               <wp:cNvGraphicFramePr>
                                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                               </wp:cNvGraphicFramePr>
                               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                     <pic:nvPicPr>
                                       <pic:cNvPr id="0" name="Picture 2" descr="https://mlsvc01-prod.s3.amazonaws.com/635bdd6b001/3e414412-5c38-4cd4-8726-0a6daac38d1a.jpg"/>
                                       <pic:cNvPicPr>
                                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                       </pic:cNvPicPr>
                                     </pic:nvPicPr>
                                     <pic:blipFill>
-                                      <a:blip r:embed="rId31">
+                                      <a:blip r:embed="rId20">
                                         <a:extLst>
                                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                           </a:ext>
                                         </a:extLst>
                                       </a:blip>
                                       <a:srcRect/>
                                       <a:stretch>
                                         <a:fillRect/>
                                       </a:stretch>
                                     </pic:blipFill>
                                     <pic:spPr bwMode="auto">
                                       <a:xfrm>
                                         <a:off x="0" y="0"/>
                                         <a:ext cx="2324100" cy="1835150"/>
                                       </a:xfrm>
                                       <a:prstGeom prst="rect">
                                         <a:avLst/>
                                       </a:prstGeom>
                                       <a:noFill/>
                                       <a:ln>
                                         <a:noFill/>
                                       </a:ln>
                                     </pic:spPr>
                                   </pic:pic>
@@ -9636,51 +4371,51 @@
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:noProof/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:drawing>
                             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36421923" wp14:editId="20CB1461">
                               <wp:extent cx="2152650" cy="1835150"/>
                               <wp:effectExtent l="0" t="0" r="0" b="0"/>
                               <wp:docPr id="4" name="Picture 4" descr="https://mlsvc01-prod.s3.amazonaws.com/635bdd6b001/4c9b2172-b730-4f1d-a382-fe29be06da1b.jpg"/>
                               <wp:cNvGraphicFramePr>
                                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                               </wp:cNvGraphicFramePr>
                               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                     <pic:nvPicPr>
                                       <pic:cNvPr id="0" name="Picture 3" descr="https://mlsvc01-prod.s3.amazonaws.com/635bdd6b001/4c9b2172-b730-4f1d-a382-fe29be06da1b.jpg"/>
                                       <pic:cNvPicPr>
                                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                       </pic:cNvPicPr>
                                     </pic:nvPicPr>
                                     <pic:blipFill>
-                                      <a:blip r:embed="rId32">
+                                      <a:blip r:embed="rId21">
                                         <a:extLst>
                                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                           </a:ext>
                                         </a:extLst>
                                       </a:blip>
                                       <a:srcRect/>
                                       <a:stretch>
                                         <a:fillRect/>
                                       </a:stretch>
                                     </pic:blipFill>
                                     <pic:spPr bwMode="auto">
                                       <a:xfrm>
                                         <a:off x="0" y="0"/>
                                         <a:ext cx="2152650" cy="1835150"/>
                                       </a:xfrm>
                                       <a:prstGeom prst="rect">
                                         <a:avLst/>
                                       </a:prstGeom>
                                       <a:noFill/>
                                       <a:ln>
                                         <a:noFill/>
                                       </a:ln>
                                     </pic:spPr>
                                   </pic:pic>
@@ -9792,129 +4527,209 @@
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve">0 miles beyond the plant location before the concrete begins to harden. </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="3B20F1FD" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:spacing w:after="75"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                       </w:p>
                       <w:p w14:paraId="79F04150" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:spacing w:after="75"/>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t>Damage caused by pyrrhotite is irreversible. The most effective repair is to replace the existing foundation with a new one that does not contain pyrrhotite. The cost to replace a foundation can vary greatly based on multiple factors, but estimates range between $150,000 and $250,000 per home.</w:t>
+                          <w:t xml:space="preserve">Damage caused by pyrrhotite is irreversible. The most effective repair is to replace the existing foundation with a new one that does not contain pyrrhotite. The cost to replace a foundation can vary greatly based on multiple </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>factors, but</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> estimates range between $150,000 and $250,000 per home.</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="11068211" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:spacing w:after="75"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                           <w:lastRenderedPageBreak/>
                           <w:t> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rStyle w:val="Strong"/>
                             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                             <w:color w:val="000000"/>
                             <w:u w:val="single"/>
                           </w:rPr>
                           <w:t>What can be done?</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="41B87E26" w14:textId="4F4C4556" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:spacing w:after="75"/>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">The first thing to do is determine whether or not there is reason to be concerned. </w:t>
+                          <w:t xml:space="preserve">The first thing to do is determine </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>whether or not</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> there is reason to be concerned. </w:t>
                         </w:r>
                         <w:r w:rsidR="00F3603D">
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">Concrete may and does crack for a number of reasons, settling, excess moisture content, </w:t>
+                          <w:t xml:space="preserve">Concrete may and does crack for </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>a number of</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> reasons, settling, excess moisture content, </w:t>
                         </w:r>
                         <w:r w:rsidR="00A315B2">
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve">etc., </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">so just because there are cracks in a foundations does not necessarily mean it is due to the presence of pyrrhotite. </w:t>
+                          <w:t xml:space="preserve">so just because there are cracks in a </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>foundations</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> does not necessarily mean it is due to the presence of pyrrhotite. </w:t>
                         </w:r>
                         <w:r w:rsidR="00F3603D">
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>A few things should be considered:</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="5DCC4594" w14:textId="77777777" w:rsidR="00A74749" w:rsidRPr="00A74749" w:rsidRDefault="000C221E" w:rsidP="00B46970">
                         <w:pPr>
                           <w:pStyle w:val="ListParagraph"/>
                           <w:numPr>
                             <w:ilvl w:val="0"/>
@@ -10008,95 +4823,137 @@
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>Is there visible cracking beyond the norm?</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="3EF44B2E" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rStyle w:val="Strong"/>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="0000FF"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">If the answer is yes to one or more of these questions, there may be reason for concern and further investigation should be done. </w:t>
+                          <w:t xml:space="preserve">If the answer is yes to one or more of these questions, there may be reason for concern and further investigation should </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Strong"/>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="0000FF"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>be done</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Strong"/>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="0000FF"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">. </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="3CF4F280" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E" w:rsidP="00573100">
                         <w:pPr>
                           <w:jc w:val="center"/>
                         </w:pPr>
                       </w:p>
                       <w:p w14:paraId="1C07DEEF" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rStyle w:val="Strong"/>
                             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                             <w:color w:val="000000"/>
                             <w:u w:val="single"/>
                           </w:rPr>
                           <w:t>Visual Inspection and Core Sampling.</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="750046C5" w14:textId="77777777" w:rsidR="00AC3C47" w:rsidRDefault="00AC3C47">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                       <w:p w14:paraId="26A7EC81" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t>First, a visual inspection should be done by a qualified person and findings should be memorialized in a report. If the inspection concludes that there is no evidence of pyrrhotite damage, nothing further is required.  Continued cracking should be monitored since, as mentioned earlier, pyrrhotite damage may take years to become evident.</w:t>
+                          <w:t xml:space="preserve">First, a visual inspection should be done by a qualified </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>person</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> and findings should be memorialized in a report. If the inspection concludes that there is no evidence of pyrrhotite damage, nothing further is required.  Continued cracking should be monitored since, as mentioned earlier, pyrrhotite damage may take years to become evident.</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="1328CAF0" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="1EFE03E6" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
@@ -10169,96 +5026,120 @@
                             <w:rStyle w:val="Strong"/>
                             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                             <w:color w:val="000000"/>
                           </w:rPr>
                           <w:t>    </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                             <w:color w:val="000000"/>
                           </w:rPr>
                           <w:t>      </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="77929D50" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t>A Massachusetts licensed:</w:t>
+                          <w:t xml:space="preserve">A Massachusetts </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>licensed</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>:</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="4EA9F255" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E" w:rsidP="00B46970">
                         <w:pPr>
                           <w:numPr>
                             <w:ilvl w:val="0"/>
                             <w:numId w:val="25"/>
                           </w:numPr>
                           <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:color w:val="000000"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:proofErr w:type="gramStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>Engineer;</w:t>
                         </w:r>
+                        <w:proofErr w:type="gramEnd"/>
                       </w:p>
                       <w:p w14:paraId="68C292D9" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E" w:rsidP="00B46970">
                         <w:pPr>
                           <w:numPr>
                             <w:ilvl w:val="0"/>
                             <w:numId w:val="25"/>
                           </w:numPr>
                           <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:color w:val="000000"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:proofErr w:type="gramStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>Architect;</w:t>
                         </w:r>
+                        <w:proofErr w:type="gramEnd"/>
                       </w:p>
                       <w:p w14:paraId="0B888539" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E" w:rsidP="00B46970">
                         <w:pPr>
                           <w:numPr>
                             <w:ilvl w:val="0"/>
                             <w:numId w:val="25"/>
                           </w:numPr>
                           <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:color w:val="000000"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>Construction Supervisor; or</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="0F6B8EE3" w14:textId="77777777" w:rsidR="000C221E" w:rsidRPr="00573100" w:rsidRDefault="000C221E" w:rsidP="00B46970">
                         <w:pPr>
@@ -10277,88 +5158,139 @@
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>Certified Building Code Enforcement Official are all considered qualified for such work.</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="2C555044" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rStyle w:val="Strong"/>
                             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                             <w:color w:val="000000"/>
                             <w:u w:val="single"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rStyle w:val="Strong"/>
                             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                             <w:color w:val="000000"/>
                             <w:u w:val="single"/>
                           </w:rPr>
-                          <w:t>Are engineers, architects, construction supervisor, or building officials licensed in Connecticut considered qualified</w:t>
+                          <w:t xml:space="preserve">Are engineers, architects, construction </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Strong"/>
+                            <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                            <w:color w:val="000000"/>
+                            <w:u w:val="single"/>
+                          </w:rPr>
+                          <w:t>supervisor</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Strong"/>
+                            <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                            <w:color w:val="000000"/>
+                            <w:u w:val="single"/>
+                          </w:rPr>
+                          <w:t>, or building officials licensed in Connecticut considered qualified</w:t>
                         </w:r>
                         <w:r w:rsidR="00573100">
                           <w:rPr>
                             <w:rStyle w:val="Strong"/>
                             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                             <w:color w:val="000000"/>
                             <w:u w:val="single"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rStyle w:val="Strong"/>
                             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                             <w:color w:val="000000"/>
                             <w:u w:val="single"/>
                           </w:rPr>
                           <w:t>to perform inspections?</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="5FF50436" w14:textId="77777777" w:rsidR="00573100" w:rsidRDefault="00573100">
                         <w:pPr>
                           <w:jc w:val="center"/>
                         </w:pPr>
                       </w:p>
                       <w:p w14:paraId="55AF7EB5" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
-                        <w:r>
-[...6 lines deleted...]
-                          <w:t>Certainly each of these individuals, by education and\or experience, may be consider qualified. However, Massachusetts law requires such individuals to be licensed in the Commonwealth.</w:t>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>Certainly</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> each of these individuals, by education and\or experience, may be </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>consider</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> qualified. However, Massachusetts law requires such individuals to be licensed in the Commonwealth.</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="489CBF98" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>  </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="406EFBE4" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
@@ -10382,51 +5314,51 @@
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>) are licensed in multiple states. If you are interested in using an out-of-state RDP to perform an inspection, please be sure that they are appropriately licensed in the Commonwealth. Licenses may be checked @</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="7CC23337" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="4133B992" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:hyperlink r:id="rId33" w:tgtFrame="_blank" w:history="1">
+                        <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
                           <w:r>
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t>https://www.mass.gov/how-to/check-a-professional-license</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
                       <w:p w14:paraId="7862E1CA" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
@@ -10483,98 +5415,118 @@
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="008AC24E" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Out-of-state RDPs who wish to apply to the Commonwealth should start by emailing the Licensing Board directly at </w:t>
                         </w:r>
-                        <w:hyperlink r:id="rId34" w:tgtFrame="_blank" w:history="1">
+                        <w:hyperlink r:id="rId23" w:tgtFrame="_blank" w:history="1">
                           <w:r>
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t>engineerboard@mass.gov</w:t>
                           </w:r>
                         </w:hyperlink>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> or by calling the Board at (617) 727-9957.</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="664CD6EB" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="2CDDD223" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:lastRenderedPageBreak/>
-                          <w:t>Additionally, an applicant who submits a complete application to the Board will be granted a temporary permit.  This permit, which is valid as long as a complete application is pending before the Board, allows an applicant to legally work in Massachusetts using the seal of his/her home state of licensure. Please ask the Board for more information.</w:t>
+                          <w:t xml:space="preserve">Additionally, an applicant who submits a complete application to the Board will be granted a temporary permit.  This permit, which is valid </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>as long as</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> a complete application is pending before the Board, allows an applicant to legally work in Massachusetts using the seal of his/her home state of licensure. Please ask the Board for more information.</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="54D342B5" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                             <w:color w:val="1F497D"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="47B30A39" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
@@ -10680,80 +5632,91 @@
                           <w:t>How can I apply for assistance?</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="25480FA7" w14:textId="77777777" w:rsidR="00AC3C47" w:rsidRDefault="00AC3C47">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                       <w:p w14:paraId="588D4E1C" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t>Download an application @</w:t>
-                        </w:r>
+                          <w:t xml:space="preserve">Download an </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>application @</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
                       </w:p>
                       <w:p w14:paraId="3FFA7D36" w14:textId="77777777" w:rsidR="000C221E" w:rsidRPr="00F3603D" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00F3603D">
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="0000FF"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="06A9CF75" w14:textId="77777777" w:rsidR="00F3603D" w:rsidRPr="00F3603D" w:rsidRDefault="00F3603D">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:hyperlink r:id="rId35" w:history="1">
+                        <w:hyperlink r:id="rId24" w:history="1">
                           <w:r w:rsidRPr="00F3603D">
                             <w:rPr>
                               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                               <w:color w:val="0000FF"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                               <w:u w:val="single"/>
                             </w:rPr>
                             <w:t>Frequently Asked Questions and Forms (BBRS) | Mass.gov</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
                       <w:p w14:paraId="78DCDE89" w14:textId="5693FEFB" w:rsidR="000C221E" w:rsidRPr="00F3603D" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00F3603D">
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="0000FF"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
@@ -11209,51 +6172,51 @@
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>1000 Washington Street, Suite 710, Boston, MA 02118</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="5E28F679" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E" w:rsidP="00A657EE">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Questions directed to </w:t>
                         </w:r>
-                        <w:hyperlink r:id="rId36" w:history="1">
+                        <w:hyperlink r:id="rId25" w:history="1">
                           <w:r w:rsidR="00A657EE" w:rsidRPr="00AF76B6">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t>Robert.Anderson@mass.gov</w:t>
                           </w:r>
                         </w:hyperlink>
                         <w:r w:rsidR="00A657EE">
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>.</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="64846C9A" w14:textId="77777777" w:rsidR="006E785D" w:rsidRPr="00A657EE" w:rsidRDefault="006E785D" w:rsidP="00A657EE">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:sz w:val="22"/>
@@ -11499,51 +6462,95 @@
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>000 maximum.</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="42CF9E89" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rStyle w:val="Strong"/>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="0000FF"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t>Please remember, this is a reimbursement program, so monies have to be expended first and evidence of expenditures must be submitted with the applications. Applicants cannot prospectively request reimbursement for costs.</w:t>
+                          <w:t xml:space="preserve">Please remember, this is a reimbursement program, so monies </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Strong"/>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="0000FF"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>have to</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Strong"/>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="0000FF"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> be expended </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Strong"/>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="0000FF"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>first</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rStyle w:val="Strong"/>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="0000FF"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> and evidence of expenditures must be submitted with the applications. Applicants cannot prospectively request reimbursement for costs.</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="3201C01E" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:lastRenderedPageBreak/>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="08340A48" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rStyle w:val="Strong"/>
                             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
@@ -11574,51 +6581,71 @@
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve">No specific license is required to draw concrete core samples from home foundations, but specialized tools and knowledge are essential. The best way to find qualified companies is to perform a web search of </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rStyle w:val="Strong"/>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:i/>
                             <w:iCs/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>concrete core sampling in Massachusetts</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t>; numerous results will appear. Caution should be exercised to be sure that the company and its personnel are reputable and reliable.</w:t>
+                          <w:t xml:space="preserve">; numerous results will appear. Caution should be exercised to </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>be</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> sure that the company and its personnel are reputable and reliable.</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="75C3E828" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>  </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="77AE2DC8" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rStyle w:val="Strong"/>
                             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                             <w:color w:val="000000"/>
@@ -11679,51 +6706,51 @@
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="0000FF"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="0316DD7B" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rStyle w:val="Strong"/>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="0000FF"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
                         </w:r>
-                        <w:hyperlink r:id="rId37" w:history="1">
+                        <w:hyperlink r:id="rId26" w:history="1">
                           <w:r w:rsidR="00A657EE" w:rsidRPr="00AF76B6">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t>http://crcog.org/concrete-vendors/</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
                       <w:p w14:paraId="1F3B768D" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="0000FF"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t> </w:t>
@@ -11789,51 +6816,71 @@
                             <w:szCs w:val="22"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                       <w:p w14:paraId="078526C5" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
                         <w:r w:rsidRPr="00AC3C47">
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:b/>
                             <w:color w:val="0000FF"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>No</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t>, not at this time. </w:t>
+                          <w:t xml:space="preserve">, not </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>at this time</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>. </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="1A2D0DDD" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>  </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="4D7996E6" w14:textId="77777777" w:rsidR="000C221E" w:rsidRPr="006E785D" w:rsidRDefault="000C221E" w:rsidP="006E785D">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                             <w:b/>
                             <w:u w:val="single"/>
                           </w:rPr>
                         </w:pPr>
@@ -11843,59 +6890,61 @@
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:u w:val="single"/>
                           </w:rPr>
                           <w:t>What if I find out that there is significant damage to my foundation requiring replacement, is there additional monetary assistance available?</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="4C9ED78F" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E">
                         <w:pPr>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>  </w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="04C07945" w14:textId="77777777" w:rsidR="000C221E" w:rsidRDefault="000C221E" w:rsidP="005365DC">
                         <w:pPr>
                           <w:jc w:val="both"/>
                         </w:pPr>
+                        <w:proofErr w:type="gramStart"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>At this time</w:t>
                         </w:r>
+                        <w:proofErr w:type="gramEnd"/>
                         <w:r w:rsidR="00A418D7">
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve">, the answer is </w:t>
                         </w:r>
                         <w:r w:rsidR="00A418D7" w:rsidRPr="00F3603D">
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:b/>
                             <w:color w:val="0000FF"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>no</w:t>
                         </w:r>
                         <w:r w:rsidR="00A418D7">
                           <w:rPr>
                             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
@@ -11976,58 +7025,58 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="221A8854" w14:textId="77777777" w:rsidR="000C221E" w:rsidRPr="00A73F5A" w:rsidRDefault="000C221E" w:rsidP="00A73F5A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000C221E" w:rsidRPr="00A73F5A" w:rsidSect="009764BA">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="694DC5F5" w14:textId="77777777" w:rsidR="00D61625" w:rsidRDefault="00D61625" w:rsidP="003F6DE0">
+    <w:p w14:paraId="79F154C1" w14:textId="77777777" w:rsidR="00852E59" w:rsidRDefault="00852E59" w:rsidP="003F6DE0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E53A781" w14:textId="77777777" w:rsidR="00D61625" w:rsidRDefault="00D61625" w:rsidP="003F6DE0">
+    <w:p w14:paraId="48871D6A" w14:textId="77777777" w:rsidR="00852E59" w:rsidRDefault="00852E59" w:rsidP="003F6DE0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -12100,78 +7149,71 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Narrow">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F44AA3B" w14:textId="77777777" w:rsidR="00D61625" w:rsidRDefault="00D61625" w:rsidP="003F6DE0">
+    <w:p w14:paraId="4E21FE39" w14:textId="77777777" w:rsidR="00852E59" w:rsidRDefault="00852E59" w:rsidP="003F6DE0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E53D9FB" w14:textId="77777777" w:rsidR="00D61625" w:rsidRDefault="00D61625" w:rsidP="003F6DE0">
+    <w:p w14:paraId="106EA01F" w14:textId="77777777" w:rsidR="00852E59" w:rsidRDefault="00852E59" w:rsidP="003F6DE0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04DE7515"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69B27182"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
@@ -15543,269 +10585,293 @@
   </w:num>
   <w:num w:numId="27" w16cid:durableId="993068684">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1352947902">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1328169175">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="425079451">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="2029133119">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="743835700">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB77B0"/>
     <w:rsid w:val="0003233C"/>
     <w:rsid w:val="000530C3"/>
     <w:rsid w:val="0008380C"/>
     <w:rsid w:val="000849E5"/>
     <w:rsid w:val="000C137B"/>
     <w:rsid w:val="000C1A2C"/>
     <w:rsid w:val="000C221E"/>
     <w:rsid w:val="000C33D4"/>
     <w:rsid w:val="000F590F"/>
     <w:rsid w:val="00106ABA"/>
     <w:rsid w:val="00110E88"/>
     <w:rsid w:val="00116A06"/>
     <w:rsid w:val="00132CB7"/>
     <w:rsid w:val="00142D49"/>
     <w:rsid w:val="001449A5"/>
     <w:rsid w:val="0014673F"/>
+    <w:rsid w:val="00152395"/>
+    <w:rsid w:val="001557AC"/>
     <w:rsid w:val="00155A32"/>
     <w:rsid w:val="001578EE"/>
     <w:rsid w:val="001643B4"/>
     <w:rsid w:val="00194313"/>
     <w:rsid w:val="001E06F2"/>
     <w:rsid w:val="001E68DF"/>
     <w:rsid w:val="001F6D80"/>
+    <w:rsid w:val="002002CB"/>
+    <w:rsid w:val="0021282F"/>
     <w:rsid w:val="00225446"/>
     <w:rsid w:val="00233274"/>
     <w:rsid w:val="00233D2D"/>
     <w:rsid w:val="002421F2"/>
     <w:rsid w:val="002706DA"/>
     <w:rsid w:val="00271328"/>
     <w:rsid w:val="0027410E"/>
     <w:rsid w:val="00282A2F"/>
     <w:rsid w:val="00282A8E"/>
     <w:rsid w:val="002936E9"/>
     <w:rsid w:val="002959A3"/>
     <w:rsid w:val="002B2984"/>
     <w:rsid w:val="002C1038"/>
+    <w:rsid w:val="002C32EA"/>
     <w:rsid w:val="002D2432"/>
     <w:rsid w:val="002D297D"/>
     <w:rsid w:val="002D3855"/>
     <w:rsid w:val="002E5BF7"/>
     <w:rsid w:val="003411F0"/>
     <w:rsid w:val="003532FD"/>
     <w:rsid w:val="00373774"/>
+    <w:rsid w:val="003804AD"/>
     <w:rsid w:val="003961E4"/>
     <w:rsid w:val="003A4F95"/>
+    <w:rsid w:val="003D1421"/>
     <w:rsid w:val="003F07F5"/>
     <w:rsid w:val="003F1AAF"/>
     <w:rsid w:val="003F2D60"/>
     <w:rsid w:val="003F6DE0"/>
     <w:rsid w:val="00437F5F"/>
     <w:rsid w:val="004428C8"/>
     <w:rsid w:val="00485504"/>
     <w:rsid w:val="004A2EEA"/>
     <w:rsid w:val="004C2F4E"/>
     <w:rsid w:val="004C392C"/>
     <w:rsid w:val="004D4A1A"/>
     <w:rsid w:val="004F0B47"/>
+    <w:rsid w:val="004F2444"/>
     <w:rsid w:val="00510F64"/>
     <w:rsid w:val="00514B52"/>
     <w:rsid w:val="00536478"/>
     <w:rsid w:val="005365DC"/>
     <w:rsid w:val="00537177"/>
     <w:rsid w:val="0054394F"/>
     <w:rsid w:val="005504C5"/>
     <w:rsid w:val="00552329"/>
+    <w:rsid w:val="005552BB"/>
     <w:rsid w:val="0057263C"/>
     <w:rsid w:val="00573100"/>
     <w:rsid w:val="00575BC1"/>
     <w:rsid w:val="00592BED"/>
     <w:rsid w:val="005A5F95"/>
     <w:rsid w:val="005B4C20"/>
     <w:rsid w:val="005C3361"/>
     <w:rsid w:val="005C4D9C"/>
     <w:rsid w:val="005E305E"/>
     <w:rsid w:val="005E4C4A"/>
     <w:rsid w:val="005E531B"/>
     <w:rsid w:val="005F0F9A"/>
     <w:rsid w:val="00610487"/>
     <w:rsid w:val="0061062F"/>
     <w:rsid w:val="00613099"/>
+    <w:rsid w:val="00637D1E"/>
     <w:rsid w:val="00642A9B"/>
     <w:rsid w:val="00645D08"/>
     <w:rsid w:val="00664557"/>
     <w:rsid w:val="00677A9D"/>
     <w:rsid w:val="00691F88"/>
     <w:rsid w:val="00693C25"/>
     <w:rsid w:val="006A514D"/>
     <w:rsid w:val="006B32B2"/>
     <w:rsid w:val="006C3D69"/>
     <w:rsid w:val="006C5915"/>
     <w:rsid w:val="006E785D"/>
     <w:rsid w:val="007156C4"/>
     <w:rsid w:val="007241F8"/>
     <w:rsid w:val="00741DFD"/>
     <w:rsid w:val="0077246C"/>
+    <w:rsid w:val="00780A68"/>
     <w:rsid w:val="00781456"/>
     <w:rsid w:val="0078677B"/>
     <w:rsid w:val="00793168"/>
     <w:rsid w:val="0079395A"/>
     <w:rsid w:val="007A2BDA"/>
+    <w:rsid w:val="007B6AF9"/>
     <w:rsid w:val="007C027D"/>
     <w:rsid w:val="007C2187"/>
     <w:rsid w:val="007F0E88"/>
     <w:rsid w:val="0080191D"/>
     <w:rsid w:val="00807ED1"/>
     <w:rsid w:val="0081311A"/>
     <w:rsid w:val="0083058D"/>
     <w:rsid w:val="008318CB"/>
     <w:rsid w:val="008339BB"/>
     <w:rsid w:val="00844712"/>
+    <w:rsid w:val="00852E59"/>
     <w:rsid w:val="00857DE5"/>
     <w:rsid w:val="0086234E"/>
     <w:rsid w:val="008665E9"/>
     <w:rsid w:val="008719BB"/>
     <w:rsid w:val="00877528"/>
     <w:rsid w:val="008A78E0"/>
     <w:rsid w:val="008B0178"/>
     <w:rsid w:val="008D23F4"/>
     <w:rsid w:val="008E1C80"/>
     <w:rsid w:val="008E3306"/>
     <w:rsid w:val="008E37DE"/>
     <w:rsid w:val="008E4EAD"/>
+    <w:rsid w:val="008E55B1"/>
     <w:rsid w:val="008F01AE"/>
+    <w:rsid w:val="00913B23"/>
+    <w:rsid w:val="009151BB"/>
     <w:rsid w:val="00946570"/>
     <w:rsid w:val="00954F34"/>
     <w:rsid w:val="00955F82"/>
     <w:rsid w:val="009708CD"/>
     <w:rsid w:val="009764BA"/>
     <w:rsid w:val="009B4A11"/>
     <w:rsid w:val="009D2817"/>
     <w:rsid w:val="009D690A"/>
     <w:rsid w:val="009E4261"/>
     <w:rsid w:val="009F27B1"/>
     <w:rsid w:val="009F5080"/>
     <w:rsid w:val="00A17CB3"/>
     <w:rsid w:val="00A315B2"/>
     <w:rsid w:val="00A418D7"/>
     <w:rsid w:val="00A47CED"/>
     <w:rsid w:val="00A52E7F"/>
     <w:rsid w:val="00A60CED"/>
     <w:rsid w:val="00A623AA"/>
+    <w:rsid w:val="00A62AB7"/>
     <w:rsid w:val="00A657EE"/>
     <w:rsid w:val="00A73F5A"/>
     <w:rsid w:val="00A74749"/>
     <w:rsid w:val="00AA35BF"/>
     <w:rsid w:val="00AB153F"/>
     <w:rsid w:val="00AC09F4"/>
     <w:rsid w:val="00AC3C47"/>
+    <w:rsid w:val="00AE0256"/>
     <w:rsid w:val="00AF72BA"/>
     <w:rsid w:val="00B12904"/>
+    <w:rsid w:val="00B167F3"/>
     <w:rsid w:val="00B23608"/>
     <w:rsid w:val="00B32632"/>
     <w:rsid w:val="00B43132"/>
     <w:rsid w:val="00B46970"/>
     <w:rsid w:val="00B53E4B"/>
     <w:rsid w:val="00B642D7"/>
+    <w:rsid w:val="00B77E1F"/>
     <w:rsid w:val="00BA1148"/>
     <w:rsid w:val="00BA1647"/>
     <w:rsid w:val="00BA6315"/>
     <w:rsid w:val="00BB688A"/>
     <w:rsid w:val="00BC6ADC"/>
     <w:rsid w:val="00BD4167"/>
     <w:rsid w:val="00BD52D4"/>
     <w:rsid w:val="00BF70F3"/>
     <w:rsid w:val="00C0186F"/>
     <w:rsid w:val="00C05743"/>
     <w:rsid w:val="00C43F10"/>
     <w:rsid w:val="00C706D9"/>
     <w:rsid w:val="00C71A0C"/>
     <w:rsid w:val="00C9154C"/>
     <w:rsid w:val="00C977FF"/>
     <w:rsid w:val="00CA2886"/>
     <w:rsid w:val="00CA2BFA"/>
     <w:rsid w:val="00CA5046"/>
     <w:rsid w:val="00CA67D8"/>
     <w:rsid w:val="00CB422F"/>
     <w:rsid w:val="00CB600A"/>
+    <w:rsid w:val="00CC5D4B"/>
     <w:rsid w:val="00CE25CA"/>
     <w:rsid w:val="00CF5E91"/>
     <w:rsid w:val="00CF66AF"/>
     <w:rsid w:val="00D02DA4"/>
     <w:rsid w:val="00D048F7"/>
     <w:rsid w:val="00D04CEE"/>
     <w:rsid w:val="00D34A81"/>
+    <w:rsid w:val="00D3742D"/>
     <w:rsid w:val="00D43C2E"/>
     <w:rsid w:val="00D56C07"/>
     <w:rsid w:val="00D61625"/>
     <w:rsid w:val="00D63D4A"/>
     <w:rsid w:val="00D85736"/>
     <w:rsid w:val="00D93DC3"/>
     <w:rsid w:val="00DA0A67"/>
     <w:rsid w:val="00DB02E3"/>
+    <w:rsid w:val="00DB0CC8"/>
     <w:rsid w:val="00DB6535"/>
+    <w:rsid w:val="00DC3475"/>
     <w:rsid w:val="00DD5841"/>
     <w:rsid w:val="00DF29E5"/>
     <w:rsid w:val="00DF3694"/>
     <w:rsid w:val="00DF507A"/>
     <w:rsid w:val="00DF7826"/>
     <w:rsid w:val="00E00816"/>
     <w:rsid w:val="00E12E40"/>
     <w:rsid w:val="00E16920"/>
     <w:rsid w:val="00E27864"/>
     <w:rsid w:val="00E51D90"/>
     <w:rsid w:val="00E723A1"/>
     <w:rsid w:val="00EC5F28"/>
     <w:rsid w:val="00F01E4A"/>
     <w:rsid w:val="00F3603D"/>
     <w:rsid w:val="00F440B1"/>
     <w:rsid w:val="00F835DE"/>
     <w:rsid w:val="00FB77B0"/>
     <w:rsid w:val="00FD36C4"/>
     <w:rsid w:val="00FD75A8"/>
     <w:rsid w:val="00FE124F"/>
     <w:rsid w:val="00FE5F80"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -16999,51 +12065,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1930581308">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robert.Anderson@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/forms" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/law-library/801-cmr" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.macomptroller.info/comptroller/docs/forms/contracts/CommonwealthTermsAndConditions.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:engineerboard@mass.gov" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robert.Anderson@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.macomptroller.info/comptroller/docs/TermsandConditions/IT%20Terms%20and%20Conditions.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleIII/Chapter29/Section23A" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.proofpoint.com/v2/url?u=http-3A__r20.rs6.net_tn.jsp-3Ft-3Diah8lw5ab.0.0.wjn8n8cab.0-26id-3Dpreview-26r-3D3-26p-3Dhttps-253A-252F-252Fwww.mass.gov-252Fhow-2Dto-252Fcheck-2Da-2Dprofessional-2Dlicense&amp;d=DwMFaQ&amp;c=lDF7oMaPKXpkYvev9V-fVahWL0QWnGCCAfCDz1Bns_w&amp;r=FvB0AlpVWeP2qspWCRC3eTyxjTuZykqsCorHLJFb_0Q&amp;m=zd5K-Ni7OnlWsaUo3eRolYloOWc4Llp0Yt17DyApPSc&amp;s=EhfOWqq8QflexeLI0sxeMq0wlU8Dqj7ARgLFNnQd5yQ&amp;e=" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.macomptroller.info/comptroller/docs/forms/contracts/CommonwealthTermsAndConditionsForHumanAndSocialServices.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/law-library/815-cmr" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robert.Anderson@mass.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/law-library/815-cmr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://crcog.org/concrete-vendors/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.macomptroller.info/comptroller/docs/forms/contracts/StandardContractForm_Instructions.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.macomptroller.info/comptroller/docs/TermsandConditions/IT%20Terms%20and%20Conditions.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robert.Anderson@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/osd-forms" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.macomptroller.info/comptroller/docs/forms/contracts/CommonwealthTermsAndConditionsForHumanAndSocialServices.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/frequently-asked-questions-and-forms-bbrs" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robert.Anderson@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://crcog.org/concrete-vendors/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robert.Anderson@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robert.Anderson@mass.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robert.Anderson@mass.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/frequently-asked-questions-and-forms-bbrs" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:engineerboard@mass.gov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.proofpoint.com/v2/url?u=http-3A__r20.rs6.net_tn.jsp-3Ft-3Diah8lw5ab.0.0.wjn8n8cab.0-26id-3Dpreview-26r-3D3-26p-3Dhttps-253A-252F-252Fwww.mass.gov-252Fhow-2Dto-252Fcheck-2Da-2Dprofessional-2Dlicense&amp;d=DwMFaQ&amp;c=lDF7oMaPKXpkYvev9V-fVahWL0QWnGCCAfCDz1Bns_w&amp;r=FvB0AlpVWeP2qspWCRC3eTyxjTuZykqsCorHLJFb_0Q&amp;m=zd5K-Ni7OnlWsaUo3eRolYloOWc4Llp0Yt17DyApPSc&amp;s=EhfOWqq8QflexeLI0sxeMq0wlU8Dqj7ARgLFNnQd5yQ&amp;e=" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17541,99 +12607,122 @@
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="e3e38725-07c4-40be-a216-bdad2a662e0d" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="abaa93b4-3036-48ce-b674-0b3ef9a09ab1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EE6092F-DA6D-4E9C-9808-4D41185157AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29A5A1A5-0F0C-4605-954D-1FF2BB522E87}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29A5A1A5-0F0C-4605-954D-1FF2BB522E87}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="abaa93b4-3036-48ce-b674-0b3ef9a09ab1"/>
+    <ds:schemaRef ds:uri="e3e38725-07c4-40be-a216-bdad2a662e0d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{192BE269-EA4A-447C-97E0-14B2E7468EB2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e3e38725-07c4-40be-a216-bdad2a662e0d"/>
+    <ds:schemaRef ds:uri="abaa93b4-3036-48ce-b674-0b3ef9a09ab1"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47741C6F-38D8-4ED3-B582-36516E0A579D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>21678</Characters>
+  <Pages>12</Pages>
+  <Words>2288</Words>
+  <Characters>13044</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>180</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>108</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOPSS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25430</CharactersWithSpaces>
+  <CharactersWithSpaces>15302</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>sbennett</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100990883FD8DED744BA0BFFA12C51972D7</vt:lpwstr>
   </property>
 </Properties>
 </file>