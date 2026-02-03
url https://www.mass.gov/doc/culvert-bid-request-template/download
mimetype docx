--- v0 (2025-12-20)
+++ v1 (2026-02-03)
@@ -15,84 +15,84 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="044CF75E" w14:textId="77777777" w:rsidR="00795D92" w:rsidRDefault="00795D92" w:rsidP="00795D92">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Instructions:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17BA91F7" w14:textId="77777777" w:rsidR="00795D92" w:rsidRDefault="00795D92" w:rsidP="00795D92">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44F1ABF7" w14:textId="42CA520D" w:rsidR="00D853BB" w:rsidRPr="00D853BB" w:rsidRDefault="0032134B" w:rsidP="00795D92">
+    <w:p w14:paraId="44F1ABF7" w14:textId="45959220" w:rsidR="00D853BB" w:rsidRPr="00D853BB" w:rsidRDefault="0032134B" w:rsidP="00795D92">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>You</w:t>
       </w:r>
       <w:r w:rsidR="00795D92" w:rsidRPr="00D853BB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> can </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -186,118 +186,140 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00795D92" w:rsidRPr="00D853BB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>below with relevant project information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> for your project</w:t>
       </w:r>
       <w:r w:rsidR="00795D92" w:rsidRPr="00D853BB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:line="280" w:lineRule="exact"/>
+      <w:r w:rsidR="006F1332">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> Some text in red is also labeled as </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1332" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D853BB">
+        <w:t>[Optional]</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1332">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Use the graphic below to complete Table 1: Project Information, Existing Structure Type. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00795D92" w:rsidRPr="00D853BB">
+        <w:t xml:space="preserve"> as it may not apply to all projects.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BE76B2" w14:textId="77777777" w:rsidR="00D853BB" w:rsidRPr="00D853BB" w:rsidRDefault="00D853BB" w:rsidP="00795D92">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B7E68C6" w14:textId="2D5EC3A0" w:rsidR="00795D92" w:rsidRPr="00D853BB" w:rsidRDefault="00D853BB" w:rsidP="00795D92">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D853BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Use the graphic below to complete Table 1: Project Information, Existing Structure Type. </w:t>
+      </w:r>
+      <w:r w:rsidR="00795D92" w:rsidRPr="00D853BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F5E96E5" w14:textId="32A66F39" w:rsidR="00795D92" w:rsidRDefault="00795D92" w:rsidP="00795D92">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0ACF94F4" w14:textId="77777777" w:rsidR="00795D92" w:rsidRDefault="00795D92" w:rsidP="00795D92"/>
     <w:p w14:paraId="757E0F56" w14:textId="7CADB3A8" w:rsidR="00795D92" w:rsidRPr="00794EF4" w:rsidRDefault="00795D92" w:rsidP="00795D92">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A20C6">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67865309" wp14:editId="75F902A6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67865309" wp14:editId="6F2BAC66">
             <wp:extent cx="5943600" cy="5849836"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Picture 3"/>
+            <wp:docPr id="3" name="Picture 3" descr="Diagram of seven different culvert shapes: round, elliptical, open bottom arch, box, bridge with side slopes, box with abutments, and bridge with abutments and side slopes."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="3" name="Picture 3" descr="Diagram of seven different culvert shapes: round, elliptical, open bottom arch, box, bridge with side slopes, box with abutments, and bridge with abutments and side slopes."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="5849836"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -347,277 +369,325 @@
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B0335A5" w14:textId="77777777" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="004A1AFA" w:rsidP="004B11CB">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Bid Request</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="752DFBE4" w14:textId="39C21873" w:rsidR="008A5A32" w:rsidRPr="006A20C6" w:rsidRDefault="0094338A" w:rsidP="00CA1D17">
+    <w:p w14:paraId="752DFBE4" w14:textId="39C21873" w:rsidR="008A5A32" w:rsidRPr="002E2D53" w:rsidRDefault="0094338A" w:rsidP="00CA1D17">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A20C6">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:rStyle w:val="Style1"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Project Name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00254AE6" w14:textId="1AB27847" w:rsidR="00A95F3C" w:rsidRPr="003B663F" w:rsidRDefault="0094338A" w:rsidP="00CA1D17">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A20C6">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:rStyle w:val="TNR-11Black"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Town Name</w:t>
       </w:r>
       <w:r w:rsidR="00774DEB" w:rsidRPr="003B663F">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00774DEB" w:rsidRPr="002C5E8F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B710C7" w14:textId="77777777" w:rsidR="00BE3C6C" w:rsidRDefault="00BE3C6C" w:rsidP="004A1AFA">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:left="1000" w:hanging="1000"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="570B771D" w14:textId="779EDA6B" w:rsidR="00B215BB" w:rsidRPr="00AA6625" w:rsidRDefault="004A1AFA" w:rsidP="004A1AFA">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:left="1000" w:hanging="1000"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>TO:  </w:t>
+        <w:t>TO</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA6625">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000B5A42" w:rsidRPr="006A20C6">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="000B5A42" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Enter Bidder’s Name</w:t>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000B5A42" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bidder’s Name</w:t>
       </w:r>
       <w:r w:rsidR="00D0636C">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DE56D12" w14:textId="77777777" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="004A1AFA" w:rsidP="004A1AFA">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:left="1000" w:hanging="1000"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15964E11" w14:textId="60BB6E01" w:rsidR="004A1AFA" w:rsidRDefault="00A95F3C" w:rsidP="004A1AFA">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:left="1000" w:hanging="1000"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">FROM:   </w:t>
-      </w:r>
+        <w:t>FROM</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">:   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="007A63B5" w:rsidRPr="006A20C6">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="007A63B5" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Enter Town Contact</w:t>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007A63B5" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Town Contact</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="423DA5D6" w14:textId="77777777" w:rsidR="008A5A32" w:rsidRPr="00AA6625" w:rsidRDefault="008A5A32" w:rsidP="004A1AFA">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:left="1000" w:hanging="1000"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="520FDD68" w14:textId="77777777" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="004A1AFA" w:rsidP="004A1AFA">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:left="1000" w:hanging="1000"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>RE:  </w:t>
-      </w:r>
+        <w:t>RE</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6625">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="002C33EA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Culvert Replacement </w:t>
       </w:r>
       <w:r w:rsidR="00A660A4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Field Data Collection </w:t>
       </w:r>
       <w:r w:rsidR="002C33EA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
@@ -652,115 +722,115 @@
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DATE:   </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="006A20C6">
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E764BE" w14:textId="77777777" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="004A1AFA" w:rsidP="004A1AFA">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F109867" w14:textId="2A07B322" w:rsidR="004A1AFA" w:rsidRPr="002A3A64" w:rsidRDefault="00F315A5" w:rsidP="004A1AFA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="004A1AFA" w:rsidRPr="002A3A64">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">he </w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="006A20C6">
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter Department and Town</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A20C6">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A1AFA" w:rsidRPr="002A3A64">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>is requesting bids for technical</w:t>
       </w:r>
       <w:r w:rsidR="00FE7286">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> and engineering</w:t>
       </w:r>
       <w:r w:rsidR="004A1AFA" w:rsidRPr="002A3A64">
@@ -777,91 +847,91 @@
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="004A1AFA" w:rsidRPr="002A3A64">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>I, Project Specifications for</w:t>
       </w:r>
       <w:r w:rsidR="00891CBA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="006A20C6">
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter Project Name</w:t>
       </w:r>
-      <w:r w:rsidR="004A1AFA" w:rsidRPr="006A20C6">
+      <w:r w:rsidR="004A1AFA" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A1AFA" w:rsidRPr="002A3A64">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="006A20C6">
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter Town Name</w:t>
       </w:r>
       <w:r w:rsidR="007F3526">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>, MA.</w:t>
       </w:r>
       <w:r w:rsidR="004A1AFA" w:rsidRPr="002A3A64">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="004A1AFA" w:rsidRPr="002A3A64">
         <w:rPr>
@@ -967,163 +1037,163 @@
         </w:rPr>
         <w:t>, technical and management approach to this project, timeline for completed work, and cost effectiveness.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B7BAEC8" w14:textId="77777777" w:rsidR="004A1AFA" w:rsidRPr="002A3A64" w:rsidRDefault="004A1AFA" w:rsidP="004A1AFA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32ED15E9" w14:textId="11ECC27E" w:rsidR="004A1AFA" w:rsidRPr="008C5096" w:rsidRDefault="0094338A" w:rsidP="004A1AFA">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A20C6">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Town Name</w:t>
       </w:r>
-      <w:r w:rsidR="00E17F5E" w:rsidRPr="006A20C6">
+      <w:r w:rsidR="00E17F5E" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A1AFA" w:rsidRPr="002A3A64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>anticipates execution of a contract in</w:t>
       </w:r>
       <w:r w:rsidR="008C5096">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A20C6">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Month</w:t>
       </w:r>
-      <w:r w:rsidR="004A1AFA" w:rsidRPr="006A20C6">
+      <w:r w:rsidR="004A1AFA" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00817724">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A20C6">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Year</w:t>
       </w:r>
-      <w:r w:rsidR="004A1AFA" w:rsidRPr="006A20C6">
+      <w:r w:rsidR="004A1AFA" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A1AFA" w:rsidRPr="002A3A64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for services through</w:t>
       </w:r>
       <w:r w:rsidR="00E17F5E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A20C6">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Contract End Date</w:t>
       </w:r>
       <w:r w:rsidR="004A1AFA" w:rsidRPr="008C5096">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C6E4AA9" w14:textId="77777777" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="004A1AFA" w:rsidP="001E1C1C">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
@@ -1369,416 +1439,437 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A85B2E" w:rsidRPr="00DB269A" w14:paraId="01A07143" w14:textId="77777777" w:rsidTr="00A85B2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62982BFD" w14:textId="77777777" w:rsidR="00A85B2E" w:rsidRPr="0081754B" w:rsidRDefault="00A85B2E" w:rsidP="00A85B2E">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0081754B">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02DC6766" w14:textId="717573A7" w:rsidR="00A85B2E" w:rsidRPr="00646CF5" w:rsidRDefault="0094338A" w:rsidP="00BE751E">
+          <w:p w14:paraId="02DC6766" w14:textId="717573A7" w:rsidR="00A85B2E" w:rsidRPr="002E2D53" w:rsidRDefault="0094338A" w:rsidP="00BE751E">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="auto"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00646CF5">
+            <w:r w:rsidRPr="002E2D53">
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidRPr="00646CF5">
+            <w:r w:rsidRPr="002E2D53">
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="auto"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>nter Stream Name, Road Name, Town Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C776967" w14:textId="5244CBF9" w:rsidR="00A85B2E" w:rsidRPr="00646CF5" w:rsidRDefault="0094338A" w:rsidP="0081754B">
+          <w:p w14:paraId="5C776967" w14:textId="5244CBF9" w:rsidR="00A85B2E" w:rsidRPr="002E2D53" w:rsidRDefault="0094338A" w:rsidP="0081754B">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
-                <w:color w:val="FF0000"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00646CF5">
+            <w:r w:rsidRPr="002E2D53">
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidRPr="00646CF5">
+            <w:r w:rsidRPr="002E2D53">
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="auto"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>nter Crossing Structure Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C137AD8" w14:textId="2E3DB7F5" w:rsidR="0081754B" w:rsidRDefault="00A85B2E" w:rsidP="0081754B">
+          <w:p w14:paraId="6C137AD8" w14:textId="3F528BEF" w:rsidR="0081754B" w:rsidRPr="002E2D53" w:rsidRDefault="00A85B2E" w:rsidP="0081754B">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F3526">
               <w:t>Lat</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00A81A6E">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="007F3526">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BF544D" w:rsidRPr="007F3526">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-              <w:t>XX.XXXX</w:t>
+            <w:r w:rsidR="006F1332" w:rsidRPr="002E2D53">
+              <w:rPr>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
+              <w:t>##.#</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="006F1332" w:rsidRPr="002E2D53">
+              <w:rPr>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
+              <w:t>###</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="425CACED" w14:textId="2FA7E934" w:rsidR="00A85B2E" w:rsidRPr="007F3526" w:rsidRDefault="00A85B2E" w:rsidP="0081754B">
+          <w:p w14:paraId="425CACED" w14:textId="14515A0A" w:rsidR="00A85B2E" w:rsidRPr="007F3526" w:rsidRDefault="00A85B2E" w:rsidP="0081754B">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3526">
               <w:t xml:space="preserve">Long: </w:t>
             </w:r>
             <w:r w:rsidR="00BF544D" w:rsidRPr="007F3526">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0016737C">
               <w:t>-</w:t>
             </w:r>
+            <w:r w:rsidR="006F1332" w:rsidRPr="002E2D53">
+              <w:rPr>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
+              <w:t>#</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="0016737C">
-              <w:t>XX.XXXX</w:t>
+            <w:r w:rsidR="006F1332" w:rsidRPr="002E2D53">
+              <w:rPr>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
+              <w:t>#.#</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="006F1332" w:rsidRPr="002E2D53">
+              <w:rPr>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
+              <w:t>###</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7862CEB2" w14:textId="77777777" w:rsidR="00A85B2E" w:rsidRPr="007F3526" w:rsidRDefault="006D7A05" w:rsidP="0081754B">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002E2D53">
+              <w:rPr>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
               <w:t>Field data collection</w:t>
             </w:r>
-            <w:r w:rsidR="0096776C" w:rsidRPr="007F3526">
+            <w:r w:rsidR="0096776C" w:rsidRPr="002E2D53">
+              <w:rPr>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A85B2E" w:rsidRPr="007F3526">
+            <w:r w:rsidR="00A85B2E" w:rsidRPr="002E2D53">
+              <w:rPr>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
               <w:t>for</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002E2D53">
+              <w:rPr>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
               <w:t xml:space="preserve"> culvert</w:t>
             </w:r>
-            <w:r w:rsidR="00A85B2E" w:rsidRPr="007F3526">
+            <w:r w:rsidR="00A85B2E" w:rsidRPr="002E2D53">
+              <w:rPr>
+                <w:color w:val="ED0000"/>
+              </w:rPr>
               <w:t xml:space="preserve"> replacement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0325CEB7" w14:textId="66A1F06B" w:rsidR="00A85B2E" w:rsidRPr="006A20C6" w:rsidRDefault="00646CF5" w:rsidP="00A85B2E">
+    <w:p w14:paraId="0325CEB7" w14:textId="66A1F06B" w:rsidR="00A85B2E" w:rsidRPr="002E2D53" w:rsidRDefault="00646CF5" w:rsidP="00A85B2E">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A20C6">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="006A20C6">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>For a list of structure crossing types, see NAACC’s Field Data Form</w:t>
       </w:r>
-      <w:r w:rsidR="006A20C6" w:rsidRPr="006A20C6">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="006A20C6" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0016737C">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="0016737C" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>above</w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="006A20C6">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.  Include the structure type (ex: round culvert) and material (ex: concrete</w:t>
       </w:r>
-      <w:r w:rsidR="006A20C6" w:rsidRPr="006A20C6">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="006A20C6" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:r w:rsidR="006A20C6" w:rsidRPr="006A20C6" w:rsidDel="006A20C6">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="006A20C6" w:rsidRPr="002E2D53" w:rsidDel="006A20C6">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15847CAF" w14:textId="77777777" w:rsidR="006A20C6" w:rsidRDefault="006A20C6" w:rsidP="00A85B2E">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C77FEDF" w14:textId="2F95810C" w:rsidR="007852AF" w:rsidRDefault="00A85B2E" w:rsidP="00A85B2E">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B11CB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Site #</w:t>
       </w:r>
       <w:r w:rsidR="007852AF" w:rsidRPr="004B11CB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="007852AF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0279A5CA" w14:textId="7F0C22B9" w:rsidR="00103469" w:rsidRPr="00795D92" w:rsidRDefault="00103469" w:rsidP="00103469">
+    <w:p w14:paraId="0279A5CA" w14:textId="7F0C22B9" w:rsidR="00103469" w:rsidRPr="002E2D53" w:rsidRDefault="00103469" w:rsidP="00103469">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describe general location of the project </w:t>
+      </w:r>
+      <w:r w:rsidR="00646CF5" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">including </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the town</w:t>
+      </w:r>
+      <w:r w:rsidR="00646CF5" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, road and stream name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Describe the watershed, (forested/developed, steep/flat, Area (acres)). Provide other identifying information useful for bidders to locate the location of the project and understand the location. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD9E96A" w14:textId="77777777" w:rsidR="00103469" w:rsidRPr="002E2D53" w:rsidRDefault="00103469" w:rsidP="00A85B2E">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="exact"/>
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35DC2F5F" w14:textId="5BE890C6" w:rsidR="003E1588" w:rsidRPr="00795D92" w:rsidRDefault="007852AF" w:rsidP="007C0C65">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="exact"/>
+        <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00795D92">
-[...86 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide a photo and locus map of the site. </w:t>
       </w:r>
-      <w:r w:rsidR="00E17F5E" w:rsidRPr="00795D92">
+      <w:r w:rsidR="00E17F5E" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SEE EXAMPLE </w:t>
       </w:r>
-      <w:r w:rsidR="00EC42B6">
+      <w:r w:rsidR="00EC42B6" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>BELOW</w:t>
       </w:r>
       <w:r w:rsidR="009577BB" w:rsidRPr="00795D92">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02D92364" wp14:editId="60EC6545">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1019175</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3810000</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4187825" cy="258445"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="16" name="Text Box 2"/>
@@ -1798,467 +1889,491 @@
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="136615C4" w14:textId="77777777" w:rsidR="00640BCB" w:rsidRPr="00D60DA1" w:rsidRDefault="00640BCB" w:rsidP="003E1588">
+                          <w:p w14:paraId="136615C4" w14:textId="77777777" w:rsidR="00640BCB" w:rsidRPr="002E2D53" w:rsidRDefault="00640BCB" w:rsidP="003E1588">
                             <w:pPr>
                               <w:pStyle w:val="Caption"/>
                               <w:rPr>
                                 <w:noProof/>
+                                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="002E2D53">
+                              <w:rPr>
+                                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                              </w:rPr>
                               <w:t xml:space="preserve">Locus Map </w:t>
                             </w:r>
-                            <w:r w:rsidR="00AF4CE9">
+                            <w:r w:rsidR="00AF4CE9" w:rsidRPr="002E2D53">
                               <w:rPr>
                                 <w:noProof/>
+                                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
-                            <w:r w:rsidR="00AF4CE9">
+                            <w:r w:rsidR="00AF4CE9" w:rsidRPr="002E2D53">
                               <w:rPr>
                                 <w:noProof/>
+                                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> SEQ Locus_Map \* ARABIC </w:instrText>
                             </w:r>
-                            <w:r w:rsidR="00AF4CE9">
+                            <w:r w:rsidR="00AF4CE9" w:rsidRPr="002E2D53">
                               <w:rPr>
                                 <w:noProof/>
+                                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidRPr="002E2D53">
                               <w:rPr>
                                 <w:noProof/>
+                                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
-                            <w:r w:rsidR="00AF4CE9">
+                            <w:r w:rsidR="00AF4CE9" w:rsidRPr="002E2D53">
                               <w:rPr>
                                 <w:noProof/>
+                                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidRPr="002E2D53">
+                              <w:rPr>
+                                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                              </w:rPr>
                               <w:t xml:space="preserve">- Site #1 on Clark Road east of Chickering Road. </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="02D92364" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:80.25pt;margin-top:300pt;width:329.75pt;height:20.35pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDiVrps/QEAAOADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJki4w4hRdigwD&#10;ugvQ7gNkWbaFyaJGKbGzrx8lx1nXvg3zg0BR5CHPIb29HTrDTgq9BlvwxWzOmbISKm2bgn9/Orzb&#10;cOaDsJUwYFXBz8rz293bN9ve5WoJLZhKISMQ6/PeFbwNweVZ5mWrOuFn4JSlxxqwE4Gu2GQVip7Q&#10;O5Mt5/ObrAesHIJU3pP3fnzku4Rf10qGr3XtVWCm4NRbSCems4xnttuKvEHhWi0vbYh/6KIT2lLR&#10;K9S9CIIdUb+C6rRE8FCHmYQug7rWUiUOxGYxf8HmsRVOJS4kjndXmfz/g5VfTt+Q6Ypmd8OZFR3N&#10;6EkNgX2AgS2jPL3zOUU9OooLA7kpNFH17gHkD88s7FthG3WHCH2rREXtLWJm9ix1xPERpOw/Q0Vl&#10;xDFAAhpq7KJ2pAYjdBrT+Tqa2Iok52qxeb9ZrjmT9LZcb1ardSoh8inboQ8fFXQsGgVHGn1CF6cH&#10;H2I3Ip9CYjEPRlcHbUy6YFPuDbKToDU5pO+C/leYsTHYQkwbEaMn0YzMRo5hKIeLbCVUZyKMMK4d&#10;/SZktIC/OOtp5Qrufx4FKs7MJ0uixf2cDJyMcjKElZRa8MDZaO7DuMdHh7ppCXkayx0Je9CJc5zA&#10;2MWlT1qjJMVl5eOePr+nqD8/5u43AAAA//8DAFBLAwQUAAYACAAAACEAeVl8mN8AAAALAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1gRCqEKeqKjjApSL0ws1NtnEgXke204a/&#10;ZznBcXZHM2/K1ewGccQQe08abhYKBFLj2546Dbv35+sliJgMtWbwhBq+McKqOj8rTdH6E73hsU6d&#10;4BCKhdFgUxoLKWNj0Zm48CMS/w4+OJNYhk62wZw43A3yVqlcOtMTN1gz4sZi81VPTsM2+9jaq+nw&#10;9LrO7sLLbtrkn12t9eXFvH4EkXBOf2b4xWd0qJhp7ydqoxhY5+qerRpypXgUO5ZcCGLPl0w9gKxK&#10;+X9D9QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDiVrps/QEAAOADAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB5WXyY3wAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAFcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" stroked="f">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:80.25pt;margin-top:300pt;width:329.75pt;height:20.35pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBM+PVB6QEAALoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uO2zAMvBfoPwi6N06CpA2MOIttFikK&#10;bB/Ath8gy7ItVBZVSomdfn0p2c72cSvqg0CJ5JAzpPd3Q2fYRaHXYAu+Wiw5U1ZCpW1T8K9fTq92&#10;nPkgbCUMWFXwq/L87vDyxb53uVpDC6ZSyAjE+rx3BW9DcHmWedmqTvgFOGXJWQN2ItAVm6xC0RN6&#10;Z7L1cvk66wErhyCV9/T6MDr5IeHXtZLhU117FZgpOPUW0onpLOOZHfYib1C4VsupDfEPXXRCWyp6&#10;g3oQQbAz6r+gOi0RPNRhIaHLoK61VIkDsVkt/2Dz1AqnEhcSx7ubTP7/wcqPlyf3GVkY3sJAA0wk&#10;vHsE+c0zC8dW2EbdI0LfKlFR4VWULOudz6fUKLXPfQQp+w9Q0ZDFOUACGmrsoirEkxE6DeB6E10N&#10;gUl63Kx2b3brLWeSfOvtbrPZphIin7Md+vBOQceiUXCkoSZ0cXn0IXYj8jkkFvNgdHXSxqQLNuXR&#10;ILsIWoBT+ib038KMjcEWYtqIGF8Szchs5BiGciBnpFtCdSXCCONC0Q9ARgv4g7Oelqng/vtZoOLM&#10;vLckWty82cDZKGdDWEmpBQ+cjeYxjBt6dqiblpDnsdyTsCedOD93MfVJC5KkmJY5buCv9xT1/Msd&#10;fgIAAP//AwBQSwMEFAAGAAgAAAAhAHlZfJjfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SFwQtYEQqhCnqio4wKUi9MLNTbZxIF5HttOGv2c5wXF2RzNvytXsBnHEEHtPGm4W&#10;CgRS49ueOg279+frJYiYDLVm8IQavjHCqjo/K03R+hO94bFOneAQioXRYFMaCyljY9GZuPAjEv8O&#10;PjiTWIZOtsGcONwN8lapXDrTEzdYM+LGYvNVT07DNvvY2qvp8PS6zu7Cy27a5J9drfXlxbx+BJFw&#10;Tn9m+MVndKiYae8naqMYWOfqnq0acqV4FDuWXAhiz5dMPYCsSvl/Q/UDAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEATPj1QekBAAC6AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAeVl8mN8AAAALAQAADwAAAAAAAAAAAAAAAABDBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAE8FAAAAAA==&#10;" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="136615C4" w14:textId="77777777" w:rsidR="00640BCB" w:rsidRPr="00D60DA1" w:rsidRDefault="00640BCB" w:rsidP="003E1588">
+                    <w:p w14:paraId="136615C4" w14:textId="77777777" w:rsidR="00640BCB" w:rsidRPr="002E2D53" w:rsidRDefault="00640BCB" w:rsidP="003E1588">
                       <w:pPr>
                         <w:pStyle w:val="Caption"/>
                         <w:rPr>
                           <w:noProof/>
+                          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="002E2D53">
+                        <w:rPr>
+                          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                        </w:rPr>
                         <w:t xml:space="preserve">Locus Map </w:t>
                       </w:r>
-                      <w:r w:rsidR="00AF4CE9">
+                      <w:r w:rsidR="00AF4CE9" w:rsidRPr="002E2D53">
                         <w:rPr>
                           <w:noProof/>
+                          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
                       </w:r>
-                      <w:r w:rsidR="00AF4CE9">
+                      <w:r w:rsidR="00AF4CE9" w:rsidRPr="002E2D53">
                         <w:rPr>
                           <w:noProof/>
+                          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                         </w:rPr>
                         <w:instrText xml:space="preserve"> SEQ Locus_Map \* ARABIC </w:instrText>
                       </w:r>
-                      <w:r w:rsidR="00AF4CE9">
+                      <w:r w:rsidR="00AF4CE9" w:rsidRPr="002E2D53">
                         <w:rPr>
                           <w:noProof/>
+                          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="separate"/>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidRPr="002E2D53">
                         <w:rPr>
                           <w:noProof/>
+                          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                         </w:rPr>
                         <w:t>1</w:t>
                       </w:r>
-                      <w:r w:rsidR="00AF4CE9">
+                      <w:r w:rsidR="00AF4CE9" w:rsidRPr="002E2D53">
                         <w:rPr>
                           <w:noProof/>
+                          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidRPr="002E2D53">
+                        <w:rPr>
+                          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                        </w:rPr>
                         <w:t xml:space="preserve">- Site #1 on Clark Road east of Chickering Road. </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B123244" w14:textId="52854C0F" w:rsidR="003E1588" w:rsidRDefault="003E1588" w:rsidP="00D0636C">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67D284DA" w14:textId="77777777" w:rsidR="00757D81" w:rsidRDefault="00EC42B6" w:rsidP="00757D81">
       <w:pPr>
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="278F5184" wp14:editId="32DF2C31">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="278F5184" wp14:editId="48A35D0E">
             <wp:extent cx="5943600" cy="3573731"/>
             <wp:effectExtent l="0" t="0" r="0" b="8255"/>
-            <wp:docPr id="2" name="Picture 2"/>
+            <wp:docPr id="2" name="Picture 2" descr="Map showing a pin of a culvert site location."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="locusmap.jpg"/>
+                    <pic:cNvPr id="2" name="Picture 2" descr="Map showing a pin of a culvert site location."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3573731"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EC3B942" w14:textId="4C941195" w:rsidR="00EC42B6" w:rsidRPr="00757D81" w:rsidRDefault="00757D81" w:rsidP="00757D81">
+    <w:p w14:paraId="5EC3B942" w14:textId="4C941195" w:rsidR="00EC42B6" w:rsidRPr="002E2D53" w:rsidRDefault="00757D81" w:rsidP="00757D81">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00757D81">
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="ED0000"/>
+        </w:rPr>
+        <w:t>Locus Map - Culvert site on Baptist corner Road southwest of Phillips Road.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DEA35D4" w14:textId="655F9F56" w:rsidR="00EC42B6" w:rsidRPr="002E2D53" w:rsidRDefault="00EC42B6" w:rsidP="00D0636C">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FA52E2F" w14:textId="77777777" w:rsidR="00757D81" w:rsidRDefault="00EC42B6" w:rsidP="00757D81">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66E7D30D" wp14:editId="25950A70">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66E7D30D" wp14:editId="0CA879CE">
             <wp:extent cx="4686300" cy="3514725"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
-            <wp:docPr id="4" name="Picture 4"/>
+            <wp:docPr id="4" name="Picture 4" descr="A person looking at a perched culvert with water flowing out of it."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="ashfieldoutlet.jpg"/>
+                    <pic:cNvPr id="4" name="Picture 4" descr="A person looking at a perched culvert with water flowing out of it."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4686695" cy="3515021"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20709178" w14:textId="78DF3EF2" w:rsidR="00EC42B6" w:rsidRPr="00757D81" w:rsidRDefault="00757D81" w:rsidP="00757D81">
+    <w:p w14:paraId="20709178" w14:textId="78DF3EF2" w:rsidR="00EC42B6" w:rsidRPr="002E2D53" w:rsidRDefault="00757D81" w:rsidP="00757D81">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t>Culvert site looking west at the outlet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E13A74" w14:textId="77777777" w:rsidR="00646CF5" w:rsidRPr="00795D92" w:rsidRDefault="00646CF5">
+    <w:p w14:paraId="59E13A74" w14:textId="77777777" w:rsidR="00646CF5" w:rsidRPr="002E2D53" w:rsidRDefault="00646CF5">
       <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00795D92">
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="641F43FA" w14:textId="02F3B130" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="004A1AFA" w:rsidP="004F6AC6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">PROJECT PURPOSE AND BACKGROUND </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E7FAF87" w14:textId="77777777" w:rsidR="00E773DA" w:rsidRDefault="00E773DA" w:rsidP="00172165">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="237DA27D" w14:textId="2036F89A" w:rsidR="00F1565B" w:rsidRPr="00795D92" w:rsidRDefault="00F1565B" w:rsidP="00172165">
+    <w:p w14:paraId="237DA27D" w14:textId="2036F89A" w:rsidR="00F1565B" w:rsidRPr="002E2D53" w:rsidRDefault="00F1565B" w:rsidP="00172165">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:i/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00795D92">
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Enter Project Goal, Road type, General description of what you are hoping to achieve.  </w:t>
       </w:r>
-      <w:r w:rsidR="00467CB5" w:rsidRPr="00795D92">
+      <w:r w:rsidR="00467CB5" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Provide any history to the site, know</w:t>
       </w:r>
-      <w:r w:rsidR="006D7A05" w:rsidRPr="00795D92">
+      <w:r w:rsidR="006D7A05" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00467CB5" w:rsidRPr="00795D92">
+      <w:r w:rsidR="00467CB5" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> site conditions and site constraints. Explain your expectations of t</w:t>
       </w:r>
-      <w:r w:rsidR="006D7A05" w:rsidRPr="00795D92">
+      <w:r w:rsidR="006D7A05" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">he project and the consultant. </w:t>
       </w:r>
-      <w:r w:rsidR="00467CB5" w:rsidRPr="00795D92">
+      <w:r w:rsidR="00467CB5" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00646CF5" w:rsidRPr="00795D92">
+      <w:r w:rsidR="00646CF5" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>necessary,</w:t>
       </w:r>
-      <w:r w:rsidR="00467CB5" w:rsidRPr="00795D92">
+      <w:r w:rsidR="00467CB5" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> outline deadlines and milestones for the project. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25CF6416" w14:textId="77777777" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="004A1AFA" w:rsidP="001E1C1C">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="203F6F32" w14:textId="77777777" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="004A1AFA" w:rsidP="004F6AC6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="num" w:pos="720"/>
@@ -2278,51 +2393,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PROJECT SPECIFICATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C99846A" w14:textId="77777777" w:rsidR="004A1AFA" w:rsidRDefault="004A1AFA" w:rsidP="001E1C1C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Scope of Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6879B9A3" w14:textId="6FF982D5" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="00F1565B" w:rsidP="00BE68B2">
+    <w:p w14:paraId="4E43E618" w14:textId="77777777" w:rsidR="008D3D94" w:rsidRDefault="00F1565B" w:rsidP="00BE68B2">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Below is</w:t>
       </w:r>
       <w:r w:rsidR="00E773DA" w:rsidRPr="00E773DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a general outline of tasks thought to be required at</w:t>
       </w:r>
       <w:r w:rsidR="007C0C65">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2336,214 +2451,554 @@
         </w:rPr>
         <w:t>referenced</w:t>
       </w:r>
       <w:r w:rsidR="00E773DA" w:rsidRPr="00E773DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F1DAB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>goal.</w:t>
       </w:r>
       <w:r w:rsidR="00E773DA" w:rsidRPr="00E773DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk16094150"/>
-      <w:r w:rsidR="0094338A" w:rsidRPr="00646CF5">
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Town Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00E773DA" w:rsidRPr="00E773DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>welcomes variations on this approach from p</w:t>
+        <w:t xml:space="preserve">welcomes variations </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E773DA" w:rsidRPr="00E773DA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E773DA" w:rsidRPr="00E773DA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this approach from p</w:t>
       </w:r>
       <w:r w:rsidR="001E2661">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ro</w:t>
       </w:r>
       <w:r w:rsidR="008A2415">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>spective Bidders</w:t>
       </w:r>
       <w:r w:rsidR="008A2415" w:rsidRPr="00646CF5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008A2415" w:rsidRPr="00646CF5">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="008A2415" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="00646CF5">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Town Name</w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="00646CF5">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A2415">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>reserves the right to not execute certain task</w:t>
       </w:r>
       <w:r w:rsidR="00E44245">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="008A2415">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00E773DA" w:rsidRPr="00E773DA">
+    </w:p>
+    <w:p w14:paraId="11A362EA" w14:textId="77777777" w:rsidR="008D3D94" w:rsidRDefault="008D3D94" w:rsidP="00BE68B2">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FBE50C4" w14:textId="05D8A3E6" w:rsidR="006345B3" w:rsidRPr="002E2D53" w:rsidRDefault="008D3D94" w:rsidP="53C59170">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bidders sh</w:t>
+      </w:r>
+      <w:r w:rsidR="006345B3" w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all have proper personnel and experience to complete the scope of work, including experience with similar projects (i.e. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">road-stream </w:t>
+      </w:r>
+      <w:r w:rsidR="006345B3" w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>crossing projects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in MA </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC000A" w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that partially or fully meet </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the MA Stream Crossing Standards</w:t>
+      </w:r>
+      <w:r w:rsidR="006345B3" w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC000A" w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Bidders</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are encouraged to demonstrate experience with similar projects</w:t>
+      </w:r>
+      <w:r w:rsidR="006345B3" w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC000A" w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>through</w:t>
+      </w:r>
+      <w:r w:rsidR="006345B3" w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their Statement of Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC000A" w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (see Section IV: Bid)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC000A" w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="0064494E" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>RECOMMENDED</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for projects that are likely</w:t>
+      </w:r>
+      <w:r w:rsidR="00C639C5" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to or may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> require Chapter 85 review</w:t>
+      </w:r>
+      <w:r w:rsidR="0064494E" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, i.e. projects where the replacement structure span will be over 10 feet. OPTIONAL for other projects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidR="006345B3" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">idders shall </w:t>
+      </w:r>
+      <w:r w:rsidR="006345B3" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidR="006345B3" w:rsidRPr="002E2D53">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="ED0000"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>prequalified by the MassDOT Architects and Engineers Review Board in Basic Bridge Design/Rating</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006345B3" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or include in their scope</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC000A" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, schedule and budget</w:t>
+      </w:r>
+      <w:r w:rsidR="006345B3" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plans to subcontract to a firm that is prequalified for relevant services</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC000A" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and scope of work</w:t>
+      </w:r>
+      <w:r w:rsidR="006345B3" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC000A" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> When applicable, the proposed scope should meet all hydraulic design requirements and include preparation of all design submittals for </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17">
+        <w:r w:rsidR="00FC000A" w:rsidRPr="002E2D53">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="ED0000"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>MassDOT’s MGL Chapter 85, Section 35 Review Process</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FC000A" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4893D355" w14:textId="77777777" w:rsidR="008D3D94" w:rsidRDefault="008D3D94" w:rsidP="00BE68B2">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6879B9A3" w14:textId="5DE8D72D" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="00E773DA" w:rsidP="00BE68B2">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E773DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bidders are encouraged to submit succinct proposals; </w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="00646CF5">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Town Name</w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="00646CF5">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E773DA" w:rsidRPr="00E773DA">
+      <w:r w:rsidRPr="00E773DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">will be an active technical partner with the selected </w:t>
       </w:r>
       <w:r w:rsidR="0082450D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bidder</w:t>
       </w:r>
-      <w:r w:rsidR="00E773DA" w:rsidRPr="00E773DA">
+      <w:r w:rsidRPr="00E773DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0066132D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Bidders shall expect full access to the site and adjacent properties necessary to perform the below tasks.</w:t>
       </w:r>
-      <w:r w:rsidR="00E773DA" w:rsidRPr="00E773DA">
+      <w:r w:rsidRPr="00E773DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Using the Scope of Work template (Attachment 1), deliverables should be clearly identified under each task by Bidders. </w:t>
       </w:r>
       <w:r w:rsidR="00377FDC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="004A1AFA" w:rsidRPr="00AA6625">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>he proposed scope must, at minimum, include the following tasks</w:t>
+        <w:t xml:space="preserve">he proposed scope must, at </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004A1AFA" w:rsidRPr="00AA6625">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>minimum</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004A1AFA" w:rsidRPr="00AA6625">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, include the following tasks</w:t>
       </w:r>
       <w:r w:rsidR="00BE68B2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for each site</w:t>
       </w:r>
       <w:r w:rsidR="004A1AFA" w:rsidRPr="00AA6625">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D387F8" w14:textId="77777777" w:rsidR="006424ED" w:rsidRPr="00611382" w:rsidRDefault="006424ED" w:rsidP="00611382">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27B7E68D" w14:textId="42C50D5D" w:rsidR="00D80606" w:rsidRPr="00E23704" w:rsidRDefault="00D80606" w:rsidP="00D80606">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
@@ -2808,69 +3263,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006424ED">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Perform a </w:t>
       </w:r>
       <w:r w:rsidRPr="0042210C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>riverbed substrate analysis</w:t>
       </w:r>
       <w:r w:rsidRPr="006424ED">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> pebble-count, to understand the existing riverbed substrate and provide data to calculate the design stream bed material.</w:t>
+        <w:t>, i.e. pebble-count, to understand the existing riverbed substrate and provide data to calculate the design stream bed material.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8BFBCB" w14:textId="30A3C8AC" w:rsidR="006424ED" w:rsidRPr="006424ED" w:rsidRDefault="000F70ED" w:rsidP="004F6AC6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Field </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
@@ -2906,51 +3343,60 @@
         </w:rPr>
         <w:t>upstream and downstream streambed features expected to control the streambed elevation</w:t>
       </w:r>
       <w:r w:rsidR="003311BD">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (grade controls)</w:t>
       </w:r>
       <w:r w:rsidR="008F4090">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> through the crossing when the existing structure is replaced. These should be located on a field sketch for future survey</w:t>
       </w:r>
       <w:r w:rsidR="006F3E03">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and should generally extend a minimum </w:t>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="006F3E03">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">should generally extend a minimum </w:t>
       </w:r>
       <w:r w:rsidR="006F3E03" w:rsidRPr="00950F38">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">distance of 20-30 times the average </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006F3E03" w:rsidRPr="00950F38">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>bankfull</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006F3E03" w:rsidRPr="00950F38">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3052,69 +3498,51 @@
         </w:rPr>
         <w:t>This is normally several hundred feet away from the existing crossing</w:t>
       </w:r>
       <w:r w:rsidR="0035156C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> location.</w:t>
       </w:r>
       <w:r w:rsidR="006C4B74">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E5C01" w:rsidRPr="006C4B74">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">For additional information on identifying reference reaches, see </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> et al (2008).</w:t>
+        <w:t>For additional information on identifying reference reaches, see Gubernick et al (2008).</w:t>
       </w:r>
       <w:r w:rsidR="001E5C01">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6747A416" w14:textId="3113BBFC" w:rsidR="006424ED" w:rsidRPr="006424ED" w:rsidRDefault="000F70ED" w:rsidP="0339A6D3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -3145,60 +3573,51 @@
       </w:r>
       <w:r w:rsidR="49690971" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and flag a minimum of 3 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="49690971" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>bankfull</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="49690971" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> width measurement locations and representative cross-sections both upstream and downstream of the structure (6 total) so these </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">locations can be surveyed during </w:t>
+        <w:t xml:space="preserve"> width measurement locations and representative cross-sections both upstream and downstream of the structure (6 total) so these locations can be surveyed during </w:t>
       </w:r>
       <w:r w:rsidR="79C96673" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="49690971" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ask </w:t>
       </w:r>
       <w:r w:rsidR="6528A9D3" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
@@ -3692,51 +4111,69 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7A05">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Perform a </w:t>
       </w:r>
       <w:r w:rsidRPr="00594308">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsurface investigation </w:t>
       </w:r>
       <w:r w:rsidRPr="006D7A05">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">and soils analysis, including at least 2 borings adjacent to the culvert within the limits of the roadway. </w:t>
+        <w:t xml:space="preserve">and soils analysis, including at least 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D7A05">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>borings</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D7A05">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adjacent to the culvert within the limits of the roadway. </w:t>
       </w:r>
       <w:r w:rsidR="00301C4B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Borings should </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00301C4B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>be located in</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00301C4B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3855,1183 +4292,1205 @@
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="137AB7C6" w14:textId="61DDB077" w:rsidR="00611382" w:rsidRDefault="00272570" w:rsidP="00272570">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272570">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">When applicable, the proposed scope should meet all geotechnical design requirements and include preparation of all design submittals for </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
-        <w:proofErr w:type="spellStart"/>
+      <w:hyperlink r:id="rId18">
         <w:r w:rsidRPr="00272570">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>MassDOT’s</w:t>
+          <w:t>MassDOT’s MGL Chapter 85, Section 35 Review Process</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00272570">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C7AF8F" w14:textId="77777777" w:rsidR="00ED4F4E" w:rsidRPr="006424ED" w:rsidRDefault="00ED4F4E" w:rsidP="00272570">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65E8EE42" w14:textId="1FA71E26" w:rsidR="00611382" w:rsidRPr="006424ED" w:rsidRDefault="00611382" w:rsidP="00611382">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Task </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74039">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deliverable: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3409572F" w14:textId="3B398AE4" w:rsidR="00611382" w:rsidRPr="00F51FFF" w:rsidRDefault="00611382" w:rsidP="004F6AC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">A detailed analysis regarding the subsurface findings including engineering properties of the subsurface material included in </w:t>
+      </w:r>
+      <w:r w:rsidR="00026547" w:rsidRPr="00F51FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F51FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technical </w:t>
+      </w:r>
+      <w:r w:rsidR="0042210C" w:rsidRPr="00F51FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Memo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F51FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65626D8E" w14:textId="77777777" w:rsidR="00611382" w:rsidRPr="00F51FFF" w:rsidRDefault="00611382" w:rsidP="004F6AC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Boring logs and notes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C11C55E" w14:textId="77777777" w:rsidR="00611382" w:rsidRDefault="00611382" w:rsidP="006424ED">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20CD6664" w14:textId="49E731E8" w:rsidR="006424ED" w:rsidRPr="006F3E03" w:rsidRDefault="006424ED" w:rsidP="006424ED">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F3E03">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Task </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74039" w:rsidRPr="006F3E03">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F3E03">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>) Survey the road-stream crossing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02DDC97F" w14:textId="20A60C2B" w:rsidR="006424ED" w:rsidRPr="006424ED" w:rsidRDefault="006424ED" w:rsidP="006424ED">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This task shall occur in consultation and coordination </w:t>
+      </w:r>
+      <w:r w:rsidR="00026547">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with water resource </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00026547">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>engineer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00026547">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00026547">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>scientist</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00026547">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00026547">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>specializes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00026547">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in river form and processes</w:t>
+      </w:r>
+      <w:r w:rsidR="00646CF5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1187C556" w14:textId="230673E4" w:rsidR="006424ED" w:rsidRPr="006424ED" w:rsidRDefault="006424ED" w:rsidP="004F6AC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Perform a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042210C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>topographic survey</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and include other relevant features; including, but not limited to resource areas, adjacent areas for the potential use of stormwater features, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">headwall/wingwall locations and elevations, centerline elevation of the road, site topography at least 50 feet from the edge of the road, </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4098">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">key site features that may act as constraints to replacing the crossing, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and geotechnical boring locations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA3090" w14:textId="79232548" w:rsidR="006424ED" w:rsidRPr="006424ED" w:rsidRDefault="006424ED" w:rsidP="004F6AC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0042210C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Survey longitudinal profile</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the river </w:t>
+      </w:r>
+      <w:r w:rsidR="00950F38" w:rsidRPr="00950F38">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upstream and downstream of the crossing (a minimum distance of 20-30 times the average </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00950F38" w:rsidRPr="00950F38">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bankfull</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00950F38" w:rsidRPr="00950F38">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> width of the stream in each direction)</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F38">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. This profile should include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, but not</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F38">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">limited to </w:t>
+      </w:r>
+      <w:r w:rsidR="00950F38">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">streambed features </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(steps, pools, riffles, glides), grade control locations and elevations, culvert invert elevations, top of culvert elevation, locations of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bankfull</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> width measurements, representative cross-sections above and below each culvert, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4CE9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and large wood deposits</w:t>
+      </w:r>
+      <w:r w:rsidR="00301C4B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F3623E8" w14:textId="68EDFEC3" w:rsidR="002F5BAC" w:rsidRDefault="51B5322E" w:rsidP="0339A6D3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Survey riverine </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0022">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reference reaches, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C0022">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bankfull</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C0022">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> widths, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cross sections </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0022">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and site features </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">flagged in Tasks </w:t>
+      </w:r>
+      <w:r w:rsidR="5A7661AA" w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0022">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00194F33">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2.E, 2.F, and </w:t>
+      </w:r>
+      <w:r w:rsidR="5A7661AA" w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0022">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08CDB68F" w14:textId="37B236BB" w:rsidR="006424ED" w:rsidRPr="006424ED" w:rsidRDefault="006424ED" w:rsidP="004F6AC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prepare an existing conditions topographic plan</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5376">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including reference reach location</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and plot the streambed longitudinal profile</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5376">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cross sections</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5376">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and key grade control features</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for each crossing</w:t>
+      </w:r>
+      <w:r w:rsidR="00B46C74">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as well as approximate property lines and roadway rights of way</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4CE9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The profile plot should include the full reach (500 to 2,000 feet) and a zoom of the structure (50 to 200 feet).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E137B5" w14:textId="77777777" w:rsidR="006424ED" w:rsidRPr="006424ED" w:rsidRDefault="006424ED" w:rsidP="006424ED">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1922F798" w14:textId="4F1491FF" w:rsidR="006424ED" w:rsidRPr="006424ED" w:rsidRDefault="006424ED" w:rsidP="006424ED">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Task </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74039">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>) Deliverable:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11435BD9" w14:textId="02A0EAC7" w:rsidR="006424ED" w:rsidRPr="00144C50" w:rsidRDefault="006424ED" w:rsidP="00144C50">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Survey data and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00757D81" w:rsidRPr="00F51FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>full size</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F51FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> existing conditions plans</w:t>
+      </w:r>
+      <w:r w:rsidR="00646CF5" w:rsidRPr="00F51FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F51FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including a plotted and labeled longitudinal profile and cross-sections in CAD and pdf format.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60274AC1" w14:textId="07F68F36" w:rsidR="006424ED" w:rsidRPr="00983974" w:rsidRDefault="006424ED" w:rsidP="006424ED">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983974">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Task </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74039" w:rsidRPr="00983974">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983974">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Hydrologic / Hydraulic Studies: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6BAD6C" w14:textId="4788D0C6" w:rsidR="006424ED" w:rsidRPr="006424ED" w:rsidRDefault="7262BF95" w:rsidP="0339A6D3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conduct a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hydrologic study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the project site, using methods</w:t>
+      </w:r>
+      <w:r w:rsidR="3875CC2B" w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appropriate for the site and watershed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="14D3F0F2" w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Evaluate and select a minimum of two </w:t>
+      </w:r>
+      <w:r w:rsidR="6F3690F0" w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">appropriate </w:t>
+      </w:r>
+      <w:r w:rsidR="14D3F0F2" w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hydrologic </w:t>
+      </w:r>
+      <w:r w:rsidR="5D79FAB2" w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">methods or </w:t>
+      </w:r>
+      <w:r w:rsidR="14D3F0F2" w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>models to develop flow estimations at the crossing location.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Identify typical low flows, the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bankfull</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> discharge, 5-year, 10-year, </w:t>
+      </w:r>
+      <w:r w:rsidR="14D3F0F2" w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25-year, 50-year </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and 100-year discharges, or other flows essential to the engineering and design process. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A30386C" w14:textId="6F85F775" w:rsidR="00AF5863" w:rsidRDefault="006424ED" w:rsidP="00AF5863">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conduct a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042210C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hydraulic analysis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to predict water depths, velocities, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032134B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>water surface profiles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for existing </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51FFF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and proposed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">conditions. Identify any existing </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4098">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">scour and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424ED">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erosion concerns adjacent to the existing culvert. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F17A374" w14:textId="77777777" w:rsidR="00402D9B" w:rsidRPr="00402D9B" w:rsidRDefault="00402D9B" w:rsidP="00AF5863">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="787AC178" w14:textId="10861606" w:rsidR="006424ED" w:rsidRDefault="00AF5863" w:rsidP="00144C50">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00272570">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When applicable, the proposed scope should meet all </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3C61" w:rsidRPr="00272570">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1A8D" w:rsidRPr="00272570">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3C61" w:rsidRPr="00272570">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>draulic</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1A8D" w:rsidRPr="00272570">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00272570">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">design requirements and include preparation of all design submittals for </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="00272570">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t xml:space="preserve"> MGL Chapter 85, Section 35 Review Process</w:t>
-[...1110 lines deleted...]
-          <w:t xml:space="preserve"> MGL Chapter 85, Section 35 Review Process</w:t>
+          <w:t>MassDOT’s MGL Chapter 85, Section 35 Review Process</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00272570">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0307A932" w14:textId="77777777" w:rsidR="00144C50" w:rsidRPr="00402D9B" w:rsidRDefault="00144C50" w:rsidP="00402D9B">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="185D022C" w14:textId="7E572E01" w:rsidR="006424ED" w:rsidRPr="006424ED" w:rsidRDefault="006424ED" w:rsidP="006424ED">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -5519,51 +5978,60 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>onsiderations may include</w:t>
       </w:r>
       <w:r w:rsidR="00174BF9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (but are not limited to):</w:t>
       </w:r>
       <w:r w:rsidR="00A660A4" w:rsidRPr="00A660A4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A660A4" w:rsidRPr="00A660A4">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">site constraints, ease of construction, structure lifespan, potential for </w:t>
+        <w:t xml:space="preserve">site constraints, ease of construction, structure lifespan, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A660A4" w:rsidRPr="00A660A4">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">potential for </w:t>
       </w:r>
       <w:r w:rsidR="00174BF9">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>scour</w:t>
       </w:r>
       <w:r w:rsidR="00A660A4" w:rsidRPr="00A660A4">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, stream stability and risk of stream channel adjustment, benefits to stream habitat</w:t>
       </w:r>
       <w:r w:rsidR="003C4098">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ability to meet the Massachusetts Stream Crossing Standards</w:t>
       </w:r>
@@ -5782,51 +6250,50 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="270C256C" w14:textId="098A1EBB" w:rsidR="006424ED" w:rsidRPr="006424ED" w:rsidRDefault="006424ED" w:rsidP="006424ED">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006424ED">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Task </w:t>
       </w:r>
       <w:r w:rsidR="00A74039">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="006424ED">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>) Deliverable:</w:t>
       </w:r>
       <w:r w:rsidRPr="006424ED">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5863,165 +6330,183 @@
         </w:rPr>
         <w:t>Memo</w:t>
       </w:r>
       <w:r w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (draft and final) including information described above for each stream crossing in MS Office </w:t>
       </w:r>
       <w:r w:rsidR="00886858">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>or PDF formats.</w:t>
       </w:r>
       <w:r w:rsidR="2F41058D" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Draft memo will be reviewed by municipal staff and potential project partners or funders. </w:t>
+        <w:t xml:space="preserve"> Draft </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="2F41058D" w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>memo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="2F41058D" w:rsidRPr="0339A6D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be reviewed by municipal staff and potential project partners or funders. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F4833F6" w14:textId="79B35142" w:rsidR="001C4211" w:rsidRPr="001C4211" w:rsidRDefault="001C4211" w:rsidP="001C4211"/>
     <w:p w14:paraId="506EAE24" w14:textId="2EB22869" w:rsidR="0028287A" w:rsidRDefault="001C4211" w:rsidP="001C4211">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00983974">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Task </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00983974">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00DF0130">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Engineering Design Plans and Cost Estimates</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4111FA59" w14:textId="5B93FF98" w:rsidR="009A27BF" w:rsidRDefault="1B962B0A" w:rsidP="0339A6D3">
+    <w:p w14:paraId="4111FA59" w14:textId="5B93FF98" w:rsidR="009A27BF" w:rsidRPr="002E2D53" w:rsidRDefault="1B962B0A" w:rsidP="0339A6D3">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0339A6D3">
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[For </w:t>
       </w:r>
-      <w:r w:rsidR="4D072E2E" w:rsidRPr="0339A6D3">
+      <w:r w:rsidR="4D072E2E" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="0339A6D3">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">reliminary </w:t>
       </w:r>
-      <w:r w:rsidR="4D072E2E" w:rsidRPr="0339A6D3">
+      <w:r w:rsidR="4D072E2E" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="0339A6D3">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>esign]</w:t>
       </w:r>
-      <w:r w:rsidRPr="0339A6D3">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="4E9C1923" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This task includes </w:t>
       </w:r>
       <w:r w:rsidR="390FDA5D" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">services necessary </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -6104,136 +6589,136 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="6C5E59E2" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">necessary </w:t>
       </w:r>
       <w:r w:rsidR="26278B84" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>stakeholders</w:t>
       </w:r>
       <w:r w:rsidR="7AC7ADE9" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="6CC3ABCF" w:rsidRPr="0339A6D3">
+      <w:r w:rsidR="6CC3ABCF" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="2E044BA3" w:rsidRPr="0339A6D3">
+      <w:r w:rsidR="2E044BA3" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Municipalities may also want to request</w:t>
       </w:r>
-      <w:r w:rsidR="5AA8CCF8" w:rsidRPr="0339A6D3">
+      <w:r w:rsidR="5AA8CCF8" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at this step</w:t>
       </w:r>
-      <w:r w:rsidR="2E044BA3" w:rsidRPr="0339A6D3">
+      <w:r w:rsidR="2E044BA3" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="08FDDDB2" w:rsidRPr="0339A6D3">
+      <w:r w:rsidR="08FDDDB2" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Develop a preliminary opinion of probable cost for the replacement structure.</w:t>
       </w:r>
-      <w:r w:rsidR="6CC3ABCF" w:rsidRPr="0339A6D3">
+      <w:r w:rsidR="6CC3ABCF" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A820B2" w14:textId="73F5DB36" w:rsidR="00094027" w:rsidRDefault="00094027" w:rsidP="0339A6D3">
+    <w:p w14:paraId="40A820B2" w14:textId="73F5DB36" w:rsidR="00094027" w:rsidRPr="002E2D53" w:rsidRDefault="00094027" w:rsidP="0339A6D3">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="518EC87D" w14:textId="74115B38" w:rsidR="003D7D6B" w:rsidRPr="005D2719" w:rsidRDefault="4D072E2E" w:rsidP="0339A6D3">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0339A6D3">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[For Final Design] </w:t>
       </w:r>
       <w:r w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This task includes services as necessary </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for the production of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6317,76 +6802,66 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> meet all the design requirements and</w:t>
       </w:r>
       <w:r w:rsidR="062A77BA" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> include </w:t>
       </w:r>
       <w:r w:rsidR="0379C61E" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">preparation of </w:t>
       </w:r>
       <w:r w:rsidR="062A77BA" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">all design submittals for </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18">
-        <w:proofErr w:type="spellStart"/>
+      <w:hyperlink r:id="rId20">
         <w:r w:rsidR="3B0A5A05" w:rsidRPr="0339A6D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>MassDOT</w:t>
         </w:r>
         <w:r w:rsidR="627D6885" w:rsidRPr="0339A6D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>’s</w:t>
-[...8 lines deleted...]
-          <w:t xml:space="preserve"> </w:t>
+          <w:t xml:space="preserve">’s </w:t>
         </w:r>
         <w:r w:rsidR="3B0A5A05" w:rsidRPr="0339A6D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">MGL </w:t>
         </w:r>
         <w:r w:rsidR="062A77BA" w:rsidRPr="0339A6D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Chapter 85, Section 35</w:t>
         </w:r>
         <w:r w:rsidR="3B0A5A05" w:rsidRPr="0339A6D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> Review Process</w:t>
         </w:r>
@@ -6565,116 +7040,116 @@
       <w:r w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Opinion of </w:t>
       </w:r>
       <w:r w:rsidR="737C0D4A" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Probable Cost (</w:t>
       </w:r>
       <w:r w:rsidR="2A4B09B5" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">preliminary </w:t>
       </w:r>
       <w:r w:rsidR="737C0D4A" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>and final in PDF and MS Excel)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="763F8E74" w14:textId="4EC9C1E1" w:rsidR="00265B9A" w:rsidRDefault="00265B9A" w:rsidP="001F419B">
+    <w:p w14:paraId="763F8E74" w14:textId="4EC9C1E1" w:rsidR="00265B9A" w:rsidRPr="002E2D53" w:rsidRDefault="00265B9A" w:rsidP="001F419B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0339A6D3">
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[Municipalities may also want to request </w:t>
       </w:r>
-      <w:r w:rsidR="00D9196F">
+      <w:r w:rsidR="00D9196F" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hard copies of </w:t>
       </w:r>
-      <w:r w:rsidR="001F419B">
+      <w:r w:rsidR="001F419B" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">full-size </w:t>
       </w:r>
-      <w:r w:rsidR="00D9196F">
+      <w:r w:rsidR="00D9196F" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>design plans</w:t>
       </w:r>
-      <w:r w:rsidR="001F419B">
+      <w:r w:rsidR="001F419B" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for their records and/or submission to regulatory agencies.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0339A6D3">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77AC95AE" w14:textId="77777777" w:rsidR="00265B9A" w:rsidRPr="00265B9A" w:rsidRDefault="00265B9A" w:rsidP="00265B9A"/>
     <w:p w14:paraId="11D8BC77" w14:textId="256B4EE0" w:rsidR="006A59B7" w:rsidRDefault="006A59B7" w:rsidP="006A59B7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00983974">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Task </w:t>
@@ -6882,67 +7357,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="736AD96F" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the proposed scope should include </w:t>
       </w:r>
       <w:r w:rsidR="6724093A" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>any known permit and regulatory approvals which may be necessary based on project location, proposed</w:t>
       </w:r>
       <w:r w:rsidR="66DF3DD7" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and</w:t>
+        <w:t xml:space="preserve"> goals and</w:t>
       </w:r>
       <w:r w:rsidR="6724093A" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> scope</w:t>
       </w:r>
       <w:r w:rsidR="66DF3DD7" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the project</w:t>
       </w:r>
       <w:r w:rsidR="7D8824A1" w:rsidRPr="0339A6D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35F4B46D" w14:textId="77777777" w:rsidR="006A59B7" w:rsidRPr="001518FA" w:rsidRDefault="006A59B7" w:rsidP="006A59B7">
       <w:pPr>
@@ -7153,62 +7612,71 @@
     </w:p>
     <w:p w14:paraId="1F49E708" w14:textId="77777777" w:rsidR="00636F5C" w:rsidRPr="006424ED" w:rsidRDefault="00636F5C" w:rsidP="004A1AFA">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BDBE8EF" w14:textId="77777777" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="004A1AFA" w:rsidP="004A1AFA">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">IV. </w:t>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA6625">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>BID</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0E83C137" w14:textId="77777777" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="004A1AFA" w:rsidP="004A1AFA">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F980AC8" w14:textId="77777777" w:rsidR="001E1C1C" w:rsidRPr="00AF6235" w:rsidRDefault="001E1C1C" w:rsidP="00AA7FB2">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
@@ -7220,55 +7688,55 @@
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Please provide a bid including a Scope of Services to meet the project purpose, description and requirements as outlined above</w:t>
       </w:r>
       <w:r w:rsidR="00465B63">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1C1C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF6235" w:rsidRPr="0094452A">
+      <w:r w:rsidR="00AF6235" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Include municipal procurement language.</w:t>
       </w:r>
       <w:r w:rsidR="00AF6235">
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36E29683" w14:textId="77777777" w:rsidR="00AF6235" w:rsidRPr="001E1C1C" w:rsidRDefault="00AF6235" w:rsidP="001E1C1C">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7566,194 +8034,311 @@
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="120" w:line="280" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1C1C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>List of personnel and their rate category who will specifically be working on this project</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BD85811" w14:textId="77777777" w:rsidR="00EA0783" w:rsidRPr="00AA7FB2" w:rsidRDefault="002B1BED" w:rsidP="004F6AC6">
+    <w:p w14:paraId="6BD85811" w14:textId="42FE0C16" w:rsidR="00EA0783" w:rsidRPr="00AA7FB2" w:rsidRDefault="00360D9F" w:rsidP="53C59170">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:after="120" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA7FB2">
+      <w:r w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Statement of Qualifications, including p</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1BED" w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>roject examples of experience with culvert replace</w:t>
+      </w:r>
+      <w:r w:rsidR="00043CD6" w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>ment</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1BED" w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projects that meet MA River and Stream Crossing Standards</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1332" w:rsidRPr="53C59170">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0023209B" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="0064494E" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>RECOMMENDED</w:t>
+      </w:r>
+      <w:r w:rsidR="0023209B" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for projects that</w:t>
+      </w:r>
+      <w:r w:rsidR="0064494E" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may</w:t>
+      </w:r>
+      <w:r w:rsidR="0023209B" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> require Chapter 85 review] </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1332" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tatement that the firm is </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21">
+        <w:r w:rsidRPr="002E2D53">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b w:val="0"/>
+            <w:color w:val="ED0000"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>prequalified by the MassDOT Architects and Engineers Review Board in Basic Bridge Design/Rating</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006F1332" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="ED0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or has plans to subcontract to a firm that is for relevant services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65B7656E" w14:textId="77777777" w:rsidR="001E1C1C" w:rsidRDefault="001E1C1C" w:rsidP="00423762">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>Project examples of experience with culvert replace</w:t>
-[...31 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="717304EE" w14:textId="279706B2" w:rsidR="001E1C1C" w:rsidRPr="009A4EB5" w:rsidRDefault="001E1C1C" w:rsidP="009A4EB5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1C1C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Note that</w:t>
       </w:r>
       <w:r w:rsidR="0094338A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="00646CF5">
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter Town Name</w:t>
       </w:r>
-      <w:r w:rsidR="00171ADC" w:rsidRPr="00646CF5">
+      <w:r w:rsidR="00171ADC" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E1C1C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>reserves the r</w:t>
       </w:r>
       <w:r w:rsidR="00BF5CC5">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">ight to reject </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BF5CC5">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>any and all</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00BF5CC5">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> bids, including specific tasks</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> bids, including specific </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BF5CC5">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>tasks</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001E1C1C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> and solicit additional proposals from other vendors to ensure the best value is obtained for the services requested. The decision to request additional proposals will be made after evaluating the submitted proposals for overall value, including:</w:t>
       </w:r>
       <w:r w:rsidR="00D51A7C" w:rsidRPr="00D51A7C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64910988" w14:textId="77777777" w:rsidR="00D51A7C" w:rsidRDefault="001E1C1C" w:rsidP="004F6AC6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
@@ -8080,178 +8665,179 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14D8A0E4" w14:textId="68E60FB4" w:rsidR="004A1AFA" w:rsidRPr="00B3116D" w:rsidRDefault="004A1AFA" w:rsidP="004A1AFA">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>We an</w:t>
       </w:r>
       <w:r w:rsidR="003E6351">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ticipate contract beginning </w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="00646CF5">
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Date</w:t>
       </w:r>
       <w:r w:rsidR="00F0704F" w:rsidRPr="001C6D23">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6D23">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Initial contracting is expected to be directly with</w:t>
       </w:r>
       <w:r w:rsidR="00B3116D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="00795D92">
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Town Name</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, with associated work completed by </w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="00795D92">
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Enter </w:t>
       </w:r>
-      <w:r w:rsidR="00795D92" w:rsidRPr="00795D92">
+      <w:r w:rsidR="00795D92" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>contract end date</w:t>
       </w:r>
-      <w:r w:rsidR="00B3116D" w:rsidRPr="00795D92">
+      <w:r w:rsidR="00B3116D" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="00795D92">
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Town Name</w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="00795D92">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3116D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>reserves the right to re-negotiate the Scope of Work related to any tasks under any subsequent contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55A111A2" w14:textId="77777777" w:rsidR="005649C3" w:rsidRPr="00B3116D" w:rsidRDefault="005649C3" w:rsidP="004A1AFA">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
@@ -8309,131 +8895,131 @@
       <w:r w:rsidR="007A2307" w:rsidRPr="001C6D23">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="001C6D23">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> PM,</w:t>
       </w:r>
       <w:r w:rsidR="00B3116D" w:rsidRPr="00B3116D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="00795D92">
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter Date</w:t>
       </w:r>
-      <w:r w:rsidRPr="00795D92">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3116D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="00795D92">
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Email Address</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E31F770" w14:textId="77777777" w:rsidR="00294FDD" w:rsidRPr="001C6D23" w:rsidRDefault="00294FDD" w:rsidP="008A6C32">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DEE5B94" w14:textId="2D66A9DF" w:rsidR="008A6C32" w:rsidRDefault="0094338A" w:rsidP="008A6C32">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00795D92">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Town Name</w:t>
       </w:r>
-      <w:r w:rsidR="001C6D23" w:rsidRPr="00795D92">
+      <w:r w:rsidR="001C6D23" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C6D23" w:rsidRPr="00795D92">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>will email</w:t>
       </w:r>
       <w:r w:rsidR="008A6C32" w:rsidRPr="00795D92">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> responses to questions </w:t>
       </w:r>
       <w:r w:rsidR="001C6D23" w:rsidRPr="00795D92">
         <w:rPr>
@@ -8448,55 +9034,55 @@
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by </w:t>
       </w:r>
       <w:r w:rsidR="007A2307" w:rsidRPr="00795D92">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5 PM,</w:t>
       </w:r>
       <w:r w:rsidR="007A2307" w:rsidRPr="001C6D23">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00795D92">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter Date</w:t>
       </w:r>
       <w:r w:rsidR="00C33F1D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C3C1913" w14:textId="77777777" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="004A1AFA" w:rsidP="004A1AFA">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -8531,237 +9117,237 @@
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="596B620A" w14:textId="1AF09456" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="004A1AFA" w:rsidP="004A1AFA">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6625">
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Deadline: </w:t>
       </w:r>
-      <w:r w:rsidR="0094338A" w:rsidRPr="00795D92">
+      <w:r w:rsidR="0094338A" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enter Proposal Deadline</w:t>
       </w:r>
       <w:r w:rsidR="00C33F1D">
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="079CFB31" w14:textId="77777777" w:rsidR="004A1AFA" w:rsidRPr="00AA6625" w:rsidRDefault="004A1AFA" w:rsidP="004A1AFA">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BC36A7E" w14:textId="6BF4260E" w:rsidR="00282F7F" w:rsidRPr="00AA6625" w:rsidRDefault="00794EF4" w:rsidP="00442409">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00795D92">
+      <w:r w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Provide information about how to and where to submit proposals. Provide them with any electronic links they may need. Remind them of any attachments or contracting documents they need to provi</w:t>
       </w:r>
-      <w:r w:rsidR="006A63A9">
+      <w:r w:rsidR="006A63A9" w:rsidRPr="002E2D53">
         <w:rPr>
           <w:i/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>de.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00282F7F" w:rsidRPr="00AA6625" w:rsidSect="00795D92">
-      <w:headerReference w:type="even" r:id="rId19"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId24"/>
+      <w:headerReference w:type="even" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId23"/>
+      <w:footerReference w:type="even" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
+      <w:headerReference w:type="first" r:id="rId26"/>
+      <w:footerReference w:type="first" r:id="rId27"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C9FE972" w14:textId="77777777" w:rsidR="00640BCB" w:rsidRDefault="00640BCB">
+    <w:p w14:paraId="1FFE29A0" w14:textId="77777777" w:rsidR="00B5714D" w:rsidRDefault="00B5714D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67F49CE9" w14:textId="77777777" w:rsidR="00640BCB" w:rsidRDefault="00640BCB">
+    <w:p w14:paraId="46C663C7" w14:textId="77777777" w:rsidR="00B5714D" w:rsidRDefault="00B5714D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2F1F1BF3" w14:textId="77777777" w:rsidR="0028287A" w:rsidRDefault="0028287A"/>
+    <w:p w14:paraId="32827D38" w14:textId="77777777" w:rsidR="00B5714D" w:rsidRDefault="00B5714D"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5A1176BA" w14:textId="77777777" w:rsidR="00901B81" w:rsidRDefault="00901B81">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1901014078"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="1054D0E1" w14:textId="77777777" w:rsidR="00640BCB" w:rsidRPr="00AF77F2" w:rsidRDefault="00AF4CE9" w:rsidP="00AF77F2">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
@@ -8774,191 +9360,199 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2566E100" w14:textId="1AC013DA" w:rsidR="00F23AB1" w:rsidRPr="00F23AB1" w:rsidRDefault="00F23AB1" w:rsidP="00F23AB1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2566E100" w14:textId="253B64A4" w:rsidR="00F23AB1" w:rsidRPr="00F23AB1" w:rsidRDefault="00F23AB1" w:rsidP="00F23AB1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Latest Version: </w:t>
     </w:r>
     <w:r w:rsidRPr="00F23AB1">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00F23AB1">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DATE \@ "d MMMM yyyy" </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00F23AB1">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="004743EB">
+    <w:r w:rsidR="001574FC">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1 February 2023</w:t>
+      <w:t>27 January 2026</w:t>
     </w:r>
     <w:r w:rsidRPr="00F23AB1">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B6BBF14" w14:textId="77777777" w:rsidR="00640BCB" w:rsidRDefault="00640BCB">
+    <w:p w14:paraId="71626BAD" w14:textId="77777777" w:rsidR="00B5714D" w:rsidRDefault="00B5714D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E376E64" w14:textId="77777777" w:rsidR="00640BCB" w:rsidRDefault="00640BCB">
+    <w:p w14:paraId="4194F844" w14:textId="77777777" w:rsidR="00B5714D" w:rsidRDefault="00B5714D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="33D69880" w14:textId="77777777" w:rsidR="0028287A" w:rsidRDefault="0028287A"/>
+    <w:p w14:paraId="5EAC246F" w14:textId="77777777" w:rsidR="00B5714D" w:rsidRDefault="00B5714D"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="72E835ED" w14:textId="135CCA2F" w:rsidR="001E5C01" w:rsidRDefault="001E5C01" w:rsidP="001E5C01">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A91498">
-        <w:t xml:space="preserve">Gubernick, Robert, Danniel Cenderelli, Kozmo Bates, David Johanson, and Scott Jackson. 2008. “Stream Simulation : An Ecological Approach to Providing Passage for Aquatic Organisms at Road-Stream Crossings.” San Dimas, CA. </w:t>
+        <w:t xml:space="preserve">Gubernick, Robert, Danniel Cenderelli, Kozmo Bates, David Johanson, and Scott Jackson. 2008. “Stream </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A91498">
+        <w:t>Simulation :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A91498">
+        <w:t xml:space="preserve"> An Ecological Approach to Providing Passage for Aquatic Organisms at Road-Stream Crossings.” San Dimas, CA. </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="0091799F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.fs.fed.us/eng/pubs/pdf/StreamSimulation/hi_res/%20FullDoc.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A91498">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3CBC7123" w14:textId="77777777" w:rsidR="00901B81" w:rsidRDefault="00901B81">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3CD7BF14" w14:textId="77777777" w:rsidR="00901B81" w:rsidRDefault="00901B81">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C8FED88" w14:textId="77777777" w:rsidR="00901B81" w:rsidRDefault="00901B81">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WWNum2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -10867,61 +11461,61 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1125153668">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="851141431">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1976829718">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="425807776">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="642734075">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2027251898">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="83969"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D03F2C"/>
     <w:rsid w:val="000000B8"/>
     <w:rsid w:val="000001FC"/>
     <w:rsid w:val="00000FBD"/>
     <w:rsid w:val="000011FF"/>
@@ -11035,50 +11629,51 @@
     <w:rsid w:val="00073F11"/>
     <w:rsid w:val="00074011"/>
     <w:rsid w:val="000754FE"/>
     <w:rsid w:val="00075BA5"/>
     <w:rsid w:val="000775DA"/>
     <w:rsid w:val="00077CE2"/>
     <w:rsid w:val="0008057C"/>
     <w:rsid w:val="00080E9E"/>
     <w:rsid w:val="00080FAF"/>
     <w:rsid w:val="0008111D"/>
     <w:rsid w:val="000813AE"/>
     <w:rsid w:val="000821EE"/>
     <w:rsid w:val="0008416E"/>
     <w:rsid w:val="00084245"/>
     <w:rsid w:val="00084C72"/>
     <w:rsid w:val="00085ACC"/>
     <w:rsid w:val="00085C83"/>
     <w:rsid w:val="000861AE"/>
     <w:rsid w:val="000864FF"/>
     <w:rsid w:val="000866A4"/>
     <w:rsid w:val="00090173"/>
     <w:rsid w:val="000902AC"/>
     <w:rsid w:val="000908D1"/>
     <w:rsid w:val="00090C4B"/>
     <w:rsid w:val="00090CCF"/>
+    <w:rsid w:val="000914BB"/>
     <w:rsid w:val="00092C7E"/>
     <w:rsid w:val="00092FD4"/>
     <w:rsid w:val="00094027"/>
     <w:rsid w:val="00094594"/>
     <w:rsid w:val="0009469F"/>
     <w:rsid w:val="000958D7"/>
     <w:rsid w:val="00096E4F"/>
     <w:rsid w:val="00096EEA"/>
     <w:rsid w:val="00097933"/>
     <w:rsid w:val="000A0C33"/>
     <w:rsid w:val="000A1348"/>
     <w:rsid w:val="000A20C5"/>
     <w:rsid w:val="000A2313"/>
     <w:rsid w:val="000A25C4"/>
     <w:rsid w:val="000A2758"/>
     <w:rsid w:val="000A2779"/>
     <w:rsid w:val="000A27DC"/>
     <w:rsid w:val="000A46C1"/>
     <w:rsid w:val="000A53E9"/>
     <w:rsid w:val="000A57B4"/>
     <w:rsid w:val="000A5B44"/>
     <w:rsid w:val="000A619E"/>
     <w:rsid w:val="000A6D57"/>
     <w:rsid w:val="000A7438"/>
     <w:rsid w:val="000A7757"/>
@@ -11228,50 +11823,51 @@
     <w:rsid w:val="00143754"/>
     <w:rsid w:val="00143ABB"/>
     <w:rsid w:val="00143F6B"/>
     <w:rsid w:val="00144047"/>
     <w:rsid w:val="00144C50"/>
     <w:rsid w:val="0014517B"/>
     <w:rsid w:val="00145E66"/>
     <w:rsid w:val="00145FB3"/>
     <w:rsid w:val="00146036"/>
     <w:rsid w:val="00146A63"/>
     <w:rsid w:val="00147006"/>
     <w:rsid w:val="001470B7"/>
     <w:rsid w:val="001473DD"/>
     <w:rsid w:val="001476B4"/>
     <w:rsid w:val="00147AA5"/>
     <w:rsid w:val="00150A51"/>
     <w:rsid w:val="00151683"/>
     <w:rsid w:val="001518FA"/>
     <w:rsid w:val="00151A92"/>
     <w:rsid w:val="00152174"/>
     <w:rsid w:val="00153D54"/>
     <w:rsid w:val="001559AD"/>
     <w:rsid w:val="0015659A"/>
     <w:rsid w:val="00156A16"/>
     <w:rsid w:val="00156D0D"/>
+    <w:rsid w:val="001574FC"/>
     <w:rsid w:val="00161285"/>
     <w:rsid w:val="001620D1"/>
     <w:rsid w:val="00162864"/>
     <w:rsid w:val="00162EFC"/>
     <w:rsid w:val="00163725"/>
     <w:rsid w:val="00165AB3"/>
     <w:rsid w:val="00166090"/>
     <w:rsid w:val="001663C1"/>
     <w:rsid w:val="00166A74"/>
     <w:rsid w:val="0016737C"/>
     <w:rsid w:val="00167DD7"/>
     <w:rsid w:val="00170500"/>
     <w:rsid w:val="001712BE"/>
     <w:rsid w:val="00171ADC"/>
     <w:rsid w:val="00171C87"/>
     <w:rsid w:val="00171DE4"/>
     <w:rsid w:val="00172165"/>
     <w:rsid w:val="00172642"/>
     <w:rsid w:val="00172680"/>
     <w:rsid w:val="00172758"/>
     <w:rsid w:val="00172878"/>
     <w:rsid w:val="001730C0"/>
     <w:rsid w:val="00174BF9"/>
     <w:rsid w:val="0017561F"/>
     <w:rsid w:val="001756D8"/>
@@ -11429,50 +12025,51 @@
     <w:rsid w:val="00216CB6"/>
     <w:rsid w:val="00216D7A"/>
     <w:rsid w:val="00217AEC"/>
     <w:rsid w:val="00220655"/>
     <w:rsid w:val="00220FEF"/>
     <w:rsid w:val="00221070"/>
     <w:rsid w:val="00221121"/>
     <w:rsid w:val="0022293A"/>
     <w:rsid w:val="00222AEE"/>
     <w:rsid w:val="00222EE3"/>
     <w:rsid w:val="00223597"/>
     <w:rsid w:val="00223AE4"/>
     <w:rsid w:val="002255D8"/>
     <w:rsid w:val="00225BB0"/>
     <w:rsid w:val="00226A69"/>
     <w:rsid w:val="00226C75"/>
     <w:rsid w:val="0022722E"/>
     <w:rsid w:val="00227A41"/>
     <w:rsid w:val="00227A7B"/>
     <w:rsid w:val="002300AE"/>
     <w:rsid w:val="0023043B"/>
     <w:rsid w:val="0023113D"/>
     <w:rsid w:val="0023115D"/>
     <w:rsid w:val="00231B65"/>
     <w:rsid w:val="00231CCC"/>
+    <w:rsid w:val="0023209B"/>
     <w:rsid w:val="00232526"/>
     <w:rsid w:val="0023312A"/>
     <w:rsid w:val="002331C4"/>
     <w:rsid w:val="00233649"/>
     <w:rsid w:val="0023367E"/>
     <w:rsid w:val="00233C8A"/>
     <w:rsid w:val="00233EB2"/>
     <w:rsid w:val="0023416B"/>
     <w:rsid w:val="002351A7"/>
     <w:rsid w:val="002353A2"/>
     <w:rsid w:val="00235460"/>
     <w:rsid w:val="00236107"/>
     <w:rsid w:val="002363DE"/>
     <w:rsid w:val="0023786D"/>
     <w:rsid w:val="002379C1"/>
     <w:rsid w:val="0024006B"/>
     <w:rsid w:val="0024310A"/>
     <w:rsid w:val="0024455C"/>
     <w:rsid w:val="00244707"/>
     <w:rsid w:val="0024471E"/>
     <w:rsid w:val="00244AC1"/>
     <w:rsid w:val="00244E18"/>
     <w:rsid w:val="00245213"/>
     <w:rsid w:val="00245303"/>
     <w:rsid w:val="00246B22"/>
@@ -11621,50 +12218,51 @@
     <w:rsid w:val="002C61D0"/>
     <w:rsid w:val="002C7F38"/>
     <w:rsid w:val="002D0B31"/>
     <w:rsid w:val="002D101C"/>
     <w:rsid w:val="002D1044"/>
     <w:rsid w:val="002D11CF"/>
     <w:rsid w:val="002D136F"/>
     <w:rsid w:val="002D165D"/>
     <w:rsid w:val="002D1B05"/>
     <w:rsid w:val="002D208E"/>
     <w:rsid w:val="002D2295"/>
     <w:rsid w:val="002D2811"/>
     <w:rsid w:val="002D2CDA"/>
     <w:rsid w:val="002D2EEC"/>
     <w:rsid w:val="002D329E"/>
     <w:rsid w:val="002D33EC"/>
     <w:rsid w:val="002D34B1"/>
     <w:rsid w:val="002D3A81"/>
     <w:rsid w:val="002D482E"/>
     <w:rsid w:val="002D542D"/>
     <w:rsid w:val="002D559E"/>
     <w:rsid w:val="002E02FE"/>
     <w:rsid w:val="002E06FC"/>
     <w:rsid w:val="002E2151"/>
     <w:rsid w:val="002E27BA"/>
+    <w:rsid w:val="002E2D53"/>
     <w:rsid w:val="002E4007"/>
     <w:rsid w:val="002E4A77"/>
     <w:rsid w:val="002E4D1E"/>
     <w:rsid w:val="002E569A"/>
     <w:rsid w:val="002E5BA0"/>
     <w:rsid w:val="002E7081"/>
     <w:rsid w:val="002F042B"/>
     <w:rsid w:val="002F0B4A"/>
     <w:rsid w:val="002F14BF"/>
     <w:rsid w:val="002F1DAB"/>
     <w:rsid w:val="002F233A"/>
     <w:rsid w:val="002F2D1B"/>
     <w:rsid w:val="002F2D3A"/>
     <w:rsid w:val="002F2F28"/>
     <w:rsid w:val="002F3660"/>
     <w:rsid w:val="002F4043"/>
     <w:rsid w:val="002F4F2F"/>
     <w:rsid w:val="002F51E2"/>
     <w:rsid w:val="002F541B"/>
     <w:rsid w:val="002F5572"/>
     <w:rsid w:val="002F5BAC"/>
     <w:rsid w:val="002F5CCA"/>
     <w:rsid w:val="002F611A"/>
     <w:rsid w:val="002F64CF"/>
     <w:rsid w:val="002F6CF1"/>
@@ -11745,50 +12343,51 @@
     <w:rsid w:val="00344C25"/>
     <w:rsid w:val="00344CA6"/>
     <w:rsid w:val="003450C6"/>
     <w:rsid w:val="0034582C"/>
     <w:rsid w:val="00345B11"/>
     <w:rsid w:val="0034610B"/>
     <w:rsid w:val="0034646A"/>
     <w:rsid w:val="0034681B"/>
     <w:rsid w:val="00346E93"/>
     <w:rsid w:val="00347474"/>
     <w:rsid w:val="00347DF4"/>
     <w:rsid w:val="00350276"/>
     <w:rsid w:val="003504F7"/>
     <w:rsid w:val="0035156C"/>
     <w:rsid w:val="003515E2"/>
     <w:rsid w:val="0035204B"/>
     <w:rsid w:val="003525FC"/>
     <w:rsid w:val="00353658"/>
     <w:rsid w:val="00353DD8"/>
     <w:rsid w:val="003540DF"/>
     <w:rsid w:val="00354DDD"/>
     <w:rsid w:val="003558CE"/>
     <w:rsid w:val="00356845"/>
     <w:rsid w:val="0035697E"/>
     <w:rsid w:val="00357884"/>
+    <w:rsid w:val="00360D9F"/>
     <w:rsid w:val="00360F52"/>
     <w:rsid w:val="003613DC"/>
     <w:rsid w:val="003618C0"/>
     <w:rsid w:val="00361ACA"/>
     <w:rsid w:val="00361FD7"/>
     <w:rsid w:val="003632EE"/>
     <w:rsid w:val="00363405"/>
     <w:rsid w:val="00363E5B"/>
     <w:rsid w:val="003651D4"/>
     <w:rsid w:val="00365477"/>
     <w:rsid w:val="00366726"/>
     <w:rsid w:val="00366C78"/>
     <w:rsid w:val="003677DB"/>
     <w:rsid w:val="0036F08D"/>
     <w:rsid w:val="0037087E"/>
     <w:rsid w:val="0037212F"/>
     <w:rsid w:val="003733F8"/>
     <w:rsid w:val="0037356D"/>
     <w:rsid w:val="00373DC0"/>
     <w:rsid w:val="0037556D"/>
     <w:rsid w:val="00375E39"/>
     <w:rsid w:val="00376725"/>
     <w:rsid w:val="003768FA"/>
     <w:rsid w:val="00377618"/>
     <w:rsid w:val="00377B2B"/>
@@ -12016,50 +12615,51 @@
     <w:rsid w:val="00465D68"/>
     <w:rsid w:val="004660AB"/>
     <w:rsid w:val="00466903"/>
     <w:rsid w:val="00466944"/>
     <w:rsid w:val="004669F1"/>
     <w:rsid w:val="00466E76"/>
     <w:rsid w:val="00467CB5"/>
     <w:rsid w:val="0047035E"/>
     <w:rsid w:val="00470F54"/>
     <w:rsid w:val="00471C87"/>
     <w:rsid w:val="00471FC1"/>
     <w:rsid w:val="00472953"/>
     <w:rsid w:val="00472EE4"/>
     <w:rsid w:val="00472FE4"/>
     <w:rsid w:val="004742F1"/>
     <w:rsid w:val="004743EB"/>
     <w:rsid w:val="00474B74"/>
     <w:rsid w:val="004755AD"/>
     <w:rsid w:val="00476966"/>
     <w:rsid w:val="00480F98"/>
     <w:rsid w:val="00480FE4"/>
     <w:rsid w:val="004816A2"/>
     <w:rsid w:val="00482052"/>
     <w:rsid w:val="0048260B"/>
     <w:rsid w:val="00482CE3"/>
+    <w:rsid w:val="00482FE3"/>
     <w:rsid w:val="00484257"/>
     <w:rsid w:val="00484711"/>
     <w:rsid w:val="0048539D"/>
     <w:rsid w:val="00485874"/>
     <w:rsid w:val="0048780F"/>
     <w:rsid w:val="004904BB"/>
     <w:rsid w:val="00491B9C"/>
     <w:rsid w:val="004923EF"/>
     <w:rsid w:val="00492448"/>
     <w:rsid w:val="00492A1D"/>
     <w:rsid w:val="00493C96"/>
     <w:rsid w:val="00495008"/>
     <w:rsid w:val="00495197"/>
     <w:rsid w:val="00495BDA"/>
     <w:rsid w:val="0049624F"/>
     <w:rsid w:val="004963F1"/>
     <w:rsid w:val="004969C7"/>
     <w:rsid w:val="00497564"/>
     <w:rsid w:val="004976C9"/>
     <w:rsid w:val="0049778A"/>
     <w:rsid w:val="0049781F"/>
     <w:rsid w:val="004A0196"/>
     <w:rsid w:val="004A128C"/>
     <w:rsid w:val="004A16DD"/>
     <w:rsid w:val="004A1AFA"/>
@@ -12113,50 +12713,51 @@
     <w:rsid w:val="004D3D18"/>
     <w:rsid w:val="004D3ED7"/>
     <w:rsid w:val="004D46A6"/>
     <w:rsid w:val="004D602A"/>
     <w:rsid w:val="004D6238"/>
     <w:rsid w:val="004D646E"/>
     <w:rsid w:val="004D69AE"/>
     <w:rsid w:val="004D6FD2"/>
     <w:rsid w:val="004D73A6"/>
     <w:rsid w:val="004D7E05"/>
     <w:rsid w:val="004E005F"/>
     <w:rsid w:val="004E0D34"/>
     <w:rsid w:val="004E10C3"/>
     <w:rsid w:val="004E333A"/>
     <w:rsid w:val="004E3369"/>
     <w:rsid w:val="004E3F82"/>
     <w:rsid w:val="004E421C"/>
     <w:rsid w:val="004E451E"/>
     <w:rsid w:val="004E4733"/>
     <w:rsid w:val="004E4B83"/>
     <w:rsid w:val="004E5DCB"/>
     <w:rsid w:val="004E6571"/>
     <w:rsid w:val="004E6879"/>
     <w:rsid w:val="004E68E2"/>
     <w:rsid w:val="004E69E7"/>
+    <w:rsid w:val="004F1EE8"/>
     <w:rsid w:val="004F22BE"/>
     <w:rsid w:val="004F316A"/>
     <w:rsid w:val="004F396D"/>
     <w:rsid w:val="004F3BF8"/>
     <w:rsid w:val="004F47E7"/>
     <w:rsid w:val="004F4D18"/>
     <w:rsid w:val="004F4E0B"/>
     <w:rsid w:val="004F6AC6"/>
     <w:rsid w:val="004F7475"/>
     <w:rsid w:val="00500218"/>
     <w:rsid w:val="005023A4"/>
     <w:rsid w:val="005023D6"/>
     <w:rsid w:val="00502B46"/>
     <w:rsid w:val="00503056"/>
     <w:rsid w:val="00503581"/>
     <w:rsid w:val="00503977"/>
     <w:rsid w:val="0050426E"/>
     <w:rsid w:val="00504DC3"/>
     <w:rsid w:val="005050CA"/>
     <w:rsid w:val="00505365"/>
     <w:rsid w:val="00505436"/>
     <w:rsid w:val="0050593D"/>
     <w:rsid w:val="00505D8E"/>
     <w:rsid w:val="00505E12"/>
     <w:rsid w:val="005106A2"/>
@@ -12414,65 +13015,67 @@
     <w:rsid w:val="006173D9"/>
     <w:rsid w:val="00617CAD"/>
     <w:rsid w:val="0062053E"/>
     <w:rsid w:val="006217A0"/>
     <w:rsid w:val="00622441"/>
     <w:rsid w:val="00623006"/>
     <w:rsid w:val="006230E7"/>
     <w:rsid w:val="006234C3"/>
     <w:rsid w:val="00623826"/>
     <w:rsid w:val="00623864"/>
     <w:rsid w:val="006242C8"/>
     <w:rsid w:val="00624C0E"/>
     <w:rsid w:val="00624E57"/>
     <w:rsid w:val="006257D1"/>
     <w:rsid w:val="00625BC4"/>
     <w:rsid w:val="00625CC2"/>
     <w:rsid w:val="00626916"/>
     <w:rsid w:val="0062764A"/>
     <w:rsid w:val="00627C24"/>
     <w:rsid w:val="00627D7B"/>
     <w:rsid w:val="006304A2"/>
     <w:rsid w:val="00630E6E"/>
     <w:rsid w:val="00631886"/>
     <w:rsid w:val="00631B74"/>
     <w:rsid w:val="00633B54"/>
+    <w:rsid w:val="006345B3"/>
     <w:rsid w:val="00634802"/>
     <w:rsid w:val="00634B09"/>
     <w:rsid w:val="00636960"/>
     <w:rsid w:val="00636F5C"/>
     <w:rsid w:val="00637927"/>
     <w:rsid w:val="006401C0"/>
     <w:rsid w:val="00640612"/>
     <w:rsid w:val="00640776"/>
     <w:rsid w:val="00640A30"/>
     <w:rsid w:val="00640BCB"/>
     <w:rsid w:val="00641F51"/>
     <w:rsid w:val="006424ED"/>
     <w:rsid w:val="006427FF"/>
     <w:rsid w:val="00642F7F"/>
     <w:rsid w:val="00643C01"/>
+    <w:rsid w:val="0064494E"/>
     <w:rsid w:val="0064561C"/>
     <w:rsid w:val="006461AA"/>
     <w:rsid w:val="0064672B"/>
     <w:rsid w:val="00646782"/>
     <w:rsid w:val="00646B44"/>
     <w:rsid w:val="00646CF5"/>
     <w:rsid w:val="00646E05"/>
     <w:rsid w:val="00647750"/>
     <w:rsid w:val="006477F0"/>
     <w:rsid w:val="00647D38"/>
     <w:rsid w:val="00647ECF"/>
     <w:rsid w:val="00650811"/>
     <w:rsid w:val="00650A96"/>
     <w:rsid w:val="00650BC3"/>
     <w:rsid w:val="00652CA1"/>
     <w:rsid w:val="00653A19"/>
     <w:rsid w:val="00656B6E"/>
     <w:rsid w:val="00657527"/>
     <w:rsid w:val="00657744"/>
     <w:rsid w:val="00657A63"/>
     <w:rsid w:val="0066056D"/>
     <w:rsid w:val="00660BF5"/>
     <w:rsid w:val="0066132D"/>
     <w:rsid w:val="00663163"/>
     <w:rsid w:val="006642A7"/>
@@ -12615,50 +13218,51 @@
     <w:rsid w:val="006D705C"/>
     <w:rsid w:val="006D73E3"/>
     <w:rsid w:val="006D7A05"/>
     <w:rsid w:val="006E0533"/>
     <w:rsid w:val="006E1451"/>
     <w:rsid w:val="006E2034"/>
     <w:rsid w:val="006E2115"/>
     <w:rsid w:val="006E2671"/>
     <w:rsid w:val="006E2768"/>
     <w:rsid w:val="006E2957"/>
     <w:rsid w:val="006E3A6A"/>
     <w:rsid w:val="006E3A8C"/>
     <w:rsid w:val="006E47D3"/>
     <w:rsid w:val="006E4E9F"/>
     <w:rsid w:val="006E5376"/>
     <w:rsid w:val="006E5605"/>
     <w:rsid w:val="006E5790"/>
     <w:rsid w:val="006E5DA9"/>
     <w:rsid w:val="006E703A"/>
     <w:rsid w:val="006E7175"/>
     <w:rsid w:val="006E72AF"/>
     <w:rsid w:val="006E78BC"/>
     <w:rsid w:val="006F069B"/>
     <w:rsid w:val="006F06BF"/>
     <w:rsid w:val="006F105D"/>
+    <w:rsid w:val="006F1332"/>
     <w:rsid w:val="006F26B9"/>
     <w:rsid w:val="006F2815"/>
     <w:rsid w:val="006F3E03"/>
     <w:rsid w:val="006F5ED1"/>
     <w:rsid w:val="006F5ED5"/>
     <w:rsid w:val="006F5FA2"/>
     <w:rsid w:val="006F6E50"/>
     <w:rsid w:val="006F79C5"/>
     <w:rsid w:val="00700358"/>
     <w:rsid w:val="00701C4F"/>
     <w:rsid w:val="007030F5"/>
     <w:rsid w:val="00703BEA"/>
     <w:rsid w:val="0070419D"/>
     <w:rsid w:val="007042EA"/>
     <w:rsid w:val="00704C5F"/>
     <w:rsid w:val="0070570B"/>
     <w:rsid w:val="00705766"/>
     <w:rsid w:val="00705DAC"/>
     <w:rsid w:val="00706BDA"/>
     <w:rsid w:val="00706C85"/>
     <w:rsid w:val="00707126"/>
     <w:rsid w:val="00707598"/>
     <w:rsid w:val="00707882"/>
     <w:rsid w:val="00707F5A"/>
     <w:rsid w:val="007103B2"/>
@@ -13089,50 +13693,51 @@
     <w:rsid w:val="008C2AB2"/>
     <w:rsid w:val="008C2B83"/>
     <w:rsid w:val="008C311C"/>
     <w:rsid w:val="008C3466"/>
     <w:rsid w:val="008C3BF7"/>
     <w:rsid w:val="008C427F"/>
     <w:rsid w:val="008C4B78"/>
     <w:rsid w:val="008C5096"/>
     <w:rsid w:val="008C533F"/>
     <w:rsid w:val="008C5BE4"/>
     <w:rsid w:val="008C5FFF"/>
     <w:rsid w:val="008C6605"/>
     <w:rsid w:val="008C701D"/>
     <w:rsid w:val="008C793C"/>
     <w:rsid w:val="008D044A"/>
     <w:rsid w:val="008D0AEA"/>
     <w:rsid w:val="008D1321"/>
     <w:rsid w:val="008D13C9"/>
     <w:rsid w:val="008D1486"/>
     <w:rsid w:val="008D1EDC"/>
     <w:rsid w:val="008D256B"/>
     <w:rsid w:val="008D2673"/>
     <w:rsid w:val="008D2CF3"/>
     <w:rsid w:val="008D3462"/>
     <w:rsid w:val="008D3D5F"/>
+    <w:rsid w:val="008D3D94"/>
     <w:rsid w:val="008D4E41"/>
     <w:rsid w:val="008D5338"/>
     <w:rsid w:val="008D54DA"/>
     <w:rsid w:val="008D580F"/>
     <w:rsid w:val="008D68AC"/>
     <w:rsid w:val="008D7ADC"/>
     <w:rsid w:val="008D7E00"/>
     <w:rsid w:val="008D7ECC"/>
     <w:rsid w:val="008E19F4"/>
     <w:rsid w:val="008E1BAA"/>
     <w:rsid w:val="008E230E"/>
     <w:rsid w:val="008E26DB"/>
     <w:rsid w:val="008E2E19"/>
     <w:rsid w:val="008E3D8D"/>
     <w:rsid w:val="008E40FE"/>
     <w:rsid w:val="008E46AF"/>
     <w:rsid w:val="008E5289"/>
     <w:rsid w:val="008E569D"/>
     <w:rsid w:val="008E5E6E"/>
     <w:rsid w:val="008E7B25"/>
     <w:rsid w:val="008E7F82"/>
     <w:rsid w:val="008F023C"/>
     <w:rsid w:val="008F07F3"/>
     <w:rsid w:val="008F095B"/>
     <w:rsid w:val="008F0DFD"/>
@@ -13708,60 +14313,62 @@
     <w:rsid w:val="00B352BF"/>
     <w:rsid w:val="00B35958"/>
     <w:rsid w:val="00B35A4A"/>
     <w:rsid w:val="00B35A93"/>
     <w:rsid w:val="00B37FA8"/>
     <w:rsid w:val="00B402BE"/>
     <w:rsid w:val="00B40370"/>
     <w:rsid w:val="00B407F5"/>
     <w:rsid w:val="00B40844"/>
     <w:rsid w:val="00B42674"/>
     <w:rsid w:val="00B4361E"/>
     <w:rsid w:val="00B4390F"/>
     <w:rsid w:val="00B43FB5"/>
     <w:rsid w:val="00B44958"/>
     <w:rsid w:val="00B45C0F"/>
     <w:rsid w:val="00B45C82"/>
     <w:rsid w:val="00B45DCF"/>
     <w:rsid w:val="00B46816"/>
     <w:rsid w:val="00B46C74"/>
     <w:rsid w:val="00B47448"/>
     <w:rsid w:val="00B4762B"/>
     <w:rsid w:val="00B47763"/>
     <w:rsid w:val="00B47A9F"/>
     <w:rsid w:val="00B50466"/>
     <w:rsid w:val="00B50525"/>
+    <w:rsid w:val="00B505F1"/>
     <w:rsid w:val="00B5083A"/>
     <w:rsid w:val="00B51998"/>
     <w:rsid w:val="00B51DFC"/>
     <w:rsid w:val="00B52A36"/>
     <w:rsid w:val="00B530BA"/>
     <w:rsid w:val="00B54BDE"/>
     <w:rsid w:val="00B54EA6"/>
     <w:rsid w:val="00B558E4"/>
     <w:rsid w:val="00B558F4"/>
     <w:rsid w:val="00B55A01"/>
+    <w:rsid w:val="00B5714D"/>
     <w:rsid w:val="00B5766A"/>
     <w:rsid w:val="00B60775"/>
     <w:rsid w:val="00B6080F"/>
     <w:rsid w:val="00B60C1B"/>
     <w:rsid w:val="00B6246D"/>
     <w:rsid w:val="00B62543"/>
     <w:rsid w:val="00B62A57"/>
     <w:rsid w:val="00B62F49"/>
     <w:rsid w:val="00B63291"/>
     <w:rsid w:val="00B63F4E"/>
     <w:rsid w:val="00B640F2"/>
     <w:rsid w:val="00B65A50"/>
     <w:rsid w:val="00B65C4C"/>
     <w:rsid w:val="00B65D3C"/>
     <w:rsid w:val="00B700C7"/>
     <w:rsid w:val="00B702EC"/>
     <w:rsid w:val="00B705BC"/>
     <w:rsid w:val="00B7111D"/>
     <w:rsid w:val="00B715DC"/>
     <w:rsid w:val="00B72C44"/>
     <w:rsid w:val="00B731BF"/>
     <w:rsid w:val="00B743AA"/>
     <w:rsid w:val="00B7588B"/>
     <w:rsid w:val="00B75C4D"/>
     <w:rsid w:val="00B766D9"/>
@@ -13982,50 +14589,51 @@
     <w:rsid w:val="00C4752C"/>
     <w:rsid w:val="00C47604"/>
     <w:rsid w:val="00C477B7"/>
     <w:rsid w:val="00C47960"/>
     <w:rsid w:val="00C47ACB"/>
     <w:rsid w:val="00C51406"/>
     <w:rsid w:val="00C514D1"/>
     <w:rsid w:val="00C51632"/>
     <w:rsid w:val="00C537BB"/>
     <w:rsid w:val="00C54324"/>
     <w:rsid w:val="00C54737"/>
     <w:rsid w:val="00C55688"/>
     <w:rsid w:val="00C55887"/>
     <w:rsid w:val="00C5662A"/>
     <w:rsid w:val="00C567D3"/>
     <w:rsid w:val="00C57840"/>
     <w:rsid w:val="00C57EEE"/>
     <w:rsid w:val="00C600D5"/>
     <w:rsid w:val="00C61364"/>
     <w:rsid w:val="00C61C5E"/>
     <w:rsid w:val="00C61D9E"/>
     <w:rsid w:val="00C61FCF"/>
     <w:rsid w:val="00C6213C"/>
     <w:rsid w:val="00C62317"/>
     <w:rsid w:val="00C638BE"/>
+    <w:rsid w:val="00C639C5"/>
     <w:rsid w:val="00C63FF3"/>
     <w:rsid w:val="00C641D2"/>
     <w:rsid w:val="00C651E2"/>
     <w:rsid w:val="00C655A9"/>
     <w:rsid w:val="00C657B2"/>
     <w:rsid w:val="00C659A9"/>
     <w:rsid w:val="00C65D12"/>
     <w:rsid w:val="00C66B6F"/>
     <w:rsid w:val="00C673F0"/>
     <w:rsid w:val="00C67AA0"/>
     <w:rsid w:val="00C7127F"/>
     <w:rsid w:val="00C723AD"/>
     <w:rsid w:val="00C730D7"/>
     <w:rsid w:val="00C73C82"/>
     <w:rsid w:val="00C74AE2"/>
     <w:rsid w:val="00C74FDF"/>
     <w:rsid w:val="00C750DB"/>
     <w:rsid w:val="00C75869"/>
     <w:rsid w:val="00C75BBD"/>
     <w:rsid w:val="00C76355"/>
     <w:rsid w:val="00C76C90"/>
     <w:rsid w:val="00C77209"/>
     <w:rsid w:val="00C77DFB"/>
     <w:rsid w:val="00C80D76"/>
     <w:rsid w:val="00C831A4"/>
@@ -14750,50 +15358,51 @@
     <w:rsid w:val="00F950DF"/>
     <w:rsid w:val="00F95861"/>
     <w:rsid w:val="00F96B83"/>
     <w:rsid w:val="00F96D61"/>
     <w:rsid w:val="00F97829"/>
     <w:rsid w:val="00FA01E0"/>
     <w:rsid w:val="00FA0303"/>
     <w:rsid w:val="00FA0B48"/>
     <w:rsid w:val="00FA18E0"/>
     <w:rsid w:val="00FA1E40"/>
     <w:rsid w:val="00FA2CFE"/>
     <w:rsid w:val="00FA32E2"/>
     <w:rsid w:val="00FA67FE"/>
     <w:rsid w:val="00FB0675"/>
     <w:rsid w:val="00FB0CDA"/>
     <w:rsid w:val="00FB250D"/>
     <w:rsid w:val="00FB284F"/>
     <w:rsid w:val="00FB44EF"/>
     <w:rsid w:val="00FB4D8A"/>
     <w:rsid w:val="00FB5CF5"/>
     <w:rsid w:val="00FB6701"/>
     <w:rsid w:val="00FB6B96"/>
     <w:rsid w:val="00FB6F24"/>
     <w:rsid w:val="00FB705E"/>
     <w:rsid w:val="00FB75B8"/>
+    <w:rsid w:val="00FC000A"/>
     <w:rsid w:val="00FC0447"/>
     <w:rsid w:val="00FC0853"/>
     <w:rsid w:val="00FC10AB"/>
     <w:rsid w:val="00FC1225"/>
     <w:rsid w:val="00FC299D"/>
     <w:rsid w:val="00FC2DCB"/>
     <w:rsid w:val="00FC2E5E"/>
     <w:rsid w:val="00FC3504"/>
     <w:rsid w:val="00FC3CD0"/>
     <w:rsid w:val="00FC3DFE"/>
     <w:rsid w:val="00FC4228"/>
     <w:rsid w:val="00FC424B"/>
     <w:rsid w:val="00FC52AC"/>
     <w:rsid w:val="00FC5B10"/>
     <w:rsid w:val="00FC6F9A"/>
     <w:rsid w:val="00FC732D"/>
     <w:rsid w:val="00FC7604"/>
     <w:rsid w:val="00FC77C4"/>
     <w:rsid w:val="00FC7DD9"/>
     <w:rsid w:val="00FD01F4"/>
     <w:rsid w:val="00FD0BAC"/>
     <w:rsid w:val="00FD0F45"/>
     <w:rsid w:val="00FD23C5"/>
     <w:rsid w:val="00FD2408"/>
     <w:rsid w:val="00FD2E12"/>
@@ -14851,136 +15460,140 @@
     <w:rsid w:val="13148A28"/>
     <w:rsid w:val="13588171"/>
     <w:rsid w:val="14D3F0F2"/>
     <w:rsid w:val="161A7A31"/>
     <w:rsid w:val="16E42B5C"/>
     <w:rsid w:val="1B460EFD"/>
     <w:rsid w:val="1B962B0A"/>
     <w:rsid w:val="1BCCD0F3"/>
     <w:rsid w:val="1C558FE1"/>
     <w:rsid w:val="1D9488F1"/>
     <w:rsid w:val="1FC53CD7"/>
     <w:rsid w:val="2119BA2E"/>
     <w:rsid w:val="2187C729"/>
     <w:rsid w:val="2188789C"/>
     <w:rsid w:val="2237CE17"/>
     <w:rsid w:val="2352284B"/>
     <w:rsid w:val="2541C7DD"/>
     <w:rsid w:val="26278B84"/>
     <w:rsid w:val="28A6CBE8"/>
     <w:rsid w:val="2A4B09B5"/>
     <w:rsid w:val="2C220863"/>
     <w:rsid w:val="2DBA3AF0"/>
     <w:rsid w:val="2E044BA3"/>
     <w:rsid w:val="2EC3EBEF"/>
     <w:rsid w:val="2F41058D"/>
+    <w:rsid w:val="303BFA5F"/>
     <w:rsid w:val="31FB5A48"/>
     <w:rsid w:val="342A1C07"/>
     <w:rsid w:val="34AA83B3"/>
     <w:rsid w:val="35A9C677"/>
     <w:rsid w:val="3875CC2B"/>
     <w:rsid w:val="38A605AC"/>
     <w:rsid w:val="390FDA5D"/>
     <w:rsid w:val="396E76F5"/>
     <w:rsid w:val="3B0A5A05"/>
     <w:rsid w:val="3B6577B6"/>
     <w:rsid w:val="3CE2B555"/>
+    <w:rsid w:val="3D401122"/>
     <w:rsid w:val="405107E1"/>
     <w:rsid w:val="418677FD"/>
     <w:rsid w:val="4300B7BF"/>
     <w:rsid w:val="44650AC3"/>
     <w:rsid w:val="44DA8EA3"/>
     <w:rsid w:val="49690971"/>
     <w:rsid w:val="4D072E2E"/>
     <w:rsid w:val="4E9C1923"/>
     <w:rsid w:val="4EFD2B5F"/>
     <w:rsid w:val="5017D663"/>
     <w:rsid w:val="51B5322E"/>
+    <w:rsid w:val="53C59170"/>
     <w:rsid w:val="5A7661AA"/>
     <w:rsid w:val="5AA8CCF8"/>
     <w:rsid w:val="5B33A0F9"/>
+    <w:rsid w:val="5CE62B0F"/>
     <w:rsid w:val="5D79FAB2"/>
     <w:rsid w:val="6007121C"/>
     <w:rsid w:val="61A2E27D"/>
     <w:rsid w:val="627D6885"/>
     <w:rsid w:val="64957AC6"/>
     <w:rsid w:val="6528A9D3"/>
     <w:rsid w:val="668FF567"/>
     <w:rsid w:val="66DF3DD7"/>
     <w:rsid w:val="6724093A"/>
     <w:rsid w:val="6B4983C1"/>
     <w:rsid w:val="6B92BC3A"/>
     <w:rsid w:val="6C5E59E2"/>
     <w:rsid w:val="6CC3ABCF"/>
     <w:rsid w:val="6EDFAE2D"/>
     <w:rsid w:val="6EF8E8A1"/>
     <w:rsid w:val="6F3690F0"/>
     <w:rsid w:val="6FF00593"/>
     <w:rsid w:val="7157B2D3"/>
     <w:rsid w:val="7262BF95"/>
     <w:rsid w:val="736AD96F"/>
     <w:rsid w:val="737C0D4A"/>
     <w:rsid w:val="760256BB"/>
     <w:rsid w:val="79C96673"/>
     <w:rsid w:val="7A53F8B3"/>
     <w:rsid w:val="7AC7ADE9"/>
     <w:rsid w:val="7B0218EB"/>
     <w:rsid w:val="7D8824A1"/>
     <w:rsid w:val="7DF0895E"/>
     <w:rsid w:val="7E366294"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="83969"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="636CF378"/>
   <w15:docId w15:val="{4F630180-A92E-4E37-8FCF-1E44E729216F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15822,51 +16435,51 @@
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0094338A"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CA2B89"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="424501102">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1082414751">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15923,51 +16536,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1935671444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://streamcontinuity.org/naacc/assessments/naacc-documents" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/municipal-small-bridge-program-design-requirements-for-new-and-full-bridge-replacement-projects/download" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/municipal-small-bridge-program-design-requirements-for-new-and-full-bridge-replacement-projects/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/municipal-small-bridge-program-design-requirements-for-new-and-full-bridge-replacement-projects/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://streamcontinuity.org/naacc/assessments/naacc-documents" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/municipal-small-bridge-program-design-requirements-for-new-and-full-bridge-replacement-projects/download" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/find-a-prequalified-architectural-and-engineering-firm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/municipal-small-bridge-program-design-requirements-for-new-and-full-bridge-replacement-projects/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/find-a-prequalified-architectural-and-engineering-firm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/municipal-small-bridge-program-design-requirements-for-new-and-full-bridge-replacement-projects/download" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/municipal-small-bridge-program-design-requirements-for-new-and-full-bridge-replacement-projects/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/eng/pubs/pdf/StreamSimulation/hi_res/%20FullDoc.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -16243,147 +16856,93 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="46f7fc10-315f-4884-8231-57a9c90b9c56">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
-    <_dlc_DocId xmlns="46f7fc10-315f-4884-8231-57a9c90b9c56">DERDOCID-497289486-254034</_dlc_DocId>
+    <_dlc_DocId xmlns="46f7fc10-315f-4884-8231-57a9c90b9c56">DERDOCID-497289486-504701</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="46f7fc10-315f-4884-8231-57a9c90b9c56">
-      <Url>https://massgov.sharepoint.com/sites/FWE-TEAMS-DER/_layouts/15/DocIdRedir.aspx?ID=DERDOCID-497289486-254034</Url>
-      <Description>DERDOCID-497289486-254034</Description>
+      <Url>https://massgov.sharepoint.com/sites/FWE-TEAMS-DER/_layouts/15/DocIdRedir.aspx?ID=DERDOCID-497289486-504701</Url>
+      <Description>DERDOCID-497289486-504701</Description>
     </_dlc_DocIdUrl>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="67cbf261-e971-4a38-83b4-d85e273e70b4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="46f7fc10-315f-4884-8231-57a9c90b9c56" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...63 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="46f7fc10-315f-4884-8231-57a9c90b9c56" xmlns:ns3="67cbf261-e971-4a38-83b4-d85e273e70b4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="04a47e6f8a6ad2c32c84c9ba7fd085ac" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A59D2FCE26A5CF42B73DB707666E1E83" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="563cdefa233a883e121a0d02aadbb20b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="46f7fc10-315f-4884-8231-57a9c90b9c56" xmlns:ns3="67cbf261-e971-4a38-83b4-d85e273e70b4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ef9c6566d73f8caa847a2a9a80412037" ns2:_="" ns3:_="">
     <xsd:import namespace="46f7fc10-315f-4884-8231-57a9c90b9c56"/>
     <xsd:import namespace="67cbf261-e971-4a38-83b4-d85e273e70b4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="46f7fc10-315f-4884-8231-57a9c90b9c56" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
@@ -16398,99 +16957,132 @@
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_dlc_DocId" ma:index="18" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdUrl" ma:index="19" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdPersistId" ma:index="20" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{9fcbe254-cc67-4e88-9ec8-144d593b4490}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="46f7fc10-315f-4884-8231-57a9c90b9c56">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="67cbf261-e971-4a38-83b4-d85e273e70b4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="14" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="25" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -16549,210 +17141,189 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1015520-2D95-434A-B425-D9D9B9CF71A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="46f7fc10-315f-4884-8231-57a9c90b9c56"/>
+    <ds:schemaRef ds:uri="67cbf261-e971-4a38-83b4-d85e273e70b4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7934405A-1C57-42A7-BF38-3933D08FEFE9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68F013B8-1EE4-40C5-8263-0CE137FDD68B}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26021E53-0758-4EC8-9CCF-EA75A4AF6CB0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03463EC5-79E4-458B-B19D-5C8A44A9839F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26021E53-0758-4EC8-9CCF-EA75A4AF6CB0}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7934405A-1C57-42A7-BF38-3933D08FEFE9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>13908</Characters>
+  <Pages>9</Pages>
+  <Words>2696</Words>
+  <Characters>15371</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>115</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>128</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Dept. of Fish &amp; Game</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16315</CharactersWithSpaces>
+  <CharactersWithSpaces>18031</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...56 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>tpurinton</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A59D2FCE26A5CF42B73DB707666E1E83</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>8694300</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>8e0d9851-db9b-4ece-a308-7d017a91ff01</vt:lpwstr>
+    <vt:lpwstr>f911aa6e-5d4a-4ba2-b254-0b2d343a1e9c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>