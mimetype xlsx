--- v0 (2025-10-29)
+++ v1 (2025-12-20)
@@ -103,51 +103,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD3D3D3"/>
         <bgColor rgb="FFD3D3D3"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFADD8E6"/>
         <bgColor rgb="FFADD8E6"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -159,55 +159,106 @@
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="27">
     <xf applyFont="1" applyFill="1" applyBorder="1" numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="0">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="0">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="2" borderId="1">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="2">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="2" borderId="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="3">
       <alignment vertical="top" wrapText="1"/>
     </xf>
@@ -226,50 +277,65 @@
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="3" borderId="4">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="4">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="6" fillId="4" borderId="4">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="4" borderId="4">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="4" borderId="4">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="4" borderId="0">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="3" borderId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="4" borderId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="4" borderId="4">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="5">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="6">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="2" borderId="7">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="8">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="9">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="0000008B"/>
       <rgbColor rgb="000000CD"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00666666"/>
       <rgbColor rgb="00ADD8E6"/>
       <rgbColor rgb="00333333"/>
@@ -467,83 +533,83 @@
     <row r="4" ht="9.25" customHeight="1">
       <c s="2" t="inlineStr" r="I4">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">AS OF </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">10/01/2025</t>
+            <t xml:space="preserve">12/01/2025</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="5" customHeight="0"/>
     <row r="6" ht="7.85" customHeight="1"/>
     <row r="7" ht="2" customHeight="0">
       <c s="3" t="inlineStr" r="R7">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">Total: </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">104</t>
+            <t xml:space="preserve">105</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" ht="13.05" customHeight="0">
       <c s="4" t="inlineStr" r="H8">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF0000CD"/>
               <rFont val="Times New Roman"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i/>
               <strike val="0"/>
               <u val="none"/>
@@ -950,51 +1016,51 @@
         </is>
       </c>
       <c s="14" t="str" r="O15"/>
       <c s="16" t="inlineStr" r="P15">
         <is>
           <t xml:space="preserve">503- 899-8757</t>
         </is>
       </c>
       <c s="14" t="str" r="Q15"/>
       <c s="14" t="str" r="R15"/>
       <c s="18" t="inlineStr" r="S15">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="16" ht="18" customHeight="0">
       <c s="9" t="inlineStr" r="A16">
         <is>
           <t xml:space="preserve">AA000220</t>
         </is>
       </c>
       <c s="14" t="str" r="B16"/>
       <c s="10" t="inlineStr" r="C16">
         <is>
-          <t xml:space="preserve">11/18/2025</t>
+          <t xml:space="preserve">11/12/2026</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="D16">
         <is>
           <t xml:space="preserve">ARCADIS U.S., INC.</t>
         </is>
       </c>
       <c s="14" t="str" r="E16"/>
       <c s="14" t="str" r="F16"/>
       <c s="10" t="inlineStr" r="G16">
         <is>
           <t xml:space="preserve">25 BRAINTREE HILL OFFICE PARK SUITE 200</t>
         </is>
       </c>
       <c s="14" t="str" r="H16"/>
       <c s="14" t="str" r="I16"/>
       <c s="10" t="inlineStr" r="J16">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
@@ -1030,51 +1096,51 @@
         </is>
       </c>
       <c s="14" t="str" r="O16"/>
       <c s="10" t="inlineStr" r="P16">
         <is>
           <t xml:space="preserve">781- 849-0189</t>
         </is>
       </c>
       <c s="14" t="str" r="Q16"/>
       <c s="14" t="str" r="R16"/>
       <c s="12" t="inlineStr" r="S16">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="17" ht="18" customHeight="0">
       <c s="15" t="inlineStr" r="A17">
         <is>
           <t xml:space="preserve">AA000238</t>
         </is>
       </c>
       <c s="14" t="str" r="B17"/>
       <c s="16" t="inlineStr" r="C17">
         <is>
-          <t xml:space="preserve">11/07/2025</t>
+          <t xml:space="preserve">11/06/2026</t>
         </is>
       </c>
       <c s="16" t="inlineStr" r="D17">
         <is>
           <t xml:space="preserve">LBP SOLUTIONS, LLC</t>
         </is>
       </c>
       <c s="14" t="str" r="E17"/>
       <c s="14" t="str" r="F17"/>
       <c s="16" t="inlineStr" r="G17">
         <is>
           <t xml:space="preserve">231 MAIN STREET SUITE 201</t>
         </is>
       </c>
       <c s="14" t="str" r="H17"/>
       <c s="14" t="str" r="I17"/>
       <c s="16" t="inlineStr" r="J17">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
@@ -1799,4198 +1865,4219 @@
         </is>
       </c>
       <c s="14" t="str" r="M33"/>
       <c s="11" t="inlineStr" r="N33">
         <is>
           <t xml:space="preserve">01027</t>
         </is>
       </c>
       <c s="14" t="str" r="O33"/>
       <c s="10" t="inlineStr" r="P33">
         <is>
           <t xml:space="preserve">413- 341-3418</t>
         </is>
       </c>
       <c s="14" t="str" r="Q33"/>
       <c s="14" t="str" r="R33"/>
       <c s="12" t="inlineStr" r="S33">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="34" ht="18" customHeight="0">
       <c s="15" t="inlineStr" r="A34">
         <is>
-          <t xml:space="preserve">AA000248</t>
-[...2 lines deleted...]
-      <c s="14" t="str" r="B34"/>
+          <t xml:space="preserve">AA274</t>
+        </is>
+      </c>
       <c s="16" t="inlineStr" r="C34">
         <is>
-          <t xml:space="preserve">03/24/2026</t>
+          <t xml:space="preserve">11/18/2026</t>
         </is>
       </c>
       <c s="16" t="inlineStr" r="D34">
         <is>
-          <t xml:space="preserve">CONNECTICUT ENVIRONMENTAL SERVICES, INC. DBA ENVIROCHECK</t>
-[...3 lines deleted...]
-      <c s="14" t="str" r="F34"/>
+          <t xml:space="preserve">DSD Environmental Inc </t>
+        </is>
+      </c>
       <c s="16" t="inlineStr" r="G34">
         <is>
-          <t xml:space="preserve">222 MAIN STREET #246</t>
-[...3 lines deleted...]
-      <c s="14" t="str" r="I34"/>
+          <t xml:space="preserve">697 Davol Street </t>
+        </is>
+      </c>
       <c s="16" t="inlineStr" r="J34">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">FARMINGTON</t>
-[...3 lines deleted...]
-      <c s="14" t="str" r="K34"/>
+            <t xml:space="preserve">Fall River</t>
+          </r>
+        </is>
+      </c>
       <c s="17" t="inlineStr" r="L34">
         <is>
-          <t xml:space="preserve">CT</t>
-[...2 lines deleted...]
-      <c s="14" t="str" r="M34"/>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
       <c s="17" t="inlineStr" r="N34">
         <is>
-          <t xml:space="preserve">06032</t>
-[...2 lines deleted...]
-      <c s="14" t="str" r="O34"/>
+          <t xml:space="preserve">02720</t>
+        </is>
+      </c>
       <c s="16" t="inlineStr" r="P34">
         <is>
-          <t xml:space="preserve">866- 244-3254</t>
-[...3 lines deleted...]
-      <c s="14" t="str" r="R34"/>
+          <t xml:space="preserve">781- 650-1424</t>
+        </is>
+      </c>
       <c s="18" t="inlineStr" r="S34">
         <is>
+          <t xml:space="preserve">CLA - CLASS A CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" ht="18" customHeight="0">
+      <c s="20" t="str" r="A35"/>
+      <c s="20" t="str" r="C35"/>
+      <c s="20" t="str" r="D35"/>
+      <c s="20" t="str" r="G35"/>
+      <c s="20" t="str" r="J35"/>
+      <c s="20" t="str" r="L35"/>
+      <c s="20" t="str" r="N35"/>
+      <c s="20" t="str" r="P35"/>
+      <c s="18" t="inlineStr" r="S35">
+        <is>
+          <t xml:space="preserve">CLB - CLASS B CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" ht="18" customHeight="0">
+      <c s="20" t="str" r="A36"/>
+      <c s="20" t="str" r="C36"/>
+      <c s="20" t="str" r="D36"/>
+      <c s="20" t="str" r="G36"/>
+      <c s="20" t="str" r="J36"/>
+      <c s="20" t="str" r="L36"/>
+      <c s="20" t="str" r="N36"/>
+      <c s="20" t="str" r="P36"/>
+      <c s="18" t="inlineStr" r="S36">
+        <is>
           <t xml:space="preserve">CLC - CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="35" ht="18" customHeight="0">
-[...158 lines deleted...]
-    </row>
     <row r="37" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A37">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="A37"/>
       <c s="14" t="str" r="B37"/>
-      <c s="10" t="inlineStr" r="C37">
-[...8 lines deleted...]
-      </c>
+      <c s="21" t="str" r="C37"/>
+      <c s="21" t="str" r="D37"/>
       <c s="14" t="str" r="E37"/>
       <c s="14" t="str" r="F37"/>
-      <c s="10" t="inlineStr" r="G37">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="G37"/>
       <c s="14" t="str" r="H37"/>
       <c s="14" t="str" r="I37"/>
-      <c s="10" t="inlineStr" r="J37">
-[...26 lines deleted...]
-      </c>
+      <c s="21" t="str" r="J37"/>
       <c s="14" t="str" r="K37"/>
-      <c s="11" t="inlineStr" r="L37">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="L37"/>
       <c s="14" t="str" r="M37"/>
-      <c s="11" t="inlineStr" r="N37">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="N37"/>
       <c s="14" t="str" r="O37"/>
-      <c s="10" t="inlineStr" r="P37">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="P37"/>
       <c s="14" t="str" r="Q37"/>
       <c s="14" t="str" r="R37"/>
-      <c s="12" t="inlineStr" r="S37">
-[...1 lines deleted...]
-          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+      <c s="18" t="inlineStr" r="S37">
+        <is>
+          <t xml:space="preserve">CLD - CLASS D CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="38" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A38">
-[...19 lines deleted...]
-      <c s="16" t="inlineStr" r="J38">
+      <c s="9" t="inlineStr" r="A38">
+        <is>
+          <t xml:space="preserve">AA000248</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="B38"/>
+      <c s="10" t="inlineStr" r="C38">
+        <is>
+          <t xml:space="preserve">03/24/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="D38">
+        <is>
+          <t xml:space="preserve">CONNECTICUT ENVIRONMENTAL SERVICES, INC. DBA ENVIROCHECK</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="E38"/>
+      <c s="14" t="str" r="F38"/>
+      <c s="10" t="inlineStr" r="G38">
+        <is>
+          <t xml:space="preserve">222 MAIN STREET #246</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="H38"/>
+      <c s="14" t="str" r="I38"/>
+      <c s="10" t="inlineStr" r="J38">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">HOUSTON</t>
-[...20 lines deleted...]
-          <t xml:space="preserve">CLASS A CERTIFICATE</t>
+            <t xml:space="preserve">FARMINGTON</t>
+          </r>
+        </is>
+      </c>
+      <c s="14" t="str" r="K38"/>
+      <c s="11" t="inlineStr" r="L38">
+        <is>
+          <t xml:space="preserve">CT</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="M38"/>
+      <c s="11" t="inlineStr" r="N38">
+        <is>
+          <t xml:space="preserve">06032</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="O38"/>
+      <c s="10" t="inlineStr" r="P38">
+        <is>
+          <t xml:space="preserve">866- 244-3254</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="Q38"/>
+      <c s="14" t="str" r="R38"/>
+      <c s="12" t="inlineStr" r="S38">
+        <is>
+          <t xml:space="preserve">CLC - CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="39" ht="18" customHeight="0">
-      <c s="21" t="str" r="A39"/>
+      <c s="15" t="inlineStr" r="A39">
+        <is>
+          <t xml:space="preserve">AA000263</t>
+        </is>
+      </c>
       <c s="14" t="str" r="B39"/>
-      <c s="21" t="str" r="C39"/>
-      <c s="21" t="str" r="D39"/>
+      <c s="16" t="inlineStr" r="C39">
+        <is>
+          <t xml:space="preserve">08/28/2026</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D39">
+        <is>
+          <t xml:space="preserve">RESIDENTIAL WARRENTY SERVICES, INC. DBA PRIORITY LAB, INSPECTORLAB</t>
+        </is>
+      </c>
       <c s="14" t="str" r="E39"/>
       <c s="14" t="str" r="F39"/>
-      <c s="21" t="str" r="G39"/>
+      <c s="16" t="inlineStr" r="G39">
+        <is>
+          <t xml:space="preserve">3301 NW 55TH STREET </t>
+        </is>
+      </c>
       <c s="14" t="str" r="H39"/>
       <c s="14" t="str" r="I39"/>
-      <c s="21" t="str" r="J39"/>
+      <c s="16" t="inlineStr" r="J39">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">FORT LAUDERDALE</t>
+          </r>
+        </is>
+      </c>
       <c s="14" t="str" r="K39"/>
-      <c s="21" t="str" r="L39"/>
+      <c s="17" t="inlineStr" r="L39">
+        <is>
+          <t xml:space="preserve">FL</t>
+        </is>
+      </c>
       <c s="14" t="str" r="M39"/>
-      <c s="21" t="str" r="N39"/>
+      <c s="17" t="inlineStr" r="N39">
+        <is>
+          <t xml:space="preserve">33309</t>
+        </is>
+      </c>
       <c s="14" t="str" r="O39"/>
-      <c s="21" t="str" r="P39"/>
+      <c s="16" t="inlineStr" r="P39">
+        <is>
+          <t xml:space="preserve">315- 573-2088</t>
+        </is>
+      </c>
       <c s="14" t="str" r="Q39"/>
       <c s="14" t="str" r="R39"/>
       <c s="18" t="inlineStr" r="S39">
         <is>
-          <t xml:space="preserve">CLASS D CERTIFICATE</t>
+          <t xml:space="preserve">CLB - CLASS B CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="40" ht="18" customHeight="0">
       <c s="9" t="inlineStr" r="A40">
         <is>
-          <t xml:space="preserve">AA000249</t>
-[...1 lines deleted...]
-      </c>
+          <t xml:space="preserve">AA000260</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="B40"/>
       <c s="10" t="inlineStr" r="C40">
         <is>
-          <t xml:space="preserve">07/31/2026</t>
+          <t xml:space="preserve">10/28/2026</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="D40">
         <is>
-          <t xml:space="preserve">EMSL ANALYTICAL, INC.</t>
-[...1 lines deleted...]
-      </c>
+          <t xml:space="preserve">FOUR BROTHERS ENVIRONMENTAL, LLC.</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="E40"/>
+      <c s="14" t="str" r="F40"/>
       <c s="10" t="inlineStr" r="G40">
         <is>
-          <t xml:space="preserve">6340 CASTLEPLACE DRIVE </t>
-[...1 lines deleted...]
-      </c>
+          <t xml:space="preserve">9 ALDEN AVENUE </t>
+        </is>
+      </c>
+      <c s="14" t="str" r="H40"/>
+      <c s="14" t="str" r="I40"/>
       <c s="10" t="inlineStr" r="J40">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">INDIANAPOLIS</t>
-[...2 lines deleted...]
-      </c>
+            <t xml:space="preserve">GREENLAND</t>
+          </r>
+        </is>
+      </c>
+      <c s="14" t="str" r="K40"/>
       <c s="11" t="inlineStr" r="L40">
         <is>
-          <t xml:space="preserve">IN</t>
-[...1 lines deleted...]
-      </c>
+          <t xml:space="preserve">NH</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="M40"/>
       <c s="11" t="inlineStr" r="N40">
         <is>
-          <t xml:space="preserve">46250</t>
-[...1 lines deleted...]
-      </c>
+          <t xml:space="preserve">03840</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="O40"/>
       <c s="10" t="inlineStr" r="P40">
         <is>
-          <t xml:space="preserve">317- 803-2997</t>
-[...1 lines deleted...]
-      </c>
+          <t xml:space="preserve">603- 312-5594</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="Q40"/>
+      <c s="14" t="str" r="R40"/>
       <c s="12" t="inlineStr" r="S40">
         <is>
-          <t xml:space="preserve">CLA - CLASS A CERTIFICATE</t>
+          <t xml:space="preserve">CLC - CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="41" ht="18" customHeight="0">
-      <c s="19" t="str" r="A41"/>
-[...7 lines deleted...]
-      <c s="12" t="inlineStr" r="S41">
+      <c s="15" t="inlineStr" r="A41">
+        <is>
+          <t xml:space="preserve">AA000261</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="B41"/>
+      <c s="16" t="inlineStr" r="C41">
+        <is>
+          <t xml:space="preserve">08/29/2026</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D41">
+        <is>
+          <t xml:space="preserve">ACA ENVIRONMENTAL LAB LLC</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="E41"/>
+      <c s="14" t="str" r="F41"/>
+      <c s="16" t="inlineStr" r="G41">
+        <is>
+          <t xml:space="preserve">26 FELLOWS AVE </t>
+        </is>
+      </c>
+      <c s="14" t="str" r="H41"/>
+      <c s="14" t="str" r="I41"/>
+      <c s="16" t="inlineStr" r="J41">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">HAMPTON</t>
+          </r>
+        </is>
+      </c>
+      <c s="14" t="str" r="K41"/>
+      <c s="17" t="inlineStr" r="L41">
+        <is>
+          <t xml:space="preserve">NH</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="M41"/>
+      <c s="17" t="inlineStr" r="N41">
+        <is>
+          <t xml:space="preserve">03842</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="O41"/>
+      <c s="16" t="inlineStr" r="P41">
+        <is>
+          <t xml:space="preserve">603- 918-0501</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="Q41"/>
+      <c s="14" t="str" r="R41"/>
+      <c s="18" t="inlineStr" r="S41">
         <is>
           <t xml:space="preserve">CLC - CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="42" ht="18" customHeight="0">
-      <c s="13" t="str" r="A42"/>
+      <c s="9" t="inlineStr" r="A42">
+        <is>
+          <t xml:space="preserve">AA000153</t>
+        </is>
+      </c>
       <c s="14" t="str" r="B42"/>
-      <c s="13" t="str" r="C42"/>
-      <c s="13" t="str" r="D42"/>
+      <c s="10" t="inlineStr" r="C42">
+        <is>
+          <t xml:space="preserve">05/30/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="D42">
+        <is>
+          <t xml:space="preserve">NORTHEAST ENVIRONMENTAL LABS</t>
+        </is>
+      </c>
       <c s="14" t="str" r="E42"/>
       <c s="14" t="str" r="F42"/>
-      <c s="13" t="str" r="G42"/>
+      <c s="10" t="inlineStr" r="G42">
+        <is>
+          <t xml:space="preserve">11 CLIFF AVE, SUITE B </t>
+        </is>
+      </c>
       <c s="14" t="str" r="H42"/>
       <c s="14" t="str" r="I42"/>
-      <c s="13" t="str" r="J42"/>
+      <c s="10" t="inlineStr" r="J42">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">HAMPTON</t>
+          </r>
+        </is>
+      </c>
       <c s="14" t="str" r="K42"/>
-      <c s="13" t="str" r="L42"/>
+      <c s="11" t="inlineStr" r="L42">
+        <is>
+          <t xml:space="preserve">NH</t>
+        </is>
+      </c>
       <c s="14" t="str" r="M42"/>
-      <c s="13" t="str" r="N42"/>
+      <c s="11" t="inlineStr" r="N42">
+        <is>
+          <t xml:space="preserve">03842</t>
+        </is>
+      </c>
       <c s="14" t="str" r="O42"/>
-      <c s="13" t="str" r="P42"/>
+      <c s="10" t="inlineStr" r="P42">
+        <is>
+          <t xml:space="preserve">978- 618-6064</t>
+        </is>
+      </c>
       <c s="14" t="str" r="Q42"/>
       <c s="14" t="str" r="R42"/>
       <c s="12" t="inlineStr" r="S42">
         <is>
-          <t xml:space="preserve">CLD - CLASS D CERTIFICATE</t>
+          <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="43" ht="18" customHeight="0">
       <c s="15" t="inlineStr" r="A43">
         <is>
-          <t xml:space="preserve">AA000178</t>
+          <t xml:space="preserve">AA000239</t>
         </is>
       </c>
       <c s="16" t="inlineStr" r="C43">
         <is>
-          <t xml:space="preserve">10/11/2025</t>
+          <t xml:space="preserve">04/08/2026</t>
         </is>
       </c>
       <c s="16" t="inlineStr" r="D43">
         <is>
-          <t xml:space="preserve">AMA ANALYTICAL SERVICES, INC.</t>
+          <t xml:space="preserve">EUROFINS BUILT ENVIRONMENT TESTING CENTRAL</t>
         </is>
       </c>
       <c s="16" t="inlineStr" r="G43">
         <is>
-          <t xml:space="preserve">4475 FORBES BOULEVARD </t>
+          <t xml:space="preserve">6110 WEST 34TH STREET </t>
         </is>
       </c>
       <c s="16" t="inlineStr" r="J43">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">LANHAM</t>
+            <t xml:space="preserve">HOUSTON</t>
           </r>
         </is>
       </c>
       <c s="17" t="inlineStr" r="L43">
         <is>
-          <t xml:space="preserve">MD</t>
+          <t xml:space="preserve">TX</t>
         </is>
       </c>
       <c s="17" t="inlineStr" r="N43">
         <is>
-          <t xml:space="preserve">20706</t>
+          <t xml:space="preserve">77092</t>
         </is>
       </c>
       <c s="16" t="inlineStr" r="P43">
         <is>
-          <t xml:space="preserve">301- 459-2640</t>
+          <t xml:space="preserve">713- 290-0221</t>
         </is>
       </c>
       <c s="18" t="inlineStr" r="S43">
         <is>
           <t xml:space="preserve">CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="44" ht="18" customHeight="0">
-      <c s="20" t="str" r="A44"/>
-[...6 lines deleted...]
-      <c s="20" t="str" r="P44"/>
+      <c s="21" t="str" r="A44"/>
+      <c s="14" t="str" r="B44"/>
+      <c s="21" t="str" r="C44"/>
+      <c s="21" t="str" r="D44"/>
+      <c s="14" t="str" r="E44"/>
+      <c s="14" t="str" r="F44"/>
+      <c s="21" t="str" r="G44"/>
+      <c s="14" t="str" r="H44"/>
+      <c s="14" t="str" r="I44"/>
+      <c s="21" t="str" r="J44"/>
+      <c s="14" t="str" r="K44"/>
+      <c s="21" t="str" r="L44"/>
+      <c s="14" t="str" r="M44"/>
+      <c s="21" t="str" r="N44"/>
+      <c s="14" t="str" r="O44"/>
+      <c s="21" t="str" r="P44"/>
+      <c s="14" t="str" r="Q44"/>
+      <c s="14" t="str" r="R44"/>
       <c s="18" t="inlineStr" r="S44">
         <is>
-          <t xml:space="preserve">CLASS B CERTIFICATE</t>
+          <t xml:space="preserve">CLASS D CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="45" ht="18" customHeight="0">
-      <c s="20" t="str" r="A45"/>
-[...9 lines deleted...]
-          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+      <c s="9" t="inlineStr" r="A45">
+        <is>
+          <t xml:space="preserve">AA000249</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="C45">
+        <is>
+          <t xml:space="preserve">07/31/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="D45">
+        <is>
+          <t xml:space="preserve">EMSL ANALYTICAL, INC.</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="G45">
+        <is>
+          <t xml:space="preserve">6340 CASTLEPLACE DRIVE </t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="J45">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">INDIANAPOLIS</t>
+          </r>
+        </is>
+      </c>
+      <c s="11" t="inlineStr" r="L45">
+        <is>
+          <t xml:space="preserve">IN</t>
+        </is>
+      </c>
+      <c s="11" t="inlineStr" r="N45">
+        <is>
+          <t xml:space="preserve">46250</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="P45">
+        <is>
+          <t xml:space="preserve">317- 803-2997</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="S45">
+        <is>
+          <t xml:space="preserve">CLA - CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="46" ht="18" customHeight="0">
-      <c s="21" t="str" r="A46"/>
-[...19 lines deleted...]
-          <t xml:space="preserve">CLASS D CERTIFICATE</t>
+      <c s="19" t="str" r="A46"/>
+      <c s="19" t="str" r="C46"/>
+      <c s="19" t="str" r="D46"/>
+      <c s="19" t="str" r="G46"/>
+      <c s="19" t="str" r="J46"/>
+      <c s="19" t="str" r="L46"/>
+      <c s="19" t="str" r="N46"/>
+      <c s="19" t="str" r="P46"/>
+      <c s="12" t="inlineStr" r="S46">
+        <is>
+          <t xml:space="preserve">CLC - CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="47" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A47">
-[...3 lines deleted...]
-      </c>
+      <c s="13" t="str" r="A47"/>
       <c s="14" t="str" r="B47"/>
-      <c s="10" t="inlineStr" r="C47">
-[...8 lines deleted...]
-      </c>
+      <c s="13" t="str" r="C47"/>
+      <c s="13" t="str" r="D47"/>
       <c s="14" t="str" r="E47"/>
       <c s="14" t="str" r="F47"/>
-      <c s="10" t="inlineStr" r="G47">
-[...3 lines deleted...]
-      </c>
+      <c s="13" t="str" r="G47"/>
       <c s="14" t="str" r="H47"/>
       <c s="14" t="str" r="I47"/>
-      <c s="10" t="inlineStr" r="J47">
-[...26 lines deleted...]
-      </c>
+      <c s="13" t="str" r="J47"/>
       <c s="14" t="str" r="K47"/>
-      <c s="11" t="inlineStr" r="L47">
-[...3 lines deleted...]
-      </c>
+      <c s="13" t="str" r="L47"/>
       <c s="14" t="str" r="M47"/>
-      <c s="11" t="inlineStr" r="N47">
-[...3 lines deleted...]
-      </c>
+      <c s="13" t="str" r="N47"/>
       <c s="14" t="str" r="O47"/>
-      <c s="10" t="inlineStr" r="P47">
-[...3 lines deleted...]
-      </c>
+      <c s="13" t="str" r="P47"/>
       <c s="14" t="str" r="Q47"/>
       <c s="14" t="str" r="R47"/>
       <c s="12" t="inlineStr" r="S47">
         <is>
-          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+          <t xml:space="preserve">CLD - CLASS D CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="48" ht="18" customHeight="0">
       <c s="15" t="inlineStr" r="A48">
         <is>
+          <t xml:space="preserve">AA000179</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="B48"/>
+      <c s="16" t="inlineStr" r="C48">
+        <is>
+          <t xml:space="preserve">05/29/2026</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D48">
+        <is>
+          <t xml:space="preserve">AXIOM PARTNERS, INC.</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="E48"/>
+      <c s="14" t="str" r="F48"/>
+      <c s="16" t="inlineStr" r="G48">
+        <is>
+          <t xml:space="preserve">50 SALEM STREET SUITE 103B</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="H48"/>
+      <c s="14" t="str" r="I48"/>
+      <c s="16" t="inlineStr" r="J48">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">LYNNFIELD</t>
+          </r>
+        </is>
+      </c>
+      <c s="14" t="str" r="K48"/>
+      <c s="17" t="inlineStr" r="L48">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="M48"/>
+      <c s="17" t="inlineStr" r="N48">
+        <is>
+          <t xml:space="preserve">01940</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="O48"/>
+      <c s="16" t="inlineStr" r="P48">
+        <is>
+          <t xml:space="preserve">781- 213-9198</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="Q48"/>
+      <c s="14" t="str" r="R48"/>
+      <c s="18" t="inlineStr" r="S48">
+        <is>
+          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" ht="18" customHeight="0">
+      <c s="9" t="inlineStr" r="A49">
+        <is>
           <t xml:space="preserve">AA000191</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="C48">
+      <c s="10" t="inlineStr" r="C49">
         <is>
           <t xml:space="preserve">09/02/2026</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="D48">
+      <c s="10" t="inlineStr" r="D49">
         <is>
           <t xml:space="preserve">EMSL ANALYTICAL, INC.</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="G48">
+      <c s="10" t="inlineStr" r="G49">
         <is>
           <t xml:space="preserve">165 GRACEY AVENUE </t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="J48">
+      <c s="10" t="inlineStr" r="J49">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">MERIDEN</t>
           </r>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="L48">
+      <c s="11" t="inlineStr" r="L49">
         <is>
           <t xml:space="preserve">CT</t>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="N48">
+      <c s="11" t="inlineStr" r="N49">
         <is>
           <t xml:space="preserve">06451</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="P48">
+      <c s="10" t="inlineStr" r="P49">
         <is>
           <t xml:space="preserve">203- 284-5948</t>
         </is>
       </c>
-      <c s="18" t="inlineStr" r="S48">
+      <c s="12" t="inlineStr" r="S49">
         <is>
           <t xml:space="preserve">CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="49" ht="18" customHeight="0">
-[...8 lines deleted...]
-      <c s="18" t="inlineStr" r="S49">
+    <row r="50" ht="18" customHeight="0">
+      <c s="19" t="str" r="A50"/>
+      <c s="19" t="str" r="C50"/>
+      <c s="19" t="str" r="D50"/>
+      <c s="19" t="str" r="G50"/>
+      <c s="19" t="str" r="J50"/>
+      <c s="19" t="str" r="L50"/>
+      <c s="19" t="str" r="N50"/>
+      <c s="19" t="str" r="P50"/>
+      <c s="12" t="inlineStr" r="S50">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="50" ht="18" customHeight="0">
-[...18 lines deleted...]
-      <c s="18" t="inlineStr" r="S50">
+    <row r="51" ht="18" customHeight="0">
+      <c s="13" t="str" r="A51"/>
+      <c s="14" t="str" r="B51"/>
+      <c s="13" t="str" r="C51"/>
+      <c s="13" t="str" r="D51"/>
+      <c s="14" t="str" r="E51"/>
+      <c s="14" t="str" r="F51"/>
+      <c s="13" t="str" r="G51"/>
+      <c s="14" t="str" r="H51"/>
+      <c s="14" t="str" r="I51"/>
+      <c s="13" t="str" r="J51"/>
+      <c s="14" t="str" r="K51"/>
+      <c s="13" t="str" r="L51"/>
+      <c s="14" t="str" r="M51"/>
+      <c s="13" t="str" r="N51"/>
+      <c s="14" t="str" r="O51"/>
+      <c s="13" t="str" r="P51"/>
+      <c s="14" t="str" r="Q51"/>
+      <c s="14" t="str" r="R51"/>
+      <c s="12" t="inlineStr" r="S51">
         <is>
           <t xml:space="preserve">CLASS D CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="51" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A51">
+    <row r="52" ht="18" customHeight="0">
+      <c s="15" t="inlineStr" r="A52">
         <is>
           <t xml:space="preserve">AA000245</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="C51">
+      <c s="16" t="inlineStr" r="C52">
         <is>
           <t xml:space="preserve">09/08/2026</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="D51">
+      <c s="16" t="inlineStr" r="D52">
         <is>
           <t xml:space="preserve">ENVIROMED SERVICES, INC.</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="G51">
+      <c s="16" t="inlineStr" r="G52">
         <is>
           <t xml:space="preserve">470 MURDOCK AVENUE </t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="J51">
+      <c s="16" t="inlineStr" r="J52">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">MERIDEN</t>
           </r>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="L51">
+      <c s="17" t="inlineStr" r="L52">
         <is>
           <t xml:space="preserve">CT</t>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="N51">
+      <c s="17" t="inlineStr" r="N52">
         <is>
           <t xml:space="preserve">06450</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="P51">
+      <c s="16" t="inlineStr" r="P52">
         <is>
           <t xml:space="preserve">203- 238-4846</t>
         </is>
       </c>
-      <c s="12" t="inlineStr" r="S51">
+      <c s="18" t="inlineStr" r="S52">
         <is>
           <t xml:space="preserve">CLB - CLASS B CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="52" ht="18" customHeight="0">
-[...23 lines deleted...]
-    </row>
     <row r="53" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A53">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="A53"/>
       <c s="14" t="str" r="B53"/>
-      <c s="16" t="inlineStr" r="C53">
-[...8 lines deleted...]
-      </c>
+      <c s="21" t="str" r="C53"/>
+      <c s="21" t="str" r="D53"/>
       <c s="14" t="str" r="E53"/>
       <c s="14" t="str" r="F53"/>
-      <c s="16" t="inlineStr" r="G53">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="G53"/>
       <c s="14" t="str" r="H53"/>
       <c s="14" t="str" r="I53"/>
-      <c s="16" t="inlineStr" r="J53">
-[...26 lines deleted...]
-      </c>
+      <c s="21" t="str" r="J53"/>
       <c s="14" t="str" r="K53"/>
-      <c s="17" t="inlineStr" r="L53">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="L53"/>
       <c s="14" t="str" r="M53"/>
-      <c s="17" t="inlineStr" r="N53">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="N53"/>
       <c s="14" t="str" r="O53"/>
-      <c s="16" t="inlineStr" r="P53">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="P53"/>
       <c s="14" t="str" r="Q53"/>
       <c s="14" t="str" r="R53"/>
       <c s="18" t="inlineStr" r="S53">
         <is>
-          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+          <t xml:space="preserve">CLC - CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="54" ht="18" customHeight="0">
       <c s="9" t="inlineStr" r="A54">
         <is>
-          <t xml:space="preserve">AA271</t>
+          <t xml:space="preserve">AA000233</t>
         </is>
       </c>
       <c s="14" t="str" r="B54"/>
       <c s="10" t="inlineStr" r="C54">
         <is>
-          <t xml:space="preserve">07/10/2026</t>
+          <t xml:space="preserve">03/24/2026</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="D54">
         <is>
-          <t xml:space="preserve">Hayes Microbial Consulting</t>
+          <t xml:space="preserve">SAFETY ENVIRONMENTAL CONSULTANTS, INC.</t>
         </is>
       </c>
       <c s="14" t="str" r="E54"/>
       <c s="14" t="str" r="F54"/>
       <c s="10" t="inlineStr" r="G54">
         <is>
-          <t xml:space="preserve">3005 E Boundary Terrace f </t>
+          <t xml:space="preserve">4 PINEHURST AVE </t>
         </is>
       </c>
       <c s="14" t="str" r="H54"/>
       <c s="14" t="str" r="I54"/>
       <c s="10" t="inlineStr" r="J54">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">Midlothian</t>
+            <t xml:space="preserve">METHUEN</t>
           </r>
         </is>
       </c>
       <c s="14" t="str" r="K54"/>
       <c s="11" t="inlineStr" r="L54">
         <is>
-          <t xml:space="preserve">VA</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="14" t="str" r="M54"/>
       <c s="11" t="inlineStr" r="N54">
         <is>
-          <t xml:space="preserve">23112</t>
+          <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="14" t="str" r="O54"/>
       <c s="10" t="inlineStr" r="P54">
         <is>
-          <t xml:space="preserve">804- -56-3435</t>
+          <t xml:space="preserve">617- 981-4774</t>
         </is>
       </c>
       <c s="14" t="str" r="Q54"/>
       <c s="14" t="str" r="R54"/>
       <c s="12" t="inlineStr" r="S54">
         <is>
-          <t xml:space="preserve">CLA - CLASS A CERTIFICATE</t>
+          <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="55" ht="18" customHeight="0">
       <c s="15" t="inlineStr" r="A55">
         <is>
+          <t xml:space="preserve">AA000163</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="C55">
+        <is>
+          <t xml:space="preserve">10/01/2026</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D55">
+        <is>
+          <t xml:space="preserve">AMERICA SCIENCE TEAM RICHMOND, INC.</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="G55">
+        <is>
+          <t xml:space="preserve">13635 GENITO ROAD </t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="J55">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">MIDLOTHIAN</t>
+          </r>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="L55">
+        <is>
+          <t xml:space="preserve">VA</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="N55">
+        <is>
+          <t xml:space="preserve">23112</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P55">
+        <is>
+          <t xml:space="preserve">804- 763-1200</t>
+        </is>
+      </c>
+      <c s="18" t="inlineStr" r="S55">
+        <is>
+          <t xml:space="preserve">CLASS A CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" ht="18" customHeight="0">
+      <c s="20" t="str" r="A56"/>
+      <c s="20" t="str" r="C56"/>
+      <c s="20" t="str" r="D56"/>
+      <c s="20" t="str" r="G56"/>
+      <c s="20" t="str" r="J56"/>
+      <c s="20" t="str" r="L56"/>
+      <c s="20" t="str" r="N56"/>
+      <c s="20" t="str" r="P56"/>
+      <c s="18" t="inlineStr" r="S56">
+        <is>
+          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" ht="18" customHeight="0">
+      <c s="21" t="str" r="A57"/>
+      <c s="14" t="str" r="B57"/>
+      <c s="21" t="str" r="C57"/>
+      <c s="21" t="str" r="D57"/>
+      <c s="14" t="str" r="E57"/>
+      <c s="14" t="str" r="F57"/>
+      <c s="21" t="str" r="G57"/>
+      <c s="14" t="str" r="H57"/>
+      <c s="14" t="str" r="I57"/>
+      <c s="21" t="str" r="J57"/>
+      <c s="14" t="str" r="K57"/>
+      <c s="21" t="str" r="L57"/>
+      <c s="14" t="str" r="M57"/>
+      <c s="21" t="str" r="N57"/>
+      <c s="14" t="str" r="O57"/>
+      <c s="21" t="str" r="P57"/>
+      <c s="14" t="str" r="Q57"/>
+      <c s="14" t="str" r="R57"/>
+      <c s="18" t="inlineStr" r="S57">
+        <is>
+          <t xml:space="preserve">CLASS D CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" ht="18" customHeight="0">
+      <c s="9" t="inlineStr" r="A58">
+        <is>
+          <t xml:space="preserve">AA271</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="B58"/>
+      <c s="10" t="inlineStr" r="C58">
+        <is>
+          <t xml:space="preserve">07/10/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="D58">
+        <is>
+          <t xml:space="preserve">Hayes Microbial Consulting</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="E58"/>
+      <c s="14" t="str" r="F58"/>
+      <c s="10" t="inlineStr" r="G58">
+        <is>
+          <t xml:space="preserve">3005 E Boundary Terrace f </t>
+        </is>
+      </c>
+      <c s="14" t="str" r="H58"/>
+      <c s="14" t="str" r="I58"/>
+      <c s="10" t="inlineStr" r="J58">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">Midlothian</t>
+          </r>
+        </is>
+      </c>
+      <c s="14" t="str" r="K58"/>
+      <c s="11" t="inlineStr" r="L58">
+        <is>
+          <t xml:space="preserve">VA</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="M58"/>
+      <c s="11" t="inlineStr" r="N58">
+        <is>
+          <t xml:space="preserve">23112</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="O58"/>
+      <c s="10" t="inlineStr" r="P58">
+        <is>
+          <t xml:space="preserve">804- -56-3435</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="Q58"/>
+      <c s="14" t="str" r="R58"/>
+      <c s="12" t="inlineStr" r="S58">
+        <is>
+          <t xml:space="preserve">CLA - CLASS A CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" ht="18" customHeight="0">
+      <c s="15" t="inlineStr" r="A59">
+        <is>
           <t xml:space="preserve">AA000190</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="C55">
-[...4 lines deleted...]
-      <c s="16" t="inlineStr" r="D55">
+      <c s="16" t="inlineStr" r="C59">
+        <is>
+          <t xml:space="preserve">10/30/2026</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D59">
         <is>
           <t xml:space="preserve">ENVIRONMENTAL HAZARDS SERVICES, LLC</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="G55">
+      <c s="16" t="inlineStr" r="G59">
         <is>
           <t xml:space="preserve">7469 WHITEPINE ROAD </t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="J55">
+      <c s="16" t="inlineStr" r="J59">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">N. CHESTERFIELD</t>
           </r>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="L55">
+      <c s="17" t="inlineStr" r="L59">
         <is>
           <t xml:space="preserve">VA</t>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="N55">
+      <c s="17" t="inlineStr" r="N59">
         <is>
           <t xml:space="preserve">23237</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="P55">
+      <c s="16" t="inlineStr" r="P59">
         <is>
           <t xml:space="preserve">804- 275-4788</t>
         </is>
       </c>
-      <c s="18" t="inlineStr" r="S55">
+      <c s="18" t="inlineStr" r="S59">
         <is>
           <t xml:space="preserve">CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="56" ht="18" customHeight="0">
-[...123 lines deleted...]
-    </row>
     <row r="60" ht="18" customHeight="0">
-      <c s="13" t="str" r="A60"/>
+      <c s="21" t="str" r="A60"/>
       <c s="14" t="str" r="B60"/>
-      <c s="13" t="str" r="C60"/>
-      <c s="13" t="str" r="D60"/>
+      <c s="21" t="str" r="C60"/>
+      <c s="21" t="str" r="D60"/>
       <c s="14" t="str" r="E60"/>
       <c s="14" t="str" r="F60"/>
-      <c s="13" t="str" r="G60"/>
+      <c s="21" t="str" r="G60"/>
       <c s="14" t="str" r="H60"/>
       <c s="14" t="str" r="I60"/>
-      <c s="13" t="str" r="J60"/>
+      <c s="21" t="str" r="J60"/>
       <c s="14" t="str" r="K60"/>
-      <c s="13" t="str" r="L60"/>
+      <c s="21" t="str" r="L60"/>
       <c s="14" t="str" r="M60"/>
-      <c s="13" t="str" r="N60"/>
+      <c s="21" t="str" r="N60"/>
       <c s="14" t="str" r="O60"/>
-      <c s="13" t="str" r="P60"/>
+      <c s="21" t="str" r="P60"/>
       <c s="14" t="str" r="Q60"/>
       <c s="14" t="str" r="R60"/>
-      <c s="12" t="inlineStr" r="S60">
+      <c s="18" t="inlineStr" r="S60">
+        <is>
+          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" ht="18" customHeight="0">
+      <c s="9" t="inlineStr" r="A61">
+        <is>
+          <t xml:space="preserve">AA000222</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="C61">
+        <is>
+          <t xml:space="preserve">09/16/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="D61">
+        <is>
+          <t xml:space="preserve">SANAIR TECHNOLOGIES LABORATORY, INC.</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="G61">
+        <is>
+          <t xml:space="preserve">10501 TRADE COURT </t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="J61">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">N. CHESTERFIELD</t>
+          </r>
+        </is>
+      </c>
+      <c s="11" t="inlineStr" r="L61">
+        <is>
+          <t xml:space="preserve">VA</t>
+        </is>
+      </c>
+      <c s="11" t="inlineStr" r="N61">
+        <is>
+          <t xml:space="preserve">23236</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="P61">
+        <is>
+          <t xml:space="preserve">888- 895-1177</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="S61">
+        <is>
+          <t xml:space="preserve">CLASS A CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" ht="18" customHeight="0">
+      <c s="19" t="str" r="A62"/>
+      <c s="19" t="str" r="C62"/>
+      <c s="19" t="str" r="D62"/>
+      <c s="19" t="str" r="G62"/>
+      <c s="19" t="str" r="J62"/>
+      <c s="19" t="str" r="L62"/>
+      <c s="19" t="str" r="N62"/>
+      <c s="19" t="str" r="P62"/>
+      <c s="12" t="inlineStr" r="S62">
+        <is>
+          <t xml:space="preserve">CLASS B CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" ht="18" customHeight="0">
+      <c s="19" t="str" r="A63"/>
+      <c s="19" t="str" r="C63"/>
+      <c s="19" t="str" r="D63"/>
+      <c s="19" t="str" r="G63"/>
+      <c s="19" t="str" r="J63"/>
+      <c s="19" t="str" r="L63"/>
+      <c s="19" t="str" r="N63"/>
+      <c s="19" t="str" r="P63"/>
+      <c s="12" t="inlineStr" r="S63">
+        <is>
+          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" ht="18" customHeight="0">
+      <c s="13" t="str" r="A64"/>
+      <c s="14" t="str" r="B64"/>
+      <c s="13" t="str" r="C64"/>
+      <c s="13" t="str" r="D64"/>
+      <c s="14" t="str" r="E64"/>
+      <c s="14" t="str" r="F64"/>
+      <c s="13" t="str" r="G64"/>
+      <c s="14" t="str" r="H64"/>
+      <c s="14" t="str" r="I64"/>
+      <c s="13" t="str" r="J64"/>
+      <c s="14" t="str" r="K64"/>
+      <c s="13" t="str" r="L64"/>
+      <c s="14" t="str" r="M64"/>
+      <c s="13" t="str" r="N64"/>
+      <c s="14" t="str" r="O64"/>
+      <c s="13" t="str" r="P64"/>
+      <c s="14" t="str" r="Q64"/>
+      <c s="14" t="str" r="R64"/>
+      <c s="12" t="inlineStr" r="S64">
         <is>
           <t xml:space="preserve">CLASS D CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="61" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A61">
+    <row r="65" ht="18" customHeight="0">
+      <c s="15" t="inlineStr" r="A65">
         <is>
           <t xml:space="preserve">AA000054</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="C61">
+      <c s="16" t="inlineStr" r="C65">
         <is>
           <t xml:space="preserve">06/30/2026</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="D61">
+      <c s="16" t="inlineStr" r="D65">
         <is>
           <t xml:space="preserve">AMERICA SCIENCE TEAM NEW YORK, INC.</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="G61">
+      <c s="16" t="inlineStr" r="G65">
         <is>
           <t xml:space="preserve">117 EAST 30TH STREET </t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="J61">
+      <c s="16" t="inlineStr" r="J65">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">NEW YORK</t>
           </r>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="L61">
+      <c s="17" t="inlineStr" r="L65">
         <is>
           <t xml:space="preserve">NY</t>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="N61">
+      <c s="17" t="inlineStr" r="N65">
         <is>
           <t xml:space="preserve">10016</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="P61">
+      <c s="16" t="inlineStr" r="P65">
         <is>
           <t xml:space="preserve">212- 679-8600</t>
         </is>
       </c>
-      <c s="18" t="inlineStr" r="S61">
+      <c s="18" t="inlineStr" r="S65">
         <is>
           <t xml:space="preserve">CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="62" ht="18" customHeight="0">
-[...8 lines deleted...]
-      <c s="18" t="inlineStr" r="S62">
+    <row r="66" ht="18" customHeight="0">
+      <c s="20" t="str" r="A66"/>
+      <c s="20" t="str" r="C66"/>
+      <c s="20" t="str" r="D66"/>
+      <c s="20" t="str" r="G66"/>
+      <c s="20" t="str" r="J66"/>
+      <c s="20" t="str" r="L66"/>
+      <c s="20" t="str" r="N66"/>
+      <c s="20" t="str" r="P66"/>
+      <c s="18" t="inlineStr" r="S66">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="63" ht="18" customHeight="0">
-[...18 lines deleted...]
-      <c s="18" t="inlineStr" r="S63">
+    <row r="67" ht="18" customHeight="0">
+      <c s="21" t="str" r="A67"/>
+      <c s="14" t="str" r="B67"/>
+      <c s="21" t="str" r="C67"/>
+      <c s="21" t="str" r="D67"/>
+      <c s="14" t="str" r="E67"/>
+      <c s="14" t="str" r="F67"/>
+      <c s="21" t="str" r="G67"/>
+      <c s="14" t="str" r="H67"/>
+      <c s="14" t="str" r="I67"/>
+      <c s="21" t="str" r="J67"/>
+      <c s="14" t="str" r="K67"/>
+      <c s="21" t="str" r="L67"/>
+      <c s="14" t="str" r="M67"/>
+      <c s="21" t="str" r="N67"/>
+      <c s="14" t="str" r="O67"/>
+      <c s="21" t="str" r="P67"/>
+      <c s="14" t="str" r="Q67"/>
+      <c s="14" t="str" r="R67"/>
+      <c s="18" t="inlineStr" r="S67">
         <is>
           <t xml:space="preserve">CLASS D CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="64" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A64">
+    <row r="68" ht="18" customHeight="0">
+      <c s="9" t="inlineStr" r="A68">
         <is>
           <t xml:space="preserve">AA000170</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="C64">
+      <c s="10" t="inlineStr" r="C68">
         <is>
           <t xml:space="preserve">07/31/2026</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="D64">
+      <c s="10" t="inlineStr" r="D68">
         <is>
           <t xml:space="preserve">EMSL ANALYTICAL, INC.</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="G64">
+      <c s="10" t="inlineStr" r="G68">
         <is>
           <t xml:space="preserve">307 WEST 38TH STREET </t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="J64">
+      <c s="10" t="inlineStr" r="J68">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">NEW YORK</t>
           </r>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="L64">
+      <c s="11" t="inlineStr" r="L68">
         <is>
           <t xml:space="preserve">NY</t>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="N64">
+      <c s="11" t="inlineStr" r="N68">
         <is>
           <t xml:space="preserve">10018</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="P64">
+      <c s="10" t="inlineStr" r="P68">
         <is>
           <t xml:space="preserve">212- 290-0051</t>
         </is>
       </c>
-      <c s="12" t="inlineStr" r="S64">
+      <c s="12" t="inlineStr" r="S68">
         <is>
           <t xml:space="preserve">CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="65" ht="18" customHeight="0">
-[...8 lines deleted...]
-      <c s="12" t="inlineStr" r="S65">
+    <row r="69" ht="18" customHeight="0">
+      <c s="19" t="str" r="A69"/>
+      <c s="19" t="str" r="C69"/>
+      <c s="19" t="str" r="D69"/>
+      <c s="19" t="str" r="G69"/>
+      <c s="19" t="str" r="J69"/>
+      <c s="19" t="str" r="L69"/>
+      <c s="19" t="str" r="N69"/>
+      <c s="19" t="str" r="P69"/>
+      <c s="12" t="inlineStr" r="S69">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="66" ht="18" customHeight="0">
-[...133 lines deleted...]
-    </row>
     <row r="70" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A70">
-[...3 lines deleted...]
-      </c>
+      <c s="13" t="str" r="A70"/>
       <c s="14" t="str" r="B70"/>
-      <c s="10" t="inlineStr" r="C70">
-[...8 lines deleted...]
-      </c>
+      <c s="13" t="str" r="C70"/>
+      <c s="13" t="str" r="D70"/>
       <c s="14" t="str" r="E70"/>
       <c s="14" t="str" r="F70"/>
-      <c s="10" t="inlineStr" r="G70">
-[...3 lines deleted...]
-      </c>
+      <c s="13" t="str" r="G70"/>
       <c s="14" t="str" r="H70"/>
       <c s="14" t="str" r="I70"/>
-      <c s="10" t="inlineStr" r="J70">
-[...26 lines deleted...]
-      </c>
+      <c s="13" t="str" r="J70"/>
       <c s="14" t="str" r="K70"/>
-      <c s="11" t="inlineStr" r="L70">
-[...3 lines deleted...]
-      </c>
+      <c s="13" t="str" r="L70"/>
       <c s="14" t="str" r="M70"/>
-      <c s="11" t="inlineStr" r="N70">
-[...3 lines deleted...]
-      </c>
+      <c s="13" t="str" r="N70"/>
       <c s="14" t="str" r="O70"/>
-      <c s="10" t="inlineStr" r="P70">
-[...3 lines deleted...]
-      </c>
+      <c s="13" t="str" r="P70"/>
       <c s="14" t="str" r="Q70"/>
       <c s="14" t="str" r="R70"/>
       <c s="12" t="inlineStr" r="S70">
         <is>
-          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+          <t xml:space="preserve">CLASS D CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="71" ht="18" customHeight="0">
       <c s="15" t="inlineStr" r="A71">
         <is>
-          <t xml:space="preserve">AA000122</t>
-[...2 lines deleted...]
-      <c s="14" t="str" r="B71"/>
+          <t xml:space="preserve">AA000241</t>
+        </is>
+      </c>
       <c s="16" t="inlineStr" r="C71">
         <is>
-          <t xml:space="preserve">03/18/2026</t>
+          <t xml:space="preserve">05/29/2026</t>
         </is>
       </c>
       <c s="16" t="inlineStr" r="D71">
         <is>
-          <t xml:space="preserve">ENVIRONMENTAL REMEDIATION SERVICES, INC</t>
-[...3 lines deleted...]
-      <c s="14" t="str" r="F71"/>
+          <t xml:space="preserve">BATTA LABORATORIES, LLC</t>
+        </is>
+      </c>
       <c s="16" t="inlineStr" r="G71">
         <is>
-          <t xml:space="preserve">20 VERNON STREET  </t>
-[...3 lines deleted...]
-      <c s="14" t="str" r="I71"/>
+          <t xml:space="preserve">6 GARFIELD WAY </t>
+        </is>
+      </c>
       <c s="16" t="inlineStr" r="J71">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">NORWOOD</t>
-[...3 lines deleted...]
-      <c s="14" t="str" r="K71"/>
+            <t xml:space="preserve">NEWARK</t>
+          </r>
+        </is>
+      </c>
       <c s="17" t="inlineStr" r="L71">
         <is>
-          <t xml:space="preserve">MA</t>
-[...2 lines deleted...]
-      <c s="14" t="str" r="M71"/>
+          <t xml:space="preserve">DE</t>
+        </is>
+      </c>
       <c s="17" t="inlineStr" r="N71">
         <is>
-          <t xml:space="preserve">02062</t>
-[...2 lines deleted...]
-      <c s="14" t="str" r="O71"/>
+          <t xml:space="preserve">19713</t>
+        </is>
+      </c>
       <c s="16" t="inlineStr" r="P71">
         <is>
-          <t xml:space="preserve">781- 762-1772</t>
-[...3 lines deleted...]
-      <c s="14" t="str" r="R71"/>
+          <t xml:space="preserve">302- 737-3376</t>
+        </is>
+      </c>
       <c s="18" t="inlineStr" r="S71">
         <is>
+          <t xml:space="preserve">CLASS A CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" ht="18" customHeight="0">
+      <c s="20" t="str" r="A72"/>
+      <c s="20" t="str" r="C72"/>
+      <c s="20" t="str" r="D72"/>
+      <c s="20" t="str" r="G72"/>
+      <c s="20" t="str" r="J72"/>
+      <c s="20" t="str" r="L72"/>
+      <c s="20" t="str" r="N72"/>
+      <c s="20" t="str" r="P72"/>
+      <c s="18" t="inlineStr" r="S72">
+        <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="72" ht="18" customHeight="0">
-[...78 lines deleted...]
-    </row>
     <row r="73" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A73">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="A73"/>
       <c s="14" t="str" r="B73"/>
-      <c s="16" t="inlineStr" r="C73">
-[...8 lines deleted...]
-      </c>
+      <c s="21" t="str" r="C73"/>
+      <c s="21" t="str" r="D73"/>
       <c s="14" t="str" r="E73"/>
       <c s="14" t="str" r="F73"/>
-      <c s="16" t="inlineStr" r="G73">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="G73"/>
       <c s="14" t="str" r="H73"/>
       <c s="14" t="str" r="I73"/>
-      <c s="16" t="inlineStr" r="J73">
-[...26 lines deleted...]
-      </c>
+      <c s="21" t="str" r="J73"/>
       <c s="14" t="str" r="K73"/>
-      <c s="17" t="inlineStr" r="L73">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="L73"/>
       <c s="14" t="str" r="M73"/>
-      <c s="17" t="inlineStr" r="N73">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="N73"/>
       <c s="14" t="str" r="O73"/>
-      <c s="16" t="inlineStr" r="P73">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="P73"/>
       <c s="14" t="str" r="Q73"/>
       <c s="14" t="str" r="R73"/>
       <c s="18" t="inlineStr" r="S73">
         <is>
-          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+          <t xml:space="preserve">CLASS D CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="74" ht="18" customHeight="0">
       <c s="9" t="inlineStr" r="A74">
         <is>
-          <t xml:space="preserve">AA000129</t>
-[...1 lines deleted...]
-      </c>
+          <t xml:space="preserve">AA000256</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="B74"/>
       <c s="10" t="inlineStr" r="C74">
         <is>
-          <t xml:space="preserve">04/17/2026</t>
+          <t xml:space="preserve">04/14/2026</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="D74">
         <is>
-          <t xml:space="preserve">SCHNEIDER LABORATORIES GLOBAL, INC.</t>
-[...1 lines deleted...]
-      </c>
+          <t xml:space="preserve">RPF ENVIRONMENTAL, INC</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="E74"/>
+      <c s="14" t="str" r="F74"/>
       <c s="10" t="inlineStr" r="G74">
         <is>
-          <t xml:space="preserve">2512 WEST CARY STREET </t>
-[...1 lines deleted...]
-      </c>
+          <t xml:space="preserve">320 FIRST NH TURNPIKE </t>
+        </is>
+      </c>
+      <c s="14" t="str" r="H74"/>
+      <c s="14" t="str" r="I74"/>
       <c s="10" t="inlineStr" r="J74">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">RICHMOND</t>
-[...2 lines deleted...]
-      </c>
+            <t xml:space="preserve">NORTHWOOD</t>
+          </r>
+        </is>
+      </c>
+      <c s="14" t="str" r="K74"/>
       <c s="11" t="inlineStr" r="L74">
         <is>
-          <t xml:space="preserve">VA</t>
-[...1 lines deleted...]
-      </c>
+          <t xml:space="preserve">NH</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="M74"/>
       <c s="11" t="inlineStr" r="N74">
         <is>
-          <t xml:space="preserve">23220</t>
-[...1 lines deleted...]
-      </c>
+          <t xml:space="preserve">03261</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="O74"/>
       <c s="10" t="inlineStr" r="P74">
         <is>
-          <t xml:space="preserve">804- 353-6778</t>
-[...1 lines deleted...]
-      </c>
+          <t xml:space="preserve">603- 942-5432</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="Q74"/>
+      <c s="14" t="str" r="R74"/>
       <c s="12" t="inlineStr" r="S74">
         <is>
-          <t xml:space="preserve">CLASS A CERTIFICATE</t>
+          <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="75" ht="18" customHeight="0">
-      <c s="13" t="str" r="A75"/>
+      <c s="15" t="inlineStr" r="A75">
+        <is>
+          <t xml:space="preserve">AA000122</t>
+        </is>
+      </c>
       <c s="14" t="str" r="B75"/>
-      <c s="13" t="str" r="C75"/>
-      <c s="13" t="str" r="D75"/>
+      <c s="16" t="inlineStr" r="C75">
+        <is>
+          <t xml:space="preserve">03/18/2026</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D75">
+        <is>
+          <t xml:space="preserve">ENVIRONMENTAL REMEDIATION SERVICES, INC</t>
+        </is>
+      </c>
       <c s="14" t="str" r="E75"/>
       <c s="14" t="str" r="F75"/>
-      <c s="13" t="str" r="G75"/>
+      <c s="16" t="inlineStr" r="G75">
+        <is>
+          <t xml:space="preserve">20 VERNON STREET  </t>
+        </is>
+      </c>
       <c s="14" t="str" r="H75"/>
       <c s="14" t="str" r="I75"/>
-      <c s="13" t="str" r="J75"/>
+      <c s="16" t="inlineStr" r="J75">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">NORWOOD</t>
+          </r>
+        </is>
+      </c>
       <c s="14" t="str" r="K75"/>
-      <c s="13" t="str" r="L75"/>
+      <c s="17" t="inlineStr" r="L75">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
       <c s="14" t="str" r="M75"/>
-      <c s="13" t="str" r="N75"/>
+      <c s="17" t="inlineStr" r="N75">
+        <is>
+          <t xml:space="preserve">02062</t>
+        </is>
+      </c>
       <c s="14" t="str" r="O75"/>
-      <c s="13" t="str" r="P75"/>
+      <c s="16" t="inlineStr" r="P75">
+        <is>
+          <t xml:space="preserve">781- 762-1772</t>
+        </is>
+      </c>
       <c s="14" t="str" r="Q75"/>
       <c s="14" t="str" r="R75"/>
-      <c s="12" t="inlineStr" r="S75">
+      <c s="18" t="inlineStr" r="S75">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="76" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A76">
+      <c s="9" t="inlineStr" r="A76">
+        <is>
+          <t xml:space="preserve">AA000246</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="B76"/>
+      <c s="10" t="inlineStr" r="C76">
+        <is>
+          <t xml:space="preserve">03/19/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="D76">
+        <is>
+          <t xml:space="preserve">FUSS &amp; O'NEILL, INC.</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="E76"/>
+      <c s="14" t="str" r="F76"/>
+      <c s="10" t="inlineStr" r="G76">
+        <is>
+          <t xml:space="preserve">108 MYRTLE STREET SUITE #502</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="H76"/>
+      <c s="14" t="str" r="I76"/>
+      <c s="10" t="inlineStr" r="J76">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">QUINCY</t>
+          </r>
+        </is>
+      </c>
+      <c s="14" t="str" r="K76"/>
+      <c s="11" t="inlineStr" r="L76">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="M76"/>
+      <c s="11" t="inlineStr" r="N76">
+        <is>
+          <t xml:space="preserve">02171</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="O76"/>
+      <c s="10" t="inlineStr" r="P76">
+        <is>
+          <t xml:space="preserve">617- 282-4675</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="Q76"/>
+      <c s="14" t="str" r="R76"/>
+      <c s="12" t="inlineStr" r="S76">
+        <is>
+          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" ht="18" customHeight="0">
+      <c s="15" t="inlineStr" r="A77">
+        <is>
+          <t xml:space="preserve">AA000129</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="C77">
+        <is>
+          <t xml:space="preserve">04/17/2026</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D77">
+        <is>
+          <t xml:space="preserve">SCHNEIDER LABORATORIES GLOBAL, INC.</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="G77">
+        <is>
+          <t xml:space="preserve">2512 WEST CARY STREET </t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="J77">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">RICHMOND</t>
+          </r>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="L77">
+        <is>
+          <t xml:space="preserve">VA</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="N77">
+        <is>
+          <t xml:space="preserve">23220</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P77">
+        <is>
+          <t xml:space="preserve">804- 353-6778</t>
+        </is>
+      </c>
+      <c s="18" t="inlineStr" r="S77">
+        <is>
+          <t xml:space="preserve">CLASS A CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" ht="18" customHeight="0">
+      <c s="21" t="str" r="A78"/>
+      <c s="14" t="str" r="B78"/>
+      <c s="21" t="str" r="C78"/>
+      <c s="21" t="str" r="D78"/>
+      <c s="14" t="str" r="E78"/>
+      <c s="14" t="str" r="F78"/>
+      <c s="21" t="str" r="G78"/>
+      <c s="14" t="str" r="H78"/>
+      <c s="14" t="str" r="I78"/>
+      <c s="21" t="str" r="J78"/>
+      <c s="14" t="str" r="K78"/>
+      <c s="21" t="str" r="L78"/>
+      <c s="14" t="str" r="M78"/>
+      <c s="21" t="str" r="N78"/>
+      <c s="14" t="str" r="O78"/>
+      <c s="21" t="str" r="P78"/>
+      <c s="14" t="str" r="Q78"/>
+      <c s="14" t="str" r="R78"/>
+      <c s="18" t="inlineStr" r="S78">
+        <is>
+          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" ht="18" customHeight="0">
+      <c s="9" t="inlineStr" r="A79">
         <is>
           <t xml:space="preserve">AA000258</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="C76">
+      <c s="10" t="inlineStr" r="C79">
         <is>
           <t xml:space="preserve">04/30/2026</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="D76">
+      <c s="10" t="inlineStr" r="D79">
         <is>
           <t xml:space="preserve">EMSL ANALYTICAL, INC.</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="G76">
+      <c s="10" t="inlineStr" r="G79">
         <is>
           <t xml:space="preserve">2975 BRIGHTON HENRIETTA TOWN LINE ROAD BUILDING 100, SUITE 130</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="J76">
+      <c s="10" t="inlineStr" r="J79">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">ROCHESTER</t>
           </r>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="L76">
+      <c s="11" t="inlineStr" r="L79">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="N76">
+      <c s="11" t="inlineStr" r="N79">
         <is>
           <t xml:space="preserve">14623</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="P76">
+      <c s="10" t="inlineStr" r="P79">
         <is>
           <t xml:space="preserve">800- 220-3675</t>
         </is>
       </c>
-      <c s="18" t="inlineStr" r="S76">
+      <c s="12" t="inlineStr" r="S79">
         <is>
           <t xml:space="preserve">CLA - CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="77" ht="18" customHeight="0">
-[...8 lines deleted...]
-      <c s="18" t="inlineStr" r="S77">
+    <row r="80" ht="18" customHeight="0">
+      <c s="19" t="str" r="A80"/>
+      <c s="19" t="str" r="C80"/>
+      <c s="19" t="str" r="D80"/>
+      <c s="19" t="str" r="G80"/>
+      <c s="19" t="str" r="J80"/>
+      <c s="19" t="str" r="L80"/>
+      <c s="19" t="str" r="N80"/>
+      <c s="19" t="str" r="P80"/>
+      <c s="12" t="inlineStr" r="S80">
         <is>
           <t xml:space="preserve">CLB - CLASS B CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="78" ht="18" customHeight="0">
-[...8 lines deleted...]
-      <c s="18" t="inlineStr" r="S78">
+    <row r="81" ht="18" customHeight="0">
+      <c s="19" t="str" r="A81"/>
+      <c s="19" t="str" r="C81"/>
+      <c s="19" t="str" r="D81"/>
+      <c s="19" t="str" r="G81"/>
+      <c s="19" t="str" r="J81"/>
+      <c s="19" t="str" r="L81"/>
+      <c s="19" t="str" r="N81"/>
+      <c s="19" t="str" r="P81"/>
+      <c s="12" t="inlineStr" r="S81">
         <is>
           <t xml:space="preserve">CLC - CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="79" ht="18" customHeight="0">
-[...18 lines deleted...]
-      <c s="18" t="inlineStr" r="S79">
+    <row r="82" ht="18" customHeight="0">
+      <c s="13" t="str" r="A82"/>
+      <c s="14" t="str" r="B82"/>
+      <c s="13" t="str" r="C82"/>
+      <c s="13" t="str" r="D82"/>
+      <c s="14" t="str" r="E82"/>
+      <c s="14" t="str" r="F82"/>
+      <c s="13" t="str" r="G82"/>
+      <c s="14" t="str" r="H82"/>
+      <c s="14" t="str" r="I82"/>
+      <c s="13" t="str" r="J82"/>
+      <c s="14" t="str" r="K82"/>
+      <c s="13" t="str" r="L82"/>
+      <c s="14" t="str" r="M82"/>
+      <c s="13" t="str" r="N82"/>
+      <c s="14" t="str" r="O82"/>
+      <c s="13" t="str" r="P82"/>
+      <c s="14" t="str" r="Q82"/>
+      <c s="14" t="str" r="R82"/>
+      <c s="12" t="inlineStr" r="S82">
         <is>
           <t xml:space="preserve">CLD - CLASS D CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="80" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A80">
+    <row r="83" ht="18" customHeight="0">
+      <c s="15" t="inlineStr" r="A83">
         <is>
           <t xml:space="preserve">AA000235</t>
         </is>
       </c>
-      <c s="14" t="str" r="B80"/>
-[...5 lines deleted...]
-      <c s="10" t="inlineStr" r="D80">
+      <c s="14" t="str" r="B83"/>
+      <c s="16" t="inlineStr" r="C83">
+        <is>
+          <t xml:space="preserve">10/29/2026</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D83">
         <is>
           <t xml:space="preserve">MAC SERVICES, LLC</t>
         </is>
       </c>
-      <c s="14" t="str" r="E80"/>
-[...216 lines deleted...]
-      <c s="13" t="str" r="D83"/>
       <c s="14" t="str" r="E83"/>
       <c s="14" t="str" r="F83"/>
-      <c s="13" t="str" r="G83"/>
+      <c s="16" t="inlineStr" r="G83">
+        <is>
+          <t xml:space="preserve">21 MILL POND DRIVE </t>
+        </is>
+      </c>
       <c s="14" t="str" r="H83"/>
       <c s="14" t="str" r="I83"/>
-      <c s="13" t="str" r="J83"/>
+      <c s="16" t="inlineStr" r="J83">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">ROCHESTER</t>
+          </r>
+        </is>
+      </c>
       <c s="14" t="str" r="K83"/>
-      <c s="13" t="str" r="L83"/>
+      <c s="17" t="inlineStr" r="L83">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
       <c s="14" t="str" r="M83"/>
-      <c s="13" t="str" r="N83"/>
+      <c s="17" t="inlineStr" r="N83">
+        <is>
+          <t xml:space="preserve">02770</t>
+        </is>
+      </c>
       <c s="14" t="str" r="O83"/>
-      <c s="13" t="str" r="P83"/>
+      <c s="16" t="inlineStr" r="P83">
+        <is>
+          <t xml:space="preserve">508- 789-0983</t>
+        </is>
+      </c>
       <c s="14" t="str" r="Q83"/>
       <c s="14" t="str" r="R83"/>
-      <c s="12" t="inlineStr" r="S83">
+      <c s="18" t="inlineStr" r="S83">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="84" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A84">
-[...1 lines deleted...]
-          <t xml:space="preserve">AA000240</t>
+      <c s="9" t="inlineStr" r="A84">
+        <is>
+          <t xml:space="preserve">AA000259</t>
         </is>
       </c>
       <c s="14" t="str" r="B84"/>
-      <c s="16" t="inlineStr" r="C84">
-[...6 lines deleted...]
-          <t xml:space="preserve">TEST ALL ENVIRONMENTAL SERVICES, INC.</t>
+      <c s="10" t="inlineStr" r="C84">
+        <is>
+          <t xml:space="preserve">06/05/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="D84">
+        <is>
+          <t xml:space="preserve">CRYSTAL ANALYTICAL, LLC</t>
         </is>
       </c>
       <c s="14" t="str" r="E84"/>
       <c s="14" t="str" r="F84"/>
-      <c s="16" t="inlineStr" r="G84">
-[...1 lines deleted...]
-          <t xml:space="preserve">96 LANCASTER FARM ROAD </t>
+      <c s="10" t="inlineStr" r="G84">
+        <is>
+          <t xml:space="preserve">55 ACCORD PARK DRIVE SUITE 2D</t>
         </is>
       </c>
       <c s="14" t="str" r="H84"/>
       <c s="14" t="str" r="I84"/>
-      <c s="16" t="inlineStr" r="J84">
+      <c s="10" t="inlineStr" r="J84">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">SALEM</t>
+            <t xml:space="preserve">ROCKLAND</t>
           </r>
         </is>
       </c>
       <c s="14" t="str" r="K84"/>
-      <c s="17" t="inlineStr" r="L84">
-[...1 lines deleted...]
-          <t xml:space="preserve">NH</t>
+      <c s="11" t="inlineStr" r="L84">
+        <is>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="14" t="str" r="M84"/>
-      <c s="17" t="inlineStr" r="N84">
-[...1 lines deleted...]
-          <t xml:space="preserve">03079</t>
+      <c s="11" t="inlineStr" r="N84">
+        <is>
+          <t xml:space="preserve">02370</t>
         </is>
       </c>
       <c s="14" t="str" r="O84"/>
-      <c s="16" t="inlineStr" r="P84">
-[...1 lines deleted...]
-          <t xml:space="preserve">617- 797-5187</t>
+      <c s="10" t="inlineStr" r="P84">
+        <is>
+          <t xml:space="preserve">774- 454-9199</t>
         </is>
       </c>
       <c s="14" t="str" r="Q84"/>
       <c s="14" t="str" r="R84"/>
-      <c s="18" t="inlineStr" r="S84">
-[...1 lines deleted...]
-          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+      <c s="12" t="inlineStr" r="S84">
+        <is>
+          <t xml:space="preserve">CLB - CLASS B CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="85" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A85">
-[...19 lines deleted...]
-      <c s="10" t="inlineStr" r="J85">
+      <c s="15" t="inlineStr" r="A85">
+        <is>
+          <t xml:space="preserve">AA000175</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="C85">
+        <is>
+          <t xml:space="preserve">12/24/2025</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D85">
+        <is>
+          <t xml:space="preserve">OPTIMUM ANALYTICAL AND CONSULTING, LLC</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="G85">
+        <is>
+          <t xml:space="preserve">85 STILES ROAD SUITE 201</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="J85">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">SMITHFIELD</t>
-[...18 lines deleted...]
-      <c s="12" t="inlineStr" r="S85">
+            <t xml:space="preserve">SALEM</t>
+          </r>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="L85">
+        <is>
+          <t xml:space="preserve">NH</t>
+        </is>
+      </c>
+      <c s="17" t="inlineStr" r="N85">
+        <is>
+          <t xml:space="preserve">03079</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="P85">
+        <is>
+          <t xml:space="preserve">603- 458-5247</t>
+        </is>
+      </c>
+      <c s="18" t="inlineStr" r="S85">
         <is>
           <t xml:space="preserve">CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="86" ht="18" customHeight="0">
-      <c s="13" t="str" r="A86"/>
+      <c s="21" t="str" r="A86"/>
       <c s="14" t="str" r="B86"/>
-      <c s="13" t="str" r="C86"/>
-      <c s="13" t="str" r="D86"/>
+      <c s="21" t="str" r="C86"/>
+      <c s="21" t="str" r="D86"/>
       <c s="14" t="str" r="E86"/>
       <c s="14" t="str" r="F86"/>
-      <c s="13" t="str" r="G86"/>
+      <c s="21" t="str" r="G86"/>
       <c s="14" t="str" r="H86"/>
       <c s="14" t="str" r="I86"/>
-      <c s="13" t="str" r="J86"/>
+      <c s="21" t="str" r="J86"/>
       <c s="14" t="str" r="K86"/>
-      <c s="13" t="str" r="L86"/>
+      <c s="21" t="str" r="L86"/>
       <c s="14" t="str" r="M86"/>
-      <c s="13" t="str" r="N86"/>
+      <c s="21" t="str" r="N86"/>
       <c s="14" t="str" r="O86"/>
-      <c s="13" t="str" r="P86"/>
+      <c s="21" t="str" r="P86"/>
       <c s="14" t="str" r="Q86"/>
       <c s="14" t="str" r="R86"/>
-      <c s="12" t="inlineStr" r="S86">
+      <c s="18" t="inlineStr" r="S86">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="87" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A87">
+      <c s="9" t="inlineStr" r="A87">
+        <is>
+          <t xml:space="preserve">AA000240</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="B87"/>
+      <c s="10" t="inlineStr" r="C87">
+        <is>
+          <t xml:space="preserve">07/07/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="D87">
+        <is>
+          <t xml:space="preserve">TEST ALL ENVIRONMENTAL SERVICES, INC.</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="E87"/>
+      <c s="14" t="str" r="F87"/>
+      <c s="10" t="inlineStr" r="G87">
+        <is>
+          <t xml:space="preserve">96 LANCASTER FARM ROAD </t>
+        </is>
+      </c>
+      <c s="14" t="str" r="H87"/>
+      <c s="14" t="str" r="I87"/>
+      <c s="10" t="inlineStr" r="J87">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">SALEM</t>
+          </r>
+        </is>
+      </c>
+      <c s="14" t="str" r="K87"/>
+      <c s="11" t="inlineStr" r="L87">
+        <is>
+          <t xml:space="preserve">NH</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="M87"/>
+      <c s="11" t="inlineStr" r="N87">
+        <is>
+          <t xml:space="preserve">03079</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="O87"/>
+      <c s="10" t="inlineStr" r="P87">
+        <is>
+          <t xml:space="preserve">617- 797-5187</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="Q87"/>
+      <c s="14" t="str" r="R87"/>
+      <c s="12" t="inlineStr" r="S87">
+        <is>
+          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" ht="18" customHeight="0">
+      <c s="15" t="inlineStr" r="A88">
         <is>
           <t xml:space="preserve">AA000236</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="C87">
-[...4 lines deleted...]
-      <c s="16" t="inlineStr" r="D87">
+      <c s="16" t="inlineStr" r="C88">
+        <is>
+          <t xml:space="preserve">11/25/2026</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D88">
         <is>
           <t xml:space="preserve">EMSL ANALYTICAL, INC.</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="G87">
+      <c s="16" t="inlineStr" r="G88">
         <is>
           <t xml:space="preserve">161 JOHN ROBERTS ROAD </t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="J87">
+      <c s="16" t="inlineStr" r="J88">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">SOUTH PORTLAND</t>
           </r>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="L87">
+      <c s="17" t="inlineStr" r="L88">
         <is>
           <t xml:space="preserve">ME</t>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="N87">
+      <c s="17" t="inlineStr" r="N88">
         <is>
           <t xml:space="preserve">04106</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="P87">
+      <c s="16" t="inlineStr" r="P88">
         <is>
           <t xml:space="preserve">207- 517-6921</t>
         </is>
       </c>
-      <c s="18" t="inlineStr" r="S87">
+      <c s="18" t="inlineStr" r="S88">
         <is>
           <t xml:space="preserve">CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="88" ht="18" customHeight="0">
-[...8 lines deleted...]
-      <c s="18" t="inlineStr" r="S88">
+    <row r="89" ht="18" customHeight="0">
+      <c s="20" t="str" r="A89"/>
+      <c s="20" t="str" r="C89"/>
+      <c s="20" t="str" r="D89"/>
+      <c s="20" t="str" r="G89"/>
+      <c s="20" t="str" r="J89"/>
+      <c s="20" t="str" r="L89"/>
+      <c s="20" t="str" r="N89"/>
+      <c s="20" t="str" r="P89"/>
+      <c s="18" t="inlineStr" r="S89">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="89" ht="18" customHeight="0">
-[...23 lines deleted...]
-    </row>
     <row r="90" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A90">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="A90"/>
       <c s="14" t="str" r="B90"/>
-      <c s="10" t="inlineStr" r="C90">
-[...8 lines deleted...]
-      </c>
+      <c s="21" t="str" r="C90"/>
+      <c s="21" t="str" r="D90"/>
       <c s="14" t="str" r="E90"/>
       <c s="14" t="str" r="F90"/>
-      <c s="10" t="inlineStr" r="G90">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="G90"/>
       <c s="14" t="str" r="H90"/>
       <c s="14" t="str" r="I90"/>
-      <c s="10" t="inlineStr" r="J90">
-[...26 lines deleted...]
-      </c>
+      <c s="21" t="str" r="J90"/>
       <c s="14" t="str" r="K90"/>
-      <c s="11" t="inlineStr" r="L90">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="L90"/>
       <c s="14" t="str" r="M90"/>
-      <c s="11" t="inlineStr" r="N90">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="N90"/>
       <c s="14" t="str" r="O90"/>
-      <c s="10" t="inlineStr" r="P90">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="P90"/>
       <c s="14" t="str" r="Q90"/>
       <c s="14" t="str" r="R90"/>
-      <c s="12" t="inlineStr" r="S90">
-[...1 lines deleted...]
-          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+      <c s="18" t="inlineStr" r="S90">
+        <is>
+          <t xml:space="preserve">CLASS D CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="91" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A91">
-[...1 lines deleted...]
-          <t xml:space="preserve">AA000089</t>
+      <c s="9" t="inlineStr" r="A91">
+        <is>
+          <t xml:space="preserve">AA000161</t>
         </is>
       </c>
       <c s="14" t="str" r="B91"/>
-      <c s="16" t="inlineStr" r="C91">
-[...6 lines deleted...]
-          <t xml:space="preserve">O'REILLY, TALBOT &amp; OKUN ASSOCIATES, INC.</t>
+      <c s="10" t="inlineStr" r="C91">
+        <is>
+          <t xml:space="preserve">04/25/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="D91">
+        <is>
+          <t xml:space="preserve">SMITH AND WESSEL ASSOCIATES, INC.</t>
         </is>
       </c>
       <c s="14" t="str" r="E91"/>
       <c s="14" t="str" r="F91"/>
-      <c s="16" t="inlineStr" r="G91">
-[...1 lines deleted...]
-          <t xml:space="preserve">293 BRIDGE STREET SUITE 500</t>
+      <c s="10" t="inlineStr" r="G91">
+        <is>
+          <t xml:space="preserve">188 GREENVILLE STREET </t>
         </is>
       </c>
       <c s="14" t="str" r="H91"/>
       <c s="14" t="str" r="I91"/>
-      <c s="16" t="inlineStr" r="J91">
+      <c s="10" t="inlineStr" r="J91">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">SPRINGFIELD</t>
+            <t xml:space="preserve">SPENCER</t>
           </r>
         </is>
       </c>
       <c s="14" t="str" r="K91"/>
-      <c s="17" t="inlineStr" r="L91">
+      <c s="11" t="inlineStr" r="L91">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="14" t="str" r="M91"/>
-      <c s="17" t="inlineStr" r="N91">
-[...1 lines deleted...]
-          <t xml:space="preserve">01103</t>
+      <c s="11" t="inlineStr" r="N91">
+        <is>
+          <t xml:space="preserve">01562</t>
         </is>
       </c>
       <c s="14" t="str" r="O91"/>
-      <c s="16" t="inlineStr" r="P91">
-[...1 lines deleted...]
-          <t xml:space="preserve">413- 788-6222</t>
+      <c s="10" t="inlineStr" r="P91">
+        <is>
+          <t xml:space="preserve">978- 346-4800</t>
         </is>
       </c>
       <c s="14" t="str" r="Q91"/>
       <c s="14" t="str" r="R91"/>
-      <c s="18" t="inlineStr" r="S91">
+      <c s="12" t="inlineStr" r="S91">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="92" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A92">
-[...1 lines deleted...]
-          <t xml:space="preserve">AA000234</t>
+      <c s="15" t="inlineStr" r="A92">
+        <is>
+          <t xml:space="preserve">AA000089</t>
         </is>
       </c>
       <c s="14" t="str" r="B92"/>
-      <c s="10" t="inlineStr" r="C92">
-[...6 lines deleted...]
-          <t xml:space="preserve">MABBETT &amp; ASSOCIATES, INC.</t>
+      <c s="16" t="inlineStr" r="C92">
+        <is>
+          <t xml:space="preserve">10/23/2026</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D92">
+        <is>
+          <t xml:space="preserve">O'REILLY, TALBOT &amp; OKUN ASSOCIATES, INC.</t>
         </is>
       </c>
       <c s="14" t="str" r="E92"/>
       <c s="14" t="str" r="F92"/>
-      <c s="10" t="inlineStr" r="G92">
-[...1 lines deleted...]
-          <t xml:space="preserve">105 CENTRAL STREET SUITE 4100</t>
+      <c s="16" t="inlineStr" r="G92">
+        <is>
+          <t xml:space="preserve">293 BRIDGE STREET SUITE 500</t>
         </is>
       </c>
       <c s="14" t="str" r="H92"/>
       <c s="14" t="str" r="I92"/>
-      <c s="10" t="inlineStr" r="J92">
+      <c s="16" t="inlineStr" r="J92">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">STONEHAM</t>
+            <t xml:space="preserve">SPRINGFIELD</t>
           </r>
         </is>
       </c>
       <c s="14" t="str" r="K92"/>
-      <c s="11" t="inlineStr" r="L92">
+      <c s="17" t="inlineStr" r="L92">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="14" t="str" r="M92"/>
-      <c s="11" t="inlineStr" r="N92">
-[...1 lines deleted...]
-          <t xml:space="preserve">02180</t>
+      <c s="17" t="inlineStr" r="N92">
+        <is>
+          <t xml:space="preserve">01103</t>
         </is>
       </c>
       <c s="14" t="str" r="O92"/>
-      <c s="10" t="inlineStr" r="P92">
-[...1 lines deleted...]
-          <t xml:space="preserve">781- 275-6050</t>
+      <c s="16" t="inlineStr" r="P92">
+        <is>
+          <t xml:space="preserve">413- 788-6222</t>
         </is>
       </c>
       <c s="14" t="str" r="Q92"/>
       <c s="14" t="str" r="R92"/>
-      <c s="12" t="inlineStr" r="S92">
+      <c s="18" t="inlineStr" r="S92">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="93" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A93">
-[...1 lines deleted...]
-          <t xml:space="preserve">AA000152</t>
+      <c s="9" t="inlineStr" r="A93">
+        <is>
+          <t xml:space="preserve">AA000234</t>
         </is>
       </c>
       <c s="14" t="str" r="B93"/>
-      <c s="16" t="inlineStr" r="C93">
-[...6 lines deleted...]
-          <t xml:space="preserve">A1 SPECTRUM SERVICES LLC</t>
+      <c s="10" t="inlineStr" r="C93">
+        <is>
+          <t xml:space="preserve">07/07/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="D93">
+        <is>
+          <t xml:space="preserve">MABBETT &amp; ASSOCIATES, INC.</t>
         </is>
       </c>
       <c s="14" t="str" r="E93"/>
       <c s="14" t="str" r="F93"/>
-      <c s="16" t="inlineStr" r="G93">
-[...1 lines deleted...]
-          <t xml:space="preserve">43 EIGHT LOTS ROAD </t>
+      <c s="10" t="inlineStr" r="G93">
+        <is>
+          <t xml:space="preserve">105 CENTRAL STREET SUITE 4100</t>
         </is>
       </c>
       <c s="14" t="str" r="H93"/>
       <c s="14" t="str" r="I93"/>
-      <c s="16" t="inlineStr" r="J93">
+      <c s="10" t="inlineStr" r="J93">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">SUTTON</t>
+            <t xml:space="preserve">STONEHAM</t>
           </r>
         </is>
       </c>
       <c s="14" t="str" r="K93"/>
-      <c s="17" t="inlineStr" r="L93">
+      <c s="11" t="inlineStr" r="L93">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="14" t="str" r="M93"/>
-      <c s="17" t="inlineStr" r="N93">
-[...1 lines deleted...]
-          <t xml:space="preserve">01590</t>
+      <c s="11" t="inlineStr" r="N93">
+        <is>
+          <t xml:space="preserve">02180</t>
         </is>
       </c>
       <c s="14" t="str" r="O93"/>
-      <c s="16" t="inlineStr" r="P93">
-[...1 lines deleted...]
-          <t xml:space="preserve">781- 820-1523</t>
+      <c s="10" t="inlineStr" r="P93">
+        <is>
+          <t xml:space="preserve">781- 275-6050</t>
         </is>
       </c>
       <c s="14" t="str" r="Q93"/>
       <c s="14" t="str" r="R93"/>
-      <c s="18" t="inlineStr" r="S93">
+      <c s="12" t="inlineStr" r="S93">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="94" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A94">
-[...1 lines deleted...]
-          <t xml:space="preserve">AA000226</t>
+      <c s="15" t="inlineStr" r="A94">
+        <is>
+          <t xml:space="preserve">AA000152</t>
         </is>
       </c>
       <c s="14" t="str" r="B94"/>
-      <c s="10" t="inlineStr" r="C94">
-[...6 lines deleted...]
-          <t xml:space="preserve">GLE ASSOCIATES, INC.</t>
+      <c s="16" t="inlineStr" r="C94">
+        <is>
+          <t xml:space="preserve">07/09/2026</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D94">
+        <is>
+          <t xml:space="preserve">A1 SPECTRUM SERVICES LLC</t>
         </is>
       </c>
       <c s="14" t="str" r="E94"/>
       <c s="14" t="str" r="F94"/>
-      <c s="10" t="inlineStr" r="G94">
-[...1 lines deleted...]
-          <t xml:space="preserve">5405 CYPRESS CENTER DRIVE SUITE 110</t>
+      <c s="16" t="inlineStr" r="G94">
+        <is>
+          <t xml:space="preserve">43 EIGHT LOTS ROAD </t>
         </is>
       </c>
       <c s="14" t="str" r="H94"/>
       <c s="14" t="str" r="I94"/>
-      <c s="10" t="inlineStr" r="J94">
+      <c s="16" t="inlineStr" r="J94">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">TAMPA</t>
+            <t xml:space="preserve">SUTTON</t>
           </r>
         </is>
       </c>
       <c s="14" t="str" r="K94"/>
-      <c s="11" t="inlineStr" r="L94">
-[...1 lines deleted...]
-          <t xml:space="preserve">FL</t>
+      <c s="17" t="inlineStr" r="L94">
+        <is>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="14" t="str" r="M94"/>
-      <c s="11" t="inlineStr" r="N94">
-[...1 lines deleted...]
-          <t xml:space="preserve">33609</t>
+      <c s="17" t="inlineStr" r="N94">
+        <is>
+          <t xml:space="preserve">01590</t>
         </is>
       </c>
       <c s="14" t="str" r="O94"/>
-      <c s="10" t="inlineStr" r="P94">
-[...1 lines deleted...]
-          <t xml:space="preserve">813- 241-8350</t>
+      <c s="16" t="inlineStr" r="P94">
+        <is>
+          <t xml:space="preserve">781- 820-1523</t>
         </is>
       </c>
       <c s="14" t="str" r="Q94"/>
       <c s="14" t="str" r="R94"/>
-      <c s="12" t="inlineStr" r="S94">
+      <c s="18" t="inlineStr" r="S94">
+        <is>
+          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" ht="18" customHeight="0">
+      <c s="9" t="inlineStr" r="A95">
+        <is>
+          <t xml:space="preserve">AA000226</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="B95"/>
+      <c s="10" t="inlineStr" r="C95">
+        <is>
+          <t xml:space="preserve">06/23/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="D95">
+        <is>
+          <t xml:space="preserve">GLE ASSOCIATES, INC.</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="E95"/>
+      <c s="14" t="str" r="F95"/>
+      <c s="10" t="inlineStr" r="G95">
+        <is>
+          <t xml:space="preserve">5405 CYPRESS CENTER DRIVE SUITE 110</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="H95"/>
+      <c s="14" t="str" r="I95"/>
+      <c s="10" t="inlineStr" r="J95">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">TAMPA</t>
+          </r>
+        </is>
+      </c>
+      <c s="14" t="str" r="K95"/>
+      <c s="11" t="inlineStr" r="L95">
+        <is>
+          <t xml:space="preserve">FL</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="M95"/>
+      <c s="11" t="inlineStr" r="N95">
+        <is>
+          <t xml:space="preserve">33609</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="O95"/>
+      <c s="10" t="inlineStr" r="P95">
+        <is>
+          <t xml:space="preserve">813- 241-8350</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="Q95"/>
+      <c s="14" t="str" r="R95"/>
+      <c s="12" t="inlineStr" r="S95">
         <is>
           <t xml:space="preserve">CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="95" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A95">
+    <row r="96" ht="18" customHeight="0">
+      <c s="15" t="inlineStr" r="A96">
         <is>
           <t xml:space="preserve">AA000183</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="C95">
-[...4 lines deleted...]
-      <c s="16" t="inlineStr" r="D95">
+      <c s="16" t="inlineStr" r="C96">
+        <is>
+          <t xml:space="preserve">10/24/2026</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D96">
         <is>
           <t xml:space="preserve">HILLMANN CONSULTING, LLC</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="G95">
+      <c s="16" t="inlineStr" r="G96">
         <is>
           <t xml:space="preserve">1600 ROUTE 22 EAST </t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="J95">
+      <c s="16" t="inlineStr" r="J96">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">UNION</t>
           </r>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="L95">
+      <c s="17" t="inlineStr" r="L96">
         <is>
           <t xml:space="preserve">NJ</t>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="N95">
+      <c s="17" t="inlineStr" r="N96">
         <is>
           <t xml:space="preserve">07083</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="P95">
+      <c s="16" t="inlineStr" r="P96">
         <is>
           <t xml:space="preserve">908- 688-7800</t>
         </is>
       </c>
-      <c s="18" t="inlineStr" r="S95">
+      <c s="18" t="inlineStr" r="S96">
         <is>
           <t xml:space="preserve">CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="96" ht="18" customHeight="0">
-[...23 lines deleted...]
-    </row>
     <row r="97" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A97">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="A97"/>
       <c s="14" t="str" r="B97"/>
-      <c s="10" t="inlineStr" r="C97">
-[...8 lines deleted...]
-      </c>
+      <c s="21" t="str" r="C97"/>
+      <c s="21" t="str" r="D97"/>
       <c s="14" t="str" r="E97"/>
       <c s="14" t="str" r="F97"/>
-      <c s="10" t="inlineStr" r="G97">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="G97"/>
       <c s="14" t="str" r="H97"/>
       <c s="14" t="str" r="I97"/>
-      <c s="10" t="inlineStr" r="J97">
-[...26 lines deleted...]
-      </c>
+      <c s="21" t="str" r="J97"/>
       <c s="14" t="str" r="K97"/>
-      <c s="11" t="inlineStr" r="L97">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="L97"/>
       <c s="14" t="str" r="M97"/>
-      <c s="11" t="inlineStr" r="N97">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="N97"/>
       <c s="14" t="str" r="O97"/>
-      <c s="10" t="inlineStr" r="P97">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="P97"/>
       <c s="14" t="str" r="Q97"/>
       <c s="14" t="str" r="R97"/>
-      <c s="12" t="inlineStr" r="S97">
+      <c s="18" t="inlineStr" r="S97">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="98" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A98">
+      <c s="9" t="inlineStr" r="A98">
+        <is>
+          <t xml:space="preserve">AA000005</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="B98"/>
+      <c s="10" t="inlineStr" r="C98">
+        <is>
+          <t xml:space="preserve">03/24/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="D98">
+        <is>
+          <t xml:space="preserve">Atlas Technical Consultants LLC</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="E98"/>
+      <c s="14" t="str" r="F98"/>
+      <c s="10" t="inlineStr" r="G98">
+        <is>
+          <t xml:space="preserve">73 WILLIAM FRANKS DRIVE </t>
+        </is>
+      </c>
+      <c s="14" t="str" r="H98"/>
+      <c s="14" t="str" r="I98"/>
+      <c s="10" t="inlineStr" r="J98">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">WEST SPRINGFIELD</t>
+          </r>
+        </is>
+      </c>
+      <c s="14" t="str" r="K98"/>
+      <c s="11" t="inlineStr" r="L98">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="M98"/>
+      <c s="11" t="inlineStr" r="N98">
+        <is>
+          <t xml:space="preserve">01089</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="O98"/>
+      <c s="10" t="inlineStr" r="P98">
+        <is>
+          <t xml:space="preserve">413- 781-0070</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="Q98"/>
+      <c s="14" t="str" r="R98"/>
+      <c s="12" t="inlineStr" r="S98">
+        <is>
+          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" ht="18" customHeight="0">
+      <c s="15" t="inlineStr" r="A99">
         <is>
           <t xml:space="preserve">AA000162</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="C98">
+      <c s="16" t="inlineStr" r="C99">
         <is>
           <t xml:space="preserve">12/31/2025</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="D98">
+      <c s="16" t="inlineStr" r="D99">
         <is>
           <t xml:space="preserve">AMERICA SCIENCE TEAM BOSTON, INC.</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="G98">
+      <c s="16" t="inlineStr" r="G99">
         <is>
           <t xml:space="preserve">8 SCHOOL STREET </t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="J98">
+      <c s="16" t="inlineStr" r="J99">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">WEYMOUTH</t>
           </r>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="L98">
+      <c s="17" t="inlineStr" r="L99">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="N98">
+      <c s="17" t="inlineStr" r="N99">
         <is>
           <t xml:space="preserve">02189</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="P98">
+      <c s="16" t="inlineStr" r="P99">
         <is>
           <t xml:space="preserve">781- 337-9334</t>
         </is>
       </c>
-      <c s="18" t="inlineStr" r="S98">
+      <c s="18" t="inlineStr" r="S99">
         <is>
           <t xml:space="preserve">CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="99" ht="18" customHeight="0">
-[...8 lines deleted...]
-      <c s="18" t="inlineStr" r="S99">
+    <row r="100" ht="18" customHeight="0">
+      <c s="20" t="str" r="A100"/>
+      <c s="20" t="str" r="C100"/>
+      <c s="20" t="str" r="D100"/>
+      <c s="20" t="str" r="G100"/>
+      <c s="20" t="str" r="J100"/>
+      <c s="20" t="str" r="L100"/>
+      <c s="20" t="str" r="N100"/>
+      <c s="20" t="str" r="P100"/>
+      <c s="18" t="inlineStr" r="S100">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="100" ht="18" customHeight="0">
-[...23 lines deleted...]
-    </row>
     <row r="101" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A101">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="A101"/>
       <c s="14" t="str" r="B101"/>
-      <c s="10" t="inlineStr" r="C101">
-[...8 lines deleted...]
-      </c>
+      <c s="21" t="str" r="C101"/>
+      <c s="21" t="str" r="D101"/>
       <c s="14" t="str" r="E101"/>
       <c s="14" t="str" r="F101"/>
-      <c s="10" t="inlineStr" r="G101">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="G101"/>
       <c s="14" t="str" r="H101"/>
       <c s="14" t="str" r="I101"/>
-      <c s="10" t="inlineStr" r="J101">
-[...26 lines deleted...]
-      </c>
+      <c s="21" t="str" r="J101"/>
       <c s="14" t="str" r="K101"/>
-      <c s="11" t="inlineStr" r="L101">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="L101"/>
       <c s="14" t="str" r="M101"/>
-      <c s="11" t="inlineStr" r="N101">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="N101"/>
       <c s="14" t="str" r="O101"/>
-      <c s="10" t="inlineStr" r="P101">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="P101"/>
       <c s="14" t="str" r="Q101"/>
       <c s="14" t="str" r="R101"/>
-      <c s="12" t="inlineStr" r="S101">
-[...1 lines deleted...]
-          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+      <c s="18" t="inlineStr" r="S101">
+        <is>
+          <t xml:space="preserve">CLASS D CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="102" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A102">
-[...1 lines deleted...]
-          <t xml:space="preserve">AA000216</t>
+      <c s="9" t="inlineStr" r="A102">
+        <is>
+          <t xml:space="preserve">AA000232</t>
         </is>
       </c>
       <c s="14" t="str" r="B102"/>
-      <c s="16" t="inlineStr" r="C102">
-[...6 lines deleted...]
-          <t xml:space="preserve">EFI GLOBAL, INC.</t>
+      <c s="10" t="inlineStr" r="C102">
+        <is>
+          <t xml:space="preserve">09/23/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="D102">
+        <is>
+          <t xml:space="preserve">THE VERTEX COMPANIES, INC.</t>
         </is>
       </c>
       <c s="14" t="str" r="E102"/>
       <c s="14" t="str" r="F102"/>
-      <c s="16" t="inlineStr" r="G102">
-[...1 lines deleted...]
-          <t xml:space="preserve">155 WEST STREET SUITE 6</t>
+      <c s="10" t="inlineStr" r="G102">
+        <is>
+          <t xml:space="preserve">400 LIBBEY PARKWAY </t>
         </is>
       </c>
       <c s="14" t="str" r="H102"/>
       <c s="14" t="str" r="I102"/>
-      <c s="16" t="inlineStr" r="J102">
+      <c s="10" t="inlineStr" r="J102">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">WILMINGTON</t>
+            <t xml:space="preserve">WEYMOUTH</t>
           </r>
         </is>
       </c>
       <c s="14" t="str" r="K102"/>
-      <c s="17" t="inlineStr" r="L102">
+      <c s="11" t="inlineStr" r="L102">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="14" t="str" r="M102"/>
-      <c s="17" t="inlineStr" r="N102">
-[...1 lines deleted...]
-          <t xml:space="preserve">01887</t>
+      <c s="11" t="inlineStr" r="N102">
+        <is>
+          <t xml:space="preserve">02189</t>
         </is>
       </c>
       <c s="14" t="str" r="O102"/>
-      <c s="16" t="inlineStr" r="P102">
-[...1 lines deleted...]
-          <t xml:space="preserve">800- 659-1202</t>
+      <c s="10" t="inlineStr" r="P102">
+        <is>
+          <t xml:space="preserve">781- 952-6000</t>
         </is>
       </c>
       <c s="14" t="str" r="Q102"/>
       <c s="14" t="str" r="R102"/>
-      <c s="18" t="inlineStr" r="S102">
+      <c s="12" t="inlineStr" r="S102">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="103" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A103">
+      <c s="15" t="inlineStr" r="A103">
+        <is>
+          <t xml:space="preserve">AA000216</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="B103"/>
+      <c s="16" t="inlineStr" r="C103">
+        <is>
+          <t xml:space="preserve">01/27/2026</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D103">
+        <is>
+          <t xml:space="preserve">EFI GLOBAL, INC.</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="E103"/>
+      <c s="14" t="str" r="F103"/>
+      <c s="16" t="inlineStr" r="G103">
+        <is>
+          <t xml:space="preserve">155 WEST STREET SUITE 6</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="H103"/>
+      <c s="14" t="str" r="I103"/>
+      <c s="16" t="inlineStr" r="J103">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">WILMINGTON</t>
+          </r>
+        </is>
+      </c>
+      <c s="14" t="str" r="K103"/>
+      <c s="17" t="inlineStr" r="L103">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="M103"/>
+      <c s="17" t="inlineStr" r="N103">
+        <is>
+          <t xml:space="preserve">01887</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="O103"/>
+      <c s="16" t="inlineStr" r="P103">
+        <is>
+          <t xml:space="preserve">800- 659-1202</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="Q103"/>
+      <c s="14" t="str" r="R103"/>
+      <c s="18" t="inlineStr" r="S103">
+        <is>
+          <t xml:space="preserve">CLASS C CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" ht="18" customHeight="0">
+      <c s="9" t="inlineStr" r="A104">
         <is>
           <t xml:space="preserve">AA000052</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="C103">
+      <c s="10" t="inlineStr" r="C104">
         <is>
           <t xml:space="preserve">07/07/2026</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="D103">
+      <c s="10" t="inlineStr" r="D104">
         <is>
           <t xml:space="preserve">TRC ENVIRONMENTAL CORPORATION</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="G103">
+      <c s="10" t="inlineStr" r="G104">
         <is>
           <t xml:space="preserve">21 GRIFFIN ROAD NORTH </t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="J103">
+      <c s="10" t="inlineStr" r="J104">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">WINDSOR</t>
           </r>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="L103">
+      <c s="11" t="inlineStr" r="L104">
         <is>
           <t xml:space="preserve">CT</t>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="N103">
+      <c s="11" t="inlineStr" r="N104">
         <is>
           <t xml:space="preserve">06095</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="P103">
+      <c s="10" t="inlineStr" r="P104">
         <is>
           <t xml:space="preserve">860- 298-9692</t>
         </is>
       </c>
-      <c s="12" t="inlineStr" r="S103">
+      <c s="12" t="inlineStr" r="S104">
         <is>
           <t xml:space="preserve">CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="104" ht="18" customHeight="0">
-[...18 lines deleted...]
-      <c s="12" t="inlineStr" r="S104">
+    <row r="105" ht="18" customHeight="0">
+      <c s="13" t="str" r="A105"/>
+      <c s="14" t="str" r="B105"/>
+      <c s="13" t="str" r="C105"/>
+      <c s="13" t="str" r="D105"/>
+      <c s="14" t="str" r="E105"/>
+      <c s="14" t="str" r="F105"/>
+      <c s="13" t="str" r="G105"/>
+      <c s="14" t="str" r="H105"/>
+      <c s="14" t="str" r="I105"/>
+      <c s="13" t="str" r="J105"/>
+      <c s="14" t="str" r="K105"/>
+      <c s="13" t="str" r="L105"/>
+      <c s="14" t="str" r="M105"/>
+      <c s="13" t="str" r="N105"/>
+      <c s="14" t="str" r="O105"/>
+      <c s="13" t="str" r="P105"/>
+      <c s="14" t="str" r="Q105"/>
+      <c s="14" t="str" r="R105"/>
+      <c s="12" t="inlineStr" r="S105">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="105" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A105">
+    <row r="106" ht="18" customHeight="0">
+      <c s="15" t="inlineStr" r="A106">
         <is>
           <t xml:space="preserve">AA000208</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="C105">
+      <c s="16" t="inlineStr" r="C106">
         <is>
           <t xml:space="preserve">07/07/2026</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="D105">
+      <c s="16" t="inlineStr" r="D106">
         <is>
           <t xml:space="preserve">ASBESTOS IDENTIFICATION LABORATORY</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="G105">
+      <c s="16" t="inlineStr" r="G106">
         <is>
           <t xml:space="preserve">165 NEW BOSTON STREET SUITE 227</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="J105">
+      <c s="16" t="inlineStr" r="J106">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">WOBURN</t>
           </r>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="L105">
+      <c s="17" t="inlineStr" r="L106">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="N105">
+      <c s="17" t="inlineStr" r="N106">
         <is>
           <t xml:space="preserve">01801</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="P105">
+      <c s="16" t="inlineStr" r="P106">
         <is>
           <t xml:space="preserve">781- 932-9600</t>
         </is>
       </c>
-      <c s="18" t="inlineStr" r="S105">
+      <c s="18" t="inlineStr" r="S106">
         <is>
           <t xml:space="preserve">CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="106" ht="18" customHeight="0">
-[...18 lines deleted...]
-      <c s="18" t="inlineStr" r="S106">
+    <row r="107" ht="18" customHeight="0">
+      <c s="21" t="str" r="A107"/>
+      <c s="14" t="str" r="B107"/>
+      <c s="21" t="str" r="C107"/>
+      <c s="21" t="str" r="D107"/>
+      <c s="14" t="str" r="E107"/>
+      <c s="14" t="str" r="F107"/>
+      <c s="21" t="str" r="G107"/>
+      <c s="14" t="str" r="H107"/>
+      <c s="14" t="str" r="I107"/>
+      <c s="21" t="str" r="J107"/>
+      <c s="14" t="str" r="K107"/>
+      <c s="21" t="str" r="L107"/>
+      <c s="14" t="str" r="M107"/>
+      <c s="21" t="str" r="N107"/>
+      <c s="14" t="str" r="O107"/>
+      <c s="21" t="str" r="P107"/>
+      <c s="14" t="str" r="Q107"/>
+      <c s="14" t="str" r="R107"/>
+      <c s="18" t="inlineStr" r="S107">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="107" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A107">
+    <row r="108" ht="18" customHeight="0">
+      <c s="9" t="inlineStr" r="A108">
         <is>
           <t xml:space="preserve">AA000188</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="C107">
+      <c s="10" t="inlineStr" r="C108">
         <is>
           <t xml:space="preserve">05/06/2026</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="D107">
+      <c s="10" t="inlineStr" r="D108">
         <is>
           <t xml:space="preserve">EMSL ANALYTICAL, INC</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="G107">
+      <c s="10" t="inlineStr" r="G108">
         <is>
           <t xml:space="preserve">5 CONSTITUTION WAY UNIT A</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="J107">
+      <c s="10" t="inlineStr" r="J108">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">WOBURN</t>
           </r>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="L107">
+      <c s="11" t="inlineStr" r="L108">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="N107">
+      <c s="11" t="inlineStr" r="N108">
         <is>
           <t xml:space="preserve">01801</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="P107">
+      <c s="10" t="inlineStr" r="P108">
         <is>
           <t xml:space="preserve">781- 933-8411</t>
         </is>
       </c>
-      <c s="12" t="inlineStr" r="S107">
+      <c s="12" t="inlineStr" r="S108">
         <is>
           <t xml:space="preserve">CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="108" ht="18" customHeight="0">
-[...8 lines deleted...]
-      <c s="12" t="inlineStr" r="S108">
+    <row r="109" ht="18" customHeight="0">
+      <c s="19" t="str" r="A109"/>
+      <c s="19" t="str" r="C109"/>
+      <c s="19" t="str" r="D109"/>
+      <c s="19" t="str" r="G109"/>
+      <c s="19" t="str" r="J109"/>
+      <c s="19" t="str" r="L109"/>
+      <c s="19" t="str" r="N109"/>
+      <c s="19" t="str" r="P109"/>
+      <c s="12" t="inlineStr" r="S109">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="109" ht="18" customHeight="0">
-[...18 lines deleted...]
-      <c s="12" t="inlineStr" r="S109">
+    <row r="110" ht="18" customHeight="0">
+      <c s="13" t="str" r="A110"/>
+      <c s="14" t="str" r="B110"/>
+      <c s="13" t="str" r="C110"/>
+      <c s="13" t="str" r="D110"/>
+      <c s="14" t="str" r="E110"/>
+      <c s="14" t="str" r="F110"/>
+      <c s="13" t="str" r="G110"/>
+      <c s="14" t="str" r="H110"/>
+      <c s="14" t="str" r="I110"/>
+      <c s="13" t="str" r="J110"/>
+      <c s="14" t="str" r="K110"/>
+      <c s="13" t="str" r="L110"/>
+      <c s="14" t="str" r="M110"/>
+      <c s="13" t="str" r="N110"/>
+      <c s="14" t="str" r="O110"/>
+      <c s="13" t="str" r="P110"/>
+      <c s="14" t="str" r="Q110"/>
+      <c s="14" t="str" r="R110"/>
+      <c s="12" t="inlineStr" r="S110">
         <is>
           <t xml:space="preserve">CLASS D CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="110" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A110">
+    <row r="111" ht="18" customHeight="0">
+      <c s="15" t="inlineStr" r="A111">
         <is>
           <t xml:space="preserve">AA000251</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="C110">
+      <c s="16" t="inlineStr" r="C111">
         <is>
           <t xml:space="preserve">01/10/2026</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="D110">
+      <c s="16" t="inlineStr" r="D111">
         <is>
           <t xml:space="preserve">Pace Analytical Services, LLC – Woburn</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="G110">
+      <c s="16" t="inlineStr" r="G111">
         <is>
           <t xml:space="preserve">22 CUMMINGS PARK </t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="J110">
+      <c s="16" t="inlineStr" r="J111">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve">WOBURN</t>
           </r>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="L110">
+      <c s="17" t="inlineStr" r="L111">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
-      <c s="17" t="inlineStr" r="N110">
+      <c s="17" t="inlineStr" r="N111">
         <is>
           <t xml:space="preserve">01801</t>
         </is>
       </c>
-      <c s="16" t="inlineStr" r="P110">
+      <c s="16" t="inlineStr" r="P111">
         <is>
           <t xml:space="preserve">781- 935-3212</t>
         </is>
       </c>
-      <c s="18" t="inlineStr" r="S110">
+      <c s="18" t="inlineStr" r="S111">
         <is>
           <t xml:space="preserve">CLA - CLASS A CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="111" ht="18" customHeight="0">
-[...8 lines deleted...]
-      <c s="18" t="inlineStr" r="S111">
+    <row r="112" ht="18" customHeight="0">
+      <c s="20" t="str" r="A112"/>
+      <c s="20" t="str" r="C112"/>
+      <c s="20" t="str" r="D112"/>
+      <c s="20" t="str" r="G112"/>
+      <c s="20" t="str" r="J112"/>
+      <c s="20" t="str" r="L112"/>
+      <c s="20" t="str" r="N112"/>
+      <c s="20" t="str" r="P112"/>
+      <c s="18" t="inlineStr" r="S112">
         <is>
           <t xml:space="preserve">CLC - CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="112" ht="18" customHeight="0">
-[...23 lines deleted...]
-    </row>
     <row r="113" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A113">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="A113"/>
       <c s="14" t="str" r="B113"/>
-      <c s="10" t="inlineStr" r="C113">
-[...8 lines deleted...]
-      </c>
+      <c s="21" t="str" r="C113"/>
+      <c s="21" t="str" r="D113"/>
       <c s="14" t="str" r="E113"/>
       <c s="14" t="str" r="F113"/>
-      <c s="10" t="inlineStr" r="G113">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="G113"/>
       <c s="14" t="str" r="H113"/>
       <c s="14" t="str" r="I113"/>
-      <c s="10" t="inlineStr" r="J113">
-[...26 lines deleted...]
-      </c>
+      <c s="21" t="str" r="J113"/>
       <c s="14" t="str" r="K113"/>
-      <c s="11" t="inlineStr" r="L113">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="L113"/>
       <c s="14" t="str" r="M113"/>
-      <c s="11" t="inlineStr" r="N113">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="N113"/>
       <c s="14" t="str" r="O113"/>
-      <c s="10" t="inlineStr" r="P113">
-[...3 lines deleted...]
-      </c>
+      <c s="21" t="str" r="P113"/>
       <c s="14" t="str" r="Q113"/>
       <c s="14" t="str" r="R113"/>
-      <c s="12" t="inlineStr" r="S113">
-[...1 lines deleted...]
-          <t xml:space="preserve">CLC - CLASS C CERTIFICATE</t>
+      <c s="18" t="inlineStr" r="S113">
+        <is>
+          <t xml:space="preserve">CLD - CLASS D CERTIFICATE</t>
         </is>
       </c>
     </row>
     <row r="114" ht="18" customHeight="0">
-      <c s="15" t="inlineStr" r="A114">
-[...1 lines deleted...]
-          <t xml:space="preserve">AA000174</t>
+      <c s="9" t="inlineStr" r="A114">
+        <is>
+          <t xml:space="preserve">AA269</t>
         </is>
       </c>
       <c s="14" t="str" r="B114"/>
-      <c s="16" t="inlineStr" r="C114">
-[...6 lines deleted...]
-          <t xml:space="preserve">TIGHE &amp; BOND, INC.</t>
+      <c s="10" t="inlineStr" r="C114">
+        <is>
+          <t xml:space="preserve">09/16/2026</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="D114">
+        <is>
+          <t xml:space="preserve">TRC Environmental Corporation</t>
         </is>
       </c>
       <c s="14" t="str" r="E114"/>
       <c s="14" t="str" r="F114"/>
-      <c s="16" t="inlineStr" r="G114">
-[...1 lines deleted...]
-          <t xml:space="preserve">120 FRONT STREET </t>
+      <c s="10" t="inlineStr" r="G114">
+        <is>
+          <t xml:space="preserve">300 Wildwood Ave. </t>
         </is>
       </c>
       <c s="14" t="str" r="H114"/>
       <c s="14" t="str" r="I114"/>
-      <c s="16" t="inlineStr" r="J114">
+      <c s="10" t="inlineStr" r="J114">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
             <t xml:space="preserve"> </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF333333"/>
               <rFont val="Segoe UI"/>
             </rPr>
-            <t xml:space="preserve">WORCESTER</t>
+            <t xml:space="preserve">Woburn</t>
           </r>
         </is>
       </c>
       <c s="14" t="str" r="K114"/>
-      <c s="17" t="inlineStr" r="L114">
+      <c s="11" t="inlineStr" r="L114">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="14" t="str" r="M114"/>
-      <c s="17" t="inlineStr" r="N114">
-[...1 lines deleted...]
-          <t xml:space="preserve">01608</t>
+      <c s="11" t="inlineStr" r="N114">
+        <is>
+          <t xml:space="preserve">01801</t>
         </is>
       </c>
       <c s="14" t="str" r="O114"/>
-      <c s="16" t="inlineStr" r="P114">
-[...1 lines deleted...]
-          <t xml:space="preserve">508- 754-2201</t>
+      <c s="10" t="inlineStr" r="P114">
+        <is>
+          <t xml:space="preserve">781- .56-0765</t>
         </is>
       </c>
       <c s="14" t="str" r="Q114"/>
       <c s="14" t="str" r="R114"/>
-      <c s="18" t="inlineStr" r="S114">
+      <c s="12" t="inlineStr" r="S114">
+        <is>
+          <t xml:space="preserve">CLC - CLASS C CERTIFICATE</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" ht="17.95" customHeight="0">
+      <c s="15" t="inlineStr" r="A115">
+        <is>
+          <t xml:space="preserve">AA000174</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="B115"/>
+      <c s="16" t="inlineStr" r="C115">
+        <is>
+          <t xml:space="preserve">05/28/2026</t>
+        </is>
+      </c>
+      <c s="16" t="inlineStr" r="D115">
+        <is>
+          <t xml:space="preserve">TIGHE &amp; BOND, INC.</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="E115"/>
+      <c s="14" t="str" r="F115"/>
+      <c s="16" t="inlineStr" r="G115">
+        <is>
+          <t xml:space="preserve">120 FRONT STREET </t>
+        </is>
+      </c>
+      <c s="14" t="str" r="H115"/>
+      <c s="14" t="str" r="I115"/>
+      <c s="16" t="inlineStr" r="J115">
+        <is>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve"> </t>
+          </r>
+          <r>
+            <rPr>
+              <b val="0"/>
+              <i val="0"/>
+              <strike val="0"/>
+              <u val="none"/>
+              <sz val="10"/>
+              <color rgb="FF333333"/>
+              <rFont val="Segoe UI"/>
+            </rPr>
+            <t xml:space="preserve">WORCESTER</t>
+          </r>
+        </is>
+      </c>
+      <c s="14" t="str" r="K115"/>
+      <c s="17" t="inlineStr" r="L115">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="M115"/>
+      <c s="17" t="inlineStr" r="N115">
+        <is>
+          <t xml:space="preserve">01608</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="O115"/>
+      <c s="16" t="inlineStr" r="P115">
+        <is>
+          <t xml:space="preserve">508- 754-2201</t>
+        </is>
+      </c>
+      <c s="14" t="str" r="Q115"/>
+      <c s="14" t="str" r="R115"/>
+      <c s="18" t="inlineStr" r="S115">
         <is>
           <t xml:space="preserve">CLASS C CERTIFICATE</t>
         </is>
       </c>
     </row>
-    <row r="115" ht="17.95" customHeight="1">
-      <c s="5" t="inlineStr" r="Q115">
+    <row r="116" ht="0.05" customHeight="0">
+      <c s="5" t="inlineStr" r="Q116">
         <is>
           <t xml:space="preserve">Services Offerered</t>
         </is>
       </c>
-      <c s="8" t="str" r="R115"/>
-[...3 lines deleted...]
-    <row r="116" ht="0.05" customHeight="1"/>
+      <c s="22" t="str" r="R116"/>
+      <c s="22" t="str" r="S116"/>
+      <c s="23" t="str" r="T116"/>
+    </row>
+    <row r="117" ht="17.95" customHeight="0">
+      <c s="24" t="str" r="Q117"/>
+      <c s="25" t="str" r="R117"/>
+      <c s="25" t="str" r="S117"/>
+      <c s="26" t="str" r="T117"/>
+    </row>
+    <row r="118" ht="0.05" customHeight="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D4"/>
     <mergeCell ref="F3:N3"/>
     <mergeCell ref="I4:J5"/>
     <mergeCell ref="R7:S8"/>
     <mergeCell ref="H8:L9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="G10:I10"/>
     <mergeCell ref="J10:K10"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="N10:O10"/>
     <mergeCell ref="P10:R10"/>
     <mergeCell ref="S10:U10"/>
     <mergeCell ref="A11:B12"/>
     <mergeCell ref="C11:C12"/>
     <mergeCell ref="D11:F12"/>
     <mergeCell ref="G11:I12"/>
     <mergeCell ref="J11:K12"/>
     <mergeCell ref="L11:M12"/>
     <mergeCell ref="N11:O12"/>
     <mergeCell ref="P11:R12"/>
     <mergeCell ref="S11:U11"/>
     <mergeCell ref="S12:U12"/>
@@ -6082,468 +6169,469 @@
     <mergeCell ref="J28:K30"/>
     <mergeCell ref="L28:M30"/>
     <mergeCell ref="N28:O30"/>
     <mergeCell ref="P28:R30"/>
     <mergeCell ref="S28:U28"/>
     <mergeCell ref="S29:U29"/>
     <mergeCell ref="S30:U30"/>
     <mergeCell ref="A31:B32"/>
     <mergeCell ref="C31:C32"/>
     <mergeCell ref="D31:F32"/>
     <mergeCell ref="G31:I32"/>
     <mergeCell ref="J31:K32"/>
     <mergeCell ref="L31:M32"/>
     <mergeCell ref="N31:O32"/>
     <mergeCell ref="P31:R32"/>
     <mergeCell ref="S31:U31"/>
     <mergeCell ref="S32:U32"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="D33:F33"/>
     <mergeCell ref="G33:I33"/>
     <mergeCell ref="J33:K33"/>
     <mergeCell ref="L33:M33"/>
     <mergeCell ref="N33:O33"/>
     <mergeCell ref="P33:R33"/>
     <mergeCell ref="S33:U33"/>
-    <mergeCell ref="A34:B34"/>
-[...5 lines deleted...]
-    <mergeCell ref="P34:R34"/>
+    <mergeCell ref="A34:B37"/>
+    <mergeCell ref="C34:C37"/>
+    <mergeCell ref="D34:F37"/>
+    <mergeCell ref="G34:I37"/>
+    <mergeCell ref="J34:K37"/>
+    <mergeCell ref="L34:M37"/>
+    <mergeCell ref="N34:O37"/>
+    <mergeCell ref="P34:R37"/>
     <mergeCell ref="S34:U34"/>
-    <mergeCell ref="A35:B35"/>
-[...5 lines deleted...]
-    <mergeCell ref="P35:R35"/>
     <mergeCell ref="S35:U35"/>
-    <mergeCell ref="A36:B36"/>
-[...5 lines deleted...]
-    <mergeCell ref="P36:R36"/>
     <mergeCell ref="S36:U36"/>
-    <mergeCell ref="A37:B37"/>
-[...5 lines deleted...]
-    <mergeCell ref="P37:R37"/>
     <mergeCell ref="S37:U37"/>
-    <mergeCell ref="A38:B39"/>
-[...6 lines deleted...]
-    <mergeCell ref="P38:R39"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="D38:F38"/>
+    <mergeCell ref="G38:I38"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="P38:R38"/>
     <mergeCell ref="S38:U38"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="D39:F39"/>
+    <mergeCell ref="G39:I39"/>
+    <mergeCell ref="J39:K39"/>
+    <mergeCell ref="L39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="P39:R39"/>
     <mergeCell ref="S39:U39"/>
-    <mergeCell ref="A40:B42"/>
-[...6 lines deleted...]
-    <mergeCell ref="P40:R42"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="D40:F40"/>
+    <mergeCell ref="G40:I40"/>
+    <mergeCell ref="J40:K40"/>
+    <mergeCell ref="L40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="P40:R40"/>
     <mergeCell ref="S40:U40"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="D41:F41"/>
+    <mergeCell ref="G41:I41"/>
+    <mergeCell ref="J41:K41"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="P41:R41"/>
     <mergeCell ref="S41:U41"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="D42:F42"/>
+    <mergeCell ref="G42:I42"/>
+    <mergeCell ref="J42:K42"/>
+    <mergeCell ref="L42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:R42"/>
     <mergeCell ref="S42:U42"/>
-    <mergeCell ref="A43:B46"/>
-[...6 lines deleted...]
-    <mergeCell ref="P43:R46"/>
+    <mergeCell ref="A43:B44"/>
+    <mergeCell ref="C43:C44"/>
+    <mergeCell ref="D43:F44"/>
+    <mergeCell ref="G43:I44"/>
+    <mergeCell ref="J43:K44"/>
+    <mergeCell ref="L43:M44"/>
+    <mergeCell ref="N43:O44"/>
+    <mergeCell ref="P43:R44"/>
     <mergeCell ref="S43:U43"/>
     <mergeCell ref="S44:U44"/>
+    <mergeCell ref="A45:B47"/>
+    <mergeCell ref="C45:C47"/>
+    <mergeCell ref="D45:F47"/>
+    <mergeCell ref="G45:I47"/>
+    <mergeCell ref="J45:K47"/>
+    <mergeCell ref="L45:M47"/>
+    <mergeCell ref="N45:O47"/>
+    <mergeCell ref="P45:R47"/>
     <mergeCell ref="S45:U45"/>
     <mergeCell ref="S46:U46"/>
-    <mergeCell ref="A47:B47"/>
-[...5 lines deleted...]
-    <mergeCell ref="P47:R47"/>
     <mergeCell ref="S47:U47"/>
-    <mergeCell ref="A48:B50"/>
-[...6 lines deleted...]
-    <mergeCell ref="P48:R50"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="D48:F48"/>
+    <mergeCell ref="G48:I48"/>
+    <mergeCell ref="J48:K48"/>
+    <mergeCell ref="L48:M48"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="P48:R48"/>
     <mergeCell ref="S48:U48"/>
+    <mergeCell ref="A49:B51"/>
+    <mergeCell ref="C49:C51"/>
+    <mergeCell ref="D49:F51"/>
+    <mergeCell ref="G49:I51"/>
+    <mergeCell ref="J49:K51"/>
+    <mergeCell ref="L49:M51"/>
+    <mergeCell ref="N49:O51"/>
+    <mergeCell ref="P49:R51"/>
     <mergeCell ref="S49:U49"/>
     <mergeCell ref="S50:U50"/>
-    <mergeCell ref="A51:B52"/>
-[...6 lines deleted...]
-    <mergeCell ref="P51:R52"/>
     <mergeCell ref="S51:U51"/>
+    <mergeCell ref="A52:B53"/>
+    <mergeCell ref="C52:C53"/>
+    <mergeCell ref="D52:F53"/>
+    <mergeCell ref="G52:I53"/>
+    <mergeCell ref="J52:K53"/>
+    <mergeCell ref="L52:M53"/>
+    <mergeCell ref="N52:O53"/>
+    <mergeCell ref="P52:R53"/>
     <mergeCell ref="S52:U52"/>
-    <mergeCell ref="A53:B53"/>
-[...5 lines deleted...]
-    <mergeCell ref="P53:R53"/>
     <mergeCell ref="S53:U53"/>
     <mergeCell ref="A54:B54"/>
     <mergeCell ref="D54:F54"/>
     <mergeCell ref="G54:I54"/>
     <mergeCell ref="J54:K54"/>
     <mergeCell ref="L54:M54"/>
     <mergeCell ref="N54:O54"/>
     <mergeCell ref="P54:R54"/>
     <mergeCell ref="S54:U54"/>
-    <mergeCell ref="A55:B56"/>
-[...6 lines deleted...]
-    <mergeCell ref="P55:R56"/>
+    <mergeCell ref="A55:B57"/>
+    <mergeCell ref="C55:C57"/>
+    <mergeCell ref="D55:F57"/>
+    <mergeCell ref="G55:I57"/>
+    <mergeCell ref="J55:K57"/>
+    <mergeCell ref="L55:M57"/>
+    <mergeCell ref="N55:O57"/>
+    <mergeCell ref="P55:R57"/>
     <mergeCell ref="S55:U55"/>
     <mergeCell ref="S56:U56"/>
-    <mergeCell ref="A57:B60"/>
-[...6 lines deleted...]
-    <mergeCell ref="P57:R60"/>
     <mergeCell ref="S57:U57"/>
+    <mergeCell ref="A58:B58"/>
+    <mergeCell ref="D58:F58"/>
+    <mergeCell ref="G58:I58"/>
+    <mergeCell ref="J58:K58"/>
+    <mergeCell ref="L58:M58"/>
+    <mergeCell ref="N58:O58"/>
+    <mergeCell ref="P58:R58"/>
     <mergeCell ref="S58:U58"/>
+    <mergeCell ref="A59:B60"/>
+    <mergeCell ref="C59:C60"/>
+    <mergeCell ref="D59:F60"/>
+    <mergeCell ref="G59:I60"/>
+    <mergeCell ref="J59:K60"/>
+    <mergeCell ref="L59:M60"/>
+    <mergeCell ref="N59:O60"/>
+    <mergeCell ref="P59:R60"/>
     <mergeCell ref="S59:U59"/>
     <mergeCell ref="S60:U60"/>
-    <mergeCell ref="A61:B63"/>
-[...6 lines deleted...]
-    <mergeCell ref="P61:R63"/>
+    <mergeCell ref="A61:B64"/>
+    <mergeCell ref="C61:C64"/>
+    <mergeCell ref="D61:F64"/>
+    <mergeCell ref="G61:I64"/>
+    <mergeCell ref="J61:K64"/>
+    <mergeCell ref="L61:M64"/>
+    <mergeCell ref="N61:O64"/>
+    <mergeCell ref="P61:R64"/>
     <mergeCell ref="S61:U61"/>
     <mergeCell ref="S62:U62"/>
     <mergeCell ref="S63:U63"/>
-    <mergeCell ref="A64:B66"/>
-[...6 lines deleted...]
-    <mergeCell ref="P64:R66"/>
     <mergeCell ref="S64:U64"/>
+    <mergeCell ref="A65:B67"/>
+    <mergeCell ref="C65:C67"/>
+    <mergeCell ref="D65:F67"/>
+    <mergeCell ref="G65:I67"/>
+    <mergeCell ref="J65:K67"/>
+    <mergeCell ref="L65:M67"/>
+    <mergeCell ref="N65:O67"/>
+    <mergeCell ref="P65:R67"/>
     <mergeCell ref="S65:U65"/>
     <mergeCell ref="S66:U66"/>
-    <mergeCell ref="A67:B69"/>
-[...6 lines deleted...]
-    <mergeCell ref="P67:R69"/>
     <mergeCell ref="S67:U67"/>
+    <mergeCell ref="A68:B70"/>
+    <mergeCell ref="C68:C70"/>
+    <mergeCell ref="D68:F70"/>
+    <mergeCell ref="G68:I70"/>
+    <mergeCell ref="J68:K70"/>
+    <mergeCell ref="L68:M70"/>
+    <mergeCell ref="N68:O70"/>
+    <mergeCell ref="P68:R70"/>
     <mergeCell ref="S68:U68"/>
     <mergeCell ref="S69:U69"/>
-    <mergeCell ref="A70:B70"/>
-[...5 lines deleted...]
-    <mergeCell ref="P70:R70"/>
     <mergeCell ref="S70:U70"/>
-    <mergeCell ref="A71:B71"/>
-[...5 lines deleted...]
-    <mergeCell ref="P71:R71"/>
+    <mergeCell ref="A71:B73"/>
+    <mergeCell ref="C71:C73"/>
+    <mergeCell ref="D71:F73"/>
+    <mergeCell ref="G71:I73"/>
+    <mergeCell ref="J71:K73"/>
+    <mergeCell ref="L71:M73"/>
+    <mergeCell ref="N71:O73"/>
+    <mergeCell ref="P71:R73"/>
     <mergeCell ref="S71:U71"/>
-    <mergeCell ref="A72:B72"/>
-[...5 lines deleted...]
-    <mergeCell ref="P72:R72"/>
     <mergeCell ref="S72:U72"/>
-    <mergeCell ref="A73:B73"/>
-[...5 lines deleted...]
-    <mergeCell ref="P73:R73"/>
     <mergeCell ref="S73:U73"/>
-    <mergeCell ref="A74:B75"/>
-[...6 lines deleted...]
-    <mergeCell ref="P74:R75"/>
+    <mergeCell ref="A74:B74"/>
+    <mergeCell ref="D74:F74"/>
+    <mergeCell ref="G74:I74"/>
+    <mergeCell ref="J74:K74"/>
+    <mergeCell ref="L74:M74"/>
+    <mergeCell ref="N74:O74"/>
+    <mergeCell ref="P74:R74"/>
     <mergeCell ref="S74:U74"/>
+    <mergeCell ref="A75:B75"/>
+    <mergeCell ref="D75:F75"/>
+    <mergeCell ref="G75:I75"/>
+    <mergeCell ref="J75:K75"/>
+    <mergeCell ref="L75:M75"/>
+    <mergeCell ref="N75:O75"/>
+    <mergeCell ref="P75:R75"/>
     <mergeCell ref="S75:U75"/>
-    <mergeCell ref="A76:B79"/>
-[...6 lines deleted...]
-    <mergeCell ref="P76:R79"/>
+    <mergeCell ref="A76:B76"/>
+    <mergeCell ref="D76:F76"/>
+    <mergeCell ref="G76:I76"/>
+    <mergeCell ref="J76:K76"/>
+    <mergeCell ref="L76:M76"/>
+    <mergeCell ref="N76:O76"/>
+    <mergeCell ref="P76:R76"/>
     <mergeCell ref="S76:U76"/>
+    <mergeCell ref="A77:B78"/>
+    <mergeCell ref="C77:C78"/>
+    <mergeCell ref="D77:F78"/>
+    <mergeCell ref="G77:I78"/>
+    <mergeCell ref="J77:K78"/>
+    <mergeCell ref="L77:M78"/>
+    <mergeCell ref="N77:O78"/>
+    <mergeCell ref="P77:R78"/>
     <mergeCell ref="S77:U77"/>
     <mergeCell ref="S78:U78"/>
+    <mergeCell ref="A79:B82"/>
+    <mergeCell ref="C79:C82"/>
+    <mergeCell ref="D79:F82"/>
+    <mergeCell ref="G79:I82"/>
+    <mergeCell ref="J79:K82"/>
+    <mergeCell ref="L79:M82"/>
+    <mergeCell ref="N79:O82"/>
+    <mergeCell ref="P79:R82"/>
     <mergeCell ref="S79:U79"/>
-    <mergeCell ref="A80:B80"/>
-[...5 lines deleted...]
-    <mergeCell ref="P80:R80"/>
     <mergeCell ref="S80:U80"/>
-    <mergeCell ref="A81:B81"/>
-[...5 lines deleted...]
-    <mergeCell ref="P81:R81"/>
     <mergeCell ref="S81:U81"/>
-    <mergeCell ref="A82:B83"/>
-[...6 lines deleted...]
-    <mergeCell ref="P82:R83"/>
     <mergeCell ref="S82:U82"/>
+    <mergeCell ref="A83:B83"/>
+    <mergeCell ref="D83:F83"/>
+    <mergeCell ref="G83:I83"/>
+    <mergeCell ref="J83:K83"/>
+    <mergeCell ref="L83:M83"/>
+    <mergeCell ref="N83:O83"/>
+    <mergeCell ref="P83:R83"/>
     <mergeCell ref="S83:U83"/>
     <mergeCell ref="A84:B84"/>
     <mergeCell ref="D84:F84"/>
     <mergeCell ref="G84:I84"/>
     <mergeCell ref="J84:K84"/>
     <mergeCell ref="L84:M84"/>
     <mergeCell ref="N84:O84"/>
     <mergeCell ref="P84:R84"/>
     <mergeCell ref="S84:U84"/>
     <mergeCell ref="A85:B86"/>
     <mergeCell ref="C85:C86"/>
     <mergeCell ref="D85:F86"/>
     <mergeCell ref="G85:I86"/>
     <mergeCell ref="J85:K86"/>
     <mergeCell ref="L85:M86"/>
     <mergeCell ref="N85:O86"/>
     <mergeCell ref="P85:R86"/>
     <mergeCell ref="S85:U85"/>
     <mergeCell ref="S86:U86"/>
-    <mergeCell ref="A87:B89"/>
-[...6 lines deleted...]
-    <mergeCell ref="P87:R89"/>
+    <mergeCell ref="A87:B87"/>
+    <mergeCell ref="D87:F87"/>
+    <mergeCell ref="G87:I87"/>
+    <mergeCell ref="J87:K87"/>
+    <mergeCell ref="L87:M87"/>
+    <mergeCell ref="N87:O87"/>
+    <mergeCell ref="P87:R87"/>
     <mergeCell ref="S87:U87"/>
+    <mergeCell ref="A88:B90"/>
+    <mergeCell ref="C88:C90"/>
+    <mergeCell ref="D88:F90"/>
+    <mergeCell ref="G88:I90"/>
+    <mergeCell ref="J88:K90"/>
+    <mergeCell ref="L88:M90"/>
+    <mergeCell ref="N88:O90"/>
+    <mergeCell ref="P88:R90"/>
     <mergeCell ref="S88:U88"/>
     <mergeCell ref="S89:U89"/>
-    <mergeCell ref="A90:B90"/>
-[...5 lines deleted...]
-    <mergeCell ref="P90:R90"/>
     <mergeCell ref="S90:U90"/>
     <mergeCell ref="A91:B91"/>
     <mergeCell ref="D91:F91"/>
     <mergeCell ref="G91:I91"/>
     <mergeCell ref="J91:K91"/>
     <mergeCell ref="L91:M91"/>
     <mergeCell ref="N91:O91"/>
     <mergeCell ref="P91:R91"/>
     <mergeCell ref="S91:U91"/>
     <mergeCell ref="A92:B92"/>
     <mergeCell ref="D92:F92"/>
     <mergeCell ref="G92:I92"/>
     <mergeCell ref="J92:K92"/>
     <mergeCell ref="L92:M92"/>
     <mergeCell ref="N92:O92"/>
     <mergeCell ref="P92:R92"/>
     <mergeCell ref="S92:U92"/>
     <mergeCell ref="A93:B93"/>
     <mergeCell ref="D93:F93"/>
     <mergeCell ref="G93:I93"/>
     <mergeCell ref="J93:K93"/>
     <mergeCell ref="L93:M93"/>
     <mergeCell ref="N93:O93"/>
     <mergeCell ref="P93:R93"/>
     <mergeCell ref="S93:U93"/>
     <mergeCell ref="A94:B94"/>
     <mergeCell ref="D94:F94"/>
     <mergeCell ref="G94:I94"/>
     <mergeCell ref="J94:K94"/>
     <mergeCell ref="L94:M94"/>
     <mergeCell ref="N94:O94"/>
     <mergeCell ref="P94:R94"/>
     <mergeCell ref="S94:U94"/>
-    <mergeCell ref="A95:B96"/>
-[...6 lines deleted...]
-    <mergeCell ref="P95:R96"/>
+    <mergeCell ref="A95:B95"/>
+    <mergeCell ref="D95:F95"/>
+    <mergeCell ref="G95:I95"/>
+    <mergeCell ref="J95:K95"/>
+    <mergeCell ref="L95:M95"/>
+    <mergeCell ref="N95:O95"/>
+    <mergeCell ref="P95:R95"/>
     <mergeCell ref="S95:U95"/>
+    <mergeCell ref="A96:B97"/>
+    <mergeCell ref="C96:C97"/>
+    <mergeCell ref="D96:F97"/>
+    <mergeCell ref="G96:I97"/>
+    <mergeCell ref="J96:K97"/>
+    <mergeCell ref="L96:M97"/>
+    <mergeCell ref="N96:O97"/>
+    <mergeCell ref="P96:R97"/>
     <mergeCell ref="S96:U96"/>
-    <mergeCell ref="A97:B97"/>
-[...5 lines deleted...]
-    <mergeCell ref="P97:R97"/>
     <mergeCell ref="S97:U97"/>
-    <mergeCell ref="A98:B100"/>
-[...6 lines deleted...]
-    <mergeCell ref="P98:R100"/>
+    <mergeCell ref="A98:B98"/>
+    <mergeCell ref="D98:F98"/>
+    <mergeCell ref="G98:I98"/>
+    <mergeCell ref="J98:K98"/>
+    <mergeCell ref="L98:M98"/>
+    <mergeCell ref="N98:O98"/>
+    <mergeCell ref="P98:R98"/>
     <mergeCell ref="S98:U98"/>
+    <mergeCell ref="A99:B101"/>
+    <mergeCell ref="C99:C101"/>
+    <mergeCell ref="D99:F101"/>
+    <mergeCell ref="G99:I101"/>
+    <mergeCell ref="J99:K101"/>
+    <mergeCell ref="L99:M101"/>
+    <mergeCell ref="N99:O101"/>
+    <mergeCell ref="P99:R101"/>
     <mergeCell ref="S99:U99"/>
     <mergeCell ref="S100:U100"/>
-    <mergeCell ref="A101:B101"/>
-[...5 lines deleted...]
-    <mergeCell ref="P101:R101"/>
     <mergeCell ref="S101:U101"/>
     <mergeCell ref="A102:B102"/>
     <mergeCell ref="D102:F102"/>
     <mergeCell ref="G102:I102"/>
     <mergeCell ref="J102:K102"/>
     <mergeCell ref="L102:M102"/>
     <mergeCell ref="N102:O102"/>
     <mergeCell ref="P102:R102"/>
     <mergeCell ref="S102:U102"/>
-    <mergeCell ref="A103:B104"/>
-[...6 lines deleted...]
-    <mergeCell ref="P103:R104"/>
+    <mergeCell ref="A103:B103"/>
+    <mergeCell ref="D103:F103"/>
+    <mergeCell ref="G103:I103"/>
+    <mergeCell ref="J103:K103"/>
+    <mergeCell ref="L103:M103"/>
+    <mergeCell ref="N103:O103"/>
+    <mergeCell ref="P103:R103"/>
     <mergeCell ref="S103:U103"/>
+    <mergeCell ref="A104:B105"/>
+    <mergeCell ref="C104:C105"/>
+    <mergeCell ref="D104:F105"/>
+    <mergeCell ref="G104:I105"/>
+    <mergeCell ref="J104:K105"/>
+    <mergeCell ref="L104:M105"/>
+    <mergeCell ref="N104:O105"/>
+    <mergeCell ref="P104:R105"/>
     <mergeCell ref="S104:U104"/>
-    <mergeCell ref="A105:B106"/>
-[...6 lines deleted...]
-    <mergeCell ref="P105:R106"/>
     <mergeCell ref="S105:U105"/>
+    <mergeCell ref="A106:B107"/>
+    <mergeCell ref="C106:C107"/>
+    <mergeCell ref="D106:F107"/>
+    <mergeCell ref="G106:I107"/>
+    <mergeCell ref="J106:K107"/>
+    <mergeCell ref="L106:M107"/>
+    <mergeCell ref="N106:O107"/>
+    <mergeCell ref="P106:R107"/>
     <mergeCell ref="S106:U106"/>
-    <mergeCell ref="A107:B109"/>
-[...6 lines deleted...]
-    <mergeCell ref="P107:R109"/>
     <mergeCell ref="S107:U107"/>
+    <mergeCell ref="A108:B110"/>
+    <mergeCell ref="C108:C110"/>
+    <mergeCell ref="D108:F110"/>
+    <mergeCell ref="G108:I110"/>
+    <mergeCell ref="J108:K110"/>
+    <mergeCell ref="L108:M110"/>
+    <mergeCell ref="N108:O110"/>
+    <mergeCell ref="P108:R110"/>
     <mergeCell ref="S108:U108"/>
     <mergeCell ref="S109:U109"/>
-    <mergeCell ref="A110:B112"/>
-[...6 lines deleted...]
-    <mergeCell ref="P110:R112"/>
     <mergeCell ref="S110:U110"/>
+    <mergeCell ref="A111:B113"/>
+    <mergeCell ref="C111:C113"/>
+    <mergeCell ref="D111:F113"/>
+    <mergeCell ref="G111:I113"/>
+    <mergeCell ref="J111:K113"/>
+    <mergeCell ref="L111:M113"/>
+    <mergeCell ref="N111:O113"/>
+    <mergeCell ref="P111:R113"/>
     <mergeCell ref="S111:U111"/>
     <mergeCell ref="S112:U112"/>
-    <mergeCell ref="A113:B113"/>
-[...5 lines deleted...]
-    <mergeCell ref="P113:R113"/>
     <mergeCell ref="S113:U113"/>
     <mergeCell ref="A114:B114"/>
     <mergeCell ref="D114:F114"/>
     <mergeCell ref="G114:I114"/>
     <mergeCell ref="J114:K114"/>
     <mergeCell ref="L114:M114"/>
     <mergeCell ref="N114:O114"/>
     <mergeCell ref="P114:R114"/>
     <mergeCell ref="S114:U114"/>
-    <mergeCell ref="Q115:T115"/>
+    <mergeCell ref="A115:B115"/>
+    <mergeCell ref="D115:F115"/>
+    <mergeCell ref="G115:I115"/>
+    <mergeCell ref="J115:K115"/>
+    <mergeCell ref="L115:M115"/>
+    <mergeCell ref="N115:O115"/>
+    <mergeCell ref="P115:R115"/>
+    <mergeCell ref="S115:U115"/>
+    <mergeCell ref="Q116:T117"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.2" top="0.5" bottom="1.3875" header="0.5" footer="0.5"/>
   <pageSetup paperSize="8" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Calibri"&amp;10Page &amp;P of &amp;N &amp;C&amp;"Calibri,Italic"&amp;9 The certification information of the above-listed Lead Asbestos Management Planners is updated monthly. While most management planners renew their certification on or before the expiration date of the cer</oddFooter>
   </headerFooter>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">