--- v0 (2025-11-30)
+++ v1 (2026-01-29)
@@ -379,79 +379,79 @@
     <row r="6" ht="9.75" customHeight="0">
       <c s="2" t="inlineStr" r="G6">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">AS OF </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">11/03/2025</t>
+            <t xml:space="preserve">01/07/2026</t>
           </r>
         </is>
       </c>
       <c s="3" t="inlineStr" r="N6">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">Total: </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">41</t>
+            <t xml:space="preserve">42</t>
           </r>
         </is>
       </c>
     </row>
     <row r="7" ht="4.5" customHeight="0"/>
     <row r="8" ht="9.5" customHeight="1"/>
     <row r="9" ht="13" customHeight="1">
       <c s="4" t="inlineStr" r="F9">
         <is>
           <t xml:space="preserve">This List is Ordered by Town and Last Name</t>
         </is>
       </c>
     </row>
     <row r="10" ht="5" customHeight="1"/>
     <row r="11" ht="41.9" customHeight="1">
       <c s="5" t="inlineStr" r="A11">
         <is>
           <r>
             <rPr>
               <b/>
               <i/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="9"/>
               <color rgb="FF00008B"/>
@@ -562,844 +562,844 @@
       </c>
       <c s="11" t="inlineStr" r="C15">
         <is>
           <t xml:space="preserve">LYNCH, DEREK</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H15">
         <is>
           <t xml:space="preserve">ATTLEBORO</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J15">
         <is>
           <t xml:space="preserve">857-236-1378</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M15">
         <is>
           <t xml:space="preserve">DEREKLY83@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="16" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A16">
         <is>
-          <t xml:space="preserve">AI061435</t>
+          <t xml:space="preserve">AI901091</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B16">
         <is>
-          <t xml:space="preserve">01/06/2026</t>
+          <t xml:space="preserve">04/02/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C16">
         <is>
-          <t xml:space="preserve">SAFARPOORMONFARED, BAHRAM</t>
+          <t xml:space="preserve">SHULTZ, CONOR</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H16">
         <is>
-          <t xml:space="preserve">BELMONT</t>
+          <t xml:space="preserve">BILLERICA</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J16">
         <is>
-          <t xml:space="preserve">617-922-3203</t>
+          <t xml:space="preserve">857-337-8843</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M16">
         <is>
-          <t xml:space="preserve">AEC.BARRY@COMCAST.NET</t>
+          <t xml:space="preserve">CSHULTZ@HILLMANCONSULTING.COM</t>
         </is>
       </c>
     </row>
     <row r="17" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A17">
         <is>
-          <t xml:space="preserve">AI901091</t>
+          <t xml:space="preserve">AI901010</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B17">
         <is>
-          <t xml:space="preserve">04/02/2026</t>
+          <t xml:space="preserve">02/13/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C17">
         <is>
-          <t xml:space="preserve">SHULTZ, CONOR</t>
+          <t xml:space="preserve">GOHEEN, KEVIN M.</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H17">
         <is>
-          <t xml:space="preserve">BILLERICA</t>
+          <t xml:space="preserve">BRAINTREE</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J17">
         <is>
-          <t xml:space="preserve">857-337-8843</t>
+          <t xml:space="preserve">617-970-2572</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M17">
         <is>
-          <t xml:space="preserve">CSHULTZ@HILLMANCONSULTING.COM</t>
+          <t xml:space="preserve">KEVINGO@YAHOO.COM</t>
         </is>
       </c>
     </row>
     <row r="18" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A18">
         <is>
-          <t xml:space="preserve">AI061435</t>
+          <t xml:space="preserve">AI900942</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B18">
         <is>
-          <t xml:space="preserve">01/06/2026</t>
+          <t xml:space="preserve">11/17/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C18">
         <is>
-          <t xml:space="preserve">SAFARPOORMONFARED, BAHRAM</t>
+          <t xml:space="preserve">THOMS, JOHN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H18">
         <is>
-          <t xml:space="preserve">BOSTON</t>
+          <t xml:space="preserve">BRIDGEWATER</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J18">
         <is>
-          <t xml:space="preserve">617-293-6072</t>
+          <t xml:space="preserve">774-384-1638</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M18">
         <is>
-          <t xml:space="preserve">AEC.BARRY@COMCAST.NET</t>
+          <t xml:space="preserve">JTHOMS@GESENVIRO.COM</t>
         </is>
       </c>
     </row>
     <row r="19" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A19">
         <is>
-          <t xml:space="preserve">AI901010</t>
+          <t xml:space="preserve">AI040541</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B19">
         <is>
-          <t xml:space="preserve">02/13/2026</t>
+          <t xml:space="preserve">11/14/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C19">
         <is>
-          <t xml:space="preserve">GOHEEN, KEVIN M.</t>
+          <t xml:space="preserve">SIMAS, DANIEL J.</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H19">
         <is>
-          <t xml:space="preserve">BRAINTREE</t>
+          <t xml:space="preserve">BRISTOL</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J19">
         <is>
-          <t xml:space="preserve">617-970-2572</t>
+          <t xml:space="preserve">401-304-6612</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M19">
         <is>
-          <t xml:space="preserve">KEVINGO@YAHOO.COM</t>
+          <t xml:space="preserve">DSIMAS@ECMNE.COM</t>
         </is>
       </c>
     </row>
     <row r="20" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A20">
         <is>
-          <t xml:space="preserve">AI040541</t>
+          <t xml:space="preserve">AI900459</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B20">
         <is>
-          <t xml:space="preserve">11/18/2025</t>
+          <t xml:space="preserve">07/10/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C20">
         <is>
-          <t xml:space="preserve">SIMAS, DANIEL J.</t>
+          <t xml:space="preserve">GORDEN, DAVID</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H20">
         <is>
-          <t xml:space="preserve">BRISTOL</t>
+          <t xml:space="preserve">BURLINGTON</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J20">
         <is>
-          <t xml:space="preserve">401-304-6612</t>
+          <t xml:space="preserve">781-238-8880</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M20">
         <is>
-          <t xml:space="preserve">DSIMAS@ECMNE.COM</t>
+          <t xml:space="preserve">GORDEND@PEERCPC.COM</t>
         </is>
       </c>
     </row>
     <row r="21" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A21">
         <is>
-          <t xml:space="preserve">AI900459</t>
+          <t xml:space="preserve">AI901134</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B21">
         <is>
-          <t xml:space="preserve">07/10/2026</t>
+          <t xml:space="preserve">11/20/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C21">
         <is>
-          <t xml:space="preserve">GORDEN, DAVID</t>
+          <t xml:space="preserve">GOLD, OLGA I</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H21">
         <is>
-          <t xml:space="preserve">BURLINGTON</t>
+          <t xml:space="preserve">COLUMBIA</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J21">
         <is>
-          <t xml:space="preserve">781-238-8880</t>
+          <t xml:space="preserve">413-300-2104</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M21">
         <is>
-          <t xml:space="preserve">GORDEND@PEERCPC.COM</t>
+          <t xml:space="preserve">NO EMAIL</t>
         </is>
       </c>
     </row>
     <row r="22" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A22">
         <is>
-          <t xml:space="preserve">AI000383</t>
+          <t xml:space="preserve">AI000244</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B22">
         <is>
-          <t xml:space="preserve">12/05/2025</t>
+          <t xml:space="preserve">02/06/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C22">
         <is>
-          <t xml:space="preserve">MCGRATH, DANIEL J.</t>
+          <t xml:space="preserve">HARRIS, JEFFERY W.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H22">
         <is>
-          <t xml:space="preserve">CUMBERLAND</t>
+          <t xml:space="preserve">FOXBORO</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J22">
         <is>
-          <t xml:space="preserve">401-256-7446</t>
+          <t xml:space="preserve">401-374-5919</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M22">
         <is>
-          <t xml:space="preserve">DANIELMC.ARAM@GMAIL.COM</t>
+          <t xml:space="preserve">JWHARRIS67@YAHOO.COM</t>
         </is>
       </c>
     </row>
     <row r="23" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A23">
         <is>
-          <t xml:space="preserve">AI000244</t>
+          <t xml:space="preserve">AI900502</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B23">
         <is>
-          <t xml:space="preserve">02/06/2026</t>
+          <t xml:space="preserve">12/03/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C23">
         <is>
-          <t xml:space="preserve">HARRIS, JEFFERY W.</t>
+          <t xml:space="preserve">BUDA, GARY</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H23">
         <is>
-          <t xml:space="preserve">FOXBORO</t>
+          <t xml:space="preserve">GRAFTON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J23">
         <is>
-          <t xml:space="preserve">401-374-5919</t>
+          <t xml:space="preserve">781-535-1329</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M23">
         <is>
-          <t xml:space="preserve">JWHARRIS67@YAHOO.COM</t>
+          <t xml:space="preserve">GBUDA@ENVIROCHECK.COM</t>
         </is>
       </c>
     </row>
     <row r="24" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A24">
         <is>
-          <t xml:space="preserve">AI900502</t>
+          <t xml:space="preserve">AI901019</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B24">
         <is>
-          <t xml:space="preserve">12/09/2025</t>
+          <t xml:space="preserve">03/04/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C24">
         <is>
-          <t xml:space="preserve">BUDA, GARY</t>
+          <t xml:space="preserve">LEON, JONATHAN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H24">
         <is>
-          <t xml:space="preserve">GRAFTON</t>
+          <t xml:space="preserve">HAVERHILL</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J24">
         <is>
-          <t xml:space="preserve">781-535-1329</t>
+          <t xml:space="preserve">617-981-4774</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M24">
         <is>
-          <t xml:space="preserve">GBUDA@ENVIROCHECK.COM</t>
+          <t xml:space="preserve">JLEON@SECMASS.COM</t>
         </is>
       </c>
     </row>
     <row r="25" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A25">
         <is>
-          <t xml:space="preserve">AI901019</t>
+          <t xml:space="preserve">AI000035</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B25">
         <is>
-          <t xml:space="preserve">03/04/2026</t>
+          <t xml:space="preserve">06/03/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C25">
         <is>
-          <t xml:space="preserve">LEON, JONATHAN</t>
+          <t xml:space="preserve">PANZA, PASQUALE</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H25">
         <is>
-          <t xml:space="preserve">HAVERHILL</t>
+          <t xml:space="preserve">HOLLISTON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J25">
         <is>
-          <t xml:space="preserve">617-981-4774</t>
+          <t xml:space="preserve">508-533-1660</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M25">
         <is>
-          <t xml:space="preserve">JLEON@SECMASS.COM</t>
+          <t xml:space="preserve">PANZA@21ENV.COM</t>
         </is>
       </c>
     </row>
     <row r="26" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A26">
         <is>
-          <t xml:space="preserve">AI000035</t>
+          <t xml:space="preserve">AI901254</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B26">
         <is>
-          <t xml:space="preserve">06/03/2026</t>
+          <t xml:space="preserve">12/04/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C26">
         <is>
-          <t xml:space="preserve">PANZA, PASQUALE</t>
+          <t xml:space="preserve">RASUM,VIKTOR</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H26">
         <is>
           <t xml:space="preserve">HOLLISTON</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J26">
         <is>
-          <t xml:space="preserve">508-533-1660</t>
+          <t xml:space="preserve">774-217-9887</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M26">
         <is>
-          <t xml:space="preserve">PANZA@21ENV.COM</t>
+          <t xml:space="preserve">VIKTORRASUM0@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="27" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A27">
         <is>
-          <t xml:space="preserve">AI901254</t>
+          <t xml:space="preserve">AI061903</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B27">
         <is>
-          <t xml:space="preserve">01/02/2026</t>
+          <t xml:space="preserve">05/29/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C27">
         <is>
-          <t xml:space="preserve">RASUM,VIKTOR</t>
+          <t xml:space="preserve">ROUILLARD, RYAN</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H27">
         <is>
-          <t xml:space="preserve">HOLLISTON</t>
+          <t xml:space="preserve">HYDE PARK</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J27">
         <is>
-          <t xml:space="preserve">774-217-9887</t>
+          <t xml:space="preserve">617-308-6319</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M27">
         <is>
-          <t xml:space="preserve">VIKTORRASUM0@GMAIL.COM</t>
+          <t xml:space="preserve">RROUILLARD@MMINC.COM</t>
         </is>
       </c>
     </row>
     <row r="28" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A28">
         <is>
-          <t xml:space="preserve">AI061903</t>
+          <t xml:space="preserve">AI041945</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B28">
         <is>
-          <t xml:space="preserve">05/29/2026</t>
+          <t xml:space="preserve">04/30/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C28">
         <is>
-          <t xml:space="preserve">ROUILLARD, RYAN</t>
+          <t xml:space="preserve">HAND, JONATHAN L.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H28">
         <is>
-          <t xml:space="preserve">HYDE PARK</t>
+          <t xml:space="preserve">JOHNSTON</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J28">
         <is>
-          <t xml:space="preserve">617-308-6319</t>
+          <t xml:space="preserve">401-595-8270</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M28">
         <is>
-          <t xml:space="preserve">RROUILLARD@MMINC.COM</t>
+          <t xml:space="preserve">JONATHAN.HAND@GZA.COM</t>
         </is>
       </c>
     </row>
     <row r="29" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A29">
         <is>
-          <t xml:space="preserve">AI041945</t>
+          <t xml:space="preserve">AI901109</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B29">
         <is>
-          <t xml:space="preserve">04/30/2026</t>
+          <t xml:space="preserve">05/27/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C29">
         <is>
-          <t xml:space="preserve">HAND, JONATHAN L.</t>
+          <t xml:space="preserve">LASHUS, DAVID</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H29">
         <is>
           <t xml:space="preserve">JOHNSTON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J29">
         <is>
-          <t xml:space="preserve">401-595-8270</t>
+          <t xml:space="preserve">508-505-5980</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M29">
         <is>
-          <t xml:space="preserve">JONATHAN.HAND@GZA.COM</t>
+          <t xml:space="preserve">DAVIDLASHUS@LBPSOLUTIONS.COM</t>
         </is>
       </c>
     </row>
     <row r="30" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A30">
         <is>
-          <t xml:space="preserve">AI901109</t>
+          <t xml:space="preserve">AI900737</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B30">
         <is>
-          <t xml:space="preserve">05/27/2026</t>
+          <t xml:space="preserve">05/01/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C30">
         <is>
-          <t xml:space="preserve">LASHUS, DAVID</t>
+          <t xml:space="preserve">ESTRADA, ERICK HERBERTO</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H30">
         <is>
-          <t xml:space="preserve">JOHNSTON</t>
+          <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J30">
         <is>
-          <t xml:space="preserve">508-505-5980</t>
+          <t xml:space="preserve">978-620-6154</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M30">
         <is>
-          <t xml:space="preserve">DAVIDLASHUS@LBPSOLUTIONS.COM</t>
+          <t xml:space="preserve">EESTRADA@SECMASS.COM</t>
         </is>
       </c>
     </row>
     <row r="31" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A31">
         <is>
-          <t xml:space="preserve">AI900737</t>
+          <t xml:space="preserve">AI900546</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B31">
         <is>
-          <t xml:space="preserve">05/01/2026</t>
+          <t xml:space="preserve">03/06/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C31">
         <is>
-          <t xml:space="preserve">ESTRADA, ERICK HERBERTO</t>
+          <t xml:space="preserve">ALLARD, KEITH</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H31">
         <is>
-          <t xml:space="preserve">LAWRENCE</t>
+          <t xml:space="preserve">MANCHESTER</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J31">
         <is>
-          <t xml:space="preserve">978-620-6154</t>
+          <t xml:space="preserve">603-289-1951</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M31">
         <is>
-          <t xml:space="preserve">EESTRADA@SECMASS.COM</t>
+          <t xml:space="preserve">KALLARD@MMINC.COM</t>
         </is>
       </c>
     </row>
     <row r="32" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A32">
         <is>
-          <t xml:space="preserve">AI900546</t>
+          <t xml:space="preserve">AI900775</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B32">
         <is>
-          <t xml:space="preserve">03/06/2026</t>
+          <t xml:space="preserve">10/06/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C32">
         <is>
-          <t xml:space="preserve">ALLARD, KEITH</t>
+          <t xml:space="preserve">ASKHAM, RYAN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H32">
         <is>
           <t xml:space="preserve">MANCHESTER</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J32">
         <is>
-          <t xml:space="preserve">603-289-1951</t>
+          <t xml:space="preserve">603-703-1333</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M32">
         <is>
-          <t xml:space="preserve">KALLARD@MMINC.COM</t>
+          <t xml:space="preserve">RASKHAM@HILLMANNCONSULTING.COM</t>
         </is>
       </c>
     </row>
     <row r="33" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A33">
         <is>
-          <t xml:space="preserve">AI900775</t>
+          <t xml:space="preserve">AI000035</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B33">
         <is>
-          <t xml:space="preserve">10/06/2026</t>
+          <t xml:space="preserve">06/03/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C33">
         <is>
-          <t xml:space="preserve">ASKHAM, RYAN</t>
+          <t xml:space="preserve">PANZA, PASQUALE</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H33">
         <is>
-          <t xml:space="preserve">MANCHESTER</t>
+          <t xml:space="preserve">MEDWAY</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J33">
         <is>
-          <t xml:space="preserve">603-703-1333</t>
+          <t xml:space="preserve">508-533-1660</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M33">
         <is>
-          <t xml:space="preserve">RASKHAM@HILLMANNCONSULTING.COM</t>
+          <t xml:space="preserve">PANZA@21ENV.COM</t>
         </is>
       </c>
     </row>
     <row r="34" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A34">
         <is>
-          <t xml:space="preserve">AI000035</t>
+          <t xml:space="preserve">AI900553</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B34">
         <is>
-          <t xml:space="preserve">06/03/2026</t>
+          <t xml:space="preserve">06/09/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C34">
         <is>
-          <t xml:space="preserve">PANZA, PASQUALE</t>
+          <t xml:space="preserve">SNYDER, KATIE</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H34">
         <is>
-          <t xml:space="preserve">MEDWAY</t>
+          <t xml:space="preserve">MERRIMACK</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J34">
         <is>
-          <t xml:space="preserve">508-533-1660</t>
+          <t xml:space="preserve">978-973-7566</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M34">
         <is>
-          <t xml:space="preserve">PANZA@21ENV.COM</t>
+          <t xml:space="preserve">KSNYDER@ENDPOINTLLC.COM</t>
         </is>
       </c>
     </row>
     <row r="35" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A35">
         <is>
-          <t xml:space="preserve">AI900553</t>
+          <t xml:space="preserve">AI000437</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B35">
         <is>
-          <t xml:space="preserve">06/09/2026</t>
+          <t xml:space="preserve">04/24/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C35">
         <is>
-          <t xml:space="preserve">SNYDER, KATIE</t>
+          <t xml:space="preserve">LITUMA, JOHNNIE</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H35">
         <is>
-          <t xml:space="preserve">MERRIMACK</t>
+          <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J35">
         <is>
-          <t xml:space="preserve">978-973-7566</t>
+          <t xml:space="preserve">978-590-3956</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M35">
         <is>
-          <t xml:space="preserve">KSNYDER@ENDPOINTLLC.COM</t>
+          <t xml:space="preserve">JMLITUMA@SECMASS.COM</t>
         </is>
       </c>
     </row>
     <row r="36" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A36">
         <is>
-          <t xml:space="preserve">AI000437</t>
+          <t xml:space="preserve">AI901191</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B36">
         <is>
-          <t xml:space="preserve">04/24/2026</t>
+          <t xml:space="preserve">07/10/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C36">
         <is>
-          <t xml:space="preserve">LITUMA, JOHNNIE</t>
+          <t xml:space="preserve">LITUMA,IVAN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H36">
         <is>
           <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J36">
         <is>
-          <t xml:space="preserve">978-590-3956</t>
+          <t xml:space="preserve">617-981-4774</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M36">
         <is>
-          <t xml:space="preserve">JMLITUMA@SECMASS.COM</t>
+          <t xml:space="preserve">ILITUMA@SECMASS.COM</t>
         </is>
       </c>
     </row>
     <row r="37" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A37">
         <is>
-          <t xml:space="preserve">AI901191</t>
+          <t xml:space="preserve">AI900980</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B37">
         <is>
-          <t xml:space="preserve">07/10/2026</t>
+          <t xml:space="preserve">04/08/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C37">
         <is>
-          <t xml:space="preserve">LITUMA,IVAN</t>
+          <t xml:space="preserve">MYERS, MATTHEW</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H37">
         <is>
-          <t xml:space="preserve">METHUEN</t>
+          <t xml:space="preserve">MILFORD</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J37">
         <is>
-          <t xml:space="preserve">617-981-4774</t>
+          <t xml:space="preserve">203-878-6774</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M37">
         <is>
-          <t xml:space="preserve">ILITUMA@SECMASS.COM</t>
+          <t xml:space="preserve">NO EMAIL</t>
         </is>
       </c>
     </row>
     <row r="38" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A38">
         <is>
-          <t xml:space="preserve">AI900980</t>
+          <t xml:space="preserve">AI040309</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B38">
         <is>
-          <t xml:space="preserve">04/08/2026</t>
+          <t xml:space="preserve">02/25/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C38">
         <is>
-          <t xml:space="preserve">MYERS, MATTHEW</t>
+          <t xml:space="preserve">JACQUES, VINCENT L.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H38">
         <is>
-          <t xml:space="preserve">MILFORD</t>
+          <t xml:space="preserve">NARRAGANSETT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J38">
         <is>
-          <t xml:space="preserve">203-878-6774</t>
+          <t xml:space="preserve">401-465-2801</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M38">
         <is>
-          <t xml:space="preserve">NO EMAIL</t>
+          <t xml:space="preserve">VJACQUES@BOCKANDCLARK.COM</t>
         </is>
       </c>
     </row>
     <row r="39" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A39">
         <is>
-          <t xml:space="preserve">AI040309</t>
+          <t xml:space="preserve">AI900756</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B39">
         <is>
-          <t xml:space="preserve">02/25/2026</t>
+          <t xml:space="preserve">01/07/2027</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C39">
         <is>
-          <t xml:space="preserve">JACQUES, VINCENT L.</t>
+          <t xml:space="preserve">HAYES, MATHEW</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H39">
         <is>
-          <t xml:space="preserve">NARRAGANSETT</t>
+          <t xml:space="preserve">NEW BEDFORD</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J39">
         <is>
-          <t xml:space="preserve">401-465-2801</t>
+          <t xml:space="preserve">860-420-9181</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M39">
         <is>
-          <t xml:space="preserve">VJACQUES@BOCKANDCLARK.COM</t>
+          <t xml:space="preserve">MATHEW.C.HAYES@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="40" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A40">
         <is>
-          <t xml:space="preserve">AI900756</t>
+          <t xml:space="preserve">AI901274</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B40">
         <is>
-          <t xml:space="preserve">11/27/2025</t>
+          <t xml:space="preserve">05/06/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C40">
         <is>
-          <t xml:space="preserve">HAYES, MATHEW</t>
+          <t xml:space="preserve">O'CONNELL,KEVIN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H40">
         <is>
-          <t xml:space="preserve">NEW BEDFORD</t>
+          <t xml:space="preserve">NEWTON</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J40">
         <is>
-          <t xml:space="preserve">860-420-9181</t>
+          <t xml:space="preserve">508-801-5407</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M40">
         <is>
-          <t xml:space="preserve">MATHEW.C.HAYES@GMAIL.COM</t>
+          <t xml:space="preserve">KEVIN@ASAPENVIRONMENTAL.COM</t>
         </is>
       </c>
     </row>
     <row r="41" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A41">
         <is>
           <t xml:space="preserve">AI000187</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B41">
         <is>
           <t xml:space="preserve">07/24/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C41">
         <is>
           <t xml:space="preserve">COONEY, JOSEPH</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H41">
         <is>
           <t xml:space="preserve">PEMBROKE</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J41">
@@ -1650,202 +1650,234 @@
       </c>
       <c s="11" t="inlineStr" r="C49">
         <is>
           <t xml:space="preserve">MURPHY,DANIEL</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H49">
         <is>
           <t xml:space="preserve">TAUNTON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J49">
         <is>
           <t xml:space="preserve">781-650-1424</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M49">
         <is>
           <t xml:space="preserve">DSD.ENVIRONMENTAL@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="50" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A50">
         <is>
-          <t xml:space="preserve">AI060869</t>
+          <t xml:space="preserve">AI901397</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B50">
         <is>
-          <t xml:space="preserve">03/20/2026</t>
+          <t xml:space="preserve">10/22/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C50">
         <is>
-          <t xml:space="preserve">DAVIS, KENNETH J.</t>
+          <t xml:space="preserve">MINOR, MIKE</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H50">
         <is>
-          <t xml:space="preserve">WARWICK</t>
+          <t xml:space="preserve">WALPOLE</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J50">
         <is>
-          <t xml:space="preserve">401-737-8500</t>
+          <t xml:space="preserve">413-284-7698</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M50">
         <is>
-          <t xml:space="preserve">KDAVIS@RIANALYTICAL.COM</t>
+          <t xml:space="preserve">MMINOR@GESENVIRO.COM</t>
         </is>
       </c>
     </row>
     <row r="51" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A51">
         <is>
-          <t xml:space="preserve">AI060146</t>
+          <t xml:space="preserve">AI060869</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B51">
         <is>
-          <t xml:space="preserve">10/23/2026</t>
+          <t xml:space="preserve">03/20/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C51">
         <is>
-          <t xml:space="preserve">BOYLE, SUSAN</t>
+          <t xml:space="preserve">DAVIS, KENNETH J.</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H51">
         <is>
-          <t xml:space="preserve">WATERTOWN</t>
+          <t xml:space="preserve">WARWICK</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J51">
         <is>
-          <t xml:space="preserve">781-389-2181</t>
+          <t xml:space="preserve">401-737-8500</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M51">
         <is>
-          <t xml:space="preserve">SBOYLE@HUBTESTING.NET</t>
+          <t xml:space="preserve">KDAVIS@RIANALYTICAL.COM</t>
         </is>
       </c>
     </row>
     <row r="52" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A52">
         <is>
-          <t xml:space="preserve">AI900446</t>
+          <t xml:space="preserve">AI060146</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="B52">
         <is>
-          <t xml:space="preserve">04/09/2026</t>
+          <t xml:space="preserve">10/23/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C52">
         <is>
-          <t xml:space="preserve">AMORELLI, CHRIS</t>
+          <t xml:space="preserve">BOYLE, SUSAN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H52">
         <is>
-          <t xml:space="preserve">WESTBOROUGH</t>
+          <t xml:space="preserve">WATERTOWN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J52">
         <is>
-          <t xml:space="preserve">508-963-8930</t>
+          <t xml:space="preserve">781-389-2181</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M52">
         <is>
-          <t xml:space="preserve">CAMORELLI@GESENVIRO.COM</t>
+          <t xml:space="preserve">SBOYLE@HUBTESTING.NET</t>
         </is>
       </c>
     </row>
     <row r="53" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A53">
         <is>
-          <t xml:space="preserve">AI032572</t>
+          <t xml:space="preserve">AI900446</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="B53">
         <is>
-          <t xml:space="preserve">08/21/2026</t>
+          <t xml:space="preserve">04/09/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="C53">
         <is>
-          <t xml:space="preserve">SHERRY, EDWARD C., III</t>
+          <t xml:space="preserve">AMORELLI, CHRIS</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H53">
         <is>
-          <t xml:space="preserve">WESTFORD</t>
+          <t xml:space="preserve">WESTBOROUGH</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="J53">
         <is>
-          <t xml:space="preserve">978-994-3643</t>
+          <t xml:space="preserve">508-963-8930</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="M53">
         <is>
-          <t xml:space="preserve">TSHERRY@SMITHWESSEL.COM</t>
+          <t xml:space="preserve">CAMORELLI@GESENVIRO.COM</t>
         </is>
       </c>
     </row>
     <row r="54" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A54">
         <is>
+          <t xml:space="preserve">AI032572</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="B54">
+        <is>
+          <t xml:space="preserve">08/21/2026</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="C54">
+        <is>
+          <t xml:space="preserve">SHERRY, EDWARD C., III</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="H54">
+        <is>
+          <t xml:space="preserve">WESTFORD</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="J54">
+        <is>
+          <t xml:space="preserve">978-994-3643</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="M54">
+        <is>
+          <t xml:space="preserve">TSHERRY@SMITHWESSEL.COM</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" ht="18" customHeight="0">
+      <c s="10" t="inlineStr" r="A55">
+        <is>
           <t xml:space="preserve">AI901051</t>
         </is>
       </c>
-      <c s="9" t="inlineStr" r="B54">
+      <c s="11" t="inlineStr" r="B55">
         <is>
           <t xml:space="preserve">04/24/2026</t>
         </is>
       </c>
-      <c s="9" t="inlineStr" r="C54">
+      <c s="11" t="inlineStr" r="C55">
         <is>
           <t xml:space="preserve">MESSINA, MARK</t>
         </is>
       </c>
-      <c s="9" t="inlineStr" r="H54">
+      <c s="11" t="inlineStr" r="H55">
         <is>
           <t xml:space="preserve">WESTON</t>
         </is>
       </c>
-      <c s="9" t="inlineStr" r="J54">
+      <c s="11" t="inlineStr" r="J55">
         <is>
           <t xml:space="preserve">617-799-3016</t>
         </is>
       </c>
-      <c s="9" t="inlineStr" r="M54">
+      <c s="11" t="inlineStr" r="M55">
         <is>
           <t xml:space="preserve">MESSINAPROPSVCS@COMCAST.NET</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:C3"/>
     <mergeCell ref="E3:K3"/>
     <mergeCell ref="G6:H6"/>
     <mergeCell ref="N6:N7"/>
     <mergeCell ref="F9:J9"/>
     <mergeCell ref="A11:O11"/>
     <mergeCell ref="C13:G13"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="J13:L13"/>
     <mergeCell ref="M13:O13"/>
     <mergeCell ref="C14:G14"/>
     <mergeCell ref="H14:I14"/>
     <mergeCell ref="J14:L14"/>
     <mergeCell ref="M14:O14"/>
     <mergeCell ref="C15:G15"/>
     <mergeCell ref="H15:I15"/>
     <mergeCell ref="J15:L15"/>
     <mergeCell ref="M15:O15"/>
@@ -1983,50 +2015,54 @@
     <mergeCell ref="M48:O48"/>
     <mergeCell ref="C49:G49"/>
     <mergeCell ref="H49:I49"/>
     <mergeCell ref="J49:L49"/>
     <mergeCell ref="M49:O49"/>
     <mergeCell ref="C50:G50"/>
     <mergeCell ref="H50:I50"/>
     <mergeCell ref="J50:L50"/>
     <mergeCell ref="M50:O50"/>
     <mergeCell ref="C51:G51"/>
     <mergeCell ref="H51:I51"/>
     <mergeCell ref="J51:L51"/>
     <mergeCell ref="M51:O51"/>
     <mergeCell ref="C52:G52"/>
     <mergeCell ref="H52:I52"/>
     <mergeCell ref="J52:L52"/>
     <mergeCell ref="M52:O52"/>
     <mergeCell ref="C53:G53"/>
     <mergeCell ref="H53:I53"/>
     <mergeCell ref="J53:L53"/>
     <mergeCell ref="M53:O53"/>
     <mergeCell ref="C54:G54"/>
     <mergeCell ref="H54:I54"/>
     <mergeCell ref="J54:L54"/>
     <mergeCell ref="M54:O54"/>
+    <mergeCell ref="C55:G55"/>
+    <mergeCell ref="H55:I55"/>
+    <mergeCell ref="J55:L55"/>
+    <mergeCell ref="M55:O55"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.2" top="0.5" bottom="1.47082992125984" header="0.5" footer="0.5"/>
   <pageSetup paperSize="8" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;I&amp;"Calibri"&amp;9The certification information of the above-listed Asbestos Inspectors is updated monthly. While most inspectors renew their certification on or before the expiration date of the certification, DLS recommends that you call our office at (61</oddFooter>
   </headerFooter>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">