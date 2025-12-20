--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -176,51 +176,51 @@
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="3" fillId="0" borderId="0">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="4" fillId="0" borderId="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="0" borderId="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="6" fillId="2" borderId="1">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="2">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="3" borderId="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="4" borderId="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="4" borderId="3">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="3" borderId="3">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="3">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="0000008B"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00666666"/>
@@ -393,82 +393,82 @@
     <row r="4" ht="4.75" customHeight="1">
       <c s="2" t="inlineStr" r="H4">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">AS OF </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">11/03/2025</t>
+            <t xml:space="preserve">12/01/2025</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="13.25" customHeight="0"/>
     <row r="6" ht="4" customHeight="0">
       <c s="3" t="inlineStr" r="N6">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">Total:</t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">12</t>
+            <t xml:space="preserve">11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="7" ht="14" customHeight="0">
       <c s="4" t="inlineStr" r="G7">
         <is>
           <t xml:space="preserve">This List is Ordered by Town and Last Name</t>
         </is>
       </c>
     </row>
     <row r="8" ht="2.95" customHeight="0"/>
     <row r="9" ht="0.05" customHeight="1"/>
     <row r="10" ht="63.45" customHeight="1">
       <c s="5" t="inlineStr" r="B10">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="9"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
@@ -549,410 +549,378 @@
       </c>
       <c s="9" t="inlineStr" r="D13">
         <is>
           <t xml:space="preserve">SAFARPOORMONFARED, BAHRAM</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="I13">
         <is>
           <t xml:space="preserve">AEC.BARRY@COMCAST.NET</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="L13">
         <is>
           <t xml:space="preserve">BELMONT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O13">
         <is>
           <t xml:space="preserve">617- 922-3203</t>
         </is>
       </c>
     </row>
     <row r="14" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A14">
         <is>
-          <t xml:space="preserve">AD040593</t>
+          <t xml:space="preserve">AD900373</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C14">
         <is>
-          <t xml:space="preserve">11/18/2025</t>
+          <t xml:space="preserve">09/30/2026</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="D14">
         <is>
-          <t xml:space="preserve">SIMAS, DANIEL J.</t>
+          <t xml:space="preserve">GORDEN, DAVID</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="I14">
         <is>
-          <t xml:space="preserve">DSIMAS@ECMNE.COM</t>
+          <t xml:space="preserve">gordend@peercpc.com</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="L14">
         <is>
-          <t xml:space="preserve">BRISTOL</t>
+          <t xml:space="preserve">BURLINGTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="O14">
         <is>
-          <t xml:space="preserve">401- 304-6612</t>
+          <t xml:space="preserve">781- 238-8880</t>
         </is>
       </c>
     </row>
     <row r="15" ht="18" customHeight="0">
       <c s="9" t="inlineStr" r="A15">
         <is>
-          <t xml:space="preserve">AD900373</t>
+          <t xml:space="preserve">AD062001</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C15">
         <is>
-          <t xml:space="preserve">09/30/2026</t>
+          <t xml:space="preserve">05/29/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="D15">
         <is>
-          <t xml:space="preserve">GORDEN, DAVID</t>
+          <t xml:space="preserve">ROUILLARD, RYAN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="I15">
         <is>
-          <t xml:space="preserve">gordend@peercpc.com</t>
+          <t xml:space="preserve">rrouillard@mminc.com</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="L15">
         <is>
-          <t xml:space="preserve">BURLINGTON</t>
+          <t xml:space="preserve">GOFFSTOWN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O15">
         <is>
-          <t xml:space="preserve">781- 238-8880</t>
+          <t xml:space="preserve">781- 603-5375</t>
         </is>
       </c>
     </row>
     <row r="16" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A16">
         <is>
-          <t xml:space="preserve">AD062001</t>
+          <t xml:space="preserve">AD900356</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C16">
         <is>
-          <t xml:space="preserve">05/29/2026</t>
+          <t xml:space="preserve">05/05/2026</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="D16">
         <is>
-          <t xml:space="preserve">ROUILLARD, RYAN</t>
+          <t xml:space="preserve">HAND, JONATHAN L.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="I16">
         <is>
-          <t xml:space="preserve">rrouillard@mminc.com</t>
+          <t xml:space="preserve">jonathan.hand@gza.com</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="L16">
         <is>
-          <t xml:space="preserve">GOFFSTOWN</t>
+          <t xml:space="preserve">JOHNSTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="O16">
         <is>
-          <t xml:space="preserve">781- 603-5375</t>
+          <t xml:space="preserve">401- 595-8270</t>
         </is>
       </c>
     </row>
     <row r="17" ht="18" customHeight="0">
       <c s="9" t="inlineStr" r="A17">
         <is>
-          <t xml:space="preserve">AD900356</t>
+          <t xml:space="preserve">AD900378</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C17">
         <is>
-          <t xml:space="preserve">05/05/2026</t>
+          <t xml:space="preserve">03/06/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="D17">
         <is>
-          <t xml:space="preserve">HAND, JONATHAN L.</t>
+          <t xml:space="preserve">ALLARD, KEITH</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="I17">
         <is>
-          <t xml:space="preserve">jonathan.hand@gza.com</t>
+          <t xml:space="preserve">kallard@mminc.com</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="L17">
         <is>
-          <t xml:space="preserve">JOHNSTON</t>
+          <t xml:space="preserve">MANCHESTER</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O17">
         <is>
-          <t xml:space="preserve">401- 595-8270</t>
+          <t xml:space="preserve">603- 289-1951</t>
         </is>
       </c>
     </row>
     <row r="18" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A18">
         <is>
-          <t xml:space="preserve">AD900378</t>
+          <t xml:space="preserve">AD900383</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C18">
         <is>
-          <t xml:space="preserve">03/06/2026</t>
+          <t xml:space="preserve">06/09/2026</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="D18">
         <is>
-          <t xml:space="preserve">ALLARD, KEITH</t>
+          <t xml:space="preserve">SNYDER, KATIE</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="I18">
         <is>
-          <t xml:space="preserve">kallard@mminc.com</t>
+          <t xml:space="preserve">ksnyder@endpointllc.com</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="L18">
         <is>
-          <t xml:space="preserve">MANCHESTER</t>
+          <t xml:space="preserve">MERRIMACK</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="O18">
         <is>
-          <t xml:space="preserve">603- 289-1951</t>
+          <t xml:space="preserve">978- 973-7566</t>
         </is>
       </c>
     </row>
     <row r="19" ht="18" customHeight="0">
       <c s="9" t="inlineStr" r="A19">
         <is>
-          <t xml:space="preserve">AD900383</t>
+          <t xml:space="preserve">AD900402</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C19">
         <is>
-          <t xml:space="preserve">06/09/2026</t>
+          <t xml:space="preserve">04/08/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="D19">
         <is>
-          <t xml:space="preserve">SNYDER, KATIE</t>
+          <t xml:space="preserve">MYERS, MATTHEW</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="I19">
         <is>
-          <t xml:space="preserve">ksnyder@endpointllc.com</t>
+          <t xml:space="preserve">NO EMAIL</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="L19">
         <is>
-          <t xml:space="preserve">MERRIMACK</t>
+          <t xml:space="preserve">MILFORD</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O19">
         <is>
-          <t xml:space="preserve">978- 973-7566</t>
+          <t xml:space="preserve">203- 878-6774</t>
         </is>
       </c>
     </row>
     <row r="20" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A20">
         <is>
-          <t xml:space="preserve">AD900402</t>
+          <t xml:space="preserve">AD035756</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C20">
         <is>
-          <t xml:space="preserve">04/08/2026</t>
+          <t xml:space="preserve">08/05/2026</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="D20">
         <is>
-          <t xml:space="preserve">MYERS, MATTHEW</t>
+          <t xml:space="preserve">NELSON, GLENN D.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="I20">
         <is>
-          <t xml:space="preserve">NO EMAIL</t>
+          <t xml:space="preserve">gnelson@smithwessel.com</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="L20">
         <is>
-          <t xml:space="preserve">MILFORD</t>
+          <t xml:space="preserve">SPENCER</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="O20">
         <is>
-          <t xml:space="preserve">203- 878-6774</t>
+          <t xml:space="preserve">508- 885-5195</t>
         </is>
       </c>
     </row>
     <row r="21" ht="18" customHeight="0">
       <c s="9" t="inlineStr" r="A21">
         <is>
-          <t xml:space="preserve">AD035756</t>
+          <t xml:space="preserve">AD900365</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C21">
         <is>
-          <t xml:space="preserve">08/05/2026</t>
+          <t xml:space="preserve">06/27/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="D21">
         <is>
-          <t xml:space="preserve">NELSON, GLENN D.</t>
+          <t xml:space="preserve">DAVIS, KENNETH J.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="I21">
         <is>
-          <t xml:space="preserve">gnelson@smithwessel.com</t>
+          <t xml:space="preserve">kdavis@rianalytical.com</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="L21">
         <is>
-          <t xml:space="preserve">SPENCER</t>
+          <t xml:space="preserve">WARWICK</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O21">
         <is>
-          <t xml:space="preserve">508- 885-5195</t>
+          <t xml:space="preserve">401- 737-8500</t>
         </is>
       </c>
     </row>
     <row r="22" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A22">
         <is>
-          <t xml:space="preserve">AD900365</t>
+          <t xml:space="preserve">AD060161</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C22">
         <is>
-          <t xml:space="preserve">06/27/2026</t>
+          <t xml:space="preserve">10/23/2026</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="D22">
         <is>
-          <t xml:space="preserve">DAVIS, KENNETH J.</t>
+          <t xml:space="preserve">BOYLE, SUSAN</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="I22">
         <is>
-          <t xml:space="preserve">kdavis@rianalytical.com</t>
+          <t xml:space="preserve">SBOYLE@HUBTESTING.NET</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="L22">
         <is>
-          <t xml:space="preserve">WARWICK</t>
+          <t xml:space="preserve">WATERTOWN</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="O22">
         <is>
-          <t xml:space="preserve">401- 737-8500</t>
+          <t xml:space="preserve">781- 389-2181</t>
         </is>
       </c>
     </row>
     <row r="23" ht="18" customHeight="0">
-      <c s="9" t="inlineStr" r="A23">
-[...31 lines deleted...]
-      <c s="11" t="inlineStr" r="A24">
+      <c s="11" t="inlineStr" r="A23">
         <is>
           <t xml:space="preserve">AD900405</t>
         </is>
       </c>
-      <c s="12" t="str" r="B24"/>
-      <c s="11" t="inlineStr" r="C24">
+      <c s="12" t="str" r="B23"/>
+      <c s="11" t="inlineStr" r="C23">
         <is>
           <t xml:space="preserve">09/02/2026</t>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="D24">
+      <c s="11" t="inlineStr" r="D23">
         <is>
           <t xml:space="preserve">AMORELLI, CHRIS</t>
         </is>
       </c>
-      <c s="12" t="str" r="E24"/>
-[...3 lines deleted...]
-      <c s="11" t="inlineStr" r="I24">
+      <c s="12" t="str" r="E23"/>
+      <c s="12" t="str" r="F23"/>
+      <c s="12" t="str" r="G23"/>
+      <c s="12" t="str" r="H23"/>
+      <c s="11" t="inlineStr" r="I23">
         <is>
           <t xml:space="preserve">CAMORELLI@GESENVIRO.COM</t>
         </is>
       </c>
-      <c s="12" t="str" r="J24"/>
-[...1 lines deleted...]
-      <c s="11" t="inlineStr" r="L24">
+      <c s="12" t="str" r="J23"/>
+      <c s="12" t="str" r="K23"/>
+      <c s="11" t="inlineStr" r="L23">
         <is>
           <t xml:space="preserve">WESTBOROUGH</t>
         </is>
       </c>
-      <c s="12" t="str" r="M24"/>
-[...1 lines deleted...]
-      <c s="11" t="inlineStr" r="O24">
+      <c s="12" t="str" r="M23"/>
+      <c s="12" t="str" r="N23"/>
+      <c s="11" t="inlineStr" r="O23">
         <is>
           <t xml:space="preserve">508- 963-8930</t>
         </is>
       </c>
-      <c s="12" t="str" r="P24"/>
-[...1 lines deleted...]
-      <c s="12" t="str" r="R24"/>
+      <c s="12" t="str" r="P23"/>
+      <c s="12" t="str" r="Q23"/>
+      <c s="12" t="str" r="R23"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:D4"/>
     <mergeCell ref="F2:L2"/>
     <mergeCell ref="H4:I5"/>
     <mergeCell ref="N6:O7"/>
     <mergeCell ref="G7:J8"/>
     <mergeCell ref="B10:P10"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="D12:H12"/>
     <mergeCell ref="I12:K12"/>
     <mergeCell ref="L12:N12"/>
     <mergeCell ref="O12:P12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="D13:H13"/>
     <mergeCell ref="I13:K13"/>
     <mergeCell ref="L13:N13"/>
     <mergeCell ref="O13:P13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="D14:H14"/>
     <mergeCell ref="I14:K14"/>
     <mergeCell ref="L14:N14"/>
     <mergeCell ref="O14:P14"/>
     <mergeCell ref="A15:B15"/>
@@ -978,55 +946,50 @@
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="D19:H19"/>
     <mergeCell ref="I19:K19"/>
     <mergeCell ref="L19:N19"/>
     <mergeCell ref="O19:P19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="D20:H20"/>
     <mergeCell ref="I20:K20"/>
     <mergeCell ref="L20:N20"/>
     <mergeCell ref="O20:P20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="D21:H21"/>
     <mergeCell ref="I21:K21"/>
     <mergeCell ref="L21:N21"/>
     <mergeCell ref="O21:P21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="D22:H22"/>
     <mergeCell ref="I22:K22"/>
     <mergeCell ref="L22:N22"/>
     <mergeCell ref="O22:P22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="D23:H23"/>
     <mergeCell ref="I23:K23"/>
     <mergeCell ref="L23:N23"/>
     <mergeCell ref="O23:P23"/>
-    <mergeCell ref="A24:B24"/>
-[...3 lines deleted...]
-    <mergeCell ref="O24:P24"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.2" top="0.5" bottom="1.54375" header="0.5" footer="0.5"/>
   <pageSetup paperSize="8" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;I&amp;"Calibri"&amp;9The certification information of the above-listed Asbestos Project Designers is updated monthly. While most project designers renew their certification on or before the expiration date of the certification, DLS recommends that you call our</oddFooter>
   </headerFooter>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">