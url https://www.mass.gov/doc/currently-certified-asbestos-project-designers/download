--- v1 (2025-12-20)
+++ v2 (2026-02-05)
@@ -393,51 +393,51 @@
     <row r="4" ht="4.75" customHeight="1">
       <c s="2" t="inlineStr" r="H4">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">AS OF </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">12/01/2025</t>
+            <t xml:space="preserve">02/02/2026</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="13.25" customHeight="0"/>
     <row r="6" ht="4" customHeight="0">
       <c s="3" t="inlineStr" r="N6">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">Total:</t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
@@ -517,76 +517,76 @@
         <is>
           <t xml:space="preserve">Email</t>
         </is>
       </c>
       <c s="7" t="str" r="J12"/>
       <c s="7" t="str" r="K12"/>
       <c s="6" t="inlineStr" r="L12">
         <is>
           <t xml:space="preserve">City/Town</t>
         </is>
       </c>
       <c s="7" t="str" r="M12"/>
       <c s="7" t="str" r="N12"/>
       <c s="6" t="inlineStr" r="O12">
         <is>
           <t xml:space="preserve">Phone</t>
         </is>
       </c>
       <c s="7" t="str" r="P12"/>
       <c s="8" t="str" r="Q12"/>
       <c s="8" t="str" r="R12"/>
     </row>
     <row r="13" ht="18" customHeight="0">
       <c s="9" t="inlineStr" r="A13">
         <is>
-          <t xml:space="preserve">AD900336</t>
+          <t xml:space="preserve">AD040593</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C13">
         <is>
-          <t xml:space="preserve">01/08/2026</t>
+          <t xml:space="preserve">12/15/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="D13">
         <is>
-          <t xml:space="preserve">SAFARPOORMONFARED, BAHRAM</t>
+          <t xml:space="preserve">SIMAS, DANIEL J.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="I13">
         <is>
-          <t xml:space="preserve">AEC.BARRY@COMCAST.NET</t>
+          <t xml:space="preserve">DSIMAS@ECMNE.COM</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="L13">
         <is>
-          <t xml:space="preserve">BELMONT</t>
+          <t xml:space="preserve">BRISTOL</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O13">
         <is>
-          <t xml:space="preserve">617- 922-3203</t>
+          <t xml:space="preserve">401- 304-6612</t>
         </is>
       </c>
     </row>
     <row r="14" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A14">
         <is>
           <t xml:space="preserve">AD900373</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C14">
         <is>
           <t xml:space="preserve">09/30/2026</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="D14">
         <is>
           <t xml:space="preserve">GORDEN, DAVID</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="I14">
         <is>
           <t xml:space="preserve">gordend@peercpc.com</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="L14">