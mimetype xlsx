--- v2 (2026-02-05)
+++ v3 (2026-03-26)
@@ -393,51 +393,51 @@
     <row r="4" ht="4.75" customHeight="1">
       <c s="2" t="inlineStr" r="H4">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">AS OF </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">02/02/2026</t>
+            <t xml:space="preserve">03/02/2026</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="13.25" customHeight="0"/>
     <row r="6" ht="4" customHeight="0">
       <c s="3" t="inlineStr" r="N6">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">Total:</t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
@@ -650,51 +650,51 @@
       </c>
       <c s="10" t="inlineStr" r="I16">
         <is>
           <t xml:space="preserve">jonathan.hand@gza.com</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="L16">
         <is>
           <t xml:space="preserve">JOHNSTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="O16">
         <is>
           <t xml:space="preserve">401- 595-8270</t>
         </is>
       </c>
     </row>
     <row r="17" ht="18" customHeight="0">
       <c s="9" t="inlineStr" r="A17">
         <is>
           <t xml:space="preserve">AD900378</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="C17">
         <is>
-          <t xml:space="preserve">03/06/2026</t>
+          <t xml:space="preserve">02/17/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="D17">
         <is>
           <t xml:space="preserve">ALLARD, KEITH</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="I17">
         <is>
           <t xml:space="preserve">kallard@mminc.com</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="L17">
         <is>
           <t xml:space="preserve">MANCHESTER</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="O17">
         <is>
           <t xml:space="preserve">603- 289-1951</t>
         </is>
       </c>
     </row>
     <row r="18" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A18">