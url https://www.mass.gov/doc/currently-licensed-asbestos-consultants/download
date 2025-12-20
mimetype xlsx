--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -175,57 +175,57 @@
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="5" fillId="2" borderId="1">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="6" fillId="3" borderId="0">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="7" fillId="3" borderId="0">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="3" borderId="0">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="6" fillId="4" borderId="0">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="7" fillId="4" borderId="0">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="4" borderId="0">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="6" fillId="3" borderId="2">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="6" fillId="4" borderId="2">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="7" fillId="3" borderId="2">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="82" fontId="7" fillId="4" borderId="2">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="3" borderId="2">
+    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="7" fillId="4" borderId="2">
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </xf>
     <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" numFmtId="0" fontId="1" fillId="0" borderId="2">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="0000008B"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00666666"/>
@@ -373,88 +373,88 @@
     <row r="4" ht="4.75" customHeight="1">
       <c s="2" t="inlineStr" r="G4">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">AS OF </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">11/03/2025</t>
+            <t xml:space="preserve">12/01/2025</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="13.25" customHeight="0"/>
     <row r="6" ht="1" customHeight="1"/>
     <row r="7" ht="16.95" customHeight="0">
       <c s="3" t="inlineStr" r="F7">
         <is>
           <t xml:space="preserve">This List is Ordered by Town and Company Name</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="N7">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">Total:</t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">109</t>
+            <t xml:space="preserve">110</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" ht="1.05" customHeight="0"/>
     <row r="9" ht="4.5" customHeight="1"/>
     <row r="10" ht="18" customHeight="0">
       <c s="5" t="inlineStr" r="A10">
         <is>
           <t xml:space="preserve">License #</t>
         </is>
       </c>
       <c s="5" t="inlineStr" r="B10">
         <is>
           <t xml:space="preserve">Expire Date</t>
         </is>
       </c>
       <c s="5" t="inlineStr" r="C10">
         <is>
           <t xml:space="preserve">Busness Name</t>
         </is>
       </c>
       <c s="6" t="str" r="D10"/>
       <c s="6" t="str" r="E10"/>
       <c s="6" t="str" r="F10"/>
@@ -765,51 +765,51 @@
         </is>
       </c>
       <c s="12" t="inlineStr" r="H20">
         <is>
           <t xml:space="preserve">470- 646-3337</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J20">
         <is>
           <t xml:space="preserve">Boston</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M20">
         <is>
           <t xml:space="preserve">JMAURER@AEICONSULTANTS.COM</t>
         </is>
       </c>
     </row>
     <row r="21" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A21">
         <is>
           <t xml:space="preserve">AF83</t>
         </is>
       </c>
       <c s="8" r="B21">
-        <v>45993</v>
+        <v>46338</v>
       </c>
       <c s="9" t="inlineStr" r="C21">
         <is>
           <t xml:space="preserve">Arcadis U.S., Inc. </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H21">
         <is>
           <t xml:space="preserve">720- -34-3727</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J21">
         <is>
           <t xml:space="preserve">Boston</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M21">
         <is>
           <t xml:space="preserve">ana_companylicensing@arcadis.com</t>
         </is>
       </c>
     </row>
     <row r="22" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A22">
         <is>
@@ -885,51 +885,51 @@
         </is>
       </c>
       <c s="12" t="inlineStr" r="H24">
         <is>
           <t xml:space="preserve">617- -72-7100</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J24">
         <is>
           <t xml:space="preserve">Boston</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M24">
         <is>
           <t xml:space="preserve">KROLE@LIRO-HILL.COM</t>
         </is>
       </c>
     </row>
     <row r="25" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A25">
         <is>
           <t xml:space="preserve">AF81</t>
         </is>
       </c>
       <c s="8" r="B25">
-        <v>45987</v>
+        <v>46333</v>
       </c>
       <c s="9" t="inlineStr" r="C25">
         <is>
           <t xml:space="preserve">Pennoni Associates Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H25">
         <is>
           <t xml:space="preserve">857- 214-4285</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J25">
         <is>
           <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M25">
         <is>
           <t xml:space="preserve">mtate@pennoni.com</t>
         </is>
       </c>
     </row>
     <row r="26" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A26">
         <is>
@@ -1001,704 +1001,704 @@
       </c>
       <c s="12" t="inlineStr" r="C28">
         <is>
           <t xml:space="preserve">Environmental Consulting and Management (ECM Inc.)</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H28">
         <is>
           <t xml:space="preserve">401- 304-6612</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J28">
         <is>
           <t xml:space="preserve">Bristol</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M28">
         <is>
           <t xml:space="preserve">DJSIMAS15@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="29" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A29">
         <is>
-          <t xml:space="preserve">AF8</t>
+          <t xml:space="preserve">AF76</t>
         </is>
       </c>
       <c s="8" r="B29">
-        <v>45975</v>
+        <v>46092</v>
       </c>
       <c s="9" t="inlineStr" r="C29">
         <is>
-          <t xml:space="preserve">Boston Environmental Corporation</t>
+          <t xml:space="preserve">Eastern Environmental Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H29">
         <is>
-          <t xml:space="preserve">617- -87-6648</t>
+          <t xml:space="preserve">617- 623-6678</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J29">
         <is>
           <t xml:space="preserve">Brockton</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M29">
         <is>
-          <t xml:space="preserve">TOOMEY@BOSTONENVCORP.COM</t>
+          <t xml:space="preserve">DGOMES@EASTERNENVIROINC.COM</t>
         </is>
       </c>
     </row>
     <row r="30" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A30">
         <is>
-          <t xml:space="preserve">AF76</t>
+          <t xml:space="preserve">AF18</t>
         </is>
       </c>
       <c s="11" r="B30">
-        <v>46092</v>
+        <v>46177</v>
       </c>
       <c s="12" t="inlineStr" r="C30">
         <is>
-          <t xml:space="preserve">Eastern Environmental Inc.</t>
+          <t xml:space="preserve">Environmental Response LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H30">
         <is>
-          <t xml:space="preserve">617- 623-6678</t>
+          <t xml:space="preserve">508- -85-9964</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J30">
         <is>
           <t xml:space="preserve">Brockton</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M30">
         <is>
-          <t xml:space="preserve">DGOMES@EASTERNENVIROINC.COM</t>
+          <t xml:space="preserve">DEXTERWANGNOON@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="31" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A31">
         <is>
-          <t xml:space="preserve">AF18</t>
+          <t xml:space="preserve">AF7</t>
         </is>
       </c>
       <c s="8" r="B31">
-        <v>46177</v>
+        <v>46178</v>
       </c>
       <c s="9" t="inlineStr" r="C31">
         <is>
-          <t xml:space="preserve">Environmental Response LLC</t>
+          <t xml:space="preserve">EBI Consulting</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H31">
         <is>
-          <t xml:space="preserve">508- -85-9964</t>
+          <t xml:space="preserve">857- 488-1127</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J31">
         <is>
-          <t xml:space="preserve">Brockton</t>
+          <t xml:space="preserve">Burlington</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M31">
         <is>
-          <t xml:space="preserve">DEXTERWANGNOON@GMAIL.COM</t>
+          <t xml:space="preserve">MWALTHER@EBICONSULTING.COM</t>
         </is>
       </c>
     </row>
     <row r="32" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A32">
         <is>
-          <t xml:space="preserve">AF7</t>
+          <t xml:space="preserve">AF66</t>
         </is>
       </c>
       <c s="11" r="B32">
-        <v>46178</v>
+        <v>46324</v>
       </c>
       <c s="12" t="inlineStr" r="C32">
         <is>
-          <t xml:space="preserve">EBI Consulting</t>
+          <t xml:space="preserve">PEER Consultants, PC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H32">
         <is>
-          <t xml:space="preserve">857- 488-1127</t>
+          <t xml:space="preserve">781- 238-8880</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J32">
         <is>
           <t xml:space="preserve">Burlington</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M32">
         <is>
-          <t xml:space="preserve">MWALTHER@EBICONSULTING.COM</t>
+          <t xml:space="preserve">gustafsont@peercpc.com</t>
         </is>
       </c>
     </row>
     <row r="33" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A33">
         <is>
-          <t xml:space="preserve">AF66</t>
+          <t xml:space="preserve">AF134</t>
         </is>
       </c>
       <c s="8" r="B33">
-        <v>46324</v>
+        <v>46249</v>
       </c>
       <c s="9" t="inlineStr" r="C33">
         <is>
-          <t xml:space="preserve">PEER Consultants, PC</t>
+          <t xml:space="preserve">Turnkey Testing Consultants LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H33">
         <is>
-          <t xml:space="preserve">781- 238-8880</t>
+          <t xml:space="preserve">978- 482-6260</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J33">
         <is>
           <t xml:space="preserve">Burlington</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M33">
         <is>
-          <t xml:space="preserve">gustafsont@peercpc.com</t>
+          <t xml:space="preserve">ADMIN@TURNKEYTESTINGCONSULTANTS.COM</t>
         </is>
       </c>
     </row>
     <row r="34" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A34">
         <is>
-          <t xml:space="preserve">AF134</t>
+          <t xml:space="preserve">AF49</t>
         </is>
       </c>
       <c s="11" r="B34">
-        <v>46249</v>
+        <v>46302</v>
       </c>
       <c s="12" t="inlineStr" r="C34">
         <is>
-          <t xml:space="preserve">Turnkey Testing Consultants LLC</t>
+          <t xml:space="preserve">AECOM Technical Services, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H34">
         <is>
-          <t xml:space="preserve">978- 482-6260</t>
+          <t xml:space="preserve">978- -90-2100</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J34">
         <is>
-          <t xml:space="preserve">Burlington</t>
+          <t xml:space="preserve">Chelmsford</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M34">
         <is>
-          <t xml:space="preserve">ADMIN@TURNKEYTESTINGCONSULTANTS.COM</t>
+          <t xml:space="preserve">PROFESSIONALLICENSES@AECOM.COM</t>
         </is>
       </c>
     </row>
     <row r="35" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A35">
         <is>
-          <t xml:space="preserve">AF49</t>
+          <t xml:space="preserve">AF128</t>
         </is>
       </c>
       <c s="8" r="B35">
-        <v>46302</v>
+        <v>46116</v>
       </c>
       <c s="9" t="inlineStr" r="C35">
         <is>
-          <t xml:space="preserve">AECOM Technical Services, Inc.</t>
+          <t xml:space="preserve">Santiotti Consulting, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H35">
         <is>
-          <t xml:space="preserve">978- -90-2100</t>
+          <t xml:space="preserve">978- 987-0274</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J35">
         <is>
           <t xml:space="preserve">Chelmsford</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M35">
         <is>
-          <t xml:space="preserve">PROFESSIONALLICENSES@AECOM.COM</t>
+          <t xml:space="preserve">SANTIOTTI.CONSULTING@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="36" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A36">
         <is>
-          <t xml:space="preserve">AF128</t>
+          <t xml:space="preserve">AF21</t>
         </is>
       </c>
       <c s="11" r="B36">
-        <v>46116</v>
+        <v>46242</v>
       </c>
       <c s="12" t="inlineStr" r="C36">
         <is>
-          <t xml:space="preserve">Santiotti Consulting, LLC</t>
+          <t xml:space="preserve">Wilcox &amp; Barton, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H36">
         <is>
-          <t xml:space="preserve">978- 987-0274</t>
+          <t xml:space="preserve">603- 369-4190</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J36">
         <is>
-          <t xml:space="preserve">Chelmsford</t>
+          <t xml:space="preserve">Concord</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M36">
         <is>
-          <t xml:space="preserve">SANTIOTTI.CONSULTING@GMAIL.COM</t>
+          <t xml:space="preserve">CKEARNS@WILCOXANDBARTON.COM</t>
         </is>
       </c>
     </row>
     <row r="37" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A37">
         <is>
-          <t xml:space="preserve">AF21</t>
+          <t xml:space="preserve">AF24</t>
         </is>
       </c>
       <c s="8" r="B37">
-        <v>46242</v>
+        <v>46155</v>
       </c>
       <c s="9" t="inlineStr" r="C37">
         <is>
-          <t xml:space="preserve">Wilcox &amp; Barton, Inc.</t>
+          <t xml:space="preserve">Atlas Technical Consultants, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H37">
         <is>
-          <t xml:space="preserve">603- 369-4190</t>
+          <t xml:space="preserve">197- 842-4550</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J37">
         <is>
-          <t xml:space="preserve">Concord</t>
+          <t xml:space="preserve">Dallas</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M37">
         <is>
-          <t xml:space="preserve">CKEARNS@WILCOXANDBARTON.COM</t>
+          <t xml:space="preserve">ONEATLASWOBURN@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="38" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A38">
         <is>
-          <t xml:space="preserve">AF24</t>
+          <t xml:space="preserve">AF79</t>
         </is>
       </c>
       <c s="11" r="B38">
-        <v>46155</v>
+        <v>46312</v>
       </c>
       <c s="12" t="inlineStr" r="C38">
         <is>
-          <t xml:space="preserve">Atlas Technical Consultants, LLC</t>
+          <t xml:space="preserve">FLI Environmental, Inc</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H38">
         <is>
-          <t xml:space="preserve">197- 842-4550</t>
+          <t xml:space="preserve">781- 251-0040</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J38">
         <is>
-          <t xml:space="preserve">Dallas</t>
+          <t xml:space="preserve">Dedham</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M38">
         <is>
-          <t xml:space="preserve">ONEATLASWOBURN@GMAIL.COM</t>
+          <t xml:space="preserve">dmac@flienv.com</t>
         </is>
       </c>
     </row>
     <row r="39" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A39">
         <is>
-          <t xml:space="preserve">AF79</t>
+          <t xml:space="preserve">AF91</t>
         </is>
       </c>
       <c s="8" r="B39">
-        <v>46312</v>
+        <v>46015</v>
       </c>
       <c s="9" t="inlineStr" r="C39">
         <is>
-          <t xml:space="preserve">FLI Environmental, Inc</t>
+          <t xml:space="preserve">Environmental Health Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H39">
         <is>
-          <t xml:space="preserve">781- 251-0040</t>
+          <t xml:space="preserve">508-  78-2258</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J39">
         <is>
-          <t xml:space="preserve">Dedham</t>
+          <t xml:space="preserve">Dover</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M39">
         <is>
-          <t xml:space="preserve">dmac@flienv.com</t>
+          <t xml:space="preserve">BETSYWRYAN@ME.COM</t>
         </is>
       </c>
     </row>
     <row r="40" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A40">
         <is>
-          <t xml:space="preserve">AF91</t>
+          <t xml:space="preserve">AF133</t>
         </is>
       </c>
       <c s="11" r="B40">
-        <v>46015</v>
+        <v>46233</v>
       </c>
       <c s="12" t="inlineStr" r="C40">
         <is>
-          <t xml:space="preserve">Environmental Health Inc.</t>
+          <t xml:space="preserve">Remediation Holdings, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H40">
         <is>
-          <t xml:space="preserve">508-  78-2258</t>
+          <t xml:space="preserve">443- 822-8520</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J40">
         <is>
-          <t xml:space="preserve">Dover</t>
+          <t xml:space="preserve">Everett</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M40">
         <is>
-          <t xml:space="preserve">BETSYWRYAN@ME.COM</t>
+          <t xml:space="preserve">DAVE@ESSENTIAL-HOLDINGS.COM</t>
         </is>
       </c>
     </row>
     <row r="41" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A41">
         <is>
-          <t xml:space="preserve">AF133</t>
+          <t xml:space="preserve">AF40</t>
         </is>
       </c>
       <c s="8" r="B41">
-        <v>46233</v>
+        <v>46344</v>
       </c>
       <c s="9" t="inlineStr" r="C41">
         <is>
-          <t xml:space="preserve">Remediation Holdings, LLC</t>
+          <t xml:space="preserve">DSD Environmental Inc </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H41">
         <is>
-          <t xml:space="preserve">443- 822-8520</t>
+          <t xml:space="preserve">781- 650-1424</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J41">
         <is>
-          <t xml:space="preserve">Everett</t>
+          <t xml:space="preserve">Fall River</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M41">
         <is>
-          <t xml:space="preserve">DAVE@ESSENTIAL-HOLDINGS.COM</t>
+          <t xml:space="preserve">dsd.environmental@gmail.com</t>
         </is>
       </c>
     </row>
     <row r="42" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A42">
         <is>
           <t xml:space="preserve">AF106</t>
         </is>
       </c>
       <c s="11" r="B42">
         <v>46099</v>
       </c>
       <c s="12" t="inlineStr" r="C42">
         <is>
           <t xml:space="preserve">Connecticut Environmental Services, Inc. DBA: Envi</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H42">
         <is>
           <t xml:space="preserve">866- 244-3254</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J42">
         <is>
           <t xml:space="preserve">Farmington</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M42">
         <is>
           <t xml:space="preserve">PATRICK@ENVIROCHECK.COM</t>
         </is>
       </c>
     </row>
     <row r="43" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A43">
         <is>
           <t xml:space="preserve">AF82</t>
         </is>
       </c>
       <c s="8" r="B43">
-        <v>45965</v>
+        <v>46332</v>
       </c>
       <c s="9" t="inlineStr" r="C43">
         <is>
           <t xml:space="preserve">LBP Solutions LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H43">
         <is>
           <t xml:space="preserve">140- 137-5919</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J43">
         <is>
           <t xml:space="preserve">Foxboro</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M43">
         <is>
           <t xml:space="preserve">jeffharris@lbpsolutions.com</t>
         </is>
       </c>
     </row>
     <row r="44" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A44">
         <is>
-          <t xml:space="preserve">AF119</t>
+          <t xml:space="preserve">AF99</t>
         </is>
       </c>
       <c s="11" r="B44">
-        <v>45987</v>
+        <v>46091</v>
       </c>
       <c s="12" t="inlineStr" r="C44">
         <is>
-          <t xml:space="preserve">21Environmental, Inc.</t>
+          <t xml:space="preserve">CDW Consultants, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H44">
         <is>
-          <t xml:space="preserve">508- 574-3023</t>
+          <t xml:space="preserve">508- 875-2657</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J44">
         <is>
           <t xml:space="preserve">Framingham</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M44">
         <is>
-          <t xml:space="preserve">INFO@21ENV.COM</t>
+          <t xml:space="preserve">NDAY@CDWCONSULTANTS.COM</t>
         </is>
       </c>
     </row>
     <row r="45" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A45">
         <is>
-          <t xml:space="preserve">AF99</t>
+          <t xml:space="preserve">AF74</t>
         </is>
       </c>
       <c s="8" r="B45">
-        <v>46091</v>
+        <v>46320</v>
       </c>
       <c s="9" t="inlineStr" r="C45">
         <is>
-          <t xml:space="preserve">CDW Consultants, Inc.</t>
+          <t xml:space="preserve">Universal Environmental Consul</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H45">
         <is>
-          <t xml:space="preserve">508- 875-2657</t>
+          <t xml:space="preserve">161- 798-9772</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J45">
         <is>
           <t xml:space="preserve">Framingham</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M45">
         <is>
-          <t xml:space="preserve">NDAY@CDWCONSULTANTS.COM</t>
+          <t xml:space="preserve">adieb@uec-env.com</t>
         </is>
       </c>
     </row>
     <row r="46" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A46">
         <is>
-          <t xml:space="preserve">AF74</t>
+          <t xml:space="preserve">AF11</t>
         </is>
       </c>
       <c s="11" r="B46">
-        <v>46320</v>
+        <v>46107</v>
       </c>
       <c s="12" t="inlineStr" r="C46">
         <is>
-          <t xml:space="preserve">Universal Environmental Consul</t>
+          <t xml:space="preserve">GMS Inspection Services </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H46">
         <is>
-          <t xml:space="preserve">161- 798-9772</t>
+          <t xml:space="preserve">603- 396-3421</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J46">
         <is>
-          <t xml:space="preserve">Framingham</t>
+          <t xml:space="preserve">Fremont</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M46">
         <is>
-          <t xml:space="preserve">adieb@uec-env.com</t>
+          <t xml:space="preserve">GSURRETTE@HOTMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="47" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A47">
         <is>
-          <t xml:space="preserve">AF11</t>
+          <t xml:space="preserve">AF118</t>
         </is>
       </c>
       <c s="8" r="B47">
-        <v>46107</v>
+        <v>46332</v>
       </c>
       <c s="9" t="inlineStr" r="C47">
         <is>
-          <t xml:space="preserve">GMS Inspection Services </t>
+          <t xml:space="preserve">Clinchfield Consulting Group, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H47">
         <is>
-          <t xml:space="preserve">603- 396-3421</t>
+          <t xml:space="preserve">317- 545-1335</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J47">
         <is>
-          <t xml:space="preserve">Fremont</t>
+          <t xml:space="preserve">Greenfield</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M47">
         <is>
-          <t xml:space="preserve">GSURRETTE@HOTMAIL.COM</t>
+          <t xml:space="preserve">mhochgesang@clinchfield.com</t>
         </is>
       </c>
     </row>
     <row r="48" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A48">
         <is>
-          <t xml:space="preserve">AF118</t>
+          <t xml:space="preserve">AF26</t>
         </is>
       </c>
       <c s="11" r="B48">
-        <v>45967</v>
+        <v>46149</v>
       </c>
       <c s="12" t="inlineStr" r="C48">
         <is>
-          <t xml:space="preserve">Clinchfield Consulting Group, Inc.</t>
+          <t xml:space="preserve">Four Brothers Environmental, LLC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H48">
         <is>
-          <t xml:space="preserve">317- 545-1335</t>
+          <t xml:space="preserve">603- 203-6235</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J48">
         <is>
-          <t xml:space="preserve">Greenfield</t>
+          <t xml:space="preserve">Greenland</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M48">
         <is>
-          <t xml:space="preserve">mhochgesang@clinchfield.com</t>
+          <t xml:space="preserve">jeremy@4beconsulting.com</t>
         </is>
       </c>
     </row>
     <row r="49" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A49">
         <is>
-          <t xml:space="preserve">AF26</t>
+          <t xml:space="preserve">AF123</t>
         </is>
       </c>
       <c s="8" r="B49">
-        <v>46149</v>
+        <v>46063</v>
       </c>
       <c s="9" t="inlineStr" r="C49">
         <is>
-          <t xml:space="preserve">Four Brothers Environmental, LLC.</t>
+          <t xml:space="preserve">ACA Environmental Lab LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H49">
         <is>
-          <t xml:space="preserve">603- 203-6235</t>
+          <t xml:space="preserve">603- 918-0501</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J49">
         <is>
-          <t xml:space="preserve">Greenland</t>
+          <t xml:space="preserve">Hampton</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M49">
         <is>
-          <t xml:space="preserve">jeremy@4beconsulting.com</t>
+          <t xml:space="preserve">ACAENVIROLAB@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="50" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A50">
         <is>
-          <t xml:space="preserve">AF123</t>
+          <t xml:space="preserve">AF58</t>
         </is>
       </c>
       <c s="11" r="B50">
-        <v>46063</v>
+        <v>46331</v>
       </c>
       <c s="12" t="inlineStr" r="C50">
         <is>
-          <t xml:space="preserve">ACA Environmental Lab LLC</t>
+          <t xml:space="preserve">Northeast Environmental Labs</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H50">
         <is>
-          <t xml:space="preserve">603- 918-0501</t>
+          <t xml:space="preserve">978- 618-6064</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J50">
         <is>
           <t xml:space="preserve">Hampton</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M50">
         <is>
-          <t xml:space="preserve">ACAENVIROLAB@GMAIL.COM</t>
+          <t xml:space="preserve">jabash@comcast.net</t>
         </is>
       </c>
     </row>
     <row r="51" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A51">
         <is>
           <t xml:space="preserve">AF16</t>
         </is>
       </c>
       <c s="8" r="B51">
         <v>46115</v>
       </c>
       <c s="9" t="inlineStr" r="C51">
         <is>
           <t xml:space="preserve">Primetime Abatement and Inspections </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H51">
         <is>
           <t xml:space="preserve">781- 733-2496</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J51">
         <is>
           <t xml:space="preserve">Hanson</t>
@@ -1845,51 +1845,51 @@
         </is>
       </c>
       <c s="12" t="inlineStr" r="H56">
         <is>
           <t xml:space="preserve">401- 333-2382</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J56">
         <is>
           <t xml:space="preserve">Lincoln</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M56">
         <is>
           <t xml:space="preserve">MARMSTRONG@BETA-INC.COM</t>
         </is>
       </c>
     </row>
     <row r="57" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A57">
         <is>
           <t xml:space="preserve">AF78</t>
         </is>
       </c>
       <c s="8" r="B57">
-        <v>45982</v>
+        <v>46332</v>
       </c>
       <c s="9" t="inlineStr" r="C57">
         <is>
           <t xml:space="preserve">MILL CITY ENVIRONMENTAL CORPORATION</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H57">
         <is>
           <t xml:space="preserve">978- -65-6741</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J57">
         <is>
           <t xml:space="preserve">LOWELL</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M57">
         <is>
           <t xml:space="preserve">customersvc@millcityenv.com</t>
         </is>
       </c>
     </row>
     <row r="58" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A58">
         <is>
@@ -2351,734 +2351,734 @@
       </c>
       <c s="9" t="inlineStr" r="C73">
         <is>
           <t xml:space="preserve">W. L. French Excavating </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H73">
         <is>
           <t xml:space="preserve">617- 938-4032</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J73">
         <is>
           <t xml:space="preserve">North Billerica</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M73">
         <is>
           <t xml:space="preserve">THUNT@WLFRENCH.COM</t>
         </is>
       </c>
     </row>
     <row r="74" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A74">
         <is>
-          <t xml:space="preserve">AF10</t>
+          <t xml:space="preserve">AF51</t>
         </is>
       </c>
       <c s="11" r="B74">
-        <v>46150</v>
+        <v>46344</v>
       </c>
       <c s="12" t="inlineStr" r="C74">
         <is>
-          <t xml:space="preserve">Rempert Inc DBA RPF Environmental</t>
+          <t xml:space="preserve">Capital Environmental LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H74">
         <is>
-          <t xml:space="preserve">603- 942-5432</t>
+          <t xml:space="preserve">508- -39-5550</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J74">
         <is>
-          <t xml:space="preserve">Northwood</t>
+          <t xml:space="preserve">Northborough</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M74">
         <is>
-          <t xml:space="preserve">KATIE@AIRPF.COM</t>
+          <t xml:space="preserve">don@capital-enviro.com</t>
         </is>
       </c>
     </row>
     <row r="75" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A75">
         <is>
-          <t xml:space="preserve">AF95</t>
+          <t xml:space="preserve">AF10</t>
         </is>
       </c>
       <c s="8" r="B75">
-        <v>46157</v>
+        <v>46150</v>
       </c>
       <c s="9" t="inlineStr" r="C75">
         <is>
-          <t xml:space="preserve">Big East Environmental, LLC</t>
+          <t xml:space="preserve">Rempert Inc DBA RPF Environmental</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H75">
         <is>
-          <t xml:space="preserve">203- 505-9717</t>
+          <t xml:space="preserve">603- 942-5432</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J75">
         <is>
-          <t xml:space="preserve">NORWALK</t>
+          <t xml:space="preserve">Northwood</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M75">
         <is>
-          <t xml:space="preserve">CONTACT@BIGEASTLABS.COM</t>
+          <t xml:space="preserve">KATIE@AIRPF.COM</t>
         </is>
       </c>
     </row>
     <row r="76" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A76">
         <is>
-          <t xml:space="preserve">AF90</t>
+          <t xml:space="preserve">AF95</t>
         </is>
       </c>
       <c s="11" r="B76">
-        <v>46014</v>
+        <v>46157</v>
       </c>
       <c s="12" t="inlineStr" r="C76">
         <is>
-          <t xml:space="preserve">Banner Environmental Services, Inc.</t>
+          <t xml:space="preserve">Big East Environmental, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H76">
         <is>
-          <t xml:space="preserve">339- 216-0557</t>
+          <t xml:space="preserve">203- 505-9717</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J76">
         <is>
-          <t xml:space="preserve">Norwood</t>
+          <t xml:space="preserve">NORWALK</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M76">
         <is>
-          <t xml:space="preserve">ncheung@bannerenvironmental.com</t>
+          <t xml:space="preserve">CONTACT@BIGEASTLABS.COM</t>
         </is>
       </c>
     </row>
     <row r="77" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A77">
         <is>
-          <t xml:space="preserve">AF127</t>
+          <t xml:space="preserve">AF90</t>
         </is>
       </c>
       <c s="8" r="B77">
-        <v>46107</v>
+        <v>46014</v>
       </c>
       <c s="9" t="inlineStr" r="C77">
         <is>
-          <t xml:space="preserve">LeBlanc's Environmental Services</t>
+          <t xml:space="preserve">Banner Environmental Services, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H77">
         <is>
-          <t xml:space="preserve">774- 670-8119</t>
+          <t xml:space="preserve">339- 216-0557</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J77">
         <is>
-          <t xml:space="preserve">Oxford</t>
+          <t xml:space="preserve">Norwood</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M77">
         <is>
-          <t xml:space="preserve">GERALDLES72@GMAIL.COM</t>
+          <t xml:space="preserve">ncheung@bannerenvironmental.com</t>
         </is>
       </c>
     </row>
     <row r="78" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A78">
         <is>
-          <t xml:space="preserve">AF31</t>
+          <t xml:space="preserve">AF127</t>
         </is>
       </c>
       <c s="11" r="B78">
-        <v>46248</v>
+        <v>46107</v>
       </c>
       <c s="12" t="inlineStr" r="C78">
         <is>
-          <t xml:space="preserve">September Lane Labs, INC</t>
+          <t xml:space="preserve">LeBlanc's Environmental Services</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H78">
         <is>
-          <t xml:space="preserve">203- 668-8533</t>
+          <t xml:space="preserve">774- 670-8119</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J78">
         <is>
           <t xml:space="preserve">Oxford</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M78">
         <is>
-          <t xml:space="preserve">SEPTEMBERLANELABS@GMAIL.COM</t>
+          <t xml:space="preserve">GERALDLES72@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="79" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A79">
         <is>
-          <t xml:space="preserve">AF69</t>
+          <t xml:space="preserve">AF31</t>
         </is>
       </c>
       <c s="8" r="B79">
-        <v>45976</v>
+        <v>46248</v>
       </c>
       <c s="9" t="inlineStr" r="C79">
         <is>
-          <t xml:space="preserve">Eco-Genesis Corporation</t>
+          <t xml:space="preserve">September Lane Labs, INC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H79">
         <is>
-          <t xml:space="preserve">413- 445-7756</t>
+          <t xml:space="preserve">203- 668-8533</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J79">
         <is>
-          <t xml:space="preserve">Pittsfield</t>
+          <t xml:space="preserve">Oxford</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M79">
         <is>
-          <t xml:space="preserve">MYRON@ECOGENESIS.COM</t>
+          <t xml:space="preserve">SEPTEMBERLANELABS@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="80" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A80">
         <is>
-          <t xml:space="preserve">AF88</t>
+          <t xml:space="preserve">AF69</t>
         </is>
       </c>
       <c s="11" r="B80">
-        <v>46156</v>
+        <v>46338</v>
       </c>
       <c s="12" t="inlineStr" r="C80">
         <is>
-          <t xml:space="preserve">All State Abatement Professionals, inc. </t>
+          <t xml:space="preserve">Eco-Genesis Corporation</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H80">
         <is>
-          <t xml:space="preserve">603- 378-0600</t>
+          <t xml:space="preserve">413- 445-7756</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J80">
         <is>
-          <t xml:space="preserve">PLAISTOW</t>
+          <t xml:space="preserve">Pittsfield</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M80">
         <is>
-          <t xml:space="preserve">NICOLE@ASAPRESTORATION.COM</t>
+          <t xml:space="preserve">myron@ecogenesis.com</t>
         </is>
       </c>
     </row>
     <row r="81" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A81">
         <is>
-          <t xml:space="preserve">AF80</t>
+          <t xml:space="preserve">AF88</t>
         </is>
       </c>
       <c s="8" r="B81">
-        <v>46305</v>
+        <v>46156</v>
       </c>
       <c s="9" t="inlineStr" r="C81">
         <is>
-          <t xml:space="preserve">HBR Enterprises, Inc</t>
+          <t xml:space="preserve">All State Abatement Professionals, inc. </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H81">
         <is>
-          <t xml:space="preserve">781- 953-5206</t>
+          <t xml:space="preserve">603- 378-0600</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J81">
         <is>
-          <t xml:space="preserve">Plymouth</t>
+          <t xml:space="preserve">PLAISTOW</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M81">
         <is>
-          <t xml:space="preserve">joseph.oconnell@verizon.net</t>
+          <t xml:space="preserve">NICOLE@ASAPRESTORATION.COM</t>
         </is>
       </c>
     </row>
     <row r="82" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A82">
         <is>
-          <t xml:space="preserve">AF2</t>
+          <t xml:space="preserve">AF80</t>
         </is>
       </c>
       <c s="11" r="B82">
-        <v>46072.3885825231</v>
+        <v>46305</v>
       </c>
       <c s="12" t="inlineStr" r="C82">
         <is>
-          <t xml:space="preserve">Woodard &amp; Curran, Inc. </t>
+          <t xml:space="preserve">HBR Enterprises, Inc</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H82">
         <is>
-          <t xml:space="preserve">978- 944-3046</t>
+          <t xml:space="preserve">781- 953-5206</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J82">
         <is>
-          <t xml:space="preserve">Portland</t>
+          <t xml:space="preserve">Plymouth</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M82">
         <is>
-          <t xml:space="preserve">ROSEBUDDIE34@YAHOO.COM</t>
+          <t xml:space="preserve">joseph.oconnell@verizon.net</t>
         </is>
       </c>
     </row>
     <row r="83" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A83">
         <is>
-          <t xml:space="preserve">AF124</t>
+          <t xml:space="preserve">AF2</t>
         </is>
       </c>
       <c s="8" r="B83">
-        <v>46074</v>
+        <v>46072.3885825231</v>
       </c>
       <c s="9" t="inlineStr" r="C83">
         <is>
-          <t xml:space="preserve">Trimco Holdings LLC ; DBA Mountain Environmental</t>
+          <t xml:space="preserve">Woodard &amp; Curran, Inc. </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H83">
         <is>
-          <t xml:space="preserve">401- 374-2907</t>
+          <t xml:space="preserve">978- 944-3046</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J83">
         <is>
-          <t xml:space="preserve">Providence</t>
+          <t xml:space="preserve">Portland</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M83">
         <is>
-          <t xml:space="preserve">NTRIMBLE@MOUNTAINENV.COM</t>
+          <t xml:space="preserve">ROSEBUDDIE34@YAHOO.COM</t>
         </is>
       </c>
     </row>
     <row r="84" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A84">
         <is>
-          <t xml:space="preserve">AF29</t>
+          <t xml:space="preserve">AF124</t>
         </is>
       </c>
       <c s="11" r="B84">
-        <v>46176</v>
+        <v>46074</v>
       </c>
       <c s="12" t="inlineStr" r="C84">
         <is>
-          <t xml:space="preserve">Fuss &amp; O'Neill, Inc.</t>
+          <t xml:space="preserve">Trimco Holdings LLC ; DBA Mountain Environmental</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H84">
         <is>
-          <t xml:space="preserve">(86- 0) -4651</t>
+          <t xml:space="preserve">401- 374-2907</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J84">
         <is>
-          <t xml:space="preserve">Quincy</t>
+          <t xml:space="preserve">Providence</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M84">
         <is>
-          <t xml:space="preserve">RMAY@FANDO.COM</t>
+          <t xml:space="preserve">NTRIMBLE@MOUNTAINENV.COM</t>
         </is>
       </c>
     </row>
     <row r="85" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A85">
         <is>
-          <t xml:space="preserve">AF110</t>
+          <t xml:space="preserve">AF29</t>
         </is>
       </c>
       <c s="8" r="B85">
-        <v>46157</v>
+        <v>46176</v>
       </c>
       <c s="9" t="inlineStr" r="C85">
         <is>
-          <t xml:space="preserve">TERRA Environmental, LLC</t>
+          <t xml:space="preserve">Fuss &amp; O'Neill, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H85">
         <is>
-          <t xml:space="preserve">781- 944-6851</t>
+          <t xml:space="preserve">(86- 0) -4651</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J85">
         <is>
-          <t xml:space="preserve">Reading</t>
+          <t xml:space="preserve">Quincy</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M85">
         <is>
-          <t xml:space="preserve">PPETERSON@TERRA-ENV.COM</t>
+          <t xml:space="preserve">RMAY@FANDO.COM</t>
         </is>
       </c>
     </row>
     <row r="86" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A86">
         <is>
-          <t xml:space="preserve">AF108</t>
+          <t xml:space="preserve">AF110</t>
         </is>
       </c>
       <c s="11" r="B86">
-        <v>46093</v>
+        <v>46157</v>
       </c>
       <c s="12" t="inlineStr" r="C86">
         <is>
-          <t xml:space="preserve">Weston &amp; Sampson Engineers, Inc.</t>
+          <t xml:space="preserve">TERRA Environmental, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H86">
         <is>
-          <t xml:space="preserve">987- -53-1900</t>
+          <t xml:space="preserve">781- 944-6851</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J86">
         <is>
           <t xml:space="preserve">Reading</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M86">
         <is>
-          <t xml:space="preserve">BOTTICELLO.PETER@WSEINC.COM</t>
+          <t xml:space="preserve">PPETERSON@TERRA-ENV.COM</t>
         </is>
       </c>
     </row>
     <row r="87" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A87">
         <is>
-          <t xml:space="preserve">AF12</t>
+          <t xml:space="preserve">AF108</t>
         </is>
       </c>
       <c s="8" r="B87">
-        <v>46100</v>
+        <v>46093</v>
       </c>
       <c s="9" t="inlineStr" r="C87">
         <is>
-          <t xml:space="preserve">EnviroBrite Inspections, Inc.</t>
+          <t xml:space="preserve">Weston &amp; Sampson Engineers, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H87">
         <is>
-          <t xml:space="preserve">781- 964-8634</t>
+          <t xml:space="preserve">987- -53-1900</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J87">
         <is>
-          <t xml:space="preserve">Revere</t>
+          <t xml:space="preserve">Reading</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M87">
         <is>
-          <t xml:space="preserve">SURVEYS@ENVIROBRITEASBESTOS.COM</t>
+          <t xml:space="preserve">BOTTICELLO.PETER@WSEINC.COM</t>
         </is>
       </c>
     </row>
     <row r="88" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A88">
         <is>
-          <t xml:space="preserve">AF59</t>
+          <t xml:space="preserve">AF12</t>
         </is>
       </c>
       <c s="11" r="B88">
-        <v>46301</v>
+        <v>46100</v>
       </c>
       <c s="12" t="inlineStr" r="C88">
         <is>
-          <t xml:space="preserve">soriano environmental inc</t>
+          <t xml:space="preserve">EnviroBrite Inspections, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H88">
         <is>
-          <t xml:space="preserve">617- 319-1667</t>
+          <t xml:space="preserve">781- 964-8634</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J88">
         <is>
           <t xml:space="preserve">Revere</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M88">
         <is>
-          <t xml:space="preserve">asbestossupervising@gmail.com</t>
+          <t xml:space="preserve">SURVEYS@ENVIROBRITEASBESTOS.COM</t>
         </is>
       </c>
     </row>
     <row r="89" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A89">
         <is>
-          <t xml:space="preserve">AF27</t>
+          <t xml:space="preserve">AF59</t>
         </is>
       </c>
       <c s="8" r="B89">
-        <v>46128</v>
+        <v>46301</v>
       </c>
       <c s="9" t="inlineStr" r="C89">
         <is>
-          <t xml:space="preserve">Environmental Consulting Solutions LLC</t>
+          <t xml:space="preserve">soriano environmental inc</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H89">
         <is>
-          <t xml:space="preserve">978- 855-4920</t>
+          <t xml:space="preserve">617- 319-1667</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J89">
         <is>
-          <t xml:space="preserve">RINDGE</t>
+          <t xml:space="preserve">Revere</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M89">
         <is>
-          <t xml:space="preserve">JONATHAN@ENVIROCONSULTSOLUTION.COM</t>
+          <t xml:space="preserve">asbestossupervising@gmail.com</t>
         </is>
       </c>
     </row>
     <row r="90" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A90">
         <is>
-          <t xml:space="preserve">AF84</t>
+          <t xml:space="preserve">AF27</t>
         </is>
       </c>
       <c s="11" r="B90">
-        <v>45965</v>
+        <v>46128</v>
       </c>
       <c s="12" t="inlineStr" r="C90">
         <is>
-          <t xml:space="preserve">MAC Services, LLC</t>
+          <t xml:space="preserve">Environmental Consulting Solutions LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H90">
         <is>
-          <t xml:space="preserve">508- 789-0983</t>
+          <t xml:space="preserve">978- 855-4920</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J90">
         <is>
-          <t xml:space="preserve">ROCHESTER</t>
+          <t xml:space="preserve">RINDGE</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M90">
         <is>
-          <t xml:space="preserve">jcooney@macmoldandmore.com</t>
+          <t xml:space="preserve">JONATHAN@ENVIROCONSULTSOLUTION.COM</t>
         </is>
       </c>
     </row>
     <row r="91" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A91">
         <is>
-          <t xml:space="preserve">AF60</t>
+          <t xml:space="preserve">AF84</t>
         </is>
       </c>
       <c s="8" r="B91">
-        <v>46259</v>
+        <v>46332</v>
       </c>
       <c s="9" t="inlineStr" r="C91">
         <is>
-          <t xml:space="preserve">GREEN ENVIRONMENTAL, INC.</t>
+          <t xml:space="preserve">MAC Services, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H91">
         <is>
-          <t xml:space="preserve">617- 479-0550</t>
+          <t xml:space="preserve">508- 789-0983</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J91">
         <is>
-          <t xml:space="preserve">ROCKLAND</t>
+          <t xml:space="preserve">ROCHESTER</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M91">
         <is>
-          <t xml:space="preserve">aamate@greenenvironmental.com</t>
+          <t xml:space="preserve">jcooney@macmoldandmore.com</t>
         </is>
       </c>
     </row>
     <row r="92" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A92">
         <is>
-          <t xml:space="preserve">AF98</t>
+          <t xml:space="preserve">AF60</t>
         </is>
       </c>
       <c s="11" r="B92">
-        <v>46098</v>
+        <v>46259</v>
       </c>
       <c s="12" t="inlineStr" r="C92">
         <is>
-          <t xml:space="preserve">Apex Companies, LLC</t>
+          <t xml:space="preserve">GREEN ENVIRONMENTAL, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H92">
         <is>
-          <t xml:space="preserve">301- 417-0200</t>
+          <t xml:space="preserve">617- 479-0550</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J92">
         <is>
-          <t xml:space="preserve">Rockville</t>
+          <t xml:space="preserve">ROCKLAND</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M92">
         <is>
-          <t xml:space="preserve">LICENSES@APEXCOS.COM</t>
+          <t xml:space="preserve">aamate@greenenvironmental.com</t>
         </is>
       </c>
     </row>
     <row r="93" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A93">
         <is>
-          <t xml:space="preserve">AF109</t>
+          <t xml:space="preserve">AF98</t>
         </is>
       </c>
       <c s="8" r="B93">
-        <v>46311</v>
+        <v>46098</v>
       </c>
       <c s="9" t="inlineStr" r="C93">
         <is>
-          <t xml:space="preserve">Insight Environmental, LLC</t>
+          <t xml:space="preserve">Apex Companies, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H93">
         <is>
-          <t xml:space="preserve">978- 771-8541</t>
+          <t xml:space="preserve">301- 417-0200</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J93">
         <is>
-          <t xml:space="preserve">Salem</t>
+          <t xml:space="preserve">Rockville</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M93">
         <is>
-          <t xml:space="preserve">INSIGHTENVIRONE@GMAIL.COM</t>
+          <t xml:space="preserve">LICENSES@APEXCOS.COM</t>
         </is>
       </c>
     </row>
     <row r="94" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A94">
         <is>
-          <t xml:space="preserve">AF86</t>
+          <t xml:space="preserve">AF109</t>
         </is>
       </c>
       <c s="11" r="B94">
-        <v>46084</v>
+        <v>46311</v>
       </c>
       <c s="12" t="inlineStr" r="C94">
         <is>
-          <t xml:space="preserve">Marquis Management, LLC</t>
+          <t xml:space="preserve">Insight Environmental, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H94">
         <is>
-          <t xml:space="preserve">781- 996-9981</t>
+          <t xml:space="preserve">978- 771-8541</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J94">
         <is>
           <t xml:space="preserve">Salem</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M94">
         <is>
-          <t xml:space="preserve">CMOORE@MQSMGT.COM</t>
+          <t xml:space="preserve">INSIGHTENVIRONE@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="95" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A95">
         <is>
-          <t xml:space="preserve">AF13</t>
+          <t xml:space="preserve">AF86</t>
         </is>
       </c>
       <c s="8" r="B95">
-        <v>46115</v>
+        <v>46084</v>
       </c>
       <c s="9" t="inlineStr" r="C95">
         <is>
-          <t xml:space="preserve">TestAll Environmental</t>
+          <t xml:space="preserve">Marquis Management, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H95">
         <is>
-          <t xml:space="preserve">617-  79-5187</t>
+          <t xml:space="preserve">781- 996-9981</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J95">
         <is>
           <t xml:space="preserve">Salem</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M95">
         <is>
-          <t xml:space="preserve">CPENNOR@TESTALLENV.COM</t>
+          <t xml:space="preserve">CMOORE@MQSMGT.COM</t>
         </is>
       </c>
     </row>
     <row r="96" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A96">
         <is>
-          <t xml:space="preserve">AF73</t>
+          <t xml:space="preserve">AF13</t>
         </is>
       </c>
       <c s="11" r="B96">
-        <v>45966</v>
+        <v>46115</v>
       </c>
       <c s="12" t="inlineStr" r="C96">
         <is>
-          <t xml:space="preserve">R.I. Analytical Laboratories, Inc.</t>
+          <t xml:space="preserve">TestAll Environmental</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H96">
         <is>
-          <t xml:space="preserve">401- 737-8500</t>
+          <t xml:space="preserve">617-  79-5187</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J96">
         <is>
-          <t xml:space="preserve">Smithfield</t>
+          <t xml:space="preserve">Salem</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M96">
         <is>
-          <t xml:space="preserve">KDAVIS@RIANALYTICAL.COM</t>
+          <t xml:space="preserve">CPENNOR@TESTALLENV.COM</t>
         </is>
       </c>
     </row>
     <row r="97" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A97">
         <is>
           <t xml:space="preserve">AF32</t>
         </is>
       </c>
       <c s="8" r="B97">
         <v>46325</v>
       </c>
       <c s="9" t="inlineStr" r="C97">
         <is>
           <t xml:space="preserve">O'Reilly, Talbot &amp; Okun Associates, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H97">
         <is>
           <t xml:space="preserve">413- -78-6222</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J97">
         <is>
           <t xml:space="preserve">SPRINGFIELD</t>
@@ -3424,51 +3424,51 @@
       <c s="7" t="inlineStr" r="A109">
         <is>
           <t xml:space="preserve">AF34</t>
         </is>
       </c>
       <c s="8" r="B109">
         <v>45993</v>
       </c>
       <c s="9" t="inlineStr" r="C109">
         <is>
           <t xml:space="preserve">Whitestone Associates, Inc</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H109">
         <is>
           <t xml:space="preserve">908- 668-7777</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J109">
         <is>
           <t xml:space="preserve">Warren</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M109">
         <is>
-          <t xml:space="preserve">KPORNOVETS@WHITESTONEASSOC.COM</t>
+          <t xml:space="preserve">jhassett@whitestoneassoc.com</t>
         </is>
       </c>
     </row>
     <row r="110" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A110">
         <is>
           <t xml:space="preserve">AF61</t>
         </is>
       </c>
       <c s="11" r="B110">
         <v>46298</v>
       </c>
       <c s="12" t="inlineStr" r="C110">
         <is>
           <t xml:space="preserve">Green Environmental Consulting, Inc</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H110">
         <is>
           <t xml:space="preserve">413- 695-5875</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J110">
         <is>
           <t xml:space="preserve">West Hatfield</t>
@@ -3521,266 +3521,297 @@
       </c>
       <c s="12" t="inlineStr" r="C112">
         <is>
           <t xml:space="preserve">Credere Associates, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H112">
         <is>
           <t xml:space="preserve">207- 828-1272</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J112">
         <is>
           <t xml:space="preserve">Westbrook</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M112">
         <is>
           <t xml:space="preserve">mwentworth@crederellc.com</t>
         </is>
       </c>
     </row>
     <row r="113" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A113">
         <is>
-          <t xml:space="preserve">AF114</t>
+          <t xml:space="preserve">AF47</t>
         </is>
       </c>
       <c s="8" r="B113">
-        <v>46261</v>
+        <v>46343</v>
       </c>
       <c s="9" t="inlineStr" r="C113">
         <is>
-          <t xml:space="preserve">Envirotest Lab, Inc</t>
+          <t xml:space="preserve">MESSINA PROPERTY MANAGMENT LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H113">
         <is>
-          <t xml:space="preserve">781- 799-7298</t>
+          <t xml:space="preserve">161- 779-3016</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J113">
         <is>
-          <t xml:space="preserve">Westwood</t>
+          <t xml:space="preserve">Weston</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M113">
         <is>
-          <t xml:space="preserve">SAMSAMCOHEN@YAHOO.COM</t>
+          <t xml:space="preserve">messinapropsvcs@comcast.net</t>
         </is>
       </c>
     </row>
     <row r="114" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A114">
         <is>
-          <t xml:space="preserve">AF55</t>
+          <t xml:space="preserve">AF114</t>
         </is>
       </c>
       <c s="11" r="B114">
-        <v>46288</v>
+        <v>46261</v>
       </c>
       <c s="12" t="inlineStr" r="C114">
         <is>
-          <t xml:space="preserve">The Vertex Companies, LLC</t>
+          <t xml:space="preserve">Envirotest Lab, Inc</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H114">
         <is>
-          <t xml:space="preserve">781- 952-6000</t>
+          <t xml:space="preserve">781- 799-7298</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J114">
         <is>
-          <t xml:space="preserve">Weymouth</t>
+          <t xml:space="preserve">Westwood</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M114">
         <is>
-          <t xml:space="preserve">Kmandile@vertexeng.com</t>
+          <t xml:space="preserve">SAMSAMCOHEN@YAHOO.COM</t>
         </is>
       </c>
     </row>
     <row r="115" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A115">
         <is>
-          <t xml:space="preserve">AF37</t>
+          <t xml:space="preserve">AF55</t>
         </is>
       </c>
       <c s="8" r="B115">
-        <v>46164</v>
+        <v>46288</v>
       </c>
       <c s="9" t="inlineStr" r="C115">
         <is>
-          <t xml:space="preserve">EFI Global, Inc.</t>
+          <t xml:space="preserve">The Vertex Companies, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H115">
         <is>
-          <t xml:space="preserve">978- .68-3736</t>
+          <t xml:space="preserve">781- 952-6000</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J115">
         <is>
-          <t xml:space="preserve">WILMINGTON</t>
+          <t xml:space="preserve">Weymouth</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M115">
         <is>
-          <t xml:space="preserve">JENNIFER.ARCHACKI@EFIGLOBAL.COM</t>
+          <t xml:space="preserve">Kmandile@vertexeng.com</t>
         </is>
       </c>
     </row>
     <row r="116" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A116">
         <is>
-          <t xml:space="preserve">AF125</t>
+          <t xml:space="preserve">AF37</t>
         </is>
       </c>
       <c s="11" r="B116">
-        <v>46092</v>
+        <v>46164</v>
       </c>
       <c s="12" t="inlineStr" r="C116">
         <is>
-          <t xml:space="preserve">Core Environmental Testing, LLC</t>
+          <t xml:space="preserve">EFI Global, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H116">
         <is>
-          <t xml:space="preserve">781- 721-4540</t>
+          <t xml:space="preserve">978- .68-3736</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J116">
         <is>
-          <t xml:space="preserve">WOBURN</t>
+          <t xml:space="preserve">WILMINGTON</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M116">
         <is>
-          <t xml:space="preserve">MGLAVIN@CORESERVS.COM</t>
+          <t xml:space="preserve">JENNIFER.ARCHACKI@EFIGLOBAL.COM</t>
         </is>
       </c>
     </row>
     <row r="117" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A117">
         <is>
-          <t xml:space="preserve">AF75</t>
+          <t xml:space="preserve">AF125</t>
         </is>
       </c>
       <c s="8" r="B117">
-        <v>46319</v>
+        <v>46092</v>
       </c>
       <c s="9" t="inlineStr" r="C117">
         <is>
-          <t xml:space="preserve">John Turner Consulting</t>
+          <t xml:space="preserve">Core Environmental Testing, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H117">
         <is>
-          <t xml:space="preserve">978- -50-0515</t>
+          <t xml:space="preserve">781- 721-4540</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J117">
         <is>
-          <t xml:space="preserve">Woburn</t>
+          <t xml:space="preserve">WOBURN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M117">
         <is>
-          <t xml:space="preserve">arolinger@consultjtc.com</t>
+          <t xml:space="preserve">MGLAVIN@CORESERVS.COM</t>
         </is>
       </c>
     </row>
     <row r="118" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A118">
         <is>
+          <t xml:space="preserve">AF75</t>
+        </is>
+      </c>
+      <c s="11" r="B118">
+        <v>46319</v>
+      </c>
+      <c s="12" t="inlineStr" r="C118">
+        <is>
+          <t xml:space="preserve">John Turner Consulting</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="H118">
+        <is>
+          <t xml:space="preserve">978- -50-0515</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="J118">
+        <is>
+          <t xml:space="preserve">Woburn</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="M118">
+        <is>
+          <t xml:space="preserve">arolinger@consultjtc.com</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" ht="18" customHeight="0">
+      <c s="7" t="inlineStr" r="A119">
+        <is>
           <t xml:space="preserve">AF67</t>
         </is>
       </c>
-      <c s="11" r="B118">
+      <c s="8" r="B119">
         <v>46280</v>
       </c>
-      <c s="12" t="inlineStr" r="C118">
+      <c s="9" t="inlineStr" r="C119">
         <is>
           <t xml:space="preserve">TRC Environmental Corporation</t>
         </is>
       </c>
-      <c s="12" t="inlineStr" r="H118">
+      <c s="9" t="inlineStr" r="H119">
         <is>
           <t xml:space="preserve">781- .56-0765</t>
         </is>
       </c>
-      <c s="12" t="inlineStr" r="J118">
+      <c s="9" t="inlineStr" r="J119">
         <is>
           <t xml:space="preserve">Woburn</t>
         </is>
       </c>
-      <c s="12" t="inlineStr" r="M118">
+      <c s="9" t="inlineStr" r="M119">
         <is>
           <t xml:space="preserve">aeckmann@trccompanies.com</t>
         </is>
       </c>
     </row>
-    <row r="119" ht="18" customHeight="0">
-      <c s="13" t="inlineStr" r="A119">
+    <row r="120" ht="17.95" customHeight="0">
+      <c s="13" t="inlineStr" r="A120">
         <is>
           <t xml:space="preserve">AF93</t>
         </is>
       </c>
-      <c s="14" r="B119">
+      <c s="14" r="B120">
         <v>46067</v>
       </c>
-      <c s="15" t="inlineStr" r="C119">
+      <c s="15" t="inlineStr" r="C120">
         <is>
           <t xml:space="preserve">Tighe &amp; Bond, Inc.</t>
         </is>
       </c>
-      <c s="16" t="str" r="D119"/>
-[...3 lines deleted...]
-      <c s="15" t="inlineStr" r="H119">
+      <c s="16" t="str" r="D120"/>
+      <c s="16" t="str" r="E120"/>
+      <c s="16" t="str" r="F120"/>
+      <c s="16" t="str" r="G120"/>
+      <c s="15" t="inlineStr" r="H120">
         <is>
           <t xml:space="preserve">508- -75-2201</t>
         </is>
       </c>
-      <c s="16" t="str" r="I119"/>
-      <c s="15" t="inlineStr" r="J119">
+      <c s="16" t="str" r="I120"/>
+      <c s="15" t="inlineStr" r="J120">
         <is>
           <t xml:space="preserve">Worcester</t>
         </is>
       </c>
-      <c s="16" t="str" r="K119"/>
-[...1 lines deleted...]
-      <c s="15" t="inlineStr" r="M119">
+      <c s="16" t="str" r="K120"/>
+      <c s="16" t="str" r="L120"/>
+      <c s="15" t="inlineStr" r="M120">
         <is>
           <t xml:space="preserve">contractsdept@TIGHEBOND.COM</t>
         </is>
       </c>
-      <c s="16" t="str" r="N119"/>
-[...1 lines deleted...]
-    </row>
+      <c s="16" t="str" r="N120"/>
+      <c s="16" t="str" r="O120"/>
+    </row>
+    <row r="121" ht="0.05" customHeight="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C4"/>
     <mergeCell ref="E2:K2"/>
     <mergeCell ref="G4:H5"/>
     <mergeCell ref="F7:J7"/>
     <mergeCell ref="N7:N8"/>
     <mergeCell ref="C10:G10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="J10:L10"/>
     <mergeCell ref="M10:O10"/>
     <mergeCell ref="C11:G11"/>
     <mergeCell ref="H11:I11"/>
     <mergeCell ref="J11:L11"/>
     <mergeCell ref="M11:O11"/>
     <mergeCell ref="C12:G12"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="J12:L12"/>
     <mergeCell ref="M12:O12"/>
     <mergeCell ref="C13:G13"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="J13:L13"/>
     <mergeCell ref="M13:O13"/>
     <mergeCell ref="C14:G14"/>
     <mergeCell ref="H14:I14"/>
@@ -4184,55 +4215,59 @@
     <mergeCell ref="M113:O113"/>
     <mergeCell ref="C114:G114"/>
     <mergeCell ref="H114:I114"/>
     <mergeCell ref="J114:L114"/>
     <mergeCell ref="M114:O114"/>
     <mergeCell ref="C115:G115"/>
     <mergeCell ref="H115:I115"/>
     <mergeCell ref="J115:L115"/>
     <mergeCell ref="M115:O115"/>
     <mergeCell ref="C116:G116"/>
     <mergeCell ref="H116:I116"/>
     <mergeCell ref="J116:L116"/>
     <mergeCell ref="M116:O116"/>
     <mergeCell ref="C117:G117"/>
     <mergeCell ref="H117:I117"/>
     <mergeCell ref="J117:L117"/>
     <mergeCell ref="M117:O117"/>
     <mergeCell ref="C118:G118"/>
     <mergeCell ref="H118:I118"/>
     <mergeCell ref="J118:L118"/>
     <mergeCell ref="M118:O118"/>
     <mergeCell ref="C119:G119"/>
     <mergeCell ref="H119:I119"/>
     <mergeCell ref="J119:L119"/>
     <mergeCell ref="M119:O119"/>
+    <mergeCell ref="C120:G120"/>
+    <mergeCell ref="H120:I120"/>
+    <mergeCell ref="J120:L120"/>
+    <mergeCell ref="M120:O120"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.2" top="0.5" bottom="0.897920078740158" header="0.5" footer="0.5"/>
   <pageSetup paperSize="8" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;C&amp;"Calibri"&amp;10Page &amp;P of &amp;N &amp;R&amp;"Calibri,Regular"&amp;10 11/3/2025 11:02:54 AM </oddFooter>
+    <oddFooter>&amp;C&amp;"Calibri"&amp;10Page &amp;P of &amp;N &amp;R&amp;"Calibri,Regular"&amp;10 12/1/2025 7:03:10 AM </oddFooter>
   </headerFooter>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>