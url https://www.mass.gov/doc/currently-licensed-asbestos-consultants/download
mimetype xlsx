--- v1 (2025-12-20)
+++ v2 (2026-02-05)
@@ -373,88 +373,88 @@
     <row r="4" ht="4.75" customHeight="1">
       <c s="2" t="inlineStr" r="G4">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">AS OF </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">12/01/2025</t>
+            <t xml:space="preserve">02/02/2026</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="13.25" customHeight="0"/>
     <row r="6" ht="1" customHeight="1"/>
     <row r="7" ht="16.95" customHeight="0">
       <c s="3" t="inlineStr" r="F7">
         <is>
           <t xml:space="preserve">This List is Ordered by Town and Company Name</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="N7">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">Total:</t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">110</t>
+            <t xml:space="preserve">112</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" ht="1.05" customHeight="0"/>
     <row r="9" ht="4.5" customHeight="1"/>
     <row r="10" ht="18" customHeight="0">
       <c s="5" t="inlineStr" r="A10">
         <is>
           <t xml:space="preserve">License #</t>
         </is>
       </c>
       <c s="5" t="inlineStr" r="B10">
         <is>
           <t xml:space="preserve">Expire Date</t>
         </is>
       </c>
       <c s="5" t="inlineStr" r="C10">
         <is>
           <t xml:space="preserve">Busness Name</t>
         </is>
       </c>
       <c s="6" t="str" r="D10"/>
       <c s="6" t="str" r="E10"/>
       <c s="6" t="str" r="F10"/>
@@ -495,905 +495,905 @@
         </is>
       </c>
       <c s="9" t="inlineStr" r="H11">
         <is>
           <t xml:space="preserve">978- 470-4755</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J11">
         <is>
           <t xml:space="preserve">Andover</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M11">
         <is>
           <t xml:space="preserve">ACCOUNTING@COOPERSTOWNENV.COM</t>
         </is>
       </c>
     </row>
     <row r="12" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A12">
         <is>
           <t xml:space="preserve">AF120</t>
         </is>
       </c>
       <c s="11" r="B12">
-        <v>46015</v>
+        <v>46395</v>
       </c>
       <c s="12" t="inlineStr" r="C12">
         <is>
           <t xml:space="preserve">APS Environmental Group</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H12">
         <is>
           <t xml:space="preserve">207- 467-0120</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J12">
         <is>
           <t xml:space="preserve">Bedford</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M12">
         <is>
-          <t xml:space="preserve">JOHN@APSENV.COM</t>
+          <t xml:space="preserve">john@apsenv.com</t>
         </is>
       </c>
     </row>
     <row r="13" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A13">
         <is>
-          <t xml:space="preserve">AF89</t>
+          <t xml:space="preserve">AF115</t>
         </is>
       </c>
       <c s="8" r="B13">
-        <v>46065</v>
+        <v>46289</v>
       </c>
       <c s="9" t="inlineStr" r="C13">
         <is>
-          <t xml:space="preserve">GZA GeoEnvironmental, Inc.</t>
+          <t xml:space="preserve">SLR International, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H13">
         <is>
-          <t xml:space="preserve">603- 232-8701</t>
+          <t xml:space="preserve">781- 603-5375</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J13">
         <is>
           <t xml:space="preserve">Bedford</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M13">
         <is>
-          <t xml:space="preserve">JENNIFER.MILBURY@GZA.COM</t>
+          <t xml:space="preserve">rrouillard@slrconsulting.com</t>
         </is>
       </c>
     </row>
     <row r="14" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A14">
         <is>
-          <t xml:space="preserve">AF115</t>
+          <t xml:space="preserve">AF17</t>
         </is>
       </c>
       <c s="11" r="B14">
-        <v>46289</v>
+        <v>46128</v>
       </c>
       <c s="12" t="inlineStr" r="C14">
         <is>
-          <t xml:space="preserve">SLR International, Inc.</t>
+          <t xml:space="preserve">CBJ Environmental, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H14">
         <is>
-          <t xml:space="preserve">781- 603-5375</t>
+          <t xml:space="preserve">508- 809-0016</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J14">
         <is>
-          <t xml:space="preserve">Bedford</t>
+          <t xml:space="preserve">Bellingham</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M14">
         <is>
-          <t xml:space="preserve">rrouillard@slrconsulting.com</t>
+          <t xml:space="preserve">BRANDI@CBJENVIRONMENTAL.COM</t>
         </is>
       </c>
     </row>
     <row r="15" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A15">
         <is>
-          <t xml:space="preserve">AF17</t>
+          <t xml:space="preserve">AF33</t>
         </is>
       </c>
       <c s="8" r="B15">
-        <v>46128</v>
+        <v>46270</v>
       </c>
       <c s="9" t="inlineStr" r="C15">
         <is>
-          <t xml:space="preserve">CBJ Environmental, LLC</t>
+          <t xml:space="preserve">ASBESTOS CONSULTANTS LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H15">
         <is>
-          <t xml:space="preserve">508- 809-0016</t>
+          <t xml:space="preserve">617- 817-8656</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J15">
         <is>
-          <t xml:space="preserve">Bellingham</t>
+          <t xml:space="preserve">BELMONT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M15">
         <is>
-          <t xml:space="preserve">BRANDI@CBJENVIRONMENTAL.COM</t>
+          <t xml:space="preserve">EDMORGAN22@VERIZON.NET</t>
         </is>
       </c>
     </row>
     <row r="16" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A16">
         <is>
-          <t xml:space="preserve">AF33</t>
+          <t xml:space="preserve">AF50</t>
         </is>
       </c>
       <c s="11" r="B16">
-        <v>46270</v>
+        <v>46234</v>
       </c>
       <c s="12" t="inlineStr" r="C16">
         <is>
-          <t xml:space="preserve">ASBESTOS CONSULTANTS LLC</t>
+          <t xml:space="preserve">Hillmann Consulting, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H16">
         <is>
-          <t xml:space="preserve">617- 817-8656</t>
+          <t xml:space="preserve">978- 362-0448</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J16">
         <is>
-          <t xml:space="preserve">BELMONT</t>
+          <t xml:space="preserve">Billerica</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M16">
         <is>
-          <t xml:space="preserve">EDMORGAN22@VERIZON.NET</t>
+          <t xml:space="preserve">SWELLWOOD@HILLMANNCONSULTING.COM</t>
         </is>
       </c>
     </row>
     <row r="17" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A17">
         <is>
-          <t xml:space="preserve">AF50</t>
+          <t xml:space="preserve">AF72</t>
         </is>
       </c>
       <c s="8" r="B17">
-        <v>46234</v>
+        <v>46324</v>
       </c>
       <c s="9" t="inlineStr" r="C17">
         <is>
-          <t xml:space="preserve">Hillmann Consulting, LLC</t>
+          <t xml:space="preserve">50 Stars Pro INC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H17">
         <is>
-          <t xml:space="preserve">978- 362-0448</t>
+          <t xml:space="preserve">413- 214-8774</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J17">
         <is>
-          <t xml:space="preserve">Billerica</t>
+          <t xml:space="preserve">Boston</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M17">
         <is>
-          <t xml:space="preserve">SWELLWOOD@HILLMANNCONSULTING.COM</t>
+          <t xml:space="preserve">info@50stars.pro</t>
         </is>
       </c>
     </row>
     <row r="18" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A18">
         <is>
-          <t xml:space="preserve">AF122</t>
+          <t xml:space="preserve">AF48</t>
         </is>
       </c>
       <c s="11" r="B18">
-        <v>46060</v>
+        <v>46063</v>
       </c>
       <c s="12" t="inlineStr" r="C18">
         <is>
-          <t xml:space="preserve">Mass. Trial Court, Facilities Management &amp; Capital Planning Department</t>
+          <t xml:space="preserve">All Environmental Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H18">
         <is>
-          <t xml:space="preserve">978- 656-7085</t>
+          <t xml:space="preserve">470- 646-3337</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J18">
         <is>
-          <t xml:space="preserve">Boaton</t>
+          <t xml:space="preserve">Boston</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M18">
         <is>
-          <t xml:space="preserve">MIKE.LANE@JUD.STATE.MA.US</t>
+          <t xml:space="preserve">JMAURER@AEICONSULTANTS.COM</t>
         </is>
       </c>
     </row>
     <row r="19" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A19">
         <is>
-          <t xml:space="preserve">AF72</t>
+          <t xml:space="preserve">AF83</t>
         </is>
       </c>
       <c s="8" r="B19">
-        <v>46324</v>
+        <v>46338</v>
       </c>
       <c s="9" t="inlineStr" r="C19">
         <is>
-          <t xml:space="preserve">50 Stars Pro INC</t>
+          <t xml:space="preserve">Arcadis U.S., Inc. </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H19">
         <is>
-          <t xml:space="preserve">413- 214-8774</t>
+          <t xml:space="preserve">720- -34-3727</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J19">
         <is>
           <t xml:space="preserve">Boston</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M19">
         <is>
-          <t xml:space="preserve">info@50stars.pro</t>
+          <t xml:space="preserve">ana_companylicensing@arcadis.com</t>
         </is>
       </c>
     </row>
     <row r="20" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A20">
         <is>
-          <t xml:space="preserve">AF48</t>
+          <t xml:space="preserve">AF85</t>
         </is>
       </c>
       <c s="11" r="B20">
-        <v>46063</v>
+        <v>46312</v>
       </c>
       <c s="12" t="inlineStr" r="C20">
         <is>
-          <t xml:space="preserve">All Environmental Inc.</t>
+          <t xml:space="preserve">Environmental Remediation Services, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H20">
         <is>
-          <t xml:space="preserve">470- 646-3337</t>
+          <t xml:space="preserve">508- 962-5172</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J20">
         <is>
-          <t xml:space="preserve">Boston</t>
+          <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M20">
         <is>
-          <t xml:space="preserve">JMAURER@AEICONSULTANTS.COM</t>
+          <t xml:space="preserve">dsloweers@aol.com</t>
         </is>
       </c>
     </row>
     <row r="21" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A21">
         <is>
-          <t xml:space="preserve">AF83</t>
+          <t xml:space="preserve">AF42</t>
         </is>
       </c>
       <c s="8" r="B21">
-        <v>46338</v>
+        <v>46243</v>
       </c>
       <c s="9" t="inlineStr" r="C21">
         <is>
-          <t xml:space="preserve">Arcadis U.S., Inc. </t>
+          <t xml:space="preserve">ESIS, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H21">
         <is>
-          <t xml:space="preserve">720- -34-3727</t>
+          <t xml:space="preserve">503- 899-8757</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J21">
         <is>
           <t xml:space="preserve">Boston</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M21">
         <is>
-          <t xml:space="preserve">ana_companylicensing@arcadis.com</t>
+          <t xml:space="preserve">ASHLIE.CRAMPO@ESIS.COM</t>
         </is>
       </c>
     </row>
     <row r="22" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A22">
         <is>
-          <t xml:space="preserve">AF85</t>
+          <t xml:space="preserve">AF136</t>
         </is>
       </c>
       <c s="11" r="B22">
-        <v>46312</v>
+        <v>46256</v>
       </c>
       <c s="12" t="inlineStr" r="C22">
         <is>
-          <t xml:space="preserve">Environmental Remediation Services, Inc.</t>
+          <t xml:space="preserve">LiRo Engineers, Inc </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H22">
         <is>
-          <t xml:space="preserve">508- 962-5172</t>
+          <t xml:space="preserve">617- -72-7100</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J22">
         <is>
           <t xml:space="preserve">Boston</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M22">
         <is>
-          <t xml:space="preserve">dsloweers@aol.com</t>
+          <t xml:space="preserve">KROLE@LIRO-HILL.COM</t>
         </is>
       </c>
     </row>
     <row r="23" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A23">
         <is>
-          <t xml:space="preserve">AF42</t>
+          <t xml:space="preserve">AF122</t>
         </is>
       </c>
       <c s="8" r="B23">
-        <v>46243</v>
+        <v>46060</v>
       </c>
       <c s="9" t="inlineStr" r="C23">
         <is>
-          <t xml:space="preserve">ESIS, Inc.</t>
+          <t xml:space="preserve">Mass. Trial Court, Facilities Management &amp; Capital Planning Department</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H23">
         <is>
-          <t xml:space="preserve">503- 899-8757</t>
+          <t xml:space="preserve">978- 656-7085</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J23">
         <is>
           <t xml:space="preserve">Boston</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M23">
         <is>
-          <t xml:space="preserve">ASHLIE.CRAMPO@ESIS.COM</t>
+          <t xml:space="preserve">mike.lane@jud.state.ma.us</t>
         </is>
       </c>
     </row>
     <row r="24" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A24">
         <is>
-          <t xml:space="preserve">AF136</t>
+          <t xml:space="preserve">AF81</t>
         </is>
       </c>
       <c s="11" r="B24">
-        <v>46256</v>
+        <v>46333</v>
       </c>
       <c s="12" t="inlineStr" r="C24">
         <is>
-          <t xml:space="preserve">LiRo Engineers, Inc </t>
+          <t xml:space="preserve">Pennoni Associates Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H24">
         <is>
-          <t xml:space="preserve">617- -72-7100</t>
+          <t xml:space="preserve">857- 214-4285</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J24">
         <is>
-          <t xml:space="preserve">Boston</t>
+          <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M24">
         <is>
-          <t xml:space="preserve">KROLE@LIRO-HILL.COM</t>
+          <t xml:space="preserve">mtate@pennoni.com</t>
         </is>
       </c>
     </row>
     <row r="25" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A25">
         <is>
-          <t xml:space="preserve">AF81</t>
+          <t xml:space="preserve">AF14</t>
         </is>
       </c>
       <c s="8" r="B25">
-        <v>46333</v>
+        <v>46080</v>
       </c>
       <c s="9" t="inlineStr" r="C25">
         <is>
-          <t xml:space="preserve">Pennoni Associates Inc.</t>
+          <t xml:space="preserve">Smith &amp; Wessel Associates, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H25">
         <is>
-          <t xml:space="preserve">857- 214-4285</t>
+          <t xml:space="preserve">978- 580-6879</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J25">
         <is>
-          <t xml:space="preserve">BOSTON</t>
+          <t xml:space="preserve">Bradenton</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M25">
         <is>
-          <t xml:space="preserve">mtate@pennoni.com</t>
+          <t xml:space="preserve">BWESSEL@SMITHWESSEL.COM</t>
         </is>
       </c>
     </row>
     <row r="26" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A26">
         <is>
-          <t xml:space="preserve">AF14</t>
+          <t xml:space="preserve">AF41</t>
         </is>
       </c>
       <c s="11" r="B26">
-        <v>46080</v>
+        <v>46214</v>
       </c>
       <c s="12" t="inlineStr" r="C26">
         <is>
-          <t xml:space="preserve">Smith &amp; Wessel Associates, Inc.</t>
+          <t xml:space="preserve">Environmental &amp; Construction Management Services, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H26">
         <is>
-          <t xml:space="preserve">978- 580-6879</t>
+          <t xml:space="preserve">617- 212-9272</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J26">
         <is>
-          <t xml:space="preserve">Bradenton</t>
+          <t xml:space="preserve">Braintree</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M26">
         <is>
-          <t xml:space="preserve">BWESSEL@SMITHWESSEL.COM</t>
+          <t xml:space="preserve">STEVE.WEYDT@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="27" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A27">
         <is>
-          <t xml:space="preserve">AF41</t>
+          <t xml:space="preserve">AF8</t>
         </is>
       </c>
       <c s="8" r="B27">
-        <v>46214</v>
+        <v>46375</v>
       </c>
       <c s="9" t="inlineStr" r="C27">
         <is>
-          <t xml:space="preserve">Environmental &amp; Construction Management Services, Inc.</t>
+          <t xml:space="preserve">Boston Environmental Corporation</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H27">
         <is>
-          <t xml:space="preserve">617- 212-9272</t>
+          <t xml:space="preserve">617- -87-6648</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J27">
         <is>
-          <t xml:space="preserve">Braintree</t>
+          <t xml:space="preserve">Brockton</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M27">
         <is>
-          <t xml:space="preserve">STEVE.WEYDT@GMAIL.COM</t>
+          <t xml:space="preserve">toomey@bostonenvcorp.com</t>
         </is>
       </c>
     </row>
     <row r="28" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A28">
         <is>
-          <t xml:space="preserve">AF87</t>
+          <t xml:space="preserve">AF18</t>
         </is>
       </c>
       <c s="11" r="B28">
-        <v>46035</v>
+        <v>46177</v>
       </c>
       <c s="12" t="inlineStr" r="C28">
         <is>
-          <t xml:space="preserve">Environmental Consulting and Management (ECM Inc.)</t>
+          <t xml:space="preserve">Environmental Response LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H28">
         <is>
-          <t xml:space="preserve">401- 304-6612</t>
+          <t xml:space="preserve">508- -85-9964</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J28">
         <is>
-          <t xml:space="preserve">Bristol</t>
+          <t xml:space="preserve">Brockton</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M28">
         <is>
-          <t xml:space="preserve">DJSIMAS15@GMAIL.COM</t>
+          <t xml:space="preserve">DEXTERWANGNOON@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="29" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A29">
         <is>
-          <t xml:space="preserve">AF76</t>
+          <t xml:space="preserve">AF7</t>
         </is>
       </c>
       <c s="8" r="B29">
-        <v>46092</v>
+        <v>46178</v>
       </c>
       <c s="9" t="inlineStr" r="C29">
         <is>
-          <t xml:space="preserve">Eastern Environmental Inc.</t>
+          <t xml:space="preserve">EBI Consulting</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H29">
         <is>
-          <t xml:space="preserve">617- 623-6678</t>
+          <t xml:space="preserve">857- 488-1127</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J29">
         <is>
-          <t xml:space="preserve">Brockton</t>
+          <t xml:space="preserve">Burlington</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M29">
         <is>
-          <t xml:space="preserve">DGOMES@EASTERNENVIROINC.COM</t>
+          <t xml:space="preserve">MWALTHER@EBICONSULTING.COM</t>
         </is>
       </c>
     </row>
     <row r="30" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A30">
         <is>
-          <t xml:space="preserve">AF18</t>
+          <t xml:space="preserve">AF66</t>
         </is>
       </c>
       <c s="11" r="B30">
-        <v>46177</v>
+        <v>46324</v>
       </c>
       <c s="12" t="inlineStr" r="C30">
         <is>
-          <t xml:space="preserve">Environmental Response LLC</t>
+          <t xml:space="preserve">PEER Consultants, PC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H30">
         <is>
-          <t xml:space="preserve">508- -85-9964</t>
+          <t xml:space="preserve">781- 238-8880</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J30">
         <is>
-          <t xml:space="preserve">Brockton</t>
+          <t xml:space="preserve">Burlington</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M30">
         <is>
-          <t xml:space="preserve">DEXTERWANGNOON@GMAIL.COM</t>
+          <t xml:space="preserve">gustafsont@peercpc.com</t>
         </is>
       </c>
     </row>
     <row r="31" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A31">
         <is>
-          <t xml:space="preserve">AF7</t>
+          <t xml:space="preserve">AF112</t>
         </is>
       </c>
       <c s="8" r="B31">
-        <v>46178</v>
+        <v>46371</v>
       </c>
       <c s="9" t="inlineStr" r="C31">
         <is>
-          <t xml:space="preserve">EBI Consulting</t>
+          <t xml:space="preserve">Roux Associates, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H31">
         <is>
-          <t xml:space="preserve">857- 488-1127</t>
+          <t xml:space="preserve">631- 630-2376</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J31">
         <is>
           <t xml:space="preserve">Burlington</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M31">
         <is>
-          <t xml:space="preserve">MWALTHER@EBICONSULTING.COM</t>
+          <t xml:space="preserve">LEGALDEPT@ROUXINC.COM</t>
         </is>
       </c>
     </row>
     <row r="32" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A32">
         <is>
-          <t xml:space="preserve">AF66</t>
+          <t xml:space="preserve">AF134</t>
         </is>
       </c>
       <c s="11" r="B32">
-        <v>46324</v>
+        <v>46249</v>
       </c>
       <c s="12" t="inlineStr" r="C32">
         <is>
-          <t xml:space="preserve">PEER Consultants, PC</t>
+          <t xml:space="preserve">Turnkey Testing Consultants LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H32">
         <is>
-          <t xml:space="preserve">781- 238-8880</t>
+          <t xml:space="preserve">978- 482-6260</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J32">
         <is>
           <t xml:space="preserve">Burlington</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M32">
         <is>
-          <t xml:space="preserve">gustafsont@peercpc.com</t>
+          <t xml:space="preserve">ADMIN@TURNKEYTESTINGCONSULTANTS.COM</t>
         </is>
       </c>
     </row>
     <row r="33" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A33">
         <is>
-          <t xml:space="preserve">AF134</t>
+          <t xml:space="preserve">AF49</t>
         </is>
       </c>
       <c s="8" r="B33">
-        <v>46249</v>
+        <v>46302</v>
       </c>
       <c s="9" t="inlineStr" r="C33">
         <is>
-          <t xml:space="preserve">Turnkey Testing Consultants LLC</t>
+          <t xml:space="preserve">AECOM Technical Services, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H33">
         <is>
-          <t xml:space="preserve">978- 482-6260</t>
+          <t xml:space="preserve">978- -90-2100</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J33">
         <is>
-          <t xml:space="preserve">Burlington</t>
+          <t xml:space="preserve">Chelmsford</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M33">
         <is>
-          <t xml:space="preserve">ADMIN@TURNKEYTESTINGCONSULTANTS.COM</t>
+          <t xml:space="preserve">PROFESSIONALLICENSES@AECOM.COM</t>
         </is>
       </c>
     </row>
     <row r="34" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A34">
         <is>
-          <t xml:space="preserve">AF49</t>
+          <t xml:space="preserve">AF128</t>
         </is>
       </c>
       <c s="11" r="B34">
-        <v>46302</v>
+        <v>46116</v>
       </c>
       <c s="12" t="inlineStr" r="C34">
         <is>
-          <t xml:space="preserve">AECOM Technical Services, Inc.</t>
+          <t xml:space="preserve">Santiotti Consulting, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H34">
         <is>
-          <t xml:space="preserve">978- -90-2100</t>
+          <t xml:space="preserve">978- 987-0274</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J34">
         <is>
           <t xml:space="preserve">Chelmsford</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M34">
         <is>
-          <t xml:space="preserve">PROFESSIONALLICENSES@AECOM.COM</t>
+          <t xml:space="preserve">SANTIOTTI.CONSULTING@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="35" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A35">
         <is>
-          <t xml:space="preserve">AF128</t>
+          <t xml:space="preserve">AF21</t>
         </is>
       </c>
       <c s="8" r="B35">
-        <v>46116</v>
+        <v>46242</v>
       </c>
       <c s="9" t="inlineStr" r="C35">
         <is>
-          <t xml:space="preserve">Santiotti Consulting, LLC</t>
+          <t xml:space="preserve">Wilcox &amp; Barton, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H35">
         <is>
-          <t xml:space="preserve">978- 987-0274</t>
+          <t xml:space="preserve">603- 369-4190</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J35">
         <is>
-          <t xml:space="preserve">Chelmsford</t>
+          <t xml:space="preserve">Concord</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M35">
         <is>
-          <t xml:space="preserve">SANTIOTTI.CONSULTING@GMAIL.COM</t>
+          <t xml:space="preserve">CKEARNS@WILCOXANDBARTON.COM</t>
         </is>
       </c>
     </row>
     <row r="36" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A36">
         <is>
-          <t xml:space="preserve">AF21</t>
+          <t xml:space="preserve">AF24</t>
         </is>
       </c>
       <c s="11" r="B36">
-        <v>46242</v>
+        <v>46155</v>
       </c>
       <c s="12" t="inlineStr" r="C36">
         <is>
-          <t xml:space="preserve">Wilcox &amp; Barton, Inc.</t>
+          <t xml:space="preserve">Atlas Technical Consultants, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H36">
         <is>
-          <t xml:space="preserve">603- 369-4190</t>
+          <t xml:space="preserve">197- 842-4550</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J36">
         <is>
-          <t xml:space="preserve">Concord</t>
+          <t xml:space="preserve">Dallas</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M36">
         <is>
-          <t xml:space="preserve">CKEARNS@WILCOXANDBARTON.COM</t>
+          <t xml:space="preserve">ONEATLASWOBURN@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="37" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A37">
         <is>
-          <t xml:space="preserve">AF24</t>
+          <t xml:space="preserve">AF79</t>
         </is>
       </c>
       <c s="8" r="B37">
-        <v>46155</v>
+        <v>46312</v>
       </c>
       <c s="9" t="inlineStr" r="C37">
         <is>
-          <t xml:space="preserve">Atlas Technical Consultants, LLC</t>
+          <t xml:space="preserve">FLI Environmental, Inc</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H37">
         <is>
-          <t xml:space="preserve">197- 842-4550</t>
+          <t xml:space="preserve">781- 251-0040</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J37">
         <is>
-          <t xml:space="preserve">Dallas</t>
+          <t xml:space="preserve">Dedham</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M37">
         <is>
-          <t xml:space="preserve">ONEATLASWOBURN@GMAIL.COM</t>
+          <t xml:space="preserve">dmac@flienv.com</t>
         </is>
       </c>
     </row>
     <row r="38" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A38">
         <is>
-          <t xml:space="preserve">AF79</t>
+          <t xml:space="preserve">AF64</t>
         </is>
       </c>
       <c s="11" r="B38">
-        <v>46312</v>
+        <v>46393</v>
       </c>
       <c s="12" t="inlineStr" r="C38">
         <is>
-          <t xml:space="preserve">FLI Environmental, Inc</t>
+          <t xml:space="preserve">ASAP Environmental Inc</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H38">
         <is>
-          <t xml:space="preserve">781- 251-0040</t>
+          <t xml:space="preserve">774- 287-3955</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J38">
         <is>
-          <t xml:space="preserve">Dedham</t>
+          <t xml:space="preserve">Dorchester</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M38">
         <is>
-          <t xml:space="preserve">dmac@flienv.com</t>
+          <t xml:space="preserve">inspections@asapenvironmental.com</t>
         </is>
       </c>
     </row>
     <row r="39" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A39">
         <is>
           <t xml:space="preserve">AF91</t>
         </is>
       </c>
       <c s="8" r="B39">
-        <v>46015</v>
+        <v>46378</v>
       </c>
       <c s="9" t="inlineStr" r="C39">
         <is>
           <t xml:space="preserve">Environmental Health Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H39">
         <is>
           <t xml:space="preserve">508-  78-2258</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J39">
         <is>
           <t xml:space="preserve">Dover</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M39">
         <is>
-          <t xml:space="preserve">BETSYWRYAN@ME.COM</t>
+          <t xml:space="preserve">betsyryan@environmentalhealthinc.com</t>
         </is>
       </c>
     </row>
     <row r="40" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A40">
         <is>
           <t xml:space="preserve">AF133</t>
         </is>
       </c>
       <c s="11" r="B40">
         <v>46233</v>
       </c>
       <c s="12" t="inlineStr" r="C40">
         <is>
           <t xml:space="preserve">Remediation Holdings, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H40">
         <is>
           <t xml:space="preserve">443- 822-8520</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J40">
         <is>
-          <t xml:space="preserve">Everett</t>
+          <t xml:space="preserve">EVERETT</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M40">
         <is>
           <t xml:space="preserve">DAVE@ESSENTIAL-HOLDINGS.COM</t>
         </is>
       </c>
     </row>
     <row r="41" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A41">
         <is>
           <t xml:space="preserve">AF40</t>
         </is>
       </c>
       <c s="8" r="B41">
         <v>46344</v>
       </c>
       <c s="9" t="inlineStr" r="C41">
         <is>
           <t xml:space="preserve">DSD Environmental Inc </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H41">
         <is>
           <t xml:space="preserve">781- 650-1424</t>
@@ -1451,2367 +1451,2426 @@
       </c>
       <c s="9" t="inlineStr" r="C43">
         <is>
           <t xml:space="preserve">LBP Solutions LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H43">
         <is>
           <t xml:space="preserve">140- 137-5919</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J43">
         <is>
           <t xml:space="preserve">Foxboro</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M43">
         <is>
           <t xml:space="preserve">jeffharris@lbpsolutions.com</t>
         </is>
       </c>
     </row>
     <row r="44" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A44">
         <is>
-          <t xml:space="preserve">AF99</t>
+          <t xml:space="preserve">AF119</t>
         </is>
       </c>
       <c s="11" r="B44">
-        <v>46091</v>
+        <v>46387</v>
       </c>
       <c s="12" t="inlineStr" r="C44">
         <is>
-          <t xml:space="preserve">CDW Consultants, Inc.</t>
+          <t xml:space="preserve">21Environmental, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H44">
         <is>
-          <t xml:space="preserve">508- 875-2657</t>
+          <t xml:space="preserve">508- 574-3023</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J44">
         <is>
           <t xml:space="preserve">Framingham</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M44">
         <is>
-          <t xml:space="preserve">NDAY@CDWCONSULTANTS.COM</t>
+          <t xml:space="preserve">Info@21env.com</t>
         </is>
       </c>
     </row>
     <row r="45" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A45">
         <is>
-          <t xml:space="preserve">AF74</t>
+          <t xml:space="preserve">AF99</t>
         </is>
       </c>
       <c s="8" r="B45">
-        <v>46320</v>
+        <v>46091</v>
       </c>
       <c s="9" t="inlineStr" r="C45">
         <is>
-          <t xml:space="preserve">Universal Environmental Consul</t>
+          <t xml:space="preserve">CDW Consultants, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H45">
         <is>
-          <t xml:space="preserve">161- 798-9772</t>
+          <t xml:space="preserve">508- 875-2657</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J45">
         <is>
           <t xml:space="preserve">Framingham</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M45">
         <is>
-          <t xml:space="preserve">adieb@uec-env.com</t>
+          <t xml:space="preserve">NDAY@CDWCONSULTANTS.COM</t>
         </is>
       </c>
     </row>
     <row r="46" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A46">
         <is>
-          <t xml:space="preserve">AF11</t>
+          <t xml:space="preserve">AF74</t>
         </is>
       </c>
       <c s="11" r="B46">
-        <v>46107</v>
+        <v>46320</v>
       </c>
       <c s="12" t="inlineStr" r="C46">
         <is>
-          <t xml:space="preserve">GMS Inspection Services </t>
+          <t xml:space="preserve">Universal Environmental Consul</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H46">
         <is>
-          <t xml:space="preserve">603- 396-3421</t>
+          <t xml:space="preserve">161- 798-9772</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J46">
         <is>
-          <t xml:space="preserve">Fremont</t>
+          <t xml:space="preserve">Framingham</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M46">
         <is>
-          <t xml:space="preserve">GSURRETTE@HOTMAIL.COM</t>
+          <t xml:space="preserve">adieb@uec-env.com</t>
         </is>
       </c>
     </row>
     <row r="47" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A47">
         <is>
-          <t xml:space="preserve">AF118</t>
+          <t xml:space="preserve">AF11</t>
         </is>
       </c>
       <c s="8" r="B47">
-        <v>46332</v>
+        <v>46107</v>
       </c>
       <c s="9" t="inlineStr" r="C47">
         <is>
-          <t xml:space="preserve">Clinchfield Consulting Group, Inc.</t>
+          <t xml:space="preserve">GMS Inspection Services </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H47">
         <is>
-          <t xml:space="preserve">317- 545-1335</t>
+          <t xml:space="preserve">603- 396-3421</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J47">
         <is>
-          <t xml:space="preserve">Greenfield</t>
+          <t xml:space="preserve">Fremont</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M47">
         <is>
-          <t xml:space="preserve">mhochgesang@clinchfield.com</t>
+          <t xml:space="preserve">GSURRETTE@HOTMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="48" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A48">
         <is>
-          <t xml:space="preserve">AF26</t>
+          <t xml:space="preserve">AF118</t>
         </is>
       </c>
       <c s="11" r="B48">
-        <v>46149</v>
+        <v>46332</v>
       </c>
       <c s="12" t="inlineStr" r="C48">
         <is>
-          <t xml:space="preserve">Four Brothers Environmental, LLC.</t>
+          <t xml:space="preserve">Clinchfield Consulting Group, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H48">
         <is>
-          <t xml:space="preserve">603- 203-6235</t>
+          <t xml:space="preserve">317- 545-1335</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J48">
         <is>
-          <t xml:space="preserve">Greenland</t>
+          <t xml:space="preserve">Greenfield</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M48">
         <is>
-          <t xml:space="preserve">jeremy@4beconsulting.com</t>
+          <t xml:space="preserve">mhochgesang@clinchfield.com</t>
         </is>
       </c>
     </row>
     <row r="49" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A49">
         <is>
-          <t xml:space="preserve">AF123</t>
+          <t xml:space="preserve">AF26</t>
         </is>
       </c>
       <c s="8" r="B49">
-        <v>46063</v>
+        <v>46149</v>
       </c>
       <c s="9" t="inlineStr" r="C49">
         <is>
-          <t xml:space="preserve">ACA Environmental Lab LLC</t>
+          <t xml:space="preserve">Four Brothers Environmental, LLC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H49">
         <is>
-          <t xml:space="preserve">603- 918-0501</t>
+          <t xml:space="preserve">603- 203-6235</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J49">
         <is>
-          <t xml:space="preserve">Hampton</t>
+          <t xml:space="preserve">Greenland</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M49">
         <is>
-          <t xml:space="preserve">ACAENVIROLAB@GMAIL.COM</t>
+          <t xml:space="preserve">jeremy@4beconsulting.com</t>
         </is>
       </c>
     </row>
     <row r="50" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A50">
         <is>
-          <t xml:space="preserve">AF58</t>
+          <t xml:space="preserve">AF123</t>
         </is>
       </c>
       <c s="11" r="B50">
-        <v>46331</v>
+        <v>46063</v>
       </c>
       <c s="12" t="inlineStr" r="C50">
         <is>
-          <t xml:space="preserve">Northeast Environmental Labs</t>
+          <t xml:space="preserve">ACA Environmental Lab LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H50">
         <is>
-          <t xml:space="preserve">978- 618-6064</t>
+          <t xml:space="preserve">603- 918-0501</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J50">
         <is>
           <t xml:space="preserve">Hampton</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M50">
         <is>
-          <t xml:space="preserve">jabash@comcast.net</t>
+          <t xml:space="preserve">acaenvirolab@gmail.com</t>
         </is>
       </c>
     </row>
     <row r="51" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A51">
         <is>
-          <t xml:space="preserve">AF16</t>
+          <t xml:space="preserve">AF58</t>
         </is>
       </c>
       <c s="8" r="B51">
-        <v>46115</v>
+        <v>46331</v>
       </c>
       <c s="9" t="inlineStr" r="C51">
         <is>
-          <t xml:space="preserve">Primetime Abatement and Inspections </t>
+          <t xml:space="preserve">Northeast Environmental Labs</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H51">
         <is>
-          <t xml:space="preserve">781- 733-2496</t>
+          <t xml:space="preserve">978- 618-6064</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J51">
         <is>
-          <t xml:space="preserve">Hanson</t>
+          <t xml:space="preserve">Hampton</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M51">
         <is>
-          <t xml:space="preserve">LUCAMA10687@GMAIL.COM</t>
+          <t xml:space="preserve">jabash@comcast.net</t>
         </is>
       </c>
     </row>
     <row r="52" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A52">
         <is>
-          <t xml:space="preserve">AF129</t>
+          <t xml:space="preserve">AF16</t>
         </is>
       </c>
       <c s="11" r="B52">
-        <v>46130</v>
+        <v>46115</v>
       </c>
       <c s="12" t="inlineStr" r="C52">
         <is>
-          <t xml:space="preserve">Asbestos Inspections &amp; Consulting LLC</t>
+          <t xml:space="preserve">Primetime Abatement and Inspections </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H52">
         <is>
-          <t xml:space="preserve">978- -38-2992</t>
+          <t xml:space="preserve">781- 733-2496</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J52">
         <is>
-          <t xml:space="preserve">Haverhill</t>
+          <t xml:space="preserve">Hanson</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M52">
         <is>
-          <t xml:space="preserve">PAUL@ASBESTOSIC.COM</t>
+          <t xml:space="preserve">LUCAMA10687@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="53" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A53">
         <is>
-          <t xml:space="preserve">AF39</t>
+          <t xml:space="preserve">AF129</t>
         </is>
       </c>
       <c s="8" r="B53">
-        <v>46212</v>
+        <v>46130</v>
       </c>
       <c s="9" t="inlineStr" r="C53">
         <is>
-          <t xml:space="preserve">Verdantas</t>
+          <t xml:space="preserve">Asbestos Inspections &amp; Consulting LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H53">
         <is>
-          <t xml:space="preserve">161- 780-8108</t>
+          <t xml:space="preserve">978- -38-2992</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J53">
         <is>
-          <t xml:space="preserve">Holden</t>
+          <t xml:space="preserve">Haverhill</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M53">
         <is>
-          <t xml:space="preserve">CABINGER@VERDANTAS.COM</t>
+          <t xml:space="preserve">PAUL@ASBESTOSIC.COM</t>
         </is>
       </c>
     </row>
     <row r="54" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A54">
         <is>
-          <t xml:space="preserve">AF102</t>
+          <t xml:space="preserve">AF39</t>
         </is>
       </c>
       <c s="11" r="B54">
-        <v>46079</v>
+        <v>46212</v>
       </c>
       <c s="12" t="inlineStr" r="C54">
         <is>
-          <t xml:space="preserve">Safer Homes Environmental Services, LLC</t>
+          <t xml:space="preserve">Verdantas</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H54">
         <is>
-          <t xml:space="preserve">603- 854-2264</t>
+          <t xml:space="preserve">161- 780-8108</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J54">
         <is>
-          <t xml:space="preserve">Hudson</t>
+          <t xml:space="preserve">Holden</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M54">
         <is>
-          <t xml:space="preserve">SAFERHOMESENVIRONMENTAL@GMAIL.COM</t>
+          <t xml:space="preserve">CABINGER@VERDANTAS.COM</t>
         </is>
       </c>
     </row>
     <row r="55" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A55">
         <is>
-          <t xml:space="preserve">AF54</t>
+          <t xml:space="preserve">AF89</t>
         </is>
       </c>
       <c s="8" r="B55">
-        <v>46301</v>
+        <v>46414</v>
       </c>
       <c s="9" t="inlineStr" r="C55">
         <is>
-          <t xml:space="preserve">North Environmental Abatement </t>
+          <t xml:space="preserve">GZA GeoEnvironmental, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H55">
         <is>
-          <t xml:space="preserve">617- -59-1024</t>
+          <t xml:space="preserve">603- 232-8701</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J55">
         <is>
-          <t xml:space="preserve">Lawrence</t>
+          <t xml:space="preserve">Hooksett</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M55">
         <is>
-          <t xml:space="preserve">northenvironmentalabatement@gmail.com</t>
+          <t xml:space="preserve">jennifer.milbury@gza.com</t>
         </is>
       </c>
     </row>
     <row r="56" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A56">
         <is>
-          <t xml:space="preserve">AF131</t>
+          <t xml:space="preserve">AF102</t>
         </is>
       </c>
       <c s="11" r="B56">
-        <v>46211</v>
+        <v>46079</v>
       </c>
       <c s="12" t="inlineStr" r="C56">
         <is>
-          <t xml:space="preserve">BETA Group, Inc.</t>
+          <t xml:space="preserve">Safer Homes Environmental Services, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H56">
         <is>
-          <t xml:space="preserve">401- 333-2382</t>
+          <t xml:space="preserve">603- 854-2264</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J56">
         <is>
-          <t xml:space="preserve">Lincoln</t>
+          <t xml:space="preserve">Hudson</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M56">
         <is>
-          <t xml:space="preserve">MARMSTRONG@BETA-INC.COM</t>
+          <t xml:space="preserve">SAFERHOMESENVIRONMENTAL@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="57" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A57">
         <is>
-          <t xml:space="preserve">AF78</t>
+          <t xml:space="preserve">AF54</t>
         </is>
       </c>
       <c s="8" r="B57">
-        <v>46332</v>
+        <v>46301</v>
       </c>
       <c s="9" t="inlineStr" r="C57">
         <is>
-          <t xml:space="preserve">MILL CITY ENVIRONMENTAL CORPORATION</t>
+          <t xml:space="preserve">North Environmental Abatement </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H57">
         <is>
-          <t xml:space="preserve">978- -65-6741</t>
+          <t xml:space="preserve">617- -59-1024</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J57">
         <is>
-          <t xml:space="preserve">LOWELL</t>
+          <t xml:space="preserve">Lawrence</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M57">
         <is>
-          <t xml:space="preserve">customersvc@millcityenv.com</t>
+          <t xml:space="preserve">northenvironmentalabatement@gmail.com</t>
         </is>
       </c>
     </row>
     <row r="58" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A58">
         <is>
-          <t xml:space="preserve">AF103</t>
+          <t xml:space="preserve">AF131</t>
         </is>
       </c>
       <c s="11" r="B58">
-        <v>46077</v>
+        <v>46211</v>
       </c>
       <c s="12" t="inlineStr" r="C58">
         <is>
-          <t xml:space="preserve">S&amp;R Corporation</t>
+          <t xml:space="preserve">BETA Group, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H58">
         <is>
-          <t xml:space="preserve">978- 441-2000</t>
+          <t xml:space="preserve">401- 333-2382</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J58">
         <is>
-          <t xml:space="preserve">Lowell</t>
+          <t xml:space="preserve">Lincoln</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M58">
         <is>
-          <t xml:space="preserve">jvanknowe@sandrcorp.com</t>
+          <t xml:space="preserve">MARMSTRONG@BETA-INC.COM</t>
         </is>
       </c>
     </row>
     <row r="59" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A59">
         <is>
-          <t xml:space="preserve">AF130</t>
+          <t xml:space="preserve">AF78</t>
         </is>
       </c>
       <c s="8" r="B59">
-        <v>46198</v>
+        <v>46332</v>
       </c>
       <c s="9" t="inlineStr" r="C59">
         <is>
-          <t xml:space="preserve">University of Massachusetts Lowell</t>
+          <t xml:space="preserve">MILL CITY ENVIRONMENTAL CORPORATION</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H59">
         <is>
-          <t xml:space="preserve">978- -93-4000</t>
+          <t xml:space="preserve">978- -65-6741</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J59">
         <is>
-          <t xml:space="preserve">Lowell</t>
+          <t xml:space="preserve">LOWELL</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M59">
         <is>
-          <t xml:space="preserve">JOHN_FREEMAN1@UML.EDU</t>
+          <t xml:space="preserve">customersvc@millcityenv.com</t>
         </is>
       </c>
     </row>
     <row r="60" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A60">
         <is>
-          <t xml:space="preserve">AF38</t>
+          <t xml:space="preserve">AF103</t>
         </is>
       </c>
       <c s="11" r="B60">
-        <v>46169</v>
+        <v>46077</v>
       </c>
       <c s="12" t="inlineStr" r="C60">
         <is>
-          <t xml:space="preserve">Axiom Partners, Inc.</t>
+          <t xml:space="preserve">S&amp;R Corporation</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H60">
         <is>
-          <t xml:space="preserve">781- 213-9198</t>
+          <t xml:space="preserve">978- 441-2000</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J60">
         <is>
-          <t xml:space="preserve">Lynnfield</t>
+          <t xml:space="preserve">Lowell</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M60">
         <is>
-          <t xml:space="preserve">ACCOUNTING@AXIOMENV.COM</t>
+          <t xml:space="preserve">jvanknowe@sandrcorp.com</t>
         </is>
       </c>
     </row>
     <row r="61" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A61">
         <is>
-          <t xml:space="preserve">AF35</t>
+          <t xml:space="preserve">AF130</t>
         </is>
       </c>
       <c s="8" r="B61">
-        <v>46183</v>
+        <v>46198</v>
       </c>
       <c s="9" t="inlineStr" r="C61">
         <is>
-          <t xml:space="preserve">OccuHealth, Inc.</t>
+          <t xml:space="preserve">University of Massachusetts Lowell</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H61">
         <is>
-          <t xml:space="preserve">740- 407-5461</t>
+          <t xml:space="preserve">978- -93-4000</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J61">
         <is>
-          <t xml:space="preserve">Mansfield</t>
+          <t xml:space="preserve">Lowell</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M61">
         <is>
-          <t xml:space="preserve">MDORA@OCCUHEALTH.COM</t>
+          <t xml:space="preserve">JOHN_FREEMAN1@UML.EDU</t>
         </is>
       </c>
     </row>
     <row r="62" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A62">
         <is>
-          <t xml:space="preserve">AF104</t>
+          <t xml:space="preserve">AF38</t>
         </is>
       </c>
       <c s="11" r="B62">
-        <v>46086</v>
+        <v>46169</v>
       </c>
       <c s="12" t="inlineStr" r="C62">
         <is>
-          <t xml:space="preserve">Tetra Tech, Inc.</t>
+          <t xml:space="preserve">Axiom Partners, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H62">
         <is>
-          <t xml:space="preserve">150- 825-3469</t>
+          <t xml:space="preserve">781- 213-9198</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J62">
         <is>
-          <t xml:space="preserve">Marlborough</t>
+          <t xml:space="preserve">Lynnfield</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M62">
         <is>
-          <t xml:space="preserve">MATT.MADDEN@TETRATECH.COM</t>
+          <t xml:space="preserve">ACCOUNTING@AXIOMENV.COM</t>
         </is>
       </c>
     </row>
     <row r="63" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A63">
         <is>
-          <t xml:space="preserve">AF45</t>
+          <t xml:space="preserve">AF35</t>
         </is>
       </c>
       <c s="8" r="B63">
-        <v>46233</v>
+        <v>46183</v>
       </c>
       <c s="9" t="inlineStr" r="C63">
         <is>
-          <t xml:space="preserve">AR Consulting</t>
+          <t xml:space="preserve">OccuHealth, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H63">
         <is>
-          <t xml:space="preserve">617- -79-4330</t>
+          <t xml:space="preserve">740- 407-5461</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J63">
         <is>
-          <t xml:space="preserve">Medford</t>
+          <t xml:space="preserve">Mansfield</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M63">
         <is>
-          <t xml:space="preserve">BCOOK8043@GMAIL.COM</t>
+          <t xml:space="preserve">MDORA@OCCUHEALTH.COM</t>
         </is>
       </c>
     </row>
     <row r="64" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A64">
         <is>
-          <t xml:space="preserve">AF105</t>
+          <t xml:space="preserve">AF59</t>
         </is>
       </c>
       <c s="11" r="B64">
-        <v>46303</v>
+        <v>46301</v>
       </c>
       <c s="12" t="inlineStr" r="C64">
         <is>
-          <t xml:space="preserve">Elite Home Inspections, LLC</t>
+          <t xml:space="preserve">soriano environmental inc</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H64">
         <is>
-          <t xml:space="preserve">339- 227-0388</t>
+          <t xml:space="preserve">617- 319-1667</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J64">
         <is>
-          <t xml:space="preserve">melrose</t>
+          <t xml:space="preserve">MARLBOROUGH</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M64">
         <is>
-          <t xml:space="preserve">PAULPARELLA@GMAIL.COM</t>
+          <t xml:space="preserve">asbestossupervising@gmail.com</t>
         </is>
       </c>
     </row>
     <row r="65" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A65">
         <is>
-          <t xml:space="preserve">AF121</t>
+          <t xml:space="preserve">AF104</t>
         </is>
       </c>
       <c s="8" r="B65">
-        <v>46049</v>
+        <v>46086</v>
       </c>
       <c s="9" t="inlineStr" r="C65">
         <is>
-          <t xml:space="preserve">BL Companies, Inc. </t>
+          <t xml:space="preserve">Tetra Tech, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H65">
         <is>
-          <t xml:space="preserve">203- 630-1406</t>
+          <t xml:space="preserve">150- 825-3469</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J65">
         <is>
-          <t xml:space="preserve">Meriden</t>
+          <t xml:space="preserve">Marlborough</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M65">
         <is>
-          <t xml:space="preserve">SJOHNSON@BLCOMPANIES.COM</t>
+          <t xml:space="preserve">MATT.MADDEN@TETRATECH.COM</t>
         </is>
       </c>
     </row>
     <row r="66" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A66">
         <is>
-          <t xml:space="preserve">AF46</t>
+          <t xml:space="preserve">AF45</t>
         </is>
       </c>
       <c s="11" r="B66">
-        <v>46224</v>
+        <v>46233</v>
       </c>
       <c s="12" t="inlineStr" r="C66">
         <is>
-          <t xml:space="preserve">EnviroMed Services Inc.</t>
+          <t xml:space="preserve">AR Consulting</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H66">
         <is>
-          <t xml:space="preserve">203- 238-4846</t>
+          <t xml:space="preserve">617- -79-4330</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J66">
         <is>
-          <t xml:space="preserve">Meriden</t>
+          <t xml:space="preserve">Medford</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M66">
         <is>
-          <t xml:space="preserve">TROGUS-ROSA@ENVIROMEDSERVICES.COM</t>
+          <t xml:space="preserve">BCOOK8043@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="67" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A67">
         <is>
-          <t xml:space="preserve">AF56</t>
+          <t xml:space="preserve">AF105</t>
         </is>
       </c>
       <c s="8" r="B67">
-        <v>46234</v>
+        <v>46303</v>
       </c>
       <c s="9" t="inlineStr" r="C67">
         <is>
-          <t xml:space="preserve">Safety Environmental Consultants Inc.</t>
+          <t xml:space="preserve">Elite Home Inspections, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H67">
         <is>
-          <t xml:space="preserve">617- 981-4774</t>
+          <t xml:space="preserve">339- 227-0388</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J67">
         <is>
-          <t xml:space="preserve">METHUEN</t>
+          <t xml:space="preserve">melrose</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M67">
         <is>
-          <t xml:space="preserve">MARVERON@SECMASS.COM</t>
+          <t xml:space="preserve">PAULPARELLA@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="68" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A68">
         <is>
-          <t xml:space="preserve">AF19</t>
+          <t xml:space="preserve">AF121</t>
         </is>
       </c>
       <c s="11" r="B68">
-        <v>46129</v>
+        <v>46409</v>
       </c>
       <c s="12" t="inlineStr" r="C68">
         <is>
-          <t xml:space="preserve">Costello Dismantling Co., Inc</t>
+          <t xml:space="preserve">BL Companies, Inc. </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H68">
         <is>
-          <t xml:space="preserve">508- -29-2324</t>
+          <t xml:space="preserve">203- 630-1406</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J68">
         <is>
-          <t xml:space="preserve">Middleboro</t>
+          <t xml:space="preserve">Meriden</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M68">
         <is>
-          <t xml:space="preserve">KAREN@COSTELLODISMANTLING.COM</t>
+          <t xml:space="preserve">kblaser@blcompanies.com</t>
         </is>
       </c>
     </row>
     <row r="69" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A69">
         <is>
-          <t xml:space="preserve">AF132</t>
+          <t xml:space="preserve">AF46</t>
         </is>
       </c>
       <c s="8" r="B69">
-        <v>46212</v>
+        <v>46224</v>
       </c>
       <c s="9" t="inlineStr" r="C69">
         <is>
-          <t xml:space="preserve">Marrick Inspectional Services</t>
+          <t xml:space="preserve">EnviroMed Services Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H69">
         <is>
-          <t xml:space="preserve">617- -99-3999</t>
+          <t xml:space="preserve">203- 238-4846</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J69">
         <is>
-          <t xml:space="preserve">Milton</t>
+          <t xml:space="preserve">Meriden</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M69">
         <is>
-          <t xml:space="preserve">TATRIOBLOIDAGTEACHT@GMAIL.COM</t>
+          <t xml:space="preserve">TROGUS-ROSA@ENVIROMEDSERVICES.COM</t>
         </is>
       </c>
     </row>
     <row r="70" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A70">
         <is>
-          <t xml:space="preserve">AF68</t>
+          <t xml:space="preserve">AF56</t>
         </is>
       </c>
       <c s="11" r="B70">
-        <v>46295</v>
+        <v>46234</v>
       </c>
       <c s="12" t="inlineStr" r="C70">
         <is>
-          <t xml:space="preserve">Common Sense Environmental, Inc.</t>
+          <t xml:space="preserve">Safety Environmental Consultants Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H70">
         <is>
-          <t xml:space="preserve">508- 858-5606</t>
+          <t xml:space="preserve">617- 981-4774</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J70">
         <is>
-          <t xml:space="preserve">new bedford</t>
+          <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M70">
         <is>
-          <t xml:space="preserve">CSGilchrest@comcast.net</t>
+          <t xml:space="preserve">MARVERON@SECMASS.COM</t>
         </is>
       </c>
     </row>
     <row r="71" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A71">
         <is>
-          <t xml:space="preserve">AF43</t>
+          <t xml:space="preserve">AF19</t>
         </is>
       </c>
       <c s="8" r="B71">
-        <v>46233</v>
+        <v>46129</v>
       </c>
       <c s="9" t="inlineStr" r="C71">
         <is>
-          <t xml:space="preserve">WSP USA INC.</t>
+          <t xml:space="preserve">Costello Dismantling Co., Inc</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H71">
         <is>
-          <t xml:space="preserve">407- 587-7848</t>
+          <t xml:space="preserve">508- -29-2324</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J71">
         <is>
-          <t xml:space="preserve">New York</t>
+          <t xml:space="preserve">Middleboro</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M71">
         <is>
-          <t xml:space="preserve">LICENSINGUS@WSP.COM</t>
+          <t xml:space="preserve">KAREN@COSTELLODISMANTLING.COM</t>
         </is>
       </c>
     </row>
     <row r="72" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A72">
         <is>
-          <t xml:space="preserve">AF107</t>
+          <t xml:space="preserve">AF132</t>
         </is>
       </c>
       <c s="11" r="B72">
-        <v>46142</v>
+        <v>46212</v>
       </c>
       <c s="12" t="inlineStr" r="C72">
         <is>
-          <t xml:space="preserve">Environmental Health &amp; Engineering</t>
+          <t xml:space="preserve">Marrick Inspectional Services</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H72">
         <is>
-          <t xml:space="preserve">617- 593-5412</t>
+          <t xml:space="preserve">617- -99-3999</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J72">
         <is>
-          <t xml:space="preserve">Newton</t>
+          <t xml:space="preserve">Milton</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M72">
         <is>
-          <t xml:space="preserve">ASBESTOSLICENSE@EHEINC.COM</t>
+          <t xml:space="preserve">TATRIOBLOIDAGTEACHT@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="73" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A73">
         <is>
-          <t xml:space="preserve">AF62</t>
+          <t xml:space="preserve">AF68</t>
         </is>
       </c>
       <c s="8" r="B73">
-        <v>46242</v>
+        <v>46295</v>
       </c>
       <c s="9" t="inlineStr" r="C73">
         <is>
-          <t xml:space="preserve">W. L. French Excavating </t>
+          <t xml:space="preserve">Common Sense Environmental, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H73">
         <is>
-          <t xml:space="preserve">617- 938-4032</t>
+          <t xml:space="preserve">508- 858-5606</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J73">
         <is>
-          <t xml:space="preserve">North Billerica</t>
+          <t xml:space="preserve">new bedford</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M73">
         <is>
-          <t xml:space="preserve">THUNT@WLFRENCH.COM</t>
+          <t xml:space="preserve">CSGilchrest@comcast.net</t>
         </is>
       </c>
     </row>
     <row r="74" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A74">
         <is>
-          <t xml:space="preserve">AF51</t>
+          <t xml:space="preserve">AF76</t>
         </is>
       </c>
       <c s="11" r="B74">
-        <v>46344</v>
+        <v>46092</v>
       </c>
       <c s="12" t="inlineStr" r="C74">
         <is>
-          <t xml:space="preserve">Capital Environmental LLC</t>
+          <t xml:space="preserve">Eastern Environmental Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H74">
         <is>
-          <t xml:space="preserve">508- -39-5550</t>
+          <t xml:space="preserve">774- -24-5691</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J74">
         <is>
-          <t xml:space="preserve">Northborough</t>
+          <t xml:space="preserve">NEW BEDFORD</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M74">
         <is>
-          <t xml:space="preserve">don@capital-enviro.com</t>
+          <t xml:space="preserve">DGOMES@EASTERNENVIROINC.COM</t>
         </is>
       </c>
     </row>
     <row r="75" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A75">
         <is>
-          <t xml:space="preserve">AF10</t>
+          <t xml:space="preserve">AF43</t>
         </is>
       </c>
       <c s="8" r="B75">
-        <v>46150</v>
+        <v>46233</v>
       </c>
       <c s="9" t="inlineStr" r="C75">
         <is>
-          <t xml:space="preserve">Rempert Inc DBA RPF Environmental</t>
+          <t xml:space="preserve">WSP USA INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H75">
         <is>
-          <t xml:space="preserve">603- 942-5432</t>
+          <t xml:space="preserve">407- 587-7848</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J75">
         <is>
-          <t xml:space="preserve">Northwood</t>
+          <t xml:space="preserve">New York</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M75">
         <is>
-          <t xml:space="preserve">KATIE@AIRPF.COM</t>
+          <t xml:space="preserve">LICENSINGUS@WSP.COM</t>
         </is>
       </c>
     </row>
     <row r="76" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A76">
         <is>
-          <t xml:space="preserve">AF95</t>
+          <t xml:space="preserve">AF107</t>
         </is>
       </c>
       <c s="11" r="B76">
-        <v>46157</v>
+        <v>46142</v>
       </c>
       <c s="12" t="inlineStr" r="C76">
         <is>
-          <t xml:space="preserve">Big East Environmental, LLC</t>
+          <t xml:space="preserve">Environmental Health &amp; Engineering</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H76">
         <is>
-          <t xml:space="preserve">203- 505-9717</t>
+          <t xml:space="preserve">617- 593-5412</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J76">
         <is>
-          <t xml:space="preserve">NORWALK</t>
+          <t xml:space="preserve">Newton</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M76">
         <is>
-          <t xml:space="preserve">CONTACT@BIGEASTLABS.COM</t>
+          <t xml:space="preserve">ASBESTOSLICENSE@EHEINC.COM</t>
         </is>
       </c>
     </row>
     <row r="77" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A77">
         <is>
-          <t xml:space="preserve">AF90</t>
+          <t xml:space="preserve">AF62</t>
         </is>
       </c>
       <c s="8" r="B77">
-        <v>46014</v>
+        <v>46242</v>
       </c>
       <c s="9" t="inlineStr" r="C77">
         <is>
-          <t xml:space="preserve">Banner Environmental Services, Inc.</t>
+          <t xml:space="preserve">W. L. French Excavating </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H77">
         <is>
-          <t xml:space="preserve">339- 216-0557</t>
+          <t xml:space="preserve">617- 938-4032</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J77">
         <is>
-          <t xml:space="preserve">Norwood</t>
+          <t xml:space="preserve">North Billerica</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M77">
         <is>
-          <t xml:space="preserve">ncheung@bannerenvironmental.com</t>
+          <t xml:space="preserve">THUNT@WLFRENCH.COM</t>
         </is>
       </c>
     </row>
     <row r="78" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A78">
         <is>
-          <t xml:space="preserve">AF127</t>
+          <t xml:space="preserve">AF51</t>
         </is>
       </c>
       <c s="11" r="B78">
-        <v>46107</v>
+        <v>46344</v>
       </c>
       <c s="12" t="inlineStr" r="C78">
         <is>
-          <t xml:space="preserve">LeBlanc's Environmental Services</t>
+          <t xml:space="preserve">Capital Environmental LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H78">
         <is>
-          <t xml:space="preserve">774- 670-8119</t>
+          <t xml:space="preserve">508- -39-5550</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J78">
         <is>
-          <t xml:space="preserve">Oxford</t>
+          <t xml:space="preserve">Northborough</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M78">
         <is>
-          <t xml:space="preserve">GERALDLES72@GMAIL.COM</t>
+          <t xml:space="preserve">don@capital-enviro.com</t>
         </is>
       </c>
     </row>
     <row r="79" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A79">
         <is>
-          <t xml:space="preserve">AF31</t>
+          <t xml:space="preserve">AF10</t>
         </is>
       </c>
       <c s="8" r="B79">
-        <v>46248</v>
+        <v>46150</v>
       </c>
       <c s="9" t="inlineStr" r="C79">
         <is>
-          <t xml:space="preserve">September Lane Labs, INC</t>
+          <t xml:space="preserve">Rempert Inc DBA RPF Environmental</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H79">
         <is>
-          <t xml:space="preserve">203- 668-8533</t>
+          <t xml:space="preserve">603- 942-5432</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J79">
         <is>
-          <t xml:space="preserve">Oxford</t>
+          <t xml:space="preserve">Northwood</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M79">
         <is>
-          <t xml:space="preserve">SEPTEMBERLANELABS@GMAIL.COM</t>
+          <t xml:space="preserve">KATIE@AIRPF.COM</t>
         </is>
       </c>
     </row>
     <row r="80" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A80">
         <is>
-          <t xml:space="preserve">AF69</t>
+          <t xml:space="preserve">AF95</t>
         </is>
       </c>
       <c s="11" r="B80">
-        <v>46338</v>
+        <v>46157</v>
       </c>
       <c s="12" t="inlineStr" r="C80">
         <is>
-          <t xml:space="preserve">Eco-Genesis Corporation</t>
+          <t xml:space="preserve">Big East Environmental, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H80">
         <is>
-          <t xml:space="preserve">413- 445-7756</t>
+          <t xml:space="preserve">203- 505-9717</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J80">
         <is>
-          <t xml:space="preserve">Pittsfield</t>
+          <t xml:space="preserve">NORWALK</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M80">
         <is>
-          <t xml:space="preserve">myron@ecogenesis.com</t>
+          <t xml:space="preserve">CONTACT@BIGEASTLABS.COM</t>
         </is>
       </c>
     </row>
     <row r="81" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A81">
         <is>
-          <t xml:space="preserve">AF88</t>
+          <t xml:space="preserve">AF90</t>
         </is>
       </c>
       <c s="8" r="B81">
-        <v>46156</v>
+        <v>46361</v>
       </c>
       <c s="9" t="inlineStr" r="C81">
         <is>
-          <t xml:space="preserve">All State Abatement Professionals, inc. </t>
+          <t xml:space="preserve">Banner Environmental Services, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H81">
         <is>
-          <t xml:space="preserve">603- 378-0600</t>
+          <t xml:space="preserve">339- 216-0557</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J81">
         <is>
-          <t xml:space="preserve">PLAISTOW</t>
+          <t xml:space="preserve">Norwood</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M81">
         <is>
-          <t xml:space="preserve">NICOLE@ASAPRESTORATION.COM</t>
+          <t xml:space="preserve">csantiago@bannerenvironmental.com</t>
         </is>
       </c>
     </row>
     <row r="82" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A82">
         <is>
-          <t xml:space="preserve">AF80</t>
+          <t xml:space="preserve">AF127</t>
         </is>
       </c>
       <c s="11" r="B82">
-        <v>46305</v>
+        <v>46107</v>
       </c>
       <c s="12" t="inlineStr" r="C82">
         <is>
-          <t xml:space="preserve">HBR Enterprises, Inc</t>
+          <t xml:space="preserve">LeBlanc's Environmental Services</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H82">
         <is>
-          <t xml:space="preserve">781- 953-5206</t>
+          <t xml:space="preserve">774- 670-8119</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J82">
         <is>
-          <t xml:space="preserve">Plymouth</t>
+          <t xml:space="preserve">Oxford</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M82">
         <is>
-          <t xml:space="preserve">joseph.oconnell@verizon.net</t>
+          <t xml:space="preserve">GERALDLES72@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="83" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A83">
         <is>
-          <t xml:space="preserve">AF2</t>
+          <t xml:space="preserve">AF31</t>
         </is>
       </c>
       <c s="8" r="B83">
-        <v>46072.3885825231</v>
+        <v>46248</v>
       </c>
       <c s="9" t="inlineStr" r="C83">
         <is>
-          <t xml:space="preserve">Woodard &amp; Curran, Inc. </t>
+          <t xml:space="preserve">September Lane Labs, INC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H83">
         <is>
-          <t xml:space="preserve">978- 944-3046</t>
+          <t xml:space="preserve">203- 668-8533</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J83">
         <is>
-          <t xml:space="preserve">Portland</t>
+          <t xml:space="preserve">Oxford</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M83">
         <is>
-          <t xml:space="preserve">ROSEBUDDIE34@YAHOO.COM</t>
+          <t xml:space="preserve">SEPTEMBERLANELABS@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="84" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A84">
         <is>
-          <t xml:space="preserve">AF124</t>
+          <t xml:space="preserve">AF69</t>
         </is>
       </c>
       <c s="11" r="B84">
-        <v>46074</v>
+        <v>46338</v>
       </c>
       <c s="12" t="inlineStr" r="C84">
         <is>
-          <t xml:space="preserve">Trimco Holdings LLC ; DBA Mountain Environmental</t>
+          <t xml:space="preserve">Eco-Genesis Corporation</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H84">
         <is>
-          <t xml:space="preserve">401- 374-2907</t>
+          <t xml:space="preserve">413- 445-7756</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J84">
         <is>
-          <t xml:space="preserve">Providence</t>
+          <t xml:space="preserve">Pittsfield</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M84">
         <is>
-          <t xml:space="preserve">NTRIMBLE@MOUNTAINENV.COM</t>
+          <t xml:space="preserve">myron@ecogenesis.com</t>
         </is>
       </c>
     </row>
     <row r="85" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A85">
         <is>
-          <t xml:space="preserve">AF29</t>
+          <t xml:space="preserve">AF88</t>
         </is>
       </c>
       <c s="8" r="B85">
-        <v>46176</v>
+        <v>46156</v>
       </c>
       <c s="9" t="inlineStr" r="C85">
         <is>
-          <t xml:space="preserve">Fuss &amp; O'Neill, Inc.</t>
+          <t xml:space="preserve">All State Abatement Professionals, inc. </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H85">
         <is>
-          <t xml:space="preserve">(86- 0) -4651</t>
+          <t xml:space="preserve">603- 378-0600</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J85">
         <is>
-          <t xml:space="preserve">Quincy</t>
+          <t xml:space="preserve">PLAISTOW</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M85">
         <is>
-          <t xml:space="preserve">RMAY@FANDO.COM</t>
+          <t xml:space="preserve">NICOLE@ASAPRESTORATION.COM</t>
         </is>
       </c>
     </row>
     <row r="86" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A86">
         <is>
-          <t xml:space="preserve">AF110</t>
+          <t xml:space="preserve">AF80</t>
         </is>
       </c>
       <c s="11" r="B86">
-        <v>46157</v>
+        <v>46305</v>
       </c>
       <c s="12" t="inlineStr" r="C86">
         <is>
-          <t xml:space="preserve">TERRA Environmental, LLC</t>
+          <t xml:space="preserve">HBR Enterprises, Inc</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H86">
         <is>
-          <t xml:space="preserve">781- 944-6851</t>
+          <t xml:space="preserve">781- 953-5206</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J86">
         <is>
-          <t xml:space="preserve">Reading</t>
+          <t xml:space="preserve">Plymouth</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M86">
         <is>
-          <t xml:space="preserve">PPETERSON@TERRA-ENV.COM</t>
+          <t xml:space="preserve">joseph.oconnell@verizon.net</t>
         </is>
       </c>
     </row>
     <row r="87" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A87">
         <is>
-          <t xml:space="preserve">AF108</t>
+          <t xml:space="preserve">AF2</t>
         </is>
       </c>
       <c s="8" r="B87">
-        <v>46093</v>
+        <v>46072.3885825231</v>
       </c>
       <c s="9" t="inlineStr" r="C87">
         <is>
-          <t xml:space="preserve">Weston &amp; Sampson Engineers, Inc.</t>
+          <t xml:space="preserve">Woodard &amp; Curran, Inc. </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H87">
         <is>
-          <t xml:space="preserve">987- -53-1900</t>
+          <t xml:space="preserve">978- 944-3046</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J87">
         <is>
-          <t xml:space="preserve">Reading</t>
+          <t xml:space="preserve">Portland</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M87">
         <is>
-          <t xml:space="preserve">BOTTICELLO.PETER@WSEINC.COM</t>
+          <t xml:space="preserve">kelly.dodd@woodardcurran.com</t>
         </is>
       </c>
     </row>
     <row r="88" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A88">
         <is>
-          <t xml:space="preserve">AF12</t>
+          <t xml:space="preserve">AF124</t>
         </is>
       </c>
       <c s="11" r="B88">
-        <v>46100</v>
+        <v>46074</v>
       </c>
       <c s="12" t="inlineStr" r="C88">
         <is>
-          <t xml:space="preserve">EnviroBrite Inspections, Inc.</t>
+          <t xml:space="preserve">Trimco Holdings LLC ; DBA Mountain Environmental</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H88">
         <is>
-          <t xml:space="preserve">781- 964-8634</t>
+          <t xml:space="preserve">401- 374-2907</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J88">
         <is>
-          <t xml:space="preserve">Revere</t>
+          <t xml:space="preserve">Providence</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M88">
         <is>
-          <t xml:space="preserve">SURVEYS@ENVIROBRITEASBESTOS.COM</t>
+          <t xml:space="preserve">NTRIMBLE@MOUNTAINENV.COM</t>
         </is>
       </c>
     </row>
     <row r="89" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A89">
         <is>
-          <t xml:space="preserve">AF59</t>
+          <t xml:space="preserve">AF29</t>
         </is>
       </c>
       <c s="8" r="B89">
-        <v>46301</v>
+        <v>46176</v>
       </c>
       <c s="9" t="inlineStr" r="C89">
         <is>
-          <t xml:space="preserve">soriano environmental inc</t>
+          <t xml:space="preserve">Fuss &amp; O'Neill, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H89">
         <is>
-          <t xml:space="preserve">617- 319-1667</t>
+          <t xml:space="preserve">(86- 0) -4651</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J89">
         <is>
-          <t xml:space="preserve">Revere</t>
+          <t xml:space="preserve">Quincy</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M89">
         <is>
-          <t xml:space="preserve">asbestossupervising@gmail.com</t>
+          <t xml:space="preserve">RMAY@FANDO.COM</t>
         </is>
       </c>
     </row>
     <row r="90" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A90">
         <is>
-          <t xml:space="preserve">AF27</t>
+          <t xml:space="preserve">AF110</t>
         </is>
       </c>
       <c s="11" r="B90">
-        <v>46128</v>
+        <v>46157</v>
       </c>
       <c s="12" t="inlineStr" r="C90">
         <is>
-          <t xml:space="preserve">Environmental Consulting Solutions LLC</t>
+          <t xml:space="preserve">TERRA Environmental, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H90">
         <is>
-          <t xml:space="preserve">978- 855-4920</t>
+          <t xml:space="preserve">781- 944-6851</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J90">
         <is>
-          <t xml:space="preserve">RINDGE</t>
+          <t xml:space="preserve">Reading</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M90">
         <is>
-          <t xml:space="preserve">JONATHAN@ENVIROCONSULTSOLUTION.COM</t>
+          <t xml:space="preserve">PPETERSON@TERRA-ENV.COM</t>
         </is>
       </c>
     </row>
     <row r="91" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A91">
         <is>
-          <t xml:space="preserve">AF84</t>
+          <t xml:space="preserve">AF108</t>
         </is>
       </c>
       <c s="8" r="B91">
-        <v>46332</v>
+        <v>46093</v>
       </c>
       <c s="9" t="inlineStr" r="C91">
         <is>
-          <t xml:space="preserve">MAC Services, LLC</t>
+          <t xml:space="preserve">Weston &amp; Sampson Engineers, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H91">
         <is>
-          <t xml:space="preserve">508- 789-0983</t>
+          <t xml:space="preserve">987- -53-1900</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J91">
         <is>
-          <t xml:space="preserve">ROCHESTER</t>
+          <t xml:space="preserve">Reading</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M91">
         <is>
-          <t xml:space="preserve">jcooney@macmoldandmore.com</t>
+          <t xml:space="preserve">BOTTICELLO.PETER@WSEINC.COM</t>
         </is>
       </c>
     </row>
     <row r="92" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A92">
         <is>
-          <t xml:space="preserve">AF60</t>
+          <t xml:space="preserve">AF12</t>
         </is>
       </c>
       <c s="11" r="B92">
-        <v>46259</v>
+        <v>46100</v>
       </c>
       <c s="12" t="inlineStr" r="C92">
         <is>
-          <t xml:space="preserve">GREEN ENVIRONMENTAL, INC.</t>
+          <t xml:space="preserve">EnviroBrite Inspections, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H92">
         <is>
-          <t xml:space="preserve">617- 479-0550</t>
+          <t xml:space="preserve">781- 964-8634</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J92">
         <is>
-          <t xml:space="preserve">ROCKLAND</t>
+          <t xml:space="preserve">Revere</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M92">
         <is>
-          <t xml:space="preserve">aamate@greenenvironmental.com</t>
+          <t xml:space="preserve">SURVEYS@ENVIROBRITEASBESTOS.COM</t>
         </is>
       </c>
     </row>
     <row r="93" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A93">
         <is>
-          <t xml:space="preserve">AF98</t>
+          <t xml:space="preserve">AF27</t>
         </is>
       </c>
       <c s="8" r="B93">
-        <v>46098</v>
+        <v>46128</v>
       </c>
       <c s="9" t="inlineStr" r="C93">
         <is>
-          <t xml:space="preserve">Apex Companies, LLC</t>
+          <t xml:space="preserve">Environmental Consulting Solutions LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H93">
         <is>
-          <t xml:space="preserve">301- 417-0200</t>
+          <t xml:space="preserve">978- 855-4920</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J93">
         <is>
-          <t xml:space="preserve">Rockville</t>
+          <t xml:space="preserve">RINDGE</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M93">
         <is>
-          <t xml:space="preserve">LICENSES@APEXCOS.COM</t>
+          <t xml:space="preserve">JONATHAN@ENVIROCONSULTSOLUTION.COM</t>
         </is>
       </c>
     </row>
     <row r="94" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A94">
         <is>
-          <t xml:space="preserve">AF109</t>
+          <t xml:space="preserve">AF84</t>
         </is>
       </c>
       <c s="11" r="B94">
-        <v>46311</v>
+        <v>46332</v>
       </c>
       <c s="12" t="inlineStr" r="C94">
         <is>
-          <t xml:space="preserve">Insight Environmental, LLC</t>
+          <t xml:space="preserve">MAC Services, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H94">
         <is>
-          <t xml:space="preserve">978- 771-8541</t>
+          <t xml:space="preserve">508- 789-0983</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J94">
         <is>
-          <t xml:space="preserve">Salem</t>
+          <t xml:space="preserve">ROCHESTER</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M94">
         <is>
-          <t xml:space="preserve">INSIGHTENVIRONE@GMAIL.COM</t>
+          <t xml:space="preserve">jcooney@macmoldandmore.com</t>
         </is>
       </c>
     </row>
     <row r="95" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A95">
         <is>
-          <t xml:space="preserve">AF86</t>
+          <t xml:space="preserve">AF60</t>
         </is>
       </c>
       <c s="8" r="B95">
-        <v>46084</v>
+        <v>46259</v>
       </c>
       <c s="9" t="inlineStr" r="C95">
         <is>
-          <t xml:space="preserve">Marquis Management, LLC</t>
+          <t xml:space="preserve">GREEN ENVIRONMENTAL, INC.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H95">
         <is>
-          <t xml:space="preserve">781- 996-9981</t>
+          <t xml:space="preserve">617- 479-0550</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J95">
         <is>
-          <t xml:space="preserve">Salem</t>
+          <t xml:space="preserve">ROCKLAND</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M95">
         <is>
-          <t xml:space="preserve">CMOORE@MQSMGT.COM</t>
+          <t xml:space="preserve">aamate@greenenvironmental.com</t>
         </is>
       </c>
     </row>
     <row r="96" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A96">
         <is>
-          <t xml:space="preserve">AF13</t>
+          <t xml:space="preserve">AF98</t>
         </is>
       </c>
       <c s="11" r="B96">
-        <v>46115</v>
+        <v>46098</v>
       </c>
       <c s="12" t="inlineStr" r="C96">
         <is>
-          <t xml:space="preserve">TestAll Environmental</t>
+          <t xml:space="preserve">Apex Companies, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H96">
         <is>
-          <t xml:space="preserve">617-  79-5187</t>
+          <t xml:space="preserve">301- 417-0200</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J96">
         <is>
-          <t xml:space="preserve">Salem</t>
+          <t xml:space="preserve">Rockville</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M96">
         <is>
-          <t xml:space="preserve">CPENNOR@TESTALLENV.COM</t>
+          <t xml:space="preserve">LICENSES@APEXCOS.COM</t>
         </is>
       </c>
     </row>
     <row r="97" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A97">
         <is>
-          <t xml:space="preserve">AF32</t>
+          <t xml:space="preserve">AF109</t>
         </is>
       </c>
       <c s="8" r="B97">
-        <v>46325</v>
+        <v>46311</v>
       </c>
       <c s="9" t="inlineStr" r="C97">
         <is>
-          <t xml:space="preserve">O'Reilly, Talbot &amp; Okun Associates, INC.</t>
+          <t xml:space="preserve">Insight Environmental, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H97">
         <is>
-          <t xml:space="preserve">413- -78-6222</t>
+          <t xml:space="preserve">978- 771-8541</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J97">
         <is>
-          <t xml:space="preserve">SPRINGFIELD</t>
+          <t xml:space="preserve">Salem</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M97">
         <is>
-          <t xml:space="preserve">ZALENSKI@OTO-ENV.COM</t>
+          <t xml:space="preserve">INSIGHTENVIRONE@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="98" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A98">
         <is>
-          <t xml:space="preserve">AF28</t>
+          <t xml:space="preserve">AF86</t>
         </is>
       </c>
       <c s="11" r="B98">
-        <v>46179</v>
+        <v>46084</v>
       </c>
       <c s="12" t="inlineStr" r="C98">
         <is>
-          <t xml:space="preserve">Trileaf Corporation</t>
+          <t xml:space="preserve">Marquis Management, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H98">
         <is>
-          <t xml:space="preserve">410- 853-7128</t>
+          <t xml:space="preserve">781- 996-9981</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J98">
         <is>
-          <t xml:space="preserve">St. Louis</t>
+          <t xml:space="preserve">Salem</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M98">
         <is>
-          <t xml:space="preserve">B.THACKER@TRILEAF.COM</t>
+          <t xml:space="preserve">CMOORE@MQSMGT.COM</t>
         </is>
       </c>
     </row>
     <row r="99" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A99">
         <is>
-          <t xml:space="preserve">AF137</t>
+          <t xml:space="preserve">AF13</t>
         </is>
       </c>
       <c s="8" r="B99">
-        <v>46322</v>
+        <v>46115</v>
       </c>
       <c s="9" t="inlineStr" r="C99">
         <is>
-          <t xml:space="preserve">Bay West</t>
+          <t xml:space="preserve">TestAll Environmental</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H99">
         <is>
-          <t xml:space="preserve">651- 291-0456</t>
+          <t xml:space="preserve">617-  79-5187</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J99">
         <is>
-          <t xml:space="preserve">St. Paul</t>
+          <t xml:space="preserve">Salem</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M99">
         <is>
-          <t xml:space="preserve">JWARD@BAYWEST.COM</t>
+          <t xml:space="preserve">CPENNOR@TESTALLENV.COM</t>
         </is>
       </c>
     </row>
     <row r="100" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A100">
         <is>
-          <t xml:space="preserve">AF30</t>
+          <t xml:space="preserve">AF32</t>
         </is>
       </c>
       <c s="11" r="B100">
-        <v>46205</v>
+        <v>46325</v>
       </c>
       <c s="12" t="inlineStr" r="C100">
         <is>
-          <t xml:space="preserve">Mabbett &amp; Associates, Inc.</t>
+          <t xml:space="preserve">O'Reilly, Talbot &amp; Okun Associates, INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H100">
         <is>
-          <t xml:space="preserve">781- 835-0114</t>
+          <t xml:space="preserve">413- -78-6222</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J100">
         <is>
-          <t xml:space="preserve">Stoneham</t>
+          <t xml:space="preserve">SPRINGFIELD</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M100">
         <is>
-          <t xml:space="preserve">DOLINER@MABBETT.COM</t>
+          <t xml:space="preserve">ZALENSKI@OTO-ENV.COM</t>
         </is>
       </c>
     </row>
     <row r="101" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A101">
         <is>
-          <t xml:space="preserve">AF126</t>
+          <t xml:space="preserve">AF28</t>
         </is>
       </c>
       <c s="8" r="B101">
-        <v>46101</v>
+        <v>46179</v>
       </c>
       <c s="9" t="inlineStr" r="C101">
         <is>
-          <t xml:space="preserve">MGS Environmental Services, Inc.</t>
+          <t xml:space="preserve">Trileaf Corporation</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H101">
         <is>
-          <t xml:space="preserve">978- 855-1248</t>
+          <t xml:space="preserve">410- 853-7128</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J101">
         <is>
-          <t xml:space="preserve">Stow</t>
+          <t xml:space="preserve">St. Louis</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M101">
         <is>
-          <t xml:space="preserve">MICHAEL@MGSENVIRONMENTAL.COM</t>
+          <t xml:space="preserve">B.THACKER@TRILEAF.COM</t>
         </is>
       </c>
     </row>
     <row r="102" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A102">
         <is>
-          <t xml:space="preserve">AF94</t>
+          <t xml:space="preserve">AF137</t>
         </is>
       </c>
       <c s="11" r="B102">
-        <v>46088</v>
+        <v>46322</v>
       </c>
       <c s="12" t="inlineStr" r="C102">
         <is>
-          <t xml:space="preserve">A1 Spectrum</t>
+          <t xml:space="preserve">Bay West</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H102">
         <is>
-          <t xml:space="preserve">781- 820-1523</t>
+          <t xml:space="preserve">651- 291-0456</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J102">
         <is>
-          <t xml:space="preserve">Sutton</t>
+          <t xml:space="preserve">St. Paul</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M102">
         <is>
-          <t xml:space="preserve">ROBERTGRAVALLESE@GMAIL.COM</t>
+          <t xml:space="preserve">JWARD@BAYWEST.COM</t>
         </is>
       </c>
     </row>
     <row r="103" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A103">
         <is>
-          <t xml:space="preserve">AF100</t>
+          <t xml:space="preserve">AF30</t>
         </is>
       </c>
       <c s="8" r="B103">
-        <v>46128</v>
+        <v>46205</v>
       </c>
       <c s="9" t="inlineStr" r="C103">
         <is>
-          <t xml:space="preserve">Ramboll Americas Engineering Solutions, Inc.</t>
+          <t xml:space="preserve">Mabbett &amp; Associates, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H103">
         <is>
-          <t xml:space="preserve">860- 368-1509</t>
+          <t xml:space="preserve">781- 835-0114</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J103">
         <is>
-          <t xml:space="preserve">Syracuse</t>
+          <t xml:space="preserve">Stoneham</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M103">
         <is>
-          <t xml:space="preserve">MEG.HERMANN@RAMBOLL.COM</t>
+          <t xml:space="preserve">DOLINER@MABBETT.COM</t>
         </is>
       </c>
     </row>
     <row r="104" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A104">
         <is>
-          <t xml:space="preserve">AF52</t>
+          <t xml:space="preserve">AF126</t>
         </is>
       </c>
       <c s="11" r="B104">
-        <v>46261</v>
+        <v>46101</v>
       </c>
       <c s="12" t="inlineStr" r="C104">
         <is>
-          <t xml:space="preserve">Partner Assessment Corporation dba Partner Engineering and Science, Inc.</t>
+          <t xml:space="preserve">MGS Environmental Services, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H104">
         <is>
-          <t xml:space="preserve">310- -61-4500</t>
+          <t xml:space="preserve">978- 855-1248</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J104">
         <is>
-          <t xml:space="preserve">Torrance</t>
+          <t xml:space="preserve">Stow</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M104">
         <is>
-          <t xml:space="preserve">Licensing@partneresi.com</t>
+          <t xml:space="preserve">MICHAEL@MGSENVIRONMENTAL.COM</t>
         </is>
       </c>
     </row>
     <row r="105" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A105">
         <is>
-          <t xml:space="preserve">AF53</t>
+          <t xml:space="preserve">AF94</t>
         </is>
       </c>
       <c s="8" r="B105">
-        <v>46295</v>
+        <v>46088</v>
       </c>
       <c s="9" t="inlineStr" r="C105">
         <is>
-          <t xml:space="preserve">Cashins &amp; Associates, Inc.</t>
+          <t xml:space="preserve">A1 Spectrum</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H105">
         <is>
-          <t xml:space="preserve">781- 245-1400</t>
+          <t xml:space="preserve">781- 820-1523</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J105">
         <is>
-          <t xml:space="preserve">Wakefield</t>
+          <t xml:space="preserve">Sutton</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M105">
         <is>
-          <t xml:space="preserve">ACCOUNTING@CASHINS.COM</t>
+          <t xml:space="preserve">ROBERTGRAVALLESE@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="106" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A106">
         <is>
-          <t xml:space="preserve">AF92</t>
+          <t xml:space="preserve">AF100</t>
         </is>
       </c>
       <c s="11" r="B106">
-        <v>46051</v>
+        <v>46128</v>
       </c>
       <c s="12" t="inlineStr" r="C106">
         <is>
-          <t xml:space="preserve">GES, LLC</t>
+          <t xml:space="preserve">Ramboll Americas Engineering Solutions, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H106">
         <is>
-          <t xml:space="preserve">774- 244-6267</t>
+          <t xml:space="preserve">860- 368-1509</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J106">
         <is>
-          <t xml:space="preserve">Walpole</t>
+          <t xml:space="preserve">Syracuse</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M106">
         <is>
-          <t xml:space="preserve">JG@GESENVIRO.COM</t>
+          <t xml:space="preserve">MEG.HERMANN@RAMBOLL.COM</t>
         </is>
       </c>
     </row>
     <row r="107" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A107">
         <is>
-          <t xml:space="preserve">AF1</t>
+          <t xml:space="preserve">AF52</t>
         </is>
       </c>
       <c s="8" r="B107">
-        <v>46036</v>
+        <v>46261</v>
       </c>
       <c s="9" t="inlineStr" r="C107">
         <is>
-          <t xml:space="preserve">Paul Matuszko Environmental Consulting</t>
+          <t xml:space="preserve">Partner Assessment Corporation dba Partner Engineering and Science, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H107">
         <is>
-          <t xml:space="preserve">161- 789-4476</t>
+          <t xml:space="preserve">310- -61-4500</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J107">
         <is>
-          <t xml:space="preserve">Walpole</t>
+          <t xml:space="preserve">Torrance</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M107">
         <is>
-          <t xml:space="preserve">pmatuszko@gmail.com</t>
+          <t xml:space="preserve">Licensing@partneresi.com</t>
         </is>
       </c>
     </row>
     <row r="108" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A108">
         <is>
-          <t xml:space="preserve">AF57</t>
+          <t xml:space="preserve">AF53</t>
         </is>
       </c>
       <c s="11" r="B108">
-        <v>46281</v>
+        <v>46295</v>
       </c>
       <c s="12" t="inlineStr" r="C108">
         <is>
-          <t xml:space="preserve">Hub Testing Laboratory, Inc.</t>
+          <t xml:space="preserve">Cashins &amp; Associates, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H108">
         <is>
-          <t xml:space="preserve">781- -89-8330</t>
+          <t xml:space="preserve">781- 245-1400</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J108">
         <is>
-          <t xml:space="preserve">Waltham</t>
+          <t xml:space="preserve">Wakefield</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M108">
         <is>
-          <t xml:space="preserve">HUBTESTING95@GMAIL.COM</t>
+          <t xml:space="preserve">ACCOUNTING@CASHINS.COM</t>
         </is>
       </c>
     </row>
     <row r="109" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A109">
         <is>
-          <t xml:space="preserve">AF34</t>
+          <t xml:space="preserve">AF1</t>
         </is>
       </c>
       <c s="8" r="B109">
-        <v>45993</v>
+        <v>46415</v>
       </c>
       <c s="9" t="inlineStr" r="C109">
         <is>
-          <t xml:space="preserve">Whitestone Associates, Inc</t>
+          <t xml:space="preserve">Paul Matuszko Environmental Consulting</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H109">
         <is>
-          <t xml:space="preserve">908- 668-7777</t>
+          <t xml:space="preserve">161- 789-4476</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J109">
         <is>
-          <t xml:space="preserve">Warren</t>
+          <t xml:space="preserve">Walpole</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M109">
         <is>
-          <t xml:space="preserve">jhassett@whitestoneassoc.com</t>
+          <t xml:space="preserve">pmatuszko@gmail.com</t>
         </is>
       </c>
     </row>
     <row r="110" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A110">
         <is>
-          <t xml:space="preserve">AF61</t>
+          <t xml:space="preserve">AF57</t>
         </is>
       </c>
       <c s="11" r="B110">
-        <v>46298</v>
+        <v>46281</v>
       </c>
       <c s="12" t="inlineStr" r="C110">
         <is>
-          <t xml:space="preserve">Green Environmental Consulting, Inc</t>
+          <t xml:space="preserve">Hub Testing Laboratory, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H110">
         <is>
-          <t xml:space="preserve">413- 695-5875</t>
+          <t xml:space="preserve">781- -89-8330</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J110">
         <is>
-          <t xml:space="preserve">West Hatfield</t>
+          <t xml:space="preserve">Waltham</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M110">
         <is>
-          <t xml:space="preserve">adam@gecenviro.com</t>
+          <t xml:space="preserve">HUBTESTING95@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="111" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A111">
         <is>
-          <t xml:space="preserve">AF22</t>
+          <t xml:space="preserve">AF34</t>
         </is>
       </c>
       <c s="8" r="B111">
-        <v>46126</v>
+        <v>46375</v>
       </c>
       <c s="9" t="inlineStr" r="C111">
         <is>
-          <t xml:space="preserve">Atlas Technical Consultants LLC</t>
+          <t xml:space="preserve">Whitestone Associates, Inc</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H111">
         <is>
-          <t xml:space="preserve">413- 781-0070</t>
+          <t xml:space="preserve">908- 668-7777</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J111">
         <is>
-          <t xml:space="preserve">West Springfield</t>
+          <t xml:space="preserve">Warren</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M111">
         <is>
-          <t xml:space="preserve">BRIAN.WILLIAMS@ONEATLAS.COM</t>
+          <t xml:space="preserve">jhassett@whitestoneassoc.com</t>
         </is>
       </c>
     </row>
     <row r="112" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A112">
         <is>
-          <t xml:space="preserve">AF113</t>
+          <t xml:space="preserve">AF61</t>
         </is>
       </c>
       <c s="11" r="B112">
-        <v>46288</v>
+        <v>46298</v>
       </c>
       <c s="12" t="inlineStr" r="C112">
         <is>
-          <t xml:space="preserve">Credere Associates, LLC</t>
+          <t xml:space="preserve">Green Environmental Consulting, Inc</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H112">
         <is>
-          <t xml:space="preserve">207- 828-1272</t>
+          <t xml:space="preserve">413- 695-5875</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J112">
         <is>
-          <t xml:space="preserve">Westbrook</t>
+          <t xml:space="preserve">West Hatfield</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M112">
         <is>
-          <t xml:space="preserve">mwentworth@crederellc.com</t>
+          <t xml:space="preserve">adam@gecenviro.com</t>
         </is>
       </c>
     </row>
     <row r="113" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A113">
         <is>
-          <t xml:space="preserve">AF47</t>
+          <t xml:space="preserve">AF22</t>
         </is>
       </c>
       <c s="8" r="B113">
-        <v>46343</v>
+        <v>46126</v>
       </c>
       <c s="9" t="inlineStr" r="C113">
         <is>
-          <t xml:space="preserve">MESSINA PROPERTY MANAGMENT LLC</t>
+          <t xml:space="preserve">Atlas Technical Consultants LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H113">
         <is>
-          <t xml:space="preserve">161- 779-3016</t>
+          <t xml:space="preserve">413- 781-0070</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J113">
         <is>
-          <t xml:space="preserve">Weston</t>
+          <t xml:space="preserve">West Springfield</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M113">
         <is>
-          <t xml:space="preserve">messinapropsvcs@comcast.net</t>
+          <t xml:space="preserve">BRIAN.WILLIAMS@ONEATLAS.COM</t>
         </is>
       </c>
     </row>
     <row r="114" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A114">
         <is>
-          <t xml:space="preserve">AF114</t>
+          <t xml:space="preserve">AF113</t>
         </is>
       </c>
       <c s="11" r="B114">
-        <v>46261</v>
+        <v>46288</v>
       </c>
       <c s="12" t="inlineStr" r="C114">
         <is>
-          <t xml:space="preserve">Envirotest Lab, Inc</t>
+          <t xml:space="preserve">Credere Associates, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H114">
         <is>
-          <t xml:space="preserve">781- 799-7298</t>
+          <t xml:space="preserve">207- 828-1272</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J114">
         <is>
-          <t xml:space="preserve">Westwood</t>
+          <t xml:space="preserve">Westbrook</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M114">
         <is>
-          <t xml:space="preserve">SAMSAMCOHEN@YAHOO.COM</t>
+          <t xml:space="preserve">mwentworth@crederellc.com</t>
         </is>
       </c>
     </row>
     <row r="115" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A115">
         <is>
-          <t xml:space="preserve">AF55</t>
+          <t xml:space="preserve">AF47</t>
         </is>
       </c>
       <c s="8" r="B115">
-        <v>46288</v>
+        <v>46343</v>
       </c>
       <c s="9" t="inlineStr" r="C115">
         <is>
-          <t xml:space="preserve">The Vertex Companies, LLC</t>
+          <t xml:space="preserve">MESSINA PROPERTY MANAGMENT LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H115">
         <is>
-          <t xml:space="preserve">781- 952-6000</t>
+          <t xml:space="preserve">161- 779-3016</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J115">
         <is>
-          <t xml:space="preserve">Weymouth</t>
+          <t xml:space="preserve">Weston</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M115">
         <is>
-          <t xml:space="preserve">Kmandile@vertexeng.com</t>
+          <t xml:space="preserve">messinapropsvcs@comcast.net</t>
         </is>
       </c>
     </row>
     <row r="116" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A116">
         <is>
-          <t xml:space="preserve">AF37</t>
+          <t xml:space="preserve">AF114</t>
         </is>
       </c>
       <c s="11" r="B116">
-        <v>46164</v>
+        <v>46261</v>
       </c>
       <c s="12" t="inlineStr" r="C116">
         <is>
-          <t xml:space="preserve">EFI Global, Inc.</t>
+          <t xml:space="preserve">Envirotest Lab, Inc</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H116">
         <is>
-          <t xml:space="preserve">978- .68-3736</t>
+          <t xml:space="preserve">781- 799-7298</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J116">
         <is>
-          <t xml:space="preserve">WILMINGTON</t>
+          <t xml:space="preserve">Westwood</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M116">
         <is>
-          <t xml:space="preserve">JENNIFER.ARCHACKI@EFIGLOBAL.COM</t>
+          <t xml:space="preserve">SAMSAMCOHEN@YAHOO.COM</t>
         </is>
       </c>
     </row>
     <row r="117" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A117">
         <is>
-          <t xml:space="preserve">AF125</t>
+          <t xml:space="preserve">AF55</t>
         </is>
       </c>
       <c s="8" r="B117">
-        <v>46092</v>
+        <v>46288</v>
       </c>
       <c s="9" t="inlineStr" r="C117">
         <is>
-          <t xml:space="preserve">Core Environmental Testing, LLC</t>
+          <t xml:space="preserve">The Vertex Companies, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H117">
         <is>
-          <t xml:space="preserve">781- 721-4540</t>
+          <t xml:space="preserve">781- 952-6000</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J117">
         <is>
-          <t xml:space="preserve">WOBURN</t>
+          <t xml:space="preserve">Weymouth</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M117">
         <is>
-          <t xml:space="preserve">MGLAVIN@CORESERVS.COM</t>
+          <t xml:space="preserve">Kmandile@vertexeng.com</t>
         </is>
       </c>
     </row>
     <row r="118" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A118">
         <is>
-          <t xml:space="preserve">AF75</t>
+          <t xml:space="preserve">AF37</t>
         </is>
       </c>
       <c s="11" r="B118">
-        <v>46319</v>
+        <v>46164</v>
       </c>
       <c s="12" t="inlineStr" r="C118">
         <is>
-          <t xml:space="preserve">John Turner Consulting</t>
+          <t xml:space="preserve">EFI Global, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H118">
         <is>
-          <t xml:space="preserve">978- -50-0515</t>
+          <t xml:space="preserve">978- .68-3736</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J118">
         <is>
-          <t xml:space="preserve">Woburn</t>
+          <t xml:space="preserve">WILMINGTON</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M118">
         <is>
-          <t xml:space="preserve">arolinger@consultjtc.com</t>
+          <t xml:space="preserve">JENNIFER.ARCHACKI@EFIGLOBAL.COM</t>
         </is>
       </c>
     </row>
     <row r="119" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A119">
         <is>
+          <t xml:space="preserve">AF125</t>
+        </is>
+      </c>
+      <c s="8" r="B119">
+        <v>46092</v>
+      </c>
+      <c s="9" t="inlineStr" r="C119">
+        <is>
+          <t xml:space="preserve">Core Environmental Testing, LLC</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="H119">
+        <is>
+          <t xml:space="preserve">781- 721-4540</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="J119">
+        <is>
+          <t xml:space="preserve">WOBURN</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="M119">
+        <is>
+          <t xml:space="preserve">MGLAVIN@CORESERVS.COM</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" ht="18" customHeight="0">
+      <c s="10" t="inlineStr" r="A120">
+        <is>
+          <t xml:space="preserve">AF75</t>
+        </is>
+      </c>
+      <c s="11" r="B120">
+        <v>46319</v>
+      </c>
+      <c s="12" t="inlineStr" r="C120">
+        <is>
+          <t xml:space="preserve">John Turner Consulting</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="H120">
+        <is>
+          <t xml:space="preserve">978- -50-0515</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="J120">
+        <is>
+          <t xml:space="preserve">Woburn</t>
+        </is>
+      </c>
+      <c s="12" t="inlineStr" r="M120">
+        <is>
+          <t xml:space="preserve">arolinger@consultjtc.com</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" ht="18" customHeight="0">
+      <c s="7" t="inlineStr" r="A121">
+        <is>
           <t xml:space="preserve">AF67</t>
         </is>
       </c>
-      <c s="8" r="B119">
+      <c s="8" r="B121">
         <v>46280</v>
       </c>
-      <c s="9" t="inlineStr" r="C119">
+      <c s="9" t="inlineStr" r="C121">
         <is>
           <t xml:space="preserve">TRC Environmental Corporation</t>
         </is>
       </c>
-      <c s="9" t="inlineStr" r="H119">
+      <c s="9" t="inlineStr" r="H121">
         <is>
           <t xml:space="preserve">781- .56-0765</t>
         </is>
       </c>
-      <c s="9" t="inlineStr" r="J119">
+      <c s="9" t="inlineStr" r="J121">
         <is>
           <t xml:space="preserve">Woburn</t>
         </is>
       </c>
-      <c s="9" t="inlineStr" r="M119">
+      <c s="9" t="inlineStr" r="M121">
         <is>
           <t xml:space="preserve">aeckmann@trccompanies.com</t>
         </is>
       </c>
     </row>
-    <row r="120" ht="17.95" customHeight="0">
-      <c s="13" t="inlineStr" r="A120">
+    <row r="122" ht="18" customHeight="0">
+      <c s="13" t="inlineStr" r="A122">
         <is>
           <t xml:space="preserve">AF93</t>
         </is>
       </c>
-      <c s="14" r="B120">
+      <c s="14" r="B122">
         <v>46067</v>
       </c>
-      <c s="15" t="inlineStr" r="C120">
+      <c s="15" t="inlineStr" r="C122">
         <is>
           <t xml:space="preserve">Tighe &amp; Bond, Inc.</t>
         </is>
       </c>
-      <c s="16" t="str" r="D120"/>
-[...3 lines deleted...]
-      <c s="15" t="inlineStr" r="H120">
+      <c s="16" t="str" r="D122"/>
+      <c s="16" t="str" r="E122"/>
+      <c s="16" t="str" r="F122"/>
+      <c s="16" t="str" r="G122"/>
+      <c s="15" t="inlineStr" r="H122">
         <is>
           <t xml:space="preserve">508- -75-2201</t>
         </is>
       </c>
-      <c s="16" t="str" r="I120"/>
-      <c s="15" t="inlineStr" r="J120">
+      <c s="16" t="str" r="I122"/>
+      <c s="15" t="inlineStr" r="J122">
         <is>
           <t xml:space="preserve">Worcester</t>
         </is>
       </c>
-      <c s="16" t="str" r="K120"/>
-[...1 lines deleted...]
-      <c s="15" t="inlineStr" r="M120">
+      <c s="16" t="str" r="K122"/>
+      <c s="16" t="str" r="L122"/>
+      <c s="15" t="inlineStr" r="M122">
         <is>
           <t xml:space="preserve">contractsdept@TIGHEBOND.COM</t>
         </is>
       </c>
-      <c s="16" t="str" r="N120"/>
-[...2 lines deleted...]
-    <row r="121" ht="0.05" customHeight="1"/>
+      <c s="16" t="str" r="N122"/>
+      <c s="16" t="str" r="O122"/>
+    </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C4"/>
     <mergeCell ref="E2:K2"/>
     <mergeCell ref="G4:H5"/>
     <mergeCell ref="F7:J7"/>
     <mergeCell ref="N7:N8"/>
     <mergeCell ref="C10:G10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="J10:L10"/>
     <mergeCell ref="M10:O10"/>
     <mergeCell ref="C11:G11"/>
     <mergeCell ref="H11:I11"/>
     <mergeCell ref="J11:L11"/>
     <mergeCell ref="M11:O11"/>
     <mergeCell ref="C12:G12"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="J12:L12"/>
     <mergeCell ref="M12:O12"/>
     <mergeCell ref="C13:G13"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="J13:L13"/>
     <mergeCell ref="M13:O13"/>
     <mergeCell ref="C14:G14"/>
     <mergeCell ref="H14:I14"/>
@@ -4219,55 +4278,63 @@
     <mergeCell ref="M114:O114"/>
     <mergeCell ref="C115:G115"/>
     <mergeCell ref="H115:I115"/>
     <mergeCell ref="J115:L115"/>
     <mergeCell ref="M115:O115"/>
     <mergeCell ref="C116:G116"/>
     <mergeCell ref="H116:I116"/>
     <mergeCell ref="J116:L116"/>
     <mergeCell ref="M116:O116"/>
     <mergeCell ref="C117:G117"/>
     <mergeCell ref="H117:I117"/>
     <mergeCell ref="J117:L117"/>
     <mergeCell ref="M117:O117"/>
     <mergeCell ref="C118:G118"/>
     <mergeCell ref="H118:I118"/>
     <mergeCell ref="J118:L118"/>
     <mergeCell ref="M118:O118"/>
     <mergeCell ref="C119:G119"/>
     <mergeCell ref="H119:I119"/>
     <mergeCell ref="J119:L119"/>
     <mergeCell ref="M119:O119"/>
     <mergeCell ref="C120:G120"/>
     <mergeCell ref="H120:I120"/>
     <mergeCell ref="J120:L120"/>
     <mergeCell ref="M120:O120"/>
+    <mergeCell ref="C121:G121"/>
+    <mergeCell ref="H121:I121"/>
+    <mergeCell ref="J121:L121"/>
+    <mergeCell ref="M121:O121"/>
+    <mergeCell ref="C122:G122"/>
+    <mergeCell ref="H122:I122"/>
+    <mergeCell ref="J122:L122"/>
+    <mergeCell ref="M122:O122"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.2" top="0.5" bottom="0.897920078740158" header="0.5" footer="0.5"/>
   <pageSetup paperSize="8" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;C&amp;"Calibri"&amp;10Page &amp;P of &amp;N &amp;R&amp;"Calibri,Regular"&amp;10 12/1/2025 7:03:10 AM </oddFooter>
+    <oddFooter>&amp;C&amp;"Calibri"&amp;10Page &amp;P of &amp;N &amp;R&amp;"Calibri,Regular"&amp;10 2/2/2026 9:24:19 AM </oddFooter>
   </headerFooter>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>