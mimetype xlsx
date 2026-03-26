--- v2 (2026-02-05)
+++ v3 (2026-03-26)
@@ -373,51 +373,51 @@
     <row r="4" ht="4.75" customHeight="1">
       <c s="2" t="inlineStr" r="G4">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">AS OF </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">02/02/2026</t>
+            <t xml:space="preserve">03/02/2026</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="13.25" customHeight="0"/>
     <row r="6" ht="1" customHeight="1"/>
     <row r="7" ht="16.95" customHeight="0">
       <c s="3" t="inlineStr" r="F7">
         <is>
           <t xml:space="preserve">This List is Ordered by Town and Company Name</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="N7">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">Total:</t>
@@ -461,334 +461,334 @@
       <c s="6" t="str" r="G10"/>
       <c s="5" t="inlineStr" r="H10">
         <is>
           <t xml:space="preserve">Phone</t>
         </is>
       </c>
       <c s="6" t="str" r="I10"/>
       <c s="5" t="inlineStr" r="J10">
         <is>
           <t xml:space="preserve">City/Town</t>
         </is>
       </c>
       <c s="6" t="str" r="K10"/>
       <c s="6" t="str" r="L10"/>
       <c s="5" t="inlineStr" r="M10">
         <is>
           <t xml:space="preserve">Email</t>
         </is>
       </c>
       <c s="6" t="str" r="N10"/>
       <c s="6" t="str" r="O10"/>
     </row>
     <row r="11" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A11">
         <is>
-          <t xml:space="preserve">AF96</t>
+          <t xml:space="preserve">AF138</t>
         </is>
       </c>
       <c s="8" r="B11">
-        <v>46065</v>
+        <v>46431</v>
       </c>
       <c s="9" t="inlineStr" r="C11">
         <is>
-          <t xml:space="preserve">Cooperstown Environmental LLC</t>
+          <t xml:space="preserve">Hoosac Environmental, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H11">
         <is>
-          <t xml:space="preserve">978- 470-4755</t>
+          <t xml:space="preserve">413- 346-8074</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J11">
         <is>
-          <t xml:space="preserve">Andover</t>
+          <t xml:space="preserve">Adams</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M11">
         <is>
-          <t xml:space="preserve">ACCOUNTING@COOPERSTOWNENV.COM</t>
+          <t xml:space="preserve">hoosacenv@gmail.com</t>
         </is>
       </c>
     </row>
     <row r="12" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A12">
         <is>
-          <t xml:space="preserve">AF120</t>
+          <t xml:space="preserve">AF97</t>
         </is>
       </c>
       <c s="11" r="B12">
-        <v>46395</v>
+        <v>46437</v>
       </c>
       <c s="12" t="inlineStr" r="C12">
         <is>
-          <t xml:space="preserve">APS Environmental Group</t>
+          <t xml:space="preserve">Aptim Environmental &amp; Infrastructure, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H12">
         <is>
-          <t xml:space="preserve">207- 467-0120</t>
+          <t xml:space="preserve">225- .93-6764</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J12">
         <is>
-          <t xml:space="preserve">Bedford</t>
+          <t xml:space="preserve">Baton Rouge</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M12">
         <is>
-          <t xml:space="preserve">john@apsenv.com</t>
+          <t xml:space="preserve">melissa.harrell@aptim.com</t>
         </is>
       </c>
     </row>
     <row r="13" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A13">
         <is>
-          <t xml:space="preserve">AF115</t>
+          <t xml:space="preserve">AF120</t>
         </is>
       </c>
       <c s="8" r="B13">
-        <v>46289</v>
+        <v>46395</v>
       </c>
       <c s="9" t="inlineStr" r="C13">
         <is>
-          <t xml:space="preserve">SLR International, Inc.</t>
+          <t xml:space="preserve">APS Environmental Group</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H13">
         <is>
-          <t xml:space="preserve">781- 603-5375</t>
+          <t xml:space="preserve">207- 467-0120</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J13">
         <is>
           <t xml:space="preserve">Bedford</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M13">
         <is>
-          <t xml:space="preserve">rrouillard@slrconsulting.com</t>
+          <t xml:space="preserve">john@apsenv.com</t>
         </is>
       </c>
     </row>
     <row r="14" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A14">
         <is>
-          <t xml:space="preserve">AF17</t>
+          <t xml:space="preserve">AF115</t>
         </is>
       </c>
       <c s="11" r="B14">
-        <v>46128</v>
+        <v>46289</v>
       </c>
       <c s="12" t="inlineStr" r="C14">
         <is>
-          <t xml:space="preserve">CBJ Environmental, LLC</t>
+          <t xml:space="preserve">SLR International, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H14">
         <is>
-          <t xml:space="preserve">508- 809-0016</t>
+          <t xml:space="preserve">781- 603-5375</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J14">
         <is>
-          <t xml:space="preserve">Bellingham</t>
+          <t xml:space="preserve">Bedford</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M14">
         <is>
-          <t xml:space="preserve">BRANDI@CBJENVIRONMENTAL.COM</t>
+          <t xml:space="preserve">rrouillard@slrconsulting.com</t>
         </is>
       </c>
     </row>
     <row r="15" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A15">
         <is>
-          <t xml:space="preserve">AF33</t>
+          <t xml:space="preserve">AF17</t>
         </is>
       </c>
       <c s="8" r="B15">
-        <v>46270</v>
+        <v>46128</v>
       </c>
       <c s="9" t="inlineStr" r="C15">
         <is>
-          <t xml:space="preserve">ASBESTOS CONSULTANTS LLC</t>
+          <t xml:space="preserve">CBJ Environmental, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H15">
         <is>
-          <t xml:space="preserve">617- 817-8656</t>
+          <t xml:space="preserve">508- 809-0016</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J15">
         <is>
-          <t xml:space="preserve">BELMONT</t>
+          <t xml:space="preserve">Bellingham</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M15">
         <is>
-          <t xml:space="preserve">EDMORGAN22@VERIZON.NET</t>
+          <t xml:space="preserve">BRANDI@CBJENVIRONMENTAL.COM</t>
         </is>
       </c>
     </row>
     <row r="16" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A16">
         <is>
-          <t xml:space="preserve">AF50</t>
+          <t xml:space="preserve">AF33</t>
         </is>
       </c>
       <c s="11" r="B16">
-        <v>46234</v>
+        <v>46270</v>
       </c>
       <c s="12" t="inlineStr" r="C16">
         <is>
-          <t xml:space="preserve">Hillmann Consulting, LLC</t>
+          <t xml:space="preserve">ASBESTOS CONSULTANTS LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H16">
         <is>
-          <t xml:space="preserve">978- 362-0448</t>
+          <t xml:space="preserve">617- 817-8656</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J16">
         <is>
-          <t xml:space="preserve">Billerica</t>
+          <t xml:space="preserve">BELMONT</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M16">
         <is>
-          <t xml:space="preserve">SWELLWOOD@HILLMANNCONSULTING.COM</t>
+          <t xml:space="preserve">EDMORGAN22@VERIZON.NET</t>
         </is>
       </c>
     </row>
     <row r="17" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A17">
         <is>
-          <t xml:space="preserve">AF72</t>
+          <t xml:space="preserve">AF50</t>
         </is>
       </c>
       <c s="8" r="B17">
-        <v>46324</v>
+        <v>46234</v>
       </c>
       <c s="9" t="inlineStr" r="C17">
         <is>
-          <t xml:space="preserve">50 Stars Pro INC</t>
+          <t xml:space="preserve">Hillmann Consulting, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H17">
         <is>
-          <t xml:space="preserve">413- 214-8774</t>
+          <t xml:space="preserve">978- 362-0448</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J17">
         <is>
-          <t xml:space="preserve">Boston</t>
+          <t xml:space="preserve">Billerica</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M17">
         <is>
-          <t xml:space="preserve">info@50stars.pro</t>
+          <t xml:space="preserve">SWELLWOOD@HILLMANNCONSULTING.COM</t>
         </is>
       </c>
     </row>
     <row r="18" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A18">
         <is>
-          <t xml:space="preserve">AF48</t>
+          <t xml:space="preserve">AF72</t>
         </is>
       </c>
       <c s="11" r="B18">
-        <v>46063</v>
+        <v>46324</v>
       </c>
       <c s="12" t="inlineStr" r="C18">
         <is>
-          <t xml:space="preserve">All Environmental Inc.</t>
+          <t xml:space="preserve">50 Stars Pro INC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H18">
         <is>
-          <t xml:space="preserve">470- 646-3337</t>
+          <t xml:space="preserve">413- 214-8774</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J18">
         <is>
           <t xml:space="preserve">Boston</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M18">
         <is>
-          <t xml:space="preserve">JMAURER@AEICONSULTANTS.COM</t>
+          <t xml:space="preserve">info@50stars.pro</t>
         </is>
       </c>
     </row>
     <row r="19" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A19">
         <is>
           <t xml:space="preserve">AF83</t>
         </is>
       </c>
       <c s="8" r="B19">
         <v>46338</v>
       </c>
       <c s="9" t="inlineStr" r="C19">
         <is>
           <t xml:space="preserve">Arcadis U.S., Inc. </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H19">
         <is>
           <t xml:space="preserve">720- -34-3727</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J19">
         <is>
           <t xml:space="preserve">Boston</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M19">
         <is>
           <t xml:space="preserve">ana_companylicensing@arcadis.com</t>
         </is>
       </c>
     </row>
     <row r="20" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A20">
         <is>
           <t xml:space="preserve">AF85</t>
         </is>
       </c>
       <c s="11" r="B20">
         <v>46312</v>
       </c>
       <c s="12" t="inlineStr" r="C20">
         <is>
           <t xml:space="preserve">Environmental Remediation Services, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H20">
         <is>
-          <t xml:space="preserve">508- 962-5172</t>
+          <t xml:space="preserve">508- -96-5172</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J20">
         <is>
           <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M20">
         <is>
           <t xml:space="preserve">dsloweers@aol.com</t>
         </is>
       </c>
     </row>
     <row r="21" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A21">
         <is>
           <t xml:space="preserve">AF42</t>
         </is>
       </c>
       <c s="8" r="B21">
         <v>46243</v>
       </c>
       <c s="9" t="inlineStr" r="C21">
         <is>
           <t xml:space="preserve">ESIS, Inc.</t>
@@ -825,51 +825,51 @@
         </is>
       </c>
       <c s="12" t="inlineStr" r="H22">
         <is>
           <t xml:space="preserve">617- -72-7100</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J22">
         <is>
           <t xml:space="preserve">Boston</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M22">
         <is>
           <t xml:space="preserve">KROLE@LIRO-HILL.COM</t>
         </is>
       </c>
     </row>
     <row r="23" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A23">
         <is>
           <t xml:space="preserve">AF122</t>
         </is>
       </c>
       <c s="8" r="B23">
-        <v>46060</v>
+        <v>46435</v>
       </c>
       <c s="9" t="inlineStr" r="C23">
         <is>
           <t xml:space="preserve">Mass. Trial Court, Facilities Management &amp; Capital Planning Department</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H23">
         <is>
           <t xml:space="preserve">978- 656-7085</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J23">
         <is>
           <t xml:space="preserve">Boston</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M23">
         <is>
           <t xml:space="preserve">mike.lane@jud.state.ma.us</t>
         </is>
       </c>
     </row>
     <row r="24" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A24">
         <is>
@@ -881,584 +881,584 @@
       </c>
       <c s="12" t="inlineStr" r="C24">
         <is>
           <t xml:space="preserve">Pennoni Associates Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H24">
         <is>
           <t xml:space="preserve">857- 214-4285</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J24">
         <is>
           <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M24">
         <is>
           <t xml:space="preserve">mtate@pennoni.com</t>
         </is>
       </c>
     </row>
     <row r="25" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A25">
         <is>
-          <t xml:space="preserve">AF14</t>
+          <t xml:space="preserve">AF41</t>
         </is>
       </c>
       <c s="8" r="B25">
-        <v>46080</v>
+        <v>46214</v>
       </c>
       <c s="9" t="inlineStr" r="C25">
         <is>
-          <t xml:space="preserve">Smith &amp; Wessel Associates, Inc.</t>
+          <t xml:space="preserve">Environmental &amp; Construction Management Services, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H25">
         <is>
-          <t xml:space="preserve">978- 580-6879</t>
+          <t xml:space="preserve">617- 212-9272</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J25">
         <is>
-          <t xml:space="preserve">Bradenton</t>
+          <t xml:space="preserve">Braintree</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M25">
         <is>
-          <t xml:space="preserve">BWESSEL@SMITHWESSEL.COM</t>
+          <t xml:space="preserve">STEVE.WEYDT@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="26" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A26">
         <is>
-          <t xml:space="preserve">AF41</t>
+          <t xml:space="preserve">AF8</t>
         </is>
       </c>
       <c s="11" r="B26">
-        <v>46214</v>
+        <v>46375</v>
       </c>
       <c s="12" t="inlineStr" r="C26">
         <is>
-          <t xml:space="preserve">Environmental &amp; Construction Management Services, Inc.</t>
+          <t xml:space="preserve">Boston Environmental Corporation</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H26">
         <is>
-          <t xml:space="preserve">617- 212-9272</t>
+          <t xml:space="preserve">617- -87-6648</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J26">
         <is>
-          <t xml:space="preserve">Braintree</t>
+          <t xml:space="preserve">Brockton</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M26">
         <is>
-          <t xml:space="preserve">STEVE.WEYDT@GMAIL.COM</t>
+          <t xml:space="preserve">toomey@bostonenvcorp.com</t>
         </is>
       </c>
     </row>
     <row r="27" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A27">
         <is>
-          <t xml:space="preserve">AF8</t>
+          <t xml:space="preserve">AF18</t>
         </is>
       </c>
       <c s="8" r="B27">
-        <v>46375</v>
+        <v>46177</v>
       </c>
       <c s="9" t="inlineStr" r="C27">
         <is>
-          <t xml:space="preserve">Boston Environmental Corporation</t>
+          <t xml:space="preserve">Environmental Response LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H27">
         <is>
-          <t xml:space="preserve">617- -87-6648</t>
+          <t xml:space="preserve">508- -85-9964</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J27">
         <is>
           <t xml:space="preserve">Brockton</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M27">
         <is>
-          <t xml:space="preserve">toomey@bostonenvcorp.com</t>
+          <t xml:space="preserve">DEXTERWANGNOON@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="28" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A28">
         <is>
-          <t xml:space="preserve">AF18</t>
+          <t xml:space="preserve">AF7</t>
         </is>
       </c>
       <c s="11" r="B28">
-        <v>46177</v>
+        <v>46178</v>
       </c>
       <c s="12" t="inlineStr" r="C28">
         <is>
-          <t xml:space="preserve">Environmental Response LLC</t>
+          <t xml:space="preserve">EBI Consulting</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H28">
         <is>
-          <t xml:space="preserve">508- -85-9964</t>
+          <t xml:space="preserve">857- 488-1127</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J28">
         <is>
-          <t xml:space="preserve">Brockton</t>
+          <t xml:space="preserve">Burlington</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M28">
         <is>
-          <t xml:space="preserve">DEXTERWANGNOON@GMAIL.COM</t>
+          <t xml:space="preserve">MWALTHER@EBICONSULTING.COM</t>
         </is>
       </c>
     </row>
     <row r="29" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A29">
         <is>
-          <t xml:space="preserve">AF7</t>
+          <t xml:space="preserve">AF66</t>
         </is>
       </c>
       <c s="8" r="B29">
-        <v>46178</v>
+        <v>46324</v>
       </c>
       <c s="9" t="inlineStr" r="C29">
         <is>
-          <t xml:space="preserve">EBI Consulting</t>
+          <t xml:space="preserve">PEER Consultants, PC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H29">
         <is>
-          <t xml:space="preserve">857- 488-1127</t>
+          <t xml:space="preserve">781- 238-8880</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J29">
         <is>
           <t xml:space="preserve">Burlington</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M29">
         <is>
-          <t xml:space="preserve">MWALTHER@EBICONSULTING.COM</t>
+          <t xml:space="preserve">gustafsont@peercpc.com</t>
         </is>
       </c>
     </row>
     <row r="30" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A30">
         <is>
-          <t xml:space="preserve">AF66</t>
+          <t xml:space="preserve">AF112</t>
         </is>
       </c>
       <c s="11" r="B30">
-        <v>46324</v>
+        <v>46371</v>
       </c>
       <c s="12" t="inlineStr" r="C30">
         <is>
-          <t xml:space="preserve">PEER Consultants, PC</t>
+          <t xml:space="preserve">Roux Associates, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H30">
         <is>
-          <t xml:space="preserve">781- 238-8880</t>
+          <t xml:space="preserve">631- 630-2376</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J30">
         <is>
           <t xml:space="preserve">Burlington</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M30">
         <is>
-          <t xml:space="preserve">gustafsont@peercpc.com</t>
+          <t xml:space="preserve">LEGALDEPT@ROUXINC.COM</t>
         </is>
       </c>
     </row>
     <row r="31" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A31">
         <is>
-          <t xml:space="preserve">AF112</t>
+          <t xml:space="preserve">AF134</t>
         </is>
       </c>
       <c s="8" r="B31">
-        <v>46371</v>
+        <v>46249</v>
       </c>
       <c s="9" t="inlineStr" r="C31">
         <is>
-          <t xml:space="preserve">Roux Associates, Inc.</t>
+          <t xml:space="preserve">Turnkey Testing Consultants LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H31">
         <is>
-          <t xml:space="preserve">631- 630-2376</t>
+          <t xml:space="preserve">978- 482-6260</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J31">
         <is>
           <t xml:space="preserve">Burlington</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M31">
         <is>
-          <t xml:space="preserve">LEGALDEPT@ROUXINC.COM</t>
+          <t xml:space="preserve">ADMIN@TURNKEYTESTINGCONSULTANTS.COM</t>
         </is>
       </c>
     </row>
     <row r="32" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A32">
         <is>
-          <t xml:space="preserve">AF134</t>
+          <t xml:space="preserve">AF49</t>
         </is>
       </c>
       <c s="11" r="B32">
-        <v>46249</v>
+        <v>46302</v>
       </c>
       <c s="12" t="inlineStr" r="C32">
         <is>
-          <t xml:space="preserve">Turnkey Testing Consultants LLC</t>
+          <t xml:space="preserve">AECOM Technical Services, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H32">
         <is>
-          <t xml:space="preserve">978- 482-6260</t>
+          <t xml:space="preserve">978- -90-2100</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J32">
         <is>
-          <t xml:space="preserve">Burlington</t>
+          <t xml:space="preserve">Chelmsford</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M32">
         <is>
-          <t xml:space="preserve">ADMIN@TURNKEYTESTINGCONSULTANTS.COM</t>
+          <t xml:space="preserve">PROFESSIONALLICENSES@AECOM.COM</t>
         </is>
       </c>
     </row>
     <row r="33" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A33">
         <is>
-          <t xml:space="preserve">AF49</t>
+          <t xml:space="preserve">AF128</t>
         </is>
       </c>
       <c s="8" r="B33">
-        <v>46302</v>
+        <v>46116</v>
       </c>
       <c s="9" t="inlineStr" r="C33">
         <is>
-          <t xml:space="preserve">AECOM Technical Services, Inc.</t>
+          <t xml:space="preserve">Santiotti Consulting, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H33">
         <is>
-          <t xml:space="preserve">978- -90-2100</t>
+          <t xml:space="preserve">978- 987-0274</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J33">
         <is>
           <t xml:space="preserve">Chelmsford</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M33">
         <is>
-          <t xml:space="preserve">PROFESSIONALLICENSES@AECOM.COM</t>
+          <t xml:space="preserve">SANTIOTTI.CONSULTING@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="34" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A34">
         <is>
-          <t xml:space="preserve">AF128</t>
+          <t xml:space="preserve">AF21</t>
         </is>
       </c>
       <c s="11" r="B34">
-        <v>46116</v>
+        <v>46242</v>
       </c>
       <c s="12" t="inlineStr" r="C34">
         <is>
-          <t xml:space="preserve">Santiotti Consulting, LLC</t>
+          <t xml:space="preserve">Wilcox &amp; Barton, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H34">
         <is>
-          <t xml:space="preserve">978- 987-0274</t>
+          <t xml:space="preserve">603- 369-4190</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J34">
         <is>
-          <t xml:space="preserve">Chelmsford</t>
+          <t xml:space="preserve">Concord</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M34">
         <is>
-          <t xml:space="preserve">SANTIOTTI.CONSULTING@GMAIL.COM</t>
+          <t xml:space="preserve">CKEARNS@WILCOXANDBARTON.COM</t>
         </is>
       </c>
     </row>
     <row r="35" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A35">
         <is>
-          <t xml:space="preserve">AF21</t>
+          <t xml:space="preserve">AF24</t>
         </is>
       </c>
       <c s="8" r="B35">
-        <v>46242</v>
+        <v>46155</v>
       </c>
       <c s="9" t="inlineStr" r="C35">
         <is>
-          <t xml:space="preserve">Wilcox &amp; Barton, Inc.</t>
+          <t xml:space="preserve">Atlas Technical Consultants, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H35">
         <is>
-          <t xml:space="preserve">603- 369-4190</t>
+          <t xml:space="preserve">197- 842-4550</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J35">
         <is>
-          <t xml:space="preserve">Concord</t>
+          <t xml:space="preserve">Dallas</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M35">
         <is>
-          <t xml:space="preserve">CKEARNS@WILCOXANDBARTON.COM</t>
+          <t xml:space="preserve">ONEATLASWOBURN@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="36" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A36">
         <is>
-          <t xml:space="preserve">AF24</t>
+          <t xml:space="preserve">AF79</t>
         </is>
       </c>
       <c s="11" r="B36">
-        <v>46155</v>
+        <v>46312</v>
       </c>
       <c s="12" t="inlineStr" r="C36">
         <is>
-          <t xml:space="preserve">Atlas Technical Consultants, LLC</t>
+          <t xml:space="preserve">FLI Environmental, Inc</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H36">
         <is>
-          <t xml:space="preserve">197- 842-4550</t>
+          <t xml:space="preserve">781- 251-0040</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J36">
         <is>
-          <t xml:space="preserve">Dallas</t>
+          <t xml:space="preserve">Dedham</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M36">
         <is>
-          <t xml:space="preserve">ONEATLASWOBURN@GMAIL.COM</t>
+          <t xml:space="preserve">dmac@flienv.com</t>
         </is>
       </c>
     </row>
     <row r="37" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A37">
         <is>
-          <t xml:space="preserve">AF79</t>
+          <t xml:space="preserve">AF64</t>
         </is>
       </c>
       <c s="8" r="B37">
-        <v>46312</v>
+        <v>46393</v>
       </c>
       <c s="9" t="inlineStr" r="C37">
         <is>
-          <t xml:space="preserve">FLI Environmental, Inc</t>
+          <t xml:space="preserve">ASAP Environmental Inc</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H37">
         <is>
-          <t xml:space="preserve">781- 251-0040</t>
+          <t xml:space="preserve">774- 287-3955</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J37">
         <is>
-          <t xml:space="preserve">Dedham</t>
+          <t xml:space="preserve">Dorchester</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M37">
         <is>
-          <t xml:space="preserve">dmac@flienv.com</t>
+          <t xml:space="preserve">inspections@asapenvironmental.com</t>
         </is>
       </c>
     </row>
     <row r="38" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A38">
         <is>
-          <t xml:space="preserve">AF64</t>
+          <t xml:space="preserve">AF91</t>
         </is>
       </c>
       <c s="11" r="B38">
-        <v>46393</v>
+        <v>46378</v>
       </c>
       <c s="12" t="inlineStr" r="C38">
         <is>
-          <t xml:space="preserve">ASAP Environmental Inc</t>
+          <t xml:space="preserve">Environmental Health Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H38">
         <is>
-          <t xml:space="preserve">774- 287-3955</t>
+          <t xml:space="preserve">508-  78-2258</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J38">
         <is>
-          <t xml:space="preserve">Dorchester</t>
+          <t xml:space="preserve">Dover</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M38">
         <is>
-          <t xml:space="preserve">inspections@asapenvironmental.com</t>
+          <t xml:space="preserve">betsyryan@environmentalhealthinc.com</t>
         </is>
       </c>
     </row>
     <row r="39" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A39">
         <is>
-          <t xml:space="preserve">AF91</t>
+          <t xml:space="preserve">AF133</t>
         </is>
       </c>
       <c s="8" r="B39">
-        <v>46378</v>
+        <v>46233</v>
       </c>
       <c s="9" t="inlineStr" r="C39">
         <is>
-          <t xml:space="preserve">Environmental Health Inc.</t>
+          <t xml:space="preserve">Remediation Holdings, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H39">
         <is>
-          <t xml:space="preserve">508-  78-2258</t>
+          <t xml:space="preserve">443- 822-8520</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J39">
         <is>
-          <t xml:space="preserve">Dover</t>
+          <t xml:space="preserve">EVERETT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M39">
         <is>
-          <t xml:space="preserve">betsyryan@environmentalhealthinc.com</t>
+          <t xml:space="preserve">DAVE@ESSENTIAL-HOLDINGS.COM</t>
         </is>
       </c>
     </row>
     <row r="40" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A40">
         <is>
-          <t xml:space="preserve">AF133</t>
+          <t xml:space="preserve">AF40</t>
         </is>
       </c>
       <c s="11" r="B40">
-        <v>46233</v>
+        <v>46344</v>
       </c>
       <c s="12" t="inlineStr" r="C40">
         <is>
-          <t xml:space="preserve">Remediation Holdings, LLC</t>
+          <t xml:space="preserve">DSD Environmental Inc </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H40">
         <is>
-          <t xml:space="preserve">443- 822-8520</t>
+          <t xml:space="preserve">781- 650-1424</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J40">
         <is>
-          <t xml:space="preserve">EVERETT</t>
+          <t xml:space="preserve">Fall River</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M40">
         <is>
-          <t xml:space="preserve">DAVE@ESSENTIAL-HOLDINGS.COM</t>
+          <t xml:space="preserve">dsd.environmental@gmail.com</t>
         </is>
       </c>
     </row>
     <row r="41" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A41">
         <is>
-          <t xml:space="preserve">AF40</t>
+          <t xml:space="preserve">AF106</t>
         </is>
       </c>
       <c s="8" r="B41">
-        <v>46344</v>
+        <v>46099</v>
       </c>
       <c s="9" t="inlineStr" r="C41">
         <is>
-          <t xml:space="preserve">DSD Environmental Inc </t>
+          <t xml:space="preserve">Connecticut Environmental Services, Inc. DBA: Envi</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H41">
         <is>
-          <t xml:space="preserve">781- 650-1424</t>
+          <t xml:space="preserve">866- 244-3254</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J41">
         <is>
-          <t xml:space="preserve">Fall River</t>
+          <t xml:space="preserve">Farmington</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M41">
         <is>
-          <t xml:space="preserve">dsd.environmental@gmail.com</t>
+          <t xml:space="preserve">patrick@envirocheck.com</t>
         </is>
       </c>
     </row>
     <row r="42" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A42">
         <is>
-          <t xml:space="preserve">AF106</t>
+          <t xml:space="preserve">AF139</t>
         </is>
       </c>
       <c s="11" r="B42">
-        <v>46099</v>
+        <v>46436</v>
       </c>
       <c s="12" t="inlineStr" r="C42">
         <is>
-          <t xml:space="preserve">Connecticut Environmental Services, Inc. DBA: Envi</t>
+          <t xml:space="preserve">HazLab Sampling &amp; Testing LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H42">
         <is>
-          <t xml:space="preserve">866- 244-3254</t>
+          <t xml:space="preserve">508- 210-8427</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J42">
         <is>
-          <t xml:space="preserve">Farmington</t>
+          <t xml:space="preserve">Fitchburg</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M42">
         <is>
-          <t xml:space="preserve">PATRICK@ENVIROCHECK.COM</t>
+          <t xml:space="preserve">admin@hazlab.com</t>
         </is>
       </c>
     </row>
     <row r="43" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A43">
         <is>
           <t xml:space="preserve">AF82</t>
         </is>
       </c>
       <c s="8" r="B43">
         <v>46332</v>
       </c>
       <c s="9" t="inlineStr" r="C43">
         <is>
           <t xml:space="preserve">LBP Solutions LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H43">
         <is>
           <t xml:space="preserve">140- 137-5919</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J43">
         <is>
           <t xml:space="preserve">Foxboro</t>
@@ -1635,51 +1635,51 @@
         </is>
       </c>
       <c s="9" t="inlineStr" r="H49">
         <is>
           <t xml:space="preserve">603- 203-6235</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J49">
         <is>
           <t xml:space="preserve">Greenland</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M49">
         <is>
           <t xml:space="preserve">jeremy@4beconsulting.com</t>
         </is>
       </c>
     </row>
     <row r="50" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A50">
         <is>
           <t xml:space="preserve">AF123</t>
         </is>
       </c>
       <c s="11" r="B50">
-        <v>46063</v>
+        <v>46428</v>
       </c>
       <c s="12" t="inlineStr" r="C50">
         <is>
           <t xml:space="preserve">ACA Environmental Lab LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H50">
         <is>
           <t xml:space="preserve">603- 918-0501</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J50">
         <is>
           <t xml:space="preserve">Hampton</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M50">
         <is>
           <t xml:space="preserve">acaenvirolab@gmail.com</t>
         </is>
       </c>
     </row>
     <row r="51" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A51">
         <is>
@@ -1811,824 +1811,824 @@
       </c>
       <c s="9" t="inlineStr" r="C55">
         <is>
           <t xml:space="preserve">GZA GeoEnvironmental, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H55">
         <is>
           <t xml:space="preserve">603- 232-8701</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J55">
         <is>
           <t xml:space="preserve">Hooksett</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M55">
         <is>
           <t xml:space="preserve">jennifer.milbury@gza.com</t>
         </is>
       </c>
     </row>
     <row r="56" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A56">
         <is>
-          <t xml:space="preserve">AF102</t>
+          <t xml:space="preserve">AF54</t>
         </is>
       </c>
       <c s="11" r="B56">
-        <v>46079</v>
+        <v>46301</v>
       </c>
       <c s="12" t="inlineStr" r="C56">
         <is>
-          <t xml:space="preserve">Safer Homes Environmental Services, LLC</t>
+          <t xml:space="preserve">North Environmental Abatement </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H56">
         <is>
-          <t xml:space="preserve">603- 854-2264</t>
+          <t xml:space="preserve">617- -59-1024</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J56">
         <is>
-          <t xml:space="preserve">Hudson</t>
+          <t xml:space="preserve">Lawrence</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M56">
         <is>
-          <t xml:space="preserve">SAFERHOMESENVIRONMENTAL@GMAIL.COM</t>
+          <t xml:space="preserve">northenvironmentalabatement@gmail.com</t>
         </is>
       </c>
     </row>
     <row r="57" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A57">
         <is>
-          <t xml:space="preserve">AF54</t>
+          <t xml:space="preserve">AF131</t>
         </is>
       </c>
       <c s="8" r="B57">
-        <v>46301</v>
+        <v>46211</v>
       </c>
       <c s="9" t="inlineStr" r="C57">
         <is>
-          <t xml:space="preserve">North Environmental Abatement </t>
+          <t xml:space="preserve">BETA Group, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H57">
         <is>
-          <t xml:space="preserve">617- -59-1024</t>
+          <t xml:space="preserve">401- 333-2382</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J57">
         <is>
-          <t xml:space="preserve">Lawrence</t>
+          <t xml:space="preserve">Lincoln</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M57">
         <is>
-          <t xml:space="preserve">northenvironmentalabatement@gmail.com</t>
+          <t xml:space="preserve">MARMSTRONG@BETA-INC.COM</t>
         </is>
       </c>
     </row>
     <row r="58" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A58">
         <is>
-          <t xml:space="preserve">AF131</t>
+          <t xml:space="preserve">AF78</t>
         </is>
       </c>
       <c s="11" r="B58">
-        <v>46211</v>
+        <v>46332</v>
       </c>
       <c s="12" t="inlineStr" r="C58">
         <is>
-          <t xml:space="preserve">BETA Group, Inc.</t>
+          <t xml:space="preserve">MILL CITY ENVIRONMENTAL CORPORATION</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H58">
         <is>
-          <t xml:space="preserve">401- 333-2382</t>
+          <t xml:space="preserve">978- -65-6741</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J58">
         <is>
-          <t xml:space="preserve">Lincoln</t>
+          <t xml:space="preserve">LOWELL</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M58">
         <is>
-          <t xml:space="preserve">MARMSTRONG@BETA-INC.COM</t>
+          <t xml:space="preserve">customersvc@millcityenv.com</t>
         </is>
       </c>
     </row>
     <row r="59" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A59">
         <is>
-          <t xml:space="preserve">AF78</t>
+          <t xml:space="preserve">AF103</t>
         </is>
       </c>
       <c s="8" r="B59">
-        <v>46332</v>
+        <v>46436</v>
       </c>
       <c s="9" t="inlineStr" r="C59">
         <is>
-          <t xml:space="preserve">MILL CITY ENVIRONMENTAL CORPORATION</t>
+          <t xml:space="preserve">S&amp;R Corporation</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H59">
         <is>
-          <t xml:space="preserve">978- -65-6741</t>
+          <t xml:space="preserve">978- 441-2000</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J59">
         <is>
-          <t xml:space="preserve">LOWELL</t>
+          <t xml:space="preserve">Lowell</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M59">
         <is>
-          <t xml:space="preserve">customersvc@millcityenv.com</t>
+          <t xml:space="preserve">jvanknowe@sandrcorp.com</t>
         </is>
       </c>
     </row>
     <row r="60" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A60">
         <is>
-          <t xml:space="preserve">AF103</t>
+          <t xml:space="preserve">AF130</t>
         </is>
       </c>
       <c s="11" r="B60">
-        <v>46077</v>
+        <v>46198</v>
       </c>
       <c s="12" t="inlineStr" r="C60">
         <is>
-          <t xml:space="preserve">S&amp;R Corporation</t>
+          <t xml:space="preserve">University of Massachusetts Lowell</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H60">
         <is>
-          <t xml:space="preserve">978- 441-2000</t>
+          <t xml:space="preserve">978- -93-4000</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J60">
         <is>
           <t xml:space="preserve">Lowell</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M60">
         <is>
-          <t xml:space="preserve">jvanknowe@sandrcorp.com</t>
+          <t xml:space="preserve">JOHN_FREEMAN1@UML.EDU</t>
         </is>
       </c>
     </row>
     <row r="61" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A61">
         <is>
-          <t xml:space="preserve">AF130</t>
+          <t xml:space="preserve">AF38</t>
         </is>
       </c>
       <c s="8" r="B61">
-        <v>46198</v>
+        <v>46169</v>
       </c>
       <c s="9" t="inlineStr" r="C61">
         <is>
-          <t xml:space="preserve">University of Massachusetts Lowell</t>
+          <t xml:space="preserve">Axiom Partners, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H61">
         <is>
-          <t xml:space="preserve">978- -93-4000</t>
+          <t xml:space="preserve">781- 213-9198</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J61">
         <is>
-          <t xml:space="preserve">Lowell</t>
+          <t xml:space="preserve">Lynnfield</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M61">
         <is>
-          <t xml:space="preserve">JOHN_FREEMAN1@UML.EDU</t>
+          <t xml:space="preserve">ACCOUNTING@AXIOMENV.COM</t>
         </is>
       </c>
     </row>
     <row r="62" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A62">
         <is>
-          <t xml:space="preserve">AF38</t>
+          <t xml:space="preserve">AF35</t>
         </is>
       </c>
       <c s="11" r="B62">
-        <v>46169</v>
+        <v>46183</v>
       </c>
       <c s="12" t="inlineStr" r="C62">
         <is>
-          <t xml:space="preserve">Axiom Partners, Inc.</t>
+          <t xml:space="preserve">OccuHealth, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H62">
         <is>
-          <t xml:space="preserve">781- 213-9198</t>
+          <t xml:space="preserve">740- 407-5461</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J62">
         <is>
-          <t xml:space="preserve">Lynnfield</t>
+          <t xml:space="preserve">Mansfield</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M62">
         <is>
-          <t xml:space="preserve">ACCOUNTING@AXIOMENV.COM</t>
+          <t xml:space="preserve">MDORA@OCCUHEALTH.COM</t>
         </is>
       </c>
     </row>
     <row r="63" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A63">
         <is>
-          <t xml:space="preserve">AF35</t>
+          <t xml:space="preserve">AF59</t>
         </is>
       </c>
       <c s="8" r="B63">
-        <v>46183</v>
+        <v>46301</v>
       </c>
       <c s="9" t="inlineStr" r="C63">
         <is>
-          <t xml:space="preserve">OccuHealth, Inc.</t>
+          <t xml:space="preserve">soriano environmental inc</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H63">
         <is>
-          <t xml:space="preserve">740- 407-5461</t>
+          <t xml:space="preserve">617- 319-1667</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J63">
         <is>
-          <t xml:space="preserve">Mansfield</t>
+          <t xml:space="preserve">MARLBOROUGH</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M63">
         <is>
-          <t xml:space="preserve">MDORA@OCCUHEALTH.COM</t>
+          <t xml:space="preserve">asbestossupervising@gmail.com</t>
         </is>
       </c>
     </row>
     <row r="64" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A64">
         <is>
-          <t xml:space="preserve">AF59</t>
+          <t xml:space="preserve">AF104</t>
         </is>
       </c>
       <c s="11" r="B64">
-        <v>46301</v>
+        <v>46438</v>
       </c>
       <c s="12" t="inlineStr" r="C64">
         <is>
-          <t xml:space="preserve">soriano environmental inc</t>
+          <t xml:space="preserve">Tetra Tech, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H64">
         <is>
-          <t xml:space="preserve">617- 319-1667</t>
+          <t xml:space="preserve">508- 254-3469</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J64">
         <is>
-          <t xml:space="preserve">MARLBOROUGH</t>
+          <t xml:space="preserve">Marlborough</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M64">
         <is>
-          <t xml:space="preserve">asbestossupervising@gmail.com</t>
+          <t xml:space="preserve">matt.madden@tetratech.com</t>
         </is>
       </c>
     </row>
     <row r="65" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A65">
         <is>
-          <t xml:space="preserve">AF104</t>
+          <t xml:space="preserve">AF45</t>
         </is>
       </c>
       <c s="8" r="B65">
-        <v>46086</v>
+        <v>46233</v>
       </c>
       <c s="9" t="inlineStr" r="C65">
         <is>
-          <t xml:space="preserve">Tetra Tech, Inc.</t>
+          <t xml:space="preserve">AR Consulting</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H65">
         <is>
-          <t xml:space="preserve">150- 825-3469</t>
+          <t xml:space="preserve">617- -79-4330</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J65">
         <is>
-          <t xml:space="preserve">Marlborough</t>
+          <t xml:space="preserve">Medford</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M65">
         <is>
-          <t xml:space="preserve">MATT.MADDEN@TETRATECH.COM</t>
+          <t xml:space="preserve">BCOOK8043@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="66" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A66">
         <is>
-          <t xml:space="preserve">AF45</t>
+          <t xml:space="preserve">AF105</t>
         </is>
       </c>
       <c s="11" r="B66">
-        <v>46233</v>
+        <v>46303</v>
       </c>
       <c s="12" t="inlineStr" r="C66">
         <is>
-          <t xml:space="preserve">AR Consulting</t>
+          <t xml:space="preserve">Elite Home Inspections, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H66">
         <is>
-          <t xml:space="preserve">617- -79-4330</t>
+          <t xml:space="preserve">339- 227-0388</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J66">
         <is>
-          <t xml:space="preserve">Medford</t>
+          <t xml:space="preserve">melrose</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M66">
         <is>
-          <t xml:space="preserve">BCOOK8043@GMAIL.COM</t>
+          <t xml:space="preserve">PAULPARELLA@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="67" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A67">
         <is>
-          <t xml:space="preserve">AF105</t>
+          <t xml:space="preserve">AF121</t>
         </is>
       </c>
       <c s="8" r="B67">
-        <v>46303</v>
+        <v>46409</v>
       </c>
       <c s="9" t="inlineStr" r="C67">
         <is>
-          <t xml:space="preserve">Elite Home Inspections, LLC</t>
+          <t xml:space="preserve">BL Companies, Inc. </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H67">
         <is>
-          <t xml:space="preserve">339- 227-0388</t>
+          <t xml:space="preserve">203- 630-1406</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J67">
         <is>
-          <t xml:space="preserve">melrose</t>
+          <t xml:space="preserve">Meriden</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M67">
         <is>
-          <t xml:space="preserve">PAULPARELLA@GMAIL.COM</t>
+          <t xml:space="preserve">kblaser@blcompanies.com</t>
         </is>
       </c>
     </row>
     <row r="68" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A68">
         <is>
-          <t xml:space="preserve">AF121</t>
+          <t xml:space="preserve">AF46</t>
         </is>
       </c>
       <c s="11" r="B68">
-        <v>46409</v>
+        <v>46224</v>
       </c>
       <c s="12" t="inlineStr" r="C68">
         <is>
-          <t xml:space="preserve">BL Companies, Inc. </t>
+          <t xml:space="preserve">EnviroMed Services Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H68">
         <is>
-          <t xml:space="preserve">203- 630-1406</t>
+          <t xml:space="preserve">203- 238-4846</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J68">
         <is>
           <t xml:space="preserve">Meriden</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M68">
         <is>
-          <t xml:space="preserve">kblaser@blcompanies.com</t>
+          <t xml:space="preserve">TROGUS-ROSA@ENVIROMEDSERVICES.COM</t>
         </is>
       </c>
     </row>
     <row r="69" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A69">
         <is>
-          <t xml:space="preserve">AF46</t>
+          <t xml:space="preserve">AF56</t>
         </is>
       </c>
       <c s="8" r="B69">
-        <v>46224</v>
+        <v>46234</v>
       </c>
       <c s="9" t="inlineStr" r="C69">
         <is>
-          <t xml:space="preserve">EnviroMed Services Inc.</t>
+          <t xml:space="preserve">Safety Environmental Consultants Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H69">
         <is>
-          <t xml:space="preserve">203- 238-4846</t>
+          <t xml:space="preserve">617- 981-4774</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J69">
         <is>
-          <t xml:space="preserve">Meriden</t>
+          <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M69">
         <is>
-          <t xml:space="preserve">TROGUS-ROSA@ENVIROMEDSERVICES.COM</t>
+          <t xml:space="preserve">MARVERON@SECMASS.COM</t>
         </is>
       </c>
     </row>
     <row r="70" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A70">
         <is>
-          <t xml:space="preserve">AF56</t>
+          <t xml:space="preserve">AF19</t>
         </is>
       </c>
       <c s="11" r="B70">
-        <v>46234</v>
+        <v>46129</v>
       </c>
       <c s="12" t="inlineStr" r="C70">
         <is>
-          <t xml:space="preserve">Safety Environmental Consultants Inc.</t>
+          <t xml:space="preserve">Costello Dismantling Co., Inc</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H70">
         <is>
-          <t xml:space="preserve">617- 981-4774</t>
+          <t xml:space="preserve">508- -29-2324</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J70">
         <is>
-          <t xml:space="preserve">METHUEN</t>
+          <t xml:space="preserve">Middleboro</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M70">
         <is>
-          <t xml:space="preserve">MARVERON@SECMASS.COM</t>
+          <t xml:space="preserve">KAREN@COSTELLODISMANTLING.COM</t>
         </is>
       </c>
     </row>
     <row r="71" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A71">
         <is>
-          <t xml:space="preserve">AF19</t>
+          <t xml:space="preserve">AF132</t>
         </is>
       </c>
       <c s="8" r="B71">
-        <v>46129</v>
+        <v>46212</v>
       </c>
       <c s="9" t="inlineStr" r="C71">
         <is>
-          <t xml:space="preserve">Costello Dismantling Co., Inc</t>
+          <t xml:space="preserve">Marrick Inspectional Services</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H71">
         <is>
-          <t xml:space="preserve">508- -29-2324</t>
+          <t xml:space="preserve">617- -99-3999</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J71">
         <is>
-          <t xml:space="preserve">Middleboro</t>
+          <t xml:space="preserve">Milton</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M71">
         <is>
-          <t xml:space="preserve">KAREN@COSTELLODISMANTLING.COM</t>
+          <t xml:space="preserve">TATRIOBLOIDAGTEACHT@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="72" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A72">
         <is>
-          <t xml:space="preserve">AF132</t>
+          <t xml:space="preserve">AF68</t>
         </is>
       </c>
       <c s="11" r="B72">
-        <v>46212</v>
+        <v>46295</v>
       </c>
       <c s="12" t="inlineStr" r="C72">
         <is>
-          <t xml:space="preserve">Marrick Inspectional Services</t>
+          <t xml:space="preserve">Common Sense Environmental, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H72">
         <is>
-          <t xml:space="preserve">617- -99-3999</t>
+          <t xml:space="preserve">508- 858-5606</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J72">
         <is>
-          <t xml:space="preserve">Milton</t>
+          <t xml:space="preserve">new bedford</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M72">
         <is>
-          <t xml:space="preserve">TATRIOBLOIDAGTEACHT@GMAIL.COM</t>
+          <t xml:space="preserve">CSGilchrest@comcast.net</t>
         </is>
       </c>
     </row>
     <row r="73" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A73">
         <is>
-          <t xml:space="preserve">AF68</t>
+          <t xml:space="preserve">AF76</t>
         </is>
       </c>
       <c s="8" r="B73">
-        <v>46295</v>
+        <v>46092</v>
       </c>
       <c s="9" t="inlineStr" r="C73">
         <is>
-          <t xml:space="preserve">Common Sense Environmental, Inc.</t>
+          <t xml:space="preserve">Eastern Environmental Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H73">
         <is>
-          <t xml:space="preserve">508- 858-5606</t>
+          <t xml:space="preserve">774- -24-5691</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J73">
         <is>
-          <t xml:space="preserve">new bedford</t>
+          <t xml:space="preserve">NEW BEDFORD</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M73">
         <is>
-          <t xml:space="preserve">CSGilchrest@comcast.net</t>
+          <t xml:space="preserve">DGOMES@EASTERNENVIROINC.COM</t>
         </is>
       </c>
     </row>
     <row r="74" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A74">
         <is>
-          <t xml:space="preserve">AF76</t>
+          <t xml:space="preserve">AF43</t>
         </is>
       </c>
       <c s="11" r="B74">
-        <v>46092</v>
+        <v>46233</v>
       </c>
       <c s="12" t="inlineStr" r="C74">
         <is>
-          <t xml:space="preserve">Eastern Environmental Inc.</t>
+          <t xml:space="preserve">WSP USA INC.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H74">
         <is>
-          <t xml:space="preserve">774- -24-5691</t>
+          <t xml:space="preserve">407- 587-7848</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J74">
         <is>
-          <t xml:space="preserve">NEW BEDFORD</t>
+          <t xml:space="preserve">New York</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M74">
         <is>
-          <t xml:space="preserve">DGOMES@EASTERNENVIROINC.COM</t>
+          <t xml:space="preserve">LICENSINGUS@WSP.COM</t>
         </is>
       </c>
     </row>
     <row r="75" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A75">
         <is>
-          <t xml:space="preserve">AF43</t>
+          <t xml:space="preserve">AF107</t>
         </is>
       </c>
       <c s="8" r="B75">
-        <v>46233</v>
+        <v>46142</v>
       </c>
       <c s="9" t="inlineStr" r="C75">
         <is>
-          <t xml:space="preserve">WSP USA INC.</t>
+          <t xml:space="preserve">Environmental Health &amp; Engineering</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H75">
         <is>
-          <t xml:space="preserve">407- 587-7848</t>
+          <t xml:space="preserve">617- 593-5412</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J75">
         <is>
-          <t xml:space="preserve">New York</t>
+          <t xml:space="preserve">Newton</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M75">
         <is>
-          <t xml:space="preserve">LICENSINGUS@WSP.COM</t>
+          <t xml:space="preserve">ASBESTOSLICENSE@EHEINC.COM</t>
         </is>
       </c>
     </row>
     <row r="76" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A76">
         <is>
-          <t xml:space="preserve">AF107</t>
+          <t xml:space="preserve">AF62</t>
         </is>
       </c>
       <c s="11" r="B76">
-        <v>46142</v>
+        <v>46242</v>
       </c>
       <c s="12" t="inlineStr" r="C76">
         <is>
-          <t xml:space="preserve">Environmental Health &amp; Engineering</t>
+          <t xml:space="preserve">W. L. French Excavating </t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H76">
         <is>
-          <t xml:space="preserve">617- 593-5412</t>
+          <t xml:space="preserve">617- 938-4032</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J76">
         <is>
-          <t xml:space="preserve">Newton</t>
+          <t xml:space="preserve">North Billerica</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M76">
         <is>
-          <t xml:space="preserve">ASBESTOSLICENSE@EHEINC.COM</t>
+          <t xml:space="preserve">THUNT@WLFRENCH.COM</t>
         </is>
       </c>
     </row>
     <row r="77" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A77">
         <is>
-          <t xml:space="preserve">AF62</t>
+          <t xml:space="preserve">AF51</t>
         </is>
       </c>
       <c s="8" r="B77">
-        <v>46242</v>
+        <v>46344</v>
       </c>
       <c s="9" t="inlineStr" r="C77">
         <is>
-          <t xml:space="preserve">W. L. French Excavating </t>
+          <t xml:space="preserve">Capital Environmental LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H77">
         <is>
-          <t xml:space="preserve">617- 938-4032</t>
+          <t xml:space="preserve">508- -39-5550</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J77">
         <is>
-          <t xml:space="preserve">North Billerica</t>
+          <t xml:space="preserve">Northborough</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M77">
         <is>
-          <t xml:space="preserve">THUNT@WLFRENCH.COM</t>
+          <t xml:space="preserve">don@capital-enviro.com</t>
         </is>
       </c>
     </row>
     <row r="78" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A78">
         <is>
-          <t xml:space="preserve">AF51</t>
+          <t xml:space="preserve">AF10</t>
         </is>
       </c>
       <c s="11" r="B78">
-        <v>46344</v>
+        <v>46150</v>
       </c>
       <c s="12" t="inlineStr" r="C78">
         <is>
-          <t xml:space="preserve">Capital Environmental LLC</t>
+          <t xml:space="preserve">Rempert Inc DBA RPF Environmental</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H78">
         <is>
-          <t xml:space="preserve">508- -39-5550</t>
+          <t xml:space="preserve">603- 942-5432</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J78">
         <is>
-          <t xml:space="preserve">Northborough</t>
+          <t xml:space="preserve">Northwood</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M78">
         <is>
-          <t xml:space="preserve">don@capital-enviro.com</t>
+          <t xml:space="preserve">KATIE@AIRPF.COM</t>
         </is>
       </c>
     </row>
     <row r="79" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A79">
         <is>
-          <t xml:space="preserve">AF10</t>
+          <t xml:space="preserve">AF95</t>
         </is>
       </c>
       <c s="8" r="B79">
-        <v>46150</v>
+        <v>46157</v>
       </c>
       <c s="9" t="inlineStr" r="C79">
         <is>
-          <t xml:space="preserve">Rempert Inc DBA RPF Environmental</t>
+          <t xml:space="preserve">Big East Environmental, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H79">
         <is>
-          <t xml:space="preserve">603- 942-5432</t>
+          <t xml:space="preserve">203- 505-9717</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J79">
         <is>
-          <t xml:space="preserve">Northwood</t>
+          <t xml:space="preserve">NORWALK</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M79">
         <is>
-          <t xml:space="preserve">KATIE@AIRPF.COM</t>
+          <t xml:space="preserve">CONTACT@BIGEASTLABS.COM</t>
         </is>
       </c>
     </row>
     <row r="80" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A80">
         <is>
-          <t xml:space="preserve">AF95</t>
+          <t xml:space="preserve">AF90</t>
         </is>
       </c>
       <c s="11" r="B80">
-        <v>46157</v>
+        <v>46361</v>
       </c>
       <c s="12" t="inlineStr" r="C80">
         <is>
-          <t xml:space="preserve">Big East Environmental, LLC</t>
+          <t xml:space="preserve">Banner Environmental Services, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H80">
         <is>
-          <t xml:space="preserve">203- 505-9717</t>
+          <t xml:space="preserve">339- 216-0557</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J80">
         <is>
-          <t xml:space="preserve">NORWALK</t>
+          <t xml:space="preserve">Norwood</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M80">
         <is>
-          <t xml:space="preserve">CONTACT@BIGEASTLABS.COM</t>
+          <t xml:space="preserve">csantiago@bannerenvironmental.com</t>
         </is>
       </c>
     </row>
     <row r="81" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A81">
         <is>
-          <t xml:space="preserve">AF90</t>
+          <t xml:space="preserve">AF140</t>
         </is>
       </c>
       <c s="8" r="B81">
-        <v>46361</v>
+        <v>46437</v>
       </c>
       <c s="9" t="inlineStr" r="C81">
         <is>
-          <t xml:space="preserve">Banner Environmental Services, Inc.</t>
+          <t xml:space="preserve">Terracon Consultants, Inc. </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H81">
         <is>
-          <t xml:space="preserve">339- 216-0557</t>
+          <t xml:space="preserve">207- 319-0390</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J81">
         <is>
-          <t xml:space="preserve">Norwood</t>
+          <t xml:space="preserve">Olathe</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M81">
         <is>
-          <t xml:space="preserve">csantiago@bannerenvironmental.com</t>
+          <t xml:space="preserve">Matthew.Pellerin@Terracon.com</t>
         </is>
       </c>
     </row>
     <row r="82" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A82">
         <is>
           <t xml:space="preserve">AF127</t>
         </is>
       </c>
       <c s="11" r="B82">
         <v>46107</v>
       </c>
       <c s="12" t="inlineStr" r="C82">
         <is>
           <t xml:space="preserve">LeBlanc's Environmental Services</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H82">
         <is>
           <t xml:space="preserve">774- 670-8119</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J82">
         <is>
           <t xml:space="preserve">Oxford</t>
@@ -2745,100 +2745,100 @@
         </is>
       </c>
       <c s="12" t="inlineStr" r="H86">
         <is>
           <t xml:space="preserve">781- 953-5206</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J86">
         <is>
           <t xml:space="preserve">Plymouth</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M86">
         <is>
           <t xml:space="preserve">joseph.oconnell@verizon.net</t>
         </is>
       </c>
     </row>
     <row r="87" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A87">
         <is>
           <t xml:space="preserve">AF2</t>
         </is>
       </c>
       <c s="8" r="B87">
-        <v>46072.3885825231</v>
+        <v>46435</v>
       </c>
       <c s="9" t="inlineStr" r="C87">
         <is>
           <t xml:space="preserve">Woodard &amp; Curran, Inc. </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H87">
         <is>
           <t xml:space="preserve">978- 944-3046</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J87">
         <is>
           <t xml:space="preserve">Portland</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M87">
         <is>
           <t xml:space="preserve">kelly.dodd@woodardcurran.com</t>
         </is>
       </c>
     </row>
     <row r="88" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A88">
         <is>
           <t xml:space="preserve">AF124</t>
         </is>
       </c>
       <c s="11" r="B88">
-        <v>46074</v>
+        <v>46436</v>
       </c>
       <c s="12" t="inlineStr" r="C88">
         <is>
           <t xml:space="preserve">Trimco Holdings LLC ; DBA Mountain Environmental</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H88">
         <is>
           <t xml:space="preserve">401- 374-2907</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J88">
         <is>
           <t xml:space="preserve">Providence</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M88">
         <is>
-          <t xml:space="preserve">NTRIMBLE@MOUNTAINENV.COM</t>
+          <t xml:space="preserve">ntrimble@mountainenv.com</t>
         </is>
       </c>
     </row>
     <row r="89" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A89">
         <is>
           <t xml:space="preserve">AF29</t>
         </is>
       </c>
       <c s="8" r="B89">
         <v>46176</v>
       </c>
       <c s="9" t="inlineStr" r="C89">
         <is>
           <t xml:space="preserve">Fuss &amp; O'Neill, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H89">
         <is>
           <t xml:space="preserve">(86- 0) -4651</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J89">
         <is>
           <t xml:space="preserve">Quincy</t>
@@ -3034,51 +3034,51 @@
       <c s="10" t="inlineStr" r="A96">
         <is>
           <t xml:space="preserve">AF98</t>
         </is>
       </c>
       <c s="11" r="B96">
         <v>46098</v>
       </c>
       <c s="12" t="inlineStr" r="C96">
         <is>
           <t xml:space="preserve">Apex Companies, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H96">
         <is>
           <t xml:space="preserve">301- 417-0200</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J96">
         <is>
           <t xml:space="preserve">Rockville</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M96">
         <is>
-          <t xml:space="preserve">LICENSES@APEXCOS.COM</t>
+          <t xml:space="preserve">licenses@apexcos.com</t>
         </is>
       </c>
     </row>
     <row r="97" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A97">
         <is>
           <t xml:space="preserve">AF109</t>
         </is>
       </c>
       <c s="8" r="B97">
         <v>46311</v>
       </c>
       <c s="9" t="inlineStr" r="C97">
         <is>
           <t xml:space="preserve">Insight Environmental, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H97">
         <is>
           <t xml:space="preserve">978- 771-8541</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J97">
         <is>
           <t xml:space="preserve">Salem</t>
@@ -3094,51 +3094,51 @@
       <c s="10" t="inlineStr" r="A98">
         <is>
           <t xml:space="preserve">AF86</t>
         </is>
       </c>
       <c s="11" r="B98">
         <v>46084</v>
       </c>
       <c s="12" t="inlineStr" r="C98">
         <is>
           <t xml:space="preserve">Marquis Management, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H98">
         <is>
           <t xml:space="preserve">781- 996-9981</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J98">
         <is>
           <t xml:space="preserve">Salem</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M98">
         <is>
-          <t xml:space="preserve">CMOORE@MQSMGT.COM</t>
+          <t xml:space="preserve">sbrooks@mqsmgt.com</t>
         </is>
       </c>
     </row>
     <row r="99" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A99">
         <is>
           <t xml:space="preserve">AF13</t>
         </is>
       </c>
       <c s="8" r="B99">
         <v>46115</v>
       </c>
       <c s="9" t="inlineStr" r="C99">
         <is>
           <t xml:space="preserve">TestAll Environmental</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H99">
         <is>
           <t xml:space="preserve">617-  79-5187</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J99">
         <is>
           <t xml:space="preserve">Salem</t>
@@ -3401,471 +3401,471 @@
       </c>
       <c s="12" t="inlineStr" r="C108">
         <is>
           <t xml:space="preserve">Cashins &amp; Associates, Inc.</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H108">
         <is>
           <t xml:space="preserve">781- 245-1400</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J108">
         <is>
           <t xml:space="preserve">Wakefield</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M108">
         <is>
           <t xml:space="preserve">ACCOUNTING@CASHINS.COM</t>
         </is>
       </c>
     </row>
     <row r="109" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A109">
         <is>
-          <t xml:space="preserve">AF1</t>
+          <t xml:space="preserve">AF92</t>
         </is>
       </c>
       <c s="8" r="B109">
-        <v>46415</v>
+        <v>46429</v>
       </c>
       <c s="9" t="inlineStr" r="C109">
         <is>
-          <t xml:space="preserve">Paul Matuszko Environmental Consulting</t>
+          <t xml:space="preserve">GES, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H109">
         <is>
-          <t xml:space="preserve">161- 789-4476</t>
+          <t xml:space="preserve">774- 244-6267</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J109">
         <is>
           <t xml:space="preserve">Walpole</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M109">
         <is>
-          <t xml:space="preserve">pmatuszko@gmail.com</t>
+          <t xml:space="preserve">JG@GESenviro.com</t>
         </is>
       </c>
     </row>
     <row r="110" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A110">
         <is>
-          <t xml:space="preserve">AF57</t>
+          <t xml:space="preserve">AF1</t>
         </is>
       </c>
       <c s="11" r="B110">
-        <v>46281</v>
+        <v>46415</v>
       </c>
       <c s="12" t="inlineStr" r="C110">
         <is>
-          <t xml:space="preserve">Hub Testing Laboratory, Inc.</t>
+          <t xml:space="preserve">Paul Matuszko Environmental Consulting</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H110">
         <is>
-          <t xml:space="preserve">781- -89-8330</t>
+          <t xml:space="preserve">161- 789-4476</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J110">
         <is>
-          <t xml:space="preserve">Waltham</t>
+          <t xml:space="preserve">Walpole</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M110">
         <is>
-          <t xml:space="preserve">HUBTESTING95@GMAIL.COM</t>
+          <t xml:space="preserve">pmatuszko@gmail.com</t>
         </is>
       </c>
     </row>
     <row r="111" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A111">
         <is>
-          <t xml:space="preserve">AF34</t>
+          <t xml:space="preserve">AF57</t>
         </is>
       </c>
       <c s="8" r="B111">
-        <v>46375</v>
+        <v>46281</v>
       </c>
       <c s="9" t="inlineStr" r="C111">
         <is>
-          <t xml:space="preserve">Whitestone Associates, Inc</t>
+          <t xml:space="preserve">Hub Testing Laboratory, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H111">
         <is>
-          <t xml:space="preserve">908- 668-7777</t>
+          <t xml:space="preserve">781- -89-8330</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J111">
         <is>
-          <t xml:space="preserve">Warren</t>
+          <t xml:space="preserve">Waltham</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M111">
         <is>
-          <t xml:space="preserve">jhassett@whitestoneassoc.com</t>
+          <t xml:space="preserve">HUBTESTING95@GMAIL.COM</t>
         </is>
       </c>
     </row>
     <row r="112" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A112">
         <is>
-          <t xml:space="preserve">AF61</t>
+          <t xml:space="preserve">AF34</t>
         </is>
       </c>
       <c s="11" r="B112">
-        <v>46298</v>
+        <v>46375</v>
       </c>
       <c s="12" t="inlineStr" r="C112">
         <is>
-          <t xml:space="preserve">Green Environmental Consulting, Inc</t>
+          <t xml:space="preserve">Whitestone Associates, Inc</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H112">
         <is>
-          <t xml:space="preserve">413- 695-5875</t>
+          <t xml:space="preserve">908- 668-7777</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J112">
         <is>
-          <t xml:space="preserve">West Hatfield</t>
+          <t xml:space="preserve">Warren</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M112">
         <is>
-          <t xml:space="preserve">adam@gecenviro.com</t>
+          <t xml:space="preserve">jhassett@whitestoneassoc.com</t>
         </is>
       </c>
     </row>
     <row r="113" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A113">
         <is>
-          <t xml:space="preserve">AF22</t>
+          <t xml:space="preserve">AF61</t>
         </is>
       </c>
       <c s="8" r="B113">
-        <v>46126</v>
+        <v>46298</v>
       </c>
       <c s="9" t="inlineStr" r="C113">
         <is>
-          <t xml:space="preserve">Atlas Technical Consultants LLC</t>
+          <t xml:space="preserve">Green Environmental Consulting, Inc</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H113">
         <is>
-          <t xml:space="preserve">413- 781-0070</t>
+          <t xml:space="preserve">413- 695-5875</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J113">
         <is>
-          <t xml:space="preserve">West Springfield</t>
+          <t xml:space="preserve">West Hatfield</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M113">
         <is>
-          <t xml:space="preserve">BRIAN.WILLIAMS@ONEATLAS.COM</t>
+          <t xml:space="preserve">adam@gecenviro.com</t>
         </is>
       </c>
     </row>
     <row r="114" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A114">
         <is>
-          <t xml:space="preserve">AF113</t>
+          <t xml:space="preserve">AF22</t>
         </is>
       </c>
       <c s="11" r="B114">
-        <v>46288</v>
+        <v>46126</v>
       </c>
       <c s="12" t="inlineStr" r="C114">
         <is>
-          <t xml:space="preserve">Credere Associates, LLC</t>
+          <t xml:space="preserve">Atlas Technical Consultants LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H114">
         <is>
-          <t xml:space="preserve">207- 828-1272</t>
+          <t xml:space="preserve">413- 781-0070</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J114">
         <is>
-          <t xml:space="preserve">Westbrook</t>
+          <t xml:space="preserve">West Springfield</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M114">
         <is>
-          <t xml:space="preserve">mwentworth@crederellc.com</t>
+          <t xml:space="preserve">BRIAN.WILLIAMS@ONEATLAS.COM</t>
         </is>
       </c>
     </row>
     <row r="115" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A115">
         <is>
-          <t xml:space="preserve">AF47</t>
+          <t xml:space="preserve">AF113</t>
         </is>
       </c>
       <c s="8" r="B115">
-        <v>46343</v>
+        <v>46288</v>
       </c>
       <c s="9" t="inlineStr" r="C115">
         <is>
-          <t xml:space="preserve">MESSINA PROPERTY MANAGMENT LLC</t>
+          <t xml:space="preserve">Credere Associates, LLC</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H115">
         <is>
-          <t xml:space="preserve">161- 779-3016</t>
+          <t xml:space="preserve">207- 828-1272</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J115">
         <is>
-          <t xml:space="preserve">Weston</t>
+          <t xml:space="preserve">Westbrook</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M115">
         <is>
-          <t xml:space="preserve">messinapropsvcs@comcast.net</t>
+          <t xml:space="preserve">mwentworth@crederellc.com</t>
         </is>
       </c>
     </row>
     <row r="116" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A116">
         <is>
-          <t xml:space="preserve">AF114</t>
+          <t xml:space="preserve">AF47</t>
         </is>
       </c>
       <c s="11" r="B116">
-        <v>46261</v>
+        <v>46343</v>
       </c>
       <c s="12" t="inlineStr" r="C116">
         <is>
-          <t xml:space="preserve">Envirotest Lab, Inc</t>
+          <t xml:space="preserve">MESSINA PROPERTY MANAGMENT LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H116">
         <is>
-          <t xml:space="preserve">781- 799-7298</t>
+          <t xml:space="preserve">161- 779-3016</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J116">
         <is>
-          <t xml:space="preserve">Westwood</t>
+          <t xml:space="preserve">Weston</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M116">
         <is>
-          <t xml:space="preserve">SAMSAMCOHEN@YAHOO.COM</t>
+          <t xml:space="preserve">messinapropsvcs@comcast.net</t>
         </is>
       </c>
     </row>
     <row r="117" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A117">
         <is>
-          <t xml:space="preserve">AF55</t>
+          <t xml:space="preserve">AF114</t>
         </is>
       </c>
       <c s="8" r="B117">
-        <v>46288</v>
+        <v>46261</v>
       </c>
       <c s="9" t="inlineStr" r="C117">
         <is>
-          <t xml:space="preserve">The Vertex Companies, LLC</t>
+          <t xml:space="preserve">Envirotest Lab, Inc</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H117">
         <is>
-          <t xml:space="preserve">781- 952-6000</t>
+          <t xml:space="preserve">781- 799-7298</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J117">
         <is>
-          <t xml:space="preserve">Weymouth</t>
+          <t xml:space="preserve">Westwood</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M117">
         <is>
-          <t xml:space="preserve">Kmandile@vertexeng.com</t>
+          <t xml:space="preserve">SAMSAMCOHEN@YAHOO.COM</t>
         </is>
       </c>
     </row>
     <row r="118" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A118">
         <is>
-          <t xml:space="preserve">AF37</t>
+          <t xml:space="preserve">AF55</t>
         </is>
       </c>
       <c s="11" r="B118">
-        <v>46164</v>
+        <v>46288</v>
       </c>
       <c s="12" t="inlineStr" r="C118">
         <is>
-          <t xml:space="preserve">EFI Global, Inc.</t>
+          <t xml:space="preserve">The Vertex Companies, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H118">
         <is>
-          <t xml:space="preserve">978- .68-3736</t>
+          <t xml:space="preserve">781- 952-6000</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J118">
         <is>
-          <t xml:space="preserve">WILMINGTON</t>
+          <t xml:space="preserve">Weymouth</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M118">
         <is>
-          <t xml:space="preserve">JENNIFER.ARCHACKI@EFIGLOBAL.COM</t>
+          <t xml:space="preserve">Kmandile@vertexeng.com</t>
         </is>
       </c>
     </row>
     <row r="119" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A119">
         <is>
-          <t xml:space="preserve">AF125</t>
+          <t xml:space="preserve">AF37</t>
         </is>
       </c>
       <c s="8" r="B119">
-        <v>46092</v>
+        <v>46164</v>
       </c>
       <c s="9" t="inlineStr" r="C119">
         <is>
-          <t xml:space="preserve">Core Environmental Testing, LLC</t>
+          <t xml:space="preserve">EFI Global, Inc.</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H119">
         <is>
-          <t xml:space="preserve">781- 721-4540</t>
+          <t xml:space="preserve">978- .68-3736</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J119">
         <is>
-          <t xml:space="preserve">WOBURN</t>
+          <t xml:space="preserve">WILMINGTON</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M119">
         <is>
-          <t xml:space="preserve">MGLAVIN@CORESERVS.COM</t>
+          <t xml:space="preserve">JENNIFER.ARCHACKI@EFIGLOBAL.COM</t>
         </is>
       </c>
     </row>
     <row r="120" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A120">
         <is>
-          <t xml:space="preserve">AF75</t>
+          <t xml:space="preserve">AF125</t>
         </is>
       </c>
       <c s="11" r="B120">
-        <v>46319</v>
+        <v>46092</v>
       </c>
       <c s="12" t="inlineStr" r="C120">
         <is>
-          <t xml:space="preserve">John Turner Consulting</t>
+          <t xml:space="preserve">Core Environmental Testing, LLC</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="H120">
         <is>
-          <t xml:space="preserve">978- -50-0515</t>
+          <t xml:space="preserve">781- 721-4540</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="J120">
         <is>
-          <t xml:space="preserve">Woburn</t>
+          <t xml:space="preserve">WOBURN</t>
         </is>
       </c>
       <c s="12" t="inlineStr" r="M120">
         <is>
-          <t xml:space="preserve">arolinger@consultjtc.com</t>
+          <t xml:space="preserve">MGLAVIN@CORESERVS.COM</t>
         </is>
       </c>
     </row>
     <row r="121" ht="18" customHeight="0">
       <c s="7" t="inlineStr" r="A121">
         <is>
-          <t xml:space="preserve">AF67</t>
+          <t xml:space="preserve">AF75</t>
         </is>
       </c>
       <c s="8" r="B121">
-        <v>46280</v>
+        <v>46319</v>
       </c>
       <c s="9" t="inlineStr" r="C121">
         <is>
-          <t xml:space="preserve">TRC Environmental Corporation</t>
+          <t xml:space="preserve">John Turner Consulting</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H121">
         <is>
-          <t xml:space="preserve">781- .56-0765</t>
+          <t xml:space="preserve">978- -50-0515</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="J121">
         <is>
           <t xml:space="preserve">Woburn</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="M121">
         <is>
-          <t xml:space="preserve">aeckmann@trccompanies.com</t>
+          <t xml:space="preserve">arolinger@consultjtc.com</t>
         </is>
       </c>
     </row>
     <row r="122" ht="18" customHeight="0">
       <c s="13" t="inlineStr" r="A122">
         <is>
-          <t xml:space="preserve">AF93</t>
+          <t xml:space="preserve">AF67</t>
         </is>
       </c>
       <c s="14" r="B122">
-        <v>46067</v>
+        <v>46280</v>
       </c>
       <c s="15" t="inlineStr" r="C122">
         <is>
-          <t xml:space="preserve">Tighe &amp; Bond, Inc.</t>
+          <t xml:space="preserve">TRC Environmental Corporation</t>
         </is>
       </c>
       <c s="16" t="str" r="D122"/>
       <c s="16" t="str" r="E122"/>
       <c s="16" t="str" r="F122"/>
       <c s="16" t="str" r="G122"/>
       <c s="15" t="inlineStr" r="H122">
         <is>
-          <t xml:space="preserve">508- -75-2201</t>
+          <t xml:space="preserve">781- .56-0765</t>
         </is>
       </c>
       <c s="16" t="str" r="I122"/>
       <c s="15" t="inlineStr" r="J122">
         <is>
-          <t xml:space="preserve">Worcester</t>
+          <t xml:space="preserve">Woburn</t>
         </is>
       </c>
       <c s="16" t="str" r="K122"/>
       <c s="16" t="str" r="L122"/>
       <c s="15" t="inlineStr" r="M122">
         <is>
-          <t xml:space="preserve">contractsdept@TIGHEBOND.COM</t>
+          <t xml:space="preserve">aeckmann@trccompanies.com</t>
         </is>
       </c>
       <c s="16" t="str" r="N122"/>
       <c s="16" t="str" r="O122"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C4"/>
     <mergeCell ref="E2:K2"/>
     <mergeCell ref="G4:H5"/>
     <mergeCell ref="F7:J7"/>
     <mergeCell ref="N7:N8"/>
     <mergeCell ref="C10:G10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="J10:L10"/>
     <mergeCell ref="M10:O10"/>
     <mergeCell ref="C11:G11"/>
     <mergeCell ref="H11:I11"/>
     <mergeCell ref="J11:L11"/>
     <mergeCell ref="M11:O11"/>
     <mergeCell ref="C12:G12"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="J12:L12"/>
     <mergeCell ref="M12:O12"/>
     <mergeCell ref="C13:G13"/>
@@ -4290,51 +4290,51 @@
     <mergeCell ref="M117:O117"/>
     <mergeCell ref="C118:G118"/>
     <mergeCell ref="H118:I118"/>
     <mergeCell ref="J118:L118"/>
     <mergeCell ref="M118:O118"/>
     <mergeCell ref="C119:G119"/>
     <mergeCell ref="H119:I119"/>
     <mergeCell ref="J119:L119"/>
     <mergeCell ref="M119:O119"/>
     <mergeCell ref="C120:G120"/>
     <mergeCell ref="H120:I120"/>
     <mergeCell ref="J120:L120"/>
     <mergeCell ref="M120:O120"/>
     <mergeCell ref="C121:G121"/>
     <mergeCell ref="H121:I121"/>
     <mergeCell ref="J121:L121"/>
     <mergeCell ref="M121:O121"/>
     <mergeCell ref="C122:G122"/>
     <mergeCell ref="H122:I122"/>
     <mergeCell ref="J122:L122"/>
     <mergeCell ref="M122:O122"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.2" top="0.5" bottom="0.897920078740158" header="0.5" footer="0.5"/>
   <pageSetup paperSize="8" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;C&amp;"Calibri"&amp;10Page &amp;P of &amp;N &amp;R&amp;"Calibri,Regular"&amp;10 2/2/2026 9:24:19 AM </oddFooter>
+    <oddFooter>&amp;C&amp;"Calibri"&amp;10Page &amp;P of &amp;N &amp;R&amp;"Calibri,Regular"&amp;10 3/2/2026 7:43:04 AM </oddFooter>
   </headerFooter>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>