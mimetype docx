--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -10,65 +10,62 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4C3B2C53" w14:textId="03FEAC0D" w:rsidR="00FB16C2" w:rsidRPr="00844950" w:rsidRDefault="000E35D7" w:rsidP="00DF5A26">
+    <w:p w14:paraId="4C3B2C53" w14:textId="7AC529BD" w:rsidR="00FB16C2" w:rsidRPr="00844950" w:rsidRDefault="006D1D2C" w:rsidP="00DF5A26">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk189035769"/>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="006D1D2C" w:rsidRPr="00844950">
+      <w:r w:rsidRPr="00844950">
         <w:t>PROVIDER ENROLLMENT DATA COLLECTION FORM</w:t>
       </w:r>
       <w:r w:rsidR="00DF5A26" w:rsidRPr="00844950">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="006D1D2C" w:rsidRPr="00844950">
+      <w:r w:rsidRPr="00844950">
         <w:t>AND REGISTRATION INSTRUCTIONS</w:t>
       </w:r>
       <w:r w:rsidR="003446FF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B1F79">
         <w:t>FOR HOME- AND COMMUNITY</w:t>
       </w:r>
       <w:r w:rsidR="00DE0D5A">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="007B1F79">
         <w:t>BASED SERVICES (HCBS) WAIVERS AND MONEY FOLLOWS</w:t>
       </w:r>
       <w:r w:rsidR="00731D87">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B1F79">
         <w:t xml:space="preserve">THE PERSON </w:t>
       </w:r>
       <w:r w:rsidR="00731D87">
         <w:t xml:space="preserve">(MFP) </w:t>
       </w:r>
       <w:r w:rsidR="007B1F79">
         <w:t>DEMONSTRATION</w:t>
@@ -439,153 +436,116 @@
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="002002FC" w:rsidRPr="002002FC">
         <w:t>455-5102</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58161E54" w14:textId="0A6D345D" w:rsidR="002002FC" w:rsidRPr="00844950" w:rsidRDefault="002002FC" w:rsidP="00F37B6A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="006163E3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002002FC">
         <w:t>ProviderNetwork@umassmed.edu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A2C55A4" w14:textId="77777777" w:rsidR="00CC444A" w:rsidRDefault="00665186" w:rsidP="00CC444A">
+    <w:p w14:paraId="0CD0B812" w14:textId="4C0AFC08" w:rsidR="00707D7B" w:rsidRDefault="00665186" w:rsidP="00707D7B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E721F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Mail:</w:t>
       </w:r>
       <w:r w:rsidRPr="00844950">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B3756">
-[...3 lines deleted...]
-      <w:r w:rsidR="002002FC" w:rsidRPr="00CC444A">
+      <w:r w:rsidR="00707D7B" w:rsidRPr="00707D7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>ForHealth</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="006B3756" w:rsidRPr="00CC444A">
+        <w:t>Waiver Provider Network Administration</w:t>
+      </w:r>
+      <w:r w:rsidR="00707D7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="002002FC" w:rsidRPr="00CC444A">
+      <w:r w:rsidR="00707D7B" w:rsidRPr="00707D7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Disability and Community Services</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B3756" w:rsidRPr="00CC444A">
+        <w:t>UMass Chan Medical School</w:t>
+      </w:r>
+      <w:r w:rsidR="00707D7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-      <w:r w:rsidR="002002FC" w:rsidRPr="00CC444A">
+      <w:r w:rsidR="00707D7B" w:rsidRPr="00707D7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>HCBS Provider Network Administration Unit</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B3756" w:rsidRPr="00CC444A">
+        <w:t>PO Box 2672</w:t>
+      </w:r>
+      <w:r w:rsidR="00707D7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002002FC" w:rsidRPr="00CC444A">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00707D7B" w:rsidRPr="00707D7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>333 South Street</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="00665186" w:rsidRPr="00844950">
+        <w:t>Worcester, MA 016139</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D8B098" w14:textId="0C2544E5" w:rsidR="00FB16C2" w:rsidRPr="00844950" w:rsidRDefault="00665186" w:rsidP="00707D7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844950">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="006D1D2C" w:rsidRPr="00844950">
         <w:lastRenderedPageBreak/>
         <w:t>INSTRUCTIONS TO COMPLETE THE FORM</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EFB9D31" w14:textId="77777777" w:rsidR="00FB16C2" w:rsidRPr="00844950" w:rsidRDefault="006D1D2C" w:rsidP="00F37B6A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r w:rsidRPr="00844950">
         <w:t>Complete all required sections and fields within the form. Complete the optional fields as applicable.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10908" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="INSTRUCTIONS"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3547"/>
@@ -1495,193 +1455,207 @@
       <w:r w:rsidR="00E04F62">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="006B3756" w:rsidRPr="006B3756">
         <w:t>300-7058</w:t>
       </w:r>
       <w:r w:rsidR="006B3756">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00844950">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FB16C2" w:rsidRPr="002B60E4" w:rsidSect="002B60E4">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="600" w:right="630" w:bottom="540" w:left="630" w:header="0" w:footer="341" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E8CA759" w14:textId="77777777" w:rsidR="00981242" w:rsidRDefault="00981242" w:rsidP="00DF5A26">
+    <w:p w14:paraId="6C427590" w14:textId="77777777" w:rsidR="001441B4" w:rsidRDefault="001441B4" w:rsidP="00DF5A26">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="760BDAA6" w14:textId="77777777" w:rsidR="00981242" w:rsidRDefault="00981242" w:rsidP="00DF5A26">
+    <w:p w14:paraId="713A9D19" w14:textId="77777777" w:rsidR="001441B4" w:rsidRDefault="001441B4" w:rsidP="00DF5A26">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3CD29F9E" w14:textId="578D9F0F" w:rsidR="00FB16C2" w:rsidRPr="00F37B6A" w:rsidRDefault="00F37B6A" w:rsidP="00F37B6A">
+  <w:p w14:paraId="3CD29F9E" w14:textId="48FE6BAC" w:rsidR="00FB16C2" w:rsidRPr="00F37B6A" w:rsidRDefault="00F37B6A" w:rsidP="00F37B6A">
     <w:r w:rsidRPr="00F37B6A">
       <w:t>POSC-</w:t>
     </w:r>
     <w:r w:rsidR="00E0371A">
-      <w:t>HCBS_2025-01</w:t>
+      <w:t>HCBS_2025-</w:t>
+    </w:r>
+    <w:r w:rsidR="00707D7B">
+      <w:t>11</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0C301E6A" w14:textId="2FDF0474" w:rsidR="00665186" w:rsidRDefault="00665186">
+  <w:p w14:paraId="0C301E6A" w14:textId="50664A2D" w:rsidR="00665186" w:rsidRDefault="00665186">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>POSC-</w:t>
     </w:r>
     <w:r w:rsidR="008C609A">
-      <w:t>HCBS_2025-01</w:t>
+      <w:t>HCBS_2025-</w:t>
+    </w:r>
+    <w:r w:rsidR="00707D7B">
+      <w:t>11</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A1AB167" w14:textId="77777777" w:rsidR="00981242" w:rsidRDefault="00981242" w:rsidP="00DF5A26">
+    <w:p w14:paraId="60D2A825" w14:textId="77777777" w:rsidR="001441B4" w:rsidRDefault="001441B4" w:rsidP="00DF5A26">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6534E8EE" w14:textId="77777777" w:rsidR="00981242" w:rsidRDefault="00981242" w:rsidP="00DF5A26">
+    <w:p w14:paraId="1245D165" w14:textId="77777777" w:rsidR="001441B4" w:rsidRDefault="001441B4" w:rsidP="00DF5A26">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3D1B0FEB" w14:textId="4CDFC531" w:rsidR="00665186" w:rsidRDefault="00665186" w:rsidP="00665186">
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00DF5A26">
-      <w:t>APPLICATION TRACKING NUMBER (ATN)</w:t>
+      <w:t>APPLICATION TRACKING NUMBER (</w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00DF5A26">
+      <w:t>ATN)</w:t>
     </w:r>
     <w:r w:rsidR="00D14B88">
-      <w:t xml:space="preserve">  ___</w:t>
+      <w:t xml:space="preserve">  _</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00D14B88">
+      <w:t>__</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="133A5B50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2B88DDA"/>
     <w:lvl w:ilvl="0" w:tplc="65FCD626">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="320"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="141"/>
@@ -2225,140 +2199,146 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="3822384">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1185945199">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="944076868">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="785349167">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="918443532">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB16C2"/>
     <w:rsid w:val="00060CA9"/>
     <w:rsid w:val="0009081A"/>
     <w:rsid w:val="00091303"/>
     <w:rsid w:val="000D38B7"/>
     <w:rsid w:val="000D3BA2"/>
     <w:rsid w:val="000E215B"/>
     <w:rsid w:val="000E35D7"/>
+    <w:rsid w:val="001441B4"/>
     <w:rsid w:val="001A27E8"/>
     <w:rsid w:val="001E5DAC"/>
     <w:rsid w:val="001F223C"/>
     <w:rsid w:val="002002FC"/>
     <w:rsid w:val="00224D9A"/>
     <w:rsid w:val="00237955"/>
     <w:rsid w:val="00250A4F"/>
     <w:rsid w:val="00254A90"/>
     <w:rsid w:val="002610FA"/>
     <w:rsid w:val="00262995"/>
     <w:rsid w:val="002A5CD2"/>
     <w:rsid w:val="002B60E4"/>
     <w:rsid w:val="002D2E0B"/>
     <w:rsid w:val="002F4E92"/>
     <w:rsid w:val="003446FF"/>
     <w:rsid w:val="00354863"/>
     <w:rsid w:val="00374AAA"/>
     <w:rsid w:val="00377482"/>
     <w:rsid w:val="003D2F32"/>
+    <w:rsid w:val="003E34EB"/>
     <w:rsid w:val="003E721F"/>
+    <w:rsid w:val="00400CB6"/>
     <w:rsid w:val="00426EE5"/>
     <w:rsid w:val="004B5233"/>
     <w:rsid w:val="004D2DFA"/>
     <w:rsid w:val="004D649B"/>
     <w:rsid w:val="005302BE"/>
     <w:rsid w:val="005B5D2A"/>
     <w:rsid w:val="005F028D"/>
     <w:rsid w:val="0060586C"/>
     <w:rsid w:val="006163E3"/>
     <w:rsid w:val="00665186"/>
     <w:rsid w:val="006660FE"/>
     <w:rsid w:val="006B3756"/>
     <w:rsid w:val="006B4816"/>
     <w:rsid w:val="006C72D1"/>
     <w:rsid w:val="006D1D2C"/>
     <w:rsid w:val="00702D5E"/>
+    <w:rsid w:val="00707D7B"/>
     <w:rsid w:val="00714B32"/>
     <w:rsid w:val="00731D87"/>
     <w:rsid w:val="0076472F"/>
     <w:rsid w:val="007B1F79"/>
     <w:rsid w:val="007C522F"/>
     <w:rsid w:val="007D32B7"/>
     <w:rsid w:val="00844950"/>
     <w:rsid w:val="008506C6"/>
     <w:rsid w:val="008B480D"/>
     <w:rsid w:val="008C609A"/>
     <w:rsid w:val="008F722E"/>
+    <w:rsid w:val="00921A6B"/>
     <w:rsid w:val="0097232C"/>
     <w:rsid w:val="00981242"/>
     <w:rsid w:val="00985A76"/>
     <w:rsid w:val="009B0453"/>
     <w:rsid w:val="009C2C09"/>
     <w:rsid w:val="009F0AA1"/>
     <w:rsid w:val="00A40A3D"/>
     <w:rsid w:val="00A6575B"/>
+    <w:rsid w:val="00A82444"/>
     <w:rsid w:val="00A8378F"/>
     <w:rsid w:val="00AA166C"/>
     <w:rsid w:val="00AF6BF4"/>
     <w:rsid w:val="00B10EF3"/>
     <w:rsid w:val="00B7423C"/>
     <w:rsid w:val="00BB0FC1"/>
     <w:rsid w:val="00BC2C27"/>
     <w:rsid w:val="00BD09D3"/>
     <w:rsid w:val="00C113BB"/>
     <w:rsid w:val="00C87AC5"/>
     <w:rsid w:val="00CC444A"/>
     <w:rsid w:val="00D14B88"/>
     <w:rsid w:val="00D261A4"/>
     <w:rsid w:val="00D27C66"/>
     <w:rsid w:val="00D54B0A"/>
     <w:rsid w:val="00D62360"/>
     <w:rsid w:val="00D82B9E"/>
     <w:rsid w:val="00DA344D"/>
     <w:rsid w:val="00DA6091"/>
     <w:rsid w:val="00DE0D5A"/>
     <w:rsid w:val="00DF5A26"/>
     <w:rsid w:val="00E0371A"/>
     <w:rsid w:val="00E04F62"/>
     <w:rsid w:val="00E252AA"/>
     <w:rsid w:val="00E3282B"/>
@@ -3437,50 +3417,61 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="a36c891a-0252-4974-8600-27cecaf0be66" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="fd2e816c-d1fb-4f26-8b49-df26b1d7fe4a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010026340F7C52DB8F4A89FAFA8C24F128F9" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="691495719c7a2a9694eb92a7bb53f078">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fd2e816c-d1fb-4f26-8b49-df26b1d7fe4a" xmlns:ns3="a36c891a-0252-4974-8600-27cecaf0be66" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a380b9d485fb0cc1890b6876bd32270a" ns2:_="" ns3:_="">
     <xsd:import namespace="fd2e816c-d1fb-4f26-8b49-df26b1d7fe4a"/>
     <xsd:import namespace="a36c891a-0252-4974-8600-27cecaf0be66"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -3677,144 +3668,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AA21918-AB0C-4039-A014-60C4D72C3E21}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a36c891a-0252-4974-8600-27cecaf0be66"/>
+    <ds:schemaRef ds:uri="fd2e816c-d1fb-4f26-8b49-df26b1d7fe4a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27F97F92-0943-4C91-8B0E-ED760AEB5E4C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="fd2e816c-d1fb-4f26-8b49-df26b1d7fe4a"/>
     <ds:schemaRef ds:uri="a36c891a-0252-4974-8600-27cecaf0be66"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92838304-41AB-4A6B-AD13-3377FC7C06B5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="fd2e816c-d1fb-4f26-8b49-df26b1d7fe4a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1768</Words>
-  <Characters>10084</Characters>
+  <Words>1757</Words>
+  <Characters>10017</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>84</Lines>
+  <Lines>83</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11829</CharactersWithSpaces>
+  <CharactersWithSpaces>11751</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Luca, Joseph (EHS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-03-20T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 18.2 (Windows)</vt:lpwstr>
   </property>