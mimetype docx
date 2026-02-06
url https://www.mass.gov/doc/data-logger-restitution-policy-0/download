--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4C196610" w14:textId="77777777" w:rsidR="00477A1F" w:rsidRDefault="00477A1F" w:rsidP="00477A1F">
       <w:pPr>
         <w:framePr w:wrap="auto" w:vAnchor="page" w:hAnchor="page" w:x="1430" w:y="699"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>The Commonwealth of Massachusetts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="056D6170" w14:textId="77777777" w:rsidR="00477A1F" w:rsidRDefault="00477A1F" w:rsidP="00477A1F">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="0" w:hSpace="0" w:wrap="auto" w:vAnchor="page" w:x="1430" w:y="699"/>
       </w:pPr>
       <w:r>
         <w:t>Executive Office of Health and Human Services</w:t>
@@ -71,62 +71,74 @@
         <w:t>Bureau of Infectious Disease and Laboratory Sciences</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1151ED65" w14:textId="77777777" w:rsidR="00477A1F" w:rsidRDefault="00477A1F" w:rsidP="00477A1F">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="0" w:hSpace="0" w:wrap="auto" w:vAnchor="page" w:x="1430" w:y="699"/>
       </w:pPr>
       <w:r>
         <w:t>305 South Street, Jamaica Plain, MA 02130</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14732E65" w14:textId="2D2B8CF2" w:rsidR="00BA4055" w:rsidRDefault="002F508E" w:rsidP="00BA4055">
       <w:pPr>
         <w:framePr w:w="1927" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="940" w:y="-951"/>
         <w:rPr>
           <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62715722" wp14:editId="4B80F45E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62715722" wp14:editId="5DFA7F5D">
             <wp:extent cx="965200" cy="1151255"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Picture 1"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+            <wp:docPr id="1" name="Picture 1">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="1" name="Picture 1">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="965200" cy="1151255"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -322,177 +334,177 @@
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="3128AA6A">
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="3128AA6A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 3" style="position:absolute;margin-left:402.75pt;margin-top:36.65pt;width:142.85pt;height:94.3pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC40GmX8wEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IM52HBcpA6cFEg&#10;bQqk/QCKoiSiFJdd0pbSr++Ssh0jvRXVgeBqydmd2eH6buwNOyj0GmzJ89mcM2Ul1Nq2Jf/xfffh&#10;ljMfhK2FAatK/qI8v9u8f7ceXKEW0IGpFTICsb4YXMm7EFyRZV52qhd+Bk5ZSjaAvQgUYpvVKAZC&#10;7022mM+vswGwdghSeU9/H6Yk3yT8plEyPDWNV4GZklNvIa2Y1iqu2WYtihaF67Q8tiH+oYteaEtF&#10;z1APIgi2R/0XVK8lgocmzCT0GTSNlipxIDb5/A2b5044lbiQON6dZfL/D1Z+PTy7b8jC+BFGGmAi&#10;4d0jyJ+eWdh2wrbqHhGGTomaCudRsmxwvjhejVL7wkeQavgCNQ1Z7AMkoLHBPqpCPBmh0wBezqKr&#10;MTAZS97my3x1xZmkXJ6vbq7zNJZMFKfrDn34pKBncVNypKkmeHF49CG2I4rTkVjNg9H1ThuTAmyr&#10;rUF2EOSAXfoSgzfHjI2HLcRrE2L8k3hGahPJMFYjJSPfCuoXYowwOYpeAG06wN+cDeSmkvtfe4GK&#10;M/PZkmqrfLmM9kvB8upmQQFeZqrLjLCSoEoeOJu22zBZdu9Qtx1VOs3pnpTe6aTBa1fHvskxSZqj&#10;u6MlL+N06vUNbv4AAAD//wMAUEsDBBQABgAIAAAAIQDXXfx64AAAAAsBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/LTsMwEEX3SPyDNUjsqJ1UKW2IU1VUbFggUZBg6caTOMIv2W4a/h53RZeje3TvmWY7&#10;G00mDHF0lkOxYEDQdk6OduDw+fHysAYSk7BSaGeRwy9G2La3N42opTvbd5wOaSC5xMZacFAp+ZrS&#10;2Ck0Ii6cR5uz3gUjUj7DQGUQ51xuNC0ZW1EjRpsXlPD4rLD7OZwMhy+jRrkPb9+91NP+td9Vfg6e&#10;8/u7efcEJOGc/mG46Gd1aLPT0Z2sjERzWLOqyiiHx+USyAVgm6IEcuRQrooN0Lah1z+0fwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC40GmX8wEAAMsDAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDXXfx64AAAAAsBAAAPAAAAAAAAAAAAAAAAAE0E&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAWgUAAAAA&#10;">
+              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:402.75pt;margin-top:36.65pt;width:142.85pt;height:94.3pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqXcNnBgIAAPADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjO0kuMOEWXIsOA&#10;7gK0+wBZlm1hsqhRSuzu60fJSRZ0b8P0IIgidchzSK3vxt6wg0KvwZY8n805U1ZCrW1b8u/Pu3e3&#10;nPkgbC0MWFXyF+X53ebtm/XgCrWADkytkBGI9cXgSt6F4Ios87JTvfAzcMqSswHsRSAT26xGMRB6&#10;b7LFfH6dDYC1Q5DKe7p9mJx8k/CbRsnwtWm8CsyUnGoLace0V3HPNmtRtChcp+WxDPEPVfRCW0p6&#10;hnoQQbA96r+gei0RPDRhJqHPoGm0VIkDscnnr9g8dcKpxIXE8e4sk/9/sPLL4RsyXZd8yZkVPbXo&#10;WY2BfYCRvY/qDM4XFPTkKCyMdE1dTky9ewT5wzML207YVt0jwtApUVN1eXyZXTydcHwEqYbPUFMa&#10;sQ+QgMYG+ygdicEInbr0cu5MLEXGlLf5Ml9dcSbJl+erm+s89S4Txem5Qx8+KuhZPJQcqfUJXhwe&#10;fYjliOIUErN5MLreaWOSgW21NcgOgsZkl1Zi8CrM2BhsIT6bEONN4hmpTSTDWI1H3SqoX4gxwjR2&#10;9E3o0AH+4mygkSu5/7kXqDgznyyptsqXyzijyVhe3SzIwEtPdekRVhJUyQNn03EbprneO9RtR5lO&#10;fbonpXc6aRBbMlV1rJvGKklz/AJxbi/tFPXno25+AwAA//8DAFBLAwQUAAYACAAAACEA1138euAA&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KidVCltiFNVVGxYIFGQYOnG&#10;kzjCL9luGv4ed0WXo3t075lmOxtNJgxxdJZDsWBA0HZOjnbg8Pnx8rAGEpOwUmhnkcMvRti2tzeN&#10;qKU723ecDmkgucTGWnBQKfma0tgpNCIunEebs94FI1I+w0BlEOdcbjQtGVtRI0abF5Tw+Kyw+zmc&#10;DIcvo0a5D2/fvdTT/rXfVX4OnvP7u3n3BCThnP5huOhndWiz09GdrIxEc1izqsooh8flEsgFYJui&#10;BHLkUK6KDdC2odc/tH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAal3DZwYCAADwAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1138euAAAAAL&#10;AQAADwAAAAAAAAAAAAAAAABgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidR="00FC6B42" w:rsidP="00FC6B42" w:rsidRDefault="00FC6B42" w14:paraId="672A6659" w14:textId="77777777">
+                    <w:p w14:paraId="2BEB74A4" w14:textId="77777777" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="00FC6B42">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00FC6B42" w:rsidP="00FC6B42" w:rsidRDefault="00FC6B42" w14:paraId="0A37501D" w14:textId="77777777">
+                    <w:p w14:paraId="02E67300" w14:textId="77777777" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="00FC6B42">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00477A1F" w:rsidP="00477A1F" w:rsidRDefault="00477A1F" w14:paraId="3B44D3D4" w14:textId="77777777">
+                    <w:p w14:paraId="4B99C485" w14:textId="77777777" w:rsidR="00477A1F" w:rsidRDefault="00477A1F" w:rsidP="00477A1F">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>KATHLEEN E. WALSH</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00477A1F" w:rsidP="00477A1F" w:rsidRDefault="00477A1F" w14:paraId="67AA55DE" w14:textId="77777777">
+                    <w:p w14:paraId="65150046" w14:textId="77777777" w:rsidR="00477A1F" w:rsidRDefault="00477A1F" w:rsidP="00477A1F">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Secretary </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00477A1F" w:rsidP="00477A1F" w:rsidRDefault="00477A1F" w14:paraId="34D0ABB2" w14:textId="77777777">
+                    <w:p w14:paraId="71B87516" w14:textId="77777777" w:rsidR="00477A1F" w:rsidRDefault="00477A1F" w:rsidP="00477A1F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">ROBERT GOLDSTEIN, MD, PhD </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Commissioner</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00477A1F" w:rsidP="00477A1F" w:rsidRDefault="00477A1F" w14:paraId="5DAB6C7B" w14:textId="77777777">
+                    <w:p w14:paraId="4C70D044" w14:textId="77777777" w:rsidR="00477A1F" w:rsidRDefault="00477A1F" w:rsidP="00477A1F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00477A1F" w:rsidP="00477A1F" w:rsidRDefault="00477A1F" w14:paraId="673B1DBD" w14:textId="77777777">
+                    <w:p w14:paraId="1EF2A389" w14:textId="77777777" w:rsidR="00477A1F" w:rsidRDefault="00477A1F" w:rsidP="00477A1F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Tel: 617-624-6000</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00477A1F" w:rsidP="00477A1F" w:rsidRDefault="00477A1F" w14:paraId="7C33124B" w14:textId="77777777">
+                    <w:p w14:paraId="5D7888A6" w14:textId="77777777" w:rsidR="00477A1F" w:rsidRDefault="00477A1F" w:rsidP="00477A1F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                           <w:lang w:val="fr-FR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                           <w:lang w:val="fr-FR"/>
                         </w:rPr>
                         <w:t>www.mass.gov/dph</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="00FC6B42" w:rsidR="004813AC" w:rsidP="00FC6B42" w:rsidRDefault="004813AC" w14:paraId="02EB378F" w14:textId="77777777">
+                    <w:p w14:paraId="5CB09B3C" w14:textId="77777777" w:rsidR="004813AC" w:rsidRPr="00FC6B42" w:rsidRDefault="004813AC" w:rsidP="00FC6B42">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="001E700A" wp14:editId="18FB8BAD">
                 <wp:simplePos x="0" y="0"/>
@@ -600,111 +612,111 @@
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="64C7807C" w14:textId="018475DA" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="00477A1F">
                             <w:pPr>
                               <w:pStyle w:val="Governor"/>
                               <w:spacing w:after="0"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-              <v:shape id="Text Box 2" style="position:absolute;margin-left:-55.5pt;margin-top:65.2pt;width:123.85pt;height:63.15pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhQ+vp8wEAANEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG3Vwm7UdLV0VYS0&#10;sEgLH+A4TmLheMzYbVK+nrGTdgvcEDlYnoz9Zt6b583d0Bl2VOg12IIvZnPOlJVQadsU/NvX/Zsb&#10;znwQthIGrCr4SXl+t339atO7XC2hBVMpZARifd67grchuDzLvGxVJ/wMnLKUrAE7ESjEJqtQ9ITe&#10;mWw5n7/NesDKIUjlPf19GJN8m/DrWsnwVNdeBWYKTr2FtGJay7hm243IGxSu1XJqQ/xDF53Qlope&#10;oB5EEOyA+i+oTksED3WYSegyqGstVeJAbBbzP9g8t8KpxIXE8e4ik/9/sPLz8dl9QRaG9zDQABMJ&#10;7x5BfvfMwq4VtlH3iNC3SlRUeBEly3rn8+lqlNrnPoKU/SeoaMjiECABDTV2URXiyQidBnC6iK6G&#10;wGQsuX63vLldcyYpdzOnoa5TCZGfbzv04YOCjsVNwZGGmtDF8dGH2I3Iz0diMQ9GV3ttTAqwKXcG&#10;2VGQAfbpm9B/O2ZsPGwhXhsR459EMzIbOYahHJiuJg0i6xKqE/FGGH1F74A2LeBPznryVMH9j4NA&#10;xZn5aEm728VqFU2YghXxpgCvM+V1RlhJUAUPnI3bXRiNe3Com5Yqnad1T3rvdZLipaupffJNUmjy&#10;eDTmdZxOvbzE7S8AAAD//wMAUEsDBBQABgAIAAAAIQA4+DUW4AAAAAwBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcWictbVGIU1VUXDggUZDo0Y03cYT/ZLtpeHu2J7jtaEaz39Tb&#10;yRo2YkyDdwLKeQEMXevV4HoBnx8vs0dgKUunpPEOBfxggm1ze1PLSvmLe8fxkHtGJS5VUoDOOVSc&#10;p1ajlWnuAzryOh+tzCRjz1WUFyq3hi+KYs2tHBx90DLgs8b2+3C2Ar6sHtQ+vh07Zcb9a7dbhSkG&#10;Ie7vpt0TsIxT/gvDFZ/QoSGmkz87lZgRMCvLksZkcpbFA7BrZLneADsJWKzo4E3N/49ofgEAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDhQ+vp8wEAANEDAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA4+DUW4AAAAAwBAAAPAAAAAAAAAAAAAAAAAE0E&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAWgUAAAAA&#10;" w14:anchorId="001E700A">
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="001E700A" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-55.5pt;margin-top:65.2pt;width:123.85pt;height:63.15pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBGM3WzBgIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJki014hRdigwD&#10;ugvQ7gNkWbaFyaJGKbGzrx8lJ2m2vRXVgyCK1CHPIbW+HTrDDgq9Blvw2WTKmbISKm2bgv942r1b&#10;ceaDsJUwYFXBj8rz283bN+ve5WoOLZhKISMQ6/PeFbwNweVZ5mWrOuEn4JQlZw3YiUAmNlmFoif0&#10;zmTz6fR91gNWDkEq7+n2fnTyTcKvayXDt7r2KjBTcKotpB3TXsY926xF3qBwrZanMsQLquiEtpT0&#10;AnUvgmB71P9BdVoieKjDREKXQV1rqRIHYjOb/sPmsRVOJS4kjncXmfzrwcqvh+/IdFXwOWdWdNSi&#10;JzUE9hEGNo/q9M7nFPToKCwMdE1dTky9ewD50zML21bYRt0hQt8qUVF1s/gyu3o64vgIUvZfoKI0&#10;Yh8gAQ01dlE6EoMROnXpeOlMLEXGlMsP89XNkjNJvtWUOr9MKUR+fu3Qh08KOhYPBUfqfEIXhwcf&#10;YjUiP4fEZB6MrnbamGRgU24NsoOgKdmldUL/K8zYGGwhPhsR402iGZmNHMNQDknPpEGUoITqSLwR&#10;xuGjz0KHFvA3Zz0NXsH9r71AxZn5bEm7m9liESc1GQviTQZee8prj7CSoAoeOBuP2zBO996hblrK&#10;dO7WHem900mK56pO5dNwJYVOHyFO77Wdop6/6+YPAAAA//8DAFBLAwQUAAYACAAAACEAOPg1FuAA&#10;AAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3FonLW1RiFNVVFw4IFGQ6NGN&#10;N3GE/2S7aXh7tie47WhGs9/U28kaNmJMg3cCynkBDF3r1eB6AZ8fL7NHYClLp6TxDgX8YIJtc3tT&#10;y0r5i3vH8ZB7RiUuVVKAzjlUnKdWo5Vp7gM68jofrcwkY89VlBcqt4YvimLNrRwcfdAy4LPG9vtw&#10;tgK+rB7UPr4dO2XG/Wu3W4UpBiHu76bdE7CMU/4LwxWf0KEhppM/O5WYETAry5LGZHKWxQOwa2S5&#10;3gA7CVis6OBNzf+PaH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEARjN1swYCAAD2AwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAOPg1FuAAAAAM&#10;AQAADwAAAAAAAAAAAAAAAABgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidR="00FC6B42" w:rsidP="00FC6B42" w:rsidRDefault="00FC6B42" w14:paraId="6A05A809" w14:textId="77777777">
+                    <w:p w14:paraId="7E3F4B13" w14:textId="77777777" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="00FC6B42">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00477A1F" w:rsidP="00477A1F" w:rsidRDefault="00477A1F" w14:paraId="79086CF1" w14:textId="77777777">
+                    <w:p w14:paraId="51A9D9FA" w14:textId="77777777" w:rsidR="00477A1F" w:rsidRDefault="00477A1F" w:rsidP="00477A1F">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>MAURA T. HEALEY</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00477A1F" w:rsidP="00477A1F" w:rsidRDefault="00477A1F" w14:paraId="637F627B" w14:textId="77777777">
+                    <w:p w14:paraId="7C1C24FC" w14:textId="77777777" w:rsidR="00477A1F" w:rsidRDefault="00477A1F" w:rsidP="00477A1F">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Governor</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00477A1F" w:rsidP="00477A1F" w:rsidRDefault="00477A1F" w14:paraId="7583C5AA" w14:textId="77777777">
+                    <w:p w14:paraId="5EC3C2B1" w14:textId="77777777" w:rsidR="00477A1F" w:rsidRDefault="00477A1F" w:rsidP="00477A1F">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>KIMBERLEY DRISCOLL</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00477A1F" w:rsidP="00477A1F" w:rsidRDefault="00477A1F" w14:paraId="36C70626" w14:textId="77777777">
+                    <w:p w14:paraId="1710F6EA" w14:textId="77777777" w:rsidR="00477A1F" w:rsidRDefault="00477A1F" w:rsidP="00477A1F">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Lieutenant Governor</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00FC6B42" w:rsidP="00477A1F" w:rsidRDefault="00FC6B42" w14:paraId="5A39BBE3" w14:textId="018475DA">
+                    <w:p w14:paraId="64C7807C" w14:textId="018475DA" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="00477A1F">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                         <w:spacing w:after="0"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DF78F32" w14:textId="7B8DBCC1" w:rsidR="00FC6B42" w:rsidRDefault="002F508E" w:rsidP="0072610D">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="36"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2ABCE6B5" wp14:editId="4D70CDA3">
                 <wp:simplePos x="0" y="0"/>
@@ -748,228 +760,196 @@
                             <w:pPr>
                               <w:pStyle w:val="ExecOffice"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00511BE1">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>Immunization</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Division</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3E226D03" w14:textId="77777777" w:rsidR="000B2998" w:rsidRPr="00511BE1" w:rsidRDefault="000B2998" w:rsidP="000B2998">
+                          <w:p w14:paraId="3E226D03" w14:textId="0C129B21" w:rsidR="000B2998" w:rsidRPr="00511BE1" w:rsidRDefault="000B2998" w:rsidP="000B2998">
                             <w:pPr>
                               <w:pStyle w:val="ExecOffice"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00511BE1">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>Tel</w:t>
-[...17 lines deleted...]
-                              <w:t xml:space="preserve">617) 983-6800 </w:t>
+                              <w:t xml:space="preserve">Tel: (617) 983-6800 </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="49BCE913" w14:textId="77777777" w:rsidR="000B2998" w:rsidRPr="00511BE1" w:rsidRDefault="000B2998" w:rsidP="000B2998">
                             <w:pPr>
                               <w:pStyle w:val="ExecOffice"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00511BE1">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Fax: (617) 983-6840 </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6F4667B3" w14:textId="77777777" w:rsidR="000B2998" w:rsidRDefault="00000000" w:rsidP="000B2998">
+                          <w:p w14:paraId="6F4667B3" w14:textId="77777777" w:rsidR="000B2998" w:rsidRDefault="000B2998" w:rsidP="000B2998">
                             <w:pPr>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:hyperlink r:id="rId9" w:history="1">
-                              <w:r w:rsidR="000B2998" w:rsidRPr="00511BE1">
+                              <w:r w:rsidRPr="00511BE1">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t>www.mass.gov/dph/imm</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-              <v:shape id="Text Box 6" style="position:absolute;margin-left:102.6pt;margin-top:7.55pt;width:262.5pt;height:80.25pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1028" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrM0CS9wEAANIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlpWzUdLV0VYS0&#10;XKSFD3AcJ7FwPGbsNilfz9jpdgu8IfxgeTzjM3POjDe3Y2/YUaHXYEuez+acKSuh1rYt+bev+1dv&#10;OfNB2FoYsKrkJ+X57fbli83gCrWADkytkBGI9cXgSt6F4Ios87JTvfAzcMqSswHsRSAT26xGMRB6&#10;b7LFfP4mGwBrhyCV93R7Pzn5NuE3jZLhc9N4FZgpOdUW0o5pr+KebTeiaFG4TstzGeIfquiFtpT0&#10;AnUvgmAH1H9B9VoieGjCTEKfQdNoqRIHYpPP/2Dz2AmnEhcSx7uLTP7/wcpPx0f3BVkY38FIDUwk&#10;vHsA+d0zC7tO2FbdIcLQKVFT4jxKlg3OF+enUWpf+AhSDR+hpiaLQ4AENDbYR1WIJyN0asDpIroa&#10;A5N0+ZrWekUuSb58nt/k61XKIYqn5w59eK+gZ/FQcqSuJnhxfPAhliOKp5CYzYPR9V4bkwxsq51B&#10;dhQ0Afu0zui/hRkbgy3EZxNivEk8I7WJZBirkem65IsIEWlXUJ+IOMI0WPQR6NAB/uRsoKEquf9x&#10;EKg4Mx8siXeTL5dxCpOxXK0XZOC1p7r2CCsJquSBs+m4C9PkHhzqtqNMU7ss3JHgjU5SPFd1Lp8G&#10;Jyl0HvI4mdd2inr+ittfAAAA//8DAFBLAwQUAAYACAAAACEAB87mnt0AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1G0gCIU4FSCCuLf0AJ94mEfE6it0m/XuWEz3uzNPs&#10;TLlZ3CBOOIXek4b1SoFAarztqdWw//64fwIRoiFrBk+o4YwBNtX1VWkK62fa4mkXW8EhFAqjoYtx&#10;LKQMTYfOhJUfkdg7+MmZyOfUSjuZmcPdIBOlMulMT/yhMyO+d9j87I5Ow+Frvkuf5/oz7vPtY/Zm&#10;+rz2Z61vb5bXFxARl/gPw199rg4Vd6r9kWwQg4ZEpQmjbKRrEAzkD4qFmoU8zUBWpbycUP0CAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAazNAkvcBAADSAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAB87mnt0AAAAKAQAADwAAAAAAAAAAAAAAAABR&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" w14:anchorId="2ABCE6B5">
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="2ABCE6B5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:102.6pt;margin-top:7.55pt;width:262.5pt;height:80.25pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrM0CS9wEAANIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlpWzUdLV0VYS0&#10;XKSFD3AcJ7FwPGbsNilfz9jpdgu8IfxgeTzjM3POjDe3Y2/YUaHXYEuez+acKSuh1rYt+bev+1dv&#10;OfNB2FoYsKrkJ+X57fbli83gCrWADkytkBGI9cXgSt6F4Ios87JTvfAzcMqSswHsRSAT26xGMRB6&#10;b7LFfP4mGwBrhyCV93R7Pzn5NuE3jZLhc9N4FZgpOdUW0o5pr+KebTeiaFG4TstzGeIfquiFtpT0&#10;AnUvgmAH1H9B9VoieGjCTEKfQdNoqRIHYpPP/2Dz2AmnEhcSx7uLTP7/wcpPx0f3BVkY38FIDUwk&#10;vHsA+d0zC7tO2FbdIcLQKVFT4jxKlg3OF+enUWpf+AhSDR+hpiaLQ4AENDbYR1WIJyN0asDpIroa&#10;A5N0+ZrWekUuSb58nt/k61XKIYqn5w59eK+gZ/FQcqSuJnhxfPAhliOKp5CYzYPR9V4bkwxsq51B&#10;dhQ0Afu0zui/hRkbgy3EZxNivEk8I7WJZBirkem65IsIEWlXUJ+IOMI0WPQR6NAB/uRsoKEquf9x&#10;EKg4Mx8siXeTL5dxCpOxXK0XZOC1p7r2CCsJquSBs+m4C9PkHhzqtqNMU7ss3JHgjU5SPFd1Lp8G&#10;Jyl0HvI4mdd2inr+ittfAAAA//8DAFBLAwQUAAYACAAAACEAB87mnt0AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1G0gCIU4FSCCuLf0AJ94mEfE6it0m/XuWEz3uzNPs&#10;TLlZ3CBOOIXek4b1SoFAarztqdWw//64fwIRoiFrBk+o4YwBNtX1VWkK62fa4mkXW8EhFAqjoYtx&#10;LKQMTYfOhJUfkdg7+MmZyOfUSjuZmcPdIBOlMulMT/yhMyO+d9j87I5Ow+Frvkuf5/oz7vPtY/Zm&#10;+rz2Z61vb5bXFxARl/gPw199rg4Vd6r9kWwQg4ZEpQmjbKRrEAzkD4qFmoU8zUBWpbycUP0CAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAazNAkvcBAADSAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAB87mnt0AAAAKAQAADwAAAAAAAAAAAAAAAABR&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00511BE1" w:rsidR="000B2998" w:rsidP="000B2998" w:rsidRDefault="000B2998" w14:paraId="4D30E315" w14:textId="77777777">
+                    <w:p w14:paraId="0F1BF213" w14:textId="77777777" w:rsidR="000B2998" w:rsidRPr="00511BE1" w:rsidRDefault="000B2998" w:rsidP="000B2998">
                       <w:pPr>
                         <w:pStyle w:val="ExecOffice"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00511BE1">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>Immunization</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Division</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="00511BE1" w:rsidR="000B2998" w:rsidP="000B2998" w:rsidRDefault="000B2998" w14:paraId="5A4A8DE3" w14:textId="77777777">
+                    <w:p w14:paraId="3E226D03" w14:textId="0C129B21" w:rsidR="000B2998" w:rsidRPr="00511BE1" w:rsidRDefault="000B2998" w:rsidP="000B2998">
                       <w:pPr>
                         <w:pStyle w:val="ExecOffice"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00511BE1">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t>Tel</w:t>
-[...17 lines deleted...]
-                        <w:t xml:space="preserve">617) 983-6800 </w:t>
+                        <w:t xml:space="preserve">Tel: (617) 983-6800 </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="00511BE1" w:rsidR="000B2998" w:rsidP="000B2998" w:rsidRDefault="000B2998" w14:paraId="17C8F0C8" w14:textId="77777777">
+                    <w:p w14:paraId="49BCE913" w14:textId="77777777" w:rsidR="000B2998" w:rsidRPr="00511BE1" w:rsidRDefault="000B2998" w:rsidP="000B2998">
                       <w:pPr>
                         <w:pStyle w:val="ExecOffice"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00511BE1">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Fax: (617) 983-6840 </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="000B2998" w:rsidP="000B2998" w:rsidRDefault="00000000" w14:paraId="71489C60" w14:textId="77777777">
+                    <w:p w14:paraId="6F4667B3" w14:textId="77777777" w:rsidR="000B2998" w:rsidRDefault="000B2998" w:rsidP="000B2998">
                       <w:pPr>
                         <w:jc w:val="center"/>
                       </w:pPr>
-                      <w:hyperlink w:history="1" r:id="rId10">
-                        <w:r w:rsidRPr="00511BE1" w:rsidR="000B2998">
+                      <w:hyperlink r:id="rId10" w:history="1">
+                        <w:r w:rsidRPr="00511BE1">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>www.mass.gov/dph/imm</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D3D7916" w14:textId="77777777" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="0072610D"/>
     <w:p w14:paraId="5A5B07A6" w14:textId="77777777" w:rsidR="00033154" w:rsidRDefault="00033154" w:rsidP="0072610D"/>
     <w:p w14:paraId="71415028" w14:textId="77777777" w:rsidR="00033154" w:rsidRDefault="00033154" w:rsidP="0072610D"/>
     <w:p w14:paraId="71ACFB1A" w14:textId="77777777" w:rsidR="00033154" w:rsidRDefault="00033154" w:rsidP="0072610D"/>
     <w:p w14:paraId="1429F5EE" w14:textId="77777777" w:rsidR="00033154" w:rsidRDefault="00033154" w:rsidP="0072610D"/>
     <w:p w14:paraId="28CC6B14" w14:textId="77777777" w:rsidR="00033154" w:rsidRDefault="00033154" w:rsidP="0072610D"/>
     <w:p w14:paraId="453499E9" w14:textId="77777777" w:rsidR="00033154" w:rsidRDefault="00033154" w:rsidP="0072610D"/>
@@ -1056,152 +1036,173 @@
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00396967">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00396967">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Immunization Division</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="187D6D55" w14:textId="77777777" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="00396967">
+    <w:p w14:paraId="187D6D55" w14:textId="35477130" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="163F4285">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00396967">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00396967">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Rattana Bip, Vaccine Manager</w:t>
+        <w:t xml:space="preserve">Rattana Bip, Vaccine </w:t>
+      </w:r>
+      <w:r w:rsidR="3B9A43B4" w:rsidRPr="00396967">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prog</w:t>
+      </w:r>
+      <w:r w:rsidR="0030159D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="3B9A43B4" w:rsidRPr="00396967">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>am Director</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ED82634" w14:textId="77777777" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="00396967">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00396967">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Immunization Division </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="653E67F0" w14:textId="77777777" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="00396967">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2626543B" w14:textId="5268E813" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="00396967">
+    <w:p w14:paraId="2626543B" w14:textId="10CE137C" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="1E188D4E">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00396967">
+      <w:r w:rsidRPr="1E188D4E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00396967">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="1E188D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>January 202</w:t>
       </w:r>
-      <w:r w:rsidR="004C1B9F">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="4E292BB0" w:rsidRPr="1E188D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="277A2072" w14:textId="77777777" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="00396967">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="133B740F" w14:textId="05347619" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="00396967">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -1263,202 +1264,282 @@
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14AFEA96" w14:textId="77777777" w:rsidR="00E01681" w:rsidRDefault="00E01681" w:rsidP="00396967">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F9F166B" w14:textId="2E025660" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="00396967">
+    <w:p w14:paraId="2F9F166B" w14:textId="44ACCC39" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="00396967">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00396967">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This memo summarizes MDPH’s current </w:t>
       </w:r>
       <w:r w:rsidR="0024117F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Digital Data Logger</w:t>
       </w:r>
       <w:r w:rsidRPr="00396967">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Restitution Policy. </w:t>
+        <w:t xml:space="preserve"> Restitution Policy</w:t>
+      </w:r>
+      <w:r w:rsidR="00A42FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which applies to all providers enrolled the Vaccine Program using state-supplied digital data loggers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00396967">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="052BC690" w14:textId="1E253345" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="2F4DA3B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B6D44EC" w14:textId="66B009D1" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="229FC00C" w:rsidP="2F4DA3B8">
+    <w:p w14:paraId="7B6D44EC" w14:textId="41F13FF1" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="5398DB16" w:rsidP="2F4DA3B8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B1F55">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D35DED" w:rsidRPr="2F4DA3B8">
+      <w:r w:rsidRPr="5A543814">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Vaccine Program</w:t>
       </w:r>
-      <w:r w:rsidR="00396967" w:rsidRPr="2F4DA3B8">
+      <w:r w:rsidR="5315A1CC" w:rsidRPr="5A543814">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D35DED" w:rsidRPr="2F4DA3B8">
-[...7 lines deleted...]
-      <w:r w:rsidR="009834BD" w:rsidRPr="2F4DA3B8">
+      <w:r w:rsidRPr="5A543814">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r w:rsidR="6CD72C2E" w:rsidRPr="5A543814">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d one final recalibration of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A543814">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4503FF81" w:rsidRPr="5A543814">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>your current state-supplied</w:t>
+      </w:r>
+      <w:r w:rsidR="00A42FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A543814">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>digital data logger</w:t>
+      </w:r>
+      <w:r w:rsidR="1F1F3E53" w:rsidRPr="5A543814">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> devices</w:t>
       </w:r>
-      <w:r w:rsidR="00D35DED" w:rsidRPr="2F4DA3B8">
-[...7 lines deleted...]
-      <w:r w:rsidR="00396967" w:rsidRPr="2F4DA3B8">
+      <w:r w:rsidRPr="5A543814">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to all enrolled provider sites</w:t>
+      </w:r>
+      <w:r w:rsidR="5C4F2546" w:rsidRPr="5A543814">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that opted in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A543814">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Enrolled provider sites may utilize the state-supplied digital data logger</w:t>
+      </w:r>
+      <w:r w:rsidR="1F1F3E53" w:rsidRPr="5A543814">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> devices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A543814">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D35DED" w:rsidRPr="2F4DA3B8">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> or opt out and utilize privately purchased devices.</w:t>
+      <w:r w:rsidR="1024103C" w:rsidRPr="5A543814">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">until they reach their calibration expiration day </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A543814">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or opt out </w:t>
+      </w:r>
+      <w:r w:rsidR="28F5C641" w:rsidRPr="5A543814">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">early </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A543814">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and utilize privately purchased devices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29F9FDEF" w14:textId="77777777" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="00396967">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="768F7863" w14:textId="56B6DC32" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="185F7DB6">
+    <w:p w14:paraId="768F7863" w14:textId="140089B5" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="185F7DB6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="185F7DB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information on </w:t>
       </w:r>
       <w:r w:rsidR="00D35DED" w:rsidRPr="185F7DB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>digital data logger devices and vaccine temperature monitoring</w:t>
       </w:r>
       <w:r w:rsidRPr="185F7DB6">
@@ -1499,51 +1580,59 @@
           <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="185F7DB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Section </w:t>
       </w:r>
       <w:r w:rsidR="00D35DED" w:rsidRPr="185F7DB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B-</w:t>
       </w:r>
       <w:r w:rsidR="00552519" w:rsidRPr="185F7DB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3d</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0030159D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="185F7DB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29811725" w14:textId="77777777" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="00D35DED">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5861BBA2" w14:textId="77777777" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="00396967">
       <w:pPr>
@@ -1742,505 +1831,224 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the device is lost or disposed of due to site neglect</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4057655F" w14:textId="77777777" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="009834BD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:ind w:right="648"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73D8B30B" w14:textId="7D611F03" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00322BDE" w:rsidP="00396967">
+    <w:p w14:paraId="73D8B30B" w14:textId="1F3A1774" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00322BDE" w:rsidP="00396967">
       <w:pPr>
         <w:ind w:right="648"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-      <w:r w:rsidR="009F740A">
+      <w:r w:rsidRPr="12E3BA0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In situations where restitution is requested, provider sites will be required to </w:t>
+      </w:r>
+      <w:r w:rsidR="005213E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">transition to utilizing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12E3BA0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>privately purchase</w:t>
+      </w:r>
+      <w:r w:rsidR="005213E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12E3BA0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> digital data logger device</w:t>
+      </w:r>
+      <w:r w:rsidR="005213E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12E3BA0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005213E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">moving forward, effectively opting out of </w:t>
+      </w:r>
+      <w:r w:rsidR="005213E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>utilizing state-supplied digital data logger devices</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>receiving state-supplied devices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12E3BA0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009F740A" w:rsidRPr="12E3BA0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For any site opting out of utilizing state-supplied digital data logger devices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12E3BA0A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or in instances of restitution</w:t>
       </w:r>
-      <w:r w:rsidR="009F740A">
+      <w:r w:rsidR="009F740A" w:rsidRPr="12E3BA0A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, it </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="12E3BA0A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidR="009F740A">
-[...395 lines deleted...]
-        <w:t>Confirmation that instrument passed testing (or instrument in tolerance)</w:t>
+      <w:r w:rsidR="009F740A" w:rsidRPr="12E3BA0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">required that the privately purchased devices abide by </w:t>
+      </w:r>
+      <w:r w:rsidR="388E301E" w:rsidRPr="12E3BA0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all listed details in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="388E301E" w:rsidRPr="12E3BA0A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Data Logger </w:t>
+        </w:r>
+        <w:r w:rsidR="00103D68" w:rsidRPr="12E3BA0A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>R</w:t>
+        </w:r>
+        <w:r w:rsidR="009F740A" w:rsidRPr="12E3BA0A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>equirements</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="50F65C3F" w:rsidRPr="12E3BA0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> document.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A9F6CCB" w14:textId="77777777" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="00396967">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="111D6903" w14:textId="6203435C" w:rsidR="00396967" w:rsidRPr="00396967" w:rsidRDefault="00396967" w:rsidP="00396967">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2262,69 +2070,51 @@
         </w:rPr>
         <w:t>Vaccine Program</w:t>
       </w:r>
       <w:r w:rsidRPr="00396967">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will only hold providers accountable in situations of provider negligence as outlined above and will not seek restitution for a </w:t>
       </w:r>
       <w:r w:rsidR="00322BDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state-supplied digital data logger devices that are rendered non-functional or lost</w:t>
       </w:r>
       <w:r w:rsidRPr="00396967">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> due to a circumstance not in the provider’s control (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> act of nature). Providers will be given due process to dispute cases of avoidable loss.  However, </w:t>
+        <w:t xml:space="preserve"> due to a circumstance not in the provider’s control (i.e. act of nature). Providers will be given due process to dispute cases of avoidable loss.  However, </w:t>
       </w:r>
       <w:r w:rsidR="005975A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the Vaccine Program</w:t>
       </w:r>
       <w:r w:rsidRPr="00396967">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> retains the right to make final determinations regarding </w:t>
       </w:r>
       <w:r w:rsidR="00322BDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>digital data logger</w:t>
       </w:r>
@@ -2394,51 +2184,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Program</w:t>
       </w:r>
       <w:r w:rsidRPr="00396967">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at 617-983-6828.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E01499A" w14:textId="77777777" w:rsidR="00033154" w:rsidRPr="009908FF" w:rsidRDefault="00033154" w:rsidP="0072610D"/>
     <w:sectPr w:rsidR="00033154" w:rsidRPr="009908FF">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2458,64 +2248,64 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="LinePrinter">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FED48F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05FE6354"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3118,221 +2908,263 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1277905830">
+  <w:num w:numId="1" w16cid:durableId="76290264">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="17586406">
+  <w:num w:numId="2" w16cid:durableId="1435787233">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1397974843">
+  <w:num w:numId="3" w16cid:durableId="1032802700">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="701366859">
+  <w:num w:numId="4" w16cid:durableId="480199773">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1304430323">
+  <w:num w:numId="5" w16cid:durableId="617763536">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2NDc3NzE1tDQ0MzM2sLBQ0lEKTi0uzszPAykwqgUAQV8iRywAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="006D77A6"/>
+    <w:rsid w:val="00025333"/>
     <w:rsid w:val="00033154"/>
     <w:rsid w:val="00042048"/>
     <w:rsid w:val="000537DA"/>
     <w:rsid w:val="000A1DE1"/>
     <w:rsid w:val="000B2998"/>
     <w:rsid w:val="000F315B"/>
+    <w:rsid w:val="00103D68"/>
     <w:rsid w:val="0015268B"/>
     <w:rsid w:val="0016218D"/>
     <w:rsid w:val="00166450"/>
     <w:rsid w:val="00177A9F"/>
     <w:rsid w:val="00177C77"/>
     <w:rsid w:val="001E55B7"/>
     <w:rsid w:val="0024117F"/>
     <w:rsid w:val="00260D54"/>
     <w:rsid w:val="00265429"/>
     <w:rsid w:val="00276957"/>
     <w:rsid w:val="00276DCC"/>
     <w:rsid w:val="00287B0D"/>
     <w:rsid w:val="002A132F"/>
     <w:rsid w:val="002D1C21"/>
     <w:rsid w:val="002F508E"/>
+    <w:rsid w:val="0030159D"/>
     <w:rsid w:val="00322BDE"/>
     <w:rsid w:val="00375EAD"/>
     <w:rsid w:val="00385812"/>
     <w:rsid w:val="00392D0B"/>
     <w:rsid w:val="00396967"/>
     <w:rsid w:val="003A7AFC"/>
     <w:rsid w:val="003C60EF"/>
     <w:rsid w:val="00404683"/>
     <w:rsid w:val="00404735"/>
     <w:rsid w:val="00477A1F"/>
     <w:rsid w:val="004813AC"/>
     <w:rsid w:val="0049262B"/>
     <w:rsid w:val="004B37A0"/>
     <w:rsid w:val="004C1B9F"/>
     <w:rsid w:val="004D6B39"/>
     <w:rsid w:val="004F3465"/>
+    <w:rsid w:val="005213E3"/>
     <w:rsid w:val="005448AA"/>
     <w:rsid w:val="00552519"/>
     <w:rsid w:val="00572492"/>
     <w:rsid w:val="005975A0"/>
     <w:rsid w:val="005B32DB"/>
     <w:rsid w:val="005E250B"/>
+    <w:rsid w:val="00673AF7"/>
+    <w:rsid w:val="00680B3E"/>
     <w:rsid w:val="006A6397"/>
     <w:rsid w:val="006B1F55"/>
     <w:rsid w:val="006D06D9"/>
     <w:rsid w:val="006D77A6"/>
     <w:rsid w:val="006F2CF9"/>
     <w:rsid w:val="00702109"/>
     <w:rsid w:val="0072610D"/>
     <w:rsid w:val="00732970"/>
     <w:rsid w:val="007B3F4B"/>
     <w:rsid w:val="007B49D1"/>
     <w:rsid w:val="007B7347"/>
     <w:rsid w:val="007D10F3"/>
     <w:rsid w:val="008B71AF"/>
     <w:rsid w:val="008D018D"/>
     <w:rsid w:val="009834BD"/>
     <w:rsid w:val="009908FF"/>
     <w:rsid w:val="00995505"/>
     <w:rsid w:val="009A3655"/>
     <w:rsid w:val="009F740A"/>
+    <w:rsid w:val="00A42FE8"/>
     <w:rsid w:val="00A65101"/>
     <w:rsid w:val="00AC7DFB"/>
     <w:rsid w:val="00B163DB"/>
     <w:rsid w:val="00B403BF"/>
     <w:rsid w:val="00B608D9"/>
     <w:rsid w:val="00BA4055"/>
     <w:rsid w:val="00BA7FB6"/>
     <w:rsid w:val="00BF357B"/>
     <w:rsid w:val="00C20BFE"/>
     <w:rsid w:val="00C5096B"/>
     <w:rsid w:val="00CC1778"/>
     <w:rsid w:val="00CE575B"/>
     <w:rsid w:val="00CF3DE8"/>
     <w:rsid w:val="00D0493F"/>
     <w:rsid w:val="00D35DED"/>
     <w:rsid w:val="00D56F91"/>
     <w:rsid w:val="00D8671C"/>
     <w:rsid w:val="00DA57C3"/>
     <w:rsid w:val="00DA6325"/>
+    <w:rsid w:val="00DB615F"/>
     <w:rsid w:val="00DC3855"/>
+    <w:rsid w:val="00DE1EA4"/>
     <w:rsid w:val="00E01681"/>
     <w:rsid w:val="00E242A8"/>
     <w:rsid w:val="00E274B8"/>
     <w:rsid w:val="00E6694A"/>
     <w:rsid w:val="00E72707"/>
     <w:rsid w:val="00E858B3"/>
     <w:rsid w:val="00F0586E"/>
+    <w:rsid w:val="00F3597A"/>
     <w:rsid w:val="00F43932"/>
     <w:rsid w:val="00F93B18"/>
     <w:rsid w:val="00F957E7"/>
     <w:rsid w:val="00FC6B42"/>
+    <w:rsid w:val="0D9FD580"/>
+    <w:rsid w:val="1024103C"/>
+    <w:rsid w:val="12E3BA0A"/>
+    <w:rsid w:val="163F4285"/>
+    <w:rsid w:val="184DDB03"/>
     <w:rsid w:val="185F7DB6"/>
+    <w:rsid w:val="1A30EAD6"/>
+    <w:rsid w:val="1B858397"/>
+    <w:rsid w:val="1E188D4E"/>
+    <w:rsid w:val="1F1F3E53"/>
+    <w:rsid w:val="20B60E7C"/>
     <w:rsid w:val="229FC00C"/>
+    <w:rsid w:val="25CB823A"/>
+    <w:rsid w:val="27D40DDE"/>
+    <w:rsid w:val="28F5C641"/>
     <w:rsid w:val="2F4DA3B8"/>
+    <w:rsid w:val="30C6002D"/>
+    <w:rsid w:val="34CCD3E1"/>
+    <w:rsid w:val="388E301E"/>
+    <w:rsid w:val="3A5F8F7C"/>
+    <w:rsid w:val="3B9A43B4"/>
+    <w:rsid w:val="4503FF81"/>
+    <w:rsid w:val="4E292BB0"/>
+    <w:rsid w:val="50B0F3C3"/>
+    <w:rsid w:val="50F65C3F"/>
+    <w:rsid w:val="5315A1CC"/>
+    <w:rsid w:val="5398DB16"/>
+    <w:rsid w:val="5A543814"/>
+    <w:rsid w:val="5A7B9DF2"/>
+    <w:rsid w:val="5C4F2546"/>
     <w:rsid w:val="5CB2371C"/>
+    <w:rsid w:val="6CD72C2E"/>
+    <w:rsid w:val="6FBA27FB"/>
+    <w:rsid w:val="70ED12F4"/>
+    <w:rsid w:val="7A3E929F"/>
+    <w:rsid w:val="7E16B69E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5EEBDE2C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EBDDA9E2-8461-4D94-BEA8-633AF469F9CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -3742,51 +3574,51 @@
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="008B71AF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="008B71AF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="714044714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="755789279">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3802,51 +3634,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="851189872">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/guidelines-for-compliance-with-federal-vaccine-administration-requirements/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/imm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/imm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/data-logger-requirements-2025/download" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/guidelines-for-compliance-with-federal-vaccine-administration-requirements/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/imm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/imm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\KMarshall\DPH%20Letterhead.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -4126,52 +3958,52 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5a6988bc82efc16dbc4fef89c0970097">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f757d18a715390f3da1f93b167fc760a" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fb9e7e813f837fd5b9acab9729d3e480">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31b071675c4d6feaa5ec6297d3b7489e" ns2:_="" ns3:_="">
     <xsd:import namespace="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <xsd:import namespace="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -4374,94 +4206,109 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="78ea2335-8007-4ae4-b674-628de3bfd69a" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a782362c-0017-44d2-8700-f603c3e5ed9a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47F2A1A8-7D1E-449F-9309-C2C5FBB8B8C2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E553502-C59E-4D1C-BF8D-C1E82D44CA38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37FEE5C4-B72B-4357-9980-7DA21C43DA3C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D35FB84E-260A-4F67-81CB-F1FE86288BB5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>DPH Letterhead</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>581</Words>
-  <Characters>3313</Characters>
+  <Words>450</Words>
+  <Characters>2568</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3887</CharactersWithSpaces>
+  <CharactersWithSpaces>3012</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kyle Marshall</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003936B605C953E34C8476A9FD9E49AC16</vt:lpwstr>
   </property>